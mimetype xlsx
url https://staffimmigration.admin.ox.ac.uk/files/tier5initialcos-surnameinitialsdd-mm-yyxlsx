--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -107,91 +107,94 @@
   <Override PartName="/xl/ctrlProps/ctrlProp66.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp67.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp68.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp69.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp70.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp71.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp72.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp73.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp74.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp75.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp76.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp77.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\admn2950\Work Folders\docs\- WORKING FILES -\- UKVI changes updates -\- April 2025 changes -\CoS forms updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PS\Staff Immigration Team\PBS Forms and Guidance\CoS application forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C707BC59-A927-468E-9556-A8753D6C27E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25295327-419F-4C7F-B4E7-A4B910AF1071}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="DC0E" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cost Centre list" sheetId="4" r:id="rId1"/>
     <sheet name="Dropdowns" sheetId="5" r:id="rId2"/>
     <sheet name="Tier 5 initial CoS form" sheetId="1" r:id="rId3"/>
     <sheet name="CHECKING" sheetId="6" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dropdowns!$A$2:$A$270</definedName>
     <definedName name="cc">#REF!</definedName>
     <definedName name="csDesignMode">1</definedName>
     <definedName name="date">#REF!</definedName>
     <definedName name="exp">#REF!</definedName>
     <definedName name="_xlnm.Extract" localSheetId="1">Dropdowns!#REF!</definedName>
     <definedName name="invoicedate">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Tier 5 initial CoS form'!$A$1:$T$476</definedName>
     <definedName name="sub">#REF!</definedName>
     <definedName name="subjective">#REF!</definedName>
     <definedName name="table">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A188" i="1" l="1"/>
   <c r="J172" i="1"/>
   <c r="F181" i="1" s="1"/>
   <c r="A171" i="1"/>
   <c r="H179" i="1"/>
   <c r="F179" i="1"/>
   <c r="D179" i="1"/>
   <c r="A192" i="1"/>
   <c r="C48" i="6"/>
   <c r="B48" i="6"/>
   <c r="B47" i="6"/>
   <c r="F183" i="1" l="1"/>
   <c r="F184" i="1"/>
   <c r="D181" i="1"/>
   <c r="H181" i="1"/>
   <c r="A185" i="1" s="1"/>
   <c r="J108" i="1"/>
   <c r="C49" i="6" s="1"/>
@@ -2575,53 +2578,50 @@
   <si>
     <t>Wallis and Futuna Islands</t>
   </si>
   <si>
     <t>Western Sahara</t>
   </si>
   <si>
     <t>Unspecified Nationality</t>
   </si>
   <si>
     <t>Yugoslavia</t>
   </si>
   <si>
     <t>--- CHECKBOXES &amp; COMMENT BOXES FOR SIT USE ONLY ---</t>
   </si>
   <si>
     <t>Should you have any queries regarding CoS requirements, please do not hesitate to contact us.</t>
   </si>
   <si>
     <t>Thank you</t>
   </si>
   <si>
     <t>Staff Immigration Team</t>
   </si>
   <si>
-    <t>angelina.pelova@admin.ox.ac.uk</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Please complete this form when applying for a Tier 5 Certificate of Sponsorship (CoS) and return it to the Staff Immigration Team, along with the necessary supporting documents listed at the end of the form. </t>
   </si>
   <si>
     <t>Signed applications should be sent via email to the Staff Immigration Team at:</t>
   </si>
   <si>
     <t>It is not possible for the Staff Immigration Team to consider incomplete applications. Please ensure, therefore, that you provide all of the required information.</t>
   </si>
   <si>
     <t>Application eligibility</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">I confirm that the applicant is </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>NOT</t>
@@ -4837,53 +4837,50 @@
         <family val="2"/>
       </rPr>
       <t>ATAS letter</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>-dd-mm-yy.pdf)</t>
     </r>
   </si>
   <si>
     <t>ATAS Letter</t>
   </si>
   <si>
     <t>The ATAS requirement (which has been expanded, from Student, to Skilled Worker &amp; Tier 5 applications, and Visitors) applies to those carrying out research in sensitive subjects, where knowledge could be used to develop military technology, weapons of mass destruction, or the means of delivering weapons. The subjects cover all MPLS departments, and some Medical Sciences and Social Sciences departments. Humanities facultys may be less affected but will still need to consider cross disciplinary areas.</t>
   </si>
   <si>
     <t>CESC countries - fees concession no longer applies 26/02/22</t>
   </si>
   <si>
-    <t>Angelina Pelova</t>
-[...1 lines deleted...]
-  <si>
     <t>Lyn Davis</t>
   </si>
   <si>
     <t>Richard Birt</t>
   </si>
   <si>
     <t>lyn.davis@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>richard.birt@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>Please note CESC concessions ended 26 February 2022 so the same CoS fee now applies for Europeans</t>
   </si>
   <si>
     <t>Paul Deeble</t>
   </si>
   <si>
     <t>Police Registration List - abolished 09/11/2022</t>
   </si>
   <si>
     <t>Biology - Plant Sciences</t>
   </si>
   <si>
     <t>Biology - Zoology</t>
@@ -5255,53 +5252,50 @@
   <si>
     <r>
       <t xml:space="preserve">Copies of any </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>current and previous UK visas</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
-    <t>Version 2.11</t>
-[...1 lines deleted...]
-  <si>
     <t>Sufia Nadeem</t>
   </si>
   <si>
     <t>Kara Updale</t>
   </si>
   <si>
     <t>sufia.nadeem@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>kara.updale@admin.ox.ac.uk</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ATAS (Academic Technology Approval Scheme) - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>MANDATORY VISA REQUIREMENT</t>
@@ -5332,282 +5326,291 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (SIT is happy to help with their Dependant visa applications too)</t>
     </r>
   </si>
   <si>
     <t>Partner and children</t>
   </si>
   <si>
     <t>Dependants discussed?</t>
   </si>
   <si>
     <t>No. of dependants</t>
   </si>
   <si>
     <t>Does applicant have a partner who needs Dependant visa?</t>
   </si>
   <si>
     <t>Does applicant have children who need Dependant visas?</t>
   </si>
   <si>
     <t>children</t>
   </si>
   <si>
     <t>Travel overseas for domestic and leisure purposes does not require a multiple entry visa, but SIT reccommends that multiple entry is always selected to cover any potential travel for work purposes.</t>
+  </si>
+  <si>
+    <t>ATAS - MANDATORY VISA REQUIREMENT</t>
+  </si>
+  <si>
+    <t>Tier 5 Initial CoS APPLICATION SUMMARY</t>
+  </si>
+  <si>
+    <t>expected visa length</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">How many weeks before the visit start date does the applicant intend to arrive?       </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Visa holders must not travel to the UK before their visa start date !</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>CoS start date</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (start date of visit) - DD/MM/YYYY</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>CoS end date</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (end date of visit) - DD/MM/YYYY</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Immigration Health Surcharge (IHS) / NHS fees are based on the visa length.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> NHS fees are counted in six month blocks with another six months/ half year fee being charged if the visa length is even slightly over mutliples of six months. Listing an earlier CoS end date can help ensure the visa length does not go over a multiple of six months to avoid higher NHS fees than necessary.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>The visa will be longer than the CoS dates</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>. If applying outside the UK the visa application will ask the applicant when they want to arrive in the UK (up to a maximum of 2 weeks/ 14 days before the CoS start date/ start date of the visit). The visa start date should normally reflect or be close to the arrival date the applicant listed in their visa application. The visa expiry date is normally 14 days after the CoS end date.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>CoS start and end dates selected should reflect the required start and end dates of the research visit</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>. CoS dates cannot be longer than known/ funded length of the visit, but they can be set shorter to help reduce NHS fees. You should discuss realistic dates for the visit with the applicant to avoid overly ambitious start dates resulting in delayed arrivals. CoS dates can be up to a maximum of 2 years/ 24 months.</t>
+    </r>
+  </si>
+  <si>
+    <t>This is a mandatory requirement. SIT is happy to help you and the applicant through the process.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>estimated</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> NHS Surcharge is</t>
+    </r>
+  </si>
+  <si>
+    <t>Version 2.12</t>
+  </si>
+  <si>
+    <t>angelina.escott@admin.ox.ac.uk</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Does the applicant have a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>partner</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> in the UK, or coming with them, or to join them in the UK, who needs a Dependant partner visa?</t>
+      <t xml:space="preserve"> in the UK, or coming with them, or to join them now or later, who needs a Dependant partner visa?</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> If yes, they will need to submit their marriage certificate, civil partnership certificate, or documents showing that they have been living together or in a relationship for at least two years, when they apply for a Dependant partner visa.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Does the applicant have </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>children</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> (under 18 years old) in the UK, or coming with them, or to join them in the UK, who need Dependant child visas? </t>
+      <t xml:space="preserve"> (under 18 years old) in the UK, or coming with them, or to join them now or later, who need Dependant child visas? </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>If yes, how many?</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Children are only granted visas if both parents have or applying for visas/ status in the UK, or if the parent they are dependant on is their sole surviving parent, or has sole custody/ responsibility for them.</t>
     </r>
   </si>
   <si>
-    <t>ATAS - MANDATORY VISA REQUIREMENT</t>
-[...133 lines deleted...]
-    </r>
+    <t>Angelina Escott</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="[$-409]d/mmm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="dd/mmm/yyyy"/>
     <numFmt numFmtId="166" formatCode="[$£-809]#,##0"/>
     <numFmt numFmtId="167" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="168" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="169" formatCode="[$£-809]#,##0.00"/>
   </numFmts>
   <fonts count="91" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
@@ -7797,1406 +7800,1145 @@
     <xf numFmtId="0" fontId="76" fillId="11" borderId="15" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="31" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="9" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="65" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="3" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="16" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="11" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="11" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="34" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="6" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="47" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="52" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="11" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4"/>
     <xf numFmtId="0" fontId="20" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="48" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="11" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="11" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="11" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="11" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1258 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -9224,50 +8966,311 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="14" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="58" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 12" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="66">
     <dxf>
       <font>
         <color theme="0" tint="-0.499984740745262"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF7030A0"/>
       </font>
     </dxf>
@@ -9784,91 +9787,91 @@
 <file path=xl/activeX/_rels/activeX5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX5.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX6.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX7.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX8.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX9.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX10.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX11.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX12.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX5.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX6.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX7.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX8.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX9.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$8" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$23" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$24" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$25" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$26" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$27" lockText="1" noThreeD="1"/>
 </file>
@@ -10136,51 +10139,51 @@
 <file path=xl/ctrlProps/ctrlProp74.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$69" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp75.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$184" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp76.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$C$184" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp77.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$46" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$21" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$22" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
           <xdr:row>29</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>581025</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>47625</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
@@ -17479,207 +17482,207 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX11.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.brewer@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/tb-test-visa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX12.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-5-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX11.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.brewer@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/tb-test-visa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-5-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX12.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-atas-academic-technology-approval-scheme-atas" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B237"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" style="2" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="259" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>29</v>
       </c>
@@ -17824,190 +17827,190 @@
       <c r="A39" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42" s="5" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A51" s="284" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="B51" s="285" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="B52" s="5" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="B53" s="5" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A54" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A57" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A58" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A59" s="5" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A60" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A61" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A62" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>96</v>
       </c>
@@ -18475,51 +18478,51 @@
       <c r="B120" s="5" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A121" s="5" t="s">
         <v>213</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A122" s="5" t="s">
         <v>215</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A123" s="284" t="s">
         <v>217</v>
       </c>
       <c r="B123" s="285" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A124" s="5" t="s">
         <v>218</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A125" s="5" t="s">
         <v>220</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A126" s="5" t="s">
         <v>222</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>223</v>
       </c>
@@ -18531,51 +18534,51 @@
       <c r="B127" s="5" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A128" s="5" t="s">
         <v>226</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A129" s="5" t="s">
         <v>228</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A130" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A131" s="5" t="s">
         <v>231</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A132" s="5" t="s">
         <v>233</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A133" s="5" t="s">
         <v>235</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>236</v>
       </c>
@@ -18808,54 +18811,54 @@
       <c r="A162" s="5" t="s">
         <v>293</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A163" s="5" t="s">
         <v>295</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A164" s="5" t="s">
         <v>297</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A165" s="284" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="B165" s="285" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A166" s="5" t="s">
         <v>299</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A167" s="5" t="s">
         <v>301</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A168" s="5" t="s">
         <v>303</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>304</v>
       </c>
@@ -18867,75 +18870,75 @@
       <c r="B169" s="5" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A170" s="5" t="s">
         <v>307</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A171" s="5" t="s">
         <v>309</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A172" s="5" t="s">
         <v>311</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A173" s="5" t="s">
         <v>312</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A174" s="5" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A175" s="5" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A176" s="5" t="s">
         <v>314</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A177" s="5" t="s">
         <v>316</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A178" s="5" t="s">
         <v>318</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>319</v>
       </c>
@@ -19381,63 +19384,63 @@
       </c>
       <c r="E3" s="189"/>
       <c r="S3" s="21"/>
       <c r="T3" s="20" t="s">
         <v>380</v>
       </c>
       <c r="U3" s="22"/>
       <c r="V3" s="20" t="s">
         <v>380</v>
       </c>
       <c r="X3" s="20" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>381</v>
       </c>
       <c r="B4" t="s">
         <v>381</v>
       </c>
       <c r="C4" t="s">
         <v>381</v>
       </c>
       <c r="E4" s="18" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="G4" s="18" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="I4" s="23" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="K4" s="24" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="M4" s="212" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="O4" s="25" t="s">
         <v>382</v>
       </c>
       <c r="P4" s="26"/>
       <c r="Q4" s="26"/>
       <c r="R4" s="26"/>
       <c r="S4" s="21"/>
       <c r="T4" t="s">
         <v>383</v>
       </c>
       <c r="U4" s="17"/>
       <c r="V4" t="s">
         <v>384</v>
       </c>
       <c r="X4" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>386</v>
       </c>
       <c r="B5" t="s">
         <v>386</v>
@@ -19542,51 +19545,51 @@
       </c>
       <c r="I7" t="s">
         <v>513</v>
       </c>
       <c r="K7" s="27" t="s">
         <v>401</v>
       </c>
       <c r="M7" s="213" t="s">
         <v>395</v>
       </c>
       <c r="O7" s="73"/>
       <c r="P7" s="255">
         <v>45768</v>
       </c>
       <c r="Q7" s="73" t="s">
         <v>388</v>
       </c>
       <c r="R7" s="73" t="s">
         <v>402</v>
       </c>
       <c r="S7" s="21"/>
       <c r="T7" t="s">
         <v>403</v>
       </c>
       <c r="X7" s="28" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="Y7" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>405</v>
       </c>
       <c r="B8" t="s">
         <v>405</v>
       </c>
       <c r="C8" t="s">
         <v>405</v>
       </c>
       <c r="E8" s="252" t="s">
         <v>566</v>
       </c>
       <c r="G8" s="252" t="s">
         <v>406</v>
       </c>
       <c r="I8" t="s">
         <v>518</v>
       </c>
       <c r="K8" s="27" t="s">
@@ -19594,94 +19597,94 @@
       </c>
       <c r="M8" s="213" t="s">
         <v>400</v>
       </c>
       <c r="O8" s="73"/>
       <c r="P8" s="255">
         <v>45782</v>
       </c>
       <c r="Q8" s="73" t="s">
         <v>388</v>
       </c>
       <c r="R8" s="73" t="s">
         <v>407</v>
       </c>
       <c r="S8" s="21"/>
       <c r="T8" t="s">
         <v>408</v>
       </c>
       <c r="X8" s="29">
         <v>1035</v>
       </c>
       <c r="Y8" s="30">
         <v>14</v>
       </c>
       <c r="Z8" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>409</v>
       </c>
       <c r="B9" t="s">
         <v>409</v>
       </c>
       <c r="C9" t="s">
         <v>409</v>
       </c>
       <c r="E9" s="252" t="s">
         <v>411</v>
       </c>
       <c r="G9" s="252" t="s">
         <v>410</v>
       </c>
       <c r="K9" s="27" t="s">
         <v>410</v>
       </c>
       <c r="M9" s="213" t="s">
         <v>536</v>
       </c>
       <c r="O9" s="73"/>
       <c r="P9" s="255">
         <v>45803</v>
       </c>
       <c r="Q9" s="73" t="s">
         <v>388</v>
       </c>
       <c r="R9" s="73" t="s">
         <v>412</v>
       </c>
       <c r="S9" s="21"/>
       <c r="T9" t="s">
         <v>413</v>
       </c>
       <c r="X9" s="29">
         <v>776</v>
       </c>
       <c r="Z9" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>401</v>
       </c>
       <c r="B10" t="s">
         <v>401</v>
       </c>
       <c r="C10" t="s">
         <v>401</v>
       </c>
       <c r="E10" s="252" t="s">
         <v>415</v>
       </c>
       <c r="G10" s="252" t="s">
         <v>414</v>
       </c>
       <c r="K10" s="27" t="s">
         <v>416</v>
       </c>
       <c r="M10" s="213" t="s">
         <v>561</v>
       </c>
       <c r="O10" s="73"/>
@@ -19720,51 +19723,51 @@
       </c>
       <c r="K11" s="27" t="s">
         <v>421</v>
       </c>
       <c r="M11" s="213" t="s">
         <v>566</v>
       </c>
       <c r="O11" s="73"/>
       <c r="P11" s="255">
         <v>46016</v>
       </c>
       <c r="Q11" s="73" t="s">
         <v>489</v>
       </c>
       <c r="R11" s="73" t="s">
         <v>423</v>
       </c>
       <c r="S11" s="21"/>
       <c r="T11" t="s">
         <v>424</v>
       </c>
       <c r="X11" s="278">
         <v>55</v>
       </c>
       <c r="Y11" s="189" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>425</v>
       </c>
       <c r="B12" t="s">
         <v>425</v>
       </c>
       <c r="C12" t="s">
         <v>425</v>
       </c>
       <c r="E12" s="252" t="s">
         <v>433</v>
       </c>
       <c r="G12" s="252" t="s">
         <v>426</v>
       </c>
       <c r="K12" s="27" t="s">
         <v>428</v>
       </c>
       <c r="M12" s="213" t="s">
         <v>411</v>
       </c>
       <c r="O12" s="254"/>
@@ -19902,51 +19905,51 @@
       <c r="E16" s="252" t="s">
         <v>446</v>
       </c>
       <c r="G16" s="252" t="s">
         <v>441</v>
       </c>
       <c r="I16" s="16"/>
       <c r="K16" s="27" t="s">
         <v>443</v>
       </c>
       <c r="M16" s="213" t="s">
         <v>433</v>
       </c>
       <c r="O16" s="73"/>
       <c r="P16" s="255">
         <v>46146</v>
       </c>
       <c r="Q16" s="256" t="s">
         <v>388</v>
       </c>
       <c r="R16" s="256" t="s">
         <v>407</v>
       </c>
       <c r="S16" s="21"/>
       <c r="T16" s="18" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
     </row>
     <row r="17" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>444</v>
       </c>
       <c r="B17" t="s">
         <v>444</v>
       </c>
       <c r="C17" t="s">
         <v>444</v>
       </c>
       <c r="E17" s="252" t="s">
         <v>449</v>
       </c>
       <c r="G17" s="252" t="s">
         <v>445</v>
       </c>
       <c r="I17" s="16"/>
       <c r="K17" s="27" t="s">
         <v>447</v>
       </c>
       <c r="M17" s="213" t="s">
         <v>436</v>
       </c>
@@ -20049,51 +20052,51 @@
       </c>
       <c r="C20" t="s">
         <v>456</v>
       </c>
       <c r="E20" s="252" t="s">
         <v>471</v>
       </c>
       <c r="G20" s="252" t="s">
         <v>457</v>
       </c>
       <c r="I20" s="16"/>
       <c r="K20" s="27" t="s">
         <v>459</v>
       </c>
       <c r="M20" s="213" t="s">
         <v>446</v>
       </c>
       <c r="O20" s="266"/>
       <c r="P20" s="267">
         <v>46384</v>
       </c>
       <c r="Q20" s="268" t="s">
         <v>388</v>
       </c>
       <c r="R20" s="266" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="S20" s="21"/>
       <c r="T20" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>414</v>
       </c>
       <c r="B21" t="s">
         <v>414</v>
       </c>
       <c r="C21" t="s">
         <v>414</v>
       </c>
       <c r="E21" s="252" t="s">
         <v>474</v>
       </c>
       <c r="G21" s="252" t="s">
         <v>462</v>
       </c>
       <c r="I21" s="16"/>
       <c r="K21" s="27" t="s">
         <v>464</v>
@@ -20142,51 +20145,51 @@
         <v>453</v>
       </c>
       <c r="O22" s="262"/>
       <c r="P22" s="261">
         <v>46472</v>
       </c>
       <c r="Q22" s="227" t="s">
         <v>396</v>
       </c>
       <c r="R22" s="227" t="s">
         <v>397</v>
       </c>
       <c r="S22" s="21"/>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>469</v>
       </c>
       <c r="B23" t="s">
         <v>469</v>
       </c>
       <c r="C23" t="s">
         <v>469</v>
       </c>
       <c r="E23" s="252" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="G23" s="252" t="s">
         <v>470</v>
       </c>
       <c r="I23" s="16"/>
       <c r="K23" s="27" t="s">
         <v>472</v>
       </c>
       <c r="M23" s="213" t="s">
         <v>625</v>
       </c>
       <c r="O23" s="262"/>
       <c r="P23" s="261">
         <v>46475</v>
       </c>
       <c r="Q23" s="227" t="s">
         <v>388</v>
       </c>
       <c r="R23" s="227" t="s">
         <v>402</v>
       </c>
       <c r="S23" s="21"/>
       <c r="T23" s="31"/>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.25">
@@ -20303,86 +20306,86 @@
       </c>
       <c r="C27" t="s">
         <v>428</v>
       </c>
       <c r="E27" s="252" t="s">
         <v>495</v>
       </c>
       <c r="G27" s="252" t="s">
         <v>482</v>
       </c>
       <c r="I27" s="16"/>
       <c r="K27" s="27" t="s">
         <v>484</v>
       </c>
       <c r="M27" s="213" t="s">
         <v>471</v>
       </c>
       <c r="O27" s="262"/>
       <c r="P27" s="261">
         <v>46748</v>
       </c>
       <c r="Q27" s="227" t="s">
         <v>388</v>
       </c>
       <c r="R27" s="227" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="S27" s="21"/>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>485</v>
       </c>
       <c r="B28" t="s">
         <v>485</v>
       </c>
       <c r="C28" t="s">
         <v>485</v>
       </c>
       <c r="E28" s="252" t="s">
         <v>503</v>
       </c>
       <c r="G28" s="252" t="s">
         <v>486</v>
       </c>
       <c r="I28" s="16"/>
       <c r="K28" s="27" t="s">
         <v>488</v>
       </c>
       <c r="M28" s="213" t="s">
         <v>474</v>
       </c>
       <c r="O28" s="263"/>
       <c r="P28" s="264">
         <v>46749</v>
       </c>
       <c r="Q28" s="265" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="R28" s="265" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="S28" s="21"/>
       <c r="T28" s="25" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>434</v>
       </c>
       <c r="B29" t="s">
         <v>434</v>
       </c>
       <c r="C29" t="s">
         <v>434</v>
       </c>
       <c r="E29" s="252" t="s">
         <v>506</v>
       </c>
       <c r="G29" s="252" t="s">
         <v>491</v>
       </c>
       <c r="I29" s="16"/>
       <c r="K29" s="27" t="s">
         <v>493</v>
@@ -20404,107 +20407,107 @@
       </c>
       <c r="B30" t="s">
         <v>426</v>
       </c>
       <c r="C30" t="s">
         <v>426</v>
       </c>
       <c r="E30" s="252" t="s">
         <v>531</v>
       </c>
       <c r="G30" s="252" t="s">
         <v>493</v>
       </c>
       <c r="I30" s="16"/>
       <c r="K30" s="27" t="s">
         <v>496</v>
       </c>
       <c r="M30" s="213" t="s">
         <v>642</v>
       </c>
       <c r="S30" s="21"/>
       <c r="T30" s="32">
         <v>285</v>
       </c>
       <c r="U30" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>497</v>
       </c>
       <c r="B31" t="s">
         <v>497</v>
       </c>
       <c r="C31" t="s">
         <v>497</v>
       </c>
       <c r="G31" s="252" t="s">
         <v>498</v>
       </c>
       <c r="I31" s="16"/>
       <c r="K31" s="27" t="s">
         <v>500</v>
       </c>
       <c r="M31" s="213" t="s">
         <v>480</v>
       </c>
       <c r="S31" s="21"/>
       <c r="T31" s="32">
         <v>315</v>
       </c>
       <c r="U31" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>501</v>
       </c>
       <c r="B32" t="s">
         <v>501</v>
       </c>
       <c r="C32" t="s">
         <v>501</v>
       </c>
       <c r="G32" s="252" t="s">
         <v>502</v>
       </c>
       <c r="I32" s="16"/>
       <c r="K32" s="27" t="s">
         <v>504</v>
       </c>
       <c r="M32" s="213" t="s">
         <v>483</v>
       </c>
       <c r="S32" s="21"/>
       <c r="T32" s="32">
         <v>200</v>
       </c>
       <c r="U32" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>439</v>
       </c>
       <c r="B33" t="s">
         <v>439</v>
       </c>
       <c r="C33" t="s">
         <v>439</v>
       </c>
       <c r="G33" s="252" t="s">
         <v>505</v>
       </c>
       <c r="I33" s="16"/>
       <c r="K33" s="27" t="s">
         <v>507</v>
       </c>
       <c r="M33" s="213" t="s">
         <v>487</v>
       </c>
       <c r="S33" s="21"/>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
@@ -21947,54 +21950,54 @@
         <v>479</v>
       </c>
       <c r="B132" t="s">
         <v>471</v>
       </c>
       <c r="C132" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>556</v>
       </c>
       <c r="B133" t="s">
         <v>629</v>
       </c>
       <c r="C133" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>558</v>
       </c>
       <c r="B134" s="33" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="C134" s="33" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>482</v>
       </c>
       <c r="B135" t="s">
         <v>560</v>
       </c>
       <c r="C135" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>463</v>
       </c>
       <c r="B136" t="s">
         <v>562</v>
       </c>
       <c r="C136" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.25">
@@ -22010,51 +22013,51 @@
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>471</v>
       </c>
       <c r="B138" t="s">
         <v>630</v>
       </c>
       <c r="C138" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>629</v>
       </c>
       <c r="B139" t="s">
         <v>565</v>
       </c>
       <c r="C139" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A140" s="33" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="B140" t="s">
         <v>474</v>
       </c>
       <c r="C140" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>560</v>
       </c>
       <c r="B141" t="s">
         <v>567</v>
       </c>
       <c r="C141" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>562</v>
       </c>
       <c r="B142" t="s">
         <v>631</v>
@@ -23418,6216 +23421,6216 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:T476"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="523" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="523"/>
+      <c r="A1" s="451" t="s">
+        <v>897</v>
+      </c>
+      <c r="B1" s="451"/>
+      <c r="C1" s="451"/>
+      <c r="D1" s="451"/>
+      <c r="E1" s="451"/>
+      <c r="F1" s="451"/>
+      <c r="G1" s="451"/>
+      <c r="H1" s="451"/>
+      <c r="I1" s="451"/>
+      <c r="J1" s="451"/>
       <c r="K1" s="37"/>
       <c r="L1" s="37"/>
       <c r="M1" s="37"/>
       <c r="N1" s="37"/>
       <c r="O1" s="37"/>
       <c r="P1" s="37"/>
       <c r="Q1" s="37"/>
       <c r="R1" s="37"/>
       <c r="S1" s="37"/>
       <c r="T1" s="37"/>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A2" s="524" t="s">
-[...10 lines deleted...]
-      <c r="J2" s="524"/>
+      <c r="A2" s="430" t="s">
+        <v>699</v>
+      </c>
+      <c r="B2" s="430"/>
+      <c r="C2" s="430"/>
+      <c r="D2" s="430"/>
+      <c r="E2" s="430"/>
+      <c r="F2" s="430"/>
+      <c r="G2" s="430"/>
+      <c r="H2" s="430"/>
+      <c r="I2" s="430"/>
+      <c r="J2" s="430"/>
       <c r="K2" s="37"/>
-      <c r="L2" s="532" t="s">
+      <c r="L2" s="457" t="s">
         <v>695</v>
       </c>
-      <c r="M2" s="533"/>
-[...5 lines deleted...]
-      <c r="S2" s="533"/>
+      <c r="M2" s="458"/>
+      <c r="N2" s="458"/>
+      <c r="O2" s="458"/>
+      <c r="P2" s="458"/>
+      <c r="Q2" s="458"/>
+      <c r="R2" s="458"/>
+      <c r="S2" s="458"/>
       <c r="T2" s="37"/>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A3" s="524"/>
-[...8 lines deleted...]
-      <c r="J3" s="524"/>
+      <c r="A3" s="430"/>
+      <c r="B3" s="430"/>
+      <c r="C3" s="430"/>
+      <c r="D3" s="430"/>
+      <c r="E3" s="430"/>
+      <c r="F3" s="430"/>
+      <c r="G3" s="430"/>
+      <c r="H3" s="430"/>
+      <c r="I3" s="430"/>
+      <c r="J3" s="430"/>
       <c r="K3" s="37"/>
       <c r="L3" s="37"/>
       <c r="M3" s="37"/>
       <c r="N3" s="37"/>
       <c r="O3" s="37"/>
       <c r="P3" s="37"/>
       <c r="Q3" s="37"/>
       <c r="R3" s="37"/>
       <c r="S3" s="37"/>
       <c r="T3" s="37"/>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A4" s="524"/>
-[...8 lines deleted...]
-      <c r="J4" s="524"/>
+      <c r="A4" s="430"/>
+      <c r="B4" s="430"/>
+      <c r="C4" s="430"/>
+      <c r="D4" s="430"/>
+      <c r="E4" s="430"/>
+      <c r="F4" s="430"/>
+      <c r="G4" s="430"/>
+      <c r="H4" s="430"/>
+      <c r="I4" s="430"/>
+      <c r="J4" s="430"/>
       <c r="K4" s="37"/>
       <c r="L4" s="37"/>
       <c r="M4" s="37"/>
       <c r="N4" s="37"/>
       <c r="O4" s="37"/>
       <c r="P4" s="37"/>
       <c r="Q4" s="37"/>
       <c r="R4" s="37"/>
       <c r="S4" s="38"/>
       <c r="T4" s="39" t="str">
         <f>$J$456</f>
-        <v>Version 2.11</v>
+        <v>Version 2.12</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A5" s="50"/>
       <c r="B5" s="50"/>
       <c r="C5" s="50"/>
       <c r="D5" s="50"/>
       <c r="E5" s="50"/>
       <c r="F5" s="50"/>
       <c r="G5" s="50"/>
       <c r="H5" s="50"/>
       <c r="I5" s="50"/>
       <c r="J5" s="50"/>
       <c r="K5" s="37"/>
       <c r="L5" s="37"/>
       <c r="M5" s="37"/>
       <c r="N5" s="37"/>
       <c r="O5" s="37"/>
       <c r="P5" s="37"/>
       <c r="Q5" s="37"/>
       <c r="R5" s="37"/>
-      <c r="S5" s="534">
+      <c r="S5" s="459">
         <f>$I$457</f>
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="T5" s="534"/>
+        <v>45979</v>
+      </c>
+      <c r="T5" s="459"/>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A6" s="50" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="B6" s="51"/>
       <c r="C6" s="51"/>
       <c r="D6" s="51"/>
       <c r="E6" s="51"/>
       <c r="F6" s="51"/>
       <c r="G6" s="51"/>
       <c r="H6" s="51"/>
       <c r="I6" s="51"/>
       <c r="J6" s="51"/>
       <c r="K6" s="37"/>
       <c r="L6" s="37"/>
       <c r="M6" s="37"/>
       <c r="N6" s="37"/>
       <c r="O6" s="37"/>
       <c r="P6" s="37"/>
       <c r="Q6" s="37"/>
       <c r="R6" s="37"/>
       <c r="S6" s="37"/>
       <c r="T6" s="37"/>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A7" s="535" t="str">
+      <c r="A7" s="376" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$448 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$448)</f>
-        <v>angelina.pelova@admin.ox.ac.uk</v>
-[...5 lines deleted...]
-      <c r="F7" s="535" t="str">
+        <v>angelina.escott@admin.ox.ac.uk</v>
+      </c>
+      <c r="B7" s="376"/>
+      <c r="C7" s="376"/>
+      <c r="D7" s="376"/>
+      <c r="E7" s="376"/>
+      <c r="F7" s="376" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$449 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$449)</f>
         <v>paul.deeble@admin.ox.ac.uk</v>
       </c>
-      <c r="G7" s="535"/>
-[...2 lines deleted...]
-      <c r="J7" s="535"/>
+      <c r="G7" s="376"/>
+      <c r="H7" s="376"/>
+      <c r="I7" s="376"/>
+      <c r="J7" s="376"/>
       <c r="K7" s="37"/>
       <c r="L7" s="37"/>
       <c r="M7" s="37"/>
       <c r="N7" s="37"/>
       <c r="O7" s="37"/>
       <c r="P7" s="37"/>
       <c r="Q7" s="37"/>
       <c r="R7" s="37"/>
       <c r="S7" s="37"/>
       <c r="T7" s="37"/>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A8" s="535" t="str">
+      <c r="A8" s="376" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$450 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$450)</f>
         <v>sufia.nadeem@admin.ox.ac.uk</v>
       </c>
-      <c r="B8" s="535"/>
-[...7 lines deleted...]
-      <c r="J8" s="535"/>
+      <c r="B8" s="376"/>
+      <c r="C8" s="376"/>
+      <c r="D8" s="376"/>
+      <c r="E8" s="376"/>
+      <c r="F8" s="376"/>
+      <c r="G8" s="376"/>
+      <c r="H8" s="376"/>
+      <c r="I8" s="376"/>
+      <c r="J8" s="376"/>
       <c r="K8" s="37"/>
       <c r="L8" s="37"/>
       <c r="M8" s="37"/>
       <c r="N8" s="37"/>
       <c r="O8" s="37"/>
       <c r="P8" s="37"/>
       <c r="Q8" s="37"/>
       <c r="R8" s="37"/>
       <c r="S8" s="37"/>
       <c r="T8" s="37"/>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A9" s="311" t="s">
-[...10 lines deleted...]
-      <c r="J9" s="311"/>
+      <c r="A9" s="618" t="s">
+        <v>900</v>
+      </c>
+      <c r="B9" s="618"/>
+      <c r="C9" s="618"/>
+      <c r="D9" s="618"/>
+      <c r="E9" s="618"/>
+      <c r="F9" s="618"/>
+      <c r="G9" s="618"/>
+      <c r="H9" s="618"/>
+      <c r="I9" s="618"/>
+      <c r="J9" s="618"/>
       <c r="K9" s="37"/>
       <c r="L9" s="37"/>
       <c r="M9" s="37"/>
       <c r="N9" s="37"/>
       <c r="O9" s="37"/>
       <c r="P9" s="37"/>
       <c r="Q9" s="37"/>
       <c r="R9" s="37"/>
       <c r="S9" s="37"/>
       <c r="T9" s="37"/>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A10" s="535" t="str">
+      <c r="A10" s="376" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$452 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$452)</f>
         <v>lyn.davis@admin.ox.ac.uk</v>
       </c>
-      <c r="B10" s="535"/>
-[...3 lines deleted...]
-      <c r="F10" s="535" t="str">
+      <c r="B10" s="376"/>
+      <c r="C10" s="376"/>
+      <c r="D10" s="376"/>
+      <c r="E10" s="376"/>
+      <c r="F10" s="376" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$453 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$453)</f>
         <v>richard.birt@admin.ox.ac.uk</v>
       </c>
-      <c r="G10" s="535"/>
-[...2 lines deleted...]
-      <c r="J10" s="535"/>
+      <c r="G10" s="376"/>
+      <c r="H10" s="376"/>
+      <c r="I10" s="376"/>
+      <c r="J10" s="376"/>
       <c r="K10" s="37"/>
       <c r="L10" s="37"/>
       <c r="M10" s="37"/>
       <c r="N10" s="37"/>
       <c r="O10" s="37"/>
       <c r="P10" s="37"/>
       <c r="Q10" s="37"/>
       <c r="R10" s="37"/>
       <c r="S10" s="37"/>
       <c r="T10" s="37"/>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A11" s="535" t="str">
+      <c r="A11" s="376" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$454 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$454)</f>
         <v>kara.updale@admin.ox.ac.uk</v>
       </c>
-      <c r="B11" s="535"/>
-[...7 lines deleted...]
-      <c r="J11" s="535"/>
+      <c r="B11" s="376"/>
+      <c r="C11" s="376"/>
+      <c r="D11" s="376"/>
+      <c r="E11" s="376"/>
+      <c r="F11" s="376"/>
+      <c r="G11" s="376"/>
+      <c r="H11" s="376"/>
+      <c r="I11" s="376"/>
+      <c r="J11" s="376"/>
       <c r="K11" s="37"/>
       <c r="L11" s="37"/>
       <c r="M11" s="37"/>
       <c r="N11" s="37"/>
       <c r="O11" s="37"/>
       <c r="P11" s="37"/>
       <c r="Q11" s="37"/>
       <c r="R11" s="37"/>
       <c r="S11" s="37"/>
       <c r="T11" s="37"/>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A12" s="311" t="s">
-[...10 lines deleted...]
-      <c r="J12" s="311"/>
+      <c r="A12" s="618" t="s">
+        <v>901</v>
+      </c>
+      <c r="B12" s="618"/>
+      <c r="C12" s="618"/>
+      <c r="D12" s="618"/>
+      <c r="E12" s="618"/>
+      <c r="F12" s="618"/>
+      <c r="G12" s="618"/>
+      <c r="H12" s="618"/>
+      <c r="I12" s="618"/>
+      <c r="J12" s="618"/>
       <c r="K12" s="37"/>
       <c r="L12" s="37"/>
       <c r="M12" s="37"/>
       <c r="N12" s="37"/>
       <c r="O12" s="37"/>
       <c r="P12" s="37"/>
       <c r="Q12" s="37"/>
       <c r="R12" s="37"/>
       <c r="S12" s="37"/>
       <c r="T12" s="37"/>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A13" s="208"/>
       <c r="B13" s="208"/>
       <c r="C13" s="208"/>
       <c r="D13" s="208"/>
       <c r="E13" s="208"/>
       <c r="F13" s="206"/>
       <c r="G13" s="206"/>
       <c r="H13" s="42"/>
       <c r="I13" s="42"/>
       <c r="J13" s="42"/>
       <c r="K13" s="37"/>
       <c r="L13" s="37"/>
       <c r="M13" s="37"/>
       <c r="N13" s="37"/>
       <c r="O13" s="37"/>
       <c r="P13" s="37"/>
       <c r="Q13" s="37"/>
       <c r="R13" s="37"/>
       <c r="S13" s="37"/>
       <c r="T13" s="37"/>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A14" s="536" t="s">
-[...10 lines deleted...]
-      <c r="J14" s="536"/>
+      <c r="A14" s="460" t="s">
+        <v>714</v>
+      </c>
+      <c r="B14" s="460"/>
+      <c r="C14" s="460"/>
+      <c r="D14" s="460"/>
+      <c r="E14" s="460"/>
+      <c r="F14" s="460"/>
+      <c r="G14" s="460"/>
+      <c r="H14" s="460"/>
+      <c r="I14" s="460"/>
+      <c r="J14" s="460"/>
       <c r="K14" s="37"/>
       <c r="L14" s="37"/>
       <c r="M14" s="37"/>
       <c r="N14" s="37"/>
       <c r="O14" s="37"/>
       <c r="P14" s="37"/>
       <c r="Q14" s="37"/>
       <c r="R14" s="37"/>
       <c r="S14" s="37"/>
       <c r="T14" s="37"/>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A15" s="536"/>
-[...8 lines deleted...]
-      <c r="J15" s="536"/>
+      <c r="A15" s="460"/>
+      <c r="B15" s="460"/>
+      <c r="C15" s="460"/>
+      <c r="D15" s="460"/>
+      <c r="E15" s="460"/>
+      <c r="F15" s="460"/>
+      <c r="G15" s="460"/>
+      <c r="H15" s="460"/>
+      <c r="I15" s="460"/>
+      <c r="J15" s="460"/>
       <c r="K15" s="37"/>
       <c r="L15" s="37"/>
       <c r="M15" s="37"/>
       <c r="N15" s="37"/>
       <c r="O15" s="37"/>
       <c r="P15" s="37"/>
       <c r="Q15" s="37"/>
       <c r="R15" s="37"/>
       <c r="S15" s="37"/>
       <c r="T15" s="37"/>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A16" s="536"/>
-[...8 lines deleted...]
-      <c r="J16" s="536"/>
+      <c r="A16" s="460"/>
+      <c r="B16" s="460"/>
+      <c r="C16" s="460"/>
+      <c r="D16" s="460"/>
+      <c r="E16" s="460"/>
+      <c r="F16" s="460"/>
+      <c r="G16" s="460"/>
+      <c r="H16" s="460"/>
+      <c r="I16" s="460"/>
+      <c r="J16" s="460"/>
       <c r="K16" s="37"/>
       <c r="L16" s="37"/>
       <c r="M16" s="37"/>
       <c r="N16" s="37"/>
       <c r="O16" s="37"/>
       <c r="P16" s="37"/>
       <c r="Q16" s="37"/>
       <c r="R16" s="37"/>
       <c r="S16" s="37"/>
       <c r="T16" s="37"/>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A17" s="52"/>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="37"/>
       <c r="L17" s="37"/>
       <c r="M17" s="37"/>
       <c r="N17" s="37"/>
       <c r="O17" s="37"/>
       <c r="P17" s="37"/>
       <c r="Q17" s="37"/>
       <c r="R17" s="37"/>
       <c r="S17" s="37"/>
       <c r="T17" s="37"/>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A18" s="536" t="s">
-[...10 lines deleted...]
-      <c r="J18" s="536"/>
+      <c r="A18" s="460" t="s">
+        <v>701</v>
+      </c>
+      <c r="B18" s="460"/>
+      <c r="C18" s="460"/>
+      <c r="D18" s="460"/>
+      <c r="E18" s="460"/>
+      <c r="F18" s="460"/>
+      <c r="G18" s="460"/>
+      <c r="H18" s="460"/>
+      <c r="I18" s="460"/>
+      <c r="J18" s="460"/>
       <c r="K18" s="37"/>
       <c r="L18" s="37"/>
       <c r="M18" s="37"/>
       <c r="N18" s="37"/>
       <c r="O18" s="37"/>
       <c r="P18" s="37"/>
       <c r="Q18" s="37"/>
       <c r="R18" s="37"/>
       <c r="S18" s="37"/>
       <c r="T18" s="37"/>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A19" s="536"/>
-[...8 lines deleted...]
-      <c r="J19" s="536"/>
+      <c r="A19" s="460"/>
+      <c r="B19" s="460"/>
+      <c r="C19" s="460"/>
+      <c r="D19" s="460"/>
+      <c r="E19" s="460"/>
+      <c r="F19" s="460"/>
+      <c r="G19" s="460"/>
+      <c r="H19" s="460"/>
+      <c r="I19" s="460"/>
+      <c r="J19" s="460"/>
       <c r="K19" s="37"/>
       <c r="L19" s="37"/>
       <c r="M19" s="37"/>
       <c r="N19" s="37"/>
       <c r="O19" s="37"/>
       <c r="P19" s="37"/>
       <c r="Q19" s="37"/>
       <c r="R19" s="37"/>
       <c r="S19" s="37"/>
       <c r="T19" s="37"/>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A20" s="42"/>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="42"/>
       <c r="I20" s="42"/>
       <c r="J20" s="42"/>
       <c r="K20" s="37"/>
       <c r="L20" s="37"/>
       <c r="M20" s="37"/>
       <c r="N20" s="37"/>
       <c r="O20" s="37"/>
       <c r="P20" s="37"/>
       <c r="Q20" s="37"/>
       <c r="R20" s="37"/>
       <c r="S20" s="37"/>
       <c r="T20" s="37"/>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A21" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="576"/>
+      <c r="A21" s="308" t="s">
+        <v>702</v>
+      </c>
+      <c r="B21" s="308"/>
+      <c r="C21" s="308"/>
+      <c r="D21" s="308"/>
+      <c r="E21" s="308"/>
+      <c r="F21" s="308"/>
+      <c r="G21" s="308"/>
+      <c r="H21" s="308"/>
+      <c r="I21" s="308"/>
+      <c r="J21" s="308"/>
       <c r="K21" s="37"/>
       <c r="L21" s="37"/>
       <c r="M21" s="37"/>
       <c r="N21" s="37"/>
       <c r="O21" s="37"/>
       <c r="P21" s="37"/>
       <c r="Q21" s="37"/>
       <c r="R21" s="37"/>
       <c r="S21" s="37"/>
       <c r="T21" s="37"/>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A22" s="47"/>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="42"/>
       <c r="I22" s="42"/>
       <c r="J22" s="42"/>
       <c r="K22" s="37"/>
       <c r="L22" s="37"/>
       <c r="M22" s="37"/>
       <c r="N22" s="37"/>
       <c r="O22" s="37"/>
       <c r="P22" s="37"/>
       <c r="Q22" s="37"/>
       <c r="R22" s="37"/>
       <c r="S22" s="37"/>
       <c r="T22" s="37"/>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A23" s="53"/>
       <c r="B23" s="53"/>
       <c r="C23" s="53"/>
       <c r="D23" s="53"/>
       <c r="E23" s="53"/>
       <c r="F23" s="53"/>
       <c r="G23" s="53"/>
       <c r="H23" s="53"/>
       <c r="I23" s="53"/>
       <c r="J23" s="53"/>
       <c r="K23" s="37"/>
       <c r="L23" s="37"/>
       <c r="M23" s="37"/>
-      <c r="N23" s="537"/>
-[...4 lines deleted...]
-      <c r="S23" s="539"/>
+      <c r="N23" s="461"/>
+      <c r="O23" s="462"/>
+      <c r="P23" s="462"/>
+      <c r="Q23" s="462"/>
+      <c r="R23" s="462"/>
+      <c r="S23" s="463"/>
       <c r="T23" s="37"/>
     </row>
     <row r="24" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A24" s="53"/>
       <c r="B24" s="53"/>
       <c r="C24" s="53"/>
       <c r="D24" s="53"/>
       <c r="E24" s="53"/>
       <c r="F24" s="53"/>
       <c r="G24" s="53"/>
       <c r="H24" s="53"/>
       <c r="I24" s="62" t="str">
         <f>IF(CHECKING!$B$5=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="J24" s="53"/>
       <c r="K24" s="37"/>
       <c r="L24" s="37"/>
       <c r="M24" s="37"/>
-      <c r="N24" s="540"/>
-[...4 lines deleted...]
-      <c r="S24" s="542"/>
+      <c r="N24" s="464"/>
+      <c r="O24" s="465"/>
+      <c r="P24" s="465"/>
+      <c r="Q24" s="465"/>
+      <c r="R24" s="465"/>
+      <c r="S24" s="466"/>
       <c r="T24" s="37"/>
     </row>
     <row r="25" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A25" s="53"/>
       <c r="B25" s="53"/>
       <c r="C25" s="53"/>
       <c r="D25" s="53"/>
       <c r="E25" s="53"/>
       <c r="F25" s="53"/>
       <c r="G25" s="53"/>
       <c r="H25" s="53"/>
       <c r="I25" s="62" t="str">
         <f>IF(CHECKING!$B$6=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="J25" s="53"/>
       <c r="K25" s="37"/>
       <c r="L25" s="37"/>
       <c r="M25" s="37"/>
-      <c r="N25" s="540"/>
-[...4 lines deleted...]
-      <c r="S25" s="542"/>
+      <c r="N25" s="464"/>
+      <c r="O25" s="465"/>
+      <c r="P25" s="465"/>
+      <c r="Q25" s="465"/>
+      <c r="R25" s="465"/>
+      <c r="S25" s="466"/>
       <c r="T25" s="37"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A26" s="53"/>
       <c r="B26" s="53"/>
       <c r="C26" s="53"/>
       <c r="D26" s="53"/>
       <c r="E26" s="53"/>
       <c r="F26" s="53"/>
       <c r="G26" s="53"/>
       <c r="H26" s="53"/>
       <c r="I26" s="53"/>
       <c r="J26" s="53"/>
       <c r="K26" s="37"/>
       <c r="L26" s="37"/>
       <c r="M26" s="37"/>
-      <c r="N26" s="540"/>
-[...4 lines deleted...]
-      <c r="S26" s="542"/>
+      <c r="N26" s="464"/>
+      <c r="O26" s="465"/>
+      <c r="P26" s="465"/>
+      <c r="Q26" s="465"/>
+      <c r="R26" s="465"/>
+      <c r="S26" s="466"/>
       <c r="T26" s="37"/>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A27" s="578" t="s">
-[...10 lines deleted...]
-      <c r="J27" s="578"/>
+      <c r="A27" s="433" t="s">
+        <v>910</v>
+      </c>
+      <c r="B27" s="433"/>
+      <c r="C27" s="433"/>
+      <c r="D27" s="433"/>
+      <c r="E27" s="433"/>
+      <c r="F27" s="433"/>
+      <c r="G27" s="433"/>
+      <c r="H27" s="433"/>
+      <c r="I27" s="433"/>
+      <c r="J27" s="433"/>
       <c r="K27" s="37"/>
       <c r="L27" s="37"/>
       <c r="M27" s="37"/>
-      <c r="N27" s="540"/>
-[...4 lines deleted...]
-      <c r="S27" s="542"/>
+      <c r="N27" s="464"/>
+      <c r="O27" s="465"/>
+      <c r="P27" s="465"/>
+      <c r="Q27" s="465"/>
+      <c r="R27" s="465"/>
+      <c r="S27" s="466"/>
       <c r="T27" s="37"/>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A28" s="578"/>
-[...8 lines deleted...]
-      <c r="J28" s="578"/>
+      <c r="A28" s="433"/>
+      <c r="B28" s="433"/>
+      <c r="C28" s="433"/>
+      <c r="D28" s="433"/>
+      <c r="E28" s="433"/>
+      <c r="F28" s="433"/>
+      <c r="G28" s="433"/>
+      <c r="H28" s="433"/>
+      <c r="I28" s="433"/>
+      <c r="J28" s="433"/>
       <c r="K28" s="37"/>
       <c r="L28" s="37"/>
       <c r="M28" s="37"/>
-      <c r="N28" s="543"/>
-[...4 lines deleted...]
-      <c r="S28" s="545"/>
+      <c r="N28" s="467"/>
+      <c r="O28" s="468"/>
+      <c r="P28" s="468"/>
+      <c r="Q28" s="468"/>
+      <c r="R28" s="468"/>
+      <c r="S28" s="469"/>
       <c r="T28" s="37"/>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A29" s="53"/>
       <c r="B29" s="53"/>
       <c r="C29" s="53"/>
       <c r="D29" s="53"/>
       <c r="E29" s="53"/>
       <c r="F29" s="53"/>
       <c r="G29" s="53"/>
       <c r="H29" s="53"/>
       <c r="I29" s="53"/>
       <c r="J29" s="53"/>
       <c r="K29" s="37"/>
       <c r="L29" s="37"/>
       <c r="M29" s="37"/>
       <c r="N29" s="37"/>
       <c r="O29" s="37"/>
       <c r="P29" s="37"/>
       <c r="Q29" s="37"/>
       <c r="R29" s="37"/>
       <c r="S29" s="37"/>
       <c r="T29" s="37"/>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A30" s="408" t="s">
-[...9 lines deleted...]
-      <c r="I30" s="410"/>
+      <c r="A30" s="435" t="s">
+        <v>703</v>
+      </c>
+      <c r="B30" s="436"/>
+      <c r="C30" s="436"/>
+      <c r="D30" s="436"/>
+      <c r="E30" s="436"/>
+      <c r="F30" s="436"/>
+      <c r="G30" s="436"/>
+      <c r="H30" s="436"/>
+      <c r="I30" s="437"/>
       <c r="J30" s="54"/>
       <c r="K30" s="37"/>
       <c r="L30" s="37"/>
       <c r="M30" s="37"/>
-      <c r="N30" s="365"/>
-[...4 lines deleted...]
-      <c r="S30" s="367"/>
+      <c r="N30" s="408"/>
+      <c r="O30" s="409"/>
+      <c r="P30" s="409"/>
+      <c r="Q30" s="409"/>
+      <c r="R30" s="409"/>
+      <c r="S30" s="410"/>
       <c r="T30" s="37"/>
     </row>
     <row r="31" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="408"/>
-[...7 lines deleted...]
-      <c r="I31" s="410"/>
+      <c r="A31" s="435"/>
+      <c r="B31" s="436"/>
+      <c r="C31" s="436"/>
+      <c r="D31" s="436"/>
+      <c r="E31" s="436"/>
+      <c r="F31" s="436"/>
+      <c r="G31" s="436"/>
+      <c r="H31" s="436"/>
+      <c r="I31" s="437"/>
       <c r="J31" s="55">
         <f>IF(CHECKING!$B$8=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K31" s="37"/>
       <c r="L31" s="37"/>
       <c r="M31" s="37"/>
-      <c r="N31" s="368"/>
-[...4 lines deleted...]
-      <c r="S31" s="370"/>
+      <c r="N31" s="411"/>
+      <c r="O31" s="412"/>
+      <c r="P31" s="412"/>
+      <c r="Q31" s="412"/>
+      <c r="R31" s="412"/>
+      <c r="S31" s="413"/>
       <c r="T31" s="37"/>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A32" s="342" t="s">
-[...9 lines deleted...]
-      <c r="I32" s="344"/>
+      <c r="A32" s="569" t="s">
+        <v>704</v>
+      </c>
+      <c r="B32" s="570"/>
+      <c r="C32" s="570"/>
+      <c r="D32" s="570"/>
+      <c r="E32" s="570"/>
+      <c r="F32" s="570"/>
+      <c r="G32" s="570"/>
+      <c r="H32" s="570"/>
+      <c r="I32" s="571"/>
       <c r="J32" s="54"/>
       <c r="K32" s="37"/>
       <c r="L32" s="37"/>
       <c r="M32" s="37"/>
-      <c r="N32" s="368"/>
-[...4 lines deleted...]
-      <c r="S32" s="370"/>
+      <c r="N32" s="411"/>
+      <c r="O32" s="412"/>
+      <c r="P32" s="412"/>
+      <c r="Q32" s="412"/>
+      <c r="R32" s="412"/>
+      <c r="S32" s="413"/>
       <c r="T32" s="37"/>
     </row>
     <row r="33" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A33" s="342"/>
-[...7 lines deleted...]
-      <c r="I33" s="344"/>
+      <c r="A33" s="569"/>
+      <c r="B33" s="570"/>
+      <c r="C33" s="570"/>
+      <c r="D33" s="570"/>
+      <c r="E33" s="570"/>
+      <c r="F33" s="570"/>
+      <c r="G33" s="570"/>
+      <c r="H33" s="570"/>
+      <c r="I33" s="571"/>
       <c r="J33" s="55">
         <f>IF(CHECKING!$B$9=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K33" s="37"/>
       <c r="L33" s="37"/>
       <c r="M33" s="37"/>
-      <c r="N33" s="371"/>
-[...4 lines deleted...]
-      <c r="S33" s="373"/>
+      <c r="N33" s="414"/>
+      <c r="O33" s="415"/>
+      <c r="P33" s="415"/>
+      <c r="Q33" s="415"/>
+      <c r="R33" s="415"/>
+      <c r="S33" s="416"/>
       <c r="T33" s="37"/>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A34" s="53"/>
       <c r="B34" s="53"/>
       <c r="C34" s="53"/>
       <c r="D34" s="53"/>
       <c r="E34" s="53"/>
       <c r="F34" s="53"/>
       <c r="G34" s="53"/>
       <c r="H34" s="53"/>
       <c r="I34" s="53"/>
       <c r="J34" s="53"/>
       <c r="K34" s="37"/>
       <c r="L34" s="37"/>
       <c r="M34" s="37"/>
       <c r="N34" s="37"/>
       <c r="O34" s="37"/>
       <c r="P34" s="37"/>
       <c r="Q34" s="37"/>
       <c r="R34" s="37"/>
       <c r="S34" s="37"/>
       <c r="T34" s="37"/>
     </row>
     <row r="35" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A35" s="614" t="s">
-[...10 lines deleted...]
-      <c r="J35" s="614"/>
+      <c r="A35" s="309" t="s">
+        <v>981</v>
+      </c>
+      <c r="B35" s="309"/>
+      <c r="C35" s="309"/>
+      <c r="D35" s="309"/>
+      <c r="E35" s="309"/>
+      <c r="F35" s="309"/>
+      <c r="G35" s="309"/>
+      <c r="H35" s="309"/>
+      <c r="I35" s="309"/>
+      <c r="J35" s="309"/>
       <c r="K35" s="37"/>
       <c r="L35" s="37"/>
       <c r="M35" s="37"/>
       <c r="N35" s="37"/>
       <c r="O35" s="37"/>
       <c r="P35" s="37"/>
       <c r="Q35" s="37"/>
       <c r="R35" s="37"/>
       <c r="S35" s="37"/>
       <c r="T35" s="37"/>
     </row>
     <row r="36" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A36" s="525" t="s">
-[...10 lines deleted...]
-      <c r="J36" s="525"/>
+      <c r="A36" s="452" t="s">
+        <v>982</v>
+      </c>
+      <c r="B36" s="452"/>
+      <c r="C36" s="452"/>
+      <c r="D36" s="452"/>
+      <c r="E36" s="452"/>
+      <c r="F36" s="452"/>
+      <c r="G36" s="452"/>
+      <c r="H36" s="452"/>
+      <c r="I36" s="452"/>
+      <c r="J36" s="452"/>
       <c r="K36" s="37"/>
       <c r="L36" s="37"/>
       <c r="M36" s="37"/>
       <c r="N36" s="37"/>
       <c r="O36" s="37"/>
       <c r="P36" s="37"/>
       <c r="Q36" s="37"/>
       <c r="R36" s="37"/>
       <c r="S36" s="37"/>
       <c r="T36" s="37"/>
     </row>
     <row r="37" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A37" s="525"/>
-[...8 lines deleted...]
-      <c r="J37" s="525"/>
+      <c r="A37" s="452"/>
+      <c r="B37" s="452"/>
+      <c r="C37" s="452"/>
+      <c r="D37" s="452"/>
+      <c r="E37" s="452"/>
+      <c r="F37" s="452"/>
+      <c r="G37" s="452"/>
+      <c r="H37" s="452"/>
+      <c r="I37" s="452"/>
+      <c r="J37" s="452"/>
       <c r="K37" s="37"/>
       <c r="L37" s="37"/>
       <c r="M37" s="37"/>
       <c r="N37" s="37"/>
       <c r="O37" s="37"/>
       <c r="P37" s="37"/>
       <c r="Q37" s="37"/>
       <c r="R37" s="37"/>
       <c r="S37" s="37"/>
       <c r="T37" s="37"/>
     </row>
     <row r="38" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A38" s="525" t="str">
+      <c r="A38" s="452" t="str">
         <f>"By doing so, the employing department/ college is certifying they will, if necessary, maintain &amp; accommodate the applicant (£" &amp; Dropdowns!$T$29 &amp; "), their partner (£" &amp; Dropdowns!$T$30 &amp; "), their first child (£" &amp; Dropdowns!$T$31 &amp; "), and any additional children (£" &amp; Dropdowns!$T$32 &amp; " each), for the first month of the visit."</f>
         <v>By doing so, the employing department/ college is certifying they will, if necessary, maintain &amp; accommodate the applicant (£1270), their partner (£285), their first child (£315), and any additional children (£200 each), for the first month of the visit.</v>
       </c>
-      <c r="B38" s="525"/>
-[...7 lines deleted...]
-      <c r="J38" s="525"/>
+      <c r="B38" s="452"/>
+      <c r="C38" s="452"/>
+      <c r="D38" s="452"/>
+      <c r="E38" s="452"/>
+      <c r="F38" s="452"/>
+      <c r="G38" s="452"/>
+      <c r="H38" s="452"/>
+      <c r="I38" s="452"/>
+      <c r="J38" s="452"/>
       <c r="K38" s="37"/>
       <c r="L38" s="37"/>
       <c r="M38" s="37"/>
       <c r="N38" s="37"/>
       <c r="O38" s="37"/>
       <c r="P38" s="37"/>
       <c r="Q38" s="37"/>
       <c r="R38" s="37"/>
       <c r="S38" s="37"/>
       <c r="T38" s="37"/>
     </row>
     <row r="39" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A39" s="525"/>
-[...8 lines deleted...]
-      <c r="J39" s="525"/>
+      <c r="A39" s="452"/>
+      <c r="B39" s="452"/>
+      <c r="C39" s="452"/>
+      <c r="D39" s="452"/>
+      <c r="E39" s="452"/>
+      <c r="F39" s="452"/>
+      <c r="G39" s="452"/>
+      <c r="H39" s="452"/>
+      <c r="I39" s="452"/>
+      <c r="J39" s="452"/>
       <c r="K39" s="37"/>
       <c r="L39" s="37"/>
       <c r="M39" s="37"/>
       <c r="N39" s="37"/>
       <c r="O39" s="37"/>
       <c r="P39" s="37"/>
       <c r="Q39" s="37"/>
       <c r="R39" s="37"/>
       <c r="S39" s="37"/>
       <c r="T39" s="37"/>
     </row>
     <row r="40" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A40" s="525"/>
-[...8 lines deleted...]
-      <c r="J40" s="525"/>
+      <c r="A40" s="452"/>
+      <c r="B40" s="452"/>
+      <c r="C40" s="452"/>
+      <c r="D40" s="452"/>
+      <c r="E40" s="452"/>
+      <c r="F40" s="452"/>
+      <c r="G40" s="452"/>
+      <c r="H40" s="452"/>
+      <c r="I40" s="452"/>
+      <c r="J40" s="452"/>
       <c r="K40" s="37"/>
       <c r="L40" s="37"/>
       <c r="M40" s="37"/>
       <c r="N40" s="37"/>
       <c r="O40" s="37"/>
       <c r="P40" s="37"/>
       <c r="Q40" s="37"/>
       <c r="R40" s="37"/>
       <c r="S40" s="37"/>
       <c r="T40" s="37"/>
     </row>
     <row r="41" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="269"/>
       <c r="B41" s="269"/>
       <c r="C41" s="269"/>
       <c r="D41" s="269"/>
       <c r="E41" s="269"/>
       <c r="F41" s="269"/>
       <c r="G41" s="269"/>
       <c r="H41" s="269"/>
       <c r="I41" s="269"/>
       <c r="J41" s="269"/>
       <c r="K41" s="37"/>
       <c r="L41" s="37"/>
       <c r="M41" s="37"/>
       <c r="N41" s="37"/>
       <c r="O41" s="37"/>
       <c r="P41" s="37"/>
       <c r="Q41" s="37"/>
       <c r="R41" s="37"/>
       <c r="S41" s="37"/>
       <c r="T41" s="37"/>
     </row>
     <row r="42" spans="1:20" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="37"/>
       <c r="B42" s="37"/>
       <c r="C42" s="37"/>
       <c r="D42" s="37"/>
       <c r="E42" s="37"/>
       <c r="F42" s="37"/>
       <c r="G42" s="37"/>
       <c r="H42" s="37"/>
       <c r="I42" s="37"/>
       <c r="J42" s="270" t="str">
         <f>IF(CHECKING!$B$12=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K42" s="37"/>
       <c r="L42" s="37"/>
       <c r="M42" s="37"/>
-      <c r="N42" s="365"/>
-[...4 lines deleted...]
-      <c r="S42" s="367"/>
+      <c r="N42" s="408"/>
+      <c r="O42" s="409"/>
+      <c r="P42" s="409"/>
+      <c r="Q42" s="409"/>
+      <c r="R42" s="409"/>
+      <c r="S42" s="410"/>
       <c r="T42" s="37"/>
     </row>
     <row r="43" spans="1:20" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="53"/>
       <c r="B43" s="53"/>
       <c r="C43" s="53"/>
       <c r="D43" s="53"/>
       <c r="E43" s="53"/>
       <c r="F43" s="53"/>
       <c r="G43" s="53"/>
       <c r="H43" s="53"/>
       <c r="I43" s="53"/>
       <c r="J43" s="62">
         <f>IF(CHECKING!$B$13=TRUE,10,"")</f>
         <v>10</v>
       </c>
       <c r="K43" s="37"/>
       <c r="L43" s="37"/>
       <c r="M43" s="37"/>
-      <c r="N43" s="368"/>
-[...4 lines deleted...]
-      <c r="S43" s="370"/>
+      <c r="N43" s="411"/>
+      <c r="O43" s="412"/>
+      <c r="P43" s="412"/>
+      <c r="Q43" s="412"/>
+      <c r="R43" s="412"/>
+      <c r="S43" s="413"/>
       <c r="T43" s="37"/>
     </row>
     <row r="44" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A44" s="53"/>
       <c r="B44" s="53"/>
       <c r="C44" s="53"/>
       <c r="D44" s="53"/>
       <c r="E44" s="53"/>
       <c r="F44" s="53"/>
       <c r="G44" s="53"/>
       <c r="H44" s="53"/>
       <c r="I44" s="53"/>
       <c r="J44" s="53"/>
       <c r="K44" s="37"/>
       <c r="L44" s="37"/>
       <c r="M44" s="37"/>
-      <c r="N44" s="368"/>
-[...4 lines deleted...]
-      <c r="S44" s="370"/>
+      <c r="N44" s="411"/>
+      <c r="O44" s="412"/>
+      <c r="P44" s="412"/>
+      <c r="Q44" s="412"/>
+      <c r="R44" s="412"/>
+      <c r="S44" s="413"/>
       <c r="T44" s="37"/>
     </row>
     <row r="45" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A45" s="37"/>
       <c r="B45" s="37"/>
       <c r="C45" s="37"/>
       <c r="D45" s="37"/>
       <c r="E45" s="37"/>
       <c r="F45" s="37"/>
       <c r="G45" s="37"/>
       <c r="H45" s="37"/>
       <c r="I45" s="37"/>
       <c r="J45" s="270" t="str">
         <f>IF(CHECKING!$B$14=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K45" s="37"/>
       <c r="L45" s="37"/>
       <c r="M45" s="37"/>
-      <c r="N45" s="368"/>
-[...4 lines deleted...]
-      <c r="S45" s="370"/>
+      <c r="N45" s="411"/>
+      <c r="O45" s="412"/>
+      <c r="P45" s="412"/>
+      <c r="Q45" s="412"/>
+      <c r="R45" s="412"/>
+      <c r="S45" s="413"/>
       <c r="T45" s="37"/>
     </row>
     <row r="46" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A46" s="37"/>
       <c r="B46" s="37"/>
       <c r="C46" s="37"/>
       <c r="D46" s="37"/>
       <c r="E46" s="37"/>
       <c r="F46" s="37"/>
       <c r="G46" s="37"/>
       <c r="H46" s="37"/>
       <c r="I46" s="37"/>
       <c r="J46" s="37"/>
       <c r="K46" s="37"/>
       <c r="L46" s="37"/>
       <c r="M46" s="37"/>
-      <c r="N46" s="368"/>
-[...4 lines deleted...]
-      <c r="S46" s="370"/>
+      <c r="N46" s="411"/>
+      <c r="O46" s="412"/>
+      <c r="P46" s="412"/>
+      <c r="Q46" s="412"/>
+      <c r="R46" s="412"/>
+      <c r="S46" s="413"/>
       <c r="T46" s="37"/>
     </row>
     <row r="47" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A47" s="37"/>
-      <c r="B47" s="526" t="str">
+      <c r="B47" s="453" t="str">
         <f>"Bank statements will be submitted by the applicant to show £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted."</f>
         <v>Bank statements will be submitted by the applicant to show £285 for their partner, £315 for their first child, and £200 for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted.</v>
       </c>
-      <c r="C47" s="526"/>
-[...5 lines deleted...]
-      <c r="I47" s="526"/>
+      <c r="C47" s="453"/>
+      <c r="D47" s="453"/>
+      <c r="E47" s="453"/>
+      <c r="F47" s="453"/>
+      <c r="G47" s="453"/>
+      <c r="H47" s="453"/>
+      <c r="I47" s="453"/>
       <c r="J47" s="37"/>
       <c r="K47" s="37"/>
       <c r="L47" s="37"/>
       <c r="M47" s="37"/>
-      <c r="N47" s="368"/>
-[...4 lines deleted...]
-      <c r="S47" s="370"/>
+      <c r="N47" s="411"/>
+      <c r="O47" s="412"/>
+      <c r="P47" s="412"/>
+      <c r="Q47" s="412"/>
+      <c r="R47" s="412"/>
+      <c r="S47" s="413"/>
       <c r="T47" s="37"/>
     </row>
     <row r="48" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A48" s="37"/>
-      <c r="B48" s="526"/>
-[...6 lines deleted...]
-      <c r="I48" s="526"/>
+      <c r="B48" s="453"/>
+      <c r="C48" s="453"/>
+      <c r="D48" s="453"/>
+      <c r="E48" s="453"/>
+      <c r="F48" s="453"/>
+      <c r="G48" s="453"/>
+      <c r="H48" s="453"/>
+      <c r="I48" s="453"/>
       <c r="J48" s="37"/>
       <c r="K48" s="37"/>
       <c r="L48" s="37"/>
       <c r="M48" s="37"/>
-      <c r="N48" s="368"/>
-[...4 lines deleted...]
-      <c r="S48" s="370"/>
+      <c r="N48" s="411"/>
+      <c r="O48" s="412"/>
+      <c r="P48" s="412"/>
+      <c r="Q48" s="412"/>
+      <c r="R48" s="412"/>
+      <c r="S48" s="413"/>
       <c r="T48" s="37"/>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A49" s="37"/>
-      <c r="B49" s="526"/>
-[...6 lines deleted...]
-      <c r="I49" s="526"/>
+      <c r="B49" s="453"/>
+      <c r="C49" s="453"/>
+      <c r="D49" s="453"/>
+      <c r="E49" s="453"/>
+      <c r="F49" s="453"/>
+      <c r="G49" s="453"/>
+      <c r="H49" s="453"/>
+      <c r="I49" s="453"/>
       <c r="J49" s="37"/>
       <c r="K49" s="37"/>
       <c r="L49" s="37"/>
       <c r="M49" s="37"/>
-      <c r="N49" s="368"/>
-[...4 lines deleted...]
-      <c r="S49" s="370"/>
+      <c r="N49" s="411"/>
+      <c r="O49" s="412"/>
+      <c r="P49" s="412"/>
+      <c r="Q49" s="412"/>
+      <c r="R49" s="412"/>
+      <c r="S49" s="413"/>
       <c r="T49" s="37"/>
     </row>
     <row r="50" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A50" s="37"/>
       <c r="B50" s="271"/>
       <c r="C50" s="271"/>
       <c r="D50" s="271"/>
       <c r="E50" s="271"/>
       <c r="F50" s="271"/>
       <c r="G50" s="271"/>
       <c r="H50" s="271"/>
       <c r="I50" s="271"/>
       <c r="J50" s="270" t="str">
         <f>IF(CHECKING!$B$15=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K50" s="37"/>
       <c r="L50" s="37"/>
       <c r="M50" s="37"/>
-      <c r="N50" s="368"/>
-[...4 lines deleted...]
-      <c r="S50" s="370"/>
+      <c r="N50" s="411"/>
+      <c r="O50" s="412"/>
+      <c r="P50" s="412"/>
+      <c r="Q50" s="412"/>
+      <c r="R50" s="412"/>
+      <c r="S50" s="413"/>
       <c r="T50" s="37"/>
     </row>
     <row r="51" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A51" s="37"/>
       <c r="B51" s="37"/>
       <c r="C51" s="37"/>
       <c r="D51" s="37"/>
       <c r="E51" s="37"/>
       <c r="F51" s="37"/>
       <c r="G51" s="37"/>
       <c r="H51" s="37"/>
       <c r="I51" s="37"/>
       <c r="J51" s="37"/>
       <c r="K51" s="37"/>
       <c r="L51" s="37"/>
       <c r="M51" s="37"/>
-      <c r="N51" s="368"/>
-[...4 lines deleted...]
-      <c r="S51" s="370"/>
+      <c r="N51" s="411"/>
+      <c r="O51" s="412"/>
+      <c r="P51" s="412"/>
+      <c r="Q51" s="412"/>
+      <c r="R51" s="412"/>
+      <c r="S51" s="413"/>
       <c r="T51" s="37"/>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A52" s="37"/>
-      <c r="B52" s="526" t="str">
+      <c r="B52" s="453" t="str">
         <f>"Bank statements will be submitted by the applicant to show that £" &amp; Dropdowns!$T$29 &amp; ", plus £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted."</f>
         <v>Bank statements will be submitted by the applicant to show that £1270, plus £285 for their partner, £315 for their first child, and £200 for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted.</v>
       </c>
-      <c r="C52" s="526"/>
-[...5 lines deleted...]
-      <c r="I52" s="526"/>
+      <c r="C52" s="453"/>
+      <c r="D52" s="453"/>
+      <c r="E52" s="453"/>
+      <c r="F52" s="453"/>
+      <c r="G52" s="453"/>
+      <c r="H52" s="453"/>
+      <c r="I52" s="453"/>
       <c r="J52" s="37"/>
       <c r="K52" s="37"/>
       <c r="L52" s="37"/>
       <c r="M52" s="37"/>
-      <c r="N52" s="368"/>
-[...4 lines deleted...]
-      <c r="S52" s="370"/>
+      <c r="N52" s="411"/>
+      <c r="O52" s="412"/>
+      <c r="P52" s="412"/>
+      <c r="Q52" s="412"/>
+      <c r="R52" s="412"/>
+      <c r="S52" s="413"/>
       <c r="T52" s="37"/>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A53" s="37"/>
-      <c r="B53" s="526"/>
-[...6 lines deleted...]
-      <c r="I53" s="526"/>
+      <c r="B53" s="453"/>
+      <c r="C53" s="453"/>
+      <c r="D53" s="453"/>
+      <c r="E53" s="453"/>
+      <c r="F53" s="453"/>
+      <c r="G53" s="453"/>
+      <c r="H53" s="453"/>
+      <c r="I53" s="453"/>
       <c r="J53" s="37"/>
       <c r="K53" s="37"/>
       <c r="L53" s="37"/>
       <c r="M53" s="37"/>
-      <c r="N53" s="368"/>
-[...4 lines deleted...]
-      <c r="S53" s="370"/>
+      <c r="N53" s="411"/>
+      <c r="O53" s="412"/>
+      <c r="P53" s="412"/>
+      <c r="Q53" s="412"/>
+      <c r="R53" s="412"/>
+      <c r="S53" s="413"/>
       <c r="T53" s="37"/>
     </row>
     <row r="54" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A54" s="37"/>
-      <c r="B54" s="526"/>
-[...6 lines deleted...]
-      <c r="I54" s="526"/>
+      <c r="B54" s="453"/>
+      <c r="C54" s="453"/>
+      <c r="D54" s="453"/>
+      <c r="E54" s="453"/>
+      <c r="F54" s="453"/>
+      <c r="G54" s="453"/>
+      <c r="H54" s="453"/>
+      <c r="I54" s="453"/>
       <c r="J54" s="37"/>
       <c r="K54" s="37"/>
       <c r="L54" s="37"/>
       <c r="M54" s="37"/>
-      <c r="N54" s="371"/>
-[...4 lines deleted...]
-      <c r="S54" s="373"/>
+      <c r="N54" s="414"/>
+      <c r="O54" s="415"/>
+      <c r="P54" s="415"/>
+      <c r="Q54" s="415"/>
+      <c r="R54" s="415"/>
+      <c r="S54" s="416"/>
       <c r="T54" s="37"/>
     </row>
     <row r="55" spans="1:20" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="49"/>
       <c r="B55" s="49"/>
       <c r="C55" s="49"/>
       <c r="D55" s="49"/>
       <c r="E55" s="49"/>
       <c r="F55" s="49"/>
       <c r="G55" s="49"/>
       <c r="H55" s="49"/>
       <c r="I55" s="49"/>
       <c r="J55" s="49"/>
       <c r="K55" s="49"/>
       <c r="L55" s="49"/>
       <c r="M55" s="49"/>
       <c r="N55" s="65"/>
       <c r="O55" s="65"/>
       <c r="P55" s="65"/>
       <c r="Q55" s="65"/>
       <c r="R55" s="65"/>
       <c r="S55" s="65"/>
       <c r="T55" s="49"/>
     </row>
     <row r="56" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A56" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J56" s="576"/>
+      <c r="A56" s="308" t="s">
+        <v>722</v>
+      </c>
+      <c r="B56" s="308"/>
+      <c r="C56" s="308"/>
+      <c r="D56" s="308"/>
+      <c r="E56" s="308"/>
+      <c r="F56" s="308"/>
+      <c r="G56" s="308"/>
+      <c r="H56" s="308"/>
+      <c r="I56" s="308"/>
+      <c r="J56" s="308"/>
       <c r="K56" s="70"/>
       <c r="L56" s="70"/>
       <c r="M56" s="70"/>
       <c r="N56" s="70"/>
       <c r="O56" s="70"/>
       <c r="P56" s="70"/>
       <c r="Q56" s="70"/>
       <c r="R56" s="70"/>
       <c r="S56" s="70"/>
       <c r="T56" s="70"/>
     </row>
     <row r="57" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A57" s="42"/>
       <c r="B57" s="42"/>
       <c r="C57" s="42"/>
       <c r="D57" s="42"/>
       <c r="E57" s="42"/>
       <c r="F57" s="42"/>
       <c r="G57" s="42"/>
       <c r="H57" s="42"/>
       <c r="I57" s="42"/>
       <c r="J57" s="42"/>
       <c r="K57" s="70"/>
       <c r="L57" s="70"/>
       <c r="M57" s="70"/>
       <c r="N57" s="70"/>
       <c r="O57" s="70"/>
       <c r="P57" s="70"/>
       <c r="Q57" s="70"/>
       <c r="R57" s="70"/>
       <c r="S57" s="70"/>
       <c r="T57" s="70"/>
     </row>
     <row r="58" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A58" s="528" t="s">
-[...10 lines deleted...]
-      <c r="J58" s="528"/>
+      <c r="A58" s="347" t="s">
+        <v>723</v>
+      </c>
+      <c r="B58" s="347"/>
+      <c r="C58" s="347"/>
+      <c r="D58" s="347"/>
+      <c r="E58" s="347"/>
+      <c r="F58" s="347"/>
+      <c r="G58" s="347"/>
+      <c r="H58" s="347"/>
+      <c r="I58" s="347"/>
+      <c r="J58" s="347"/>
       <c r="K58" s="70"/>
       <c r="L58" s="70"/>
       <c r="M58" s="70"/>
       <c r="N58" s="70"/>
       <c r="O58" s="70"/>
       <c r="P58" s="70"/>
       <c r="Q58" s="70"/>
       <c r="R58" s="70"/>
       <c r="S58" s="70"/>
       <c r="T58" s="70"/>
     </row>
     <row r="59" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A59" s="528"/>
-[...8 lines deleted...]
-      <c r="J59" s="528"/>
+      <c r="A59" s="347"/>
+      <c r="B59" s="347"/>
+      <c r="C59" s="347"/>
+      <c r="D59" s="347"/>
+      <c r="E59" s="347"/>
+      <c r="F59" s="347"/>
+      <c r="G59" s="347"/>
+      <c r="H59" s="347"/>
+      <c r="I59" s="347"/>
+      <c r="J59" s="347"/>
       <c r="K59" s="70"/>
       <c r="L59" s="70"/>
       <c r="M59" s="70"/>
       <c r="N59" s="70"/>
       <c r="O59" s="70"/>
       <c r="P59" s="70"/>
       <c r="Q59" s="70"/>
       <c r="R59" s="70"/>
       <c r="S59" s="70"/>
       <c r="T59" s="70"/>
     </row>
     <row r="60" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="42"/>
       <c r="B60" s="42"/>
       <c r="C60" s="42"/>
       <c r="D60" s="42"/>
       <c r="E60" s="42"/>
       <c r="F60" s="42"/>
       <c r="G60" s="42"/>
       <c r="H60" s="42"/>
       <c r="I60" s="42"/>
       <c r="J60" s="42"/>
       <c r="K60" s="70"/>
       <c r="L60" s="70"/>
       <c r="M60" s="70"/>
       <c r="N60" s="70"/>
       <c r="O60" s="70"/>
       <c r="P60" s="70"/>
       <c r="Q60" s="70"/>
       <c r="R60" s="70"/>
       <c r="S60" s="70"/>
       <c r="T60" s="70"/>
     </row>
     <row r="61" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="338" t="s">
-[...7 lines deleted...]
-      <c r="G61" s="338"/>
+      <c r="A61" s="429" t="s">
+        <v>724</v>
+      </c>
+      <c r="B61" s="429"/>
+      <c r="C61" s="429"/>
+      <c r="D61" s="429"/>
+      <c r="E61" s="429"/>
+      <c r="F61" s="429"/>
+      <c r="G61" s="429"/>
       <c r="H61" s="42"/>
-      <c r="I61" s="529" t="s">
+      <c r="I61" s="455" t="s">
         <v>380</v>
       </c>
-      <c r="J61" s="530"/>
+      <c r="J61" s="456"/>
       <c r="K61" s="70"/>
       <c r="L61" s="70"/>
       <c r="M61" s="70"/>
-      <c r="N61" s="345"/>
-[...4 lines deleted...]
-      <c r="S61" s="347"/>
+      <c r="N61" s="365"/>
+      <c r="O61" s="366"/>
+      <c r="P61" s="366"/>
+      <c r="Q61" s="366"/>
+      <c r="R61" s="366"/>
+      <c r="S61" s="367"/>
       <c r="T61" s="70"/>
     </row>
     <row r="62" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="338" t="s">
-[...10 lines deleted...]
-      <c r="J62" s="341"/>
+      <c r="A62" s="429" t="s">
+        <v>725</v>
+      </c>
+      <c r="B62" s="429"/>
+      <c r="C62" s="429"/>
+      <c r="D62" s="429"/>
+      <c r="E62" s="424"/>
+      <c r="F62" s="425"/>
+      <c r="G62" s="425"/>
+      <c r="H62" s="425"/>
+      <c r="I62" s="425"/>
+      <c r="J62" s="426"/>
       <c r="K62" s="70"/>
       <c r="L62" s="70"/>
       <c r="M62" s="70"/>
-      <c r="N62" s="348"/>
-[...4 lines deleted...]
-      <c r="S62" s="350"/>
+      <c r="N62" s="373"/>
+      <c r="O62" s="374"/>
+      <c r="P62" s="374"/>
+      <c r="Q62" s="374"/>
+      <c r="R62" s="374"/>
+      <c r="S62" s="375"/>
       <c r="T62" s="70"/>
     </row>
     <row r="63" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="531" t="s">
-[...10 lines deleted...]
-      <c r="J63" s="341"/>
+      <c r="A63" s="328" t="s">
+        <v>726</v>
+      </c>
+      <c r="B63" s="328"/>
+      <c r="C63" s="328"/>
+      <c r="D63" s="328"/>
+      <c r="E63" s="424"/>
+      <c r="F63" s="425"/>
+      <c r="G63" s="425"/>
+      <c r="H63" s="425"/>
+      <c r="I63" s="425"/>
+      <c r="J63" s="426"/>
       <c r="K63" s="70"/>
       <c r="L63" s="70"/>
       <c r="M63" s="70"/>
-      <c r="N63" s="348"/>
-[...4 lines deleted...]
-      <c r="S63" s="350"/>
+      <c r="N63" s="373"/>
+      <c r="O63" s="374"/>
+      <c r="P63" s="374"/>
+      <c r="Q63" s="374"/>
+      <c r="R63" s="374"/>
+      <c r="S63" s="375"/>
       <c r="T63" s="70"/>
     </row>
     <row r="64" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="531" t="s">
-[...10 lines deleted...]
-      <c r="J64" s="341"/>
+      <c r="A64" s="328" t="s">
+        <v>727</v>
+      </c>
+      <c r="B64" s="328"/>
+      <c r="C64" s="328"/>
+      <c r="D64" s="328"/>
+      <c r="E64" s="424"/>
+      <c r="F64" s="425"/>
+      <c r="G64" s="425"/>
+      <c r="H64" s="425"/>
+      <c r="I64" s="425"/>
+      <c r="J64" s="426"/>
       <c r="K64" s="70"/>
       <c r="L64" s="70"/>
       <c r="M64" s="70"/>
-      <c r="N64" s="351"/>
-[...4 lines deleted...]
-      <c r="S64" s="353"/>
+      <c r="N64" s="368"/>
+      <c r="O64" s="369"/>
+      <c r="P64" s="369"/>
+      <c r="Q64" s="369"/>
+      <c r="R64" s="369"/>
+      <c r="S64" s="370"/>
       <c r="T64" s="70"/>
     </row>
     <row r="65" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="42"/>
       <c r="B65" s="42"/>
       <c r="C65" s="42"/>
       <c r="D65" s="42"/>
-      <c r="E65" s="527" t="str">
+      <c r="E65" s="454" t="str">
         <f>IF(AND($E$64&lt;&gt;"",$E$63&lt;&gt;"",ISERROR(FIND(" ",TRIM($E$63)))),"Please check this is a previous name, not a middle name","")</f>
         <v/>
       </c>
-      <c r="F65" s="527"/>
-[...3 lines deleted...]
-      <c r="J65" s="527"/>
+      <c r="F65" s="454"/>
+      <c r="G65" s="454"/>
+      <c r="H65" s="454"/>
+      <c r="I65" s="454"/>
+      <c r="J65" s="454"/>
       <c r="K65" s="70"/>
       <c r="L65" s="70"/>
       <c r="M65" s="70"/>
       <c r="N65" s="70"/>
       <c r="O65" s="70"/>
       <c r="P65" s="70"/>
       <c r="Q65" s="70"/>
       <c r="R65" s="70"/>
       <c r="S65" s="70"/>
       <c r="T65" s="70"/>
     </row>
     <row r="66" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="71" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="B66" s="42"/>
       <c r="C66" s="42"/>
       <c r="D66" s="42"/>
-      <c r="E66" s="339"/>
-[...4 lines deleted...]
-      <c r="J66" s="341"/>
+      <c r="E66" s="424"/>
+      <c r="F66" s="425"/>
+      <c r="G66" s="425"/>
+      <c r="H66" s="425"/>
+      <c r="I66" s="425"/>
+      <c r="J66" s="426"/>
       <c r="K66" s="70"/>
       <c r="L66" s="70"/>
       <c r="M66" s="70"/>
-      <c r="N66" s="345"/>
-[...4 lines deleted...]
-      <c r="S66" s="347"/>
+      <c r="N66" s="365"/>
+      <c r="O66" s="366"/>
+      <c r="P66" s="366"/>
+      <c r="Q66" s="366"/>
+      <c r="R66" s="366"/>
+      <c r="S66" s="367"/>
       <c r="T66" s="70"/>
     </row>
     <row r="67" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="71" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="B67" s="42"/>
       <c r="C67" s="42"/>
       <c r="D67" s="42"/>
-      <c r="E67" s="339"/>
-[...4 lines deleted...]
-      <c r="J67" s="341"/>
+      <c r="E67" s="424"/>
+      <c r="F67" s="425"/>
+      <c r="G67" s="425"/>
+      <c r="H67" s="425"/>
+      <c r="I67" s="425"/>
+      <c r="J67" s="426"/>
       <c r="K67" s="70"/>
       <c r="L67" s="70"/>
       <c r="M67" s="70"/>
-      <c r="N67" s="348"/>
-[...4 lines deleted...]
-      <c r="S67" s="350"/>
+      <c r="N67" s="373"/>
+      <c r="O67" s="374"/>
+      <c r="P67" s="374"/>
+      <c r="Q67" s="374"/>
+      <c r="R67" s="374"/>
+      <c r="S67" s="375"/>
       <c r="T67" s="70"/>
     </row>
     <row r="68" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="71" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="B68" s="42"/>
       <c r="C68" s="42"/>
       <c r="D68" s="42"/>
-      <c r="E68" s="339"/>
-[...4 lines deleted...]
-      <c r="J68" s="341"/>
+      <c r="E68" s="424"/>
+      <c r="F68" s="425"/>
+      <c r="G68" s="425"/>
+      <c r="H68" s="425"/>
+      <c r="I68" s="425"/>
+      <c r="J68" s="426"/>
       <c r="K68" s="70"/>
       <c r="L68" s="70"/>
       <c r="M68" s="70"/>
-      <c r="N68" s="351"/>
-[...4 lines deleted...]
-      <c r="S68" s="353"/>
+      <c r="N68" s="368"/>
+      <c r="O68" s="369"/>
+      <c r="P68" s="369"/>
+      <c r="Q68" s="369"/>
+      <c r="R68" s="369"/>
+      <c r="S68" s="370"/>
       <c r="T68" s="70"/>
     </row>
     <row r="69" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="42"/>
-      <c r="B69" s="329" t="str">
+      <c r="B69" s="421" t="str">
         <f>IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$I$5:$I$8,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$27,Dropdowns!$I$5:$I$8,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$28,Dropdowns!$I$5:$I$8,1,FALSE))),"NOTE: Applicant is a British or Irish national - Tier 5 visa not required","")</f>
         <v/>
       </c>
-      <c r="C69" s="329"/>
-[...5 lines deleted...]
-      <c r="I69" s="329"/>
+      <c r="C69" s="421"/>
+      <c r="D69" s="421"/>
+      <c r="E69" s="421"/>
+      <c r="F69" s="421"/>
+      <c r="G69" s="421"/>
+      <c r="H69" s="421"/>
+      <c r="I69" s="421"/>
       <c r="J69" s="42"/>
       <c r="K69" s="70"/>
       <c r="L69" s="70"/>
       <c r="M69" s="70"/>
       <c r="N69" s="70"/>
       <c r="O69" s="70"/>
       <c r="P69" s="70"/>
       <c r="Q69" s="70"/>
       <c r="R69" s="70"/>
       <c r="S69" s="70"/>
       <c r="T69" s="70"/>
     </row>
     <row r="70" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="71" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="B70" s="42"/>
       <c r="C70" s="42"/>
       <c r="D70" s="42"/>
       <c r="E70" s="42"/>
       <c r="G70" s="72" t="s">
         <v>380</v>
       </c>
       <c r="H70" s="42"/>
       <c r="I70" s="42"/>
       <c r="J70" s="42"/>
       <c r="K70" s="70"/>
       <c r="L70" s="70"/>
       <c r="M70" s="70"/>
-      <c r="N70" s="345"/>
-[...4 lines deleted...]
-      <c r="S70" s="347"/>
+      <c r="N70" s="365"/>
+      <c r="O70" s="366"/>
+      <c r="P70" s="366"/>
+      <c r="Q70" s="366"/>
+      <c r="R70" s="366"/>
+      <c r="S70" s="367"/>
       <c r="T70" s="70"/>
     </row>
     <row r="71" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="71" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="B71" s="42"/>
       <c r="C71" s="42"/>
       <c r="D71" s="42"/>
-      <c r="E71" s="558"/>
-[...4 lines deleted...]
-      <c r="J71" s="560"/>
+      <c r="E71" s="446"/>
+      <c r="F71" s="447"/>
+      <c r="G71" s="447"/>
+      <c r="H71" s="447"/>
+      <c r="I71" s="447"/>
+      <c r="J71" s="448"/>
       <c r="K71" s="70"/>
       <c r="L71" s="70"/>
       <c r="M71" s="70"/>
-      <c r="N71" s="348"/>
-[...4 lines deleted...]
-      <c r="S71" s="350"/>
+      <c r="N71" s="373"/>
+      <c r="O71" s="374"/>
+      <c r="P71" s="374"/>
+      <c r="Q71" s="374"/>
+      <c r="R71" s="374"/>
+      <c r="S71" s="375"/>
       <c r="T71" s="70"/>
     </row>
     <row r="72" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="71" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="B72" s="42"/>
       <c r="C72" s="42"/>
       <c r="D72" s="42"/>
-      <c r="E72" s="558"/>
-[...4 lines deleted...]
-      <c r="J72" s="560"/>
+      <c r="E72" s="446"/>
+      <c r="F72" s="447"/>
+      <c r="G72" s="447"/>
+      <c r="H72" s="447"/>
+      <c r="I72" s="447"/>
+      <c r="J72" s="448"/>
       <c r="K72" s="70"/>
       <c r="L72" s="70"/>
       <c r="M72" s="70"/>
-      <c r="N72" s="351"/>
-[...4 lines deleted...]
-      <c r="S72" s="353"/>
+      <c r="N72" s="368"/>
+      <c r="O72" s="369"/>
+      <c r="P72" s="369"/>
+      <c r="Q72" s="369"/>
+      <c r="R72" s="369"/>
+      <c r="S72" s="370"/>
       <c r="T72" s="70"/>
     </row>
     <row r="73" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="330" t="str">
+      <c r="A73" s="428" t="str">
         <f>IF(OR(AND(CHECKING!$D$27&lt;&gt;"- select -",CHECKING!$D$27&lt;&gt;""),AND(CHECKING!$D$28&lt;&gt;"- select -",CHECKING!$D$28&lt;&gt;"")),"Please provide copies of passports for each nationality","")</f>
         <v/>
       </c>
-      <c r="B73" s="330"/>
-[...7 lines deleted...]
-      <c r="J73" s="330"/>
+      <c r="B73" s="428"/>
+      <c r="C73" s="428"/>
+      <c r="D73" s="428"/>
+      <c r="E73" s="428"/>
+      <c r="F73" s="428"/>
+      <c r="G73" s="428"/>
+      <c r="H73" s="428"/>
+      <c r="I73" s="428"/>
+      <c r="J73" s="428"/>
       <c r="K73" s="70"/>
       <c r="L73" s="70"/>
       <c r="M73" s="70"/>
       <c r="N73" s="70"/>
       <c r="O73" s="70"/>
       <c r="P73" s="70"/>
       <c r="Q73" s="70"/>
       <c r="R73" s="70"/>
       <c r="S73" s="70"/>
       <c r="T73" s="70"/>
     </row>
     <row r="74" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="338" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="548"/>
+      <c r="A74" s="429" t="s">
+        <v>740</v>
+      </c>
+      <c r="B74" s="429"/>
+      <c r="C74" s="438"/>
+      <c r="D74" s="325"/>
+      <c r="E74" s="327"/>
       <c r="F74" s="71" t="s">
         <v>378</v>
       </c>
       <c r="G74" s="81" t="s">
         <v>380</v>
       </c>
       <c r="H74" s="82" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="I74" s="83"/>
       <c r="J74" s="42"/>
       <c r="K74" s="70"/>
       <c r="L74" s="70"/>
       <c r="M74" s="70"/>
-      <c r="N74" s="345"/>
-[...4 lines deleted...]
-      <c r="S74" s="347"/>
+      <c r="N74" s="365"/>
+      <c r="O74" s="366"/>
+      <c r="P74" s="366"/>
+      <c r="Q74" s="366"/>
+      <c r="R74" s="366"/>
+      <c r="S74" s="367"/>
       <c r="T74" s="70"/>
     </row>
     <row r="75" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A75" s="42"/>
       <c r="B75" s="42"/>
-      <c r="C75" s="329" t="str">
+      <c r="C75" s="421" t="str">
         <f ca="1">IFERROR(IF($D$74&lt;&gt;"",IF(YEAR($D$74)&gt;(YEAR($I$457)-16),YEAR($I$457)-YEAR($D$74)&amp;" years old?",IF(YEAR($D$74)&lt;(YEAR($I$457)-80),YEAR($I$457)-YEAR($D$74)&amp;" years old?","Applicant is " &amp; DATEDIF($D$74,TODAY(),"y") &amp; " years &amp; " &amp; DATEDIF($D$74,TODAY(),"ym") &amp; " months old")),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="D75" s="329"/>
-[...1 lines deleted...]
-      <c r="F75" s="329"/>
+      <c r="D75" s="421"/>
+      <c r="E75" s="421"/>
+      <c r="F75" s="421"/>
       <c r="G75" s="80"/>
       <c r="H75" s="80"/>
       <c r="I75" s="80"/>
       <c r="J75" s="42"/>
       <c r="K75" s="70"/>
       <c r="L75" s="70"/>
       <c r="M75" s="70"/>
-      <c r="N75" s="351"/>
-[...4 lines deleted...]
-      <c r="S75" s="353"/>
+      <c r="N75" s="368"/>
+      <c r="O75" s="369"/>
+      <c r="P75" s="369"/>
+      <c r="Q75" s="369"/>
+      <c r="R75" s="369"/>
+      <c r="S75" s="370"/>
       <c r="T75" s="70"/>
     </row>
     <row r="76" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="42"/>
       <c r="B76" s="42"/>
       <c r="C76" s="42"/>
       <c r="D76" s="42"/>
       <c r="E76" s="42"/>
       <c r="F76" s="42"/>
       <c r="G76" s="42"/>
       <c r="H76" s="42"/>
       <c r="I76" s="42"/>
       <c r="J76" s="42"/>
       <c r="K76" s="70"/>
       <c r="L76" s="70"/>
       <c r="M76" s="70"/>
       <c r="N76" s="70"/>
       <c r="O76" s="70"/>
       <c r="P76" s="70"/>
       <c r="Q76" s="70"/>
       <c r="R76" s="70"/>
       <c r="S76" s="70"/>
       <c r="T76" s="70"/>
     </row>
     <row r="77" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="338" t="s">
-[...10 lines deleted...]
-      <c r="J77" s="555"/>
+      <c r="A77" s="429" t="s">
+        <v>742</v>
+      </c>
+      <c r="B77" s="429"/>
+      <c r="C77" s="429"/>
+      <c r="D77" s="429"/>
+      <c r="E77" s="395"/>
+      <c r="F77" s="396"/>
+      <c r="G77" s="396"/>
+      <c r="H77" s="396"/>
+      <c r="I77" s="396"/>
+      <c r="J77" s="397"/>
       <c r="K77" s="70"/>
       <c r="L77" s="70"/>
       <c r="M77" s="70"/>
-      <c r="N77" s="345"/>
-[...4 lines deleted...]
-      <c r="S77" s="347"/>
+      <c r="N77" s="365"/>
+      <c r="O77" s="366"/>
+      <c r="P77" s="366"/>
+      <c r="Q77" s="366"/>
+      <c r="R77" s="366"/>
+      <c r="S77" s="367"/>
       <c r="T77" s="70"/>
     </row>
     <row r="78" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="42"/>
       <c r="B78" s="42"/>
       <c r="C78" s="42"/>
       <c r="D78" s="42"/>
       <c r="E78" s="42"/>
       <c r="F78" s="42"/>
       <c r="G78" s="42"/>
       <c r="H78" s="42"/>
       <c r="I78" s="42"/>
       <c r="J78" s="42"/>
       <c r="K78" s="70"/>
       <c r="L78" s="70"/>
       <c r="M78" s="70"/>
-      <c r="N78" s="348"/>
-[...4 lines deleted...]
-      <c r="S78" s="350"/>
+      <c r="N78" s="373"/>
+      <c r="O78" s="374"/>
+      <c r="P78" s="374"/>
+      <c r="Q78" s="374"/>
+      <c r="R78" s="374"/>
+      <c r="S78" s="375"/>
       <c r="T78" s="70"/>
     </row>
     <row r="79" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="71" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="B79" s="42"/>
       <c r="C79" s="42"/>
       <c r="D79" s="42"/>
-      <c r="E79" s="547"/>
-[...4 lines deleted...]
-      <c r="J79" s="548"/>
+      <c r="E79" s="325"/>
+      <c r="F79" s="326"/>
+      <c r="G79" s="326"/>
+      <c r="H79" s="326"/>
+      <c r="I79" s="326"/>
+      <c r="J79" s="327"/>
       <c r="K79" s="70"/>
       <c r="L79" s="70"/>
       <c r="M79" s="70"/>
-      <c r="N79" s="348"/>
-[...4 lines deleted...]
-      <c r="S79" s="350"/>
+      <c r="N79" s="373"/>
+      <c r="O79" s="374"/>
+      <c r="P79" s="374"/>
+      <c r="Q79" s="374"/>
+      <c r="R79" s="374"/>
+      <c r="S79" s="375"/>
       <c r="T79" s="70"/>
     </row>
     <row r="80" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="71" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="B80" s="42"/>
       <c r="C80" s="42"/>
       <c r="D80" s="42"/>
-      <c r="E80" s="547"/>
-[...4 lines deleted...]
-      <c r="J80" s="548"/>
+      <c r="E80" s="325"/>
+      <c r="F80" s="326"/>
+      <c r="G80" s="326"/>
+      <c r="H80" s="326"/>
+      <c r="I80" s="326"/>
+      <c r="J80" s="327"/>
       <c r="K80" s="70"/>
       <c r="L80" s="70"/>
       <c r="M80" s="70"/>
-      <c r="N80" s="348"/>
-[...4 lines deleted...]
-      <c r="S80" s="350"/>
+      <c r="N80" s="373"/>
+      <c r="O80" s="374"/>
+      <c r="P80" s="374"/>
+      <c r="Q80" s="374"/>
+      <c r="R80" s="374"/>
+      <c r="S80" s="375"/>
       <c r="T80" s="70"/>
     </row>
     <row r="81" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A81" s="329" t="str">
+      <c r="A81" s="421" t="str">
         <f ca="1">IFERROR(IF($E$80&lt;&gt;"",IF($E$80&lt;=TODAY(),"expired passport - please list new passport details",IF(DATEDIF(TODAY(),$E$80,"M")&lt;=3,"this passport will expire in around three months or less - please list new passport details","")),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="B81" s="329"/>
-[...7 lines deleted...]
-      <c r="J81" s="329"/>
+      <c r="B81" s="421"/>
+      <c r="C81" s="421"/>
+      <c r="D81" s="421"/>
+      <c r="E81" s="421"/>
+      <c r="F81" s="421"/>
+      <c r="G81" s="421"/>
+      <c r="H81" s="421"/>
+      <c r="I81" s="421"/>
+      <c r="J81" s="421"/>
       <c r="K81" s="70"/>
       <c r="L81" s="70"/>
       <c r="M81" s="70"/>
-      <c r="N81" s="348"/>
-[...4 lines deleted...]
-      <c r="S81" s="350"/>
+      <c r="N81" s="373"/>
+      <c r="O81" s="374"/>
+      <c r="P81" s="374"/>
+      <c r="Q81" s="374"/>
+      <c r="R81" s="374"/>
+      <c r="S81" s="375"/>
       <c r="T81" s="70"/>
     </row>
     <row r="82" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="42"/>
       <c r="B82" s="42"/>
       <c r="C82" s="42"/>
       <c r="D82" s="42"/>
       <c r="E82" s="42"/>
       <c r="F82" s="42"/>
       <c r="G82" s="42"/>
       <c r="H82" s="42"/>
       <c r="I82" s="42"/>
       <c r="J82" s="42"/>
       <c r="K82" s="70"/>
       <c r="L82" s="70"/>
       <c r="M82" s="70"/>
-      <c r="N82" s="348"/>
-[...4 lines deleted...]
-      <c r="S82" s="350"/>
+      <c r="N82" s="373"/>
+      <c r="O82" s="374"/>
+      <c r="P82" s="374"/>
+      <c r="Q82" s="374"/>
+      <c r="R82" s="374"/>
+      <c r="S82" s="375"/>
       <c r="T82" s="70"/>
     </row>
     <row r="83" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="338" t="s">
-[...10 lines deleted...]
-      <c r="J83" s="341"/>
+      <c r="A83" s="429" t="s">
+        <v>745</v>
+      </c>
+      <c r="B83" s="429"/>
+      <c r="C83" s="429"/>
+      <c r="D83" s="429"/>
+      <c r="E83" s="424"/>
+      <c r="F83" s="425"/>
+      <c r="G83" s="425"/>
+      <c r="H83" s="425"/>
+      <c r="I83" s="425"/>
+      <c r="J83" s="426"/>
       <c r="K83" s="70"/>
       <c r="L83" s="70"/>
       <c r="M83" s="70"/>
-      <c r="N83" s="348"/>
-[...4 lines deleted...]
-      <c r="S83" s="350"/>
+      <c r="N83" s="373"/>
+      <c r="O83" s="374"/>
+      <c r="P83" s="374"/>
+      <c r="Q83" s="374"/>
+      <c r="R83" s="374"/>
+      <c r="S83" s="375"/>
       <c r="T83" s="70"/>
     </row>
     <row r="84" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="338" t="s">
-[...10 lines deleted...]
-      <c r="J84" s="341"/>
+      <c r="A84" s="429" t="s">
+        <v>746</v>
+      </c>
+      <c r="B84" s="429"/>
+      <c r="C84" s="429"/>
+      <c r="D84" s="429"/>
+      <c r="E84" s="424"/>
+      <c r="F84" s="425"/>
+      <c r="G84" s="425"/>
+      <c r="H84" s="425"/>
+      <c r="I84" s="425"/>
+      <c r="J84" s="426"/>
       <c r="K84" s="70"/>
       <c r="L84" s="70"/>
       <c r="M84" s="70"/>
-      <c r="N84" s="351"/>
-[...4 lines deleted...]
-      <c r="S84" s="353"/>
+      <c r="N84" s="368"/>
+      <c r="O84" s="369"/>
+      <c r="P84" s="369"/>
+      <c r="Q84" s="369"/>
+      <c r="R84" s="369"/>
+      <c r="S84" s="370"/>
       <c r="T84" s="70"/>
     </row>
     <row r="85" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A85" s="42"/>
       <c r="B85" s="42"/>
       <c r="C85" s="42"/>
       <c r="D85" s="42"/>
       <c r="E85" s="42"/>
       <c r="F85" s="42"/>
       <c r="G85" s="42"/>
       <c r="H85" s="42"/>
       <c r="I85" s="42"/>
       <c r="J85" s="42"/>
       <c r="K85" s="70"/>
       <c r="L85" s="70"/>
       <c r="M85" s="70"/>
       <c r="N85" s="70"/>
       <c r="O85" s="70"/>
       <c r="P85" s="70"/>
       <c r="Q85" s="70"/>
       <c r="R85" s="70"/>
       <c r="S85" s="70"/>
       <c r="T85" s="70"/>
     </row>
     <row r="86" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A86" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J86" s="576"/>
+      <c r="A86" s="308" t="s">
+        <v>747</v>
+      </c>
+      <c r="B86" s="308"/>
+      <c r="C86" s="308"/>
+      <c r="D86" s="308"/>
+      <c r="E86" s="308"/>
+      <c r="F86" s="308"/>
+      <c r="G86" s="308"/>
+      <c r="H86" s="308"/>
+      <c r="I86" s="308"/>
+      <c r="J86" s="308"/>
       <c r="K86" s="70"/>
       <c r="L86" s="70"/>
       <c r="M86" s="70"/>
       <c r="N86" s="70"/>
       <c r="O86" s="70"/>
       <c r="P86" s="70"/>
       <c r="Q86" s="70"/>
       <c r="R86" s="70"/>
       <c r="S86" s="70"/>
       <c r="T86" s="70"/>
     </row>
     <row r="87" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="42"/>
       <c r="B87" s="42"/>
       <c r="C87" s="42"/>
       <c r="D87" s="42"/>
       <c r="E87" s="42"/>
       <c r="F87" s="42"/>
       <c r="G87" s="42"/>
       <c r="H87" s="42"/>
       <c r="I87" s="42"/>
       <c r="J87" s="42"/>
       <c r="K87" s="70"/>
       <c r="L87" s="70"/>
       <c r="M87" s="70"/>
       <c r="N87" s="70"/>
       <c r="O87" s="70"/>
       <c r="P87" s="70"/>
       <c r="Q87" s="70"/>
       <c r="R87" s="70"/>
       <c r="S87" s="70"/>
       <c r="T87" s="70"/>
     </row>
     <row r="88" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="574" t="s">
-[...10 lines deleted...]
-      <c r="J88" s="341"/>
+      <c r="A88" s="372" t="s">
+        <v>748</v>
+      </c>
+      <c r="B88" s="372"/>
+      <c r="C88" s="372"/>
+      <c r="D88" s="372"/>
+      <c r="E88" s="424"/>
+      <c r="F88" s="425"/>
+      <c r="G88" s="425"/>
+      <c r="H88" s="425"/>
+      <c r="I88" s="425"/>
+      <c r="J88" s="426"/>
       <c r="K88" s="70"/>
       <c r="L88" s="70"/>
       <c r="M88" s="70"/>
-      <c r="N88" s="567"/>
-[...4 lines deleted...]
-      <c r="S88" s="569"/>
+      <c r="N88" s="398"/>
+      <c r="O88" s="399"/>
+      <c r="P88" s="399"/>
+      <c r="Q88" s="399"/>
+      <c r="R88" s="399"/>
+      <c r="S88" s="400"/>
       <c r="T88" s="70"/>
     </row>
     <row r="89" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A89" s="329" t="str">
+      <c r="A89" s="421" t="str">
         <f>IF(AND(CHECKING!$B$5=TRUE,OR(CHECKING!$D$36="UK",CHECKING!$D$36="United Kingdom")),"OUT of country selected above so Country of residence CANNOT be UK or United Kingdom",IF(AND(CHECKING!$B$6=TRUE,CHECKING!$D$36&lt;&gt;"UK",CHECKING!$D$36&lt;&gt;"United Kingdom"),"IN country selected above so Country of residence MUST be UK or United Kingdom",""))</f>
         <v/>
       </c>
-      <c r="B89" s="329"/>
-[...7 lines deleted...]
-      <c r="J89" s="329"/>
+      <c r="B89" s="421"/>
+      <c r="C89" s="421"/>
+      <c r="D89" s="421"/>
+      <c r="E89" s="421"/>
+      <c r="F89" s="421"/>
+      <c r="G89" s="421"/>
+      <c r="H89" s="421"/>
+      <c r="I89" s="421"/>
+      <c r="J89" s="421"/>
       <c r="K89" s="70"/>
       <c r="L89" s="70"/>
       <c r="M89" s="70"/>
       <c r="N89" s="70"/>
       <c r="O89" s="70"/>
       <c r="P89" s="70"/>
       <c r="Q89" s="70"/>
       <c r="R89" s="70"/>
       <c r="S89" s="70"/>
       <c r="T89" s="70"/>
     </row>
     <row r="90" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="330" t="str">
+      <c r="A90" s="428" t="str">
         <f>IF(AND($I$24=10,CHECKING!$D$36&lt;&gt;"",CHECKING!$D$36&lt;&gt;"- select -",CHECKING!$D$36&lt;&gt;CHECKING!$D$23,CHECKING!$D$36&lt;&gt;CHECKING!$D$27,CHECKING!$D$36&lt;&gt;CHECKING!$D$28),"Please provide copy of applicant's visa for the country where they are applying from","")</f>
         <v/>
       </c>
-      <c r="B90" s="330"/>
-[...7 lines deleted...]
-      <c r="J90" s="330"/>
+      <c r="B90" s="428"/>
+      <c r="C90" s="428"/>
+      <c r="D90" s="428"/>
+      <c r="E90" s="428"/>
+      <c r="F90" s="428"/>
+      <c r="G90" s="428"/>
+      <c r="H90" s="428"/>
+      <c r="I90" s="428"/>
+      <c r="J90" s="428"/>
       <c r="K90" s="70"/>
       <c r="L90" s="70"/>
       <c r="M90" s="70"/>
       <c r="N90" s="70"/>
       <c r="O90" s="70"/>
       <c r="P90" s="70"/>
       <c r="Q90" s="70"/>
       <c r="R90" s="70"/>
       <c r="S90" s="70"/>
       <c r="T90" s="70"/>
     </row>
     <row r="91" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A91" s="71" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="B91" s="42"/>
       <c r="C91" s="42"/>
       <c r="D91" s="42"/>
-      <c r="E91" s="584"/>
-[...4 lines deleted...]
-      <c r="J91" s="586"/>
+      <c r="E91" s="402"/>
+      <c r="F91" s="403"/>
+      <c r="G91" s="403"/>
+      <c r="H91" s="403"/>
+      <c r="I91" s="403"/>
+      <c r="J91" s="404"/>
       <c r="K91" s="70"/>
       <c r="L91" s="70"/>
       <c r="M91" s="70"/>
-      <c r="N91" s="345"/>
-[...4 lines deleted...]
-      <c r="S91" s="347"/>
+      <c r="N91" s="365"/>
+      <c r="O91" s="366"/>
+      <c r="P91" s="366"/>
+      <c r="Q91" s="366"/>
+      <c r="R91" s="366"/>
+      <c r="S91" s="367"/>
       <c r="T91" s="70"/>
     </row>
     <row r="92" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A92" s="85"/>
       <c r="B92" s="85"/>
       <c r="C92" s="85"/>
       <c r="D92" s="86"/>
-      <c r="E92" s="561"/>
-[...4 lines deleted...]
-      <c r="J92" s="563"/>
+      <c r="E92" s="405"/>
+      <c r="F92" s="406"/>
+      <c r="G92" s="406"/>
+      <c r="H92" s="406"/>
+      <c r="I92" s="406"/>
+      <c r="J92" s="407"/>
       <c r="K92" s="70"/>
       <c r="L92" s="70"/>
       <c r="M92" s="70"/>
-      <c r="N92" s="348"/>
-[...4 lines deleted...]
-      <c r="S92" s="350"/>
+      <c r="N92" s="373"/>
+      <c r="O92" s="374"/>
+      <c r="P92" s="374"/>
+      <c r="Q92" s="374"/>
+      <c r="R92" s="374"/>
+      <c r="S92" s="375"/>
       <c r="T92" s="70"/>
     </row>
     <row r="93" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A93" s="85"/>
       <c r="B93" s="85"/>
       <c r="C93" s="85"/>
       <c r="D93" s="86"/>
-      <c r="E93" s="561"/>
-[...4 lines deleted...]
-      <c r="J93" s="563"/>
+      <c r="E93" s="405"/>
+      <c r="F93" s="406"/>
+      <c r="G93" s="406"/>
+      <c r="H93" s="406"/>
+      <c r="I93" s="406"/>
+      <c r="J93" s="407"/>
       <c r="K93" s="70"/>
       <c r="L93" s="70"/>
       <c r="M93" s="70"/>
-      <c r="N93" s="348"/>
-[...4 lines deleted...]
-      <c r="S93" s="350"/>
+      <c r="N93" s="373"/>
+      <c r="O93" s="374"/>
+      <c r="P93" s="374"/>
+      <c r="Q93" s="374"/>
+      <c r="R93" s="374"/>
+      <c r="S93" s="375"/>
       <c r="T93" s="70"/>
     </row>
     <row r="94" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A94" s="85" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B94" s="85"/>
       <c r="C94" s="85"/>
       <c r="D94" s="42"/>
-      <c r="E94" s="326"/>
-[...4 lines deleted...]
-      <c r="J94" s="328"/>
+      <c r="E94" s="623"/>
+      <c r="F94" s="624"/>
+      <c r="G94" s="624"/>
+      <c r="H94" s="624"/>
+      <c r="I94" s="624"/>
+      <c r="J94" s="625"/>
       <c r="K94" s="70"/>
       <c r="L94" s="70"/>
       <c r="M94" s="70"/>
-      <c r="N94" s="348"/>
-[...4 lines deleted...]
-      <c r="S94" s="350"/>
+      <c r="N94" s="373"/>
+      <c r="O94" s="374"/>
+      <c r="P94" s="374"/>
+      <c r="Q94" s="374"/>
+      <c r="R94" s="374"/>
+      <c r="S94" s="375"/>
       <c r="T94" s="70"/>
     </row>
     <row r="95" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A95" s="71" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="B95" s="42"/>
       <c r="C95" s="42"/>
       <c r="D95" s="42"/>
-      <c r="E95" s="561"/>
-[...4 lines deleted...]
-      <c r="J95" s="563"/>
+      <c r="E95" s="405"/>
+      <c r="F95" s="406"/>
+      <c r="G95" s="406"/>
+      <c r="H95" s="406"/>
+      <c r="I95" s="406"/>
+      <c r="J95" s="407"/>
       <c r="K95" s="70"/>
       <c r="L95" s="70"/>
       <c r="M95" s="70"/>
-      <c r="N95" s="351"/>
-[...4 lines deleted...]
-      <c r="S95" s="353"/>
+      <c r="N95" s="368"/>
+      <c r="O95" s="369"/>
+      <c r="P95" s="369"/>
+      <c r="Q95" s="369"/>
+      <c r="R95" s="369"/>
+      <c r="S95" s="370"/>
       <c r="T95" s="70"/>
     </row>
     <row r="96" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A96" s="71" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="B96" s="42"/>
       <c r="C96" s="42"/>
       <c r="D96" s="42"/>
-      <c r="E96" s="549"/>
-[...4 lines deleted...]
-      <c r="J96" s="551"/>
+      <c r="E96" s="439"/>
+      <c r="F96" s="440"/>
+      <c r="G96" s="440"/>
+      <c r="H96" s="440"/>
+      <c r="I96" s="440"/>
+      <c r="J96" s="441"/>
       <c r="K96" s="70"/>
       <c r="L96" s="70"/>
       <c r="M96" s="70"/>
       <c r="N96" s="70"/>
       <c r="O96" s="70"/>
       <c r="P96" s="70"/>
       <c r="Q96" s="70"/>
       <c r="R96" s="70"/>
       <c r="S96" s="70"/>
       <c r="T96" s="70"/>
     </row>
     <row r="97" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="71"/>
       <c r="B97" s="42"/>
       <c r="C97" s="42"/>
       <c r="D97" s="42"/>
-      <c r="E97" s="564" t="str">
+      <c r="E97" s="449" t="str">
         <f>IF(OR(ISNUMBER(SEARCH("University",$E$91)),ISNUMBER(SEARCH("Department",$E$91)),ISNUMBER(SEARCH("Faculty",$E$91)),ISNUMBER(SEARCH("School",$E$91)),ISNUMBER(SEARCH("Institute",$E$91)),ISNUMBER(SEARCH("University",$E$92)),ISNUMBER(SEARCH("Department",$E$92)),ISNUMBER(SEARCH("Faculty",$E$92)),ISNUMBER(SEARCH("School",$E$92)),ISNUMBER(SEARCH("Institute",$E$92))),"Check this is not a work address","")</f>
         <v/>
       </c>
-      <c r="F97" s="564"/>
-[...3 lines deleted...]
-      <c r="J97" s="564"/>
+      <c r="F97" s="449"/>
+      <c r="G97" s="449"/>
+      <c r="H97" s="449"/>
+      <c r="I97" s="449"/>
+      <c r="J97" s="449"/>
       <c r="K97" s="70"/>
       <c r="L97" s="70"/>
       <c r="M97" s="70"/>
       <c r="N97" s="70"/>
       <c r="O97" s="70"/>
       <c r="P97" s="70"/>
       <c r="Q97" s="70"/>
       <c r="R97" s="70"/>
       <c r="S97" s="70"/>
       <c r="T97" s="70"/>
     </row>
     <row r="98" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="71" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="B98" s="42"/>
       <c r="C98" s="42"/>
       <c r="D98" s="42"/>
-      <c r="E98" s="357"/>
-[...4 lines deleted...]
-      <c r="J98" s="341"/>
+      <c r="E98" s="442"/>
+      <c r="F98" s="425"/>
+      <c r="G98" s="425"/>
+      <c r="H98" s="425"/>
+      <c r="I98" s="425"/>
+      <c r="J98" s="426"/>
       <c r="K98" s="70"/>
       <c r="L98" s="70"/>
       <c r="M98" s="70"/>
-      <c r="N98" s="567"/>
-[...4 lines deleted...]
-      <c r="S98" s="569"/>
+      <c r="N98" s="398"/>
+      <c r="O98" s="399"/>
+      <c r="P98" s="399"/>
+      <c r="Q98" s="399"/>
+      <c r="R98" s="399"/>
+      <c r="S98" s="400"/>
       <c r="T98" s="70"/>
     </row>
     <row r="99" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A99" s="42"/>
       <c r="B99" s="42"/>
       <c r="C99" s="87"/>
       <c r="D99" s="87"/>
-      <c r="E99" s="552" t="str">
+      <c r="E99" s="443" t="str">
         <f>IF(AND(E91&lt;&gt;"",E96=""),"please provide the applicant's postcode","")</f>
         <v/>
       </c>
-      <c r="F99" s="552"/>
-[...3 lines deleted...]
-      <c r="J99" s="552"/>
+      <c r="F99" s="443"/>
+      <c r="G99" s="443"/>
+      <c r="H99" s="443"/>
+      <c r="I99" s="443"/>
+      <c r="J99" s="443"/>
       <c r="K99" s="70"/>
       <c r="L99" s="70"/>
       <c r="M99" s="70"/>
       <c r="N99" s="70"/>
       <c r="O99" s="70"/>
       <c r="P99" s="70"/>
       <c r="Q99" s="70"/>
       <c r="R99" s="70"/>
       <c r="S99" s="70"/>
       <c r="T99" s="70"/>
     </row>
     <row r="100" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J100" s="576"/>
+      <c r="A100" s="308" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B100" s="308"/>
+      <c r="C100" s="308"/>
+      <c r="D100" s="308"/>
+      <c r="E100" s="308"/>
+      <c r="F100" s="308"/>
+      <c r="G100" s="308"/>
+      <c r="H100" s="308"/>
+      <c r="I100" s="308"/>
+      <c r="J100" s="308"/>
       <c r="K100" s="70"/>
       <c r="L100" s="70"/>
       <c r="M100" s="70"/>
       <c r="N100" s="70"/>
       <c r="O100" s="70"/>
       <c r="P100" s="70"/>
       <c r="Q100" s="70"/>
       <c r="R100" s="70"/>
       <c r="S100" s="70"/>
       <c r="T100" s="70"/>
     </row>
     <row r="101" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="528" t="s">
-[...10 lines deleted...]
-      <c r="J101" s="598" t="s">
+      <c r="A101" s="347" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B101" s="347"/>
+      <c r="C101" s="347"/>
+      <c r="D101" s="347"/>
+      <c r="E101" s="347"/>
+      <c r="F101" s="347"/>
+      <c r="G101" s="347"/>
+      <c r="H101" s="347"/>
+      <c r="I101" s="347"/>
+      <c r="J101" s="348" t="s">
         <v>380</v>
       </c>
       <c r="K101" s="70"/>
       <c r="L101" s="70"/>
       <c r="M101" s="70"/>
-      <c r="N101" s="589"/>
-[...4 lines deleted...]
-      <c r="S101" s="591"/>
+      <c r="N101" s="338"/>
+      <c r="O101" s="339"/>
+      <c r="P101" s="339"/>
+      <c r="Q101" s="339"/>
+      <c r="R101" s="339"/>
+      <c r="S101" s="340"/>
       <c r="T101" s="70"/>
     </row>
     <row r="102" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="528"/>
-[...8 lines deleted...]
-      <c r="J102" s="599"/>
+      <c r="A102" s="347"/>
+      <c r="B102" s="347"/>
+      <c r="C102" s="347"/>
+      <c r="D102" s="347"/>
+      <c r="E102" s="347"/>
+      <c r="F102" s="347"/>
+      <c r="G102" s="347"/>
+      <c r="H102" s="347"/>
+      <c r="I102" s="347"/>
+      <c r="J102" s="349"/>
       <c r="K102" s="70"/>
       <c r="L102" s="70"/>
       <c r="M102" s="70"/>
-      <c r="N102" s="592"/>
-[...4 lines deleted...]
-      <c r="S102" s="594"/>
+      <c r="N102" s="341"/>
+      <c r="O102" s="342"/>
+      <c r="P102" s="342"/>
+      <c r="Q102" s="342"/>
+      <c r="R102" s="342"/>
+      <c r="S102" s="343"/>
       <c r="T102" s="70"/>
     </row>
     <row r="103" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A103" s="528"/>
-[...7 lines deleted...]
-      <c r="I103" s="528"/>
+      <c r="A103" s="347"/>
+      <c r="B103" s="347"/>
+      <c r="C103" s="347"/>
+      <c r="D103" s="347"/>
+      <c r="E103" s="347"/>
+      <c r="F103" s="347"/>
+      <c r="G103" s="347"/>
+      <c r="H103" s="347"/>
+      <c r="I103" s="347"/>
       <c r="J103" s="288"/>
       <c r="K103" s="70"/>
       <c r="L103" s="70"/>
       <c r="M103" s="70"/>
-      <c r="N103" s="592"/>
-[...4 lines deleted...]
-      <c r="S103" s="594"/>
+      <c r="N103" s="341"/>
+      <c r="O103" s="342"/>
+      <c r="P103" s="342"/>
+      <c r="Q103" s="342"/>
+      <c r="R103" s="342"/>
+      <c r="S103" s="343"/>
       <c r="T103" s="70"/>
     </row>
     <row r="104" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="528"/>
-[...7 lines deleted...]
-      <c r="I104" s="528"/>
+      <c r="A104" s="347"/>
+      <c r="B104" s="347"/>
+      <c r="C104" s="347"/>
+      <c r="D104" s="347"/>
+      <c r="E104" s="347"/>
+      <c r="F104" s="347"/>
+      <c r="G104" s="347"/>
+      <c r="H104" s="347"/>
+      <c r="I104" s="347"/>
       <c r="J104" s="288"/>
       <c r="K104" s="70"/>
       <c r="L104" s="70"/>
       <c r="M104" s="70"/>
-      <c r="N104" s="592"/>
-[...4 lines deleted...]
-      <c r="S104" s="594"/>
+      <c r="N104" s="341"/>
+      <c r="O104" s="342"/>
+      <c r="P104" s="342"/>
+      <c r="Q104" s="342"/>
+      <c r="R104" s="342"/>
+      <c r="S104" s="343"/>
       <c r="T104" s="70"/>
     </row>
     <row r="105" spans="1:20" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="411" t="s">
-[...9 lines deleted...]
-      <c r="I105" s="411"/>
+      <c r="A105" s="350" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B105" s="350"/>
+      <c r="C105" s="350"/>
+      <c r="D105" s="350"/>
+      <c r="E105" s="350"/>
+      <c r="F105" s="350"/>
+      <c r="G105" s="350"/>
+      <c r="H105" s="350"/>
+      <c r="I105" s="350"/>
       <c r="J105" s="289" t="s">
         <v>380</v>
       </c>
       <c r="K105" s="70"/>
       <c r="L105" s="70"/>
       <c r="M105" s="70"/>
-      <c r="N105" s="592"/>
-[...4 lines deleted...]
-      <c r="S105" s="594"/>
+      <c r="N105" s="341"/>
+      <c r="O105" s="342"/>
+      <c r="P105" s="342"/>
+      <c r="Q105" s="342"/>
+      <c r="R105" s="342"/>
+      <c r="S105" s="343"/>
       <c r="T105" s="70"/>
     </row>
     <row r="106" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A106" s="411"/>
-[...8 lines deleted...]
-      <c r="J106" s="600"/>
+      <c r="A106" s="350"/>
+      <c r="B106" s="350"/>
+      <c r="C106" s="350"/>
+      <c r="D106" s="350"/>
+      <c r="E106" s="350"/>
+      <c r="F106" s="350"/>
+      <c r="G106" s="350"/>
+      <c r="H106" s="350"/>
+      <c r="I106" s="350"/>
+      <c r="J106" s="351"/>
       <c r="K106" s="70"/>
       <c r="L106" s="70"/>
       <c r="M106" s="70"/>
-      <c r="N106" s="592"/>
-[...4 lines deleted...]
-      <c r="S106" s="594"/>
+      <c r="N106" s="341"/>
+      <c r="O106" s="342"/>
+      <c r="P106" s="342"/>
+      <c r="Q106" s="342"/>
+      <c r="R106" s="342"/>
+      <c r="S106" s="343"/>
       <c r="T106" s="70"/>
     </row>
     <row r="107" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="411"/>
-[...8 lines deleted...]
-      <c r="J107" s="601"/>
+      <c r="A107" s="350"/>
+      <c r="B107" s="350"/>
+      <c r="C107" s="350"/>
+      <c r="D107" s="350"/>
+      <c r="E107" s="350"/>
+      <c r="F107" s="350"/>
+      <c r="G107" s="350"/>
+      <c r="H107" s="350"/>
+      <c r="I107" s="350"/>
+      <c r="J107" s="352"/>
       <c r="K107" s="70"/>
       <c r="L107" s="70"/>
       <c r="M107" s="70"/>
-      <c r="N107" s="595"/>
-[...4 lines deleted...]
-      <c r="S107" s="597"/>
+      <c r="N107" s="344"/>
+      <c r="O107" s="345"/>
+      <c r="P107" s="345"/>
+      <c r="Q107" s="345"/>
+      <c r="R107" s="345"/>
+      <c r="S107" s="346"/>
       <c r="T107" s="70"/>
     </row>
     <row r="108" spans="1:20" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="411"/>
-[...7 lines deleted...]
-      <c r="I108" s="411"/>
+      <c r="A108" s="350"/>
+      <c r="B108" s="350"/>
+      <c r="C108" s="350"/>
+      <c r="D108" s="350"/>
+      <c r="E108" s="350"/>
+      <c r="F108" s="350"/>
+      <c r="G108" s="350"/>
+      <c r="H108" s="350"/>
+      <c r="I108" s="350"/>
       <c r="J108" s="290" t="str">
         <f>IF(AND($J$105="Yes",$J$106=""),"enter no. of kids","")</f>
         <v/>
       </c>
       <c r="K108" s="40"/>
       <c r="L108" s="40"/>
       <c r="M108" s="40"/>
       <c r="N108" s="40"/>
       <c r="O108" s="40"/>
       <c r="P108" s="40"/>
       <c r="Q108" s="40"/>
       <c r="R108" s="40"/>
       <c r="S108" s="40"/>
       <c r="T108" s="40"/>
     </row>
     <row r="109" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A109" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J109" s="576"/>
+      <c r="A109" s="308" t="s">
+        <v>760</v>
+      </c>
+      <c r="B109" s="308"/>
+      <c r="C109" s="308"/>
+      <c r="D109" s="308"/>
+      <c r="E109" s="308"/>
+      <c r="F109" s="308"/>
+      <c r="G109" s="308"/>
+      <c r="H109" s="308"/>
+      <c r="I109" s="308"/>
+      <c r="J109" s="308"/>
       <c r="K109" s="37"/>
       <c r="L109" s="37"/>
       <c r="M109" s="37"/>
       <c r="N109" s="37"/>
       <c r="O109" s="37"/>
       <c r="P109" s="37"/>
       <c r="Q109" s="37"/>
       <c r="R109" s="37"/>
       <c r="S109" s="37"/>
       <c r="T109" s="37"/>
     </row>
     <row r="110" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A110" s="331"/>
-[...8 lines deleted...]
-      <c r="J110" s="331"/>
+      <c r="A110" s="401"/>
+      <c r="B110" s="401"/>
+      <c r="C110" s="401"/>
+      <c r="D110" s="401"/>
+      <c r="E110" s="401"/>
+      <c r="F110" s="401"/>
+      <c r="G110" s="401"/>
+      <c r="H110" s="401"/>
+      <c r="I110" s="401"/>
+      <c r="J110" s="401"/>
       <c r="K110" s="37"/>
       <c r="L110" s="37"/>
       <c r="M110" s="37"/>
       <c r="N110" s="37"/>
       <c r="O110" s="37"/>
       <c r="P110" s="37"/>
       <c r="Q110" s="37"/>
       <c r="R110" s="37"/>
       <c r="S110" s="37"/>
       <c r="T110" s="37"/>
     </row>
     <row r="111" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A111" s="331" t="s">
-[...10 lines deleted...]
-      <c r="J111" s="331"/>
+      <c r="A111" s="401" t="s">
+        <v>991</v>
+      </c>
+      <c r="B111" s="401"/>
+      <c r="C111" s="401"/>
+      <c r="D111" s="401"/>
+      <c r="E111" s="401"/>
+      <c r="F111" s="401"/>
+      <c r="G111" s="401"/>
+      <c r="H111" s="401"/>
+      <c r="I111" s="401"/>
+      <c r="J111" s="401"/>
       <c r="K111" s="37"/>
       <c r="L111" s="37"/>
       <c r="M111" s="37"/>
       <c r="N111" s="37"/>
       <c r="O111" s="37"/>
       <c r="P111" s="37"/>
       <c r="Q111" s="37"/>
       <c r="R111" s="37"/>
       <c r="S111" s="37"/>
       <c r="T111" s="37"/>
     </row>
     <row r="112" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A112" s="331"/>
-[...8 lines deleted...]
-      <c r="J112" s="331"/>
+      <c r="A112" s="401"/>
+      <c r="B112" s="401"/>
+      <c r="C112" s="401"/>
+      <c r="D112" s="401"/>
+      <c r="E112" s="401"/>
+      <c r="F112" s="401"/>
+      <c r="G112" s="401"/>
+      <c r="H112" s="401"/>
+      <c r="I112" s="401"/>
+      <c r="J112" s="401"/>
       <c r="K112" s="37"/>
       <c r="L112" s="37"/>
       <c r="M112" s="37"/>
-      <c r="N112" s="365"/>
-[...4 lines deleted...]
-      <c r="S112" s="367"/>
+      <c r="N112" s="408"/>
+      <c r="O112" s="409"/>
+      <c r="P112" s="409"/>
+      <c r="Q112" s="409"/>
+      <c r="R112" s="409"/>
+      <c r="S112" s="410"/>
       <c r="T112" s="37"/>
     </row>
     <row r="113" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A113" s="331"/>
-[...8 lines deleted...]
-      <c r="J113" s="331"/>
+      <c r="A113" s="401"/>
+      <c r="B113" s="401"/>
+      <c r="C113" s="401"/>
+      <c r="D113" s="401"/>
+      <c r="E113" s="401"/>
+      <c r="F113" s="401"/>
+      <c r="G113" s="401"/>
+      <c r="H113" s="401"/>
+      <c r="I113" s="401"/>
+      <c r="J113" s="401"/>
       <c r="K113" s="37"/>
       <c r="L113" s="37"/>
       <c r="M113" s="37"/>
-      <c r="N113" s="368"/>
-[...4 lines deleted...]
-      <c r="S113" s="370"/>
+      <c r="N113" s="411"/>
+      <c r="O113" s="412"/>
+      <c r="P113" s="412"/>
+      <c r="Q113" s="412"/>
+      <c r="R113" s="412"/>
+      <c r="S113" s="413"/>
       <c r="T113" s="37"/>
     </row>
     <row r="114" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A114" s="331"/>
-[...8 lines deleted...]
-      <c r="J114" s="331"/>
+      <c r="A114" s="401"/>
+      <c r="B114" s="401"/>
+      <c r="C114" s="401"/>
+      <c r="D114" s="401"/>
+      <c r="E114" s="401"/>
+      <c r="F114" s="401"/>
+      <c r="G114" s="401"/>
+      <c r="H114" s="401"/>
+      <c r="I114" s="401"/>
+      <c r="J114" s="401"/>
       <c r="K114" s="37"/>
       <c r="L114" s="37"/>
       <c r="M114" s="37"/>
-      <c r="N114" s="368"/>
-[...4 lines deleted...]
-      <c r="S114" s="370"/>
+      <c r="N114" s="411"/>
+      <c r="O114" s="412"/>
+      <c r="P114" s="412"/>
+      <c r="Q114" s="412"/>
+      <c r="R114" s="412"/>
+      <c r="S114" s="413"/>
       <c r="T114" s="37"/>
     </row>
     <row r="115" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A115" s="331"/>
-[...8 lines deleted...]
-      <c r="J115" s="331"/>
+      <c r="A115" s="401"/>
+      <c r="B115" s="401"/>
+      <c r="C115" s="401"/>
+      <c r="D115" s="401"/>
+      <c r="E115" s="401"/>
+      <c r="F115" s="401"/>
+      <c r="G115" s="401"/>
+      <c r="H115" s="401"/>
+      <c r="I115" s="401"/>
+      <c r="J115" s="401"/>
       <c r="K115" s="37"/>
       <c r="L115" s="37"/>
       <c r="M115" s="37"/>
-      <c r="N115" s="368"/>
-[...4 lines deleted...]
-      <c r="S115" s="370"/>
+      <c r="N115" s="411"/>
+      <c r="O115" s="412"/>
+      <c r="P115" s="412"/>
+      <c r="Q115" s="412"/>
+      <c r="R115" s="412"/>
+      <c r="S115" s="413"/>
       <c r="T115" s="37"/>
     </row>
     <row r="116" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A116" s="331"/>
-[...8 lines deleted...]
-      <c r="J116" s="331"/>
+      <c r="A116" s="401"/>
+      <c r="B116" s="401"/>
+      <c r="C116" s="401"/>
+      <c r="D116" s="401"/>
+      <c r="E116" s="401"/>
+      <c r="F116" s="401"/>
+      <c r="G116" s="401"/>
+      <c r="H116" s="401"/>
+      <c r="I116" s="401"/>
+      <c r="J116" s="401"/>
       <c r="K116" s="37"/>
       <c r="L116" s="37"/>
       <c r="M116" s="37"/>
-      <c r="N116" s="368"/>
-[...4 lines deleted...]
-      <c r="S116" s="370"/>
+      <c r="N116" s="411"/>
+      <c r="O116" s="412"/>
+      <c r="P116" s="412"/>
+      <c r="Q116" s="412"/>
+      <c r="R116" s="412"/>
+      <c r="S116" s="413"/>
       <c r="T116" s="37"/>
     </row>
     <row r="117" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A117" s="331"/>
-[...8 lines deleted...]
-      <c r="J117" s="331"/>
+      <c r="A117" s="401"/>
+      <c r="B117" s="401"/>
+      <c r="C117" s="401"/>
+      <c r="D117" s="401"/>
+      <c r="E117" s="401"/>
+      <c r="F117" s="401"/>
+      <c r="G117" s="401"/>
+      <c r="H117" s="401"/>
+      <c r="I117" s="401"/>
+      <c r="J117" s="401"/>
       <c r="K117" s="37"/>
       <c r="L117" s="37"/>
       <c r="M117" s="37"/>
-      <c r="N117" s="368"/>
-[...4 lines deleted...]
-      <c r="S117" s="370"/>
+      <c r="N117" s="411"/>
+      <c r="O117" s="412"/>
+      <c r="P117" s="412"/>
+      <c r="Q117" s="412"/>
+      <c r="R117" s="412"/>
+      <c r="S117" s="413"/>
       <c r="T117" s="37"/>
     </row>
     <row r="118" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A118" s="41"/>
-      <c r="B118" s="336" t="s">
-[...4 lines deleted...]
-      <c r="E118" s="336"/>
+      <c r="B118" s="630" t="s">
+        <v>761</v>
+      </c>
+      <c r="C118" s="630"/>
+      <c r="D118" s="630"/>
+      <c r="E118" s="630"/>
       <c r="F118" s="98"/>
       <c r="G118" s="98"/>
       <c r="H118" s="41"/>
       <c r="I118" s="41"/>
       <c r="J118" s="41"/>
       <c r="K118" s="37"/>
       <c r="L118" s="37"/>
       <c r="M118" s="37"/>
-      <c r="N118" s="368"/>
-[...4 lines deleted...]
-      <c r="S118" s="370"/>
+      <c r="N118" s="411"/>
+      <c r="O118" s="412"/>
+      <c r="P118" s="412"/>
+      <c r="Q118" s="412"/>
+      <c r="R118" s="412"/>
+      <c r="S118" s="413"/>
       <c r="T118" s="37"/>
     </row>
     <row r="119" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A119" s="337" t="s">
-[...10 lines deleted...]
-      <c r="J119" s="337"/>
+      <c r="A119" s="631" t="s">
+        <v>762</v>
+      </c>
+      <c r="B119" s="631"/>
+      <c r="C119" s="631"/>
+      <c r="D119" s="631"/>
+      <c r="E119" s="631"/>
+      <c r="F119" s="631"/>
+      <c r="G119" s="631"/>
+      <c r="H119" s="631"/>
+      <c r="I119" s="631"/>
+      <c r="J119" s="631"/>
       <c r="K119" s="37"/>
       <c r="L119" s="37"/>
       <c r="M119" s="37"/>
-      <c r="N119" s="368"/>
-[...4 lines deleted...]
-      <c r="S119" s="370"/>
+      <c r="N119" s="411"/>
+      <c r="O119" s="412"/>
+      <c r="P119" s="412"/>
+      <c r="Q119" s="412"/>
+      <c r="R119" s="412"/>
+      <c r="S119" s="413"/>
       <c r="T119" s="37"/>
     </row>
     <row r="120" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A120" s="337"/>
-[...8 lines deleted...]
-      <c r="J120" s="337"/>
+      <c r="A120" s="631"/>
+      <c r="B120" s="631"/>
+      <c r="C120" s="631"/>
+      <c r="D120" s="631"/>
+      <c r="E120" s="631"/>
+      <c r="F120" s="631"/>
+      <c r="G120" s="631"/>
+      <c r="H120" s="631"/>
+      <c r="I120" s="631"/>
+      <c r="J120" s="631"/>
       <c r="K120" s="37"/>
       <c r="L120" s="37"/>
       <c r="M120" s="37"/>
-      <c r="N120" s="368"/>
-[...4 lines deleted...]
-      <c r="S120" s="370"/>
+      <c r="N120" s="411"/>
+      <c r="O120" s="412"/>
+      <c r="P120" s="412"/>
+      <c r="Q120" s="412"/>
+      <c r="R120" s="412"/>
+      <c r="S120" s="413"/>
       <c r="T120" s="37"/>
     </row>
     <row r="121" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A121" s="337"/>
-[...8 lines deleted...]
-      <c r="J121" s="337"/>
+      <c r="A121" s="631"/>
+      <c r="B121" s="631"/>
+      <c r="C121" s="631"/>
+      <c r="D121" s="631"/>
+      <c r="E121" s="631"/>
+      <c r="F121" s="631"/>
+      <c r="G121" s="631"/>
+      <c r="H121" s="631"/>
+      <c r="I121" s="631"/>
+      <c r="J121" s="631"/>
       <c r="K121" s="37"/>
       <c r="L121" s="37"/>
       <c r="M121" s="37"/>
-      <c r="N121" s="368"/>
-[...4 lines deleted...]
-      <c r="S121" s="370"/>
+      <c r="N121" s="411"/>
+      <c r="O121" s="412"/>
+      <c r="P121" s="412"/>
+      <c r="Q121" s="412"/>
+      <c r="R121" s="412"/>
+      <c r="S121" s="413"/>
       <c r="T121" s="37"/>
     </row>
     <row r="122" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A122" s="99"/>
       <c r="B122" s="99"/>
       <c r="C122" s="99"/>
       <c r="D122" s="99"/>
       <c r="E122" s="99"/>
       <c r="F122" s="99"/>
       <c r="G122" s="99"/>
       <c r="H122" s="99"/>
       <c r="I122" s="99"/>
       <c r="J122" s="99"/>
       <c r="K122" s="37"/>
       <c r="L122" s="37"/>
       <c r="M122" s="37"/>
-      <c r="N122" s="368"/>
-[...4 lines deleted...]
-      <c r="S122" s="370"/>
+      <c r="N122" s="411"/>
+      <c r="O122" s="412"/>
+      <c r="P122" s="412"/>
+      <c r="Q122" s="412"/>
+      <c r="R122" s="412"/>
+      <c r="S122" s="413"/>
       <c r="T122" s="37"/>
     </row>
     <row r="123" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A123" s="583" t="s">
-[...10 lines deleted...]
-      <c r="J123" s="583"/>
+      <c r="A123" s="394" t="s">
+        <v>763</v>
+      </c>
+      <c r="B123" s="394"/>
+      <c r="C123" s="394"/>
+      <c r="D123" s="394"/>
+      <c r="E123" s="394"/>
+      <c r="F123" s="394"/>
+      <c r="G123" s="394"/>
+      <c r="H123" s="394"/>
+      <c r="I123" s="394"/>
+      <c r="J123" s="394"/>
       <c r="K123" s="37"/>
       <c r="L123" s="37"/>
       <c r="M123" s="37"/>
-      <c r="N123" s="368"/>
-[...4 lines deleted...]
-      <c r="S123" s="370"/>
+      <c r="N123" s="411"/>
+      <c r="O123" s="412"/>
+      <c r="P123" s="412"/>
+      <c r="Q123" s="412"/>
+      <c r="R123" s="412"/>
+      <c r="S123" s="413"/>
       <c r="T123" s="37"/>
     </row>
     <row r="124" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="332" t="str">
+      <c r="A124" s="626" t="str">
         <f>IFERROR(IF($I$25&lt;&gt;10,IF(OR($F$174="",$F$177="",DATEDIF($F$174,$F$177+1,"M")&gt;=6),IF(ISTEXT(VLOOKUP(CHECKING!$D$36,Dropdowns!$O$5:$O$105,1,FALSE)),"NOTE: Applicant resides in a country which is on the Home Office list having high incidence of TB",IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$25,Dropdowns!$O$5:$O$105,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$O$5:$O$105,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$27,Dropdowns!$O$5:$O$105,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$28,Dropdowns!$O$5:$O$105,1,FALSE))),"NOTE: Applicant's country of birth or nationality is on the Home Office list having high incidence of TB","")),"NOTE: TB screening is not required if the CoS length is less than six months"),""),"")</f>
         <v/>
       </c>
-      <c r="B124" s="332"/>
-[...7 lines deleted...]
-      <c r="J124" s="332"/>
+      <c r="B124" s="626"/>
+      <c r="C124" s="626"/>
+      <c r="D124" s="626"/>
+      <c r="E124" s="626"/>
+      <c r="F124" s="626"/>
+      <c r="G124" s="626"/>
+      <c r="H124" s="626"/>
+      <c r="I124" s="626"/>
+      <c r="J124" s="626"/>
       <c r="K124" s="37"/>
       <c r="L124" s="37"/>
       <c r="M124" s="37"/>
-      <c r="N124" s="368"/>
-[...4 lines deleted...]
-      <c r="S124" s="370"/>
+      <c r="N124" s="411"/>
+      <c r="O124" s="412"/>
+      <c r="P124" s="412"/>
+      <c r="Q124" s="412"/>
+      <c r="R124" s="412"/>
+      <c r="S124" s="413"/>
       <c r="T124" s="37"/>
     </row>
     <row r="125" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A125" s="333" t="s">
-[...10 lines deleted...]
-      <c r="J125" s="334" t="s">
+      <c r="A125" s="627" t="s">
+        <v>764</v>
+      </c>
+      <c r="B125" s="627"/>
+      <c r="C125" s="627"/>
+      <c r="D125" s="627"/>
+      <c r="E125" s="627"/>
+      <c r="F125" s="627"/>
+      <c r="G125" s="627"/>
+      <c r="H125" s="627"/>
+      <c r="I125" s="627"/>
+      <c r="J125" s="628" t="s">
         <v>380</v>
       </c>
       <c r="K125" s="37"/>
       <c r="L125" s="37"/>
       <c r="M125" s="37"/>
-      <c r="N125" s="371"/>
-[...4 lines deleted...]
-      <c r="S125" s="373"/>
+      <c r="N125" s="414"/>
+      <c r="O125" s="415"/>
+      <c r="P125" s="415"/>
+      <c r="Q125" s="415"/>
+      <c r="R125" s="415"/>
+      <c r="S125" s="416"/>
       <c r="T125" s="37"/>
     </row>
     <row r="126" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="333"/>
-[...8 lines deleted...]
-      <c r="J126" s="335"/>
+      <c r="A126" s="627"/>
+      <c r="B126" s="627"/>
+      <c r="C126" s="627"/>
+      <c r="D126" s="627"/>
+      <c r="E126" s="627"/>
+      <c r="F126" s="627"/>
+      <c r="G126" s="627"/>
+      <c r="H126" s="627"/>
+      <c r="I126" s="627"/>
+      <c r="J126" s="629"/>
       <c r="K126" s="37"/>
       <c r="L126" s="37"/>
       <c r="M126" s="37"/>
       <c r="N126" s="37"/>
       <c r="O126" s="37"/>
       <c r="P126" s="37"/>
       <c r="Q126" s="37"/>
       <c r="R126" s="37"/>
       <c r="S126" s="37"/>
       <c r="T126" s="37"/>
     </row>
     <row r="127" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A127" s="211"/>
       <c r="B127" s="211"/>
       <c r="C127" s="211"/>
       <c r="D127" s="211"/>
       <c r="E127" s="211"/>
       <c r="F127" s="211"/>
       <c r="G127" s="211"/>
       <c r="H127" s="211"/>
       <c r="I127" s="211"/>
       <c r="J127" s="214"/>
       <c r="K127" s="37"/>
       <c r="L127" s="37"/>
       <c r="M127" s="37"/>
       <c r="N127" s="37"/>
       <c r="O127" s="37"/>
       <c r="P127" s="37"/>
       <c r="Q127" s="37"/>
       <c r="R127" s="37"/>
       <c r="S127" s="37"/>
       <c r="T127" s="37"/>
     </row>
     <row r="128" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A128" s="587" t="s">
-[...10 lines deleted...]
-      <c r="J128" s="587"/>
+      <c r="A128" s="417" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B128" s="417"/>
+      <c r="C128" s="417"/>
+      <c r="D128" s="417"/>
+      <c r="E128" s="417"/>
+      <c r="F128" s="417"/>
+      <c r="G128" s="417"/>
+      <c r="H128" s="417"/>
+      <c r="I128" s="417"/>
+      <c r="J128" s="417"/>
       <c r="K128" s="37"/>
       <c r="L128" s="37"/>
       <c r="M128" s="37"/>
       <c r="N128" s="248"/>
       <c r="O128" s="248"/>
       <c r="P128" s="248"/>
       <c r="Q128" s="248"/>
       <c r="R128" s="248"/>
       <c r="S128" s="248"/>
       <c r="T128" s="37"/>
     </row>
     <row r="129" spans="1:20" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="508" t="s">
-[...10 lines deleted...]
-      <c r="J129" s="508"/>
+      <c r="A129" s="470" t="s">
+        <v>951</v>
+      </c>
+      <c r="B129" s="470"/>
+      <c r="C129" s="470"/>
+      <c r="D129" s="470"/>
+      <c r="E129" s="470"/>
+      <c r="F129" s="470"/>
+      <c r="G129" s="470"/>
+      <c r="H129" s="470"/>
+      <c r="I129" s="470"/>
+      <c r="J129" s="470"/>
       <c r="K129" s="37"/>
       <c r="L129" s="37"/>
       <c r="M129" s="37"/>
-      <c r="N129" s="365"/>
-[...4 lines deleted...]
-      <c r="S129" s="367"/>
+      <c r="N129" s="408"/>
+      <c r="O129" s="409"/>
+      <c r="P129" s="409"/>
+      <c r="Q129" s="409"/>
+      <c r="R129" s="409"/>
+      <c r="S129" s="410"/>
       <c r="T129" s="37"/>
     </row>
     <row r="130" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="508"/>
-[...8 lines deleted...]
-      <c r="J130" s="508"/>
+      <c r="A130" s="470"/>
+      <c r="B130" s="470"/>
+      <c r="C130" s="470"/>
+      <c r="D130" s="470"/>
+      <c r="E130" s="470"/>
+      <c r="F130" s="470"/>
+      <c r="G130" s="470"/>
+      <c r="H130" s="470"/>
+      <c r="I130" s="470"/>
+      <c r="J130" s="470"/>
       <c r="K130" s="37"/>
       <c r="L130" s="37"/>
       <c r="M130" s="37"/>
-      <c r="N130" s="368"/>
-[...4 lines deleted...]
-      <c r="S130" s="370"/>
+      <c r="N130" s="411"/>
+      <c r="O130" s="412"/>
+      <c r="P130" s="412"/>
+      <c r="Q130" s="412"/>
+      <c r="R130" s="412"/>
+      <c r="S130" s="413"/>
       <c r="T130" s="37"/>
     </row>
     <row r="131" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="508"/>
-[...8 lines deleted...]
-      <c r="J131" s="508"/>
+      <c r="A131" s="470"/>
+      <c r="B131" s="470"/>
+      <c r="C131" s="470"/>
+      <c r="D131" s="470"/>
+      <c r="E131" s="470"/>
+      <c r="F131" s="470"/>
+      <c r="G131" s="470"/>
+      <c r="H131" s="470"/>
+      <c r="I131" s="470"/>
+      <c r="J131" s="470"/>
       <c r="K131" s="37"/>
       <c r="L131" s="37"/>
       <c r="M131" s="37"/>
-      <c r="N131" s="368"/>
-[...4 lines deleted...]
-      <c r="S131" s="370"/>
+      <c r="N131" s="411"/>
+      <c r="O131" s="412"/>
+      <c r="P131" s="412"/>
+      <c r="Q131" s="412"/>
+      <c r="R131" s="412"/>
+      <c r="S131" s="413"/>
       <c r="T131" s="37"/>
     </row>
     <row r="132" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="508"/>
-[...8 lines deleted...]
-      <c r="J132" s="508"/>
+      <c r="A132" s="470"/>
+      <c r="B132" s="470"/>
+      <c r="C132" s="470"/>
+      <c r="D132" s="470"/>
+      <c r="E132" s="470"/>
+      <c r="F132" s="470"/>
+      <c r="G132" s="470"/>
+      <c r="H132" s="470"/>
+      <c r="I132" s="470"/>
+      <c r="J132" s="470"/>
       <c r="K132" s="37"/>
       <c r="L132" s="37"/>
       <c r="M132" s="37"/>
-      <c r="N132" s="368"/>
-[...4 lines deleted...]
-      <c r="S132" s="370"/>
+      <c r="N132" s="411"/>
+      <c r="O132" s="412"/>
+      <c r="P132" s="412"/>
+      <c r="Q132" s="412"/>
+      <c r="R132" s="412"/>
+      <c r="S132" s="413"/>
       <c r="T132" s="37"/>
     </row>
     <row r="133" spans="1:20" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A133" s="508"/>
-[...8 lines deleted...]
-      <c r="J133" s="508"/>
+      <c r="A133" s="470"/>
+      <c r="B133" s="470"/>
+      <c r="C133" s="470"/>
+      <c r="D133" s="470"/>
+      <c r="E133" s="470"/>
+      <c r="F133" s="470"/>
+      <c r="G133" s="470"/>
+      <c r="H133" s="470"/>
+      <c r="I133" s="470"/>
+      <c r="J133" s="470"/>
       <c r="K133" s="37"/>
       <c r="L133" s="37"/>
       <c r="M133" s="37"/>
-      <c r="N133" s="368"/>
-[...4 lines deleted...]
-      <c r="S133" s="370"/>
+      <c r="N133" s="411"/>
+      <c r="O133" s="412"/>
+      <c r="P133" s="412"/>
+      <c r="Q133" s="412"/>
+      <c r="R133" s="412"/>
+      <c r="S133" s="413"/>
       <c r="T133" s="37"/>
     </row>
     <row r="134" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A134" s="215"/>
       <c r="B134" s="215"/>
       <c r="C134" s="215"/>
       <c r="D134" s="215"/>
       <c r="E134" s="215"/>
       <c r="F134" s="215"/>
       <c r="G134" s="215"/>
       <c r="H134" s="215"/>
       <c r="I134" s="215"/>
       <c r="J134" s="215"/>
       <c r="K134" s="37"/>
       <c r="L134" s="37"/>
       <c r="M134" s="37"/>
-      <c r="N134" s="368"/>
-[...4 lines deleted...]
-      <c r="S134" s="370"/>
+      <c r="N134" s="411"/>
+      <c r="O134" s="412"/>
+      <c r="P134" s="412"/>
+      <c r="Q134" s="412"/>
+      <c r="R134" s="412"/>
+      <c r="S134" s="413"/>
       <c r="T134" s="37"/>
     </row>
     <row r="135" spans="1:20" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="411" t="s">
-[...10 lines deleted...]
-      <c r="J135" s="411"/>
+      <c r="A135" s="350" t="s">
+        <v>936</v>
+      </c>
+      <c r="B135" s="350"/>
+      <c r="C135" s="350"/>
+      <c r="D135" s="350"/>
+      <c r="E135" s="350"/>
+      <c r="F135" s="350"/>
+      <c r="G135" s="350"/>
+      <c r="H135" s="350"/>
+      <c r="I135" s="350"/>
+      <c r="J135" s="350"/>
       <c r="K135" s="37"/>
       <c r="L135" s="37"/>
       <c r="M135" s="37"/>
-      <c r="N135" s="368"/>
-[...4 lines deleted...]
-      <c r="S135" s="370"/>
+      <c r="N135" s="411"/>
+      <c r="O135" s="412"/>
+      <c r="P135" s="412"/>
+      <c r="Q135" s="412"/>
+      <c r="R135" s="412"/>
+      <c r="S135" s="413"/>
       <c r="T135" s="37"/>
     </row>
     <row r="136" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="411"/>
-[...8 lines deleted...]
-      <c r="J136" s="411"/>
+      <c r="A136" s="350"/>
+      <c r="B136" s="350"/>
+      <c r="C136" s="350"/>
+      <c r="D136" s="350"/>
+      <c r="E136" s="350"/>
+      <c r="F136" s="350"/>
+      <c r="G136" s="350"/>
+      <c r="H136" s="350"/>
+      <c r="I136" s="350"/>
+      <c r="J136" s="350"/>
       <c r="K136" s="37"/>
       <c r="L136" s="37"/>
       <c r="M136" s="37"/>
-      <c r="N136" s="368"/>
-[...4 lines deleted...]
-      <c r="S136" s="370"/>
+      <c r="N136" s="411"/>
+      <c r="O136" s="412"/>
+      <c r="P136" s="412"/>
+      <c r="Q136" s="412"/>
+      <c r="R136" s="412"/>
+      <c r="S136" s="413"/>
       <c r="T136" s="37"/>
     </row>
     <row r="137" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="411"/>
-[...8 lines deleted...]
-      <c r="J137" s="411"/>
+      <c r="A137" s="350"/>
+      <c r="B137" s="350"/>
+      <c r="C137" s="350"/>
+      <c r="D137" s="350"/>
+      <c r="E137" s="350"/>
+      <c r="F137" s="350"/>
+      <c r="G137" s="350"/>
+      <c r="H137" s="350"/>
+      <c r="I137" s="350"/>
+      <c r="J137" s="350"/>
       <c r="K137" s="37"/>
       <c r="L137" s="37"/>
       <c r="M137" s="37"/>
-      <c r="N137" s="368"/>
-[...4 lines deleted...]
-      <c r="S137" s="370"/>
+      <c r="N137" s="411"/>
+      <c r="O137" s="412"/>
+      <c r="P137" s="412"/>
+      <c r="Q137" s="412"/>
+      <c r="R137" s="412"/>
+      <c r="S137" s="413"/>
       <c r="T137" s="37"/>
     </row>
     <row r="138" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="411"/>
-[...8 lines deleted...]
-      <c r="J138" s="411"/>
+      <c r="A138" s="350"/>
+      <c r="B138" s="350"/>
+      <c r="C138" s="350"/>
+      <c r="D138" s="350"/>
+      <c r="E138" s="350"/>
+      <c r="F138" s="350"/>
+      <c r="G138" s="350"/>
+      <c r="H138" s="350"/>
+      <c r="I138" s="350"/>
+      <c r="J138" s="350"/>
       <c r="K138" s="37"/>
       <c r="L138" s="37"/>
       <c r="M138" s="37"/>
-      <c r="N138" s="368"/>
-[...4 lines deleted...]
-      <c r="S138" s="370"/>
+      <c r="N138" s="411"/>
+      <c r="O138" s="412"/>
+      <c r="P138" s="412"/>
+      <c r="Q138" s="412"/>
+      <c r="R138" s="412"/>
+      <c r="S138" s="413"/>
       <c r="T138" s="37"/>
     </row>
     <row r="139" spans="1:20" s="16" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="215"/>
       <c r="B139" s="215"/>
       <c r="C139" s="215"/>
       <c r="D139" s="215"/>
       <c r="E139" s="215"/>
       <c r="F139" s="215"/>
       <c r="G139" s="215"/>
       <c r="H139" s="215"/>
       <c r="I139" s="215"/>
       <c r="J139" s="215"/>
       <c r="K139" s="37"/>
       <c r="L139" s="37"/>
       <c r="M139" s="37"/>
-      <c r="N139" s="368"/>
-[...4 lines deleted...]
-      <c r="S139" s="370"/>
+      <c r="N139" s="411"/>
+      <c r="O139" s="412"/>
+      <c r="P139" s="412"/>
+      <c r="Q139" s="412"/>
+      <c r="R139" s="412"/>
+      <c r="S139" s="413"/>
       <c r="T139" s="37"/>
     </row>
     <row r="140" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="392" t="s">
-[...10 lines deleted...]
-      <c r="J140" s="392"/>
+      <c r="A140" s="471" t="s">
+        <v>937</v>
+      </c>
+      <c r="B140" s="471"/>
+      <c r="C140" s="471"/>
+      <c r="D140" s="471"/>
+      <c r="E140" s="471"/>
+      <c r="F140" s="471"/>
+      <c r="G140" s="471"/>
+      <c r="H140" s="471"/>
+      <c r="I140" s="471"/>
+      <c r="J140" s="471"/>
       <c r="K140" s="37"/>
       <c r="L140" s="37"/>
       <c r="M140" s="37"/>
-      <c r="N140" s="368"/>
-[...4 lines deleted...]
-      <c r="S140" s="370"/>
+      <c r="N140" s="411"/>
+      <c r="O140" s="412"/>
+      <c r="P140" s="412"/>
+      <c r="Q140" s="412"/>
+      <c r="R140" s="412"/>
+      <c r="S140" s="413"/>
       <c r="T140" s="37"/>
     </row>
     <row r="141" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="509" t="s">
-[...8 lines deleted...]
-      <c r="H141" s="509"/>
+      <c r="A141" s="472" t="s">
+        <v>938</v>
+      </c>
+      <c r="B141" s="472"/>
+      <c r="C141" s="472"/>
+      <c r="D141" s="472"/>
+      <c r="E141" s="472"/>
+      <c r="F141" s="472"/>
+      <c r="G141" s="472"/>
+      <c r="H141" s="472"/>
       <c r="I141" s="244"/>
       <c r="J141" s="244"/>
       <c r="K141" s="37"/>
       <c r="L141" s="37"/>
       <c r="M141" s="37"/>
-      <c r="N141" s="368"/>
-[...4 lines deleted...]
-      <c r="S141" s="370"/>
+      <c r="N141" s="411"/>
+      <c r="O141" s="412"/>
+      <c r="P141" s="412"/>
+      <c r="Q141" s="412"/>
+      <c r="R141" s="412"/>
+      <c r="S141" s="413"/>
       <c r="T141" s="37"/>
     </row>
     <row r="142" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="588" t="s">
-[...9 lines deleted...]
-      <c r="I142" s="519" t="s">
+      <c r="A142" s="418" t="s">
+        <v>929</v>
+      </c>
+      <c r="B142" s="418"/>
+      <c r="C142" s="418"/>
+      <c r="D142" s="418"/>
+      <c r="E142" s="418"/>
+      <c r="F142" s="418"/>
+      <c r="G142" s="418"/>
+      <c r="H142" s="418"/>
+      <c r="I142" s="482" t="s">
         <v>380</v>
       </c>
-      <c r="J142" s="520"/>
+      <c r="J142" s="483"/>
       <c r="K142" s="37"/>
       <c r="L142" s="37"/>
       <c r="M142" s="37"/>
-      <c r="N142" s="368"/>
-[...4 lines deleted...]
-      <c r="S142" s="370"/>
+      <c r="N142" s="411"/>
+      <c r="O142" s="412"/>
+      <c r="P142" s="412"/>
+      <c r="Q142" s="412"/>
+      <c r="R142" s="412"/>
+      <c r="S142" s="413"/>
       <c r="T142" s="37"/>
     </row>
     <row r="143" spans="1:20" s="16" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A143" s="588"/>
-[...8 lines deleted...]
-      <c r="J143" s="522"/>
+      <c r="A143" s="418"/>
+      <c r="B143" s="418"/>
+      <c r="C143" s="418"/>
+      <c r="D143" s="418"/>
+      <c r="E143" s="418"/>
+      <c r="F143" s="418"/>
+      <c r="G143" s="418"/>
+      <c r="H143" s="418"/>
+      <c r="I143" s="484"/>
+      <c r="J143" s="485"/>
       <c r="K143" s="37"/>
       <c r="L143" s="37"/>
       <c r="M143" s="37"/>
-      <c r="N143" s="371"/>
-[...4 lines deleted...]
-      <c r="S143" s="373"/>
+      <c r="N143" s="414"/>
+      <c r="O143" s="415"/>
+      <c r="P143" s="415"/>
+      <c r="Q143" s="415"/>
+      <c r="R143" s="415"/>
+      <c r="S143" s="416"/>
       <c r="T143" s="37"/>
     </row>
     <row r="144" spans="1:20" s="16" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="556" t="str">
+      <c r="A144" s="444" t="str">
         <f>IFERROR(IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$M$4:$M$43,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$27,Dropdowns!$M$4:$M$43,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$28,Dropdowns!$M$4:$M$43,1,FALSE))),"Applicant is from a country whose nationals are exempt from this requirement - ATAS not required",""),"")</f>
         <v/>
       </c>
-      <c r="B144" s="556"/>
-[...7 lines deleted...]
-      <c r="J144" s="556"/>
+      <c r="B144" s="444"/>
+      <c r="C144" s="444"/>
+      <c r="D144" s="444"/>
+      <c r="E144" s="444"/>
+      <c r="F144" s="444"/>
+      <c r="G144" s="444"/>
+      <c r="H144" s="444"/>
+      <c r="I144" s="444"/>
+      <c r="J144" s="444"/>
       <c r="K144" s="37"/>
       <c r="L144" s="37"/>
       <c r="M144" s="37"/>
       <c r="N144" s="248"/>
       <c r="O144" s="248"/>
       <c r="P144" s="248"/>
       <c r="Q144" s="248"/>
       <c r="R144" s="248"/>
       <c r="S144" s="248"/>
       <c r="T144" s="37"/>
     </row>
     <row r="145" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="512" t="s">
-[...10 lines deleted...]
-      <c r="J145" s="515"/>
+      <c r="A145" s="475" t="s">
+        <v>941</v>
+      </c>
+      <c r="B145" s="475"/>
+      <c r="C145" s="475"/>
+      <c r="D145" s="475"/>
+      <c r="E145" s="475"/>
+      <c r="F145" s="475"/>
+      <c r="G145" s="476"/>
+      <c r="H145" s="477"/>
+      <c r="I145" s="477"/>
+      <c r="J145" s="478"/>
       <c r="K145" s="37"/>
       <c r="L145" s="37"/>
       <c r="M145" s="37"/>
-      <c r="N145" s="365"/>
-[...4 lines deleted...]
-      <c r="S145" s="367"/>
+      <c r="N145" s="408"/>
+      <c r="O145" s="409"/>
+      <c r="P145" s="409"/>
+      <c r="Q145" s="409"/>
+      <c r="R145" s="409"/>
+      <c r="S145" s="410"/>
       <c r="T145" s="37"/>
     </row>
     <row r="146" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A146" s="512"/>
-[...8 lines deleted...]
-      <c r="J146" s="515"/>
+      <c r="A146" s="475"/>
+      <c r="B146" s="475"/>
+      <c r="C146" s="475"/>
+      <c r="D146" s="475"/>
+      <c r="E146" s="475"/>
+      <c r="F146" s="475"/>
+      <c r="G146" s="476"/>
+      <c r="H146" s="477"/>
+      <c r="I146" s="477"/>
+      <c r="J146" s="478"/>
       <c r="K146" s="37"/>
       <c r="L146" s="37"/>
       <c r="M146" s="37"/>
-      <c r="N146" s="368"/>
-[...4 lines deleted...]
-      <c r="S146" s="370"/>
+      <c r="N146" s="411"/>
+      <c r="O146" s="412"/>
+      <c r="P146" s="412"/>
+      <c r="Q146" s="412"/>
+      <c r="R146" s="412"/>
+      <c r="S146" s="413"/>
       <c r="T146" s="37"/>
     </row>
     <row r="147" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="512"/>
-[...8 lines deleted...]
-      <c r="J147" s="515"/>
+      <c r="A147" s="475"/>
+      <c r="B147" s="475"/>
+      <c r="C147" s="475"/>
+      <c r="D147" s="475"/>
+      <c r="E147" s="475"/>
+      <c r="F147" s="475"/>
+      <c r="G147" s="476"/>
+      <c r="H147" s="477"/>
+      <c r="I147" s="477"/>
+      <c r="J147" s="478"/>
       <c r="K147" s="37"/>
       <c r="L147" s="37"/>
       <c r="M147" s="37"/>
-      <c r="N147" s="368"/>
-[...4 lines deleted...]
-      <c r="S147" s="370"/>
+      <c r="N147" s="411"/>
+      <c r="O147" s="412"/>
+      <c r="P147" s="412"/>
+      <c r="Q147" s="412"/>
+      <c r="R147" s="412"/>
+      <c r="S147" s="413"/>
       <c r="T147" s="37"/>
     </row>
     <row r="148" spans="1:20" s="16" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A148" s="516" t="s">
+      <c r="A148" s="479" t="s">
+        <v>942</v>
+      </c>
+      <c r="B148" s="479"/>
+      <c r="C148" s="479"/>
+      <c r="D148" s="479"/>
+      <c r="E148" s="479"/>
+      <c r="F148" s="479"/>
+      <c r="G148" s="480" t="s">
         <v>943</v>
       </c>
-      <c r="B148" s="516"/>
-[...8 lines deleted...]
-      <c r="I148" s="518"/>
+      <c r="H148" s="480"/>
+      <c r="I148" s="481"/>
       <c r="J148" s="245" t="s">
         <v>380</v>
       </c>
       <c r="K148" s="37"/>
       <c r="L148" s="37"/>
       <c r="M148" s="37"/>
-      <c r="N148" s="368"/>
-[...4 lines deleted...]
-      <c r="S148" s="370"/>
+      <c r="N148" s="411"/>
+      <c r="O148" s="412"/>
+      <c r="P148" s="412"/>
+      <c r="Q148" s="412"/>
+      <c r="R148" s="412"/>
+      <c r="S148" s="413"/>
       <c r="T148" s="37"/>
     </row>
     <row r="149" spans="1:20" s="16" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A149" s="242"/>
       <c r="B149" s="242"/>
       <c r="C149" s="242"/>
       <c r="D149" s="242"/>
       <c r="E149" s="242"/>
       <c r="F149" s="242"/>
       <c r="G149" s="242"/>
       <c r="H149" s="242"/>
       <c r="I149" s="242"/>
       <c r="J149" s="242"/>
       <c r="K149" s="37"/>
       <c r="L149" s="37"/>
       <c r="M149" s="37"/>
-      <c r="N149" s="368"/>
-[...4 lines deleted...]
-      <c r="S149" s="370"/>
+      <c r="N149" s="411"/>
+      <c r="O149" s="412"/>
+      <c r="P149" s="412"/>
+      <c r="Q149" s="412"/>
+      <c r="R149" s="412"/>
+      <c r="S149" s="413"/>
       <c r="T149" s="37"/>
     </row>
     <row r="150" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A150" s="557" t="s">
-[...10 lines deleted...]
-      <c r="J150" s="557"/>
+      <c r="A150" s="445" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B150" s="445"/>
+      <c r="C150" s="445"/>
+      <c r="D150" s="445"/>
+      <c r="E150" s="445"/>
+      <c r="F150" s="445"/>
+      <c r="G150" s="445"/>
+      <c r="H150" s="445"/>
+      <c r="I150" s="445"/>
+      <c r="J150" s="445"/>
       <c r="K150" s="37"/>
       <c r="L150" s="37"/>
       <c r="M150" s="37"/>
-      <c r="N150" s="368"/>
-[...4 lines deleted...]
-      <c r="S150" s="370"/>
+      <c r="N150" s="411"/>
+      <c r="O150" s="412"/>
+      <c r="P150" s="412"/>
+      <c r="Q150" s="412"/>
+      <c r="R150" s="412"/>
+      <c r="S150" s="413"/>
       <c r="T150" s="37"/>
     </row>
     <row r="151" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A151" s="510" t="s">
+      <c r="A151" s="473" t="s">
+        <v>939</v>
+      </c>
+      <c r="B151" s="473"/>
+      <c r="C151" s="473"/>
+      <c r="D151" s="473"/>
+      <c r="E151" s="474" t="s">
         <v>940</v>
       </c>
-      <c r="B151" s="510"/>
-[...9 lines deleted...]
-      <c r="J151" s="511"/>
+      <c r="F151" s="474"/>
+      <c r="G151" s="474"/>
+      <c r="H151" s="474"/>
+      <c r="I151" s="474"/>
+      <c r="J151" s="474"/>
       <c r="K151" s="37"/>
       <c r="L151" s="37"/>
       <c r="M151" s="37"/>
-      <c r="N151" s="371"/>
-[...4 lines deleted...]
-      <c r="S151" s="373"/>
+      <c r="N151" s="414"/>
+      <c r="O151" s="415"/>
+      <c r="P151" s="415"/>
+      <c r="Q151" s="415"/>
+      <c r="R151" s="415"/>
+      <c r="S151" s="416"/>
       <c r="T151" s="37"/>
     </row>
     <row r="152" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A152" s="246"/>
       <c r="B152" s="246"/>
       <c r="C152" s="246"/>
       <c r="D152" s="246"/>
       <c r="E152" s="247"/>
       <c r="F152" s="247"/>
       <c r="G152" s="247"/>
       <c r="H152" s="247"/>
       <c r="I152" s="247"/>
       <c r="J152" s="247"/>
       <c r="K152" s="37"/>
       <c r="L152" s="37"/>
       <c r="M152" s="37"/>
       <c r="N152" s="37"/>
       <c r="O152" s="37"/>
       <c r="P152" s="37"/>
       <c r="Q152" s="37"/>
       <c r="R152" s="37"/>
       <c r="S152" s="37"/>
       <c r="T152" s="37"/>
     </row>
     <row r="153" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A153" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J153" s="576"/>
+      <c r="A153" s="308" t="s">
+        <v>768</v>
+      </c>
+      <c r="B153" s="308"/>
+      <c r="C153" s="308"/>
+      <c r="D153" s="308"/>
+      <c r="E153" s="308"/>
+      <c r="F153" s="308"/>
+      <c r="G153" s="308"/>
+      <c r="H153" s="308"/>
+      <c r="I153" s="308"/>
+      <c r="J153" s="308"/>
       <c r="K153" s="70"/>
       <c r="L153" s="70"/>
       <c r="M153" s="70"/>
       <c r="N153" s="70"/>
       <c r="O153" s="70"/>
       <c r="P153" s="70"/>
       <c r="Q153" s="70"/>
       <c r="R153" s="70"/>
       <c r="S153" s="70"/>
       <c r="T153" s="70"/>
     </row>
     <row r="154" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A154" s="42"/>
       <c r="B154" s="42"/>
       <c r="C154" s="42"/>
       <c r="D154" s="42"/>
       <c r="E154" s="42"/>
       <c r="F154" s="42"/>
       <c r="G154" s="42"/>
       <c r="H154" s="42"/>
       <c r="I154" s="42"/>
       <c r="J154" s="42"/>
       <c r="K154" s="70"/>
       <c r="L154" s="70"/>
       <c r="M154" s="70"/>
       <c r="N154" s="70"/>
       <c r="O154" s="70"/>
       <c r="P154" s="70"/>
       <c r="Q154" s="70"/>
       <c r="R154" s="70"/>
       <c r="S154" s="70"/>
       <c r="T154" s="70"/>
     </row>
     <row r="155" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="71" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="B155" s="42"/>
       <c r="C155" s="42"/>
       <c r="D155" s="42"/>
       <c r="E155" s="42"/>
-      <c r="F155" s="553"/>
-[...2 lines deleted...]
-      <c r="I155" s="555"/>
+      <c r="F155" s="395"/>
+      <c r="G155" s="396"/>
+      <c r="H155" s="396"/>
+      <c r="I155" s="397"/>
       <c r="J155" s="42"/>
       <c r="K155" s="70"/>
       <c r="L155" s="70"/>
       <c r="M155" s="70"/>
-      <c r="N155" s="567"/>
-[...4 lines deleted...]
-      <c r="S155" s="569"/>
+      <c r="N155" s="398"/>
+      <c r="O155" s="399"/>
+      <c r="P155" s="399"/>
+      <c r="Q155" s="399"/>
+      <c r="R155" s="399"/>
+      <c r="S155" s="400"/>
       <c r="T155" s="70"/>
     </row>
     <row r="156" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A156" s="71" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="B156" s="42"/>
       <c r="C156" s="42"/>
       <c r="D156" s="42"/>
       <c r="E156" s="42"/>
-      <c r="F156" s="553"/>
-[...2 lines deleted...]
-      <c r="I156" s="555"/>
+      <c r="F156" s="395"/>
+      <c r="G156" s="396"/>
+      <c r="H156" s="396"/>
+      <c r="I156" s="397"/>
       <c r="J156" s="42"/>
       <c r="K156" s="70"/>
       <c r="L156" s="70"/>
       <c r="M156" s="70"/>
       <c r="N156" s="70"/>
       <c r="O156" s="70"/>
       <c r="P156" s="70"/>
       <c r="Q156" s="70"/>
       <c r="R156" s="70"/>
       <c r="S156" s="70"/>
       <c r="T156" s="70"/>
     </row>
     <row r="157" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A157" s="42"/>
       <c r="B157" s="42"/>
       <c r="C157" s="103"/>
-      <c r="D157" s="565" t="str">
+      <c r="D157" s="329" t="str">
         <f>IF($F$155&lt;&gt;"",IF(OR(LEN(SUBSTITUTE($F$155," ",""))&lt;&gt;9,ISNUMBER(VALUE(LEFT($F$155,1))),ISNUMBER(VALUE(MID($F$155,2,1))),ISERROR(VALUE(MID(SUBSTITUTE($F$155," ",""),3,6))),ISNUMBER(VALUE(RIGHT($F$155,1)))),"National Insurance Numbers are in the format AB 12 34 56 C",""),"")</f>
         <v/>
       </c>
-      <c r="E157" s="565"/>
-[...4 lines deleted...]
-      <c r="J157" s="565"/>
+      <c r="E157" s="329"/>
+      <c r="F157" s="329"/>
+      <c r="G157" s="329"/>
+      <c r="H157" s="329"/>
+      <c r="I157" s="329"/>
+      <c r="J157" s="329"/>
       <c r="K157" s="70"/>
       <c r="L157" s="70"/>
       <c r="M157" s="70"/>
       <c r="N157" s="70"/>
       <c r="O157" s="70"/>
       <c r="P157" s="70"/>
       <c r="Q157" s="70"/>
       <c r="R157" s="70"/>
       <c r="S157" s="70"/>
       <c r="T157" s="70"/>
     </row>
     <row r="158" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A158" s="42"/>
       <c r="B158" s="42"/>
       <c r="C158" s="42"/>
       <c r="D158" s="42"/>
       <c r="E158" s="42"/>
       <c r="F158" s="42"/>
       <c r="G158" s="42"/>
       <c r="H158" s="42"/>
       <c r="I158" s="42"/>
       <c r="J158" s="42"/>
       <c r="K158" s="70"/>
       <c r="L158" s="70"/>
       <c r="M158" s="70"/>
       <c r="N158" s="70"/>
       <c r="O158" s="70"/>
       <c r="P158" s="70"/>
       <c r="Q158" s="70"/>
       <c r="R158" s="70"/>
       <c r="S158" s="70"/>
       <c r="T158" s="70"/>
     </row>
     <row r="159" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A159" s="615" t="s">
-[...10 lines deleted...]
-      <c r="J159" s="615"/>
+      <c r="A159" s="310" t="s">
+        <v>769</v>
+      </c>
+      <c r="B159" s="310"/>
+      <c r="C159" s="310"/>
+      <c r="D159" s="310"/>
+      <c r="E159" s="310"/>
+      <c r="F159" s="310"/>
+      <c r="G159" s="310"/>
+      <c r="H159" s="310"/>
+      <c r="I159" s="310"/>
+      <c r="J159" s="310"/>
       <c r="K159" s="70"/>
       <c r="L159" s="70"/>
       <c r="M159" s="70"/>
       <c r="N159" s="70"/>
       <c r="O159" s="70"/>
       <c r="P159" s="70"/>
       <c r="Q159" s="70"/>
       <c r="R159" s="70"/>
       <c r="S159" s="70"/>
       <c r="T159" s="70"/>
     </row>
     <row r="160" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A160" s="620" t="s">
-[...10 lines deleted...]
-      <c r="J160" s="622"/>
+      <c r="A160" s="316" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B160" s="317"/>
+      <c r="C160" s="317"/>
+      <c r="D160" s="317"/>
+      <c r="E160" s="317"/>
+      <c r="F160" s="317"/>
+      <c r="G160" s="317"/>
+      <c r="H160" s="317"/>
+      <c r="I160" s="317"/>
+      <c r="J160" s="318"/>
       <c r="K160" s="70"/>
       <c r="L160" s="70"/>
       <c r="M160" s="70"/>
       <c r="N160" s="70"/>
       <c r="O160" s="70"/>
       <c r="P160" s="70"/>
       <c r="Q160" s="70"/>
       <c r="R160" s="70"/>
       <c r="S160" s="70"/>
       <c r="T160" s="70"/>
     </row>
     <row r="161" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A161" s="623"/>
-[...8 lines deleted...]
-      <c r="J161" s="624"/>
+      <c r="A161" s="319"/>
+      <c r="B161" s="320"/>
+      <c r="C161" s="320"/>
+      <c r="D161" s="320"/>
+      <c r="E161" s="320"/>
+      <c r="F161" s="320"/>
+      <c r="G161" s="320"/>
+      <c r="H161" s="320"/>
+      <c r="I161" s="320"/>
+      <c r="J161" s="321"/>
       <c r="K161" s="70"/>
       <c r="L161" s="70"/>
       <c r="M161" s="70"/>
       <c r="N161" s="70"/>
       <c r="O161" s="70"/>
       <c r="P161" s="70"/>
       <c r="Q161" s="70"/>
       <c r="R161" s="70"/>
       <c r="S161" s="70"/>
       <c r="T161" s="70"/>
     </row>
     <row r="162" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A162" s="623"/>
-[...8 lines deleted...]
-      <c r="J162" s="624"/>
+      <c r="A162" s="319"/>
+      <c r="B162" s="320"/>
+      <c r="C162" s="320"/>
+      <c r="D162" s="320"/>
+      <c r="E162" s="320"/>
+      <c r="F162" s="320"/>
+      <c r="G162" s="320"/>
+      <c r="H162" s="320"/>
+      <c r="I162" s="320"/>
+      <c r="J162" s="321"/>
       <c r="K162" s="70"/>
       <c r="L162" s="70"/>
       <c r="M162" s="70"/>
       <c r="N162" s="70"/>
       <c r="O162" s="70"/>
       <c r="P162" s="70"/>
       <c r="Q162" s="70"/>
       <c r="R162" s="70"/>
       <c r="S162" s="70"/>
       <c r="T162" s="70"/>
     </row>
     <row r="163" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A163" s="625"/>
-[...8 lines deleted...]
-      <c r="J163" s="627"/>
+      <c r="A163" s="322"/>
+      <c r="B163" s="323"/>
+      <c r="C163" s="323"/>
+      <c r="D163" s="323"/>
+      <c r="E163" s="323"/>
+      <c r="F163" s="323"/>
+      <c r="G163" s="323"/>
+      <c r="H163" s="323"/>
+      <c r="I163" s="323"/>
+      <c r="J163" s="324"/>
       <c r="K163" s="70"/>
       <c r="L163" s="70"/>
       <c r="M163" s="70"/>
       <c r="N163" s="70"/>
       <c r="O163" s="70"/>
       <c r="P163" s="70"/>
       <c r="Q163" s="70"/>
       <c r="R163" s="70"/>
       <c r="S163" s="70"/>
       <c r="T163" s="70"/>
     </row>
     <row r="164" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="620" t="s">
-[...10 lines deleted...]
-      <c r="J164" s="622"/>
+      <c r="A164" s="316" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B164" s="317"/>
+      <c r="C164" s="317"/>
+      <c r="D164" s="317"/>
+      <c r="E164" s="317"/>
+      <c r="F164" s="317"/>
+      <c r="G164" s="317"/>
+      <c r="H164" s="317"/>
+      <c r="I164" s="317"/>
+      <c r="J164" s="318"/>
       <c r="K164" s="70"/>
       <c r="L164" s="70"/>
       <c r="M164" s="70"/>
       <c r="N164" s="70"/>
       <c r="O164" s="70"/>
       <c r="P164" s="70"/>
       <c r="Q164" s="70"/>
       <c r="R164" s="70"/>
       <c r="S164" s="70"/>
       <c r="T164" s="70"/>
     </row>
     <row r="165" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="623"/>
-[...8 lines deleted...]
-      <c r="J165" s="624"/>
+      <c r="A165" s="319"/>
+      <c r="B165" s="320"/>
+      <c r="C165" s="320"/>
+      <c r="D165" s="320"/>
+      <c r="E165" s="320"/>
+      <c r="F165" s="320"/>
+      <c r="G165" s="320"/>
+      <c r="H165" s="320"/>
+      <c r="I165" s="320"/>
+      <c r="J165" s="321"/>
       <c r="K165" s="70"/>
       <c r="L165" s="70"/>
       <c r="M165" s="70"/>
       <c r="N165" s="70"/>
       <c r="O165" s="70"/>
       <c r="P165" s="70"/>
       <c r="Q165" s="70"/>
       <c r="R165" s="70"/>
       <c r="S165" s="70"/>
       <c r="T165" s="70"/>
     </row>
     <row r="166" spans="1:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="625"/>
-[...8 lines deleted...]
-      <c r="J166" s="627"/>
+      <c r="A166" s="322"/>
+      <c r="B166" s="323"/>
+      <c r="C166" s="323"/>
+      <c r="D166" s="323"/>
+      <c r="E166" s="323"/>
+      <c r="F166" s="323"/>
+      <c r="G166" s="323"/>
+      <c r="H166" s="323"/>
+      <c r="I166" s="323"/>
+      <c r="J166" s="324"/>
       <c r="K166" s="70"/>
       <c r="L166" s="70"/>
       <c r="M166" s="70"/>
       <c r="N166" s="70"/>
       <c r="O166" s="70"/>
       <c r="P166" s="70"/>
       <c r="Q166" s="70"/>
       <c r="R166" s="70"/>
       <c r="S166" s="70"/>
       <c r="T166" s="70"/>
     </row>
     <row r="167" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A167" s="620" t="s">
-[...10 lines deleted...]
-      <c r="J167" s="622"/>
+      <c r="A167" s="316" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B167" s="317"/>
+      <c r="C167" s="317"/>
+      <c r="D167" s="317"/>
+      <c r="E167" s="317"/>
+      <c r="F167" s="317"/>
+      <c r="G167" s="317"/>
+      <c r="H167" s="317"/>
+      <c r="I167" s="317"/>
+      <c r="J167" s="318"/>
       <c r="K167" s="70"/>
       <c r="L167" s="70"/>
       <c r="M167" s="70"/>
       <c r="N167" s="70"/>
       <c r="O167" s="70"/>
       <c r="P167" s="70"/>
       <c r="Q167" s="70"/>
       <c r="R167" s="70"/>
       <c r="S167" s="70"/>
       <c r="T167" s="70"/>
     </row>
     <row r="168" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A168" s="623"/>
-[...8 lines deleted...]
-      <c r="J168" s="624"/>
+      <c r="A168" s="319"/>
+      <c r="B168" s="320"/>
+      <c r="C168" s="320"/>
+      <c r="D168" s="320"/>
+      <c r="E168" s="320"/>
+      <c r="F168" s="320"/>
+      <c r="G168" s="320"/>
+      <c r="H168" s="320"/>
+      <c r="I168" s="320"/>
+      <c r="J168" s="321"/>
       <c r="K168" s="70"/>
       <c r="L168" s="70"/>
       <c r="M168" s="70"/>
       <c r="N168" s="70"/>
       <c r="O168" s="70"/>
       <c r="P168" s="70"/>
       <c r="Q168" s="70"/>
       <c r="R168" s="70"/>
       <c r="S168" s="70"/>
       <c r="T168" s="70"/>
     </row>
     <row r="169" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A169" s="623"/>
-[...8 lines deleted...]
-      <c r="J169" s="624"/>
+      <c r="A169" s="319"/>
+      <c r="B169" s="320"/>
+      <c r="C169" s="320"/>
+      <c r="D169" s="320"/>
+      <c r="E169" s="320"/>
+      <c r="F169" s="320"/>
+      <c r="G169" s="320"/>
+      <c r="H169" s="320"/>
+      <c r="I169" s="320"/>
+      <c r="J169" s="321"/>
       <c r="K169" s="70"/>
       <c r="L169" s="70"/>
       <c r="M169" s="70"/>
       <c r="N169" s="70"/>
       <c r="O169" s="70"/>
       <c r="P169" s="70"/>
       <c r="Q169" s="70"/>
       <c r="R169" s="70"/>
       <c r="S169" s="70"/>
       <c r="T169" s="70"/>
     </row>
     <row r="170" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A170" s="625"/>
-[...8 lines deleted...]
-      <c r="J170" s="627"/>
+      <c r="A170" s="322"/>
+      <c r="B170" s="323"/>
+      <c r="C170" s="323"/>
+      <c r="D170" s="323"/>
+      <c r="E170" s="323"/>
+      <c r="F170" s="323"/>
+      <c r="G170" s="323"/>
+      <c r="H170" s="323"/>
+      <c r="I170" s="323"/>
+      <c r="J170" s="324"/>
       <c r="K170" s="70"/>
       <c r="L170" s="70"/>
       <c r="M170" s="70"/>
       <c r="N170" s="70"/>
       <c r="O170" s="70"/>
       <c r="P170" s="70"/>
       <c r="Q170" s="70"/>
       <c r="R170" s="70"/>
       <c r="S170" s="70"/>
       <c r="T170" s="70"/>
     </row>
     <row r="171" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A171" s="617" t="str">
+      <c r="A171" s="313" t="str">
         <f>IF(AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),"Sections above must be completed before this section!","")</f>
         <v>Sections above must be completed before this section!</v>
       </c>
-      <c r="B171" s="617"/>
-[...7 lines deleted...]
-      <c r="J171" s="617"/>
+      <c r="B171" s="313"/>
+      <c r="C171" s="313"/>
+      <c r="D171" s="313"/>
+      <c r="E171" s="313"/>
+      <c r="F171" s="313"/>
+      <c r="G171" s="313"/>
+      <c r="H171" s="313"/>
+      <c r="I171" s="313"/>
+      <c r="J171" s="313"/>
       <c r="K171" s="70"/>
       <c r="L171" s="70"/>
       <c r="M171" s="70"/>
       <c r="N171" s="70"/>
       <c r="O171" s="70"/>
       <c r="P171" s="70"/>
       <c r="Q171" s="70"/>
       <c r="R171" s="70"/>
       <c r="S171" s="70"/>
       <c r="T171" s="70"/>
     </row>
     <row r="172" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A172" s="618" t="s">
-[...8 lines deleted...]
-      <c r="H172" s="618"/>
+      <c r="A172" s="314" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B172" s="314"/>
+      <c r="C172" s="314"/>
+      <c r="D172" s="314"/>
+      <c r="E172" s="314"/>
+      <c r="F172" s="314"/>
+      <c r="G172" s="314"/>
+      <c r="H172" s="314"/>
       <c r="I172" s="303" t="s">
         <v>380</v>
       </c>
-      <c r="J172" s="619" t="str">
+      <c r="J172" s="315" t="str">
         <f>IF($I$172="","can't be blank","")</f>
         <v/>
       </c>
       <c r="K172" s="70"/>
       <c r="L172" s="70"/>
       <c r="M172" s="70"/>
       <c r="N172" s="70"/>
       <c r="O172" s="70"/>
       <c r="P172" s="70"/>
       <c r="Q172" s="70"/>
       <c r="R172" s="70"/>
       <c r="S172" s="70"/>
       <c r="T172" s="70"/>
     </row>
     <row r="173" spans="1:20" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A173" s="618"/>
-[...6 lines deleted...]
-      <c r="H173" s="618"/>
+      <c r="A173" s="314"/>
+      <c r="B173" s="314"/>
+      <c r="C173" s="314"/>
+      <c r="D173" s="314"/>
+      <c r="E173" s="314"/>
+      <c r="F173" s="314"/>
+      <c r="G173" s="314"/>
+      <c r="H173" s="314"/>
       <c r="I173" s="156"/>
-      <c r="J173" s="619"/>
+      <c r="J173" s="315"/>
       <c r="K173" s="70"/>
       <c r="L173" s="70"/>
       <c r="M173" s="70"/>
       <c r="N173" s="70"/>
       <c r="O173" s="70"/>
       <c r="P173" s="70"/>
       <c r="Q173" s="70"/>
       <c r="R173" s="70"/>
       <c r="S173" s="70"/>
       <c r="T173" s="70"/>
     </row>
     <row r="174" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A174" s="104" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="B174" s="42"/>
       <c r="C174" s="42"/>
       <c r="D174" s="42"/>
       <c r="E174" s="42"/>
-      <c r="F174" s="354"/>
-[...1 lines deleted...]
-      <c r="H174" s="356"/>
+      <c r="F174" s="330"/>
+      <c r="G174" s="331"/>
+      <c r="H174" s="332"/>
       <c r="I174" s="105" t="str">
         <f>IFERROR(IF($F$174&lt;&gt;"",TEXT($F$174,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J174" s="42"/>
       <c r="K174" s="70"/>
       <c r="L174" s="70"/>
       <c r="M174" s="70"/>
-      <c r="N174" s="605"/>
-[...4 lines deleted...]
-      <c r="S174" s="607"/>
+      <c r="N174" s="381"/>
+      <c r="O174" s="382"/>
+      <c r="P174" s="382"/>
+      <c r="Q174" s="382"/>
+      <c r="R174" s="382"/>
+      <c r="S174" s="383"/>
       <c r="T174" s="70"/>
     </row>
     <row r="175" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A175" s="104"/>
       <c r="B175" s="42"/>
       <c r="C175" s="42"/>
       <c r="D175" s="87"/>
-      <c r="E175" s="565" t="str">
+      <c r="E175" s="329" t="str">
         <f>IF(ISERROR(VLOOKUP($F$174,Dropdowns!$P$5:$R$28,3,FALSE)),"","Start date listed is "&amp;VLOOKUP($F$174,Dropdowns!$P$5:$R$28,3,FALSE))</f>
         <v/>
       </c>
-      <c r="F175" s="565"/>
-[...2 lines deleted...]
-      <c r="I175" s="565"/>
+      <c r="F175" s="329"/>
+      <c r="G175" s="329"/>
+      <c r="H175" s="329"/>
+      <c r="I175" s="329"/>
       <c r="J175" s="87"/>
       <c r="K175" s="70"/>
       <c r="L175" s="70"/>
       <c r="M175" s="70"/>
-      <c r="N175" s="608"/>
-[...4 lines deleted...]
-      <c r="S175" s="610"/>
+      <c r="N175" s="384"/>
+      <c r="O175" s="385"/>
+      <c r="P175" s="385"/>
+      <c r="Q175" s="385"/>
+      <c r="R175" s="385"/>
+      <c r="S175" s="386"/>
       <c r="T175" s="70"/>
     </row>
     <row r="176" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A176" s="566" t="str">
+      <c r="A176" s="450" t="str">
         <f ca="1">IFERROR(IF($F$174&lt;&gt;"",IF($F$174-TODAY()&lt;30,"This start date is not realistic",IF($F$174-TODAY()&lt;60,"CoS applications should normally be submitted three months before start date",IF($F$174-TODAY()&gt;120,"TOO EARLY! a new CoS can only be issued three months before the start date at the earliest",""))),""),"")</f>
         <v/>
       </c>
-      <c r="B176" s="566"/>
-[...7 lines deleted...]
-      <c r="J176" s="566"/>
+      <c r="B176" s="450"/>
+      <c r="C176" s="450"/>
+      <c r="D176" s="450"/>
+      <c r="E176" s="450"/>
+      <c r="F176" s="450"/>
+      <c r="G176" s="450"/>
+      <c r="H176" s="450"/>
+      <c r="I176" s="450"/>
+      <c r="J176" s="450"/>
       <c r="K176" s="70"/>
       <c r="L176" s="70"/>
       <c r="M176" s="70"/>
-      <c r="N176" s="608"/>
-[...4 lines deleted...]
-      <c r="S176" s="610"/>
+      <c r="N176" s="384"/>
+      <c r="O176" s="385"/>
+      <c r="P176" s="385"/>
+      <c r="Q176" s="385"/>
+      <c r="R176" s="385"/>
+      <c r="S176" s="386"/>
       <c r="T176" s="70"/>
     </row>
     <row r="177" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A177" s="104" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
       <c r="B177" s="42"/>
       <c r="C177" s="42"/>
       <c r="D177" s="42"/>
       <c r="E177" s="42"/>
-      <c r="F177" s="580"/>
-[...1 lines deleted...]
-      <c r="H177" s="582"/>
+      <c r="F177" s="391"/>
+      <c r="G177" s="392"/>
+      <c r="H177" s="393"/>
       <c r="I177" s="105" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",TEXT($F$177,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J177" s="106"/>
       <c r="K177" s="70"/>
       <c r="L177" s="70"/>
       <c r="M177" s="70"/>
-      <c r="N177" s="608"/>
-[...4 lines deleted...]
-      <c r="S177" s="610"/>
+      <c r="N177" s="384"/>
+      <c r="O177" s="385"/>
+      <c r="P177" s="385"/>
+      <c r="Q177" s="385"/>
+      <c r="R177" s="385"/>
+      <c r="S177" s="386"/>
       <c r="T177" s="70"/>
     </row>
     <row r="178" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A178" s="42"/>
       <c r="B178" s="42"/>
       <c r="C178" s="42"/>
       <c r="D178" s="42"/>
       <c r="E178" s="42"/>
       <c r="F178" s="42"/>
       <c r="G178" s="42"/>
       <c r="H178" s="42"/>
       <c r="I178" s="42"/>
       <c r="J178" s="107"/>
       <c r="K178" s="70"/>
       <c r="L178" s="70"/>
       <c r="M178" s="70"/>
-      <c r="N178" s="608"/>
-[...4 lines deleted...]
-      <c r="S178" s="610"/>
+      <c r="N178" s="384"/>
+      <c r="O178" s="385"/>
+      <c r="P178" s="385"/>
+      <c r="Q178" s="385"/>
+      <c r="R178" s="385"/>
+      <c r="S178" s="386"/>
       <c r="T178" s="70"/>
     </row>
     <row r="179" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A179" s="42"/>
       <c r="B179" s="108"/>
       <c r="C179" s="109" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="D179" s="110">
         <f>IFERROR(IF(OR($F$174="",$F$177=""),0,DATEDIF($F$174,$F$177+1,"Y")),0)</f>
         <v>0</v>
       </c>
       <c r="E179" s="108" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="F179" s="110">
         <f>IFERROR(IF(OR($F$174="",$F$177=""),0,DATEDIF($F$174,$F$177+1,"YM")),0)</f>
         <v>0</v>
       </c>
       <c r="G179" s="108" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="H179" s="110">
         <f>IFERROR(IF(OR($F$174="",$F$177=""),0,DATEDIF($F$174,$F$177+1,"MD")),0)</f>
         <v>0</v>
       </c>
       <c r="I179" s="108" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J179" s="42"/>
       <c r="K179" s="70"/>
       <c r="L179" s="70"/>
       <c r="M179" s="70"/>
-      <c r="N179" s="608"/>
-[...4 lines deleted...]
-      <c r="S179" s="610"/>
+      <c r="N179" s="384"/>
+      <c r="O179" s="385"/>
+      <c r="P179" s="385"/>
+      <c r="Q179" s="385"/>
+      <c r="R179" s="385"/>
+      <c r="S179" s="386"/>
       <c r="T179" s="70"/>
     </row>
     <row r="180" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A180" s="42"/>
       <c r="B180" s="42"/>
       <c r="C180" s="42"/>
       <c r="D180" s="42"/>
       <c r="E180" s="42"/>
       <c r="F180" s="111" t="str">
         <f>IF(AND($F$174&lt;&gt;"",$F$177&lt;&gt;"",ISERROR(DATEDIF($F$174,$F$177,"Y"))),"Error in CoS dates!","")</f>
         <v/>
       </c>
       <c r="G180" s="42"/>
       <c r="H180" s="42"/>
       <c r="I180" s="42"/>
       <c r="J180" s="42"/>
       <c r="K180" s="70"/>
       <c r="L180" s="70"/>
       <c r="M180" s="70"/>
-      <c r="N180" s="608"/>
-[...4 lines deleted...]
-      <c r="S180" s="610"/>
+      <c r="N180" s="384"/>
+      <c r="O180" s="385"/>
+      <c r="P180" s="385"/>
+      <c r="Q180" s="385"/>
+      <c r="R180" s="385"/>
+      <c r="S180" s="386"/>
       <c r="T180" s="70"/>
     </row>
     <row r="181" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A181" s="42"/>
       <c r="B181" s="42"/>
       <c r="C181" s="301" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="D181" s="302">
         <f>IFERROR(IF(OR($F$174="",$F$177="",$J$172&lt;&gt;""),0,DATEDIF($F$174-IF(CHECKING!$B$5=TRUE,($I$172*7),0),$F$177+1+14,"Y")),0)</f>
         <v>0</v>
       </c>
       <c r="E181" s="42" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="F181" s="304">
         <f>IFERROR(IF(OR($F$174="",$F$177="",$J$172&lt;&gt;""),0,DATEDIF($F$174-IF(CHECKING!$B$5=TRUE,($I$172*7),0),$F$177+1+14,"YM")),0)</f>
         <v>0</v>
       </c>
       <c r="G181" s="42" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="H181" s="302">
         <f>IFERROR(IF(OR($F$174="",$F$177="",$J$172&lt;&gt;""),0,DATEDIF($F$174-IF(CHECKING!$B$5=TRUE,($I$172*7),0),$F$177+1+14,"MD")),0)</f>
         <v>0</v>
       </c>
       <c r="I181" s="42" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J181" s="42"/>
       <c r="K181" s="70"/>
       <c r="L181" s="70"/>
       <c r="M181" s="70"/>
-      <c r="N181" s="608"/>
-[...4 lines deleted...]
-      <c r="S181" s="610"/>
+      <c r="N181" s="384"/>
+      <c r="O181" s="385"/>
+      <c r="P181" s="385"/>
+      <c r="Q181" s="385"/>
+      <c r="R181" s="385"/>
+      <c r="S181" s="386"/>
       <c r="T181" s="70"/>
     </row>
     <row r="182" spans="1:20" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A182" s="42"/>
       <c r="B182" s="42"/>
       <c r="C182" s="42"/>
       <c r="D182" s="42"/>
       <c r="E182" s="42"/>
       <c r="F182" s="111"/>
       <c r="G182" s="42"/>
       <c r="H182" s="42"/>
       <c r="I182" s="42"/>
       <c r="J182" s="42"/>
       <c r="K182" s="70"/>
       <c r="L182" s="70"/>
       <c r="M182" s="70"/>
-      <c r="N182" s="608"/>
-[...4 lines deleted...]
-      <c r="S182" s="610"/>
+      <c r="N182" s="384"/>
+      <c r="O182" s="385"/>
+      <c r="P182" s="385"/>
+      <c r="Q182" s="385"/>
+      <c r="R182" s="385"/>
+      <c r="S182" s="386"/>
       <c r="T182" s="70"/>
     </row>
     <row r="183" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A183" s="114" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(AND(CHECKING!$B$5=TRUE,OR(AND($D$181=0,$F$181=0,$H$181&gt;0),AND($D$181=0,$F$181&gt;0,$F$181&lt;6),AND($D$181=0,$F$181=6,$H$181=0))),"No NHS Surcharge for overseas application for part-year &lt; 6 months",""),""),"")</f>
         <v/>
       </c>
       <c r="B183" s="112"/>
       <c r="C183" s="112"/>
       <c r="D183" s="112"/>
       <c r="E183" s="112"/>
       <c r="F183" s="113" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(AND($D$179=0,$F$179&lt;=3),"It is not normally practical to issue a CoS for a visa of 3 months or less",""),""),"")</f>
         <v/>
       </c>
       <c r="G183" s="113"/>
       <c r="H183" s="113"/>
       <c r="I183" s="113"/>
       <c r="J183" s="113"/>
       <c r="K183" s="70"/>
       <c r="L183" s="70"/>
       <c r="M183" s="70"/>
-      <c r="N183" s="608"/>
-[...4 lines deleted...]
-      <c r="S183" s="610"/>
+      <c r="N183" s="384"/>
+      <c r="O183" s="385"/>
+      <c r="P183" s="385"/>
+      <c r="Q183" s="385"/>
+      <c r="R183" s="385"/>
+      <c r="S183" s="386"/>
       <c r="T183" s="70"/>
     </row>
     <row r="184" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A184" s="114" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(AND(CHECKING!$B$6=TRUE,OR(AND($F$181=0,$H$181&gt;0),AND($F$181&gt;0,$F$181&lt;6),AND($F$181=6,$H$181=0))),"NHS Surcharge for part-year &lt; 6 months = £" &amp; Dropdowns!$X$8/2,""),""),"")</f>
         <v/>
       </c>
       <c r="B184" s="113"/>
       <c r="C184" s="113"/>
       <c r="D184" s="113"/>
       <c r="E184" s="112"/>
       <c r="F184" s="134" t="str">
         <f>IFERROR(IF(OR($D$179&gt;2,AND($D$179=2,OR($F$179&lt;&gt;0,$H$179&lt;&gt;0))),"Tier 5 CoS can only be issued for a maximum period of 2 years",""),"")</f>
         <v/>
       </c>
       <c r="G184" s="115"/>
       <c r="H184" s="115"/>
       <c r="I184" s="115"/>
       <c r="J184" s="112"/>
       <c r="K184" s="70"/>
       <c r="L184" s="70"/>
       <c r="M184" s="70"/>
-      <c r="N184" s="608"/>
-[...4 lines deleted...]
-      <c r="S184" s="610"/>
+      <c r="N184" s="384"/>
+      <c r="O184" s="385"/>
+      <c r="P184" s="385"/>
+      <c r="Q184" s="385"/>
+      <c r="R184" s="385"/>
+      <c r="S184" s="386"/>
       <c r="T184" s="70"/>
     </row>
     <row r="185" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A185" s="114" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(OR(AND($F$181=6,$H$181&gt;0),AND($F$181&gt;6,$F$181&lt;12)),"NHS Surcharge for part-year &gt; 6 months = £" &amp; Dropdowns!$X$8,""),""),"")</f>
         <v/>
       </c>
       <c r="B185" s="116"/>
       <c r="C185" s="116"/>
       <c r="D185" s="116"/>
       <c r="E185" s="116"/>
       <c r="F185" s="117"/>
       <c r="G185" s="115"/>
       <c r="H185" s="115"/>
       <c r="I185" s="115"/>
       <c r="J185" s="116"/>
       <c r="K185" s="70"/>
       <c r="L185" s="70"/>
       <c r="M185" s="70"/>
-      <c r="N185" s="611"/>
-[...4 lines deleted...]
-      <c r="S185" s="613"/>
+      <c r="N185" s="387"/>
+      <c r="O185" s="388"/>
+      <c r="P185" s="388"/>
+      <c r="Q185" s="388"/>
+      <c r="R185" s="388"/>
+      <c r="S185" s="389"/>
       <c r="T185" s="70"/>
     </row>
     <row r="186" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A186" s="325" t="s">
-[...10 lines deleted...]
-      <c r="J186" s="325"/>
+      <c r="A186" s="622" t="s">
+        <v>780</v>
+      </c>
+      <c r="B186" s="622"/>
+      <c r="C186" s="622"/>
+      <c r="D186" s="622"/>
+      <c r="E186" s="622"/>
+      <c r="F186" s="622"/>
+      <c r="G186" s="622"/>
+      <c r="H186" s="622"/>
+      <c r="I186" s="622"/>
+      <c r="J186" s="622"/>
       <c r="K186" s="70"/>
       <c r="L186" s="70"/>
       <c r="M186" s="70"/>
       <c r="N186" s="118"/>
       <c r="O186" s="118"/>
       <c r="P186" s="118"/>
       <c r="Q186" s="118"/>
       <c r="R186" s="118"/>
       <c r="S186" s="118"/>
       <c r="T186" s="70"/>
     </row>
     <row r="187" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A187" s="325"/>
-[...8 lines deleted...]
-      <c r="J187" s="325"/>
+      <c r="A187" s="622"/>
+      <c r="B187" s="622"/>
+      <c r="C187" s="622"/>
+      <c r="D187" s="622"/>
+      <c r="E187" s="622"/>
+      <c r="F187" s="622"/>
+      <c r="G187" s="622"/>
+      <c r="H187" s="622"/>
+      <c r="I187" s="622"/>
+      <c r="J187" s="622"/>
       <c r="K187" s="70"/>
       <c r="L187" s="70"/>
       <c r="M187" s="70"/>
       <c r="N187" s="70"/>
       <c r="O187" s="70"/>
       <c r="P187" s="70"/>
       <c r="Q187" s="70"/>
       <c r="R187" s="70"/>
       <c r="S187" s="70"/>
       <c r="T187" s="70"/>
     </row>
     <row r="188" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A188" s="616" t="str">
+      <c r="A188" s="312" t="str">
         <f>IF(OR(AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),AND(CHECKING!$B$5=TRUE,OR($I$172="- select -",$I$172="")),$F$174="",$F$177=""),"Fields above must be completed before estimated NHS Surcharge can be calculated!","")</f>
         <v>Fields above must be completed before estimated NHS Surcharge can be calculated!</v>
       </c>
-      <c r="B188" s="616"/>
-[...7 lines deleted...]
-      <c r="J188" s="616"/>
+      <c r="B188" s="312"/>
+      <c r="C188" s="312"/>
+      <c r="D188" s="312"/>
+      <c r="E188" s="312"/>
+      <c r="F188" s="312"/>
+      <c r="G188" s="312"/>
+      <c r="H188" s="312"/>
+      <c r="I188" s="312"/>
+      <c r="J188" s="312"/>
       <c r="K188" s="70"/>
       <c r="L188" s="70"/>
       <c r="M188" s="70"/>
       <c r="N188" s="70"/>
       <c r="O188" s="70"/>
       <c r="P188" s="70"/>
       <c r="Q188" s="70"/>
       <c r="R188" s="70"/>
       <c r="S188" s="70"/>
       <c r="T188" s="70"/>
     </row>
     <row r="189" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A189" s="119"/>
       <c r="B189" s="120"/>
       <c r="C189" s="253" t="s">
-        <v>1038</v>
+        <v>1033</v>
       </c>
       <c r="D189" s="121" t="str">
         <f>IF(OR($F$177="",AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),AND(CHECKING!$B$5=TRUE,OR($I$172="- select -",$I$172=""))),"",(Dropdowns!$X$8*$D$181)+(IF(OR(AND($F$181=0,$H$181&gt;0),AND($F$181&gt;0,$F$181&lt;6),AND($F$181=6,$H$181=0)),(Dropdowns!$X$8/2),IF(OR(AND($F$181=6,$H$181&gt;0),AND($F$181&gt;6,$F$181&lt;12)),Dropdowns!$X$8,0))))</f>
         <v/>
       </c>
       <c r="E189" s="122" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="F189" s="42"/>
       <c r="G189" s="120"/>
       <c r="H189" s="120"/>
       <c r="I189" s="120"/>
       <c r="J189" s="120"/>
       <c r="K189" s="70"/>
       <c r="L189" s="70"/>
       <c r="M189" s="70"/>
       <c r="N189" s="70"/>
       <c r="O189" s="70"/>
       <c r="P189" s="70"/>
       <c r="Q189" s="70"/>
       <c r="R189" s="70"/>
       <c r="S189" s="70"/>
       <c r="T189" s="70"/>
     </row>
     <row r="190" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A190" s="123"/>
       <c r="B190" s="123"/>
       <c r="C190" s="123"/>
       <c r="D190" s="121" t="str">
         <f>IF(OR($F$177="",AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),AND(CHECKING!$B$5=TRUE,OR($I$172="- select -",$I$172=""))),"",(Dropdowns!$X$9*$D$181)+(IF(OR(AND($F$181=0,$H$181&gt;0),AND($F$181&gt;0,$F$181&lt;6),AND($F$181=6,$H$181=0)),(Dropdowns!$X$9/2),IF(OR(AND($F$181=6,$H$181&gt;0),AND($F$181&gt;6,$F$181&lt;12)),Dropdowns!$X$9,0))))</f>
         <v/>
       </c>
       <c r="E190" s="122" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="F190" s="123"/>
       <c r="G190" s="123"/>
       <c r="H190" s="123"/>
       <c r="I190" s="123"/>
       <c r="J190" s="123"/>
       <c r="K190" s="70"/>
       <c r="L190" s="70"/>
       <c r="M190" s="70"/>
       <c r="N190" s="124"/>
       <c r="O190" s="124"/>
       <c r="P190" s="124"/>
       <c r="Q190" s="124"/>
       <c r="R190" s="124"/>
       <c r="S190" s="124"/>
       <c r="T190" s="70"/>
     </row>
     <row r="191" spans="1:20" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="577"/>
-[...8 lines deleted...]
-      <c r="J191" s="577"/>
+      <c r="A191" s="432"/>
+      <c r="B191" s="432"/>
+      <c r="C191" s="432"/>
+      <c r="D191" s="432"/>
+      <c r="E191" s="432"/>
+      <c r="F191" s="432"/>
+      <c r="G191" s="432"/>
+      <c r="H191" s="432"/>
+      <c r="I191" s="432"/>
+      <c r="J191" s="432"/>
       <c r="K191" s="70"/>
       <c r="L191" s="70"/>
       <c r="M191" s="70"/>
       <c r="N191" s="124"/>
       <c r="O191" s="124"/>
       <c r="P191" s="124"/>
       <c r="Q191" s="124"/>
       <c r="R191" s="124"/>
       <c r="S191" s="124"/>
       <c r="T191" s="70"/>
     </row>
     <row r="192" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="602" t="str">
+      <c r="A192" s="355" t="str">
         <f>"I confirm that this applicant has been made aware they and their dependants will have to pay the ‘NHS Surcharge’.  As this is a significant (£" &amp; Dropdowns!$X$8 &amp; " per year for the main applicant and their partner and £" &amp; Dropdowns!$X$9 &amp; " per year for each dependant child (under 18)) addition to the visa fee, based on visa length, it may affect the length of visa they wish to apply for. " &amp; "Tier 5 and Dependant fees should not be reimbursed."</f>
         <v>I confirm that this applicant has been made aware they and their dependants will have to pay the ‘NHS Surcharge’.  As this is a significant (£1035 per year for the main applicant and their partner and £776 per year for each dependant child (under 18)) addition to the visa fee, based on visa length, it may affect the length of visa they wish to apply for. Tier 5 and Dependant fees should not be reimbursed.</v>
       </c>
-      <c r="B192" s="602"/>
-[...6 lines deleted...]
-      <c r="I192" s="602"/>
+      <c r="B192" s="355"/>
+      <c r="C192" s="355"/>
+      <c r="D192" s="355"/>
+      <c r="E192" s="355"/>
+      <c r="F192" s="355"/>
+      <c r="G192" s="355"/>
+      <c r="H192" s="355"/>
+      <c r="I192" s="355"/>
       <c r="J192" s="125"/>
       <c r="K192" s="70"/>
       <c r="L192" s="70"/>
       <c r="M192" s="70"/>
-      <c r="N192" s="345"/>
-[...4 lines deleted...]
-      <c r="S192" s="347"/>
+      <c r="N192" s="365"/>
+      <c r="O192" s="366"/>
+      <c r="P192" s="366"/>
+      <c r="Q192" s="366"/>
+      <c r="R192" s="366"/>
+      <c r="S192" s="367"/>
       <c r="T192" s="70"/>
     </row>
     <row r="193" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A193" s="602"/>
-[...8 lines deleted...]
-      <c r="J193" s="603">
+      <c r="A193" s="355"/>
+      <c r="B193" s="355"/>
+      <c r="C193" s="355"/>
+      <c r="D193" s="355"/>
+      <c r="E193" s="355"/>
+      <c r="F193" s="355"/>
+      <c r="G193" s="355"/>
+      <c r="H193" s="355"/>
+      <c r="I193" s="355"/>
+      <c r="J193" s="371">
         <f>IF(CHECKING!$D$89=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K193" s="70"/>
       <c r="L193" s="70"/>
       <c r="M193" s="70"/>
-      <c r="N193" s="351"/>
-[...4 lines deleted...]
-      <c r="S193" s="353"/>
+      <c r="N193" s="368"/>
+      <c r="O193" s="369"/>
+      <c r="P193" s="369"/>
+      <c r="Q193" s="369"/>
+      <c r="R193" s="369"/>
+      <c r="S193" s="370"/>
       <c r="T193" s="70"/>
     </row>
     <row r="194" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A194" s="602"/>
-[...8 lines deleted...]
-      <c r="J194" s="603"/>
+      <c r="A194" s="355"/>
+      <c r="B194" s="355"/>
+      <c r="C194" s="355"/>
+      <c r="D194" s="355"/>
+      <c r="E194" s="355"/>
+      <c r="F194" s="355"/>
+      <c r="G194" s="355"/>
+      <c r="H194" s="355"/>
+      <c r="I194" s="355"/>
+      <c r="J194" s="371"/>
       <c r="K194" s="70"/>
       <c r="L194" s="70"/>
       <c r="M194" s="70"/>
       <c r="N194" s="70"/>
       <c r="O194" s="70"/>
       <c r="P194" s="70"/>
       <c r="Q194" s="70"/>
       <c r="R194" s="70"/>
       <c r="S194" s="70"/>
       <c r="T194" s="70"/>
     </row>
     <row r="195" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A195" s="602"/>
-[...7 lines deleted...]
-      <c r="I195" s="602"/>
+      <c r="A195" s="355"/>
+      <c r="B195" s="355"/>
+      <c r="C195" s="355"/>
+      <c r="D195" s="355"/>
+      <c r="E195" s="355"/>
+      <c r="F195" s="355"/>
+      <c r="G195" s="355"/>
+      <c r="H195" s="355"/>
+      <c r="I195" s="355"/>
       <c r="J195" s="210"/>
       <c r="K195" s="37"/>
       <c r="L195" s="37"/>
       <c r="M195" s="37"/>
       <c r="N195" s="37"/>
       <c r="O195" s="37"/>
       <c r="P195" s="37"/>
       <c r="Q195" s="37"/>
       <c r="R195" s="37"/>
       <c r="S195" s="37"/>
       <c r="T195" s="37"/>
     </row>
     <row r="196" spans="1:20" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A196" s="298"/>
       <c r="B196" s="299"/>
       <c r="C196" s="299"/>
       <c r="D196" s="299"/>
       <c r="E196" s="299"/>
       <c r="F196" s="299"/>
       <c r="G196" s="299"/>
       <c r="H196" s="299"/>
       <c r="I196" s="299"/>
       <c r="J196" s="300"/>
       <c r="K196" s="37"/>
       <c r="L196" s="37"/>
       <c r="M196" s="37"/>
       <c r="N196" s="37"/>
       <c r="O196" s="37"/>
       <c r="P196" s="37"/>
       <c r="Q196" s="37"/>
       <c r="R196" s="37"/>
       <c r="S196" s="37"/>
       <c r="T196" s="37"/>
     </row>
     <row r="197" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A197" s="574" t="s">
-[...10 lines deleted...]
-      <c r="J197" s="629" t="s">
+      <c r="A197" s="372" t="s">
+        <v>774</v>
+      </c>
+      <c r="B197" s="372"/>
+      <c r="C197" s="372"/>
+      <c r="D197" s="372"/>
+      <c r="E197" s="372"/>
+      <c r="F197" s="372"/>
+      <c r="G197" s="372"/>
+      <c r="H197" s="372"/>
+      <c r="I197" s="372"/>
+      <c r="J197" s="335" t="s">
         <v>385</v>
       </c>
       <c r="K197" s="70"/>
       <c r="L197" s="70"/>
       <c r="M197" s="70"/>
-      <c r="N197" s="345"/>
-[...4 lines deleted...]
-      <c r="S197" s="347"/>
+      <c r="N197" s="365"/>
+      <c r="O197" s="366"/>
+      <c r="P197" s="366"/>
+      <c r="Q197" s="366"/>
+      <c r="R197" s="366"/>
+      <c r="S197" s="367"/>
       <c r="T197" s="70"/>
     </row>
     <row r="198" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="436" t="s">
-[...10 lines deleted...]
-      <c r="J198" s="630"/>
+      <c r="A198" s="333" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B198" s="333"/>
+      <c r="C198" s="333"/>
+      <c r="D198" s="333"/>
+      <c r="E198" s="333"/>
+      <c r="F198" s="333"/>
+      <c r="G198" s="333"/>
+      <c r="H198" s="333"/>
+      <c r="I198" s="334"/>
+      <c r="J198" s="336"/>
       <c r="K198" s="70"/>
       <c r="L198" s="70"/>
       <c r="M198" s="70"/>
-      <c r="N198" s="348"/>
-[...4 lines deleted...]
-      <c r="S198" s="350"/>
+      <c r="N198" s="373"/>
+      <c r="O198" s="374"/>
+      <c r="P198" s="374"/>
+      <c r="Q198" s="374"/>
+      <c r="R198" s="374"/>
+      <c r="S198" s="375"/>
       <c r="T198" s="70"/>
     </row>
     <row r="199" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A199" s="436"/>
-[...8 lines deleted...]
-      <c r="J199" s="631"/>
+      <c r="A199" s="333"/>
+      <c r="B199" s="333"/>
+      <c r="C199" s="333"/>
+      <c r="D199" s="333"/>
+      <c r="E199" s="333"/>
+      <c r="F199" s="333"/>
+      <c r="G199" s="333"/>
+      <c r="H199" s="333"/>
+      <c r="I199" s="334"/>
+      <c r="J199" s="337"/>
       <c r="K199" s="70"/>
       <c r="L199" s="70"/>
       <c r="M199" s="70"/>
-      <c r="N199" s="351"/>
-[...4 lines deleted...]
-      <c r="S199" s="353"/>
+      <c r="N199" s="368"/>
+      <c r="O199" s="369"/>
+      <c r="P199" s="369"/>
+      <c r="Q199" s="369"/>
+      <c r="R199" s="369"/>
+      <c r="S199" s="370"/>
       <c r="T199" s="70"/>
     </row>
     <row r="200" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A200" s="295"/>
       <c r="B200" s="295"/>
       <c r="C200" s="295"/>
       <c r="D200" s="295"/>
       <c r="E200" s="295"/>
       <c r="F200" s="295"/>
       <c r="G200" s="295"/>
       <c r="H200" s="295"/>
       <c r="I200" s="295"/>
       <c r="J200" s="296"/>
       <c r="K200" s="70"/>
       <c r="L200" s="70"/>
       <c r="M200" s="70"/>
       <c r="N200" s="70"/>
       <c r="O200" s="70"/>
       <c r="P200" s="70"/>
       <c r="Q200" s="70"/>
       <c r="R200" s="70"/>
       <c r="S200" s="70"/>
       <c r="T200" s="70"/>
     </row>
     <row r="201" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="104" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="B201" s="42"/>
       <c r="C201" s="42"/>
       <c r="D201" s="138"/>
       <c r="E201" s="139" t="str">
         <f>IF($D$201&lt;&gt;"",IF($D$201&lt;&gt;37.5,"standard University full-time hours are 37.5 per week",""),"")</f>
         <v/>
       </c>
       <c r="F201" s="42"/>
       <c r="G201" s="42"/>
       <c r="H201" s="42"/>
       <c r="I201" s="42"/>
       <c r="J201" s="42"/>
       <c r="K201" s="70"/>
       <c r="L201" s="70"/>
       <c r="M201" s="70"/>
-      <c r="N201" s="345"/>
-[...4 lines deleted...]
-      <c r="S201" s="347"/>
+      <c r="N201" s="365"/>
+      <c r="O201" s="366"/>
+      <c r="P201" s="366"/>
+      <c r="Q201" s="366"/>
+      <c r="R201" s="366"/>
+      <c r="S201" s="367"/>
       <c r="T201" s="37"/>
     </row>
     <row r="202" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A202" s="42"/>
       <c r="B202" s="42"/>
       <c r="C202" s="42"/>
       <c r="D202" s="42"/>
       <c r="E202" s="42"/>
       <c r="F202" s="42"/>
       <c r="G202" s="42"/>
       <c r="H202" s="42"/>
       <c r="I202" s="42"/>
       <c r="J202" s="42"/>
       <c r="K202" s="70"/>
       <c r="L202" s="70"/>
       <c r="M202" s="70"/>
-      <c r="N202" s="348"/>
-[...4 lines deleted...]
-      <c r="S202" s="350"/>
+      <c r="N202" s="373"/>
+      <c r="O202" s="374"/>
+      <c r="P202" s="374"/>
+      <c r="Q202" s="374"/>
+      <c r="R202" s="374"/>
+      <c r="S202" s="375"/>
       <c r="T202" s="37"/>
     </row>
     <row r="203" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A203" s="604" t="s">
-[...10 lines deleted...]
-      <c r="J203" s="604"/>
+      <c r="A203" s="380" t="s">
+        <v>783</v>
+      </c>
+      <c r="B203" s="380"/>
+      <c r="C203" s="380"/>
+      <c r="D203" s="380"/>
+      <c r="E203" s="380"/>
+      <c r="F203" s="380"/>
+      <c r="G203" s="380"/>
+      <c r="H203" s="380"/>
+      <c r="I203" s="380"/>
+      <c r="J203" s="380"/>
       <c r="K203" s="37"/>
       <c r="L203" s="37"/>
       <c r="M203" s="37"/>
-      <c r="N203" s="348"/>
-[...4 lines deleted...]
-      <c r="S203" s="350"/>
+      <c r="N203" s="373"/>
+      <c r="O203" s="374"/>
+      <c r="P203" s="374"/>
+      <c r="Q203" s="374"/>
+      <c r="R203" s="374"/>
+      <c r="S203" s="375"/>
       <c r="T203" s="37"/>
     </row>
     <row r="204" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A204" s="604"/>
-[...8 lines deleted...]
-      <c r="J204" s="604"/>
+      <c r="A204" s="380"/>
+      <c r="B204" s="380"/>
+      <c r="C204" s="380"/>
+      <c r="D204" s="380"/>
+      <c r="E204" s="380"/>
+      <c r="F204" s="380"/>
+      <c r="G204" s="380"/>
+      <c r="H204" s="380"/>
+      <c r="I204" s="380"/>
+      <c r="J204" s="380"/>
       <c r="K204" s="37"/>
       <c r="L204" s="37"/>
       <c r="M204" s="37"/>
-      <c r="N204" s="348"/>
-[...4 lines deleted...]
-      <c r="S204" s="350"/>
+      <c r="N204" s="373"/>
+      <c r="O204" s="374"/>
+      <c r="P204" s="374"/>
+      <c r="Q204" s="374"/>
+      <c r="R204" s="374"/>
+      <c r="S204" s="375"/>
       <c r="T204" s="37"/>
     </row>
     <row r="205" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A205" s="604"/>
-[...8 lines deleted...]
-      <c r="J205" s="604"/>
+      <c r="A205" s="380"/>
+      <c r="B205" s="380"/>
+      <c r="C205" s="380"/>
+      <c r="D205" s="380"/>
+      <c r="E205" s="380"/>
+      <c r="F205" s="380"/>
+      <c r="G205" s="380"/>
+      <c r="H205" s="380"/>
+      <c r="I205" s="380"/>
+      <c r="J205" s="380"/>
       <c r="K205" s="37"/>
       <c r="L205" s="37"/>
       <c r="M205" s="37"/>
-      <c r="N205" s="351"/>
-[...4 lines deleted...]
-      <c r="S205" s="353"/>
+      <c r="N205" s="368"/>
+      <c r="O205" s="369"/>
+      <c r="P205" s="369"/>
+      <c r="Q205" s="369"/>
+      <c r="R205" s="369"/>
+      <c r="S205" s="370"/>
       <c r="T205" s="37"/>
     </row>
     <row r="206" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A206" s="604"/>
-[...8 lines deleted...]
-      <c r="J206" s="604"/>
+      <c r="A206" s="380"/>
+      <c r="B206" s="380"/>
+      <c r="C206" s="380"/>
+      <c r="D206" s="380"/>
+      <c r="E206" s="380"/>
+      <c r="F206" s="380"/>
+      <c r="G206" s="380"/>
+      <c r="H206" s="380"/>
+      <c r="I206" s="380"/>
+      <c r="J206" s="380"/>
       <c r="K206" s="37"/>
       <c r="L206" s="37"/>
       <c r="M206" s="37"/>
       <c r="N206" s="37"/>
       <c r="O206" s="37"/>
       <c r="P206" s="37"/>
       <c r="Q206" s="37"/>
       <c r="R206" s="37"/>
       <c r="S206" s="37"/>
       <c r="T206" s="37"/>
     </row>
     <row r="207" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A207" s="64"/>
       <c r="B207" s="64"/>
       <c r="C207" s="64"/>
       <c r="D207" s="64"/>
       <c r="E207" s="64"/>
-      <c r="F207" s="535" t="s">
-[...5 lines deleted...]
-      <c r="J207" s="535"/>
+      <c r="F207" s="376" t="s">
+        <v>784</v>
+      </c>
+      <c r="G207" s="376"/>
+      <c r="H207" s="376"/>
+      <c r="I207" s="376"/>
+      <c r="J207" s="376"/>
       <c r="K207" s="49"/>
       <c r="L207" s="49"/>
       <c r="M207" s="49"/>
       <c r="N207" s="49"/>
       <c r="O207" s="49"/>
       <c r="P207" s="49"/>
       <c r="Q207" s="49"/>
       <c r="R207" s="49"/>
       <c r="S207" s="49"/>
       <c r="T207" s="49"/>
     </row>
     <row r="208" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A208" s="53"/>
       <c r="B208" s="53"/>
       <c r="C208" s="53"/>
       <c r="D208" s="53"/>
       <c r="E208" s="53"/>
       <c r="F208" s="53"/>
       <c r="G208" s="53"/>
       <c r="H208" s="53"/>
       <c r="I208" s="53"/>
       <c r="J208" s="53"/>
       <c r="K208" s="37"/>
       <c r="L208" s="37"/>
       <c r="M208" s="37"/>
       <c r="N208" s="37"/>
       <c r="O208" s="37"/>
       <c r="P208" s="37"/>
       <c r="Q208" s="37"/>
       <c r="R208" s="37"/>
       <c r="S208" s="37"/>
       <c r="T208" s="37"/>
     </row>
     <row r="209" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A209" s="71" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="B209" s="42"/>
       <c r="C209" s="42"/>
       <c r="D209" s="42"/>
-      <c r="E209" s="322" t="s">
-[...6 lines deleted...]
-      <c r="J209" s="324"/>
+      <c r="E209" s="377" t="s">
+        <v>791</v>
+      </c>
+      <c r="F209" s="378"/>
+      <c r="G209" s="378"/>
+      <c r="H209" s="378"/>
+      <c r="I209" s="378"/>
+      <c r="J209" s="379"/>
       <c r="K209" s="70"/>
       <c r="L209" s="70"/>
       <c r="M209" s="70"/>
-      <c r="N209" s="345"/>
-[...4 lines deleted...]
-      <c r="S209" s="347"/>
+      <c r="N209" s="365"/>
+      <c r="O209" s="366"/>
+      <c r="P209" s="366"/>
+      <c r="Q209" s="366"/>
+      <c r="R209" s="366"/>
+      <c r="S209" s="367"/>
       <c r="T209" s="70"/>
     </row>
     <row r="210" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A210" s="85"/>
       <c r="B210" s="85"/>
       <c r="C210" s="85"/>
       <c r="D210" s="86"/>
-      <c r="E210" s="499"/>
-[...4 lines deleted...]
-      <c r="J210" s="501"/>
+      <c r="E210" s="356"/>
+      <c r="F210" s="357"/>
+      <c r="G210" s="357"/>
+      <c r="H210" s="357"/>
+      <c r="I210" s="357"/>
+      <c r="J210" s="358"/>
       <c r="K210" s="70"/>
       <c r="L210" s="70"/>
       <c r="M210" s="70"/>
-      <c r="N210" s="348"/>
-[...4 lines deleted...]
-      <c r="S210" s="350"/>
+      <c r="N210" s="373"/>
+      <c r="O210" s="374"/>
+      <c r="P210" s="374"/>
+      <c r="Q210" s="374"/>
+      <c r="R210" s="374"/>
+      <c r="S210" s="375"/>
       <c r="T210" s="70"/>
     </row>
     <row r="211" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A211" s="85"/>
       <c r="B211" s="85"/>
       <c r="C211" s="85"/>
       <c r="D211" s="86"/>
-      <c r="E211" s="499"/>
-[...4 lines deleted...]
-      <c r="J211" s="501"/>
+      <c r="E211" s="356"/>
+      <c r="F211" s="357"/>
+      <c r="G211" s="357"/>
+      <c r="H211" s="357"/>
+      <c r="I211" s="357"/>
+      <c r="J211" s="358"/>
       <c r="K211" s="70"/>
       <c r="L211" s="70"/>
       <c r="M211" s="70"/>
-      <c r="N211" s="348"/>
-[...4 lines deleted...]
-      <c r="S211" s="350"/>
+      <c r="N211" s="373"/>
+      <c r="O211" s="374"/>
+      <c r="P211" s="374"/>
+      <c r="Q211" s="374"/>
+      <c r="R211" s="374"/>
+      <c r="S211" s="375"/>
       <c r="T211" s="70"/>
     </row>
     <row r="212" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A212" s="85" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B212" s="85"/>
       <c r="C212" s="85"/>
       <c r="D212" s="42"/>
-      <c r="E212" s="502"/>
-[...4 lines deleted...]
-      <c r="J212" s="504"/>
+      <c r="E212" s="359"/>
+      <c r="F212" s="360"/>
+      <c r="G212" s="360"/>
+      <c r="H212" s="360"/>
+      <c r="I212" s="360"/>
+      <c r="J212" s="361"/>
       <c r="K212" s="70"/>
       <c r="L212" s="70"/>
       <c r="M212" s="70"/>
-      <c r="N212" s="348"/>
-[...4 lines deleted...]
-      <c r="S212" s="350"/>
+      <c r="N212" s="373"/>
+      <c r="O212" s="374"/>
+      <c r="P212" s="374"/>
+      <c r="Q212" s="374"/>
+      <c r="R212" s="374"/>
+      <c r="S212" s="375"/>
       <c r="T212" s="70"/>
     </row>
     <row r="213" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A213" s="71" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="B213" s="42"/>
       <c r="C213" s="42"/>
       <c r="D213" s="42"/>
-      <c r="E213" s="499"/>
-[...4 lines deleted...]
-      <c r="J213" s="501"/>
+      <c r="E213" s="356"/>
+      <c r="F213" s="357"/>
+      <c r="G213" s="357"/>
+      <c r="H213" s="357"/>
+      <c r="I213" s="357"/>
+      <c r="J213" s="358"/>
       <c r="K213" s="70"/>
       <c r="L213" s="70"/>
       <c r="M213" s="70"/>
-      <c r="N213" s="348"/>
-[...4 lines deleted...]
-      <c r="S213" s="350"/>
+      <c r="N213" s="373"/>
+      <c r="O213" s="374"/>
+      <c r="P213" s="374"/>
+      <c r="Q213" s="374"/>
+      <c r="R213" s="374"/>
+      <c r="S213" s="375"/>
       <c r="T213" s="70"/>
     </row>
     <row r="214" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A214" s="71" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="B214" s="42"/>
       <c r="C214" s="42"/>
       <c r="D214" s="42"/>
-      <c r="E214" s="505"/>
-[...4 lines deleted...]
-      <c r="J214" s="507"/>
+      <c r="E214" s="362"/>
+      <c r="F214" s="363"/>
+      <c r="G214" s="363"/>
+      <c r="H214" s="363"/>
+      <c r="I214" s="363"/>
+      <c r="J214" s="364"/>
       <c r="K214" s="70"/>
       <c r="L214" s="70"/>
       <c r="M214" s="70"/>
-      <c r="N214" s="351"/>
-[...4 lines deleted...]
-      <c r="S214" s="353"/>
+      <c r="N214" s="368"/>
+      <c r="O214" s="369"/>
+      <c r="P214" s="369"/>
+      <c r="Q214" s="369"/>
+      <c r="R214" s="369"/>
+      <c r="S214" s="370"/>
       <c r="T214" s="70"/>
     </row>
     <row r="215" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A215" s="42"/>
       <c r="B215" s="42"/>
       <c r="C215" s="42"/>
       <c r="D215" s="42"/>
       <c r="E215" s="42"/>
       <c r="F215" s="42"/>
       <c r="G215" s="42"/>
       <c r="H215" s="42"/>
       <c r="I215" s="42"/>
       <c r="J215" s="42"/>
       <c r="K215" s="70"/>
       <c r="L215" s="70"/>
       <c r="M215" s="70"/>
       <c r="N215" s="70"/>
       <c r="O215" s="70"/>
       <c r="P215" s="70"/>
       <c r="Q215" s="70"/>
       <c r="R215" s="70"/>
       <c r="S215" s="70"/>
       <c r="T215" s="70"/>
     </row>
     <row r="216" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A216" s="42"/>
       <c r="B216" s="42"/>
       <c r="C216" s="42"/>
       <c r="D216" s="42"/>
       <c r="E216" s="42"/>
       <c r="F216" s="42"/>
       <c r="G216" s="42"/>
       <c r="H216" s="42"/>
       <c r="I216" s="42"/>
       <c r="J216" s="42"/>
       <c r="K216" s="70"/>
       <c r="L216" s="70"/>
       <c r="M216" s="70"/>
       <c r="N216" s="70"/>
       <c r="O216" s="70"/>
       <c r="P216" s="70"/>
       <c r="Q216" s="70"/>
       <c r="R216" s="70"/>
       <c r="S216" s="70"/>
       <c r="T216" s="70"/>
     </row>
     <row r="217" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A217" s="71" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="B217" s="42"/>
       <c r="C217" s="42"/>
       <c r="D217" s="42"/>
-      <c r="E217" s="322" t="s">
-[...6 lines deleted...]
-      <c r="J217" s="324"/>
+      <c r="E217" s="377" t="s">
+        <v>791</v>
+      </c>
+      <c r="F217" s="378"/>
+      <c r="G217" s="378"/>
+      <c r="H217" s="378"/>
+      <c r="I217" s="378"/>
+      <c r="J217" s="379"/>
       <c r="K217" s="70"/>
       <c r="L217" s="70"/>
       <c r="M217" s="70"/>
-      <c r="N217" s="345"/>
-[...4 lines deleted...]
-      <c r="S217" s="347"/>
+      <c r="N217" s="365"/>
+      <c r="O217" s="366"/>
+      <c r="P217" s="366"/>
+      <c r="Q217" s="366"/>
+      <c r="R217" s="366"/>
+      <c r="S217" s="367"/>
       <c r="T217" s="70"/>
     </row>
     <row r="218" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A218" s="85"/>
       <c r="B218" s="85"/>
       <c r="C218" s="42"/>
       <c r="D218" s="42"/>
-      <c r="E218" s="499"/>
-[...4 lines deleted...]
-      <c r="J218" s="501"/>
+      <c r="E218" s="356"/>
+      <c r="F218" s="357"/>
+      <c r="G218" s="357"/>
+      <c r="H218" s="357"/>
+      <c r="I218" s="357"/>
+      <c r="J218" s="358"/>
       <c r="K218" s="70"/>
       <c r="L218" s="70"/>
       <c r="M218" s="70"/>
-      <c r="N218" s="348"/>
-[...4 lines deleted...]
-      <c r="S218" s="350"/>
+      <c r="N218" s="373"/>
+      <c r="O218" s="374"/>
+      <c r="P218" s="374"/>
+      <c r="Q218" s="374"/>
+      <c r="R218" s="374"/>
+      <c r="S218" s="375"/>
       <c r="T218" s="70"/>
     </row>
     <row r="219" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A219" s="85"/>
       <c r="B219" s="85"/>
       <c r="C219" s="42"/>
       <c r="D219" s="42"/>
-      <c r="E219" s="499"/>
-[...4 lines deleted...]
-      <c r="J219" s="501"/>
+      <c r="E219" s="356"/>
+      <c r="F219" s="357"/>
+      <c r="G219" s="357"/>
+      <c r="H219" s="357"/>
+      <c r="I219" s="357"/>
+      <c r="J219" s="358"/>
       <c r="K219" s="70"/>
       <c r="L219" s="70"/>
       <c r="M219" s="70"/>
-      <c r="N219" s="348"/>
-[...4 lines deleted...]
-      <c r="S219" s="350"/>
+      <c r="N219" s="373"/>
+      <c r="O219" s="374"/>
+      <c r="P219" s="374"/>
+      <c r="Q219" s="374"/>
+      <c r="R219" s="374"/>
+      <c r="S219" s="375"/>
       <c r="T219" s="70"/>
     </row>
     <row r="220" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A220" s="85" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B220" s="85"/>
       <c r="C220" s="42"/>
       <c r="D220" s="42"/>
-      <c r="E220" s="502"/>
-[...4 lines deleted...]
-      <c r="J220" s="504"/>
+      <c r="E220" s="359"/>
+      <c r="F220" s="360"/>
+      <c r="G220" s="360"/>
+      <c r="H220" s="360"/>
+      <c r="I220" s="360"/>
+      <c r="J220" s="361"/>
       <c r="K220" s="70"/>
       <c r="L220" s="70"/>
       <c r="M220" s="70"/>
-      <c r="N220" s="348"/>
-[...4 lines deleted...]
-      <c r="S220" s="350"/>
+      <c r="N220" s="373"/>
+      <c r="O220" s="374"/>
+      <c r="P220" s="374"/>
+      <c r="Q220" s="374"/>
+      <c r="R220" s="374"/>
+      <c r="S220" s="375"/>
       <c r="T220" s="70"/>
     </row>
     <row r="221" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A221" s="71" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="B221" s="42"/>
       <c r="C221" s="42"/>
       <c r="D221" s="42"/>
-      <c r="E221" s="499"/>
-[...4 lines deleted...]
-      <c r="J221" s="501"/>
+      <c r="E221" s="356"/>
+      <c r="F221" s="357"/>
+      <c r="G221" s="357"/>
+      <c r="H221" s="357"/>
+      <c r="I221" s="357"/>
+      <c r="J221" s="358"/>
       <c r="K221" s="70"/>
       <c r="L221" s="70"/>
       <c r="M221" s="70"/>
-      <c r="N221" s="348"/>
-[...4 lines deleted...]
-      <c r="S221" s="350"/>
+      <c r="N221" s="373"/>
+      <c r="O221" s="374"/>
+      <c r="P221" s="374"/>
+      <c r="Q221" s="374"/>
+      <c r="R221" s="374"/>
+      <c r="S221" s="375"/>
       <c r="T221" s="70"/>
     </row>
     <row r="222" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A222" s="71" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="B222" s="42"/>
       <c r="C222" s="42"/>
       <c r="D222" s="42"/>
-      <c r="E222" s="505"/>
-[...4 lines deleted...]
-      <c r="J222" s="507"/>
+      <c r="E222" s="362"/>
+      <c r="F222" s="363"/>
+      <c r="G222" s="363"/>
+      <c r="H222" s="363"/>
+      <c r="I222" s="363"/>
+      <c r="J222" s="364"/>
       <c r="K222" s="70"/>
       <c r="L222" s="70"/>
       <c r="M222" s="70"/>
-      <c r="N222" s="351"/>
-[...4 lines deleted...]
-      <c r="S222" s="353"/>
+      <c r="N222" s="368"/>
+      <c r="O222" s="369"/>
+      <c r="P222" s="369"/>
+      <c r="Q222" s="369"/>
+      <c r="R222" s="369"/>
+      <c r="S222" s="370"/>
       <c r="T222" s="70"/>
     </row>
     <row r="223" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="42"/>
       <c r="B223" s="42"/>
       <c r="C223" s="42"/>
       <c r="D223" s="42"/>
       <c r="E223" s="42"/>
       <c r="F223" s="42"/>
       <c r="G223" s="42"/>
       <c r="H223" s="42"/>
       <c r="I223" s="42"/>
       <c r="J223" s="42"/>
       <c r="K223" s="70"/>
       <c r="L223" s="70"/>
       <c r="M223" s="70"/>
       <c r="N223" s="70"/>
       <c r="O223" s="70"/>
       <c r="P223" s="70"/>
       <c r="Q223" s="70"/>
       <c r="R223" s="70"/>
       <c r="S223" s="70"/>
       <c r="T223" s="70"/>
     </row>
     <row r="224" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A224" s="71" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="B224" s="42"/>
       <c r="C224" s="42"/>
       <c r="D224" s="42"/>
-      <c r="E224" s="322" t="s">
-[...6 lines deleted...]
-      <c r="J224" s="324"/>
+      <c r="E224" s="377" t="s">
+        <v>791</v>
+      </c>
+      <c r="F224" s="378"/>
+      <c r="G224" s="378"/>
+      <c r="H224" s="378"/>
+      <c r="I224" s="378"/>
+      <c r="J224" s="379"/>
       <c r="K224" s="70"/>
       <c r="L224" s="70"/>
       <c r="M224" s="70"/>
-      <c r="N224" s="345"/>
-[...4 lines deleted...]
-      <c r="S224" s="347"/>
+      <c r="N224" s="365"/>
+      <c r="O224" s="366"/>
+      <c r="P224" s="366"/>
+      <c r="Q224" s="366"/>
+      <c r="R224" s="366"/>
+      <c r="S224" s="367"/>
       <c r="T224" s="70"/>
     </row>
     <row r="225" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A225" s="85"/>
       <c r="B225" s="85"/>
       <c r="C225" s="42"/>
       <c r="D225" s="42"/>
-      <c r="E225" s="499"/>
-[...4 lines deleted...]
-      <c r="J225" s="501"/>
+      <c r="E225" s="356"/>
+      <c r="F225" s="357"/>
+      <c r="G225" s="357"/>
+      <c r="H225" s="357"/>
+      <c r="I225" s="357"/>
+      <c r="J225" s="358"/>
       <c r="K225" s="70"/>
       <c r="L225" s="70"/>
       <c r="M225" s="70"/>
-      <c r="N225" s="348"/>
-[...4 lines deleted...]
-      <c r="S225" s="350"/>
+      <c r="N225" s="373"/>
+      <c r="O225" s="374"/>
+      <c r="P225" s="374"/>
+      <c r="Q225" s="374"/>
+      <c r="R225" s="374"/>
+      <c r="S225" s="375"/>
       <c r="T225" s="70"/>
     </row>
     <row r="226" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A226" s="85"/>
       <c r="B226" s="85"/>
       <c r="C226" s="42"/>
       <c r="D226" s="42"/>
-      <c r="E226" s="499"/>
-[...4 lines deleted...]
-      <c r="J226" s="501"/>
+      <c r="E226" s="356"/>
+      <c r="F226" s="357"/>
+      <c r="G226" s="357"/>
+      <c r="H226" s="357"/>
+      <c r="I226" s="357"/>
+      <c r="J226" s="358"/>
       <c r="K226" s="70"/>
       <c r="L226" s="70"/>
       <c r="M226" s="70"/>
-      <c r="N226" s="348"/>
-[...4 lines deleted...]
-      <c r="S226" s="350"/>
+      <c r="N226" s="373"/>
+      <c r="O226" s="374"/>
+      <c r="P226" s="374"/>
+      <c r="Q226" s="374"/>
+      <c r="R226" s="374"/>
+      <c r="S226" s="375"/>
       <c r="T226" s="70"/>
     </row>
     <row r="227" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A227" s="85" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B227" s="85"/>
       <c r="C227" s="42"/>
       <c r="D227" s="42"/>
-      <c r="E227" s="502"/>
-[...4 lines deleted...]
-      <c r="J227" s="504"/>
+      <c r="E227" s="359"/>
+      <c r="F227" s="360"/>
+      <c r="G227" s="360"/>
+      <c r="H227" s="360"/>
+      <c r="I227" s="360"/>
+      <c r="J227" s="361"/>
       <c r="K227" s="70"/>
       <c r="L227" s="70"/>
       <c r="M227" s="70"/>
-      <c r="N227" s="348"/>
-[...4 lines deleted...]
-      <c r="S227" s="350"/>
+      <c r="N227" s="373"/>
+      <c r="O227" s="374"/>
+      <c r="P227" s="374"/>
+      <c r="Q227" s="374"/>
+      <c r="R227" s="374"/>
+      <c r="S227" s="375"/>
       <c r="T227" s="70"/>
     </row>
     <row r="228" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A228" s="71" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="B228" s="42"/>
       <c r="C228" s="42"/>
       <c r="D228" s="42"/>
-      <c r="E228" s="499"/>
-[...4 lines deleted...]
-      <c r="J228" s="501"/>
+      <c r="E228" s="356"/>
+      <c r="F228" s="357"/>
+      <c r="G228" s="357"/>
+      <c r="H228" s="357"/>
+      <c r="I228" s="357"/>
+      <c r="J228" s="358"/>
       <c r="K228" s="70"/>
       <c r="L228" s="70"/>
       <c r="M228" s="70"/>
-      <c r="N228" s="348"/>
-[...4 lines deleted...]
-      <c r="S228" s="350"/>
+      <c r="N228" s="373"/>
+      <c r="O228" s="374"/>
+      <c r="P228" s="374"/>
+      <c r="Q228" s="374"/>
+      <c r="R228" s="374"/>
+      <c r="S228" s="375"/>
       <c r="T228" s="70"/>
     </row>
     <row r="229" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A229" s="71" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="B229" s="42"/>
       <c r="C229" s="42"/>
       <c r="D229" s="42"/>
-      <c r="E229" s="505"/>
-[...4 lines deleted...]
-      <c r="J229" s="507"/>
+      <c r="E229" s="362"/>
+      <c r="F229" s="363"/>
+      <c r="G229" s="363"/>
+      <c r="H229" s="363"/>
+      <c r="I229" s="363"/>
+      <c r="J229" s="364"/>
       <c r="K229" s="70"/>
       <c r="L229" s="70"/>
       <c r="M229" s="70"/>
-      <c r="N229" s="351"/>
-[...4 lines deleted...]
-      <c r="S229" s="353"/>
+      <c r="N229" s="368"/>
+      <c r="O229" s="369"/>
+      <c r="P229" s="369"/>
+      <c r="Q229" s="369"/>
+      <c r="R229" s="369"/>
+      <c r="S229" s="370"/>
       <c r="T229" s="70"/>
     </row>
     <row r="230" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A230" s="42"/>
       <c r="B230" s="42"/>
       <c r="C230" s="42"/>
       <c r="D230" s="42"/>
       <c r="E230" s="42"/>
       <c r="F230" s="42"/>
       <c r="G230" s="42"/>
       <c r="H230" s="42"/>
       <c r="I230" s="42"/>
       <c r="J230" s="42"/>
       <c r="K230" s="70"/>
       <c r="L230" s="70"/>
       <c r="M230" s="70"/>
       <c r="N230" s="70"/>
       <c r="O230" s="70"/>
       <c r="P230" s="70"/>
       <c r="Q230" s="70"/>
       <c r="R230" s="70"/>
       <c r="S230" s="70"/>
       <c r="T230" s="70"/>
     </row>
     <row r="231" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A231" s="71" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="B231" s="42"/>
       <c r="C231" s="42"/>
       <c r="D231" s="42"/>
       <c r="E231" s="42"/>
       <c r="F231" s="42"/>
       <c r="G231" s="42"/>
       <c r="H231" s="42"/>
       <c r="I231" s="42"/>
       <c r="J231" s="42"/>
       <c r="K231" s="70"/>
       <c r="L231" s="70"/>
       <c r="M231" s="70"/>
       <c r="N231" s="70"/>
       <c r="O231" s="70"/>
       <c r="P231" s="70"/>
       <c r="Q231" s="70"/>
       <c r="R231" s="70"/>
       <c r="S231" s="70"/>
       <c r="T231" s="70"/>
     </row>
     <row r="232" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A232" s="464"/>
-[...8 lines deleted...]
-      <c r="J232" s="466"/>
+      <c r="A232" s="509"/>
+      <c r="B232" s="510"/>
+      <c r="C232" s="510"/>
+      <c r="D232" s="510"/>
+      <c r="E232" s="510"/>
+      <c r="F232" s="510"/>
+      <c r="G232" s="510"/>
+      <c r="H232" s="510"/>
+      <c r="I232" s="510"/>
+      <c r="J232" s="511"/>
       <c r="K232" s="70"/>
       <c r="L232" s="70"/>
       <c r="M232" s="70"/>
-      <c r="N232" s="345"/>
-[...4 lines deleted...]
-      <c r="S232" s="347"/>
+      <c r="N232" s="365"/>
+      <c r="O232" s="366"/>
+      <c r="P232" s="366"/>
+      <c r="Q232" s="366"/>
+      <c r="R232" s="366"/>
+      <c r="S232" s="367"/>
       <c r="T232" s="70"/>
     </row>
     <row r="233" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A233" s="467"/>
-[...8 lines deleted...]
-      <c r="J233" s="469"/>
+      <c r="A233" s="512"/>
+      <c r="B233" s="513"/>
+      <c r="C233" s="513"/>
+      <c r="D233" s="513"/>
+      <c r="E233" s="513"/>
+      <c r="F233" s="513"/>
+      <c r="G233" s="513"/>
+      <c r="H233" s="513"/>
+      <c r="I233" s="513"/>
+      <c r="J233" s="514"/>
       <c r="K233" s="70"/>
       <c r="L233" s="70"/>
       <c r="M233" s="70"/>
-      <c r="N233" s="348"/>
-[...4 lines deleted...]
-      <c r="S233" s="350"/>
+      <c r="N233" s="373"/>
+      <c r="O233" s="374"/>
+      <c r="P233" s="374"/>
+      <c r="Q233" s="374"/>
+      <c r="R233" s="374"/>
+      <c r="S233" s="375"/>
       <c r="T233" s="70"/>
     </row>
     <row r="234" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A234" s="467"/>
-[...8 lines deleted...]
-      <c r="J234" s="469"/>
+      <c r="A234" s="512"/>
+      <c r="B234" s="513"/>
+      <c r="C234" s="513"/>
+      <c r="D234" s="513"/>
+      <c r="E234" s="513"/>
+      <c r="F234" s="513"/>
+      <c r="G234" s="513"/>
+      <c r="H234" s="513"/>
+      <c r="I234" s="513"/>
+      <c r="J234" s="514"/>
       <c r="K234" s="70"/>
       <c r="L234" s="70"/>
       <c r="M234" s="70"/>
-      <c r="N234" s="348"/>
-[...4 lines deleted...]
-      <c r="S234" s="350"/>
+      <c r="N234" s="373"/>
+      <c r="O234" s="374"/>
+      <c r="P234" s="374"/>
+      <c r="Q234" s="374"/>
+      <c r="R234" s="374"/>
+      <c r="S234" s="375"/>
       <c r="T234" s="70"/>
     </row>
     <row r="235" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A235" s="467"/>
-[...8 lines deleted...]
-      <c r="J235" s="469"/>
+      <c r="A235" s="512"/>
+      <c r="B235" s="513"/>
+      <c r="C235" s="513"/>
+      <c r="D235" s="513"/>
+      <c r="E235" s="513"/>
+      <c r="F235" s="513"/>
+      <c r="G235" s="513"/>
+      <c r="H235" s="513"/>
+      <c r="I235" s="513"/>
+      <c r="J235" s="514"/>
       <c r="K235" s="70"/>
       <c r="L235" s="70"/>
       <c r="M235" s="70"/>
-      <c r="N235" s="348"/>
-[...4 lines deleted...]
-      <c r="S235" s="350"/>
+      <c r="N235" s="373"/>
+      <c r="O235" s="374"/>
+      <c r="P235" s="374"/>
+      <c r="Q235" s="374"/>
+      <c r="R235" s="374"/>
+      <c r="S235" s="375"/>
       <c r="T235" s="70"/>
     </row>
     <row r="236" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A236" s="467"/>
-[...8 lines deleted...]
-      <c r="J236" s="469"/>
+      <c r="A236" s="512"/>
+      <c r="B236" s="513"/>
+      <c r="C236" s="513"/>
+      <c r="D236" s="513"/>
+      <c r="E236" s="513"/>
+      <c r="F236" s="513"/>
+      <c r="G236" s="513"/>
+      <c r="H236" s="513"/>
+      <c r="I236" s="513"/>
+      <c r="J236" s="514"/>
       <c r="K236" s="70"/>
       <c r="L236" s="70"/>
       <c r="M236" s="70"/>
-      <c r="N236" s="348"/>
-[...4 lines deleted...]
-      <c r="S236" s="350"/>
+      <c r="N236" s="373"/>
+      <c r="O236" s="374"/>
+      <c r="P236" s="374"/>
+      <c r="Q236" s="374"/>
+      <c r="R236" s="374"/>
+      <c r="S236" s="375"/>
       <c r="T236" s="70"/>
     </row>
     <row r="237" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A237" s="467"/>
-[...8 lines deleted...]
-      <c r="J237" s="469"/>
+      <c r="A237" s="512"/>
+      <c r="B237" s="513"/>
+      <c r="C237" s="513"/>
+      <c r="D237" s="513"/>
+      <c r="E237" s="513"/>
+      <c r="F237" s="513"/>
+      <c r="G237" s="513"/>
+      <c r="H237" s="513"/>
+      <c r="I237" s="513"/>
+      <c r="J237" s="514"/>
       <c r="K237" s="70"/>
       <c r="L237" s="70"/>
       <c r="M237" s="70"/>
-      <c r="N237" s="348"/>
-[...4 lines deleted...]
-      <c r="S237" s="350"/>
+      <c r="N237" s="373"/>
+      <c r="O237" s="374"/>
+      <c r="P237" s="374"/>
+      <c r="Q237" s="374"/>
+      <c r="R237" s="374"/>
+      <c r="S237" s="375"/>
       <c r="T237" s="70"/>
     </row>
     <row r="238" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A238" s="467"/>
-[...8 lines deleted...]
-      <c r="J238" s="469"/>
+      <c r="A238" s="512"/>
+      <c r="B238" s="513"/>
+      <c r="C238" s="513"/>
+      <c r="D238" s="513"/>
+      <c r="E238" s="513"/>
+      <c r="F238" s="513"/>
+      <c r="G238" s="513"/>
+      <c r="H238" s="513"/>
+      <c r="I238" s="513"/>
+      <c r="J238" s="514"/>
       <c r="K238" s="70"/>
       <c r="L238" s="70"/>
       <c r="M238" s="70"/>
-      <c r="N238" s="351"/>
-[...4 lines deleted...]
-      <c r="S238" s="353"/>
+      <c r="N238" s="368"/>
+      <c r="O238" s="369"/>
+      <c r="P238" s="369"/>
+      <c r="Q238" s="369"/>
+      <c r="R238" s="369"/>
+      <c r="S238" s="370"/>
       <c r="T238" s="70"/>
     </row>
     <row r="239" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A239" s="470"/>
-[...8 lines deleted...]
-      <c r="J239" s="472"/>
+      <c r="A239" s="515"/>
+      <c r="B239" s="516"/>
+      <c r="C239" s="516"/>
+      <c r="D239" s="516"/>
+      <c r="E239" s="516"/>
+      <c r="F239" s="516"/>
+      <c r="G239" s="516"/>
+      <c r="H239" s="516"/>
+      <c r="I239" s="516"/>
+      <c r="J239" s="517"/>
       <c r="K239" s="70"/>
       <c r="L239" s="70"/>
       <c r="M239" s="70"/>
       <c r="N239" s="70"/>
       <c r="O239" s="70"/>
       <c r="P239" s="70"/>
       <c r="Q239" s="70"/>
       <c r="R239" s="70"/>
       <c r="S239" s="70"/>
       <c r="T239" s="70"/>
     </row>
     <row r="240" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A240" s="42"/>
       <c r="B240" s="42"/>
       <c r="C240" s="42"/>
       <c r="D240" s="42"/>
       <c r="E240" s="42"/>
       <c r="F240" s="42"/>
       <c r="G240" s="42"/>
       <c r="H240" s="42"/>
       <c r="I240" s="42"/>
       <c r="J240" s="42"/>
       <c r="K240" s="70"/>
       <c r="L240" s="70"/>
       <c r="M240" s="37"/>
       <c r="N240" s="37"/>
       <c r="O240" s="37"/>
       <c r="P240" s="37"/>
       <c r="Q240" s="37"/>
       <c r="R240" s="37"/>
       <c r="S240" s="37"/>
       <c r="T240" s="37"/>
     </row>
     <row r="241" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="104" t="s">
-        <v>796</v>
-[...9 lines deleted...]
-      <c r="J241" s="475"/>
+        <v>795</v>
+      </c>
+      <c r="B241" s="518"/>
+      <c r="C241" s="519"/>
+      <c r="D241" s="519"/>
+      <c r="E241" s="519"/>
+      <c r="F241" s="519"/>
+      <c r="G241" s="519"/>
+      <c r="H241" s="519"/>
+      <c r="I241" s="519"/>
+      <c r="J241" s="520"/>
       <c r="K241" s="70"/>
       <c r="L241" s="70"/>
       <c r="M241" s="37"/>
-      <c r="N241" s="345"/>
-[...4 lines deleted...]
-      <c r="S241" s="347"/>
+      <c r="N241" s="365"/>
+      <c r="O241" s="366"/>
+      <c r="P241" s="366"/>
+      <c r="Q241" s="366"/>
+      <c r="R241" s="366"/>
+      <c r="S241" s="367"/>
       <c r="T241" s="37"/>
     </row>
     <row r="242" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A242" s="42"/>
       <c r="B242" s="84" t="str">
         <f>IF(LEN($B$241)&gt;70,(LEN($B$241)-70)&amp;" over 70 character limit, please repeat full job title at start of main duties below","")</f>
         <v/>
       </c>
       <c r="C242" s="84"/>
       <c r="D242" s="84"/>
       <c r="E242" s="84"/>
       <c r="F242" s="84"/>
       <c r="G242" s="84"/>
       <c r="H242" s="84"/>
       <c r="I242" s="84"/>
       <c r="J242" s="84"/>
       <c r="K242" s="70"/>
       <c r="L242" s="70"/>
       <c r="M242" s="37"/>
-      <c r="N242" s="351"/>
-[...4 lines deleted...]
-      <c r="S242" s="353"/>
+      <c r="N242" s="368"/>
+      <c r="O242" s="369"/>
+      <c r="P242" s="369"/>
+      <c r="Q242" s="369"/>
+      <c r="R242" s="369"/>
+      <c r="S242" s="370"/>
       <c r="T242" s="37"/>
     </row>
     <row r="243" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A243" s="451" t="s">
-[...10 lines deleted...]
-      <c r="J243" s="451"/>
+      <c r="A243" s="496" t="s">
+        <v>883</v>
+      </c>
+      <c r="B243" s="496"/>
+      <c r="C243" s="496"/>
+      <c r="D243" s="496"/>
+      <c r="E243" s="496"/>
+      <c r="F243" s="496"/>
+      <c r="G243" s="496"/>
+      <c r="H243" s="496"/>
+      <c r="I243" s="496"/>
+      <c r="J243" s="496"/>
       <c r="K243" s="70"/>
       <c r="L243" s="70"/>
       <c r="M243" s="37"/>
       <c r="N243" s="37"/>
       <c r="O243" s="37"/>
       <c r="P243" s="37"/>
       <c r="Q243" s="37"/>
       <c r="R243" s="37"/>
       <c r="S243" s="37"/>
       <c r="T243" s="37"/>
     </row>
     <row r="244" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A244" s="451"/>
-[...8 lines deleted...]
-      <c r="J244" s="451"/>
+      <c r="A244" s="496"/>
+      <c r="B244" s="496"/>
+      <c r="C244" s="496"/>
+      <c r="D244" s="496"/>
+      <c r="E244" s="496"/>
+      <c r="F244" s="496"/>
+      <c r="G244" s="496"/>
+      <c r="H244" s="496"/>
+      <c r="I244" s="496"/>
+      <c r="J244" s="496"/>
       <c r="K244" s="70"/>
       <c r="L244" s="70"/>
       <c r="M244" s="37"/>
       <c r="N244" s="37"/>
       <c r="O244" s="37"/>
       <c r="P244" s="37"/>
       <c r="Q244" s="37"/>
       <c r="R244" s="37"/>
       <c r="S244" s="37"/>
       <c r="T244" s="37"/>
     </row>
     <row r="245" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A245" s="476" t="s">
-[...10 lines deleted...]
-      <c r="J245" s="478"/>
+      <c r="A245" s="521" t="s">
+        <v>796</v>
+      </c>
+      <c r="B245" s="522"/>
+      <c r="C245" s="522"/>
+      <c r="D245" s="522"/>
+      <c r="E245" s="522"/>
+      <c r="F245" s="522"/>
+      <c r="G245" s="522"/>
+      <c r="H245" s="522"/>
+      <c r="I245" s="522"/>
+      <c r="J245" s="523"/>
       <c r="K245" s="70"/>
       <c r="L245" s="70"/>
       <c r="M245" s="37"/>
-      <c r="N245" s="345"/>
-[...4 lines deleted...]
-      <c r="S245" s="347"/>
+      <c r="N245" s="365"/>
+      <c r="O245" s="366"/>
+      <c r="P245" s="366"/>
+      <c r="Q245" s="366"/>
+      <c r="R245" s="366"/>
+      <c r="S245" s="367"/>
       <c r="T245" s="37"/>
     </row>
     <row r="246" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A246" s="479"/>
-[...8 lines deleted...]
-      <c r="J246" s="481"/>
+      <c r="A246" s="524"/>
+      <c r="B246" s="525"/>
+      <c r="C246" s="525"/>
+      <c r="D246" s="525"/>
+      <c r="E246" s="525"/>
+      <c r="F246" s="525"/>
+      <c r="G246" s="525"/>
+      <c r="H246" s="525"/>
+      <c r="I246" s="525"/>
+      <c r="J246" s="526"/>
       <c r="K246" s="70"/>
       <c r="L246" s="70"/>
       <c r="M246" s="37"/>
-      <c r="N246" s="348"/>
-[...4 lines deleted...]
-      <c r="S246" s="350"/>
+      <c r="N246" s="373"/>
+      <c r="O246" s="374"/>
+      <c r="P246" s="374"/>
+      <c r="Q246" s="374"/>
+      <c r="R246" s="374"/>
+      <c r="S246" s="375"/>
       <c r="T246" s="37"/>
     </row>
     <row r="247" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A247" s="479"/>
-[...8 lines deleted...]
-      <c r="J247" s="481"/>
+      <c r="A247" s="524"/>
+      <c r="B247" s="525"/>
+      <c r="C247" s="525"/>
+      <c r="D247" s="525"/>
+      <c r="E247" s="525"/>
+      <c r="F247" s="525"/>
+      <c r="G247" s="525"/>
+      <c r="H247" s="525"/>
+      <c r="I247" s="525"/>
+      <c r="J247" s="526"/>
       <c r="K247" s="70"/>
       <c r="L247" s="70"/>
       <c r="M247" s="37"/>
-      <c r="N247" s="348"/>
-[...4 lines deleted...]
-      <c r="S247" s="350"/>
+      <c r="N247" s="373"/>
+      <c r="O247" s="374"/>
+      <c r="P247" s="374"/>
+      <c r="Q247" s="374"/>
+      <c r="R247" s="374"/>
+      <c r="S247" s="375"/>
       <c r="T247" s="37"/>
     </row>
     <row r="248" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A248" s="479"/>
-[...8 lines deleted...]
-      <c r="J248" s="481"/>
+      <c r="A248" s="524"/>
+      <c r="B248" s="525"/>
+      <c r="C248" s="525"/>
+      <c r="D248" s="525"/>
+      <c r="E248" s="525"/>
+      <c r="F248" s="525"/>
+      <c r="G248" s="525"/>
+      <c r="H248" s="525"/>
+      <c r="I248" s="525"/>
+      <c r="J248" s="526"/>
       <c r="K248" s="70"/>
       <c r="L248" s="70"/>
       <c r="M248" s="37"/>
-      <c r="N248" s="348"/>
-[...4 lines deleted...]
-      <c r="S248" s="350"/>
+      <c r="N248" s="373"/>
+      <c r="O248" s="374"/>
+      <c r="P248" s="374"/>
+      <c r="Q248" s="374"/>
+      <c r="R248" s="374"/>
+      <c r="S248" s="375"/>
       <c r="T248" s="37"/>
     </row>
     <row r="249" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A249" s="479"/>
-[...8 lines deleted...]
-      <c r="J249" s="481"/>
+      <c r="A249" s="524"/>
+      <c r="B249" s="525"/>
+      <c r="C249" s="525"/>
+      <c r="D249" s="525"/>
+      <c r="E249" s="525"/>
+      <c r="F249" s="525"/>
+      <c r="G249" s="525"/>
+      <c r="H249" s="525"/>
+      <c r="I249" s="525"/>
+      <c r="J249" s="526"/>
       <c r="K249" s="70"/>
       <c r="L249" s="70"/>
       <c r="M249" s="37"/>
-      <c r="N249" s="348"/>
-[...4 lines deleted...]
-      <c r="S249" s="350"/>
+      <c r="N249" s="373"/>
+      <c r="O249" s="374"/>
+      <c r="P249" s="374"/>
+      <c r="Q249" s="374"/>
+      <c r="R249" s="374"/>
+      <c r="S249" s="375"/>
       <c r="T249" s="37"/>
     </row>
     <row r="250" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A250" s="479"/>
-[...8 lines deleted...]
-      <c r="J250" s="481"/>
+      <c r="A250" s="524"/>
+      <c r="B250" s="525"/>
+      <c r="C250" s="525"/>
+      <c r="D250" s="525"/>
+      <c r="E250" s="525"/>
+      <c r="F250" s="525"/>
+      <c r="G250" s="525"/>
+      <c r="H250" s="525"/>
+      <c r="I250" s="525"/>
+      <c r="J250" s="526"/>
       <c r="K250" s="70"/>
       <c r="L250" s="70"/>
       <c r="M250" s="37"/>
-      <c r="N250" s="348"/>
-[...4 lines deleted...]
-      <c r="S250" s="350"/>
+      <c r="N250" s="373"/>
+      <c r="O250" s="374"/>
+      <c r="P250" s="374"/>
+      <c r="Q250" s="374"/>
+      <c r="R250" s="374"/>
+      <c r="S250" s="375"/>
       <c r="T250" s="37"/>
     </row>
     <row r="251" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A251" s="479"/>
-[...8 lines deleted...]
-      <c r="J251" s="481"/>
+      <c r="A251" s="524"/>
+      <c r="B251" s="525"/>
+      <c r="C251" s="525"/>
+      <c r="D251" s="525"/>
+      <c r="E251" s="525"/>
+      <c r="F251" s="525"/>
+      <c r="G251" s="525"/>
+      <c r="H251" s="525"/>
+      <c r="I251" s="525"/>
+      <c r="J251" s="526"/>
       <c r="K251" s="70"/>
       <c r="L251" s="70"/>
       <c r="M251" s="37"/>
-      <c r="N251" s="348"/>
-[...4 lines deleted...]
-      <c r="S251" s="350"/>
+      <c r="N251" s="373"/>
+      <c r="O251" s="374"/>
+      <c r="P251" s="374"/>
+      <c r="Q251" s="374"/>
+      <c r="R251" s="374"/>
+      <c r="S251" s="375"/>
       <c r="T251" s="37"/>
     </row>
     <row r="252" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A252" s="479"/>
-[...8 lines deleted...]
-      <c r="J252" s="481"/>
+      <c r="A252" s="524"/>
+      <c r="B252" s="525"/>
+      <c r="C252" s="525"/>
+      <c r="D252" s="525"/>
+      <c r="E252" s="525"/>
+      <c r="F252" s="525"/>
+      <c r="G252" s="525"/>
+      <c r="H252" s="525"/>
+      <c r="I252" s="525"/>
+      <c r="J252" s="526"/>
       <c r="K252" s="70"/>
       <c r="L252" s="70"/>
       <c r="M252" s="37"/>
-      <c r="N252" s="348"/>
-[...4 lines deleted...]
-      <c r="S252" s="350"/>
+      <c r="N252" s="373"/>
+      <c r="O252" s="374"/>
+      <c r="P252" s="374"/>
+      <c r="Q252" s="374"/>
+      <c r="R252" s="374"/>
+      <c r="S252" s="375"/>
       <c r="T252" s="37"/>
     </row>
     <row r="253" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A253" s="479"/>
-[...8 lines deleted...]
-      <c r="J253" s="481"/>
+      <c r="A253" s="524"/>
+      <c r="B253" s="525"/>
+      <c r="C253" s="525"/>
+      <c r="D253" s="525"/>
+      <c r="E253" s="525"/>
+      <c r="F253" s="525"/>
+      <c r="G253" s="525"/>
+      <c r="H253" s="525"/>
+      <c r="I253" s="525"/>
+      <c r="J253" s="526"/>
       <c r="K253" s="70"/>
       <c r="L253" s="70"/>
       <c r="M253" s="37"/>
-      <c r="N253" s="348"/>
-[...4 lines deleted...]
-      <c r="S253" s="350"/>
+      <c r="N253" s="373"/>
+      <c r="O253" s="374"/>
+      <c r="P253" s="374"/>
+      <c r="Q253" s="374"/>
+      <c r="R253" s="374"/>
+      <c r="S253" s="375"/>
       <c r="T253" s="37"/>
     </row>
     <row r="254" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A254" s="479"/>
-[...8 lines deleted...]
-      <c r="J254" s="481"/>
+      <c r="A254" s="524"/>
+      <c r="B254" s="525"/>
+      <c r="C254" s="525"/>
+      <c r="D254" s="525"/>
+      <c r="E254" s="525"/>
+      <c r="F254" s="525"/>
+      <c r="G254" s="525"/>
+      <c r="H254" s="525"/>
+      <c r="I254" s="525"/>
+      <c r="J254" s="526"/>
       <c r="K254" s="70"/>
       <c r="L254" s="70"/>
       <c r="M254" s="37"/>
-      <c r="N254" s="348"/>
-[...4 lines deleted...]
-      <c r="S254" s="350"/>
+      <c r="N254" s="373"/>
+      <c r="O254" s="374"/>
+      <c r="P254" s="374"/>
+      <c r="Q254" s="374"/>
+      <c r="R254" s="374"/>
+      <c r="S254" s="375"/>
       <c r="T254" s="37"/>
     </row>
     <row r="255" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A255" s="479"/>
-[...8 lines deleted...]
-      <c r="J255" s="481"/>
+      <c r="A255" s="524"/>
+      <c r="B255" s="525"/>
+      <c r="C255" s="525"/>
+      <c r="D255" s="525"/>
+      <c r="E255" s="525"/>
+      <c r="F255" s="525"/>
+      <c r="G255" s="525"/>
+      <c r="H255" s="525"/>
+      <c r="I255" s="525"/>
+      <c r="J255" s="526"/>
       <c r="K255" s="70"/>
       <c r="L255" s="70"/>
       <c r="M255" s="37"/>
-      <c r="N255" s="348"/>
-[...4 lines deleted...]
-      <c r="S255" s="350"/>
+      <c r="N255" s="373"/>
+      <c r="O255" s="374"/>
+      <c r="P255" s="374"/>
+      <c r="Q255" s="374"/>
+      <c r="R255" s="374"/>
+      <c r="S255" s="375"/>
       <c r="T255" s="37"/>
     </row>
     <row r="256" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A256" s="479"/>
-[...8 lines deleted...]
-      <c r="J256" s="481"/>
+      <c r="A256" s="524"/>
+      <c r="B256" s="525"/>
+      <c r="C256" s="525"/>
+      <c r="D256" s="525"/>
+      <c r="E256" s="525"/>
+      <c r="F256" s="525"/>
+      <c r="G256" s="525"/>
+      <c r="H256" s="525"/>
+      <c r="I256" s="525"/>
+      <c r="J256" s="526"/>
       <c r="K256" s="70"/>
       <c r="L256" s="70"/>
       <c r="M256" s="37"/>
-      <c r="N256" s="348"/>
-[...4 lines deleted...]
-      <c r="S256" s="350"/>
+      <c r="N256" s="373"/>
+      <c r="O256" s="374"/>
+      <c r="P256" s="374"/>
+      <c r="Q256" s="374"/>
+      <c r="R256" s="374"/>
+      <c r="S256" s="375"/>
       <c r="T256" s="37"/>
     </row>
     <row r="257" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A257" s="482"/>
-[...8 lines deleted...]
-      <c r="J257" s="484"/>
+      <c r="A257" s="527"/>
+      <c r="B257" s="528"/>
+      <c r="C257" s="528"/>
+      <c r="D257" s="528"/>
+      <c r="E257" s="528"/>
+      <c r="F257" s="528"/>
+      <c r="G257" s="528"/>
+      <c r="H257" s="528"/>
+      <c r="I257" s="528"/>
+      <c r="J257" s="529"/>
       <c r="K257" s="70"/>
       <c r="L257" s="70"/>
       <c r="M257" s="37"/>
-      <c r="N257" s="348"/>
-[...4 lines deleted...]
-      <c r="S257" s="350"/>
+      <c r="N257" s="373"/>
+      <c r="O257" s="374"/>
+      <c r="P257" s="374"/>
+      <c r="Q257" s="374"/>
+      <c r="R257" s="374"/>
+      <c r="S257" s="375"/>
       <c r="T257" s="37"/>
     </row>
     <row r="258" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A258" s="106" t="str">
         <f>IF(OR($A$245="",$A$245="Sponsored Researcher: "),"",IF(LEN($A$245)&lt;300,"TOO SHORT!",IF(AND(900&lt;LEN($A$245),LEN($A$245)&lt;=1000),(1000-LEN($A$245))&amp;" characters left",IF(LEN($A$245)&gt;1000,(LEN($A$245)-1000)&amp;" characters over 1,000 limit!",""))))</f>
         <v/>
       </c>
       <c r="B258" s="42"/>
       <c r="C258" s="42"/>
       <c r="D258" s="42"/>
       <c r="E258" s="42"/>
       <c r="F258" s="42"/>
       <c r="G258" s="42"/>
       <c r="H258" s="42"/>
       <c r="I258" s="42"/>
       <c r="J258" s="173" t="str">
         <f>IF(OR(ISNUMBER(SEARCH("responsib",$A$245)),ISNUMBER(SEARCH("mentor",$A$245)),ISNUMBER(SEARCH("tutor",$A$245)),ISNUMBER(SEARCH("teach",$A$245)),ISNUMBER(SEARCH("supervis",$A$245)),ISNUMBER(SEARCH("grant funding",$A$245)),ISNUMBER(SEARCH("duties",$A$245)),ISNUMBER(SEARCH("maintenance",$A$245)),ISNUMBER(SEARCH("day-to-day",$A$245)),ISNUMBER(SEARCH("employ",$A$245))),"NB: only supernumerary activities are permitted","")</f>
         <v/>
       </c>
       <c r="K258" s="70"/>
       <c r="L258" s="70"/>
       <c r="M258" s="37"/>
-      <c r="N258" s="348"/>
-[...4 lines deleted...]
-      <c r="S258" s="350"/>
+      <c r="N258" s="373"/>
+      <c r="O258" s="374"/>
+      <c r="P258" s="374"/>
+      <c r="Q258" s="374"/>
+      <c r="R258" s="374"/>
+      <c r="S258" s="375"/>
       <c r="T258" s="37"/>
     </row>
     <row r="259" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A259" s="485" t="s">
-[...10 lines deleted...]
-      <c r="J259" s="485"/>
+      <c r="A259" s="530" t="s">
+        <v>797</v>
+      </c>
+      <c r="B259" s="530"/>
+      <c r="C259" s="530"/>
+      <c r="D259" s="530"/>
+      <c r="E259" s="530"/>
+      <c r="F259" s="530"/>
+      <c r="G259" s="530"/>
+      <c r="H259" s="530"/>
+      <c r="I259" s="530"/>
+      <c r="J259" s="530"/>
       <c r="K259" s="37"/>
       <c r="L259" s="37"/>
       <c r="M259" s="37"/>
-      <c r="N259" s="348"/>
-[...4 lines deleted...]
-      <c r="S259" s="350"/>
+      <c r="N259" s="373"/>
+      <c r="O259" s="374"/>
+      <c r="P259" s="374"/>
+      <c r="Q259" s="374"/>
+      <c r="R259" s="374"/>
+      <c r="S259" s="375"/>
       <c r="T259" s="37"/>
     </row>
     <row r="260" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A260" s="485"/>
-[...8 lines deleted...]
-      <c r="J260" s="485"/>
+      <c r="A260" s="530"/>
+      <c r="B260" s="530"/>
+      <c r="C260" s="530"/>
+      <c r="D260" s="530"/>
+      <c r="E260" s="530"/>
+      <c r="F260" s="530"/>
+      <c r="G260" s="530"/>
+      <c r="H260" s="530"/>
+      <c r="I260" s="530"/>
+      <c r="J260" s="530"/>
       <c r="K260" s="37"/>
       <c r="L260" s="37"/>
       <c r="M260" s="37"/>
-      <c r="N260" s="351"/>
-[...4 lines deleted...]
-      <c r="S260" s="353"/>
+      <c r="N260" s="368"/>
+      <c r="O260" s="369"/>
+      <c r="P260" s="369"/>
+      <c r="Q260" s="369"/>
+      <c r="R260" s="369"/>
+      <c r="S260" s="370"/>
       <c r="T260" s="37"/>
     </row>
     <row r="261" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A261" s="485"/>
-[...8 lines deleted...]
-      <c r="J261" s="485"/>
+      <c r="A261" s="530"/>
+      <c r="B261" s="530"/>
+      <c r="C261" s="530"/>
+      <c r="D261" s="530"/>
+      <c r="E261" s="530"/>
+      <c r="F261" s="530"/>
+      <c r="G261" s="530"/>
+      <c r="H261" s="530"/>
+      <c r="I261" s="530"/>
+      <c r="J261" s="530"/>
       <c r="K261" s="37"/>
       <c r="L261" s="37"/>
       <c r="M261" s="37"/>
       <c r="N261" s="140"/>
       <c r="O261" s="140"/>
       <c r="P261" s="140"/>
       <c r="Q261" s="140"/>
       <c r="R261" s="140"/>
       <c r="S261" s="140"/>
       <c r="T261" s="37"/>
     </row>
     <row r="262" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A262" s="485"/>
-[...8 lines deleted...]
-      <c r="J262" s="485"/>
+      <c r="A262" s="530"/>
+      <c r="B262" s="530"/>
+      <c r="C262" s="530"/>
+      <c r="D262" s="530"/>
+      <c r="E262" s="530"/>
+      <c r="F262" s="530"/>
+      <c r="G262" s="530"/>
+      <c r="H262" s="530"/>
+      <c r="I262" s="530"/>
+      <c r="J262" s="530"/>
       <c r="K262" s="49"/>
       <c r="L262" s="49"/>
       <c r="M262" s="49"/>
       <c r="N262" s="49"/>
       <c r="O262" s="49"/>
       <c r="P262" s="49"/>
       <c r="Q262" s="49"/>
       <c r="R262" s="49"/>
       <c r="S262" s="49"/>
       <c r="T262" s="49"/>
     </row>
     <row r="263" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A263" s="155"/>
       <c r="B263" s="155"/>
       <c r="C263" s="155"/>
       <c r="D263" s="155"/>
       <c r="E263" s="155"/>
       <c r="F263" s="155"/>
       <c r="G263" s="155"/>
       <c r="H263" s="155"/>
       <c r="I263" s="155"/>
       <c r="J263" s="155"/>
       <c r="K263" s="49"/>
       <c r="L263" s="49"/>
       <c r="M263" s="49"/>
@@ -29641,3673 +29644,3673 @@
     </row>
     <row r="264" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A264" s="53"/>
       <c r="B264" s="53"/>
       <c r="C264" s="53"/>
       <c r="D264" s="53"/>
       <c r="E264" s="53"/>
       <c r="F264" s="53"/>
       <c r="G264" s="53"/>
       <c r="H264" s="53"/>
       <c r="I264" s="53"/>
       <c r="J264" s="53"/>
       <c r="K264" s="37"/>
       <c r="L264" s="37"/>
       <c r="M264" s="37"/>
       <c r="N264" s="37"/>
       <c r="O264" s="37"/>
       <c r="P264" s="37"/>
       <c r="Q264" s="37"/>
       <c r="R264" s="37"/>
       <c r="S264" s="37"/>
       <c r="T264" s="37"/>
     </row>
     <row r="265" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A265" s="195" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="B265" s="42"/>
       <c r="C265" s="42"/>
       <c r="D265" s="42"/>
       <c r="E265" s="197"/>
-      <c r="F265" s="486"/>
-[...1 lines deleted...]
-      <c r="H265" s="488"/>
+      <c r="F265" s="531"/>
+      <c r="G265" s="532"/>
+      <c r="H265" s="533"/>
       <c r="I265" s="198" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="J265" s="138" t="s">
         <v>380</v>
       </c>
       <c r="K265" s="70"/>
       <c r="L265" s="70"/>
       <c r="M265" s="37"/>
-      <c r="N265" s="345"/>
-[...4 lines deleted...]
-      <c r="S265" s="347"/>
+      <c r="N265" s="365"/>
+      <c r="O265" s="366"/>
+      <c r="P265" s="366"/>
+      <c r="Q265" s="366"/>
+      <c r="R265" s="366"/>
+      <c r="S265" s="367"/>
       <c r="T265" s="37"/>
     </row>
     <row r="266" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A266" s="152" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="B266" s="152"/>
       <c r="C266" s="152"/>
       <c r="D266" s="152"/>
       <c r="E266" s="196"/>
       <c r="F266" s="153"/>
       <c r="G266" s="153"/>
       <c r="H266" s="153"/>
       <c r="I266" s="196"/>
       <c r="J266" s="152"/>
       <c r="K266" s="70"/>
       <c r="L266" s="70"/>
       <c r="M266" s="37"/>
-      <c r="N266" s="348"/>
-[...4 lines deleted...]
-      <c r="S266" s="350"/>
+      <c r="N266" s="373"/>
+      <c r="O266" s="374"/>
+      <c r="P266" s="374"/>
+      <c r="Q266" s="374"/>
+      <c r="R266" s="374"/>
+      <c r="S266" s="375"/>
       <c r="T266" s="37"/>
     </row>
     <row r="267" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A267" s="154" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="B267" s="154"/>
       <c r="C267" s="154"/>
       <c r="D267" s="154"/>
       <c r="E267" s="154"/>
-      <c r="F267" s="441" t="s">
-[...5 lines deleted...]
-      <c r="J267" s="441"/>
+      <c r="F267" s="486" t="s">
+        <v>784</v>
+      </c>
+      <c r="G267" s="486"/>
+      <c r="H267" s="486"/>
+      <c r="I267" s="486"/>
+      <c r="J267" s="486"/>
       <c r="K267" s="70"/>
       <c r="L267" s="70"/>
       <c r="M267" s="37"/>
-      <c r="N267" s="348"/>
-[...4 lines deleted...]
-      <c r="S267" s="350"/>
+      <c r="N267" s="373"/>
+      <c r="O267" s="374"/>
+      <c r="P267" s="374"/>
+      <c r="Q267" s="374"/>
+      <c r="R267" s="374"/>
+      <c r="S267" s="375"/>
       <c r="T267" s="37"/>
     </row>
     <row r="268" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A268" s="104" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="B268" s="42"/>
       <c r="C268" s="42"/>
-      <c r="D268" s="442"/>
-[...5 lines deleted...]
-      <c r="J268" s="444"/>
+      <c r="D268" s="487"/>
+      <c r="E268" s="488"/>
+      <c r="F268" s="488"/>
+      <c r="G268" s="488"/>
+      <c r="H268" s="488"/>
+      <c r="I268" s="488"/>
+      <c r="J268" s="489"/>
       <c r="K268" s="70"/>
       <c r="L268" s="70"/>
       <c r="M268" s="37"/>
-      <c r="N268" s="348"/>
-[...4 lines deleted...]
-      <c r="S268" s="350"/>
+      <c r="N268" s="373"/>
+      <c r="O268" s="374"/>
+      <c r="P268" s="374"/>
+      <c r="Q268" s="374"/>
+      <c r="R268" s="374"/>
+      <c r="S268" s="375"/>
       <c r="T268" s="37"/>
     </row>
     <row r="269" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A269" s="42"/>
       <c r="B269" s="42"/>
       <c r="C269" s="42"/>
-      <c r="D269" s="445"/>
-[...5 lines deleted...]
-      <c r="J269" s="447"/>
+      <c r="D269" s="490"/>
+      <c r="E269" s="491"/>
+      <c r="F269" s="491"/>
+      <c r="G269" s="491"/>
+      <c r="H269" s="491"/>
+      <c r="I269" s="491"/>
+      <c r="J269" s="492"/>
       <c r="K269" s="70"/>
       <c r="L269" s="70"/>
       <c r="M269" s="37"/>
-      <c r="N269" s="348"/>
-[...4 lines deleted...]
-      <c r="S269" s="350"/>
+      <c r="N269" s="373"/>
+      <c r="O269" s="374"/>
+      <c r="P269" s="374"/>
+      <c r="Q269" s="374"/>
+      <c r="R269" s="374"/>
+      <c r="S269" s="375"/>
       <c r="T269" s="37"/>
     </row>
     <row r="270" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A270" s="42"/>
       <c r="B270" s="42"/>
       <c r="C270" s="42"/>
-      <c r="D270" s="448"/>
-[...5 lines deleted...]
-      <c r="J270" s="450"/>
+      <c r="D270" s="493"/>
+      <c r="E270" s="494"/>
+      <c r="F270" s="494"/>
+      <c r="G270" s="494"/>
+      <c r="H270" s="494"/>
+      <c r="I270" s="494"/>
+      <c r="J270" s="495"/>
       <c r="K270" s="70"/>
       <c r="L270" s="70"/>
       <c r="M270" s="37"/>
-      <c r="N270" s="348"/>
-[...4 lines deleted...]
-      <c r="S270" s="350"/>
+      <c r="N270" s="373"/>
+      <c r="O270" s="374"/>
+      <c r="P270" s="374"/>
+      <c r="Q270" s="374"/>
+      <c r="R270" s="374"/>
+      <c r="S270" s="375"/>
       <c r="T270" s="37"/>
     </row>
     <row r="271" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A271" s="42"/>
       <c r="B271" s="42"/>
       <c r="C271" s="42"/>
       <c r="D271" s="42"/>
       <c r="E271" s="42"/>
       <c r="F271" s="42"/>
       <c r="G271" s="42"/>
       <c r="H271" s="42"/>
       <c r="I271" s="42"/>
       <c r="J271" s="42"/>
       <c r="K271" s="70"/>
       <c r="L271" s="70"/>
       <c r="M271" s="37"/>
-      <c r="N271" s="348"/>
-[...4 lines deleted...]
-      <c r="S271" s="350"/>
+      <c r="N271" s="373"/>
+      <c r="O271" s="374"/>
+      <c r="P271" s="374"/>
+      <c r="Q271" s="374"/>
+      <c r="R271" s="374"/>
+      <c r="S271" s="375"/>
       <c r="T271" s="37"/>
     </row>
     <row r="272" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A272" s="451" t="s">
-[...10 lines deleted...]
-      <c r="J272" s="454"/>
+      <c r="A272" s="496" t="s">
+        <v>807</v>
+      </c>
+      <c r="B272" s="496"/>
+      <c r="C272" s="496"/>
+      <c r="D272" s="497"/>
+      <c r="E272" s="498"/>
+      <c r="F272" s="498"/>
+      <c r="G272" s="498"/>
+      <c r="H272" s="498"/>
+      <c r="I272" s="498"/>
+      <c r="J272" s="499"/>
       <c r="K272" s="70"/>
       <c r="L272" s="70"/>
       <c r="M272" s="37"/>
-      <c r="N272" s="348"/>
-[...4 lines deleted...]
-      <c r="S272" s="350"/>
+      <c r="N272" s="373"/>
+      <c r="O272" s="374"/>
+      <c r="P272" s="374"/>
+      <c r="Q272" s="374"/>
+      <c r="R272" s="374"/>
+      <c r="S272" s="375"/>
       <c r="T272" s="37"/>
     </row>
     <row r="273" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A273" s="451"/>
-[...8 lines deleted...]
-      <c r="J273" s="457"/>
+      <c r="A273" s="496"/>
+      <c r="B273" s="496"/>
+      <c r="C273" s="496"/>
+      <c r="D273" s="500"/>
+      <c r="E273" s="501"/>
+      <c r="F273" s="501"/>
+      <c r="G273" s="501"/>
+      <c r="H273" s="501"/>
+      <c r="I273" s="501"/>
+      <c r="J273" s="502"/>
       <c r="K273" s="70"/>
       <c r="L273" s="70"/>
       <c r="M273" s="37"/>
-      <c r="N273" s="348"/>
-[...4 lines deleted...]
-      <c r="S273" s="350"/>
+      <c r="N273" s="373"/>
+      <c r="O273" s="374"/>
+      <c r="P273" s="374"/>
+      <c r="Q273" s="374"/>
+      <c r="R273" s="374"/>
+      <c r="S273" s="375"/>
       <c r="T273" s="37"/>
     </row>
     <row r="274" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A274" s="451"/>
-[...8 lines deleted...]
-      <c r="J274" s="457"/>
+      <c r="A274" s="496"/>
+      <c r="B274" s="496"/>
+      <c r="C274" s="496"/>
+      <c r="D274" s="500"/>
+      <c r="E274" s="501"/>
+      <c r="F274" s="501"/>
+      <c r="G274" s="501"/>
+      <c r="H274" s="501"/>
+      <c r="I274" s="501"/>
+      <c r="J274" s="502"/>
       <c r="K274" s="70"/>
       <c r="L274" s="70"/>
       <c r="M274" s="37"/>
-      <c r="N274" s="348"/>
-[...4 lines deleted...]
-      <c r="S274" s="350"/>
+      <c r="N274" s="373"/>
+      <c r="O274" s="374"/>
+      <c r="P274" s="374"/>
+      <c r="Q274" s="374"/>
+      <c r="R274" s="374"/>
+      <c r="S274" s="375"/>
       <c r="T274" s="37"/>
     </row>
     <row r="275" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A275" s="451"/>
-[...8 lines deleted...]
-      <c r="J275" s="460"/>
+      <c r="A275" s="496"/>
+      <c r="B275" s="496"/>
+      <c r="C275" s="496"/>
+      <c r="D275" s="503"/>
+      <c r="E275" s="504"/>
+      <c r="F275" s="504"/>
+      <c r="G275" s="504"/>
+      <c r="H275" s="504"/>
+      <c r="I275" s="504"/>
+      <c r="J275" s="505"/>
       <c r="K275" s="70"/>
       <c r="L275" s="70"/>
       <c r="M275" s="37"/>
-      <c r="N275" s="351"/>
-[...4 lines deleted...]
-      <c r="S275" s="353"/>
+      <c r="N275" s="368"/>
+      <c r="O275" s="369"/>
+      <c r="P275" s="369"/>
+      <c r="Q275" s="369"/>
+      <c r="R275" s="369"/>
+      <c r="S275" s="370"/>
       <c r="T275" s="37"/>
     </row>
     <row r="276" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A276" s="53"/>
       <c r="B276" s="53"/>
       <c r="C276" s="53"/>
       <c r="D276" s="53"/>
       <c r="E276" s="53"/>
       <c r="F276" s="53"/>
       <c r="G276" s="53"/>
       <c r="H276" s="53"/>
       <c r="I276" s="53"/>
       <c r="J276" s="53"/>
       <c r="K276" s="37"/>
       <c r="L276" s="37"/>
       <c r="M276" s="37"/>
       <c r="N276" s="37"/>
       <c r="O276" s="37"/>
       <c r="P276" s="37"/>
       <c r="Q276" s="37"/>
       <c r="R276" s="37"/>
       <c r="S276" s="37"/>
       <c r="T276" s="37"/>
     </row>
     <row r="277" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A277" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J277" s="576"/>
+      <c r="A277" s="308" t="s">
+        <v>808</v>
+      </c>
+      <c r="B277" s="308"/>
+      <c r="C277" s="308"/>
+      <c r="D277" s="308"/>
+      <c r="E277" s="308"/>
+      <c r="F277" s="308"/>
+      <c r="G277" s="308"/>
+      <c r="H277" s="308"/>
+      <c r="I277" s="308"/>
+      <c r="J277" s="308"/>
       <c r="K277" s="37"/>
       <c r="L277" s="37"/>
       <c r="M277" s="37"/>
       <c r="N277" s="37"/>
       <c r="O277" s="37"/>
       <c r="P277" s="37"/>
       <c r="Q277" s="37"/>
       <c r="R277" s="37"/>
       <c r="S277" s="37"/>
       <c r="T277" s="37"/>
     </row>
     <row r="278" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A278" s="297"/>
       <c r="B278" s="297"/>
       <c r="C278" s="297"/>
       <c r="D278" s="297"/>
       <c r="E278" s="297"/>
       <c r="F278" s="297"/>
       <c r="G278" s="297"/>
       <c r="H278" s="297"/>
       <c r="I278" s="297"/>
       <c r="J278" s="297"/>
       <c r="K278" s="37"/>
       <c r="L278" s="37"/>
       <c r="M278" s="37"/>
       <c r="N278" s="37"/>
       <c r="O278" s="37"/>
       <c r="P278" s="37"/>
       <c r="Q278" s="37"/>
       <c r="R278" s="37"/>
       <c r="S278" s="37"/>
       <c r="T278" s="37"/>
     </row>
     <row r="279" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A279" s="489" t="s">
-[...10 lines deleted...]
-      <c r="J279" s="492"/>
+      <c r="A279" s="534" t="s">
+        <v>801</v>
+      </c>
+      <c r="B279" s="534"/>
+      <c r="C279" s="534"/>
+      <c r="D279" s="534"/>
+      <c r="E279" s="534"/>
+      <c r="F279" s="535"/>
+      <c r="G279" s="536"/>
+      <c r="H279" s="536"/>
+      <c r="I279" s="536"/>
+      <c r="J279" s="537"/>
       <c r="K279" s="37"/>
       <c r="L279" s="37"/>
       <c r="M279" s="37"/>
-      <c r="N279" s="365"/>
-[...4 lines deleted...]
-      <c r="S279" s="367"/>
+      <c r="N279" s="408"/>
+      <c r="O279" s="409"/>
+      <c r="P279" s="409"/>
+      <c r="Q279" s="409"/>
+      <c r="R279" s="409"/>
+      <c r="S279" s="410"/>
       <c r="T279" s="37"/>
     </row>
     <row r="280" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A280" s="436" t="s">
-[...10 lines deleted...]
-      <c r="J280" s="495"/>
+      <c r="A280" s="333" t="s">
+        <v>809</v>
+      </c>
+      <c r="B280" s="333"/>
+      <c r="C280" s="333"/>
+      <c r="D280" s="333"/>
+      <c r="E280" s="333"/>
+      <c r="F280" s="538"/>
+      <c r="G280" s="539"/>
+      <c r="H280" s="539"/>
+      <c r="I280" s="539"/>
+      <c r="J280" s="540"/>
       <c r="K280" s="37"/>
       <c r="L280" s="37"/>
       <c r="M280" s="37"/>
-      <c r="N280" s="368"/>
-[...4 lines deleted...]
-      <c r="S280" s="370"/>
+      <c r="N280" s="411"/>
+      <c r="O280" s="412"/>
+      <c r="P280" s="412"/>
+      <c r="Q280" s="412"/>
+      <c r="R280" s="412"/>
+      <c r="S280" s="413"/>
       <c r="T280" s="37"/>
     </row>
     <row r="281" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A281" s="436"/>
-[...8 lines deleted...]
-      <c r="J281" s="495"/>
+      <c r="A281" s="333"/>
+      <c r="B281" s="333"/>
+      <c r="C281" s="333"/>
+      <c r="D281" s="333"/>
+      <c r="E281" s="333"/>
+      <c r="F281" s="538"/>
+      <c r="G281" s="539"/>
+      <c r="H281" s="539"/>
+      <c r="I281" s="539"/>
+      <c r="J281" s="540"/>
       <c r="K281" s="37"/>
       <c r="L281" s="37"/>
       <c r="M281" s="37"/>
-      <c r="N281" s="368"/>
-[...4 lines deleted...]
-      <c r="S281" s="370"/>
+      <c r="N281" s="411"/>
+      <c r="O281" s="412"/>
+      <c r="P281" s="412"/>
+      <c r="Q281" s="412"/>
+      <c r="R281" s="412"/>
+      <c r="S281" s="413"/>
       <c r="T281" s="37"/>
     </row>
     <row r="282" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A282" s="436"/>
-[...8 lines deleted...]
-      <c r="J282" s="495"/>
+      <c r="A282" s="333"/>
+      <c r="B282" s="333"/>
+      <c r="C282" s="333"/>
+      <c r="D282" s="333"/>
+      <c r="E282" s="333"/>
+      <c r="F282" s="538"/>
+      <c r="G282" s="539"/>
+      <c r="H282" s="539"/>
+      <c r="I282" s="539"/>
+      <c r="J282" s="540"/>
       <c r="K282" s="37"/>
       <c r="L282" s="37"/>
       <c r="M282" s="37"/>
-      <c r="N282" s="368"/>
-[...4 lines deleted...]
-      <c r="S282" s="370"/>
+      <c r="N282" s="411"/>
+      <c r="O282" s="412"/>
+      <c r="P282" s="412"/>
+      <c r="Q282" s="412"/>
+      <c r="R282" s="412"/>
+      <c r="S282" s="413"/>
       <c r="T282" s="37"/>
     </row>
     <row r="283" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A283" s="395" t="s">
-[...10 lines deleted...]
-      <c r="J283" s="495"/>
+      <c r="A283" s="390" t="s">
+        <v>810</v>
+      </c>
+      <c r="B283" s="390"/>
+      <c r="C283" s="390"/>
+      <c r="D283" s="390"/>
+      <c r="E283" s="390"/>
+      <c r="F283" s="538"/>
+      <c r="G283" s="539"/>
+      <c r="H283" s="539"/>
+      <c r="I283" s="539"/>
+      <c r="J283" s="540"/>
       <c r="K283" s="37"/>
       <c r="L283" s="37"/>
       <c r="M283" s="37"/>
-      <c r="N283" s="368"/>
-[...4 lines deleted...]
-      <c r="S283" s="370"/>
+      <c r="N283" s="411"/>
+      <c r="O283" s="412"/>
+      <c r="P283" s="412"/>
+      <c r="Q283" s="412"/>
+      <c r="R283" s="412"/>
+      <c r="S283" s="413"/>
       <c r="T283" s="37"/>
     </row>
     <row r="284" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A284" s="395"/>
-[...8 lines deleted...]
-      <c r="J284" s="498"/>
+      <c r="A284" s="390"/>
+      <c r="B284" s="390"/>
+      <c r="C284" s="390"/>
+      <c r="D284" s="390"/>
+      <c r="E284" s="390"/>
+      <c r="F284" s="541"/>
+      <c r="G284" s="542"/>
+      <c r="H284" s="542"/>
+      <c r="I284" s="542"/>
+      <c r="J284" s="543"/>
       <c r="K284" s="37"/>
       <c r="L284" s="37"/>
       <c r="M284" s="37"/>
-      <c r="N284" s="368"/>
-[...4 lines deleted...]
-      <c r="S284" s="370"/>
+      <c r="N284" s="411"/>
+      <c r="O284" s="412"/>
+      <c r="P284" s="412"/>
+      <c r="Q284" s="412"/>
+      <c r="R284" s="412"/>
+      <c r="S284" s="413"/>
       <c r="T284" s="37"/>
     </row>
     <row r="285" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A285" s="53"/>
       <c r="B285" s="53"/>
       <c r="C285" s="53"/>
       <c r="D285" s="53"/>
       <c r="E285" s="53"/>
       <c r="F285" s="53"/>
       <c r="G285" s="53"/>
       <c r="H285" s="53"/>
       <c r="I285" s="53"/>
       <c r="J285" s="53"/>
       <c r="K285" s="37"/>
       <c r="L285" s="37"/>
       <c r="M285" s="37"/>
-      <c r="N285" s="368"/>
-[...4 lines deleted...]
-      <c r="S285" s="370"/>
+      <c r="N285" s="411"/>
+      <c r="O285" s="412"/>
+      <c r="P285" s="412"/>
+      <c r="Q285" s="412"/>
+      <c r="R285" s="412"/>
+      <c r="S285" s="413"/>
       <c r="T285" s="37"/>
     </row>
     <row r="286" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A286" s="427" t="s">
-[...10 lines deleted...]
-      <c r="J286" s="418"/>
+      <c r="A286" s="557" t="s">
+        <v>811</v>
+      </c>
+      <c r="B286" s="557"/>
+      <c r="C286" s="557"/>
+      <c r="D286" s="557"/>
+      <c r="E286" s="558"/>
+      <c r="F286" s="546"/>
+      <c r="G286" s="547"/>
+      <c r="H286" s="547"/>
+      <c r="I286" s="547"/>
+      <c r="J286" s="548"/>
       <c r="K286" s="37"/>
       <c r="L286" s="37"/>
       <c r="M286" s="37"/>
-      <c r="N286" s="368"/>
-[...4 lines deleted...]
-      <c r="S286" s="370"/>
+      <c r="N286" s="411"/>
+      <c r="O286" s="412"/>
+      <c r="P286" s="412"/>
+      <c r="Q286" s="412"/>
+      <c r="R286" s="412"/>
+      <c r="S286" s="413"/>
       <c r="T286" s="37"/>
     </row>
     <row r="287" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A287" s="427"/>
-[...8 lines deleted...]
-      <c r="J287" s="424"/>
+      <c r="A287" s="557"/>
+      <c r="B287" s="557"/>
+      <c r="C287" s="557"/>
+      <c r="D287" s="557"/>
+      <c r="E287" s="558"/>
+      <c r="F287" s="552"/>
+      <c r="G287" s="553"/>
+      <c r="H287" s="553"/>
+      <c r="I287" s="553"/>
+      <c r="J287" s="554"/>
       <c r="K287" s="37"/>
       <c r="L287" s="37"/>
       <c r="M287" s="37"/>
-      <c r="N287" s="368"/>
-[...4 lines deleted...]
-      <c r="S287" s="370"/>
+      <c r="N287" s="411"/>
+      <c r="O287" s="412"/>
+      <c r="P287" s="412"/>
+      <c r="Q287" s="412"/>
+      <c r="R287" s="412"/>
+      <c r="S287" s="413"/>
       <c r="T287" s="37"/>
     </row>
     <row r="288" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A288" s="427" t="s">
-[...10 lines deleted...]
-      <c r="J288" s="418"/>
+      <c r="A288" s="557" t="s">
+        <v>803</v>
+      </c>
+      <c r="B288" s="557"/>
+      <c r="C288" s="557"/>
+      <c r="D288" s="557"/>
+      <c r="E288" s="557"/>
+      <c r="F288" s="546"/>
+      <c r="G288" s="547"/>
+      <c r="H288" s="547"/>
+      <c r="I288" s="547"/>
+      <c r="J288" s="548"/>
       <c r="K288" s="37"/>
       <c r="L288" s="37"/>
       <c r="M288" s="37"/>
-      <c r="N288" s="368"/>
-[...4 lines deleted...]
-      <c r="S288" s="370"/>
+      <c r="N288" s="411"/>
+      <c r="O288" s="412"/>
+      <c r="P288" s="412"/>
+      <c r="Q288" s="412"/>
+      <c r="R288" s="412"/>
+      <c r="S288" s="413"/>
       <c r="T288" s="37"/>
     </row>
     <row r="289" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A289" s="53"/>
       <c r="B289" s="53"/>
       <c r="C289" s="53"/>
       <c r="D289" s="53"/>
       <c r="E289" s="53"/>
-      <c r="F289" s="422"/>
-[...3 lines deleted...]
-      <c r="J289" s="424"/>
+      <c r="F289" s="552"/>
+      <c r="G289" s="553"/>
+      <c r="H289" s="553"/>
+      <c r="I289" s="553"/>
+      <c r="J289" s="554"/>
       <c r="K289" s="37"/>
       <c r="L289" s="37"/>
       <c r="M289" s="37"/>
-      <c r="N289" s="368"/>
-[...4 lines deleted...]
-      <c r="S289" s="370"/>
+      <c r="N289" s="411"/>
+      <c r="O289" s="412"/>
+      <c r="P289" s="412"/>
+      <c r="Q289" s="412"/>
+      <c r="R289" s="412"/>
+      <c r="S289" s="413"/>
       <c r="T289" s="37"/>
     </row>
     <row r="290" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A290" s="427" t="s">
-[...10 lines deleted...]
-      <c r="J290" s="463"/>
+      <c r="A290" s="557" t="s">
+        <v>804</v>
+      </c>
+      <c r="B290" s="557"/>
+      <c r="C290" s="557"/>
+      <c r="D290" s="557"/>
+      <c r="E290" s="557"/>
+      <c r="F290" s="506"/>
+      <c r="G290" s="507"/>
+      <c r="H290" s="507"/>
+      <c r="I290" s="507"/>
+      <c r="J290" s="508"/>
       <c r="K290" s="37"/>
       <c r="L290" s="37"/>
       <c r="M290" s="37"/>
-      <c r="N290" s="368"/>
-[...4 lines deleted...]
-      <c r="S290" s="370"/>
+      <c r="N290" s="411"/>
+      <c r="O290" s="412"/>
+      <c r="P290" s="412"/>
+      <c r="Q290" s="412"/>
+      <c r="R290" s="412"/>
+      <c r="S290" s="413"/>
       <c r="T290" s="37"/>
     </row>
     <row r="291" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A291" s="429" t="s">
-[...10 lines deleted...]
-      <c r="J291" s="432"/>
+      <c r="A291" s="559" t="s">
+        <v>753</v>
+      </c>
+      <c r="B291" s="559"/>
+      <c r="C291" s="559"/>
+      <c r="D291" s="559"/>
+      <c r="E291" s="559"/>
+      <c r="F291" s="560"/>
+      <c r="G291" s="561"/>
+      <c r="H291" s="561"/>
+      <c r="I291" s="561"/>
+      <c r="J291" s="562"/>
       <c r="K291" s="37"/>
       <c r="L291" s="37"/>
       <c r="M291" s="37"/>
-      <c r="N291" s="371"/>
-[...4 lines deleted...]
-      <c r="S291" s="373"/>
+      <c r="N291" s="414"/>
+      <c r="O291" s="415"/>
+      <c r="P291" s="415"/>
+      <c r="Q291" s="415"/>
+      <c r="R291" s="415"/>
+      <c r="S291" s="416"/>
       <c r="T291" s="37"/>
     </row>
     <row r="292" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A292" s="53"/>
       <c r="B292" s="53"/>
       <c r="C292" s="53"/>
       <c r="D292" s="53"/>
       <c r="E292" s="53"/>
       <c r="F292" s="53"/>
       <c r="G292" s="53"/>
       <c r="H292" s="53"/>
       <c r="I292" s="53"/>
       <c r="J292" s="53"/>
       <c r="K292" s="37"/>
       <c r="L292" s="37"/>
       <c r="M292" s="37"/>
       <c r="N292" s="37"/>
       <c r="O292" s="37"/>
       <c r="P292" s="37"/>
       <c r="Q292" s="37"/>
       <c r="R292" s="37"/>
       <c r="S292" s="37"/>
       <c r="T292" s="37"/>
     </row>
     <row r="293" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A293" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J293" s="576"/>
+      <c r="A293" s="308" t="s">
+        <v>911</v>
+      </c>
+      <c r="B293" s="308"/>
+      <c r="C293" s="308"/>
+      <c r="D293" s="308"/>
+      <c r="E293" s="308"/>
+      <c r="F293" s="308"/>
+      <c r="G293" s="308"/>
+      <c r="H293" s="308"/>
+      <c r="I293" s="308"/>
+      <c r="J293" s="308"/>
       <c r="K293" s="37"/>
       <c r="L293" s="37"/>
       <c r="M293" s="37"/>
       <c r="N293" s="37"/>
       <c r="O293" s="37"/>
       <c r="P293" s="37"/>
       <c r="Q293" s="37"/>
       <c r="R293" s="37"/>
       <c r="S293" s="37"/>
       <c r="T293" s="37"/>
     </row>
     <row r="294" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A294" s="156" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="B294" s="53"/>
       <c r="C294" s="53"/>
       <c r="D294" s="53"/>
       <c r="E294" s="53"/>
       <c r="F294" s="53"/>
       <c r="G294" s="53"/>
       <c r="H294" s="53"/>
       <c r="I294" s="53"/>
       <c r="J294" s="53"/>
       <c r="K294" s="37"/>
       <c r="L294" s="37"/>
       <c r="M294" s="37"/>
-      <c r="N294" s="365"/>
-[...4 lines deleted...]
-      <c r="S294" s="367"/>
+      <c r="N294" s="408"/>
+      <c r="O294" s="409"/>
+      <c r="P294" s="409"/>
+      <c r="Q294" s="409"/>
+      <c r="R294" s="409"/>
+      <c r="S294" s="410"/>
       <c r="T294" s="37"/>
     </row>
     <row r="295" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A295" s="437" t="s">
-[...9 lines deleted...]
-      <c r="I295" s="439"/>
+      <c r="A295" s="566" t="s">
+        <v>985</v>
+      </c>
+      <c r="B295" s="567"/>
+      <c r="C295" s="567"/>
+      <c r="D295" s="567"/>
+      <c r="E295" s="567"/>
+      <c r="F295" s="567"/>
+      <c r="G295" s="567"/>
+      <c r="H295" s="567"/>
+      <c r="I295" s="568"/>
       <c r="J295" s="54"/>
       <c r="K295" s="37"/>
       <c r="L295" s="37"/>
       <c r="M295" s="37"/>
-      <c r="N295" s="368"/>
-[...4 lines deleted...]
-      <c r="S295" s="370"/>
+      <c r="N295" s="411"/>
+      <c r="O295" s="412"/>
+      <c r="P295" s="412"/>
+      <c r="Q295" s="412"/>
+      <c r="R295" s="412"/>
+      <c r="S295" s="413"/>
       <c r="T295" s="37"/>
     </row>
     <row r="296" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A296" s="437"/>
-[...7 lines deleted...]
-      <c r="I296" s="439"/>
+      <c r="A296" s="566"/>
+      <c r="B296" s="567"/>
+      <c r="C296" s="567"/>
+      <c r="D296" s="567"/>
+      <c r="E296" s="567"/>
+      <c r="F296" s="567"/>
+      <c r="G296" s="567"/>
+      <c r="H296" s="567"/>
+      <c r="I296" s="568"/>
       <c r="J296" s="55">
         <f>IF(CHECKING!$B$157=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K296" s="37"/>
       <c r="L296" s="37"/>
       <c r="M296" s="37"/>
-      <c r="N296" s="368"/>
-[...4 lines deleted...]
-      <c r="S296" s="370"/>
+      <c r="N296" s="411"/>
+      <c r="O296" s="412"/>
+      <c r="P296" s="412"/>
+      <c r="Q296" s="412"/>
+      <c r="R296" s="412"/>
+      <c r="S296" s="413"/>
       <c r="T296" s="37"/>
     </row>
     <row r="297" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A297" s="342" t="s">
-[...9 lines deleted...]
-      <c r="I297" s="344"/>
+      <c r="A297" s="569" t="s">
+        <v>819</v>
+      </c>
+      <c r="B297" s="570"/>
+      <c r="C297" s="570"/>
+      <c r="D297" s="570"/>
+      <c r="E297" s="570"/>
+      <c r="F297" s="570"/>
+      <c r="G297" s="570"/>
+      <c r="H297" s="570"/>
+      <c r="I297" s="571"/>
       <c r="J297" s="54"/>
       <c r="K297" s="37"/>
       <c r="L297" s="37"/>
       <c r="M297" s="37"/>
-      <c r="N297" s="368"/>
-[...4 lines deleted...]
-      <c r="S297" s="370"/>
+      <c r="N297" s="411"/>
+      <c r="O297" s="412"/>
+      <c r="P297" s="412"/>
+      <c r="Q297" s="412"/>
+      <c r="R297" s="412"/>
+      <c r="S297" s="413"/>
       <c r="T297" s="37"/>
     </row>
     <row r="298" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A298" s="342"/>
-[...7 lines deleted...]
-      <c r="I298" s="344"/>
+      <c r="A298" s="569"/>
+      <c r="B298" s="570"/>
+      <c r="C298" s="570"/>
+      <c r="D298" s="570"/>
+      <c r="E298" s="570"/>
+      <c r="F298" s="570"/>
+      <c r="G298" s="570"/>
+      <c r="H298" s="570"/>
+      <c r="I298" s="571"/>
       <c r="J298" s="55">
         <f>IF(CHECKING!$B$158=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K298" s="37"/>
       <c r="L298" s="37"/>
       <c r="M298" s="37"/>
-      <c r="N298" s="368"/>
-[...4 lines deleted...]
-      <c r="S298" s="370"/>
+      <c r="N298" s="411"/>
+      <c r="O298" s="412"/>
+      <c r="P298" s="412"/>
+      <c r="Q298" s="412"/>
+      <c r="R298" s="412"/>
+      <c r="S298" s="413"/>
       <c r="T298" s="37"/>
     </row>
     <row r="299" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A299" s="342" t="s">
-[...9 lines deleted...]
-      <c r="I299" s="344"/>
+      <c r="A299" s="569" t="s">
+        <v>818</v>
+      </c>
+      <c r="B299" s="570"/>
+      <c r="C299" s="570"/>
+      <c r="D299" s="570"/>
+      <c r="E299" s="570"/>
+      <c r="F299" s="570"/>
+      <c r="G299" s="570"/>
+      <c r="H299" s="570"/>
+      <c r="I299" s="571"/>
       <c r="J299" s="54"/>
       <c r="K299" s="37"/>
       <c r="L299" s="37"/>
       <c r="M299" s="37"/>
-      <c r="N299" s="368"/>
-[...4 lines deleted...]
-      <c r="S299" s="370"/>
+      <c r="N299" s="411"/>
+      <c r="O299" s="412"/>
+      <c r="P299" s="412"/>
+      <c r="Q299" s="412"/>
+      <c r="R299" s="412"/>
+      <c r="S299" s="413"/>
       <c r="T299" s="37"/>
     </row>
     <row r="300" spans="1:20" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A300" s="342"/>
-[...7 lines deleted...]
-      <c r="I300" s="344"/>
+      <c r="A300" s="569"/>
+      <c r="B300" s="570"/>
+      <c r="C300" s="570"/>
+      <c r="D300" s="570"/>
+      <c r="E300" s="570"/>
+      <c r="F300" s="570"/>
+      <c r="G300" s="570"/>
+      <c r="H300" s="570"/>
+      <c r="I300" s="571"/>
       <c r="J300" s="55">
         <f>IF(CHECKING!$B$159=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K300" s="37"/>
       <c r="L300" s="37"/>
       <c r="M300" s="37"/>
-      <c r="N300" s="368"/>
-[...4 lines deleted...]
-      <c r="S300" s="370"/>
+      <c r="N300" s="411"/>
+      <c r="O300" s="412"/>
+      <c r="P300" s="412"/>
+      <c r="Q300" s="412"/>
+      <c r="R300" s="412"/>
+      <c r="S300" s="413"/>
       <c r="T300" s="37"/>
     </row>
     <row r="301" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A301" s="433" t="s">
-[...8 lines deleted...]
-      <c r="H301" s="433"/>
+      <c r="A301" s="563" t="s">
+        <v>912</v>
+      </c>
+      <c r="B301" s="563"/>
+      <c r="C301" s="563"/>
+      <c r="D301" s="563"/>
+      <c r="E301" s="563"/>
+      <c r="F301" s="563"/>
+      <c r="G301" s="563"/>
+      <c r="H301" s="563"/>
       <c r="I301" s="157" t="s">
         <v>380</v>
       </c>
       <c r="J301" s="53"/>
       <c r="K301" s="37"/>
       <c r="L301" s="37"/>
       <c r="M301" s="37"/>
-      <c r="N301" s="368"/>
-[...4 lines deleted...]
-      <c r="S301" s="370"/>
+      <c r="N301" s="411"/>
+      <c r="O301" s="412"/>
+      <c r="P301" s="412"/>
+      <c r="Q301" s="412"/>
+      <c r="R301" s="412"/>
+      <c r="S301" s="413"/>
       <c r="T301" s="37"/>
     </row>
     <row r="302" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A302" s="53"/>
-      <c r="B302" s="434" t="str">
+      <c r="B302" s="564" t="str">
         <f>IF(OR($I$301="- select -",$I$301=""),"",CONCATENATE("Please remind the applicant that they must inform ",IF($I$301="yes","the Student immigration team","their Tier 4 sponsor")," that they will be applying to switch into Tier 5"))</f>
         <v/>
       </c>
-      <c r="C302" s="434"/>
-[...5 lines deleted...]
-      <c r="I302" s="434"/>
+      <c r="C302" s="564"/>
+      <c r="D302" s="564"/>
+      <c r="E302" s="564"/>
+      <c r="F302" s="564"/>
+      <c r="G302" s="564"/>
+      <c r="H302" s="564"/>
+      <c r="I302" s="564"/>
       <c r="J302" s="53"/>
       <c r="K302" s="37"/>
       <c r="L302" s="37"/>
       <c r="M302" s="37"/>
-      <c r="N302" s="368"/>
-[...4 lines deleted...]
-      <c r="S302" s="370"/>
+      <c r="N302" s="411"/>
+      <c r="O302" s="412"/>
+      <c r="P302" s="412"/>
+      <c r="Q302" s="412"/>
+      <c r="R302" s="412"/>
+      <c r="S302" s="413"/>
       <c r="T302" s="37"/>
     </row>
     <row r="303" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A303" s="158"/>
-      <c r="B303" s="434"/>
-[...6 lines deleted...]
-      <c r="I303" s="434"/>
+      <c r="B303" s="564"/>
+      <c r="C303" s="564"/>
+      <c r="D303" s="564"/>
+      <c r="E303" s="564"/>
+      <c r="F303" s="564"/>
+      <c r="G303" s="564"/>
+      <c r="H303" s="564"/>
+      <c r="I303" s="564"/>
       <c r="J303" s="158"/>
       <c r="K303" s="37"/>
       <c r="L303" s="37"/>
       <c r="M303" s="37"/>
-      <c r="N303" s="368"/>
-[...4 lines deleted...]
-      <c r="S303" s="370"/>
+      <c r="N303" s="411"/>
+      <c r="O303" s="412"/>
+      <c r="P303" s="412"/>
+      <c r="Q303" s="412"/>
+      <c r="R303" s="412"/>
+      <c r="S303" s="413"/>
       <c r="T303" s="37"/>
     </row>
     <row r="304" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A304" s="435" t="s">
-[...10 lines deleted...]
-      <c r="J304" s="435"/>
+      <c r="A304" s="565" t="s">
+        <v>986</v>
+      </c>
+      <c r="B304" s="565"/>
+      <c r="C304" s="565"/>
+      <c r="D304" s="565"/>
+      <c r="E304" s="565"/>
+      <c r="F304" s="565"/>
+      <c r="G304" s="565"/>
+      <c r="H304" s="565"/>
+      <c r="I304" s="565"/>
+      <c r="J304" s="565"/>
       <c r="K304" s="37"/>
       <c r="L304" s="37"/>
       <c r="M304" s="37"/>
-      <c r="N304" s="368"/>
-[...4 lines deleted...]
-      <c r="S304" s="370"/>
+      <c r="N304" s="411"/>
+      <c r="O304" s="412"/>
+      <c r="P304" s="412"/>
+      <c r="Q304" s="412"/>
+      <c r="R304" s="412"/>
+      <c r="S304" s="413"/>
       <c r="T304" s="37"/>
     </row>
     <row r="305" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A305" s="435"/>
-[...8 lines deleted...]
-      <c r="J305" s="435"/>
+      <c r="A305" s="565"/>
+      <c r="B305" s="565"/>
+      <c r="C305" s="565"/>
+      <c r="D305" s="565"/>
+      <c r="E305" s="565"/>
+      <c r="F305" s="565"/>
+      <c r="G305" s="565"/>
+      <c r="H305" s="565"/>
+      <c r="I305" s="565"/>
+      <c r="J305" s="565"/>
       <c r="K305" s="37"/>
       <c r="L305" s="37"/>
       <c r="M305" s="37"/>
-      <c r="N305" s="371"/>
-[...4 lines deleted...]
-      <c r="S305" s="373"/>
+      <c r="N305" s="414"/>
+      <c r="O305" s="415"/>
+      <c r="P305" s="415"/>
+      <c r="Q305" s="415"/>
+      <c r="R305" s="415"/>
+      <c r="S305" s="416"/>
       <c r="T305" s="37"/>
     </row>
     <row r="306" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A306" s="435"/>
-[...8 lines deleted...]
-      <c r="J306" s="435"/>
+      <c r="A306" s="565"/>
+      <c r="B306" s="565"/>
+      <c r="C306" s="565"/>
+      <c r="D306" s="565"/>
+      <c r="E306" s="565"/>
+      <c r="F306" s="565"/>
+      <c r="G306" s="565"/>
+      <c r="H306" s="565"/>
+      <c r="I306" s="565"/>
+      <c r="J306" s="565"/>
       <c r="K306" s="37"/>
       <c r="L306" s="37"/>
       <c r="M306" s="37"/>
       <c r="N306" s="65"/>
       <c r="O306" s="65"/>
       <c r="P306" s="65"/>
       <c r="Q306" s="65"/>
       <c r="R306" s="65"/>
       <c r="S306" s="65"/>
       <c r="T306" s="37"/>
     </row>
     <row r="307" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A307" s="435"/>
-[...8 lines deleted...]
-      <c r="J307" s="435"/>
+      <c r="A307" s="565"/>
+      <c r="B307" s="565"/>
+      <c r="C307" s="565"/>
+      <c r="D307" s="565"/>
+      <c r="E307" s="565"/>
+      <c r="F307" s="565"/>
+      <c r="G307" s="565"/>
+      <c r="H307" s="565"/>
+      <c r="I307" s="565"/>
+      <c r="J307" s="565"/>
       <c r="K307" s="37"/>
       <c r="L307" s="37"/>
       <c r="M307" s="37"/>
       <c r="N307" s="65"/>
       <c r="O307" s="65"/>
       <c r="P307" s="65"/>
       <c r="Q307" s="65"/>
       <c r="R307" s="65"/>
       <c r="S307" s="65"/>
       <c r="T307" s="37"/>
     </row>
     <row r="308" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A308" s="53"/>
       <c r="B308" s="53"/>
       <c r="C308" s="53"/>
       <c r="D308" s="53"/>
       <c r="E308" s="53"/>
       <c r="F308" s="53"/>
       <c r="G308" s="53"/>
       <c r="H308" s="53"/>
       <c r="I308" s="53"/>
       <c r="J308" s="53"/>
       <c r="K308" s="37"/>
       <c r="L308" s="37"/>
       <c r="M308" s="37"/>
       <c r="N308" s="37"/>
       <c r="O308" s="37"/>
       <c r="P308" s="37"/>
       <c r="Q308" s="37"/>
       <c r="R308" s="37"/>
       <c r="S308" s="37"/>
       <c r="T308" s="37"/>
     </row>
     <row r="309" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A309" s="440" t="s">
-[...10 lines deleted...]
-      <c r="J309" s="319" t="s">
+      <c r="A309" s="572" t="s">
+        <v>812</v>
+      </c>
+      <c r="B309" s="572"/>
+      <c r="C309" s="572"/>
+      <c r="D309" s="572"/>
+      <c r="E309" s="572"/>
+      <c r="F309" s="572"/>
+      <c r="G309" s="572"/>
+      <c r="H309" s="572"/>
+      <c r="I309" s="572"/>
+      <c r="J309" s="619" t="s">
         <v>380</v>
       </c>
       <c r="K309" s="37"/>
       <c r="L309" s="37"/>
       <c r="M309" s="37"/>
-      <c r="N309" s="365"/>
-[...4 lines deleted...]
-      <c r="S309" s="367"/>
+      <c r="N309" s="408"/>
+      <c r="O309" s="409"/>
+      <c r="P309" s="409"/>
+      <c r="Q309" s="409"/>
+      <c r="R309" s="409"/>
+      <c r="S309" s="410"/>
       <c r="T309" s="37"/>
     </row>
     <row r="310" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A310" s="440"/>
-[...8 lines deleted...]
-      <c r="J310" s="320"/>
+      <c r="A310" s="572"/>
+      <c r="B310" s="572"/>
+      <c r="C310" s="572"/>
+      <c r="D310" s="572"/>
+      <c r="E310" s="572"/>
+      <c r="F310" s="572"/>
+      <c r="G310" s="572"/>
+      <c r="H310" s="572"/>
+      <c r="I310" s="572"/>
+      <c r="J310" s="620"/>
       <c r="K310" s="37"/>
       <c r="L310" s="37"/>
       <c r="M310" s="37"/>
-      <c r="N310" s="368"/>
-[...4 lines deleted...]
-      <c r="S310" s="370"/>
+      <c r="N310" s="411"/>
+      <c r="O310" s="412"/>
+      <c r="P310" s="412"/>
+      <c r="Q310" s="412"/>
+      <c r="R310" s="412"/>
+      <c r="S310" s="413"/>
       <c r="T310" s="37"/>
     </row>
     <row r="311" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A311" s="440"/>
-[...8 lines deleted...]
-      <c r="J311" s="321"/>
+      <c r="A311" s="572"/>
+      <c r="B311" s="572"/>
+      <c r="C311" s="572"/>
+      <c r="D311" s="572"/>
+      <c r="E311" s="572"/>
+      <c r="F311" s="572"/>
+      <c r="G311" s="572"/>
+      <c r="H311" s="572"/>
+      <c r="I311" s="572"/>
+      <c r="J311" s="621"/>
       <c r="K311" s="37"/>
       <c r="L311" s="37"/>
       <c r="M311" s="37"/>
-      <c r="N311" s="368"/>
-[...4 lines deleted...]
-      <c r="S311" s="370"/>
+      <c r="N311" s="411"/>
+      <c r="O311" s="412"/>
+      <c r="P311" s="412"/>
+      <c r="Q311" s="412"/>
+      <c r="R311" s="412"/>
+      <c r="S311" s="413"/>
       <c r="T311" s="37"/>
     </row>
     <row r="312" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A312" s="414" t="s">
-[...10 lines deleted...]
-      <c r="J312" s="414"/>
+      <c r="A312" s="544" t="s">
+        <v>813</v>
+      </c>
+      <c r="B312" s="544"/>
+      <c r="C312" s="544"/>
+      <c r="D312" s="544"/>
+      <c r="E312" s="544"/>
+      <c r="F312" s="544"/>
+      <c r="G312" s="544"/>
+      <c r="H312" s="544"/>
+      <c r="I312" s="544"/>
+      <c r="J312" s="544"/>
       <c r="K312" s="37"/>
       <c r="L312" s="37"/>
       <c r="M312" s="37"/>
-      <c r="N312" s="368"/>
-[...4 lines deleted...]
-      <c r="S312" s="370"/>
+      <c r="N312" s="411"/>
+      <c r="O312" s="412"/>
+      <c r="P312" s="412"/>
+      <c r="Q312" s="412"/>
+      <c r="R312" s="412"/>
+      <c r="S312" s="413"/>
       <c r="T312" s="37"/>
     </row>
     <row r="313" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A313" s="415"/>
-[...8 lines deleted...]
-      <c r="J313" s="415"/>
+      <c r="A313" s="545"/>
+      <c r="B313" s="545"/>
+      <c r="C313" s="545"/>
+      <c r="D313" s="545"/>
+      <c r="E313" s="545"/>
+      <c r="F313" s="545"/>
+      <c r="G313" s="545"/>
+      <c r="H313" s="545"/>
+      <c r="I313" s="545"/>
+      <c r="J313" s="545"/>
       <c r="K313" s="37"/>
       <c r="L313" s="37"/>
       <c r="M313" s="37"/>
-      <c r="N313" s="368"/>
-[...4 lines deleted...]
-      <c r="S313" s="370"/>
+      <c r="N313" s="411"/>
+      <c r="O313" s="412"/>
+      <c r="P313" s="412"/>
+      <c r="Q313" s="412"/>
+      <c r="R313" s="412"/>
+      <c r="S313" s="413"/>
       <c r="T313" s="37"/>
     </row>
     <row r="314" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A314" s="416"/>
-[...8 lines deleted...]
-      <c r="J314" s="418"/>
+      <c r="A314" s="546"/>
+      <c r="B314" s="547"/>
+      <c r="C314" s="547"/>
+      <c r="D314" s="547"/>
+      <c r="E314" s="547"/>
+      <c r="F314" s="547"/>
+      <c r="G314" s="547"/>
+      <c r="H314" s="547"/>
+      <c r="I314" s="547"/>
+      <c r="J314" s="548"/>
       <c r="K314" s="37"/>
       <c r="L314" s="37"/>
       <c r="M314" s="37"/>
-      <c r="N314" s="368"/>
-[...4 lines deleted...]
-      <c r="S314" s="370"/>
+      <c r="N314" s="411"/>
+      <c r="O314" s="412"/>
+      <c r="P314" s="412"/>
+      <c r="Q314" s="412"/>
+      <c r="R314" s="412"/>
+      <c r="S314" s="413"/>
       <c r="T314" s="37"/>
     </row>
     <row r="315" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A315" s="419"/>
-[...8 lines deleted...]
-      <c r="J315" s="421"/>
+      <c r="A315" s="549"/>
+      <c r="B315" s="550"/>
+      <c r="C315" s="550"/>
+      <c r="D315" s="550"/>
+      <c r="E315" s="550"/>
+      <c r="F315" s="550"/>
+      <c r="G315" s="550"/>
+      <c r="H315" s="550"/>
+      <c r="I315" s="550"/>
+      <c r="J315" s="551"/>
       <c r="K315" s="37"/>
       <c r="L315" s="37"/>
       <c r="M315" s="37"/>
-      <c r="N315" s="368"/>
-[...4 lines deleted...]
-      <c r="S315" s="370"/>
+      <c r="N315" s="411"/>
+      <c r="O315" s="412"/>
+      <c r="P315" s="412"/>
+      <c r="Q315" s="412"/>
+      <c r="R315" s="412"/>
+      <c r="S315" s="413"/>
       <c r="T315" s="37"/>
     </row>
     <row r="316" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A316" s="419"/>
-[...8 lines deleted...]
-      <c r="J316" s="421"/>
+      <c r="A316" s="549"/>
+      <c r="B316" s="550"/>
+      <c r="C316" s="550"/>
+      <c r="D316" s="550"/>
+      <c r="E316" s="550"/>
+      <c r="F316" s="550"/>
+      <c r="G316" s="550"/>
+      <c r="H316" s="550"/>
+      <c r="I316" s="550"/>
+      <c r="J316" s="551"/>
       <c r="K316" s="37"/>
       <c r="L316" s="37"/>
       <c r="M316" s="37"/>
-      <c r="N316" s="368"/>
-[...4 lines deleted...]
-      <c r="S316" s="370"/>
+      <c r="N316" s="411"/>
+      <c r="O316" s="412"/>
+      <c r="P316" s="412"/>
+      <c r="Q316" s="412"/>
+      <c r="R316" s="412"/>
+      <c r="S316" s="413"/>
       <c r="T316" s="37"/>
     </row>
     <row r="317" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A317" s="419"/>
-[...8 lines deleted...]
-      <c r="J317" s="421"/>
+      <c r="A317" s="549"/>
+      <c r="B317" s="550"/>
+      <c r="C317" s="550"/>
+      <c r="D317" s="550"/>
+      <c r="E317" s="550"/>
+      <c r="F317" s="550"/>
+      <c r="G317" s="550"/>
+      <c r="H317" s="550"/>
+      <c r="I317" s="550"/>
+      <c r="J317" s="551"/>
       <c r="K317" s="37"/>
       <c r="L317" s="37"/>
       <c r="M317" s="37"/>
-      <c r="N317" s="368"/>
-[...4 lines deleted...]
-      <c r="S317" s="370"/>
+      <c r="N317" s="411"/>
+      <c r="O317" s="412"/>
+      <c r="P317" s="412"/>
+      <c r="Q317" s="412"/>
+      <c r="R317" s="412"/>
+      <c r="S317" s="413"/>
       <c r="T317" s="37"/>
     </row>
     <row r="318" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A318" s="419"/>
-[...8 lines deleted...]
-      <c r="J318" s="421"/>
+      <c r="A318" s="549"/>
+      <c r="B318" s="550"/>
+      <c r="C318" s="550"/>
+      <c r="D318" s="550"/>
+      <c r="E318" s="550"/>
+      <c r="F318" s="550"/>
+      <c r="G318" s="550"/>
+      <c r="H318" s="550"/>
+      <c r="I318" s="550"/>
+      <c r="J318" s="551"/>
       <c r="K318" s="37"/>
       <c r="L318" s="37"/>
       <c r="M318" s="37"/>
-      <c r="N318" s="368"/>
-[...4 lines deleted...]
-      <c r="S318" s="370"/>
+      <c r="N318" s="411"/>
+      <c r="O318" s="412"/>
+      <c r="P318" s="412"/>
+      <c r="Q318" s="412"/>
+      <c r="R318" s="412"/>
+      <c r="S318" s="413"/>
       <c r="T318" s="37"/>
     </row>
     <row r="319" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A319" s="419"/>
-[...8 lines deleted...]
-      <c r="J319" s="421"/>
+      <c r="A319" s="549"/>
+      <c r="B319" s="550"/>
+      <c r="C319" s="550"/>
+      <c r="D319" s="550"/>
+      <c r="E319" s="550"/>
+      <c r="F319" s="550"/>
+      <c r="G319" s="550"/>
+      <c r="H319" s="550"/>
+      <c r="I319" s="550"/>
+      <c r="J319" s="551"/>
       <c r="K319" s="37"/>
       <c r="L319" s="37"/>
       <c r="M319" s="37"/>
-      <c r="N319" s="368"/>
-[...4 lines deleted...]
-      <c r="S319" s="370"/>
+      <c r="N319" s="411"/>
+      <c r="O319" s="412"/>
+      <c r="P319" s="412"/>
+      <c r="Q319" s="412"/>
+      <c r="R319" s="412"/>
+      <c r="S319" s="413"/>
       <c r="T319" s="37"/>
     </row>
     <row r="320" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A320" s="422"/>
-[...8 lines deleted...]
-      <c r="J320" s="424"/>
+      <c r="A320" s="552"/>
+      <c r="B320" s="553"/>
+      <c r="C320" s="553"/>
+      <c r="D320" s="553"/>
+      <c r="E320" s="553"/>
+      <c r="F320" s="553"/>
+      <c r="G320" s="553"/>
+      <c r="H320" s="553"/>
+      <c r="I320" s="553"/>
+      <c r="J320" s="554"/>
       <c r="K320" s="37"/>
       <c r="L320" s="37"/>
       <c r="M320" s="37"/>
-      <c r="N320" s="368"/>
-[...4 lines deleted...]
-      <c r="S320" s="370"/>
+      <c r="N320" s="411"/>
+      <c r="O320" s="412"/>
+      <c r="P320" s="412"/>
+      <c r="Q320" s="412"/>
+      <c r="R320" s="412"/>
+      <c r="S320" s="413"/>
       <c r="T320" s="37"/>
     </row>
     <row r="321" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A321" s="425" t="s">
-[...10 lines deleted...]
-      <c r="J321" s="425"/>
+      <c r="A321" s="555" t="s">
+        <v>934</v>
+      </c>
+      <c r="B321" s="555"/>
+      <c r="C321" s="555"/>
+      <c r="D321" s="555"/>
+      <c r="E321" s="555"/>
+      <c r="F321" s="555"/>
+      <c r="G321" s="555"/>
+      <c r="H321" s="555"/>
+      <c r="I321" s="555"/>
+      <c r="J321" s="555"/>
       <c r="K321" s="37"/>
       <c r="L321" s="37"/>
       <c r="M321" s="37"/>
-      <c r="N321" s="368"/>
-[...4 lines deleted...]
-      <c r="S321" s="370"/>
+      <c r="N321" s="411"/>
+      <c r="O321" s="412"/>
+      <c r="P321" s="412"/>
+      <c r="Q321" s="412"/>
+      <c r="R321" s="412"/>
+      <c r="S321" s="413"/>
       <c r="T321" s="37"/>
     </row>
     <row r="322" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A322" s="426"/>
-[...8 lines deleted...]
-      <c r="J322" s="426"/>
+      <c r="A322" s="556"/>
+      <c r="B322" s="556"/>
+      <c r="C322" s="556"/>
+      <c r="D322" s="556"/>
+      <c r="E322" s="556"/>
+      <c r="F322" s="556"/>
+      <c r="G322" s="556"/>
+      <c r="H322" s="556"/>
+      <c r="I322" s="556"/>
+      <c r="J322" s="556"/>
       <c r="K322" s="37"/>
       <c r="L322" s="37"/>
       <c r="M322" s="37"/>
-      <c r="N322" s="368"/>
-[...4 lines deleted...]
-      <c r="S322" s="370"/>
+      <c r="N322" s="411"/>
+      <c r="O322" s="412"/>
+      <c r="P322" s="412"/>
+      <c r="Q322" s="412"/>
+      <c r="R322" s="412"/>
+      <c r="S322" s="413"/>
       <c r="T322" s="37"/>
     </row>
     <row r="323" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A323" s="426"/>
-[...8 lines deleted...]
-      <c r="J323" s="426"/>
+      <c r="A323" s="556"/>
+      <c r="B323" s="556"/>
+      <c r="C323" s="556"/>
+      <c r="D323" s="556"/>
+      <c r="E323" s="556"/>
+      <c r="F323" s="556"/>
+      <c r="G323" s="556"/>
+      <c r="H323" s="556"/>
+      <c r="I323" s="556"/>
+      <c r="J323" s="556"/>
       <c r="K323" s="37"/>
       <c r="L323" s="37"/>
       <c r="M323" s="37"/>
-      <c r="N323" s="368"/>
-[...4 lines deleted...]
-      <c r="S323" s="370"/>
+      <c r="N323" s="411"/>
+      <c r="O323" s="412"/>
+      <c r="P323" s="412"/>
+      <c r="Q323" s="412"/>
+      <c r="R323" s="412"/>
+      <c r="S323" s="413"/>
       <c r="T323" s="37"/>
     </row>
     <row r="324" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A324" s="426"/>
-[...8 lines deleted...]
-      <c r="J324" s="426"/>
+      <c r="A324" s="556"/>
+      <c r="B324" s="556"/>
+      <c r="C324" s="556"/>
+      <c r="D324" s="556"/>
+      <c r="E324" s="556"/>
+      <c r="F324" s="556"/>
+      <c r="G324" s="556"/>
+      <c r="H324" s="556"/>
+      <c r="I324" s="556"/>
+      <c r="J324" s="556"/>
       <c r="K324" s="37"/>
       <c r="L324" s="37"/>
       <c r="M324" s="37"/>
-      <c r="N324" s="371"/>
-[...4 lines deleted...]
-      <c r="S324" s="373"/>
+      <c r="N324" s="414"/>
+      <c r="O324" s="415"/>
+      <c r="P324" s="415"/>
+      <c r="Q324" s="415"/>
+      <c r="R324" s="415"/>
+      <c r="S324" s="416"/>
       <c r="T324" s="37"/>
     </row>
     <row r="325" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A325" s="53"/>
       <c r="B325" s="53"/>
       <c r="C325" s="53"/>
       <c r="D325" s="53"/>
       <c r="E325" s="53"/>
       <c r="F325" s="53"/>
       <c r="G325" s="53"/>
       <c r="H325" s="53"/>
       <c r="I325" s="53"/>
       <c r="J325" s="53"/>
       <c r="K325" s="37"/>
       <c r="L325" s="37"/>
       <c r="M325" s="37"/>
       <c r="N325" s="37"/>
       <c r="O325" s="37"/>
       <c r="P325" s="37"/>
       <c r="Q325" s="37"/>
       <c r="R325" s="37"/>
       <c r="S325" s="37"/>
       <c r="T325" s="37"/>
     </row>
     <row r="326" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A326" s="576" t="s">
-[...10 lines deleted...]
-      <c r="J326" s="576"/>
+      <c r="A326" s="308" t="s">
+        <v>830</v>
+      </c>
+      <c r="B326" s="308"/>
+      <c r="C326" s="308"/>
+      <c r="D326" s="308"/>
+      <c r="E326" s="308"/>
+      <c r="F326" s="308"/>
+      <c r="G326" s="308"/>
+      <c r="H326" s="308"/>
+      <c r="I326" s="308"/>
+      <c r="J326" s="308"/>
       <c r="K326" s="37"/>
       <c r="L326" s="37"/>
       <c r="M326" s="37"/>
       <c r="N326" s="37"/>
       <c r="O326" s="37"/>
       <c r="P326" s="37"/>
       <c r="Q326" s="37"/>
       <c r="R326" s="37"/>
       <c r="S326" s="37"/>
       <c r="T326" s="37"/>
     </row>
     <row r="327" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A327" s="47"/>
       <c r="B327" s="47"/>
       <c r="C327" s="47"/>
       <c r="D327" s="47"/>
       <c r="E327" s="47"/>
       <c r="F327" s="47"/>
       <c r="G327" s="47"/>
       <c r="H327" s="47"/>
       <c r="I327" s="47"/>
       <c r="J327" s="47"/>
       <c r="K327" s="37"/>
       <c r="L327" s="37"/>
       <c r="M327" s="37"/>
       <c r="N327" s="37"/>
       <c r="O327" s="37"/>
       <c r="P327" s="37"/>
       <c r="Q327" s="37"/>
       <c r="R327" s="37"/>
       <c r="S327" s="37"/>
       <c r="T327" s="37"/>
     </row>
     <row r="328" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A328" s="395" t="s">
-[...10 lines deleted...]
-      <c r="J328" s="395"/>
+      <c r="A328" s="390" t="s">
+        <v>831</v>
+      </c>
+      <c r="B328" s="390"/>
+      <c r="C328" s="390"/>
+      <c r="D328" s="390"/>
+      <c r="E328" s="390"/>
+      <c r="F328" s="390"/>
+      <c r="G328" s="390"/>
+      <c r="H328" s="390"/>
+      <c r="I328" s="390"/>
+      <c r="J328" s="390"/>
       <c r="K328" s="37"/>
       <c r="L328" s="37"/>
       <c r="M328" s="37"/>
       <c r="N328" s="37"/>
       <c r="O328" s="37"/>
       <c r="P328" s="37"/>
       <c r="Q328" s="37"/>
       <c r="R328" s="37"/>
       <c r="S328" s="37"/>
       <c r="T328" s="37"/>
     </row>
     <row r="329" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A329" s="395"/>
-[...8 lines deleted...]
-      <c r="J329" s="395"/>
+      <c r="A329" s="390"/>
+      <c r="B329" s="390"/>
+      <c r="C329" s="390"/>
+      <c r="D329" s="390"/>
+      <c r="E329" s="390"/>
+      <c r="F329" s="390"/>
+      <c r="G329" s="390"/>
+      <c r="H329" s="390"/>
+      <c r="I329" s="390"/>
+      <c r="J329" s="390"/>
       <c r="K329" s="37"/>
       <c r="L329" s="37"/>
       <c r="M329" s="37"/>
       <c r="N329" s="37"/>
       <c r="O329" s="37"/>
       <c r="P329" s="37"/>
       <c r="Q329" s="37"/>
       <c r="R329" s="37"/>
       <c r="S329" s="37"/>
       <c r="T329" s="37"/>
     </row>
     <row r="330" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A330" s="395"/>
-[...8 lines deleted...]
-      <c r="J330" s="395"/>
+      <c r="A330" s="390"/>
+      <c r="B330" s="390"/>
+      <c r="C330" s="390"/>
+      <c r="D330" s="390"/>
+      <c r="E330" s="390"/>
+      <c r="F330" s="390"/>
+      <c r="G330" s="390"/>
+      <c r="H330" s="390"/>
+      <c r="I330" s="390"/>
+      <c r="J330" s="390"/>
       <c r="K330" s="37"/>
       <c r="L330" s="37"/>
       <c r="M330" s="37"/>
       <c r="N330" s="37"/>
       <c r="O330" s="37"/>
       <c r="P330" s="37"/>
       <c r="Q330" s="37"/>
       <c r="R330" s="37"/>
       <c r="S330" s="37"/>
       <c r="T330" s="37"/>
     </row>
     <row r="331" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A331" s="161" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="B331" s="42"/>
       <c r="C331" s="162"/>
       <c r="D331" s="162"/>
       <c r="E331" s="162"/>
       <c r="F331" s="162"/>
       <c r="G331" s="162"/>
       <c r="H331" s="162"/>
       <c r="I331" s="162"/>
       <c r="J331" s="162"/>
       <c r="K331" s="37"/>
       <c r="L331" s="37"/>
       <c r="M331" s="37"/>
       <c r="N331" s="37"/>
       <c r="O331" s="37"/>
       <c r="P331" s="37"/>
       <c r="Q331" s="37"/>
       <c r="R331" s="37"/>
       <c r="S331" s="37"/>
       <c r="T331" s="37"/>
     </row>
     <row r="332" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A332" s="42"/>
-      <c r="B332" s="312" t="s">
-[...7 lines deleted...]
-      <c r="H332" s="312"/>
+      <c r="B332" s="354" t="s">
+        <v>918</v>
+      </c>
+      <c r="C332" s="354"/>
+      <c r="D332" s="354"/>
+      <c r="E332" s="354"/>
+      <c r="F332" s="354"/>
+      <c r="G332" s="354"/>
+      <c r="H332" s="354"/>
       <c r="I332" s="162"/>
       <c r="J332" s="162"/>
       <c r="K332" s="37"/>
       <c r="L332" s="37"/>
       <c r="M332" s="37"/>
       <c r="N332" s="37"/>
       <c r="O332" s="37"/>
       <c r="P332" s="37"/>
       <c r="Q332" s="37"/>
       <c r="R332" s="37"/>
       <c r="S332" s="37"/>
       <c r="T332" s="37"/>
     </row>
     <row r="333" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A333" s="42"/>
       <c r="B333" s="163"/>
       <c r="C333" s="163"/>
       <c r="D333" s="163"/>
       <c r="E333" s="163"/>
       <c r="F333" s="163"/>
       <c r="G333" s="163"/>
       <c r="H333" s="162"/>
       <c r="I333" s="162"/>
       <c r="J333" s="162"/>
       <c r="K333" s="37"/>
       <c r="L333" s="37"/>
       <c r="M333" s="37"/>
       <c r="N333" s="37"/>
       <c r="O333" s="37"/>
       <c r="P333" s="37"/>
       <c r="Q333" s="37"/>
       <c r="R333" s="37"/>
       <c r="S333" s="37"/>
       <c r="T333" s="37"/>
     </row>
     <row r="334" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A334" s="395" t="s">
-[...10 lines deleted...]
-      <c r="J334" s="395"/>
+      <c r="A334" s="390" t="s">
+        <v>832</v>
+      </c>
+      <c r="B334" s="390"/>
+      <c r="C334" s="390"/>
+      <c r="D334" s="390"/>
+      <c r="E334" s="390"/>
+      <c r="F334" s="390"/>
+      <c r="G334" s="390"/>
+      <c r="H334" s="390"/>
+      <c r="I334" s="390"/>
+      <c r="J334" s="390"/>
       <c r="K334" s="37"/>
       <c r="L334" s="37"/>
       <c r="M334" s="37"/>
       <c r="N334" s="37"/>
       <c r="O334" s="37"/>
       <c r="P334" s="37"/>
       <c r="Q334" s="37"/>
       <c r="R334" s="37"/>
       <c r="S334" s="37"/>
       <c r="T334" s="37"/>
     </row>
     <row r="335" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A335" s="395"/>
-[...8 lines deleted...]
-      <c r="J335" s="395"/>
+      <c r="A335" s="390"/>
+      <c r="B335" s="390"/>
+      <c r="C335" s="390"/>
+      <c r="D335" s="390"/>
+      <c r="E335" s="390"/>
+      <c r="F335" s="390"/>
+      <c r="G335" s="390"/>
+      <c r="H335" s="390"/>
+      <c r="I335" s="390"/>
+      <c r="J335" s="390"/>
       <c r="K335" s="37"/>
       <c r="L335" s="37"/>
       <c r="M335" s="37"/>
       <c r="N335" s="37"/>
       <c r="O335" s="37"/>
       <c r="P335" s="37"/>
       <c r="Q335" s="37"/>
       <c r="R335" s="37"/>
       <c r="S335" s="37"/>
       <c r="T335" s="37"/>
     </row>
     <row r="336" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A336" s="395"/>
-[...8 lines deleted...]
-      <c r="J336" s="395"/>
+      <c r="A336" s="390"/>
+      <c r="B336" s="390"/>
+      <c r="C336" s="390"/>
+      <c r="D336" s="390"/>
+      <c r="E336" s="390"/>
+      <c r="F336" s="390"/>
+      <c r="G336" s="390"/>
+      <c r="H336" s="390"/>
+      <c r="I336" s="390"/>
+      <c r="J336" s="390"/>
       <c r="K336" s="37"/>
       <c r="L336" s="37"/>
       <c r="M336" s="37"/>
       <c r="N336" s="37"/>
       <c r="O336" s="37"/>
       <c r="P336" s="37"/>
       <c r="Q336" s="37"/>
       <c r="R336" s="37"/>
       <c r="S336" s="37"/>
       <c r="T336" s="37"/>
     </row>
     <row r="337" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A337" s="161" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="B337" s="46"/>
       <c r="C337" s="164"/>
       <c r="D337" s="164"/>
       <c r="E337" s="164"/>
       <c r="F337" s="164"/>
       <c r="G337" s="164"/>
       <c r="H337" s="164"/>
       <c r="I337" s="164"/>
       <c r="J337" s="164"/>
       <c r="K337" s="37"/>
       <c r="L337" s="37"/>
       <c r="M337" s="37"/>
       <c r="N337" s="37"/>
       <c r="O337" s="37"/>
       <c r="P337" s="37"/>
       <c r="Q337" s="37"/>
       <c r="R337" s="37"/>
       <c r="S337" s="37"/>
       <c r="T337" s="37"/>
     </row>
     <row r="338" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A338" s="42"/>
-      <c r="B338" s="407" t="s">
-[...7 lines deleted...]
-      <c r="H338" s="407"/>
+      <c r="B338" s="590" t="s">
+        <v>896</v>
+      </c>
+      <c r="C338" s="590"/>
+      <c r="D338" s="590"/>
+      <c r="E338" s="590"/>
+      <c r="F338" s="590"/>
+      <c r="G338" s="590"/>
+      <c r="H338" s="590"/>
       <c r="I338" s="42"/>
       <c r="J338" s="42"/>
       <c r="K338" s="37"/>
       <c r="L338" s="37"/>
       <c r="M338" s="37"/>
       <c r="N338" s="37"/>
       <c r="O338" s="37"/>
       <c r="P338" s="37"/>
       <c r="Q338" s="37"/>
       <c r="R338" s="37"/>
       <c r="S338" s="37"/>
       <c r="T338" s="37"/>
     </row>
     <row r="339" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A339" s="42"/>
       <c r="B339" s="165"/>
       <c r="C339" s="165"/>
       <c r="D339" s="165"/>
       <c r="E339" s="165"/>
       <c r="F339" s="165"/>
       <c r="G339" s="165"/>
       <c r="H339" s="165"/>
       <c r="I339" s="42"/>
       <c r="J339" s="42"/>
       <c r="K339" s="37"/>
       <c r="L339" s="37"/>
       <c r="M339" s="37"/>
       <c r="N339" s="37"/>
       <c r="O339" s="37"/>
       <c r="P339" s="37"/>
       <c r="Q339" s="37"/>
       <c r="R339" s="37"/>
       <c r="S339" s="37"/>
       <c r="T339" s="37"/>
     </row>
     <row r="340" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A340" s="408" t="s">
-[...9 lines deleted...]
-      <c r="I340" s="410"/>
+      <c r="A340" s="435" t="s">
+        <v>815</v>
+      </c>
+      <c r="B340" s="436"/>
+      <c r="C340" s="436"/>
+      <c r="D340" s="436"/>
+      <c r="E340" s="436"/>
+      <c r="F340" s="436"/>
+      <c r="G340" s="436"/>
+      <c r="H340" s="436"/>
+      <c r="I340" s="437"/>
       <c r="J340" s="54"/>
       <c r="K340" s="37"/>
       <c r="L340" s="37"/>
       <c r="M340" s="37"/>
       <c r="N340" s="37"/>
       <c r="O340" s="37"/>
       <c r="P340" s="37"/>
       <c r="Q340" s="37"/>
       <c r="R340" s="37"/>
       <c r="S340" s="37"/>
       <c r="T340" s="37"/>
     </row>
     <row r="341" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A341" s="408"/>
-[...7 lines deleted...]
-      <c r="I341" s="410"/>
+      <c r="A341" s="435"/>
+      <c r="B341" s="436"/>
+      <c r="C341" s="436"/>
+      <c r="D341" s="436"/>
+      <c r="E341" s="436"/>
+      <c r="F341" s="436"/>
+      <c r="G341" s="436"/>
+      <c r="H341" s="436"/>
+      <c r="I341" s="437"/>
       <c r="J341" s="55">
         <f>IF(CHECKING!$B$171=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K341" s="37"/>
       <c r="L341" s="37"/>
       <c r="M341" s="37"/>
       <c r="N341" s="37"/>
       <c r="O341" s="37"/>
       <c r="P341" s="37"/>
       <c r="Q341" s="37"/>
       <c r="R341" s="37"/>
       <c r="S341" s="37"/>
       <c r="T341" s="37"/>
     </row>
     <row r="342" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A342" s="342" t="s">
-[...9 lines deleted...]
-      <c r="I342" s="344"/>
+      <c r="A342" s="569" t="s">
+        <v>816</v>
+      </c>
+      <c r="B342" s="570"/>
+      <c r="C342" s="570"/>
+      <c r="D342" s="570"/>
+      <c r="E342" s="570"/>
+      <c r="F342" s="570"/>
+      <c r="G342" s="570"/>
+      <c r="H342" s="570"/>
+      <c r="I342" s="571"/>
       <c r="J342" s="54"/>
       <c r="K342" s="37"/>
       <c r="L342" s="37"/>
       <c r="M342" s="37"/>
       <c r="N342" s="37"/>
       <c r="O342" s="37"/>
       <c r="P342" s="37"/>
       <c r="Q342" s="37"/>
       <c r="R342" s="37"/>
       <c r="S342" s="37"/>
       <c r="T342" s="37"/>
     </row>
     <row r="343" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A343" s="342"/>
-[...7 lines deleted...]
-      <c r="I343" s="344"/>
+      <c r="A343" s="569"/>
+      <c r="B343" s="570"/>
+      <c r="C343" s="570"/>
+      <c r="D343" s="570"/>
+      <c r="E343" s="570"/>
+      <c r="F343" s="570"/>
+      <c r="G343" s="570"/>
+      <c r="H343" s="570"/>
+      <c r="I343" s="571"/>
       <c r="J343" s="55">
         <f>IF(CHECKING!$B$172=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K343" s="37"/>
       <c r="L343" s="37"/>
       <c r="M343" s="37"/>
       <c r="N343" s="37"/>
       <c r="O343" s="37"/>
       <c r="P343" s="37"/>
       <c r="Q343" s="37"/>
       <c r="R343" s="37"/>
       <c r="S343" s="37"/>
       <c r="T343" s="37"/>
     </row>
     <row r="344" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A344" s="342" t="s">
-[...9 lines deleted...]
-      <c r="I344" s="344"/>
+      <c r="A344" s="569" t="s">
+        <v>817</v>
+      </c>
+      <c r="B344" s="570"/>
+      <c r="C344" s="570"/>
+      <c r="D344" s="570"/>
+      <c r="E344" s="570"/>
+      <c r="F344" s="570"/>
+      <c r="G344" s="570"/>
+      <c r="H344" s="570"/>
+      <c r="I344" s="571"/>
       <c r="J344" s="54"/>
       <c r="K344" s="37"/>
       <c r="L344" s="37"/>
       <c r="M344" s="37"/>
       <c r="N344" s="37"/>
       <c r="O344" s="37"/>
       <c r="P344" s="37"/>
       <c r="Q344" s="37"/>
       <c r="R344" s="37"/>
       <c r="S344" s="37"/>
       <c r="T344" s="37"/>
     </row>
     <row r="345" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A345" s="342"/>
-[...7 lines deleted...]
-      <c r="I345" s="344"/>
+      <c r="A345" s="569"/>
+      <c r="B345" s="570"/>
+      <c r="C345" s="570"/>
+      <c r="D345" s="570"/>
+      <c r="E345" s="570"/>
+      <c r="F345" s="570"/>
+      <c r="G345" s="570"/>
+      <c r="H345" s="570"/>
+      <c r="I345" s="571"/>
       <c r="J345" s="55">
         <f>IF(CHECKING!$B$173=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K345" s="37"/>
       <c r="L345" s="37"/>
       <c r="M345" s="37"/>
       <c r="N345" s="37"/>
       <c r="O345" s="37"/>
       <c r="P345" s="37"/>
       <c r="Q345" s="37"/>
       <c r="R345" s="37"/>
       <c r="S345" s="37"/>
       <c r="T345" s="37"/>
     </row>
     <row r="346" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A346" s="166"/>
       <c r="B346" s="166"/>
       <c r="C346" s="166"/>
       <c r="D346" s="166"/>
       <c r="E346" s="166"/>
       <c r="F346" s="166"/>
       <c r="G346" s="166"/>
       <c r="H346" s="166"/>
       <c r="I346" s="166"/>
       <c r="J346" s="62"/>
       <c r="K346" s="37"/>
       <c r="L346" s="37"/>
       <c r="M346" s="37"/>
       <c r="N346" s="37"/>
       <c r="O346" s="37"/>
       <c r="P346" s="37"/>
       <c r="Q346" s="37"/>
       <c r="R346" s="37"/>
       <c r="S346" s="37"/>
       <c r="T346" s="37"/>
     </row>
     <row r="347" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A347" s="413" t="s">
-[...10 lines deleted...]
-      <c r="J347" s="413"/>
+      <c r="A347" s="311" t="s">
+        <v>833</v>
+      </c>
+      <c r="B347" s="311"/>
+      <c r="C347" s="311"/>
+      <c r="D347" s="311"/>
+      <c r="E347" s="311"/>
+      <c r="F347" s="311"/>
+      <c r="G347" s="311"/>
+      <c r="H347" s="311"/>
+      <c r="I347" s="311"/>
+      <c r="J347" s="311"/>
       <c r="K347" s="37"/>
       <c r="L347" s="37"/>
       <c r="M347" s="37"/>
       <c r="N347" s="37"/>
       <c r="O347" s="37"/>
       <c r="P347" s="37"/>
       <c r="Q347" s="37"/>
       <c r="R347" s="37"/>
       <c r="S347" s="37"/>
       <c r="T347" s="37"/>
     </row>
     <row r="348" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A348" s="47" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="B348" s="42"/>
       <c r="C348" s="42"/>
       <c r="D348" s="42"/>
       <c r="E348" s="42"/>
       <c r="F348" s="42"/>
       <c r="G348" s="42"/>
       <c r="H348" s="42"/>
       <c r="I348" s="42"/>
       <c r="J348" s="42"/>
       <c r="K348" s="37"/>
       <c r="L348" s="37"/>
       <c r="M348" s="37"/>
       <c r="N348" s="140"/>
       <c r="O348" s="140"/>
       <c r="P348" s="140"/>
       <c r="Q348" s="140"/>
       <c r="R348" s="140"/>
       <c r="S348" s="140"/>
       <c r="T348" s="37"/>
     </row>
     <row r="349" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A349" s="42"/>
       <c r="B349" s="42"/>
       <c r="C349" s="42"/>
       <c r="D349" s="42"/>
       <c r="E349" s="42"/>
       <c r="F349" s="42"/>
       <c r="G349" s="42"/>
       <c r="H349" s="42"/>
       <c r="I349" s="42"/>
       <c r="J349" s="42"/>
       <c r="K349" s="37"/>
       <c r="L349" s="37"/>
       <c r="M349" s="37"/>
-      <c r="N349" s="345"/>
-[...4 lines deleted...]
-      <c r="S349" s="347"/>
+      <c r="N349" s="365"/>
+      <c r="O349" s="366"/>
+      <c r="P349" s="366"/>
+      <c r="Q349" s="366"/>
+      <c r="R349" s="366"/>
+      <c r="S349" s="367"/>
       <c r="T349" s="37"/>
     </row>
     <row r="350" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A350" s="42"/>
-      <c r="B350" s="392" t="s">
-[...8 lines deleted...]
-      <c r="I350" s="392"/>
+      <c r="B350" s="471" t="s">
+        <v>835</v>
+      </c>
+      <c r="C350" s="471"/>
+      <c r="D350" s="471"/>
+      <c r="E350" s="471"/>
+      <c r="F350" s="471"/>
+      <c r="G350" s="471"/>
+      <c r="H350" s="471"/>
+      <c r="I350" s="471"/>
       <c r="J350" s="62" t="str">
         <f>IF(CHECKING!$B$176=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K350" s="37"/>
       <c r="L350" s="37"/>
       <c r="M350" s="37"/>
-      <c r="N350" s="348"/>
-[...4 lines deleted...]
-      <c r="S350" s="350"/>
+      <c r="N350" s="373"/>
+      <c r="O350" s="374"/>
+      <c r="P350" s="374"/>
+      <c r="Q350" s="374"/>
+      <c r="R350" s="374"/>
+      <c r="S350" s="375"/>
       <c r="T350" s="37"/>
     </row>
     <row r="351" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A351" s="42"/>
-      <c r="B351" s="393" t="s">
-[...8 lines deleted...]
-      <c r="I351" s="393"/>
+      <c r="B351" s="573" t="s">
+        <v>836</v>
+      </c>
+      <c r="C351" s="573"/>
+      <c r="D351" s="573"/>
+      <c r="E351" s="573"/>
+      <c r="F351" s="573"/>
+      <c r="G351" s="573"/>
+      <c r="H351" s="573"/>
+      <c r="I351" s="573"/>
       <c r="J351" s="42"/>
       <c r="K351" s="37"/>
       <c r="L351" s="37"/>
       <c r="M351" s="37"/>
-      <c r="N351" s="348"/>
-[...4 lines deleted...]
-      <c r="S351" s="350"/>
+      <c r="N351" s="373"/>
+      <c r="O351" s="374"/>
+      <c r="P351" s="374"/>
+      <c r="Q351" s="374"/>
+      <c r="R351" s="374"/>
+      <c r="S351" s="375"/>
       <c r="T351" s="37"/>
     </row>
     <row r="352" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A352" s="42"/>
       <c r="B352" s="42"/>
       <c r="C352" s="162"/>
       <c r="D352" s="162"/>
       <c r="E352" s="162"/>
       <c r="F352" s="162"/>
       <c r="G352" s="162"/>
       <c r="H352" s="162"/>
       <c r="I352" s="162"/>
       <c r="J352" s="42"/>
       <c r="K352" s="70"/>
       <c r="L352" s="70"/>
       <c r="M352" s="70"/>
-      <c r="N352" s="348"/>
-[...4 lines deleted...]
-      <c r="S352" s="350"/>
+      <c r="N352" s="373"/>
+      <c r="O352" s="374"/>
+      <c r="P352" s="374"/>
+      <c r="Q352" s="374"/>
+      <c r="R352" s="374"/>
+      <c r="S352" s="375"/>
       <c r="T352" s="37"/>
     </row>
     <row r="353" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A353" s="42"/>
-      <c r="B353" s="392" t="s">
-[...8 lines deleted...]
-      <c r="I353" s="392"/>
+      <c r="B353" s="471" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C353" s="471"/>
+      <c r="D353" s="471"/>
+      <c r="E353" s="471"/>
+      <c r="F353" s="471"/>
+      <c r="G353" s="471"/>
+      <c r="H353" s="471"/>
+      <c r="I353" s="471"/>
       <c r="J353" s="62" t="str">
         <f>IF(CHECKING!$B$177=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K353" s="70"/>
       <c r="L353" s="70"/>
       <c r="M353" s="70"/>
-      <c r="N353" s="348"/>
-[...4 lines deleted...]
-      <c r="S353" s="350"/>
+      <c r="N353" s="373"/>
+      <c r="O353" s="374"/>
+      <c r="P353" s="374"/>
+      <c r="Q353" s="374"/>
+      <c r="R353" s="374"/>
+      <c r="S353" s="375"/>
       <c r="T353" s="37"/>
     </row>
     <row r="354" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A354" s="42"/>
-      <c r="B354" s="394" t="s">
-[...8 lines deleted...]
-      <c r="I354" s="394"/>
+      <c r="B354" s="431" t="s">
+        <v>837</v>
+      </c>
+      <c r="C354" s="431"/>
+      <c r="D354" s="431"/>
+      <c r="E354" s="431"/>
+      <c r="F354" s="431"/>
+      <c r="G354" s="431"/>
+      <c r="H354" s="431"/>
+      <c r="I354" s="431"/>
       <c r="J354" s="42"/>
       <c r="K354" s="70"/>
       <c r="L354" s="70"/>
       <c r="M354" s="70"/>
-      <c r="N354" s="348"/>
-[...4 lines deleted...]
-      <c r="S354" s="350"/>
+      <c r="N354" s="373"/>
+      <c r="O354" s="374"/>
+      <c r="P354" s="374"/>
+      <c r="Q354" s="374"/>
+      <c r="R354" s="374"/>
+      <c r="S354" s="375"/>
       <c r="T354" s="37"/>
     </row>
     <row r="355" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A355" s="42"/>
       <c r="B355" s="42"/>
       <c r="C355" s="162"/>
       <c r="D355" s="162"/>
       <c r="E355" s="162"/>
       <c r="F355" s="162"/>
       <c r="G355" s="162"/>
       <c r="H355" s="162"/>
       <c r="I355" s="162"/>
       <c r="J355" s="42"/>
       <c r="K355" s="70"/>
       <c r="L355" s="70"/>
       <c r="M355" s="70"/>
-      <c r="N355" s="348"/>
-[...4 lines deleted...]
-      <c r="S355" s="350"/>
+      <c r="N355" s="373"/>
+      <c r="O355" s="374"/>
+      <c r="P355" s="374"/>
+      <c r="Q355" s="374"/>
+      <c r="R355" s="374"/>
+      <c r="S355" s="375"/>
       <c r="T355" s="37"/>
     </row>
     <row r="356" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A356" s="42"/>
-      <c r="B356" s="411" t="s">
-[...8 lines deleted...]
-      <c r="I356" s="411"/>
+      <c r="B356" s="350" t="s">
+        <v>838</v>
+      </c>
+      <c r="C356" s="350"/>
+      <c r="D356" s="350"/>
+      <c r="E356" s="350"/>
+      <c r="F356" s="350"/>
+      <c r="G356" s="350"/>
+      <c r="H356" s="350"/>
+      <c r="I356" s="350"/>
       <c r="J356" s="62" t="str">
         <f>IF(CHECKING!$B$178=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K356" s="70"/>
       <c r="L356" s="70"/>
       <c r="M356" s="70"/>
-      <c r="N356" s="348"/>
-[...4 lines deleted...]
-      <c r="S356" s="350"/>
+      <c r="N356" s="373"/>
+      <c r="O356" s="374"/>
+      <c r="P356" s="374"/>
+      <c r="Q356" s="374"/>
+      <c r="R356" s="374"/>
+      <c r="S356" s="375"/>
       <c r="T356" s="37"/>
     </row>
     <row r="357" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A357" s="42"/>
-      <c r="B357" s="411"/>
-[...6 lines deleted...]
-      <c r="I357" s="411"/>
+      <c r="B357" s="350"/>
+      <c r="C357" s="350"/>
+      <c r="D357" s="350"/>
+      <c r="E357" s="350"/>
+      <c r="F357" s="350"/>
+      <c r="G357" s="350"/>
+      <c r="H357" s="350"/>
+      <c r="I357" s="350"/>
       <c r="J357" s="42"/>
       <c r="K357" s="70"/>
       <c r="L357" s="70"/>
       <c r="M357" s="70"/>
-      <c r="N357" s="348"/>
-[...4 lines deleted...]
-      <c r="S357" s="350"/>
+      <c r="N357" s="373"/>
+      <c r="O357" s="374"/>
+      <c r="P357" s="374"/>
+      <c r="Q357" s="374"/>
+      <c r="R357" s="374"/>
+      <c r="S357" s="375"/>
       <c r="T357" s="37"/>
     </row>
     <row r="358" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A358" s="42"/>
-      <c r="B358" s="411"/>
-[...6 lines deleted...]
-      <c r="I358" s="411"/>
+      <c r="B358" s="350"/>
+      <c r="C358" s="350"/>
+      <c r="D358" s="350"/>
+      <c r="E358" s="350"/>
+      <c r="F358" s="350"/>
+      <c r="G358" s="350"/>
+      <c r="H358" s="350"/>
+      <c r="I358" s="350"/>
       <c r="J358" s="42"/>
       <c r="K358" s="70"/>
       <c r="L358" s="70"/>
       <c r="M358" s="70"/>
-      <c r="N358" s="348"/>
-[...4 lines deleted...]
-      <c r="S358" s="350"/>
+      <c r="N358" s="373"/>
+      <c r="O358" s="374"/>
+      <c r="P358" s="374"/>
+      <c r="Q358" s="374"/>
+      <c r="R358" s="374"/>
+      <c r="S358" s="375"/>
       <c r="T358" s="37"/>
     </row>
     <row r="359" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A359" s="42"/>
-      <c r="B359" s="411"/>
-[...6 lines deleted...]
-      <c r="I359" s="411"/>
+      <c r="B359" s="350"/>
+      <c r="C359" s="350"/>
+      <c r="D359" s="350"/>
+      <c r="E359" s="350"/>
+      <c r="F359" s="350"/>
+      <c r="G359" s="350"/>
+      <c r="H359" s="350"/>
+      <c r="I359" s="350"/>
       <c r="J359" s="42"/>
       <c r="K359" s="70"/>
       <c r="L359" s="70"/>
       <c r="M359" s="70"/>
-      <c r="N359" s="348"/>
-[...4 lines deleted...]
-      <c r="S359" s="350"/>
+      <c r="N359" s="373"/>
+      <c r="O359" s="374"/>
+      <c r="P359" s="374"/>
+      <c r="Q359" s="374"/>
+      <c r="R359" s="374"/>
+      <c r="S359" s="375"/>
       <c r="T359" s="37"/>
     </row>
     <row r="360" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A360" s="42"/>
-      <c r="B360" s="411"/>
-[...6 lines deleted...]
-      <c r="I360" s="411"/>
+      <c r="B360" s="350"/>
+      <c r="C360" s="350"/>
+      <c r="D360" s="350"/>
+      <c r="E360" s="350"/>
+      <c r="F360" s="350"/>
+      <c r="G360" s="350"/>
+      <c r="H360" s="350"/>
+      <c r="I360" s="350"/>
       <c r="J360" s="42"/>
       <c r="K360" s="70"/>
       <c r="L360" s="70"/>
       <c r="M360" s="70"/>
-      <c r="N360" s="348"/>
-[...4 lines deleted...]
-      <c r="S360" s="350"/>
+      <c r="N360" s="373"/>
+      <c r="O360" s="374"/>
+      <c r="P360" s="374"/>
+      <c r="Q360" s="374"/>
+      <c r="R360" s="374"/>
+      <c r="S360" s="375"/>
       <c r="T360" s="37"/>
     </row>
     <row r="361" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A361" s="42"/>
-      <c r="B361" s="394" t="s">
-[...8 lines deleted...]
-      <c r="I361" s="394"/>
+      <c r="B361" s="431" t="s">
+        <v>839</v>
+      </c>
+      <c r="C361" s="431"/>
+      <c r="D361" s="431"/>
+      <c r="E361" s="431"/>
+      <c r="F361" s="431"/>
+      <c r="G361" s="431"/>
+      <c r="H361" s="431"/>
+      <c r="I361" s="431"/>
       <c r="J361" s="42"/>
       <c r="K361" s="70"/>
       <c r="L361" s="70"/>
       <c r="M361" s="70"/>
-      <c r="N361" s="348"/>
-[...4 lines deleted...]
-      <c r="S361" s="350"/>
+      <c r="N361" s="373"/>
+      <c r="O361" s="374"/>
+      <c r="P361" s="374"/>
+      <c r="Q361" s="374"/>
+      <c r="R361" s="374"/>
+      <c r="S361" s="375"/>
       <c r="T361" s="37"/>
     </row>
     <row r="362" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A362" s="42"/>
       <c r="B362" s="42"/>
       <c r="C362" s="42"/>
       <c r="D362" s="42"/>
       <c r="E362" s="42"/>
       <c r="F362" s="42"/>
       <c r="G362" s="42"/>
       <c r="H362" s="42"/>
       <c r="I362" s="42"/>
       <c r="J362" s="42"/>
       <c r="K362" s="70"/>
       <c r="L362" s="70"/>
       <c r="M362" s="70"/>
-      <c r="N362" s="348"/>
-[...4 lines deleted...]
-      <c r="S362" s="350"/>
+      <c r="N362" s="373"/>
+      <c r="O362" s="374"/>
+      <c r="P362" s="374"/>
+      <c r="Q362" s="374"/>
+      <c r="R362" s="374"/>
+      <c r="S362" s="375"/>
       <c r="T362" s="37"/>
     </row>
     <row r="363" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A363" s="42"/>
       <c r="B363" s="42"/>
       <c r="C363" s="42"/>
       <c r="D363" s="42"/>
       <c r="E363" s="42"/>
       <c r="F363" s="42"/>
       <c r="G363" s="42"/>
       <c r="H363" s="42"/>
       <c r="I363" s="42"/>
       <c r="J363" s="42"/>
       <c r="K363" s="70"/>
       <c r="L363" s="70"/>
       <c r="M363" s="70"/>
-      <c r="N363" s="348"/>
-[...4 lines deleted...]
-      <c r="S363" s="350"/>
+      <c r="N363" s="373"/>
+      <c r="O363" s="374"/>
+      <c r="P363" s="374"/>
+      <c r="Q363" s="374"/>
+      <c r="R363" s="374"/>
+      <c r="S363" s="375"/>
       <c r="T363" s="37"/>
     </row>
     <row r="364" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A364" s="42"/>
-      <c r="B364" s="411" t="s">
-[...8 lines deleted...]
-      <c r="I364" s="411"/>
+      <c r="B364" s="350" t="s">
+        <v>840</v>
+      </c>
+      <c r="C364" s="350"/>
+      <c r="D364" s="350"/>
+      <c r="E364" s="350"/>
+      <c r="F364" s="350"/>
+      <c r="G364" s="350"/>
+      <c r="H364" s="350"/>
+      <c r="I364" s="350"/>
       <c r="J364" s="62" t="str">
         <f>IF(CHECKING!$B$179=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K364" s="70"/>
       <c r="L364" s="70"/>
       <c r="M364" s="70"/>
-      <c r="N364" s="348"/>
-[...4 lines deleted...]
-      <c r="S364" s="350"/>
+      <c r="N364" s="373"/>
+      <c r="O364" s="374"/>
+      <c r="P364" s="374"/>
+      <c r="Q364" s="374"/>
+      <c r="R364" s="374"/>
+      <c r="S364" s="375"/>
       <c r="T364" s="37"/>
     </row>
     <row r="365" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A365" s="42"/>
-      <c r="B365" s="411"/>
-[...6 lines deleted...]
-      <c r="I365" s="411"/>
+      <c r="B365" s="350"/>
+      <c r="C365" s="350"/>
+      <c r="D365" s="350"/>
+      <c r="E365" s="350"/>
+      <c r="F365" s="350"/>
+      <c r="G365" s="350"/>
+      <c r="H365" s="350"/>
+      <c r="I365" s="350"/>
       <c r="J365" s="42"/>
       <c r="K365" s="70"/>
       <c r="L365" s="70"/>
       <c r="M365" s="70"/>
-      <c r="N365" s="348"/>
-[...4 lines deleted...]
-      <c r="S365" s="350"/>
+      <c r="N365" s="373"/>
+      <c r="O365" s="374"/>
+      <c r="P365" s="374"/>
+      <c r="Q365" s="374"/>
+      <c r="R365" s="374"/>
+      <c r="S365" s="375"/>
       <c r="T365" s="37"/>
     </row>
     <row r="366" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A366" s="42"/>
-      <c r="B366" s="411"/>
-[...6 lines deleted...]
-      <c r="I366" s="411"/>
+      <c r="B366" s="350"/>
+      <c r="C366" s="350"/>
+      <c r="D366" s="350"/>
+      <c r="E366" s="350"/>
+      <c r="F366" s="350"/>
+      <c r="G366" s="350"/>
+      <c r="H366" s="350"/>
+      <c r="I366" s="350"/>
       <c r="J366" s="42"/>
       <c r="K366" s="70"/>
       <c r="L366" s="70"/>
       <c r="M366" s="70"/>
-      <c r="N366" s="348"/>
-[...4 lines deleted...]
-      <c r="S366" s="350"/>
+      <c r="N366" s="373"/>
+      <c r="O366" s="374"/>
+      <c r="P366" s="374"/>
+      <c r="Q366" s="374"/>
+      <c r="R366" s="374"/>
+      <c r="S366" s="375"/>
       <c r="T366" s="37"/>
     </row>
     <row r="367" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A367" s="42"/>
-      <c r="B367" s="411"/>
-[...6 lines deleted...]
-      <c r="I367" s="411"/>
+      <c r="B367" s="350"/>
+      <c r="C367" s="350"/>
+      <c r="D367" s="350"/>
+      <c r="E367" s="350"/>
+      <c r="F367" s="350"/>
+      <c r="G367" s="350"/>
+      <c r="H367" s="350"/>
+      <c r="I367" s="350"/>
       <c r="J367" s="42"/>
       <c r="K367" s="70"/>
       <c r="L367" s="70"/>
       <c r="M367" s="70"/>
-      <c r="N367" s="348"/>
-[...4 lines deleted...]
-      <c r="S367" s="350"/>
+      <c r="N367" s="373"/>
+      <c r="O367" s="374"/>
+      <c r="P367" s="374"/>
+      <c r="Q367" s="374"/>
+      <c r="R367" s="374"/>
+      <c r="S367" s="375"/>
       <c r="T367" s="37"/>
     </row>
     <row r="368" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A368" s="42"/>
-      <c r="B368" s="394" t="s">
-[...8 lines deleted...]
-      <c r="I368" s="394"/>
+      <c r="B368" s="431" t="s">
+        <v>841</v>
+      </c>
+      <c r="C368" s="431"/>
+      <c r="D368" s="431"/>
+      <c r="E368" s="431"/>
+      <c r="F368" s="431"/>
+      <c r="G368" s="431"/>
+      <c r="H368" s="431"/>
+      <c r="I368" s="431"/>
       <c r="J368" s="42"/>
       <c r="K368" s="70"/>
       <c r="L368" s="70"/>
       <c r="M368" s="70"/>
-      <c r="N368" s="348"/>
-[...4 lines deleted...]
-      <c r="S368" s="350"/>
+      <c r="N368" s="373"/>
+      <c r="O368" s="374"/>
+      <c r="P368" s="374"/>
+      <c r="Q368" s="374"/>
+      <c r="R368" s="374"/>
+      <c r="S368" s="375"/>
       <c r="T368" s="37"/>
     </row>
     <row r="369" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A369" s="42"/>
       <c r="B369" s="42"/>
       <c r="C369" s="42"/>
       <c r="D369" s="42"/>
       <c r="E369" s="42"/>
       <c r="F369" s="42"/>
       <c r="G369" s="42"/>
       <c r="H369" s="42"/>
       <c r="I369" s="42"/>
       <c r="J369" s="42"/>
       <c r="K369" s="70"/>
       <c r="L369" s="70"/>
       <c r="M369" s="70"/>
-      <c r="N369" s="348"/>
-[...4 lines deleted...]
-      <c r="S369" s="350"/>
+      <c r="N369" s="373"/>
+      <c r="O369" s="374"/>
+      <c r="P369" s="374"/>
+      <c r="Q369" s="374"/>
+      <c r="R369" s="374"/>
+      <c r="S369" s="375"/>
       <c r="T369" s="37"/>
     </row>
     <row r="370" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A370" s="42"/>
-      <c r="B370" s="406" t="s">
-[...8 lines deleted...]
-      <c r="I370" s="406"/>
+      <c r="B370" s="589" t="s">
+        <v>881</v>
+      </c>
+      <c r="C370" s="589"/>
+      <c r="D370" s="589"/>
+      <c r="E370" s="589"/>
+      <c r="F370" s="589"/>
+      <c r="G370" s="589"/>
+      <c r="H370" s="589"/>
+      <c r="I370" s="589"/>
       <c r="J370" s="62" t="str">
         <f>IF(CHECKING!$B$180=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K370" s="70"/>
       <c r="L370" s="70"/>
       <c r="M370" s="37"/>
-      <c r="N370" s="348"/>
-[...4 lines deleted...]
-      <c r="S370" s="350"/>
+      <c r="N370" s="373"/>
+      <c r="O370" s="374"/>
+      <c r="P370" s="374"/>
+      <c r="Q370" s="374"/>
+      <c r="R370" s="374"/>
+      <c r="S370" s="375"/>
       <c r="T370" s="37"/>
     </row>
     <row r="371" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A371" s="42"/>
-      <c r="B371" s="406"/>
-[...6 lines deleted...]
-      <c r="I371" s="406"/>
+      <c r="B371" s="589"/>
+      <c r="C371" s="589"/>
+      <c r="D371" s="589"/>
+      <c r="E371" s="589"/>
+      <c r="F371" s="589"/>
+      <c r="G371" s="589"/>
+      <c r="H371" s="589"/>
+      <c r="I371" s="589"/>
       <c r="J371" s="42"/>
       <c r="K371" s="70"/>
       <c r="L371" s="70"/>
       <c r="M371" s="37"/>
-      <c r="N371" s="348"/>
-[...4 lines deleted...]
-      <c r="S371" s="350"/>
+      <c r="N371" s="373"/>
+      <c r="O371" s="374"/>
+      <c r="P371" s="374"/>
+      <c r="Q371" s="374"/>
+      <c r="R371" s="374"/>
+      <c r="S371" s="375"/>
       <c r="T371" s="37"/>
     </row>
     <row r="372" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A372" s="42"/>
-      <c r="B372" s="406"/>
-[...6 lines deleted...]
-      <c r="I372" s="406"/>
+      <c r="B372" s="589"/>
+      <c r="C372" s="589"/>
+      <c r="D372" s="589"/>
+      <c r="E372" s="589"/>
+      <c r="F372" s="589"/>
+      <c r="G372" s="589"/>
+      <c r="H372" s="589"/>
+      <c r="I372" s="589"/>
       <c r="J372" s="42"/>
       <c r="K372" s="70"/>
       <c r="L372" s="70"/>
       <c r="M372" s="37"/>
-      <c r="N372" s="348"/>
-[...4 lines deleted...]
-      <c r="S372" s="350"/>
+      <c r="N372" s="373"/>
+      <c r="O372" s="374"/>
+      <c r="P372" s="374"/>
+      <c r="Q372" s="374"/>
+      <c r="R372" s="374"/>
+      <c r="S372" s="375"/>
       <c r="T372" s="37"/>
     </row>
     <row r="373" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A373" s="42"/>
-      <c r="B373" s="406"/>
-[...6 lines deleted...]
-      <c r="I373" s="406"/>
+      <c r="B373" s="589"/>
+      <c r="C373" s="589"/>
+      <c r="D373" s="589"/>
+      <c r="E373" s="589"/>
+      <c r="F373" s="589"/>
+      <c r="G373" s="589"/>
+      <c r="H373" s="589"/>
+      <c r="I373" s="589"/>
       <c r="J373" s="42"/>
       <c r="K373" s="70"/>
       <c r="L373" s="70"/>
       <c r="M373" s="37"/>
-      <c r="N373" s="348"/>
-[...4 lines deleted...]
-      <c r="S373" s="350"/>
+      <c r="N373" s="373"/>
+      <c r="O373" s="374"/>
+      <c r="P373" s="374"/>
+      <c r="Q373" s="374"/>
+      <c r="R373" s="374"/>
+      <c r="S373" s="375"/>
       <c r="T373" s="37"/>
     </row>
     <row r="374" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A374" s="42"/>
-      <c r="B374" s="394" t="s">
-[...8 lines deleted...]
-      <c r="I374" s="394"/>
+      <c r="B374" s="431" t="s">
+        <v>842</v>
+      </c>
+      <c r="C374" s="431"/>
+      <c r="D374" s="431"/>
+      <c r="E374" s="431"/>
+      <c r="F374" s="431"/>
+      <c r="G374" s="431"/>
+      <c r="H374" s="431"/>
+      <c r="I374" s="431"/>
       <c r="J374" s="42"/>
       <c r="K374" s="70"/>
       <c r="L374" s="70"/>
       <c r="M374" s="37"/>
-      <c r="N374" s="351"/>
-[...4 lines deleted...]
-      <c r="S374" s="353"/>
+      <c r="N374" s="368"/>
+      <c r="O374" s="369"/>
+      <c r="P374" s="369"/>
+      <c r="Q374" s="369"/>
+      <c r="R374" s="369"/>
+      <c r="S374" s="370"/>
       <c r="T374" s="37"/>
     </row>
     <row r="375" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A375" s="53"/>
       <c r="B375" s="53"/>
       <c r="C375" s="53"/>
       <c r="D375" s="53"/>
       <c r="E375" s="53"/>
       <c r="F375" s="53"/>
       <c r="G375" s="53"/>
       <c r="H375" s="53"/>
       <c r="I375" s="53"/>
       <c r="J375" s="53"/>
       <c r="K375" s="37"/>
       <c r="L375" s="37"/>
       <c r="M375" s="37"/>
       <c r="N375" s="37"/>
       <c r="O375" s="37"/>
       <c r="P375" s="37"/>
       <c r="Q375" s="37"/>
       <c r="R375" s="37"/>
       <c r="S375" s="37"/>
       <c r="T375" s="37"/>
     </row>
     <row r="376" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A376" s="53"/>
       <c r="B376" s="53"/>
       <c r="C376" s="53"/>
       <c r="D376" s="53"/>
       <c r="E376" s="53"/>
       <c r="F376" s="53"/>
       <c r="G376" s="53"/>
       <c r="H376" s="53"/>
       <c r="I376" s="53"/>
       <c r="J376" s="53"/>
       <c r="K376" s="37"/>
       <c r="L376" s="37"/>
       <c r="M376" s="37"/>
       <c r="N376" s="37"/>
       <c r="O376" s="37"/>
       <c r="P376" s="37"/>
       <c r="Q376" s="37"/>
       <c r="R376" s="37"/>
       <c r="S376" s="37"/>
       <c r="T376" s="37"/>
     </row>
     <row r="377" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A377" s="53"/>
-      <c r="B377" s="396" t="s">
-[...8 lines deleted...]
-      <c r="I377" s="396"/>
+      <c r="B377" s="320" t="s">
+        <v>949</v>
+      </c>
+      <c r="C377" s="320"/>
+      <c r="D377" s="320"/>
+      <c r="E377" s="320"/>
+      <c r="F377" s="320"/>
+      <c r="G377" s="320"/>
+      <c r="H377" s="320"/>
+      <c r="I377" s="320"/>
       <c r="J377" s="243" t="str">
         <f>IF(CHECKING!$B$184=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K377" s="37"/>
       <c r="L377" s="37"/>
       <c r="M377" s="37"/>
-      <c r="N377" s="365"/>
-[...4 lines deleted...]
-      <c r="S377" s="367"/>
+      <c r="N377" s="408"/>
+      <c r="O377" s="409"/>
+      <c r="P377" s="409"/>
+      <c r="Q377" s="409"/>
+      <c r="R377" s="409"/>
+      <c r="S377" s="410"/>
       <c r="T377" s="37"/>
     </row>
     <row r="378" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A378" s="53"/>
-      <c r="B378" s="396"/>
-[...6 lines deleted...]
-      <c r="I378" s="396"/>
+      <c r="B378" s="320"/>
+      <c r="C378" s="320"/>
+      <c r="D378" s="320"/>
+      <c r="E378" s="320"/>
+      <c r="F378" s="320"/>
+      <c r="G378" s="320"/>
+      <c r="H378" s="320"/>
+      <c r="I378" s="320"/>
       <c r="J378" s="53"/>
       <c r="K378" s="37"/>
       <c r="L378" s="37"/>
       <c r="M378" s="37"/>
-      <c r="N378" s="368"/>
-[...4 lines deleted...]
-      <c r="S378" s="370"/>
+      <c r="N378" s="411"/>
+      <c r="O378" s="412"/>
+      <c r="P378" s="412"/>
+      <c r="Q378" s="412"/>
+      <c r="R378" s="412"/>
+      <c r="S378" s="413"/>
       <c r="T378" s="37"/>
     </row>
     <row r="379" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A379" s="53"/>
       <c r="B379" s="53"/>
       <c r="C379" s="53"/>
       <c r="D379" s="53"/>
       <c r="E379" s="53"/>
       <c r="F379" s="53"/>
       <c r="G379" s="53"/>
       <c r="H379" s="53"/>
       <c r="I379" s="53"/>
       <c r="J379" s="53"/>
       <c r="K379" s="37"/>
       <c r="L379" s="37"/>
       <c r="M379" s="37"/>
-      <c r="N379" s="368"/>
-[...4 lines deleted...]
-      <c r="S379" s="370"/>
+      <c r="N379" s="411"/>
+      <c r="O379" s="412"/>
+      <c r="P379" s="412"/>
+      <c r="Q379" s="412"/>
+      <c r="R379" s="412"/>
+      <c r="S379" s="413"/>
       <c r="T379" s="37"/>
     </row>
     <row r="380" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A380" s="42"/>
-      <c r="B380" s="528" t="s">
-[...8 lines deleted...]
-      <c r="I380" s="528"/>
+      <c r="B380" s="347" t="s">
+        <v>987</v>
+      </c>
+      <c r="C380" s="347"/>
+      <c r="D380" s="347"/>
+      <c r="E380" s="347"/>
+      <c r="F380" s="347"/>
+      <c r="G380" s="347"/>
+      <c r="H380" s="347"/>
+      <c r="I380" s="347"/>
       <c r="J380" s="62" t="str">
         <f>IF(CHECKING!$B$185=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K380" s="37"/>
       <c r="L380" s="37"/>
       <c r="M380" s="37"/>
-      <c r="N380" s="368"/>
-[...4 lines deleted...]
-      <c r="S380" s="370"/>
+      <c r="N380" s="411"/>
+      <c r="O380" s="412"/>
+      <c r="P380" s="412"/>
+      <c r="Q380" s="412"/>
+      <c r="R380" s="412"/>
+      <c r="S380" s="413"/>
       <c r="T380" s="37"/>
     </row>
     <row r="381" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A381" s="53"/>
-      <c r="B381" s="528"/>
-[...6 lines deleted...]
-      <c r="I381" s="528"/>
+      <c r="B381" s="347"/>
+      <c r="C381" s="347"/>
+      <c r="D381" s="347"/>
+      <c r="E381" s="347"/>
+      <c r="F381" s="347"/>
+      <c r="G381" s="347"/>
+      <c r="H381" s="347"/>
+      <c r="I381" s="347"/>
       <c r="J381" s="62"/>
       <c r="K381" s="37"/>
       <c r="L381" s="37"/>
       <c r="M381" s="37"/>
-      <c r="N381" s="368"/>
-[...4 lines deleted...]
-      <c r="S381" s="370"/>
+      <c r="N381" s="411"/>
+      <c r="O381" s="412"/>
+      <c r="P381" s="412"/>
+      <c r="Q381" s="412"/>
+      <c r="R381" s="412"/>
+      <c r="S381" s="413"/>
       <c r="T381" s="37"/>
     </row>
     <row r="382" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A382" s="53"/>
-      <c r="B382" s="528"/>
-[...6 lines deleted...]
-      <c r="I382" s="528"/>
+      <c r="B382" s="347"/>
+      <c r="C382" s="347"/>
+      <c r="D382" s="347"/>
+      <c r="E382" s="347"/>
+      <c r="F382" s="347"/>
+      <c r="G382" s="347"/>
+      <c r="H382" s="347"/>
+      <c r="I382" s="347"/>
       <c r="J382" s="53"/>
       <c r="K382" s="37"/>
       <c r="L382" s="37"/>
       <c r="M382" s="37"/>
-      <c r="N382" s="368"/>
-[...4 lines deleted...]
-      <c r="S382" s="370"/>
+      <c r="N382" s="411"/>
+      <c r="O382" s="412"/>
+      <c r="P382" s="412"/>
+      <c r="Q382" s="412"/>
+      <c r="R382" s="412"/>
+      <c r="S382" s="413"/>
       <c r="T382" s="37"/>
     </row>
     <row r="383" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A383" s="53"/>
-      <c r="B383" s="528"/>
-[...6 lines deleted...]
-      <c r="I383" s="528"/>
+      <c r="B383" s="347"/>
+      <c r="C383" s="347"/>
+      <c r="D383" s="347"/>
+      <c r="E383" s="347"/>
+      <c r="F383" s="347"/>
+      <c r="G383" s="347"/>
+      <c r="H383" s="347"/>
+      <c r="I383" s="347"/>
       <c r="J383" s="53"/>
       <c r="K383" s="37"/>
       <c r="L383" s="37"/>
       <c r="M383" s="37"/>
-      <c r="N383" s="368"/>
-[...4 lines deleted...]
-      <c r="S383" s="370"/>
+      <c r="N383" s="411"/>
+      <c r="O383" s="412"/>
+      <c r="P383" s="412"/>
+      <c r="Q383" s="412"/>
+      <c r="R383" s="412"/>
+      <c r="S383" s="413"/>
       <c r="T383" s="37"/>
     </row>
     <row r="384" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A384" s="53"/>
-      <c r="B384" s="528"/>
-[...6 lines deleted...]
-      <c r="I384" s="528"/>
+      <c r="B384" s="347"/>
+      <c r="C384" s="347"/>
+      <c r="D384" s="347"/>
+      <c r="E384" s="347"/>
+      <c r="F384" s="347"/>
+      <c r="G384" s="347"/>
+      <c r="H384" s="347"/>
+      <c r="I384" s="347"/>
       <c r="J384" s="53"/>
       <c r="K384" s="37"/>
       <c r="L384" s="37"/>
       <c r="M384" s="37"/>
-      <c r="N384" s="368"/>
-[...4 lines deleted...]
-      <c r="S384" s="370"/>
+      <c r="N384" s="411"/>
+      <c r="O384" s="412"/>
+      <c r="P384" s="412"/>
+      <c r="Q384" s="412"/>
+      <c r="R384" s="412"/>
+      <c r="S384" s="413"/>
       <c r="T384" s="37"/>
     </row>
     <row r="385" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A385" s="53"/>
-      <c r="B385" s="528"/>
-[...6 lines deleted...]
-      <c r="I385" s="528"/>
+      <c r="B385" s="347"/>
+      <c r="C385" s="347"/>
+      <c r="D385" s="347"/>
+      <c r="E385" s="347"/>
+      <c r="F385" s="347"/>
+      <c r="G385" s="347"/>
+      <c r="H385" s="347"/>
+      <c r="I385" s="347"/>
       <c r="J385" s="53"/>
       <c r="K385" s="37"/>
       <c r="L385" s="37"/>
       <c r="M385" s="37"/>
-      <c r="N385" s="368"/>
-[...4 lines deleted...]
-      <c r="S385" s="370"/>
+      <c r="N385" s="411"/>
+      <c r="O385" s="412"/>
+      <c r="P385" s="412"/>
+      <c r="Q385" s="412"/>
+      <c r="R385" s="412"/>
+      <c r="S385" s="413"/>
       <c r="T385" s="37"/>
     </row>
     <row r="386" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A386" s="53"/>
       <c r="B386" s="169"/>
       <c r="C386" s="169"/>
       <c r="D386" s="169"/>
       <c r="E386" s="169"/>
       <c r="F386" s="169"/>
       <c r="G386" s="169"/>
       <c r="H386" s="169"/>
       <c r="I386" s="169"/>
       <c r="J386" s="53"/>
       <c r="K386" s="37"/>
       <c r="L386" s="37"/>
       <c r="M386" s="37"/>
-      <c r="N386" s="368"/>
-[...4 lines deleted...]
-      <c r="S386" s="370"/>
+      <c r="N386" s="411"/>
+      <c r="O386" s="412"/>
+      <c r="P386" s="412"/>
+      <c r="Q386" s="412"/>
+      <c r="R386" s="412"/>
+      <c r="S386" s="413"/>
       <c r="T386" s="37"/>
     </row>
     <row r="387" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A387" s="53"/>
-      <c r="B387" s="528" t="s">
-[...8 lines deleted...]
-      <c r="I387" s="528"/>
+      <c r="B387" s="347" t="s">
+        <v>913</v>
+      </c>
+      <c r="C387" s="347"/>
+      <c r="D387" s="347"/>
+      <c r="E387" s="347"/>
+      <c r="F387" s="347"/>
+      <c r="G387" s="347"/>
+      <c r="H387" s="347"/>
+      <c r="I387" s="347"/>
       <c r="J387" s="62" t="str">
         <f>IF(CHECKING!$B$186=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K387" s="37"/>
       <c r="L387" s="37"/>
       <c r="M387" s="37"/>
-      <c r="N387" s="368"/>
-[...4 lines deleted...]
-      <c r="S387" s="370"/>
+      <c r="N387" s="411"/>
+      <c r="O387" s="412"/>
+      <c r="P387" s="412"/>
+      <c r="Q387" s="412"/>
+      <c r="R387" s="412"/>
+      <c r="S387" s="413"/>
       <c r="T387" s="37"/>
     </row>
     <row r="388" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A388" s="53"/>
-      <c r="B388" s="528"/>
-[...6 lines deleted...]
-      <c r="I388" s="528"/>
+      <c r="B388" s="347"/>
+      <c r="C388" s="347"/>
+      <c r="D388" s="347"/>
+      <c r="E388" s="347"/>
+      <c r="F388" s="347"/>
+      <c r="G388" s="347"/>
+      <c r="H388" s="347"/>
+      <c r="I388" s="347"/>
       <c r="J388" s="53"/>
       <c r="K388" s="37"/>
       <c r="L388" s="37"/>
       <c r="M388" s="37"/>
-      <c r="N388" s="368"/>
-[...4 lines deleted...]
-      <c r="S388" s="370"/>
+      <c r="N388" s="411"/>
+      <c r="O388" s="412"/>
+      <c r="P388" s="412"/>
+      <c r="Q388" s="412"/>
+      <c r="R388" s="412"/>
+      <c r="S388" s="413"/>
       <c r="T388" s="37"/>
     </row>
     <row r="389" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A389" s="53"/>
-      <c r="B389" s="528"/>
-[...6 lines deleted...]
-      <c r="I389" s="528"/>
+      <c r="B389" s="347"/>
+      <c r="C389" s="347"/>
+      <c r="D389" s="347"/>
+      <c r="E389" s="347"/>
+      <c r="F389" s="347"/>
+      <c r="G389" s="347"/>
+      <c r="H389" s="347"/>
+      <c r="I389" s="347"/>
       <c r="J389" s="53"/>
       <c r="K389" s="37"/>
       <c r="L389" s="37"/>
       <c r="M389" s="37"/>
-      <c r="N389" s="368"/>
-[...4 lines deleted...]
-      <c r="S389" s="370"/>
+      <c r="N389" s="411"/>
+      <c r="O389" s="412"/>
+      <c r="P389" s="412"/>
+      <c r="Q389" s="412"/>
+      <c r="R389" s="412"/>
+      <c r="S389" s="413"/>
       <c r="T389" s="37"/>
     </row>
     <row r="390" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A390" s="53"/>
-      <c r="B390" s="528"/>
-[...6 lines deleted...]
-      <c r="I390" s="528"/>
+      <c r="B390" s="347"/>
+      <c r="C390" s="347"/>
+      <c r="D390" s="347"/>
+      <c r="E390" s="347"/>
+      <c r="F390" s="347"/>
+      <c r="G390" s="347"/>
+      <c r="H390" s="347"/>
+      <c r="I390" s="347"/>
       <c r="J390" s="53"/>
       <c r="K390" s="37"/>
       <c r="L390" s="37"/>
       <c r="M390" s="37"/>
-      <c r="N390" s="368"/>
-[...4 lines deleted...]
-      <c r="S390" s="370"/>
+      <c r="N390" s="411"/>
+      <c r="O390" s="412"/>
+      <c r="P390" s="412"/>
+      <c r="Q390" s="412"/>
+      <c r="R390" s="412"/>
+      <c r="S390" s="413"/>
       <c r="T390" s="37"/>
     </row>
     <row r="391" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A391" s="53"/>
-      <c r="B391" s="528"/>
-[...6 lines deleted...]
-      <c r="I391" s="528"/>
+      <c r="B391" s="347"/>
+      <c r="C391" s="347"/>
+      <c r="D391" s="347"/>
+      <c r="E391" s="347"/>
+      <c r="F391" s="347"/>
+      <c r="G391" s="347"/>
+      <c r="H391" s="347"/>
+      <c r="I391" s="347"/>
       <c r="J391" s="53"/>
       <c r="K391" s="37"/>
       <c r="L391" s="37"/>
       <c r="M391" s="37"/>
-      <c r="N391" s="368"/>
-[...4 lines deleted...]
-      <c r="S391" s="370"/>
+      <c r="N391" s="411"/>
+      <c r="O391" s="412"/>
+      <c r="P391" s="412"/>
+      <c r="Q391" s="412"/>
+      <c r="R391" s="412"/>
+      <c r="S391" s="413"/>
       <c r="T391" s="37"/>
     </row>
     <row r="392" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A392" s="53"/>
-      <c r="B392" s="528"/>
-[...6 lines deleted...]
-      <c r="I392" s="528"/>
+      <c r="B392" s="347"/>
+      <c r="C392" s="347"/>
+      <c r="D392" s="347"/>
+      <c r="E392" s="347"/>
+      <c r="F392" s="347"/>
+      <c r="G392" s="347"/>
+      <c r="H392" s="347"/>
+      <c r="I392" s="347"/>
       <c r="J392" s="53"/>
       <c r="K392" s="37"/>
       <c r="L392" s="37"/>
       <c r="M392" s="37"/>
-      <c r="N392" s="368"/>
-[...4 lines deleted...]
-      <c r="S392" s="370"/>
+      <c r="N392" s="411"/>
+      <c r="O392" s="412"/>
+      <c r="P392" s="412"/>
+      <c r="Q392" s="412"/>
+      <c r="R392" s="412"/>
+      <c r="S392" s="413"/>
       <c r="T392" s="37"/>
     </row>
     <row r="393" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A393" s="53"/>
       <c r="B393" s="53"/>
       <c r="C393" s="53"/>
       <c r="D393" s="53"/>
       <c r="E393" s="53"/>
       <c r="F393" s="53"/>
       <c r="G393" s="53"/>
       <c r="H393" s="53"/>
       <c r="I393" s="53"/>
       <c r="J393" s="53"/>
       <c r="K393" s="37"/>
       <c r="L393" s="37"/>
       <c r="M393" s="37"/>
-      <c r="N393" s="368"/>
-[...4 lines deleted...]
-      <c r="S393" s="370"/>
+      <c r="N393" s="411"/>
+      <c r="O393" s="412"/>
+      <c r="P393" s="412"/>
+      <c r="Q393" s="412"/>
+      <c r="R393" s="412"/>
+      <c r="S393" s="413"/>
       <c r="T393" s="37"/>
     </row>
     <row r="394" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A394" s="53"/>
-      <c r="B394" s="524" t="s">
-[...8 lines deleted...]
-      <c r="I394" s="524"/>
+      <c r="B394" s="430" t="s">
+        <v>914</v>
+      </c>
+      <c r="C394" s="430"/>
+      <c r="D394" s="430"/>
+      <c r="E394" s="430"/>
+      <c r="F394" s="430"/>
+      <c r="G394" s="430"/>
+      <c r="H394" s="430"/>
+      <c r="I394" s="430"/>
       <c r="J394" s="62" t="str">
         <f>IF(CHECKING!$B$187=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K394" s="37"/>
       <c r="L394" s="37"/>
       <c r="M394" s="37"/>
-      <c r="N394" s="368"/>
-[...4 lines deleted...]
-      <c r="S394" s="370"/>
+      <c r="N394" s="411"/>
+      <c r="O394" s="412"/>
+      <c r="P394" s="412"/>
+      <c r="Q394" s="412"/>
+      <c r="R394" s="412"/>
+      <c r="S394" s="413"/>
       <c r="T394" s="37"/>
     </row>
     <row r="395" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A395" s="53"/>
-      <c r="B395" s="524"/>
-[...6 lines deleted...]
-      <c r="I395" s="524"/>
+      <c r="B395" s="430"/>
+      <c r="C395" s="430"/>
+      <c r="D395" s="430"/>
+      <c r="E395" s="430"/>
+      <c r="F395" s="430"/>
+      <c r="G395" s="430"/>
+      <c r="H395" s="430"/>
+      <c r="I395" s="430"/>
       <c r="J395" s="53"/>
       <c r="K395" s="37"/>
       <c r="L395" s="37"/>
       <c r="M395" s="37"/>
-      <c r="N395" s="368"/>
-[...4 lines deleted...]
-      <c r="S395" s="370"/>
+      <c r="N395" s="411"/>
+      <c r="O395" s="412"/>
+      <c r="P395" s="412"/>
+      <c r="Q395" s="412"/>
+      <c r="R395" s="412"/>
+      <c r="S395" s="413"/>
       <c r="T395" s="37"/>
     </row>
     <row r="396" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A396" s="53"/>
-      <c r="B396" s="524"/>
-[...6 lines deleted...]
-      <c r="I396" s="524"/>
+      <c r="B396" s="430"/>
+      <c r="C396" s="430"/>
+      <c r="D396" s="430"/>
+      <c r="E396" s="430"/>
+      <c r="F396" s="430"/>
+      <c r="G396" s="430"/>
+      <c r="H396" s="430"/>
+      <c r="I396" s="430"/>
       <c r="J396" s="53"/>
       <c r="K396" s="37"/>
       <c r="L396" s="37"/>
       <c r="M396" s="37"/>
-      <c r="N396" s="368"/>
-[...4 lines deleted...]
-      <c r="S396" s="370"/>
+      <c r="N396" s="411"/>
+      <c r="O396" s="412"/>
+      <c r="P396" s="412"/>
+      <c r="Q396" s="412"/>
+      <c r="R396" s="412"/>
+      <c r="S396" s="413"/>
       <c r="T396" s="37"/>
     </row>
     <row r="397" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A397" s="53"/>
-      <c r="B397" s="524"/>
-[...6 lines deleted...]
-      <c r="I397" s="524"/>
+      <c r="B397" s="430"/>
+      <c r="C397" s="430"/>
+      <c r="D397" s="430"/>
+      <c r="E397" s="430"/>
+      <c r="F397" s="430"/>
+      <c r="G397" s="430"/>
+      <c r="H397" s="430"/>
+      <c r="I397" s="430"/>
       <c r="J397" s="171"/>
       <c r="K397" s="37"/>
       <c r="L397" s="37"/>
       <c r="M397" s="37"/>
-      <c r="N397" s="368"/>
-[...4 lines deleted...]
-      <c r="S397" s="370"/>
+      <c r="N397" s="411"/>
+      <c r="O397" s="412"/>
+      <c r="P397" s="412"/>
+      <c r="Q397" s="412"/>
+      <c r="R397" s="412"/>
+      <c r="S397" s="413"/>
       <c r="T397" s="37"/>
     </row>
     <row r="398" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A398" s="53"/>
-      <c r="B398" s="524"/>
-[...6 lines deleted...]
-      <c r="I398" s="524"/>
+      <c r="B398" s="430"/>
+      <c r="C398" s="430"/>
+      <c r="D398" s="430"/>
+      <c r="E398" s="430"/>
+      <c r="F398" s="430"/>
+      <c r="G398" s="430"/>
+      <c r="H398" s="430"/>
+      <c r="I398" s="430"/>
       <c r="J398" s="62"/>
       <c r="K398" s="37"/>
       <c r="L398" s="37"/>
       <c r="M398" s="37"/>
-      <c r="N398" s="368"/>
-[...4 lines deleted...]
-      <c r="S398" s="370"/>
+      <c r="N398" s="411"/>
+      <c r="O398" s="412"/>
+      <c r="P398" s="412"/>
+      <c r="Q398" s="412"/>
+      <c r="R398" s="412"/>
+      <c r="S398" s="413"/>
       <c r="T398" s="37"/>
     </row>
     <row r="399" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A399" s="53"/>
-      <c r="B399" s="524"/>
-[...6 lines deleted...]
-      <c r="I399" s="524"/>
+      <c r="B399" s="430"/>
+      <c r="C399" s="430"/>
+      <c r="D399" s="430"/>
+      <c r="E399" s="430"/>
+      <c r="F399" s="430"/>
+      <c r="G399" s="430"/>
+      <c r="H399" s="430"/>
+      <c r="I399" s="430"/>
       <c r="J399" s="171"/>
       <c r="K399" s="37"/>
       <c r="L399" s="37"/>
       <c r="M399" s="37"/>
-      <c r="N399" s="368"/>
-[...4 lines deleted...]
-      <c r="S399" s="370"/>
+      <c r="N399" s="411"/>
+      <c r="O399" s="412"/>
+      <c r="P399" s="412"/>
+      <c r="Q399" s="412"/>
+      <c r="R399" s="412"/>
+      <c r="S399" s="413"/>
       <c r="T399" s="37"/>
     </row>
     <row r="400" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A400" s="53"/>
-      <c r="B400" s="524"/>
-[...6 lines deleted...]
-      <c r="I400" s="524"/>
+      <c r="B400" s="430"/>
+      <c r="C400" s="430"/>
+      <c r="D400" s="430"/>
+      <c r="E400" s="430"/>
+      <c r="F400" s="430"/>
+      <c r="G400" s="430"/>
+      <c r="H400" s="430"/>
+      <c r="I400" s="430"/>
       <c r="J400" s="171"/>
       <c r="K400" s="37"/>
       <c r="L400" s="37"/>
       <c r="M400" s="37"/>
-      <c r="N400" s="371"/>
-[...4 lines deleted...]
-      <c r="S400" s="373"/>
+      <c r="N400" s="414"/>
+      <c r="O400" s="415"/>
+      <c r="P400" s="415"/>
+      <c r="Q400" s="415"/>
+      <c r="R400" s="415"/>
+      <c r="S400" s="416"/>
       <c r="T400" s="37"/>
     </row>
     <row r="401" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A401" s="53"/>
       <c r="B401" s="171"/>
       <c r="C401" s="171"/>
       <c r="D401" s="171"/>
       <c r="E401" s="171"/>
       <c r="F401" s="171"/>
       <c r="G401" s="171"/>
       <c r="H401" s="171"/>
       <c r="I401" s="171"/>
       <c r="J401" s="171"/>
       <c r="K401" s="37"/>
       <c r="L401" s="37"/>
       <c r="M401" s="37"/>
       <c r="N401" s="37"/>
       <c r="O401" s="37"/>
       <c r="P401" s="37"/>
       <c r="Q401" s="37"/>
       <c r="R401" s="37"/>
       <c r="S401" s="37"/>
       <c r="T401" s="37"/>
     </row>
     <row r="402" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A402" s="53"/>
-      <c r="B402" s="397" t="s">
-[...8 lines deleted...]
-      <c r="I402" s="399"/>
+      <c r="B402" s="580" t="s">
+        <v>935</v>
+      </c>
+      <c r="C402" s="581"/>
+      <c r="D402" s="581"/>
+      <c r="E402" s="581"/>
+      <c r="F402" s="581"/>
+      <c r="G402" s="581"/>
+      <c r="H402" s="581"/>
+      <c r="I402" s="582"/>
       <c r="J402" s="171"/>
       <c r="K402" s="37"/>
       <c r="L402" s="37"/>
       <c r="M402" s="37"/>
       <c r="N402" s="37"/>
       <c r="O402" s="37"/>
       <c r="P402" s="37"/>
       <c r="Q402" s="37"/>
       <c r="R402" s="37"/>
       <c r="S402" s="37"/>
       <c r="T402" s="37"/>
     </row>
     <row r="403" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A403" s="53"/>
-      <c r="B403" s="400"/>
-[...6 lines deleted...]
-      <c r="I403" s="402"/>
+      <c r="B403" s="583"/>
+      <c r="C403" s="584"/>
+      <c r="D403" s="584"/>
+      <c r="E403" s="584"/>
+      <c r="F403" s="584"/>
+      <c r="G403" s="584"/>
+      <c r="H403" s="584"/>
+      <c r="I403" s="585"/>
       <c r="J403" s="171"/>
       <c r="K403" s="37"/>
       <c r="L403" s="37"/>
       <c r="M403" s="37"/>
       <c r="N403" s="37"/>
       <c r="O403" s="37"/>
       <c r="P403" s="37"/>
       <c r="Q403" s="37"/>
       <c r="R403" s="37"/>
       <c r="S403" s="37"/>
       <c r="T403" s="37"/>
     </row>
     <row r="404" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A404" s="53"/>
-      <c r="B404" s="403"/>
-[...6 lines deleted...]
-      <c r="I404" s="405"/>
+      <c r="B404" s="586"/>
+      <c r="C404" s="587"/>
+      <c r="D404" s="587"/>
+      <c r="E404" s="587"/>
+      <c r="F404" s="587"/>
+      <c r="G404" s="587"/>
+      <c r="H404" s="587"/>
+      <c r="I404" s="588"/>
       <c r="J404" s="171"/>
       <c r="K404" s="37"/>
       <c r="L404" s="37"/>
       <c r="M404" s="37"/>
       <c r="N404" s="37"/>
       <c r="O404" s="37"/>
       <c r="P404" s="37"/>
       <c r="Q404" s="37"/>
       <c r="R404" s="37"/>
       <c r="S404" s="37"/>
       <c r="T404" s="37"/>
     </row>
     <row r="405" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A405" s="53"/>
       <c r="B405" s="53"/>
       <c r="C405" s="53"/>
       <c r="D405" s="53"/>
       <c r="E405" s="53"/>
       <c r="F405" s="53"/>
       <c r="G405" s="53"/>
       <c r="H405" s="53"/>
       <c r="I405" s="53"/>
       <c r="J405" s="171"/>
       <c r="K405" s="37"/>
       <c r="L405" s="37"/>
       <c r="M405" s="37"/>
       <c r="N405" s="37"/>
       <c r="O405" s="37"/>
       <c r="P405" s="37"/>
       <c r="Q405" s="37"/>
       <c r="R405" s="37"/>
       <c r="S405" s="37"/>
       <c r="T405" s="37"/>
     </row>
     <row r="406" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A406" s="413" t="s">
-[...10 lines deleted...]
-      <c r="J406" s="413"/>
+      <c r="A406" s="311" t="s">
+        <v>852</v>
+      </c>
+      <c r="B406" s="311"/>
+      <c r="C406" s="311"/>
+      <c r="D406" s="311"/>
+      <c r="E406" s="311"/>
+      <c r="F406" s="311"/>
+      <c r="G406" s="311"/>
+      <c r="H406" s="311"/>
+      <c r="I406" s="311"/>
+      <c r="J406" s="311"/>
       <c r="K406" s="70"/>
       <c r="L406" s="70"/>
       <c r="M406" s="37"/>
       <c r="N406" s="37"/>
       <c r="O406" s="37"/>
       <c r="P406" s="37"/>
       <c r="Q406" s="37"/>
       <c r="R406" s="37"/>
       <c r="S406" s="37"/>
       <c r="T406" s="37"/>
     </row>
     <row r="407" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A407" s="42"/>
       <c r="B407" s="42"/>
       <c r="C407" s="42"/>
       <c r="D407" s="42"/>
       <c r="E407" s="42"/>
       <c r="F407" s="42"/>
       <c r="G407" s="42"/>
       <c r="H407" s="42"/>
       <c r="I407" s="42"/>
       <c r="J407" s="42"/>
       <c r="K407" s="70"/>
       <c r="L407" s="70"/>
       <c r="M407" s="37"/>
       <c r="N407" s="37"/>
       <c r="O407" s="37"/>
       <c r="P407" s="37"/>
       <c r="Q407" s="37"/>
       <c r="R407" s="37"/>
       <c r="S407" s="37"/>
       <c r="T407" s="37"/>
     </row>
     <row r="408" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A408" s="42"/>
       <c r="B408" s="48" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="C408" s="172">
         <f>IF($F$177&lt;&gt;"",Dropdowns!$X$11,0)</f>
         <v>0</v>
       </c>
-      <c r="D408" s="575"/>
-[...5 lines deleted...]
-      <c r="J408" s="330"/>
+      <c r="D408" s="427"/>
+      <c r="E408" s="428"/>
+      <c r="F408" s="428"/>
+      <c r="G408" s="428"/>
+      <c r="H408" s="428"/>
+      <c r="I408" s="428"/>
+      <c r="J408" s="428"/>
       <c r="K408" s="70"/>
       <c r="L408" s="70"/>
       <c r="M408" s="37"/>
       <c r="N408" s="37"/>
       <c r="O408" s="37"/>
       <c r="P408" s="37"/>
       <c r="Q408" s="37"/>
       <c r="R408" s="37"/>
       <c r="S408" s="37"/>
       <c r="T408" s="37"/>
     </row>
     <row r="409" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A409" s="139"/>
       <c r="B409" s="42"/>
       <c r="C409" s="42"/>
       <c r="D409" s="42"/>
       <c r="E409" s="42"/>
       <c r="F409" s="42"/>
       <c r="G409" s="42"/>
       <c r="H409" s="42"/>
       <c r="I409" s="42"/>
       <c r="J409" s="42"/>
       <c r="K409" s="70"/>
       <c r="L409" s="70"/>
       <c r="M409" s="37"/>
       <c r="N409" s="37"/>
       <c r="O409" s="37"/>
       <c r="P409" s="37"/>
       <c r="Q409" s="37"/>
       <c r="R409" s="37"/>
       <c r="S409" s="37"/>
       <c r="T409" s="37"/>
     </row>
     <row r="410" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A410" s="412" t="s">
-[...10 lines deleted...]
-      <c r="J410" s="412"/>
+      <c r="A410" s="591" t="s">
+        <v>957</v>
+      </c>
+      <c r="B410" s="591"/>
+      <c r="C410" s="591"/>
+      <c r="D410" s="591"/>
+      <c r="E410" s="591"/>
+      <c r="F410" s="591"/>
+      <c r="G410" s="591"/>
+      <c r="H410" s="591"/>
+      <c r="I410" s="591"/>
+      <c r="J410" s="591"/>
       <c r="K410" s="70"/>
       <c r="L410" s="70"/>
       <c r="M410" s="37"/>
       <c r="N410" s="37"/>
       <c r="O410" s="37"/>
       <c r="P410" s="37"/>
       <c r="Q410" s="37"/>
       <c r="R410" s="37"/>
       <c r="S410" s="37"/>
       <c r="T410" s="37"/>
     </row>
     <row r="411" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A411" s="139"/>
       <c r="B411" s="42"/>
       <c r="C411" s="42"/>
       <c r="D411" s="42"/>
       <c r="E411" s="42"/>
       <c r="F411" s="42"/>
       <c r="G411" s="42"/>
       <c r="H411" s="42"/>
       <c r="I411" s="42"/>
       <c r="J411" s="42"/>
       <c r="K411" s="70"/>
       <c r="L411" s="70"/>
       <c r="M411" s="37"/>
       <c r="N411" s="37"/>
       <c r="O411" s="37"/>
       <c r="P411" s="37"/>
       <c r="Q411" s="37"/>
       <c r="R411" s="37"/>
       <c r="S411" s="37"/>
       <c r="T411" s="37"/>
     </row>
     <row r="412" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A412" s="313" t="s">
-[...10 lines deleted...]
-      <c r="J412" s="315"/>
+      <c r="A412" s="574" t="s">
+        <v>988</v>
+      </c>
+      <c r="B412" s="575"/>
+      <c r="C412" s="575"/>
+      <c r="D412" s="575"/>
+      <c r="E412" s="575"/>
+      <c r="F412" s="575"/>
+      <c r="G412" s="575"/>
+      <c r="H412" s="575"/>
+      <c r="I412" s="575"/>
+      <c r="J412" s="576"/>
       <c r="K412" s="70"/>
       <c r="L412" s="70"/>
       <c r="M412" s="37"/>
-      <c r="N412" s="345"/>
-[...4 lines deleted...]
-      <c r="S412" s="347"/>
+      <c r="N412" s="365"/>
+      <c r="O412" s="366"/>
+      <c r="P412" s="366"/>
+      <c r="Q412" s="366"/>
+      <c r="R412" s="366"/>
+      <c r="S412" s="367"/>
       <c r="T412" s="37"/>
     </row>
     <row r="413" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A413" s="316"/>
-[...8 lines deleted...]
-      <c r="J413" s="318"/>
+      <c r="A413" s="577"/>
+      <c r="B413" s="578"/>
+      <c r="C413" s="578"/>
+      <c r="D413" s="578"/>
+      <c r="E413" s="578"/>
+      <c r="F413" s="578"/>
+      <c r="G413" s="578"/>
+      <c r="H413" s="578"/>
+      <c r="I413" s="578"/>
+      <c r="J413" s="579"/>
       <c r="K413" s="70"/>
       <c r="L413" s="70"/>
       <c r="M413" s="37"/>
-      <c r="N413" s="348"/>
-[...4 lines deleted...]
-      <c r="S413" s="350"/>
+      <c r="N413" s="373"/>
+      <c r="O413" s="374"/>
+      <c r="P413" s="374"/>
+      <c r="Q413" s="374"/>
+      <c r="R413" s="374"/>
+      <c r="S413" s="375"/>
       <c r="T413" s="37"/>
     </row>
     <row r="414" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A414" s="313" t="s">
-[...10 lines deleted...]
-      <c r="J414" s="315"/>
+      <c r="A414" s="574" t="s">
+        <v>854</v>
+      </c>
+      <c r="B414" s="575"/>
+      <c r="C414" s="575"/>
+      <c r="D414" s="575"/>
+      <c r="E414" s="575"/>
+      <c r="F414" s="575"/>
+      <c r="G414" s="575"/>
+      <c r="H414" s="575"/>
+      <c r="I414" s="575"/>
+      <c r="J414" s="576"/>
       <c r="K414" s="70"/>
       <c r="L414" s="70"/>
       <c r="M414" s="37"/>
-      <c r="N414" s="351"/>
-[...4 lines deleted...]
-      <c r="S414" s="353"/>
+      <c r="N414" s="368"/>
+      <c r="O414" s="369"/>
+      <c r="P414" s="369"/>
+      <c r="Q414" s="369"/>
+      <c r="R414" s="369"/>
+      <c r="S414" s="370"/>
       <c r="T414" s="37"/>
     </row>
     <row r="415" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A415" s="316"/>
-[...8 lines deleted...]
-      <c r="J415" s="318"/>
+      <c r="A415" s="577"/>
+      <c r="B415" s="578"/>
+      <c r="C415" s="578"/>
+      <c r="D415" s="578"/>
+      <c r="E415" s="578"/>
+      <c r="F415" s="578"/>
+      <c r="G415" s="578"/>
+      <c r="H415" s="578"/>
+      <c r="I415" s="578"/>
+      <c r="J415" s="579"/>
       <c r="K415" s="70"/>
       <c r="L415" s="70"/>
       <c r="M415" s="37"/>
       <c r="N415" s="37"/>
       <c r="O415" s="37"/>
       <c r="P415" s="37"/>
       <c r="Q415" s="37"/>
       <c r="R415" s="37"/>
       <c r="S415" s="37"/>
       <c r="T415" s="37"/>
     </row>
     <row r="416" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A416" s="174"/>
       <c r="B416" s="174"/>
       <c r="C416" s="174"/>
       <c r="D416" s="174"/>
       <c r="E416" s="174"/>
       <c r="F416" s="174"/>
       <c r="G416" s="174"/>
       <c r="H416" s="174"/>
       <c r="I416" s="174"/>
       <c r="J416" s="174"/>
       <c r="K416" s="70"/>
       <c r="L416" s="70"/>
       <c r="M416" s="37"/>
-      <c r="N416" s="365"/>
-[...4 lines deleted...]
-      <c r="S416" s="367"/>
+      <c r="N416" s="408"/>
+      <c r="O416" s="409"/>
+      <c r="P416" s="409"/>
+      <c r="Q416" s="409"/>
+      <c r="R416" s="409"/>
+      <c r="S416" s="410"/>
       <c r="T416" s="37"/>
     </row>
     <row r="417" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A417" s="104" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="B417" s="42"/>
       <c r="C417" s="42"/>
       <c r="D417" s="42"/>
       <c r="E417" s="42"/>
       <c r="F417" s="42"/>
       <c r="G417" s="42"/>
       <c r="H417" s="42"/>
       <c r="I417" s="42"/>
       <c r="J417" s="42"/>
       <c r="K417" s="70"/>
       <c r="L417" s="70"/>
       <c r="M417" s="37"/>
-      <c r="N417" s="368"/>
-[...4 lines deleted...]
-      <c r="S417" s="370"/>
+      <c r="N417" s="411"/>
+      <c r="O417" s="412"/>
+      <c r="P417" s="412"/>
+      <c r="Q417" s="412"/>
+      <c r="R417" s="412"/>
+      <c r="S417" s="413"/>
       <c r="T417" s="37"/>
     </row>
     <row r="418" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A418" s="42"/>
-      <c r="B418" s="359" t="s">
+      <c r="B418" s="593" t="s">
+        <v>856</v>
+      </c>
+      <c r="C418" s="593"/>
+      <c r="D418" s="593" t="s">
         <v>857</v>
       </c>
-      <c r="C418" s="359"/>
-      <c r="D418" s="359" t="s">
+      <c r="E418" s="593"/>
+      <c r="F418" s="175" t="s">
         <v>858</v>
       </c>
-      <c r="E418" s="359"/>
-      <c r="F418" s="175" t="s">
+      <c r="G418" s="176" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
       <c r="H418" s="176"/>
       <c r="I418" s="175" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="J418" s="42"/>
       <c r="K418" s="70"/>
       <c r="L418" s="70"/>
       <c r="M418" s="37"/>
-      <c r="N418" s="368"/>
-[...4 lines deleted...]
-      <c r="S418" s="370"/>
+      <c r="N418" s="411"/>
+      <c r="O418" s="412"/>
+      <c r="P418" s="412"/>
+      <c r="Q418" s="412"/>
+      <c r="R418" s="412"/>
+      <c r="S418" s="413"/>
       <c r="T418" s="37"/>
     </row>
     <row r="419" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A419" s="177"/>
-      <c r="B419" s="360"/>
-[...1 lines deleted...]
-      <c r="D419" s="362">
+      <c r="B419" s="594"/>
+      <c r="C419" s="595"/>
+      <c r="D419" s="596">
         <v>85210</v>
       </c>
-      <c r="E419" s="362"/>
+      <c r="E419" s="596"/>
       <c r="F419" s="178" t="s">
+        <v>861</v>
+      </c>
+      <c r="G419" s="595" t="s">
         <v>862</v>
       </c>
-      <c r="G419" s="361" t="s">
-[...2 lines deleted...]
-      <c r="H419" s="361"/>
+      <c r="H419" s="595"/>
       <c r="I419" s="179">
         <v>10</v>
       </c>
       <c r="J419" s="42"/>
       <c r="K419" s="70"/>
       <c r="L419" s="70"/>
       <c r="M419" s="37"/>
-      <c r="N419" s="368"/>
-[...4 lines deleted...]
-      <c r="S419" s="370"/>
+      <c r="N419" s="411"/>
+      <c r="O419" s="412"/>
+      <c r="P419" s="412"/>
+      <c r="Q419" s="412"/>
+      <c r="R419" s="412"/>
+      <c r="S419" s="413"/>
       <c r="T419" s="37"/>
     </row>
     <row r="420" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A420" s="42"/>
-      <c r="B420" s="363" t="s">
-[...2 lines deleted...]
-      <c r="C420" s="363"/>
+      <c r="B420" s="597" t="s">
+        <v>863</v>
+      </c>
+      <c r="C420" s="597"/>
       <c r="D420" s="42"/>
       <c r="E420" s="42"/>
       <c r="F420" s="42"/>
-      <c r="G420" s="364" t="s">
-[...2 lines deleted...]
-      <c r="H420" s="364"/>
+      <c r="G420" s="598" t="s">
+        <v>864</v>
+      </c>
+      <c r="H420" s="598"/>
       <c r="I420" s="42"/>
       <c r="J420" s="42"/>
       <c r="K420" s="70"/>
       <c r="L420" s="70"/>
       <c r="M420" s="37"/>
-      <c r="N420" s="371"/>
-[...4 lines deleted...]
-      <c r="S420" s="373"/>
+      <c r="N420" s="414"/>
+      <c r="O420" s="415"/>
+      <c r="P420" s="415"/>
+      <c r="Q420" s="415"/>
+      <c r="R420" s="415"/>
+      <c r="S420" s="416"/>
       <c r="T420" s="37"/>
     </row>
     <row r="421" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A421" s="42"/>
       <c r="B421" s="180" t="str">
         <f>CONCATENATE(IF(LEN($B$419)&lt;&gt;6,"must be 6 characters",""),IF(ISNUMBER(FIND("999",$B$419))," / can't use 999 code ! ",""))</f>
         <v>must be 6 characters</v>
       </c>
       <c r="C421" s="42"/>
       <c r="D421" s="181"/>
       <c r="E421" s="42"/>
       <c r="F421" s="42"/>
       <c r="G421" s="181" t="str">
         <f>IF(LEN($G$419)&lt;&gt;5,"must be 5 characters","")</f>
         <v/>
       </c>
       <c r="H421" s="42"/>
       <c r="I421" s="42"/>
       <c r="J421" s="42"/>
       <c r="K421" s="70"/>
       <c r="L421" s="70"/>
       <c r="M421" s="37"/>
       <c r="N421" s="140"/>
       <c r="O421" s="140"/>
       <c r="P421" s="140"/>
@@ -33317,174 +33320,174 @@
       <c r="T421" s="37"/>
     </row>
     <row r="422" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A422" s="53"/>
       <c r="B422" s="53"/>
       <c r="C422" s="53"/>
       <c r="D422" s="53"/>
       <c r="E422" s="53"/>
       <c r="F422" s="53"/>
       <c r="G422" s="53"/>
       <c r="H422" s="53"/>
       <c r="I422" s="53"/>
       <c r="J422" s="53"/>
       <c r="K422" s="37"/>
       <c r="L422" s="37"/>
       <c r="M422" s="37"/>
       <c r="N422" s="37"/>
       <c r="O422" s="37"/>
       <c r="P422" s="37"/>
       <c r="Q422" s="37"/>
       <c r="R422" s="37"/>
       <c r="S422" s="37"/>
       <c r="T422" s="37"/>
     </row>
     <row r="423" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A423" s="374" t="s">
-[...10 lines deleted...]
-      <c r="J423" s="376"/>
+      <c r="A423" s="599" t="s">
+        <v>871</v>
+      </c>
+      <c r="B423" s="600"/>
+      <c r="C423" s="600"/>
+      <c r="D423" s="600"/>
+      <c r="E423" s="600"/>
+      <c r="F423" s="600"/>
+      <c r="G423" s="600"/>
+      <c r="H423" s="600"/>
+      <c r="I423" s="600"/>
+      <c r="J423" s="601"/>
       <c r="K423" s="37"/>
       <c r="L423" s="37"/>
       <c r="M423" s="37"/>
       <c r="N423" s="37"/>
       <c r="O423" s="37"/>
       <c r="P423" s="37"/>
       <c r="Q423" s="37"/>
       <c r="R423" s="37"/>
       <c r="S423" s="37"/>
       <c r="T423" s="37"/>
     </row>
     <row r="424" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A424" s="377"/>
-[...8 lines deleted...]
-      <c r="J424" s="379"/>
+      <c r="A424" s="602"/>
+      <c r="B424" s="603"/>
+      <c r="C424" s="603"/>
+      <c r="D424" s="603"/>
+      <c r="E424" s="603"/>
+      <c r="F424" s="603"/>
+      <c r="G424" s="603"/>
+      <c r="H424" s="603"/>
+      <c r="I424" s="603"/>
+      <c r="J424" s="604"/>
       <c r="K424" s="37"/>
       <c r="L424" s="37"/>
       <c r="M424" s="37"/>
       <c r="N424" s="37"/>
       <c r="O424" s="37"/>
       <c r="P424" s="37"/>
       <c r="Q424" s="37"/>
       <c r="R424" s="37"/>
       <c r="S424" s="37"/>
       <c r="T424" s="37"/>
     </row>
     <row r="425" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A425" s="380"/>
-[...8 lines deleted...]
-      <c r="J425" s="382"/>
+      <c r="A425" s="605"/>
+      <c r="B425" s="606"/>
+      <c r="C425" s="606"/>
+      <c r="D425" s="606"/>
+      <c r="E425" s="606"/>
+      <c r="F425" s="606"/>
+      <c r="G425" s="606"/>
+      <c r="H425" s="606"/>
+      <c r="I425" s="606"/>
+      <c r="J425" s="607"/>
       <c r="K425" s="37"/>
       <c r="L425" s="37"/>
       <c r="M425" s="37"/>
       <c r="N425" s="37"/>
       <c r="O425" s="37"/>
       <c r="P425" s="37"/>
       <c r="Q425" s="37"/>
       <c r="R425" s="37"/>
       <c r="S425" s="37"/>
       <c r="T425" s="37"/>
     </row>
     <row r="426" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A426" s="383" t="s">
-[...10 lines deleted...]
-      <c r="J426" s="385"/>
+      <c r="A426" s="608" t="s">
+        <v>872</v>
+      </c>
+      <c r="B426" s="609"/>
+      <c r="C426" s="609"/>
+      <c r="D426" s="609"/>
+      <c r="E426" s="609"/>
+      <c r="F426" s="609"/>
+      <c r="G426" s="609"/>
+      <c r="H426" s="609"/>
+      <c r="I426" s="609"/>
+      <c r="J426" s="610"/>
       <c r="K426" s="37"/>
       <c r="L426" s="37"/>
       <c r="M426" s="37"/>
       <c r="N426" s="37"/>
       <c r="O426" s="37"/>
       <c r="P426" s="37"/>
       <c r="Q426" s="37"/>
       <c r="R426" s="37"/>
       <c r="S426" s="37"/>
       <c r="T426" s="37"/>
     </row>
     <row r="427" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A427" s="386"/>
-[...8 lines deleted...]
-      <c r="J427" s="388"/>
+      <c r="A427" s="611"/>
+      <c r="B427" s="612"/>
+      <c r="C427" s="612"/>
+      <c r="D427" s="612"/>
+      <c r="E427" s="612"/>
+      <c r="F427" s="612"/>
+      <c r="G427" s="612"/>
+      <c r="H427" s="612"/>
+      <c r="I427" s="612"/>
+      <c r="J427" s="613"/>
       <c r="K427" s="37"/>
       <c r="L427" s="37"/>
       <c r="M427" s="37"/>
       <c r="N427" s="37"/>
       <c r="O427" s="37"/>
       <c r="P427" s="37"/>
       <c r="Q427" s="37"/>
       <c r="R427" s="37"/>
       <c r="S427" s="37"/>
       <c r="T427" s="37"/>
     </row>
     <row r="428" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A428" s="389"/>
-[...8 lines deleted...]
-      <c r="J428" s="391"/>
+      <c r="A428" s="614"/>
+      <c r="B428" s="615"/>
+      <c r="C428" s="615"/>
+      <c r="D428" s="615"/>
+      <c r="E428" s="615"/>
+      <c r="F428" s="615"/>
+      <c r="G428" s="615"/>
+      <c r="H428" s="615"/>
+      <c r="I428" s="615"/>
+      <c r="J428" s="616"/>
       <c r="K428" s="37"/>
       <c r="L428" s="37"/>
       <c r="M428" s="37"/>
       <c r="N428" s="37"/>
       <c r="O428" s="37"/>
       <c r="P428" s="37"/>
       <c r="Q428" s="37"/>
       <c r="R428" s="37"/>
       <c r="S428" s="37"/>
       <c r="T428" s="37"/>
     </row>
     <row r="429" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A429" s="53"/>
       <c r="B429" s="53"/>
       <c r="C429" s="53"/>
       <c r="D429" s="53"/>
       <c r="E429" s="53"/>
       <c r="F429" s="53"/>
       <c r="G429" s="53"/>
       <c r="H429" s="53"/>
       <c r="I429" s="53"/>
       <c r="J429" s="53"/>
       <c r="K429" s="37"/>
       <c r="L429" s="37"/>
       <c r="M429" s="37"/>
@@ -33500,213 +33503,213 @@
       <c r="A430" s="53"/>
       <c r="B430" s="53"/>
       <c r="C430" s="53"/>
       <c r="D430" s="53"/>
       <c r="E430" s="53"/>
       <c r="F430" s="53"/>
       <c r="G430" s="53"/>
       <c r="H430" s="53"/>
       <c r="I430" s="53"/>
       <c r="J430" s="53"/>
       <c r="K430" s="37"/>
       <c r="L430" s="37"/>
       <c r="M430" s="37"/>
       <c r="N430" s="37"/>
       <c r="O430" s="37"/>
       <c r="P430" s="37"/>
       <c r="Q430" s="37"/>
       <c r="R430" s="37"/>
       <c r="S430" s="37"/>
       <c r="T430" s="37"/>
     </row>
     <row r="431" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A431" s="42"/>
       <c r="B431" s="48"/>
       <c r="C431" s="48" t="s">
-        <v>874</v>
-[...6 lines deleted...]
-      <c r="I431" s="341"/>
+        <v>873</v>
+      </c>
+      <c r="D431" s="424"/>
+      <c r="E431" s="425"/>
+      <c r="F431" s="425"/>
+      <c r="G431" s="425"/>
+      <c r="H431" s="425"/>
+      <c r="I431" s="426"/>
       <c r="J431" s="42"/>
       <c r="K431" s="70"/>
       <c r="L431" s="70"/>
       <c r="M431" s="70"/>
-      <c r="N431" s="345"/>
-[...4 lines deleted...]
-      <c r="S431" s="347"/>
+      <c r="N431" s="365"/>
+      <c r="O431" s="366"/>
+      <c r="P431" s="366"/>
+      <c r="Q431" s="366"/>
+      <c r="R431" s="366"/>
+      <c r="S431" s="367"/>
       <c r="T431" s="70"/>
     </row>
     <row r="432" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A432" s="42"/>
       <c r="B432" s="48"/>
       <c r="C432" s="48" t="s">
-        <v>875</v>
-[...6 lines deleted...]
-      <c r="I432" s="341"/>
+        <v>874</v>
+      </c>
+      <c r="D432" s="424"/>
+      <c r="E432" s="425"/>
+      <c r="F432" s="425"/>
+      <c r="G432" s="425"/>
+      <c r="H432" s="425"/>
+      <c r="I432" s="426"/>
       <c r="J432" s="42"/>
       <c r="K432" s="70"/>
       <c r="L432" s="70"/>
       <c r="M432" s="70"/>
-      <c r="N432" s="348"/>
-[...4 lines deleted...]
-      <c r="S432" s="350"/>
+      <c r="N432" s="373"/>
+      <c r="O432" s="374"/>
+      <c r="P432" s="374"/>
+      <c r="Q432" s="374"/>
+      <c r="R432" s="374"/>
+      <c r="S432" s="375"/>
       <c r="T432" s="70"/>
     </row>
     <row r="433" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A433" s="42"/>
       <c r="B433" s="48"/>
       <c r="C433" s="48" t="s">
-        <v>876</v>
-[...6 lines deleted...]
-      <c r="I433" s="356"/>
+        <v>875</v>
+      </c>
+      <c r="D433" s="330"/>
+      <c r="E433" s="331"/>
+      <c r="F433" s="331"/>
+      <c r="G433" s="331"/>
+      <c r="H433" s="331"/>
+      <c r="I433" s="332"/>
       <c r="J433" s="42"/>
       <c r="K433" s="70"/>
       <c r="L433" s="193"/>
       <c r="M433" s="70"/>
-      <c r="N433" s="348"/>
-[...4 lines deleted...]
-      <c r="S433" s="350"/>
+      <c r="N433" s="373"/>
+      <c r="O433" s="374"/>
+      <c r="P433" s="374"/>
+      <c r="Q433" s="374"/>
+      <c r="R433" s="374"/>
+      <c r="S433" s="375"/>
       <c r="T433" s="70"/>
     </row>
     <row r="434" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A434" s="42"/>
       <c r="B434" s="48"/>
       <c r="C434" s="48" t="s">
-        <v>877</v>
-[...6 lines deleted...]
-      <c r="I434" s="341"/>
+        <v>876</v>
+      </c>
+      <c r="D434" s="424"/>
+      <c r="E434" s="425"/>
+      <c r="F434" s="425"/>
+      <c r="G434" s="425"/>
+      <c r="H434" s="425"/>
+      <c r="I434" s="426"/>
       <c r="J434" s="42"/>
       <c r="K434" s="70"/>
       <c r="L434" s="193"/>
       <c r="M434" s="70"/>
-      <c r="N434" s="348"/>
-[...4 lines deleted...]
-      <c r="S434" s="350"/>
+      <c r="N434" s="373"/>
+      <c r="O434" s="374"/>
+      <c r="P434" s="374"/>
+      <c r="Q434" s="374"/>
+      <c r="R434" s="374"/>
+      <c r="S434" s="375"/>
       <c r="T434" s="70"/>
     </row>
     <row r="435" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A435" s="42"/>
       <c r="B435" s="48"/>
       <c r="C435" s="48" t="s">
-        <v>878</v>
-[...6 lines deleted...]
-      <c r="I435" s="341"/>
+        <v>877</v>
+      </c>
+      <c r="D435" s="424"/>
+      <c r="E435" s="425"/>
+      <c r="F435" s="425"/>
+      <c r="G435" s="425"/>
+      <c r="H435" s="425"/>
+      <c r="I435" s="426"/>
       <c r="J435" s="42"/>
       <c r="K435" s="70"/>
       <c r="L435" s="70"/>
       <c r="M435" s="70"/>
-      <c r="N435" s="348"/>
-[...4 lines deleted...]
-      <c r="S435" s="350"/>
+      <c r="N435" s="373"/>
+      <c r="O435" s="374"/>
+      <c r="P435" s="374"/>
+      <c r="Q435" s="374"/>
+      <c r="R435" s="374"/>
+      <c r="S435" s="375"/>
       <c r="T435" s="70"/>
     </row>
     <row r="436" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A436" s="42"/>
       <c r="B436" s="48"/>
       <c r="C436" s="48" t="s">
-        <v>879</v>
-[...6 lines deleted...]
-      <c r="I436" s="341"/>
+        <v>878</v>
+      </c>
+      <c r="D436" s="442"/>
+      <c r="E436" s="425"/>
+      <c r="F436" s="425"/>
+      <c r="G436" s="425"/>
+      <c r="H436" s="425"/>
+      <c r="I436" s="426"/>
       <c r="J436" s="42"/>
       <c r="K436" s="70"/>
       <c r="L436" s="70"/>
       <c r="M436" s="70"/>
-      <c r="N436" s="348"/>
-[...4 lines deleted...]
-      <c r="S436" s="350"/>
+      <c r="N436" s="373"/>
+      <c r="O436" s="374"/>
+      <c r="P436" s="374"/>
+      <c r="Q436" s="374"/>
+      <c r="R436" s="374"/>
+      <c r="S436" s="375"/>
       <c r="T436" s="70"/>
     </row>
     <row r="437" spans="1:20" s="192" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A437" s="42"/>
       <c r="B437" s="42"/>
       <c r="C437" s="42"/>
-      <c r="D437" s="358" t="str">
+      <c r="D437" s="592" t="str">
         <f>IF($D$436&lt;&gt;"",IF(OR(LEFT($D$436,1)=" ",RIGHT($D$436,1)=" "),"Please remove space at beginning or end of email address",IF(RIGHT($D$436,9)&lt;&gt;".ox.ac.uk","Please list Oxford email address","")),"")</f>
         <v/>
       </c>
-      <c r="E437" s="358"/>
-[...3 lines deleted...]
-      <c r="I437" s="358"/>
+      <c r="E437" s="592"/>
+      <c r="F437" s="592"/>
+      <c r="G437" s="592"/>
+      <c r="H437" s="592"/>
+      <c r="I437" s="592"/>
       <c r="J437" s="42"/>
       <c r="K437" s="70"/>
       <c r="L437" s="70"/>
       <c r="M437" s="70"/>
-      <c r="N437" s="351"/>
-[...4 lines deleted...]
-      <c r="S437" s="353"/>
+      <c r="N437" s="368"/>
+      <c r="O437" s="369"/>
+      <c r="P437" s="369"/>
+      <c r="Q437" s="369"/>
+      <c r="R437" s="369"/>
+      <c r="S437" s="370"/>
       <c r="T437" s="70"/>
     </row>
     <row r="438" spans="1:20" s="192" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A438" s="41" t="s">
         <v>696</v>
       </c>
       <c r="B438" s="42"/>
       <c r="C438" s="42"/>
       <c r="D438" s="42"/>
       <c r="E438" s="42"/>
       <c r="F438" s="42"/>
       <c r="G438" s="42"/>
       <c r="H438" s="42"/>
       <c r="I438" s="42"/>
       <c r="J438" s="42"/>
       <c r="K438" s="70"/>
       <c r="L438" s="70"/>
       <c r="M438" s="70"/>
       <c r="N438" s="70"/>
       <c r="O438" s="70"/>
       <c r="P438" s="70"/>
       <c r="Q438" s="70"/>
       <c r="R438" s="70"/>
       <c r="S438" s="70"/>
       <c r="T438" s="70"/>
@@ -33852,336 +33855,336 @@
     <row r="445" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A445" s="45" t="s">
         <v>698</v>
       </c>
       <c r="B445" s="42"/>
       <c r="C445" s="42"/>
       <c r="D445" s="42"/>
       <c r="E445" s="42"/>
       <c r="F445" s="42"/>
       <c r="G445" s="42"/>
       <c r="H445" s="43"/>
       <c r="I445" s="43"/>
       <c r="J445" s="46"/>
       <c r="K445" s="37"/>
       <c r="L445" s="37"/>
       <c r="M445" s="37"/>
       <c r="N445" s="37"/>
       <c r="O445" s="37"/>
       <c r="P445" s="37"/>
       <c r="Q445" s="37"/>
       <c r="R445" s="37"/>
       <c r="S445" s="37"/>
       <c r="T445" s="37"/>
     </row>
     <row r="446" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A446" s="312" t="s">
-[...5 lines deleted...]
-      <c r="E446" s="312"/>
+      <c r="A446" s="354" t="s">
+        <v>893</v>
+      </c>
+      <c r="B446" s="354"/>
+      <c r="C446" s="354"/>
+      <c r="D446" s="354"/>
+      <c r="E446" s="354"/>
       <c r="F446" s="42"/>
       <c r="G446" s="42"/>
       <c r="H446" s="46"/>
       <c r="I446" s="46"/>
       <c r="J446" s="46"/>
       <c r="K446" s="37"/>
       <c r="L446" s="37"/>
       <c r="M446" s="37"/>
       <c r="N446" s="37"/>
       <c r="O446" s="37"/>
       <c r="P446" s="37"/>
       <c r="Q446" s="37"/>
       <c r="R446" s="37"/>
       <c r="S446" s="37"/>
       <c r="T446" s="37"/>
     </row>
     <row r="447" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A447" s="207"/>
       <c r="B447" s="207"/>
       <c r="C447" s="207"/>
       <c r="D447" s="207"/>
       <c r="E447" s="207"/>
       <c r="F447" s="42"/>
       <c r="G447" s="42"/>
       <c r="H447" s="46"/>
       <c r="I447" s="42"/>
       <c r="J447" s="42"/>
       <c r="K447" s="37"/>
       <c r="L447" s="37"/>
       <c r="M447" s="37"/>
       <c r="N447" s="37"/>
       <c r="O447" s="37"/>
       <c r="P447" s="37"/>
       <c r="Q447" s="37"/>
       <c r="R447" s="37"/>
       <c r="S447" s="37"/>
       <c r="T447" s="37"/>
     </row>
     <row r="448" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A448" s="308" t="s">
-[...10 lines deleted...]
-      <c r="H448" s="571"/>
+      <c r="A448" s="353" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B448" s="434"/>
+      <c r="C448" s="434"/>
+      <c r="D448" s="434"/>
+      <c r="E448" s="420" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F448" s="420"/>
+      <c r="G448" s="420"/>
+      <c r="H448" s="420"/>
       <c r="I448" s="42"/>
       <c r="J448" s="42"/>
       <c r="K448" s="37"/>
       <c r="L448" s="37"/>
       <c r="M448" s="37"/>
       <c r="N448" s="37"/>
       <c r="O448" s="37"/>
       <c r="P448" s="37"/>
       <c r="Q448" s="37"/>
       <c r="R448" s="37"/>
       <c r="S448" s="37"/>
       <c r="T448" s="37"/>
     </row>
     <row r="449" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A449" s="308" t="s">
-[...10 lines deleted...]
-      <c r="H449" s="310"/>
+      <c r="A449" s="353" t="s">
+        <v>958</v>
+      </c>
+      <c r="B449" s="434"/>
+      <c r="C449" s="434"/>
+      <c r="D449" s="434"/>
+      <c r="E449" s="617" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F449" s="617"/>
+      <c r="G449" s="617"/>
+      <c r="H449" s="617"/>
       <c r="I449" s="42"/>
       <c r="J449" s="42"/>
       <c r="K449" s="37"/>
       <c r="L449" s="37"/>
       <c r="M449" s="37"/>
       <c r="N449" s="37"/>
       <c r="O449" s="37"/>
       <c r="P449" s="37"/>
       <c r="Q449" s="37"/>
       <c r="R449" s="37"/>
       <c r="S449" s="37"/>
       <c r="T449" s="37"/>
     </row>
     <row r="450" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A450" s="308" t="s">
-[...10 lines deleted...]
-      <c r="H450" s="312"/>
+      <c r="A450" s="353" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B450" s="353"/>
+      <c r="C450" s="353"/>
+      <c r="D450" s="353"/>
+      <c r="E450" s="354" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F450" s="354"/>
+      <c r="G450" s="354"/>
+      <c r="H450" s="354"/>
       <c r="I450" s="42"/>
       <c r="J450" s="42"/>
       <c r="K450" s="37"/>
       <c r="L450" s="37"/>
       <c r="M450" s="37"/>
       <c r="N450" s="37"/>
       <c r="O450" s="37"/>
       <c r="P450" s="37"/>
       <c r="Q450" s="37"/>
       <c r="R450" s="37"/>
       <c r="S450" s="37"/>
       <c r="T450" s="37"/>
     </row>
     <row r="451" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A451" s="209" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="B451" s="42"/>
       <c r="C451" s="42"/>
       <c r="D451" s="42"/>
       <c r="E451" s="42"/>
       <c r="F451" s="42"/>
       <c r="G451" s="42"/>
       <c r="H451" s="42"/>
       <c r="I451" s="42"/>
       <c r="J451" s="42"/>
       <c r="K451" s="37"/>
       <c r="L451" s="37"/>
       <c r="M451" s="37"/>
       <c r="N451" s="37"/>
       <c r="O451" s="37"/>
       <c r="P451" s="37"/>
       <c r="Q451" s="37"/>
       <c r="R451" s="37"/>
       <c r="S451" s="37"/>
       <c r="T451" s="37"/>
     </row>
     <row r="452" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A452" s="308" t="s">
+      <c r="A452" s="353" t="s">
+        <v>953</v>
+      </c>
+      <c r="B452" s="434"/>
+      <c r="C452" s="434"/>
+      <c r="D452" s="434"/>
+      <c r="E452" s="422" t="s">
         <v>955</v>
       </c>
-      <c r="B452" s="309"/>
-[...7 lines deleted...]
-      <c r="H452" s="573"/>
+      <c r="F452" s="423"/>
+      <c r="G452" s="423"/>
+      <c r="H452" s="423"/>
       <c r="I452" s="42"/>
       <c r="J452" s="42"/>
       <c r="K452" s="37"/>
       <c r="L452" s="37"/>
       <c r="M452" s="37"/>
       <c r="N452" s="37"/>
       <c r="O452" s="37"/>
       <c r="P452" s="37"/>
       <c r="Q452" s="37"/>
       <c r="R452" s="37"/>
       <c r="S452" s="37"/>
       <c r="T452" s="37"/>
     </row>
     <row r="453" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A453" s="308" t="s">
+      <c r="A453" s="353" t="s">
+        <v>954</v>
+      </c>
+      <c r="B453" s="434"/>
+      <c r="C453" s="434"/>
+      <c r="D453" s="434"/>
+      <c r="E453" s="422" t="s">
         <v>956</v>
       </c>
-      <c r="B453" s="309"/>
-[...7 lines deleted...]
-      <c r="H453" s="573"/>
+      <c r="F453" s="423"/>
+      <c r="G453" s="423"/>
+      <c r="H453" s="423"/>
       <c r="I453" s="286"/>
       <c r="J453" s="286"/>
       <c r="K453" s="37"/>
       <c r="L453" s="37"/>
       <c r="M453" s="37"/>
       <c r="N453" s="37"/>
       <c r="O453" s="37"/>
       <c r="P453" s="37"/>
       <c r="Q453" s="37"/>
       <c r="R453" s="37"/>
       <c r="S453" s="37"/>
       <c r="T453" s="37"/>
     </row>
     <row r="454" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A454" s="308" t="s">
-[...10 lines deleted...]
-      <c r="H454" s="312"/>
+      <c r="A454" s="353" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B454" s="353"/>
+      <c r="C454" s="353"/>
+      <c r="D454" s="353"/>
+      <c r="E454" s="354" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F454" s="354"/>
+      <c r="G454" s="354"/>
+      <c r="H454" s="354"/>
       <c r="I454" s="287"/>
       <c r="J454" s="287"/>
       <c r="K454" s="37"/>
       <c r="L454" s="37"/>
       <c r="M454" s="37"/>
       <c r="N454" s="37"/>
       <c r="O454" s="37"/>
       <c r="P454" s="37"/>
       <c r="Q454" s="37"/>
       <c r="R454" s="37"/>
       <c r="S454" s="37"/>
       <c r="T454" s="37"/>
     </row>
     <row r="455" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A455" s="241" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="B455" s="42"/>
       <c r="C455" s="42"/>
       <c r="D455" s="287"/>
       <c r="E455" s="287"/>
       <c r="F455" s="287"/>
       <c r="G455" s="287"/>
       <c r="H455" s="287"/>
       <c r="I455" s="287"/>
       <c r="J455" s="287"/>
       <c r="K455" s="37"/>
       <c r="L455" s="37"/>
       <c r="M455" s="37"/>
       <c r="N455" s="37"/>
       <c r="O455" s="37"/>
       <c r="P455" s="37"/>
       <c r="Q455" s="37"/>
       <c r="R455" s="37"/>
       <c r="S455" s="37"/>
       <c r="T455" s="37"/>
     </row>
     <row r="456" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A456" s="287"/>
       <c r="B456" s="287"/>
       <c r="C456" s="287"/>
       <c r="D456" s="287"/>
       <c r="E456" s="287"/>
       <c r="F456" s="287"/>
       <c r="G456" s="287"/>
       <c r="H456" s="287"/>
       <c r="I456" s="42"/>
       <c r="J456" s="48" t="s">
-        <v>1008</v>
+        <v>1034</v>
       </c>
       <c r="K456" s="37"/>
       <c r="L456" s="37"/>
       <c r="M456" s="37"/>
       <c r="N456" s="37"/>
       <c r="O456" s="37"/>
       <c r="P456" s="37"/>
       <c r="Q456" s="37"/>
       <c r="R456" s="37"/>
       <c r="S456" s="37"/>
       <c r="T456" s="37"/>
     </row>
     <row r="457" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A457" s="287"/>
       <c r="B457" s="287"/>
       <c r="C457" s="287"/>
       <c r="D457" s="287"/>
       <c r="E457" s="287"/>
       <c r="F457" s="287"/>
       <c r="G457" s="287"/>
       <c r="H457" s="287"/>
-      <c r="I457" s="570">
-[...2 lines deleted...]
-      <c r="J457" s="570"/>
+      <c r="I457" s="419">
+        <v>45979</v>
+      </c>
+      <c r="J457" s="419"/>
       <c r="K457" s="37"/>
       <c r="L457" s="37"/>
       <c r="M457" s="37"/>
       <c r="N457" s="37"/>
       <c r="O457" s="37"/>
       <c r="P457" s="37"/>
       <c r="Q457" s="37"/>
       <c r="R457" s="37"/>
       <c r="S457" s="37"/>
       <c r="T457" s="37"/>
     </row>
     <row r="458" spans="1:20" hidden="1" x14ac:dyDescent="0.25">
       <c r="A458" s="53"/>
       <c r="B458" s="53"/>
       <c r="C458" s="53"/>
       <c r="D458" s="53"/>
       <c r="E458" s="53"/>
       <c r="F458" s="53"/>
       <c r="G458" s="53"/>
       <c r="H458" s="53"/>
       <c r="I458" s="53"/>
       <c r="J458" s="53"/>
       <c r="K458" s="37"/>
       <c r="L458" s="37"/>
       <c r="M458" s="37"/>
@@ -34568,327 +34571,327 @@
       <c r="T475" s="37"/>
     </row>
     <row r="476" spans="1:20" hidden="1" x14ac:dyDescent="0.25">
       <c r="A476" s="53"/>
       <c r="B476" s="53"/>
       <c r="C476" s="53"/>
       <c r="D476" s="53"/>
       <c r="E476" s="53"/>
       <c r="F476" s="53"/>
       <c r="G476" s="53"/>
       <c r="H476" s="53"/>
       <c r="I476" s="53"/>
       <c r="J476" s="53"/>
       <c r="K476" s="49"/>
       <c r="L476" s="49"/>
       <c r="M476" s="49"/>
       <c r="N476" s="49"/>
       <c r="O476" s="49"/>
       <c r="P476" s="49"/>
       <c r="Q476" s="49"/>
       <c r="R476" s="49"/>
       <c r="S476" s="49"/>
       <c r="T476" s="49"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="GDDUPZuAVLGREWrdFj2BBY4Z63fakWKJXDog8IcFc4MfksF+tEme7oriszHzxhiqXlTJZ82MKYhjKnV1GeLkKw==" saltValue="AtYkCQ+yYMpbqEkSJtGqtw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="duCh7ka/bDTBQp6LHvfydB9cEW0jTXlgl/7U+K/a6Pmfjg5upA4u3IGZoZxn+i38VBMezpvZwyBCnDl7sRXdXg==" saltValue="Zt3V3ZH5Ik26jrR63KUAuw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="aRjr4NDBGymWz689kfHj8EKCHiZKoi8vl+qLNjZ3yOuaj+4NFGbN4fsUNkfVWj02qd/hVFqWIZxFV12SGAgJSg==" saltValue="0SvFl88t/+FZ5FIHyWHqbQ==" spinCount="100000" sqref="N23:S439" name="SIT boxes and comments" securityDescriptor="O:WDG:WDD:(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-14779)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-21730)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38373)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38374)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-39544)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-44782)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-50719)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-6263)"/>
   </protectedRanges>
   <mergeCells count="272">
-    <mergeCell ref="A21:J21"/>
-[...20 lines deleted...]
-    <mergeCell ref="J197:J199"/>
+    <mergeCell ref="A448:D448"/>
+    <mergeCell ref="A449:D449"/>
+    <mergeCell ref="E449:H449"/>
+    <mergeCell ref="A452:D452"/>
+    <mergeCell ref="A9:J9"/>
+    <mergeCell ref="A12:J12"/>
+    <mergeCell ref="B332:H332"/>
+    <mergeCell ref="A412:J413"/>
+    <mergeCell ref="J309:J311"/>
+    <mergeCell ref="E224:J224"/>
+    <mergeCell ref="A186:J187"/>
+    <mergeCell ref="E94:J94"/>
+    <mergeCell ref="A89:J89"/>
+    <mergeCell ref="A90:J90"/>
+    <mergeCell ref="A111:J117"/>
+    <mergeCell ref="A124:J124"/>
+    <mergeCell ref="A125:I126"/>
+    <mergeCell ref="J125:J126"/>
+    <mergeCell ref="B118:E118"/>
+    <mergeCell ref="A119:J121"/>
+    <mergeCell ref="A83:D83"/>
+    <mergeCell ref="E83:J83"/>
+    <mergeCell ref="A446:E446"/>
+    <mergeCell ref="A32:I33"/>
+    <mergeCell ref="N431:S437"/>
+    <mergeCell ref="D432:I432"/>
+    <mergeCell ref="D433:I433"/>
+    <mergeCell ref="D434:I434"/>
+    <mergeCell ref="D435:I435"/>
+    <mergeCell ref="D436:I436"/>
+    <mergeCell ref="D437:I437"/>
+    <mergeCell ref="B418:C418"/>
+    <mergeCell ref="D418:E418"/>
+    <mergeCell ref="B419:C419"/>
+    <mergeCell ref="D419:E419"/>
+    <mergeCell ref="G419:H419"/>
+    <mergeCell ref="B420:C420"/>
+    <mergeCell ref="G420:H420"/>
+    <mergeCell ref="N416:S420"/>
+    <mergeCell ref="A423:J425"/>
+    <mergeCell ref="A426:J428"/>
+    <mergeCell ref="D431:I431"/>
+    <mergeCell ref="N349:S374"/>
+    <mergeCell ref="B350:I350"/>
+    <mergeCell ref="B351:I351"/>
+    <mergeCell ref="B353:I353"/>
+    <mergeCell ref="B354:I354"/>
+    <mergeCell ref="A334:J336"/>
+    <mergeCell ref="B368:I368"/>
+    <mergeCell ref="N412:S414"/>
+    <mergeCell ref="A414:J415"/>
+    <mergeCell ref="B377:I378"/>
+    <mergeCell ref="N377:S400"/>
+    <mergeCell ref="B402:I404"/>
+    <mergeCell ref="B370:I373"/>
+    <mergeCell ref="B374:I374"/>
+    <mergeCell ref="B338:H338"/>
+    <mergeCell ref="A340:I341"/>
+    <mergeCell ref="A342:I343"/>
+    <mergeCell ref="A344:I345"/>
+    <mergeCell ref="B364:I367"/>
+    <mergeCell ref="A410:J410"/>
+    <mergeCell ref="A406:J406"/>
+    <mergeCell ref="N309:S324"/>
+    <mergeCell ref="A312:J313"/>
+    <mergeCell ref="A314:J320"/>
+    <mergeCell ref="A321:J324"/>
+    <mergeCell ref="A286:E287"/>
+    <mergeCell ref="F286:J287"/>
+    <mergeCell ref="A288:E288"/>
+    <mergeCell ref="F288:J289"/>
+    <mergeCell ref="A290:E290"/>
+    <mergeCell ref="A291:E291"/>
+    <mergeCell ref="F291:J291"/>
+    <mergeCell ref="N294:S305"/>
+    <mergeCell ref="A301:H301"/>
+    <mergeCell ref="B302:I303"/>
+    <mergeCell ref="A304:J307"/>
+    <mergeCell ref="N279:S291"/>
+    <mergeCell ref="A280:E282"/>
+    <mergeCell ref="A283:E284"/>
+    <mergeCell ref="A295:I296"/>
+    <mergeCell ref="A297:I298"/>
+    <mergeCell ref="A299:I300"/>
+    <mergeCell ref="A309:I311"/>
+    <mergeCell ref="N265:S275"/>
+    <mergeCell ref="F267:J267"/>
+    <mergeCell ref="D268:J270"/>
+    <mergeCell ref="A272:C275"/>
+    <mergeCell ref="D272:J275"/>
+    <mergeCell ref="F290:J290"/>
+    <mergeCell ref="A232:J239"/>
+    <mergeCell ref="N232:S238"/>
+    <mergeCell ref="B241:J241"/>
+    <mergeCell ref="N241:S242"/>
+    <mergeCell ref="A243:J244"/>
+    <mergeCell ref="A245:J257"/>
+    <mergeCell ref="N245:S260"/>
+    <mergeCell ref="A259:J262"/>
+    <mergeCell ref="F265:H265"/>
+    <mergeCell ref="A279:E279"/>
+    <mergeCell ref="F279:J284"/>
+    <mergeCell ref="N224:S229"/>
+    <mergeCell ref="E225:J225"/>
+    <mergeCell ref="E226:J226"/>
+    <mergeCell ref="E227:J227"/>
+    <mergeCell ref="E228:J228"/>
+    <mergeCell ref="E229:J229"/>
+    <mergeCell ref="E217:J217"/>
+    <mergeCell ref="N217:S222"/>
+    <mergeCell ref="E218:J218"/>
+    <mergeCell ref="E219:J219"/>
+    <mergeCell ref="E220:J220"/>
+    <mergeCell ref="E221:J221"/>
+    <mergeCell ref="E222:J222"/>
+    <mergeCell ref="N129:S143"/>
+    <mergeCell ref="N145:S151"/>
+    <mergeCell ref="A129:J133"/>
+    <mergeCell ref="A135:J138"/>
+    <mergeCell ref="A140:J140"/>
+    <mergeCell ref="A141:H141"/>
+    <mergeCell ref="A151:D151"/>
+    <mergeCell ref="E151:J151"/>
+    <mergeCell ref="A145:F147"/>
+    <mergeCell ref="G145:J145"/>
+    <mergeCell ref="G146:J146"/>
+    <mergeCell ref="G147:J147"/>
+    <mergeCell ref="A148:F148"/>
+    <mergeCell ref="G148:I148"/>
+    <mergeCell ref="I142:J143"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J4"/>
+    <mergeCell ref="N30:S33"/>
+    <mergeCell ref="A36:J37"/>
+    <mergeCell ref="A38:J40"/>
+    <mergeCell ref="N42:S54"/>
+    <mergeCell ref="B47:I49"/>
+    <mergeCell ref="B52:I54"/>
+    <mergeCell ref="E65:J65"/>
+    <mergeCell ref="A58:J59"/>
+    <mergeCell ref="A61:G61"/>
+    <mergeCell ref="I61:J61"/>
+    <mergeCell ref="N61:S64"/>
+    <mergeCell ref="A62:D62"/>
+    <mergeCell ref="E62:J62"/>
+    <mergeCell ref="A63:D63"/>
+    <mergeCell ref="L2:S2"/>
+    <mergeCell ref="S5:T5"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="F10:J10"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="A14:J16"/>
+    <mergeCell ref="A18:J19"/>
+    <mergeCell ref="N23:S28"/>
+    <mergeCell ref="A453:D453"/>
+    <mergeCell ref="A30:I31"/>
+    <mergeCell ref="A74:C74"/>
+    <mergeCell ref="D74:E74"/>
+    <mergeCell ref="E96:J96"/>
+    <mergeCell ref="E98:J98"/>
+    <mergeCell ref="E99:J99"/>
+    <mergeCell ref="F156:I156"/>
+    <mergeCell ref="E66:J66"/>
+    <mergeCell ref="E67:J67"/>
+    <mergeCell ref="E68:J68"/>
+    <mergeCell ref="B69:I69"/>
+    <mergeCell ref="A144:J144"/>
+    <mergeCell ref="A150:J150"/>
+    <mergeCell ref="E64:J64"/>
+    <mergeCell ref="E71:J71"/>
+    <mergeCell ref="E72:J72"/>
+    <mergeCell ref="A73:J73"/>
+    <mergeCell ref="E95:J95"/>
+    <mergeCell ref="E97:J97"/>
+    <mergeCell ref="C75:F75"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="E175:I175"/>
+    <mergeCell ref="A176:J176"/>
+    <mergeCell ref="N88:S88"/>
+    <mergeCell ref="N70:S72"/>
+    <mergeCell ref="N209:S214"/>
+    <mergeCell ref="F7:J7"/>
+    <mergeCell ref="I457:J457"/>
+    <mergeCell ref="E448:H448"/>
+    <mergeCell ref="A81:J81"/>
+    <mergeCell ref="E452:H452"/>
+    <mergeCell ref="A88:D88"/>
+    <mergeCell ref="E88:J88"/>
+    <mergeCell ref="D408:J408"/>
+    <mergeCell ref="A84:D84"/>
+    <mergeCell ref="E84:J84"/>
+    <mergeCell ref="A86:J86"/>
+    <mergeCell ref="B380:I385"/>
+    <mergeCell ref="B387:I392"/>
+    <mergeCell ref="B394:I400"/>
+    <mergeCell ref="B356:I360"/>
+    <mergeCell ref="B361:I361"/>
+    <mergeCell ref="A191:J191"/>
+    <mergeCell ref="A27:J28"/>
+    <mergeCell ref="E453:H453"/>
+    <mergeCell ref="E80:J80"/>
+    <mergeCell ref="E63:J63"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="F8:J8"/>
+    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="F11:J11"/>
+    <mergeCell ref="A100:J100"/>
+    <mergeCell ref="A328:J330"/>
+    <mergeCell ref="N66:S68"/>
+    <mergeCell ref="F177:H177"/>
+    <mergeCell ref="A123:J123"/>
+    <mergeCell ref="A109:J109"/>
+    <mergeCell ref="F155:I155"/>
+    <mergeCell ref="N155:S155"/>
+    <mergeCell ref="A110:J110"/>
+    <mergeCell ref="E91:J91"/>
+    <mergeCell ref="N91:S95"/>
+    <mergeCell ref="E92:J92"/>
+    <mergeCell ref="E93:J93"/>
+    <mergeCell ref="N112:S125"/>
+    <mergeCell ref="A128:J128"/>
+    <mergeCell ref="A142:H143"/>
+    <mergeCell ref="N98:S98"/>
+    <mergeCell ref="N74:S75"/>
+    <mergeCell ref="E77:J77"/>
+    <mergeCell ref="N77:S84"/>
     <mergeCell ref="N101:S107"/>
     <mergeCell ref="A101:I104"/>
     <mergeCell ref="J101:J102"/>
     <mergeCell ref="A105:I108"/>
     <mergeCell ref="J106:J107"/>
     <mergeCell ref="A450:D450"/>
     <mergeCell ref="A454:D454"/>
     <mergeCell ref="E450:H450"/>
     <mergeCell ref="E454:H454"/>
     <mergeCell ref="A192:I195"/>
     <mergeCell ref="E210:J210"/>
     <mergeCell ref="E211:J211"/>
     <mergeCell ref="E212:J212"/>
     <mergeCell ref="E213:J213"/>
     <mergeCell ref="E214:J214"/>
     <mergeCell ref="N192:S193"/>
     <mergeCell ref="J193:J194"/>
     <mergeCell ref="A197:I197"/>
     <mergeCell ref="N197:S199"/>
     <mergeCell ref="F207:J207"/>
     <mergeCell ref="E209:J209"/>
     <mergeCell ref="N201:S205"/>
     <mergeCell ref="A203:J206"/>
     <mergeCell ref="N174:S185"/>
-    <mergeCell ref="A8:E8"/>
-[...224 lines deleted...]
-    <mergeCell ref="A32:I33"/>
+    <mergeCell ref="A21:J21"/>
+    <mergeCell ref="A35:J35"/>
+    <mergeCell ref="A56:J56"/>
+    <mergeCell ref="A153:J153"/>
+    <mergeCell ref="A159:J159"/>
+    <mergeCell ref="A277:J277"/>
+    <mergeCell ref="A293:J293"/>
+    <mergeCell ref="A326:J326"/>
+    <mergeCell ref="A347:J347"/>
+    <mergeCell ref="A188:J188"/>
+    <mergeCell ref="A171:J171"/>
+    <mergeCell ref="A172:H173"/>
+    <mergeCell ref="J172:J173"/>
+    <mergeCell ref="A160:J163"/>
+    <mergeCell ref="A164:J166"/>
+    <mergeCell ref="A167:J170"/>
+    <mergeCell ref="E79:J79"/>
+    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="D157:J157"/>
+    <mergeCell ref="F174:H174"/>
+    <mergeCell ref="A198:I199"/>
+    <mergeCell ref="J197:J199"/>
   </mergeCells>
   <conditionalFormatting sqref="J31">
     <cfRule type="iconSet" priority="59">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J33">
     <cfRule type="iconSet" priority="58">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24:I25">
     <cfRule type="iconSet" priority="57">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
@@ -35186,51 +35189,51 @@
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I174">
     <cfRule type="expression" dxfId="43" priority="5">
       <formula>OR($I174="Saturday",$I174="Sunday")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C75:F75">
     <cfRule type="expression" dxfId="42" priority="4">
       <formula>LEFT($C$75,3)="App"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J106:J107">
     <cfRule type="expression" dxfId="41" priority="3">
       <formula>$J$105="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A171:J171">
     <cfRule type="notContainsBlanks" dxfId="40" priority="1">
       <formula>LEN(TRIM(A171))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="11">
+  <dataValidations disablePrompts="1" count="11">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date of birth error" error="Please enter date of birth in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="D74:E74" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>DATE(YEAR(TODAY())-80,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>DATE(YEAR(TODAY())-16,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Passport issue date error" error="Please enter the passport issue date in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E79:J79" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>DATE(YEAR(TODAY())-20,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>TODAY()</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Passport expiry date error" error="Please enter passport expiry date in the format - DD/MM/YYYY_x000a__x000a_Expired passport details cannot be listed on a CoS._x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E80:J80" xr:uid="{00000000-0002-0000-0200-000002000000}">
       <formula1>TODAY()</formula1>
       <formula2>DATE(YEAR(TODAY())+10,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Start date error" error="Please enter the start date in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="F174:H174" xr:uid="{00000000-0002-0000-0200-000003000000}">
       <formula1>TODAY()</formula1>
       <formula2>DATE(YEAR(TODAY())+1,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="CoS end date error" error="Please enter the required CoS end date in the format - DD/MM/YYYY_x000a__x000a_The maximum length of time a Tier 5 visa can be issued for is 2 years._x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="F177:H177" xr:uid="{00000000-0002-0000-0200-000004000000}">
       <formula1>TODAY()</formula1>
       <formula2>DATE(YEAR($F$174)+2,MONTH($F$174),DAY($F$174))</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Hours of work error!" error="Please enter the applicant's weekly hours of work" sqref="D201" xr:uid="{00000000-0002-0000-0200-000005000000}">
       <formula1>0</formula1>
       <formula2>100</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date input error!" error="Please enter a date in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="D433:I433" xr:uid="{00000000-0002-0000-0200-000006000000}">
@@ -35240,2058 +35243,2059 @@
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I142:J143" xr:uid="{00000000-0002-0000-0200-000007000000}">
       <formula1>"'- select -,Yes,No,Not Sure"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J148" xr:uid="{00000000-0002-0000-0200-000008000000}">
       <formula1>"'- select -,Yes,No"</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry error!" error="Please enter number of children, if none enter No in the field above and leave this field blank" sqref="J106:J107" xr:uid="{064AA2B9-EF3E-4D54-A2E2-65D364941D4B}">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="I172" xr:uid="{42C8E13E-C485-48F2-AB01-7DB578C5F936}">
       <formula1>"'- select -,1,2"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B118" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="F207" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
     <hyperlink ref="F267" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
     <hyperlink ref="A446" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
     <hyperlink ref="B332" r:id="rId5" display="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
     <hyperlink ref="B338" r:id="rId6" xr:uid="{00000000-0004-0000-0200-000006000000}"/>
     <hyperlink ref="B332:H332" r:id="rId7" display="https://staffimmigration.admin.ox.ac.uk/during-tier-5-sponsorship" xr:uid="{00000000-0004-0000-0200-000008000000}"/>
     <hyperlink ref="A141" r:id="rId8" xr:uid="{00000000-0004-0000-0200-000009000000}"/>
     <hyperlink ref="E151:J151" r:id="rId9" display="https://staffimmigration.admin.ox.ac.uk/atas-researchers" xr:uid="{00000000-0004-0000-0200-00000A000000}"/>
     <hyperlink ref="G148:I148" r:id="rId10" display="(based on our Template) ?" xr:uid="{00000000-0004-0000-0200-00000B000000}"/>
-    <hyperlink ref="E448" r:id="rId11" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
+    <hyperlink ref="E448" r:id="rId11" display="angelina.pelova@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
     <hyperlink ref="E449" r:id="rId12" display="jennifer.brewer@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
     <hyperlink ref="E452" r:id="rId13" xr:uid="{00000000-0004-0000-0200-00000E000000}"/>
     <hyperlink ref="E453" r:id="rId14" xr:uid="{00000000-0004-0000-0200-00000F000000}"/>
     <hyperlink ref="E449:H449" r:id="rId15" display="paul.deeble@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-000010000000}"/>
     <hyperlink ref="E450" r:id="rId16" xr:uid="{B6BEDF92-44C9-468B-B463-72E6A8D6214D}"/>
     <hyperlink ref="E450:H450" r:id="rId17" display="sufia.nadeem@admin.ox.ac.uk" xr:uid="{BD7B0E25-BF16-4614-B5C0-D2D6CD3B1354}"/>
     <hyperlink ref="E454" r:id="rId18" xr:uid="{8F9586DB-27E2-4139-806C-C74A00E4C3BA}"/>
+    <hyperlink ref="E448:H448" r:id="rId19" display="angelina.escott@admin.ox.ac.uk" xr:uid="{1EA2ABFB-57F8-4ABD-85DE-9190C0A6C2B7}"/>
   </hyperlinks>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.23622047244094491" bottom="0.62992125984251968" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="87" fitToWidth="2" fitToHeight="8" orientation="portrait" blackAndWhite="1" r:id="rId19"/>
+  <pageSetup paperSize="9" scale="87" fitToWidth="2" fitToHeight="8" orientation="portrait" blackAndWhite="1" r:id="rId20"/>
   <headerFooter>
-    <oddFooter>&amp;LUpdated April 2025&amp;RPage &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;LUpdated November 2025&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="8" manualBreakCount="8">
     <brk id="55" max="19" man="1"/>
     <brk id="108" max="19" man="1"/>
     <brk id="158" max="19" man="1"/>
     <brk id="215" max="19" man="1"/>
     <brk id="276" max="19" man="1"/>
     <brk id="325" max="19" man="1"/>
     <brk id="375" max="19" man="1"/>
     <brk id="422" max="19" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="10" max="456" man="1"/>
   </colBreaks>
   <ignoredErrors>
     <ignoredError sqref="F419:G419" numberStoredAsText="1"/>
   </ignoredErrors>
-  <drawing r:id="rId20"/>
-  <legacyDrawing r:id="rId21"/>
+  <drawing r:id="rId21"/>
+  <legacyDrawing r:id="rId22"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1028" r:id="rId22" name="OptionButton1">
-          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$5" r:id="rId23">
+        <control shapeId="1131" r:id="rId23" name="OptionButton6">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$12" r:id="rId24">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>247650</xdr:colOff>
+                <xdr:row>40</xdr:row>
+                <xdr:rowOff>171450</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>285750</xdr:colOff>
+                <xdr:row>42</xdr:row>
+                <xdr:rowOff>57150</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1131" r:id="rId23" name="OptionButton6"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1065" r:id="rId25" name="ComboBox6">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$36" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId26">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>86</xdr:row>
+                <xdr:rowOff>180975</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>438150</xdr:colOff>
+                <xdr:row>88</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1065" r:id="rId25" name="ComboBox6"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1061" r:id="rId27" name="ComboBox5">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$35" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId28">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>83</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>447675</xdr:colOff>
+                <xdr:row>84</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1061" r:id="rId27" name="ComboBox5"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1051" r:id="rId29" name="ComboBox4">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$28" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId30">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>657225</xdr:colOff>
+                <xdr:row>71</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>438150</xdr:colOff>
+                <xdr:row>72</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1051" r:id="rId29" name="ComboBox4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1050" r:id="rId31" name="ComboBox3">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$27" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId32">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>657225</xdr:colOff>
+                <xdr:row>69</xdr:row>
+                <xdr:rowOff>190500</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>447675</xdr:colOff>
+                <xdr:row>70</xdr:row>
+                <xdr:rowOff>190500</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1050" r:id="rId31" name="ComboBox3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1049" r:id="rId33" name="ComboBox2">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$23" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId34">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>657225</xdr:colOff>
+                <xdr:row>64</xdr:row>
+                <xdr:rowOff>190500</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>447675</xdr:colOff>
+                <xdr:row>66</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1049" r:id="rId33" name="ComboBox2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1048" r:id="rId35" name="ComboBox1">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$25" listFillRange="Dropdowns!$B$3:$B$259" r:id="rId36">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>67</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>68</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1048" r:id="rId35" name="ComboBox1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1034" r:id="rId37" name="OptionButton3">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$15" r:id="rId38">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>171450</xdr:colOff>
+                <xdr:row>48</xdr:row>
+                <xdr:rowOff>180975</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>466725</xdr:colOff>
+                <xdr:row>51</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1034" r:id="rId37" name="OptionButton3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1033" r:id="rId39" name="OptionButton5">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$14" r:id="rId40">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>200025</xdr:colOff>
+                <xdr:row>43</xdr:row>
+                <xdr:rowOff>152400</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>504825</xdr:colOff>
+                <xdr:row>46</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1033" r:id="rId39" name="OptionButton5"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1032" r:id="rId41" name="OptionButton4">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$13" r:id="rId42">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>228600</xdr:colOff>
+                <xdr:row>42</xdr:row>
+                <xdr:rowOff>19050</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>466725</xdr:colOff>
+                <xdr:row>43</xdr:row>
+                <xdr:rowOff>171450</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1032" r:id="rId41" name="OptionButton4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1029" r:id="rId43" name="OptionButton2">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$6" r:id="rId44">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>142875</xdr:colOff>
+                <xdr:row>24</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>409575</xdr:colOff>
+                <xdr:row>25</xdr:row>
+                <xdr:rowOff>76200</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1029" r:id="rId43" name="OptionButton2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1028" r:id="rId45" name="OptionButton1">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$5" r:id="rId46">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>22</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>400050</xdr:colOff>
                 <xdr:row>24</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1028" r:id="rId22" name="OptionButton1"/>
+        <control shapeId="1028" r:id="rId45" name="OptionButton1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1029" r:id="rId24" name="OptionButton2">
-[...274 lines deleted...]
-        <control shapeId="1025" r:id="rId46" name="Check Box 1">
+        <control shapeId="1025" r:id="rId47" name="Check Box 1">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>29</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>30</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1026" r:id="rId47" name="Check Box 2">
+        <control shapeId="1026" r:id="rId48" name="Check Box 2">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>31</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>714375</xdr:colOff>
                 <xdr:row>32</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1027" r:id="rId48" name="Group Box 3">
+        <control shapeId="1027" r:id="rId49" name="Group Box 3">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="OUT- or IN- Country application">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>609600</xdr:colOff>
                 <xdr:row>22</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>25</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1030" r:id="rId49" name="Group Box 6">
+        <control shapeId="1030" r:id="rId50" name="Group Box 6">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="Maintenance_requirement">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>40</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>676275</xdr:colOff>
                 <xdr:row>54</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1031" r:id="rId50" name="Check Box 7">
+        <control shapeId="1031" r:id="rId51" name="Check Box 7">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>41</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>41</xdr:row>
                 <xdr:rowOff>257175</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1035" r:id="rId51" name="Check Box 11">
+        <control shapeId="1035" r:id="rId52" name="Check Box 11">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>59</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>60</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1036" r:id="rId52" name="Check Box 12">
+        <control shapeId="1036" r:id="rId53" name="Check Box 12">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>60</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>62</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1037" r:id="rId53" name="Check Box 13">
+        <control shapeId="1037" r:id="rId54" name="Check Box 13">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>61</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>63</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1038" r:id="rId54" name="Check Box 14">
+        <control shapeId="1038" r:id="rId55" name="Check Box 14">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>62</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>64</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1039" r:id="rId55" name="Check Box 15">
+        <control shapeId="1039" r:id="rId56" name="Check Box 15">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>64</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>66</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1040" r:id="rId56" name="Check Box 16">
+        <control shapeId="1040" r:id="rId57" name="Check Box 16">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>65</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>67</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1041" r:id="rId57" name="Check Box 17">
+        <control shapeId="1041" r:id="rId58" name="Check Box 17">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>66</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>68</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1042" r:id="rId58" name="Check Box 18">
+        <control shapeId="1042" r:id="rId59" name="Check Box 18">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>68</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1043" r:id="rId59" name="Check Box 19">
+        <control shapeId="1043" r:id="rId60" name="Check Box 19">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>69</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>71</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1044" r:id="rId60" name="Check Box 20">
+        <control shapeId="1044" r:id="rId61" name="Check Box 20">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>72</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1054" r:id="rId61" name="Check Box 30">
+        <control shapeId="1054" r:id="rId62" name="Check Box 30">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>73</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>74</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1055" r:id="rId62" name="Check Box 31">
+        <control shapeId="1055" r:id="rId63" name="Check Box 31">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>73</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>74</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1056" r:id="rId63" name="Check Box 32">
+        <control shapeId="1056" r:id="rId64" name="Check Box 32">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>75</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>77</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1057" r:id="rId64" name="Check Box 33">
+        <control shapeId="1057" r:id="rId65" name="Check Box 33">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>77</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>78</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1058" r:id="rId65" name="Check Box 34">
+        <control shapeId="1058" r:id="rId66" name="Check Box 34">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>78</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>79</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1059" r:id="rId66" name="Check Box 35">
+        <control shapeId="1059" r:id="rId67" name="Check Box 35">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>81</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>82</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1060" r:id="rId67" name="Check Box 36">
+        <control shapeId="1060" r:id="rId68" name="Check Box 36">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>82</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>84</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1062" r:id="rId68" name="Check Box 38">
+        <control shapeId="1062" r:id="rId69" name="Check Box 38">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>86</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>88</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1063" r:id="rId69" name="Check Box 39">
+        <control shapeId="1063" r:id="rId70" name="Check Box 39">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>89</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>91</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1064" r:id="rId70" name="Check Box 40">
+        <control shapeId="1064" r:id="rId71" name="Check Box 40">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>96</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>98</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1067" r:id="rId71" name="Check Box 43">
+        <control shapeId="1067" r:id="rId72" name="Check Box 43">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>124</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>125</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1070" r:id="rId72" name="Check Box 46">
+        <control shapeId="1070" r:id="rId73" name="Check Box 46">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>153</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>323850</xdr:colOff>
                 <xdr:row>154</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1071" r:id="rId73" name="Check Box 47">
+        <control shapeId="1071" r:id="rId74" name="Check Box 47">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>170</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>171</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1072" r:id="rId74" name="Check Box 48">
+        <control shapeId="1072" r:id="rId75" name="Check Box 48">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>175</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>177</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1073" r:id="rId75" name="Check Box 49">
+        <control shapeId="1073" r:id="rId76" name="Check Box 49">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>190</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>47625</xdr:colOff>
                 <xdr:row>192</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1074" r:id="rId76" name="Check Box 50">
+        <control shapeId="1074" r:id="rId77" name="Check Box 50">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>190</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>438150</xdr:colOff>
                 <xdr:row>192</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1075" r:id="rId77" name="Check Box 51">
+        <control shapeId="1075" r:id="rId78" name="Check Box 51">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>196</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>197</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1078" r:id="rId78" name="Check Box 54">
+        <control shapeId="1078" r:id="rId79" name="Check Box 54">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>200</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>201</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1079" r:id="rId79" name="Check Box 55">
+        <control shapeId="1079" r:id="rId80" name="Check Box 55">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>207</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>208</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1080" r:id="rId80" name="Check Box 56">
+        <control shapeId="1080" r:id="rId81" name="Check Box 56">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>215</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>216</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1081" r:id="rId81" name="Check Box 57">
+        <control shapeId="1081" r:id="rId82" name="Check Box 57">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>222</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>224</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1082" r:id="rId82" name="Check Box 58">
+        <control shapeId="1082" r:id="rId83" name="Check Box 58">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Further add. work locations">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>230</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>231</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1083" r:id="rId83" name="Check Box 59">
+        <control shapeId="1083" r:id="rId84" name="Check Box 59">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>240</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>314325</xdr:colOff>
                 <xdr:row>241</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1084" r:id="rId84" name="Check Box 60">
+        <control shapeId="1084" r:id="rId85" name="Check Box 60">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>243</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>245</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1085" r:id="rId85" name="Check Box 61">
+        <control shapeId="1085" r:id="rId86" name="Check Box 61">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>263</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>265</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1086" r:id="rId86" name="Check Box 62">
+        <control shapeId="1086" r:id="rId87" name="Check Box 62">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>266</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>267</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1087" r:id="rId87" name="Check Box 63">
+        <control shapeId="1087" r:id="rId88" name="Check Box 63">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>270</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>272</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1088" r:id="rId88" name="Check Box 64">
+        <control shapeId="1088" r:id="rId89" name="Check Box 64">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>278</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>279</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1091" r:id="rId89" name="Check Box 67">
+        <control shapeId="1091" r:id="rId90" name="Check Box 67">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>293</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>276225</xdr:colOff>
                 <xdr:row>295</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1092" r:id="rId90" name="Check Box 68">
+        <control shapeId="1092" r:id="rId91" name="Check Box 68">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>300</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>301</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1093" r:id="rId91" name="Check Box 69">
+        <control shapeId="1093" r:id="rId92" name="Check Box 69">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>307</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>400050</xdr:colOff>
                 <xdr:row>309</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1095" r:id="rId92" name="Check Box 71">
+        <control shapeId="1095" r:id="rId93" name="Check Box 71">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>294</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>295</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1096" r:id="rId93" name="Check Box 72">
+        <control shapeId="1096" r:id="rId94" name="Check Box 72">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>296</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>297</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1097" r:id="rId94" name="Check Box 73">
+        <control shapeId="1097" r:id="rId95" name="Check Box 73">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>297</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>299</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1100" r:id="rId95" name="Check Box 76">
+        <control shapeId="1100" r:id="rId96" name="Check Box 76">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>339</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>340</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1101" r:id="rId96" name="Check Box 77">
+        <control shapeId="1101" r:id="rId97" name="Check Box 77">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>341</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>342</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1102" r:id="rId97" name="Check Box 78">
+        <control shapeId="1102" r:id="rId98" name="Check Box 78">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>342</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>344</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1103" r:id="rId98" name="Check Box 79">
+        <control shapeId="1103" r:id="rId99" name="Check Box 79">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>348</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>350</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1104" r:id="rId99" name="Check Box 80">
+        <control shapeId="1104" r:id="rId100" name="Check Box 80">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>348</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>350</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1105" r:id="rId100" name="Check Box 81">
+        <control shapeId="1105" r:id="rId101" name="Check Box 81">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>351</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>353</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1106" r:id="rId101" name="Check Box 82">
+        <control shapeId="1106" r:id="rId102" name="Check Box 82">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>354</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>356</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1107" r:id="rId102" name="Check Box 83">
+        <control shapeId="1107" r:id="rId103" name="Check Box 83">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>362</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>364</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1108" r:id="rId103" name="Check Box 84">
+        <control shapeId="1108" r:id="rId104" name="Check Box 84">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>351</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>353</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1109" r:id="rId104" name="Check Box 85">
+        <control shapeId="1109" r:id="rId105" name="Check Box 85">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>355</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>356</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1110" r:id="rId105" name="Check Box 86">
+        <control shapeId="1110" r:id="rId106" name="Check Box 86">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>362</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>364</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1111" r:id="rId106" name="Check Box 87">
+        <control shapeId="1111" r:id="rId107" name="Check Box 87">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>369</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>370</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1112" r:id="rId107" name="Check Box 88">
+        <control shapeId="1112" r:id="rId108" name="Check Box 88">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>369</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>370</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1120" r:id="rId108" name="Check Box 96">
+        <control shapeId="1120" r:id="rId109" name="Check Box 96">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>238125</xdr:colOff>
                 <xdr:row>379</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>380</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1121" r:id="rId109" name="Check Box 97">
+        <control shapeId="1121" r:id="rId110" name="Check Box 97">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>379</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>380</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1122" r:id="rId110" name="Check Box 98">
+        <control shapeId="1122" r:id="rId111" name="Check Box 98">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>386</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>387</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1123" r:id="rId111" name="Check Box 99">
+        <control shapeId="1123" r:id="rId112" name="Check Box 99">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>385</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>466725</xdr:colOff>
                 <xdr:row>387</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1124" r:id="rId112" name="Check Box 100">
+        <control shapeId="1124" r:id="rId113" name="Check Box 100">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>393</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>394</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1125" r:id="rId113" name="Check Box 101">
+        <control shapeId="1125" r:id="rId114" name="Check Box 101">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>392</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>628650</xdr:colOff>
                 <xdr:row>394</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1126" r:id="rId114" name="Check Box 102">
+        <control shapeId="1126" r:id="rId115" name="Check Box 102">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>406</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>408</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1127" r:id="rId115" name="Check Box 103">
+        <control shapeId="1127" r:id="rId116" name="Check Box 103">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>417</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>371475</xdr:colOff>
                 <xdr:row>418</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1128" r:id="rId116" name="Check Box 104">
+        <control shapeId="1128" r:id="rId117" name="Check Box 104">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>410</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>638175</xdr:colOff>
                 <xdr:row>412</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1130" r:id="rId117" name="Check Box 106">
+        <control shapeId="1130" r:id="rId118" name="Check Box 106">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>429</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>430</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1133" r:id="rId118" name="Check Box 109">
+        <control shapeId="1133" r:id="rId119" name="Check Box 109">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Confirmed whether or not ATAS applies">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>140</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>142</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1135" r:id="rId119" name="Check Box 111">
+        <control shapeId="1135" r:id="rId120" name="Check Box 111">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>144</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>145</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1136" r:id="rId120" name="Check Box 112">
+        <control shapeId="1136" r:id="rId121" name="Check Box 112">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>685800</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1137" r:id="rId121" name="Check Box 113">
+        <control shapeId="1137" r:id="rId122" name="Check Box 113">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1139" r:id="rId122" name="Check Box 115">
+        <control shapeId="1139" r:id="rId123" name="Check Box 115">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>100</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>285750</xdr:colOff>
                 <xdr:row>101</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="10" id="{6D5193F1-BE59-4CB6-9C6C-1A047473EFAA}">
@@ -37303,3001 +37307,3003 @@
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>A42:J42</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="2" id="{EAF17F32-7E67-4DA5-99C6-6537BF26092B}">
             <xm:f>CHECKING!$B$5=FALSE</xm:f>
             <x14:dxf>
               <font>
                 <color theme="0" tint="-0.34998626667073579"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor theme="0" tint="-0.14996795556505021"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>A171:J173</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="5">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please select Yes/No" error="Please select Yes/No" xr:uid="{00000000-0002-0000-0200-000009000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$X$3:$X$5</xm:f>
           </x14:formula1>
           <xm:sqref>J309:J311 I301</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-00000A000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$X$3:$X$5</xm:f>
           </x14:formula1>
           <xm:sqref>J101:J102 G70 J125:J127 J105 J197</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{00000000-0002-0000-0200-00000B000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$T$3:$T$12</xm:f>
           </x14:formula1>
           <xm:sqref>I61:J61</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-00000C000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$V$3:$V$5</xm:f>
           </x14:formula1>
           <xm:sqref>G74</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-00000D000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$T$17:$T$21</xm:f>
           </x14:formula1>
           <xm:sqref>J265</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:S208"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="51.140625" customWidth="1"/>
     <col min="2" max="2" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="25.7109375" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="B1" s="689" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B1" s="656" t="s">
+        <v>932</v>
+      </c>
+      <c r="C1" s="626"/>
+      <c r="D1" s="657"/>
+      <c r="E1" s="57" t="s">
+        <v>705</v>
+      </c>
+      <c r="F1" s="57" t="s">
+        <v>706</v>
+      </c>
+      <c r="G1" s="57" t="s">
+        <v>707</v>
+      </c>
+      <c r="H1" s="57" t="s">
+        <v>708</v>
+      </c>
+      <c r="I1" s="57" t="s">
+        <v>709</v>
+      </c>
+      <c r="J1" s="57" t="s">
+        <v>710</v>
+      </c>
+      <c r="K1" s="57" t="s">
+        <v>711</v>
+      </c>
+      <c r="L1" s="57" t="s">
+        <v>849</v>
+      </c>
+      <c r="M1" s="57" t="s">
         <v>933</v>
-      </c>
-[...27 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="58" t="str">
         <f>'Tier 5 initial CoS form'!$J$456</f>
-        <v>Version 2.11</v>
+        <v>Version 2.12</v>
       </c>
       <c r="B2" s="59">
         <f>'Tier 5 initial CoS form'!$I$457</f>
-        <v>45756</v>
+        <v>45979</v>
       </c>
       <c r="D2" s="56"/>
       <c r="E2" s="240" t="str">
         <f>$E$76</f>
         <v>Please complete the ATAS questions</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="305" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="B3" s="306"/>
       <c r="C3" s="306"/>
       <c r="D3" s="306"/>
       <c r="E3" s="306"/>
       <c r="F3" s="306"/>
       <c r="G3" s="306"/>
       <c r="H3" s="306"/>
       <c r="I3" s="306"/>
       <c r="J3" s="306"/>
       <c r="K3" s="306"/>
       <c r="L3" s="306"/>
       <c r="M3" s="306"/>
       <c r="N3" s="307"/>
     </row>
     <row r="5" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="63" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="B5" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C5" s="61" t="str">
         <f>IF($B$5=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="D5" s="56"/>
     </row>
     <row r="6" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="63" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="B6" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C6" s="61" t="str">
         <f>IF($B$6=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="D6" s="56"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="B8" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C8" s="61">
         <f>IF($B$8=TRUE,10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="B9" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C9" s="61">
         <f>IF($B$9=TRUE,10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="63" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="D11" s="272" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="274" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="B12" s="275" t="b">
         <v>0</v>
       </c>
       <c r="C12" s="276" t="str">
         <f>IF(AND(B12=TRUE,$D$11=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D12" s="277"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="37" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="B13" s="273" t="b">
         <v>1</v>
       </c>
       <c r="C13" s="66">
         <f>IF(AND(B13=TRUE,$D$11=TRUE),10,"")</f>
         <v>10</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="F13" s="67" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="G13" s="692" t="str">
+        <v>718</v>
+      </c>
+      <c r="G13" s="662" t="str">
         <f>IF(AND($B$12=TRUE,$B$6=TRUE),"Applicant and dependants have been living in the UK for 12 months maintenance not required",IF($B$13=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant, £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child.",IF($B$14=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant.","")))</f>
         <v>Sponsor certifies maintenance to value of £1270 for the main applicant, £285 for their partner, £315 for their first child, and £200 for each additional child.</v>
       </c>
-      <c r="H13" s="693"/>
-[...4 lines deleted...]
-      <c r="M13" s="694"/>
+      <c r="H13" s="663"/>
+      <c r="I13" s="663"/>
+      <c r="J13" s="663"/>
+      <c r="K13" s="663"/>
+      <c r="L13" s="663"/>
+      <c r="M13" s="664"/>
       <c r="N13" s="68" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="192" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="B14" s="275" t="b">
         <v>0</v>
       </c>
       <c r="C14" s="276" t="str">
         <f>IF(AND(B14=TRUE,$D$11=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D14" s="192"/>
-      <c r="G14" s="695"/>
-[...5 lines deleted...]
-      <c r="M14" s="697"/>
+      <c r="G14" s="665"/>
+      <c r="H14" s="666"/>
+      <c r="I14" s="666"/>
+      <c r="J14" s="666"/>
+      <c r="K14" s="666"/>
+      <c r="L14" s="666"/>
+      <c r="M14" s="667"/>
       <c r="N14" s="69"/>
     </row>
     <row r="15" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="192" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="B15" s="275" t="b">
         <v>0</v>
       </c>
       <c r="C15" s="276" t="str">
         <f>IF(AND(B15=TRUE,$D$11=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D15" s="192"/>
-      <c r="G15" s="698"/>
-[...5 lines deleted...]
-      <c r="M15" s="700"/>
+      <c r="G15" s="668"/>
+      <c r="H15" s="669"/>
+      <c r="I15" s="669"/>
+      <c r="J15" s="669"/>
+      <c r="K15" s="669"/>
+      <c r="L15" s="669"/>
+      <c r="M15" s="670"/>
       <c r="N15" s="69"/>
     </row>
     <row r="16" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="17" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="305" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="B17" s="306"/>
       <c r="C17" s="306"/>
       <c r="D17" s="306"/>
       <c r="E17" s="306"/>
       <c r="F17" s="306"/>
       <c r="G17" s="306"/>
       <c r="H17" s="306"/>
       <c r="I17" s="306"/>
       <c r="J17" s="306"/>
       <c r="K17" s="306"/>
       <c r="L17" s="306"/>
       <c r="M17" s="306"/>
       <c r="N17" s="307"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="73" t="s">
         <v>377</v>
       </c>
       <c r="B19" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C19" s="61">
         <f>IF(AND($D19&lt;&gt;"",$D19&lt;&gt;"- select -",$B19=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D19" s="77" t="str">
         <f>IF('Tier 5 initial CoS form'!$I$61="","",'Tier 5 initial CoS form'!$I$61)</f>
         <v>- select -</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" s="73" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="B20" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C20" s="61">
         <f>IF(AND($D20&lt;&gt;"",$B20=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D20" s="74" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$62="","",PROPER('Tier 5 initial CoS form'!$E$62))</f>
         <v/>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" s="73" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="B21" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C21" s="61">
         <f>IF(AND($D21&lt;&gt;"",$B21=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D21" s="74" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$63="","",PROPER('Tier 5 initial CoS form'!$E$63))</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A22" s="73" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="B22" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C22" s="61">
         <f>IF($B22=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D22" s="74" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$64="","",PROPER('Tier 5 initial CoS form'!$E$64))</f>
         <v/>
       </c>
       <c r="E22" s="75" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$65="","",'Tier 5 initial CoS form'!$E$65)</f>
         <v/>
       </c>
       <c r="L22" s="76"/>
       <c r="M22" s="76"/>
       <c r="N22" s="76"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="73" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="B23" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C23" s="61">
         <f>IF(AND($D23&lt;&gt;"",$D23&lt;&gt;"- select -",$B23=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D23" s="77" t="s">
         <v>380</v>
       </c>
       <c r="E23" s="78" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$69="","",'Tier 5 initial CoS form'!$B$69)</f>
         <v/>
       </c>
       <c r="L23" s="76"/>
       <c r="M23" s="79"/>
       <c r="N23" s="79"/>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A24" s="73" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="B24" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C24" s="61">
         <f>IF(AND($D24&lt;&gt;"",$B24=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D24" s="74" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$67="","",PROPER('Tier 5 initial CoS form'!$E$67))</f>
         <v/>
       </c>
       <c r="L24" s="76"/>
       <c r="M24" s="79"/>
       <c r="N24" s="79"/>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A25" s="73" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="B25" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C25" s="61">
         <f>IF(AND($D25&lt;&gt;"",$D25&lt;&gt;"- select -",$B25=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D25" s="77" t="s">
         <v>380</v>
       </c>
       <c r="L25" s="76"/>
       <c r="M25" s="79"/>
       <c r="N25" s="79"/>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A26" s="73" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="B26" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C26" s="61">
         <f>IF(AND($D26&lt;&gt;"",$D26&lt;&gt;"- select -",$B26=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D26" s="77" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$70="","",'Tier 5 initial CoS form'!$G$70)</f>
         <v>- select -</v>
       </c>
       <c r="E26" s="75" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$73="","",'Tier 5 initial CoS form'!$A$73)</f>
         <v/>
       </c>
       <c r="L26" s="76"/>
       <c r="M26" s="79"/>
       <c r="N26" s="79"/>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="B27" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C27" s="61">
         <f>IF($D$26="Yes",IF(OR(AND($D$27&lt;&gt;"",$D$27&lt;&gt;"- select -",$B$27=TRUE),$B$27=TRUE),10,0),IF($B$26=TRUE,10,0))</f>
         <v>0</v>
       </c>
       <c r="D27" s="77" t="s">
         <v>380</v>
       </c>
       <c r="E27" s="78" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$69="","",'Tier 5 initial CoS form'!$B$69)</f>
         <v/>
       </c>
       <c r="L27" s="76"/>
       <c r="M27" s="79"/>
       <c r="N27" s="79"/>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="B28" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C28" s="61">
         <f>IF($D$26="Yes",IF(OR(AND($D$28&lt;&gt;"",$D$28&lt;&gt;"- select -",$B$28=TRUE),$B$28=TRUE),10,0),IF($B$26=TRUE,10,0))</f>
         <v>0</v>
       </c>
       <c r="D28" s="77" t="s">
         <v>380</v>
       </c>
       <c r="E28" s="78" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$69="","",'Tier 5 initial CoS form'!$B$69)</f>
         <v/>
       </c>
       <c r="L28" s="76"/>
       <c r="M28" s="79"/>
       <c r="N28" s="79"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A29" s="35" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="B29" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C29" s="61">
         <f ca="1">IF(AND($B$29=TRUE,$D$29&lt;&gt;"",RIGHT($E$29,1)&lt;&gt;"?")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D29" s="74" t="str">
         <f>IF('Tier 5 initial CoS form'!$D$74="","",'Tier 5 initial CoS form'!$D$74)</f>
         <v/>
       </c>
       <c r="E29" s="78" t="str">
         <f ca="1">IF('Tier 5 initial CoS form'!$C$75="","",'Tier 5 initial CoS form'!$C$75)</f>
         <v/>
       </c>
       <c r="L29" s="76"/>
       <c r="M29" s="76"/>
       <c r="N29" s="76"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>378</v>
       </c>
       <c r="B30" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C30" s="61">
         <f>IF(AND($B$30=TRUE,$D$30&lt;&gt;"",$D$30&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D30" s="74" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$74="","",'Tier 5 initial CoS form'!$G$74)</f>
         <v>- select -</v>
       </c>
       <c r="L30" s="76"/>
       <c r="M30" s="76"/>
       <c r="N30" s="76"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="B31" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C31" s="61">
         <f>IF(AND($B$31=TRUE,$D$31&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D31" s="88" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$77&lt;&gt;"",'Tier 5 initial CoS form'!$E$77,"")</f>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="B32" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C32" s="61">
         <f>IF(AND($B$32=TRUE,$D$32&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D32" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$79&lt;&gt;"",'Tier 5 initial CoS form'!$E$79,"")</f>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="B33" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C33" s="61">
         <f ca="1">IF(AND($B$33=TRUE,$D$33&lt;&gt;"",$E$33="")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D33" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$80&lt;&gt;"",'Tier 5 initial CoS form'!$E$80,"")</f>
         <v/>
       </c>
       <c r="E33" s="78" t="str">
         <f ca="1">IF('Tier 5 initial CoS form'!$A$81="","",'Tier 5 initial CoS form'!$A$81)</f>
         <v/>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="B34" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C34" s="61">
         <f>IF(AND($B$34=TRUE,$D$34&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D34" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$83&lt;&gt;"",PROPER('Tier 5 initial CoS form'!$E$83),"")</f>
         <v/>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="B35" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C35" s="61">
         <f>IF(AND($B$35=TRUE,$D$35&lt;&gt;"",$D$35&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D35" s="90" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="35" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="B36" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C36" s="61">
         <f>IF(AND($B$36=TRUE,$D$36&lt;&gt;"",$D$36&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D36" s="90" t="s">
         <v>380</v>
       </c>
       <c r="E36" s="91" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$89="","",'Tier 5 initial CoS form'!$B$89)</f>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="B37" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C37" s="61">
         <f>IF(AND($B$37=TRUE,$D$37&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D37" s="200" t="str">
         <f>IF('Tier 5 initial CoS form'!$E91&lt;&gt;"",PROPER('Tier 5 initial CoS form'!$E91),"")</f>
         <v/>
       </c>
       <c r="E37" s="93" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="F37" s="69"/>
       <c r="G37" s="69"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="D38" s="201" t="str">
         <f>IF('Tier 5 initial CoS form'!$E92&lt;&gt;"",PROPER('Tier 5 initial CoS form'!$E92),"")</f>
         <v/>
       </c>
       <c r="E38" s="95" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="F38" s="69"/>
       <c r="G38" s="69"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="D39" s="201" t="str">
         <f>IF('Tier 5 initial CoS form'!$E93&lt;&gt;"",PROPER('Tier 5 initial CoS form'!$E93),"")</f>
         <v/>
       </c>
       <c r="E39" s="95" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="F39" s="69"/>
       <c r="G39" s="69"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="D40" s="201" t="str">
         <f>IF('Tier 5 initial CoS form'!$E94&lt;&gt;"",PROPER('Tier 5 initial CoS form'!$E94),"")</f>
         <v/>
       </c>
       <c r="E40" s="95" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="F40" s="69"/>
       <c r="G40" s="69"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="D41" s="201" t="str">
         <f>IF('Tier 5 initial CoS form'!$E95&lt;&gt;"",PROPER('Tier 5 initial CoS form'!$E95),"")</f>
         <v/>
       </c>
       <c r="E41" s="95" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="F41" s="69"/>
       <c r="G41" s="69"/>
     </row>
     <row r="42" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D42" s="202" t="str">
         <f>IF('Tier 5 initial CoS form'!$E96&lt;&gt;"",UPPER('Tier 5 initial CoS form'!$E96),"")</f>
         <v/>
       </c>
       <c r="E42" s="95" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="F42" s="69"/>
       <c r="G42" s="69"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="B43" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C43" s="61">
         <f>IF(AND($B$43=TRUE,$D$43&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D43" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$E98&lt;&gt;"",UPPER('Tier 5 initial CoS form'!$E98),"")</f>
         <v/>
       </c>
       <c r="H43" s="97"/>
     </row>
     <row r="46" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="291" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="B46" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C46" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="47" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="B47" s="292" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$101="","",'Tier 5 initial CoS form'!$J$101)</f>
         <v>- select -</v>
       </c>
       <c r="C47" s="61">
         <f>IF(AND($B$47&lt;&gt;"- select -",$B$47&lt;&gt;"",$B$48&lt;&gt;"- select -",$B$48&lt;&gt;"",$B$46=TRUE,$C$49=""),10,0)</f>
         <v>0</v>
       </c>
       <c r="E47" s="293" t="str">
         <f>IF($C$47=0,"section incomplete",IF($B$47="Yes",1,0)+IF(AND($B$48="Yes",$C$48&lt;&gt;""),$C$48,0))</f>
         <v>section incomplete</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="B48" s="292" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$105="","",'Tier 5 initial CoS form'!$J$105)</f>
         <v>- select -</v>
       </c>
       <c r="C48" s="294" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$106="","",'Tier 5 initial CoS form'!$J$106)</f>
         <v/>
       </c>
       <c r="D48" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="49" spans="1:19" x14ac:dyDescent="0.25">
       <c r="B49" s="292"/>
       <c r="C49" s="240" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$108="","",'Tier 5 initial CoS form'!$J$108)</f>
         <v/>
       </c>
       <c r="D49" s="89"/>
     </row>
     <row r="50" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="51" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="305" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="B51" s="306"/>
       <c r="C51" s="306"/>
       <c r="D51" s="306"/>
       <c r="E51" s="306"/>
       <c r="F51" s="306"/>
       <c r="G51" s="306"/>
       <c r="H51" s="306"/>
       <c r="I51" s="306"/>
       <c r="J51" s="306"/>
       <c r="K51" s="306"/>
       <c r="L51" s="306"/>
       <c r="M51" s="306"/>
       <c r="N51" s="307"/>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="B53" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C53" s="61">
         <f>IF(OR($B$6=TRUE,AND($B$53=TRUE,$D$53&lt;&gt;"",$D$53&lt;&gt;"- select -")=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D53" s="100" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$125="","",'Tier 5 initial CoS form'!$J$125)</f>
         <v>- select -</v>
       </c>
       <c r="E53" s="101" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$124="","",'Tier 5 initial CoS form'!$A$124)</f>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A55" s="217" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="B55" s="217"/>
-      <c r="C55" s="691" t="s">
-[...10 lines deleted...]
-      <c r="L55" s="691"/>
+      <c r="C55" s="661" t="s">
+        <v>920</v>
+      </c>
+      <c r="D55" s="661"/>
+      <c r="E55" s="661"/>
+      <c r="F55" s="661"/>
+      <c r="G55" s="661"/>
+      <c r="H55" s="661"/>
+      <c r="I55" s="661"/>
+      <c r="J55" s="661"/>
+      <c r="K55" s="661"/>
+      <c r="L55" s="661"/>
       <c r="M55" s="217"/>
     </row>
     <row r="56" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56"/>
       <c r="B56" s="219"/>
       <c r="C56"/>
       <c r="D56" s="100"/>
       <c r="E56" s="101"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
-      <c r="O56" s="719" t="s">
-[...5 lines deleted...]
-      <c r="S56" s="721"/>
+      <c r="O56" s="632" t="s">
+        <v>931</v>
+      </c>
+      <c r="P56" s="633"/>
+      <c r="Q56" s="633"/>
+      <c r="R56" s="633"/>
+      <c r="S56" s="634"/>
     </row>
     <row r="57" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="33" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="B57"/>
       <c r="C57" s="61">
         <f>IF(AND($D$57&lt;&gt;"- select -",$D$57&lt;&gt;"Not Sure",$D$57&lt;&gt;"",$B$58=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D57" s="220" t="str">
         <f>'Tier 5 initial CoS form'!$I$142</f>
         <v>- select -</v>
       </c>
       <c r="E57"/>
       <c r="F57" s="159" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="G57"/>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
-      <c r="O57" s="722"/>
-[...3 lines deleted...]
-      <c r="S57" s="724"/>
+      <c r="O57" s="635"/>
+      <c r="P57" s="636"/>
+      <c r="Q57" s="636"/>
+      <c r="R57" s="636"/>
+      <c r="S57" s="637"/>
     </row>
     <row r="58" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="33" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="B58" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C58" s="61">
         <f>IF(AND($D$57&lt;&gt;"- select -",$D$57&lt;&gt;"Not Sure",$D$57&lt;&gt;"",$B$58=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D58"/>
       <c r="E58" s="216" t="s">
-        <v>877</v>
-[...1 lines deleted...]
-      <c r="F58" s="710" t="str">
+        <v>876</v>
+      </c>
+      <c r="F58" s="680" t="str">
         <f>$E$205</f>
         <v/>
       </c>
-      <c r="G58" s="711"/>
-[...3 lines deleted...]
-      <c r="K58" s="712"/>
+      <c r="G58" s="654"/>
+      <c r="H58" s="654"/>
+      <c r="I58" s="654"/>
+      <c r="J58" s="654"/>
+      <c r="K58" s="655"/>
       <c r="L58" s="221"/>
       <c r="M58" s="221"/>
       <c r="N58"/>
-      <c r="O58" s="722"/>
-[...3 lines deleted...]
-      <c r="S58" s="724"/>
+      <c r="O58" s="635"/>
+      <c r="P58" s="636"/>
+      <c r="Q58" s="636"/>
+      <c r="R58" s="636"/>
+      <c r="S58" s="637"/>
     </row>
     <row r="59" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="222"/>
       <c r="B59" s="222"/>
       <c r="C59" s="222"/>
       <c r="D59" s="222"/>
       <c r="E59" s="216" t="s">
-        <v>800</v>
-[...1 lines deleted...]
-      <c r="F59" s="710" t="str">
+        <v>799</v>
+      </c>
+      <c r="F59" s="680" t="str">
         <f>$D$128</f>
         <v/>
       </c>
-      <c r="G59" s="711"/>
-[...5 lines deleted...]
-      <c r="M59" s="712"/>
+      <c r="G59" s="654"/>
+      <c r="H59" s="654"/>
+      <c r="I59" s="654"/>
+      <c r="J59" s="654"/>
+      <c r="K59" s="654"/>
+      <c r="L59" s="654"/>
+      <c r="M59" s="655"/>
       <c r="N59"/>
-      <c r="O59" s="722"/>
-[...3 lines deleted...]
-      <c r="S59" s="724"/>
+      <c r="O59" s="635"/>
+      <c r="P59" s="636"/>
+      <c r="Q59" s="636"/>
+      <c r="R59" s="636"/>
+      <c r="S59" s="637"/>
     </row>
     <row r="60" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="223" t="str">
         <f>'Tier 5 initial CoS form'!$A$144</f>
         <v/>
       </c>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60" s="216" t="s">
-        <v>922</v>
-[...1 lines deleted...]
-      <c r="F60" s="713">
+        <v>921</v>
+      </c>
+      <c r="F60" s="681">
         <f>IF($D$126="","Enter SOC code below",$D$126)</f>
         <v>2119</v>
       </c>
-      <c r="G60" s="714"/>
-[...1 lines deleted...]
-      <c r="I60" s="715"/>
+      <c r="G60" s="682"/>
+      <c r="H60" s="682"/>
+      <c r="I60" s="683"/>
       <c r="J60" s="221"/>
       <c r="K60" s="221"/>
       <c r="L60" s="221"/>
       <c r="M60" s="221"/>
       <c r="N60"/>
-      <c r="O60" s="722"/>
-[...3 lines deleted...]
-      <c r="S60" s="724"/>
+      <c r="O60" s="635"/>
+      <c r="P60" s="636"/>
+      <c r="Q60" s="636"/>
+      <c r="R60" s="636"/>
+      <c r="S60" s="637"/>
     </row>
     <row r="61" spans="1:19" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61"/>
       <c r="B61"/>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61" s="224" t="s">
-        <v>737</v>
-[...1 lines deleted...]
-      <c r="F61" s="716" t="str">
+        <v>736</v>
+      </c>
+      <c r="F61" s="653" t="str">
         <f>$D$23</f>
         <v>- select -</v>
       </c>
-      <c r="G61" s="711"/>
-      <c r="H61" s="712"/>
+      <c r="G61" s="654"/>
+      <c r="H61" s="655"/>
       <c r="I61" s="221"/>
       <c r="J61" s="221"/>
       <c r="K61" s="221"/>
-      <c r="O61" s="722"/>
-[...3 lines deleted...]
-      <c r="S61" s="724"/>
+      <c r="O61" s="635"/>
+      <c r="P61" s="636"/>
+      <c r="Q61" s="636"/>
+      <c r="R61" s="636"/>
+      <c r="S61" s="637"/>
     </row>
     <row r="62" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="717" t="s">
-[...4 lines deleted...]
-      <c r="D62" s="717"/>
+      <c r="A62" s="684" t="s">
+        <v>922</v>
+      </c>
+      <c r="B62" s="684"/>
+      <c r="C62" s="684"/>
+      <c r="D62" s="684"/>
       <c r="E62" s="216" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="F62" s="716" t="str">
+        <v>738</v>
+      </c>
+      <c r="F62" s="653" t="str">
         <f>$D$27</f>
         <v>- select -</v>
       </c>
-      <c r="G62" s="711"/>
-      <c r="H62" s="712"/>
+      <c r="G62" s="654"/>
+      <c r="H62" s="655"/>
       <c r="I62" s="221"/>
       <c r="J62" s="221"/>
       <c r="K62" s="221"/>
-      <c r="O62" s="722"/>
-[...3 lines deleted...]
-      <c r="S62" s="724"/>
+      <c r="O62" s="635"/>
+      <c r="P62" s="636"/>
+      <c r="Q62" s="636"/>
+      <c r="R62" s="636"/>
+      <c r="S62" s="637"/>
     </row>
     <row r="63" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63"/>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63" s="216" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="F63" s="716" t="str">
+        <v>739</v>
+      </c>
+      <c r="F63" s="653" t="str">
         <f>$D$28</f>
         <v>- select -</v>
       </c>
-      <c r="G63" s="711"/>
-      <c r="H63" s="712"/>
+      <c r="G63" s="654"/>
+      <c r="H63" s="655"/>
       <c r="I63" s="221"/>
       <c r="J63" s="221"/>
       <c r="K63" s="221"/>
-      <c r="O63" s="725"/>
-[...3 lines deleted...]
-      <c r="S63" s="727"/>
+      <c r="O63" s="638"/>
+      <c r="P63" s="639"/>
+      <c r="Q63" s="639"/>
+      <c r="R63" s="639"/>
+      <c r="S63" s="640"/>
     </row>
     <row r="64" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64"/>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64" s="216"/>
       <c r="F64" s="159"/>
       <c r="G64" s="226"/>
       <c r="H64" s="226"/>
       <c r="I64" s="221"/>
       <c r="J64" s="221"/>
       <c r="K64" s="221"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="O64" s="250"/>
       <c r="P64" s="250"/>
       <c r="Q64" s="250"/>
       <c r="R64" s="250"/>
       <c r="S64" s="250"/>
     </row>
     <row r="65" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="B65" s="728" t="str">
+        <v>944</v>
+      </c>
+      <c r="B65" s="641" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$145&lt;&gt;"",'Tier 5 initial CoS form'!$G$145,"")</f>
         <v/>
       </c>
-      <c r="C65" s="729"/>
-      <c r="D65" s="730"/>
+      <c r="C65" s="642"/>
+      <c r="D65" s="643"/>
       <c r="E65" s="67" t="s">
-        <v>946</v>
-[...8 lines deleted...]
-      <c r="M65" s="733"/>
+        <v>945</v>
+      </c>
+      <c r="F65" s="644"/>
+      <c r="G65" s="645"/>
+      <c r="H65" s="645"/>
+      <c r="I65" s="645"/>
+      <c r="J65" s="645"/>
+      <c r="K65" s="645"/>
+      <c r="L65" s="645"/>
+      <c r="M65" s="646"/>
       <c r="O65" s="250"/>
       <c r="P65" s="250"/>
       <c r="Q65" s="250"/>
       <c r="R65" s="250"/>
       <c r="S65" s="250"/>
     </row>
     <row r="66" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66"/>
-      <c r="B66" s="728" t="str">
+      <c r="B66" s="641" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$146&lt;&gt;"",'Tier 5 initial CoS form'!$G$146,"")</f>
         <v/>
       </c>
-      <c r="C66" s="729"/>
-      <c r="D66" s="730"/>
+      <c r="C66" s="642"/>
+      <c r="D66" s="643"/>
       <c r="E66" s="251" t="s">
-        <v>720</v>
-[...8 lines deleted...]
-      <c r="M66" s="736"/>
+        <v>719</v>
+      </c>
+      <c r="F66" s="647"/>
+      <c r="G66" s="648"/>
+      <c r="H66" s="648"/>
+      <c r="I66" s="648"/>
+      <c r="J66" s="648"/>
+      <c r="K66" s="648"/>
+      <c r="L66" s="648"/>
+      <c r="M66" s="649"/>
       <c r="O66" s="250"/>
       <c r="P66" s="250"/>
       <c r="Q66" s="250"/>
       <c r="R66" s="250"/>
       <c r="S66" s="250"/>
     </row>
     <row r="67" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67"/>
-      <c r="B67" s="728" t="str">
+      <c r="B67" s="641" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$147&lt;&gt;"",'Tier 5 initial CoS form'!$G$147,"")</f>
         <v/>
       </c>
-      <c r="C67" s="729"/>
-      <c r="D67" s="730"/>
+      <c r="C67" s="642"/>
+      <c r="D67" s="643"/>
       <c r="E67" s="216"/>
-      <c r="F67" s="734"/>
-[...6 lines deleted...]
-      <c r="M67" s="736"/>
+      <c r="F67" s="647"/>
+      <c r="G67" s="648"/>
+      <c r="H67" s="648"/>
+      <c r="I67" s="648"/>
+      <c r="J67" s="648"/>
+      <c r="K67" s="648"/>
+      <c r="L67" s="648"/>
+      <c r="M67" s="649"/>
       <c r="O67" s="250"/>
       <c r="P67" s="250"/>
       <c r="Q67" s="250"/>
       <c r="R67" s="250"/>
       <c r="S67" s="250"/>
     </row>
     <row r="68" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="B68" s="76" t="str">
         <f>'Tier 5 initial CoS form'!$J$148</f>
         <v>- select -</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68" s="216"/>
-      <c r="F68" s="737"/>
-[...6 lines deleted...]
-      <c r="M68" s="739"/>
+      <c r="F68" s="650"/>
+      <c r="G68" s="651"/>
+      <c r="H68" s="651"/>
+      <c r="I68" s="651"/>
+      <c r="J68" s="651"/>
+      <c r="K68" s="651"/>
+      <c r="L68" s="651"/>
+      <c r="M68" s="652"/>
       <c r="O68" s="250"/>
       <c r="P68" s="250"/>
       <c r="Q68" s="250"/>
       <c r="R68" s="250"/>
       <c r="S68" s="250"/>
     </row>
     <row r="69" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="B69" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C69" s="61">
         <f>IF(OR($B$69=TRUE,'Tier 5 initial CoS form'!$A$144&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D69"/>
       <c r="E69" s="216"/>
-      <c r="F69" s="718" t="s">
-[...8 lines deleted...]
-      <c r="M69" s="718"/>
+      <c r="F69" s="685" t="s">
+        <v>938</v>
+      </c>
+      <c r="G69" s="685"/>
+      <c r="H69" s="685"/>
+      <c r="I69" s="685"/>
+      <c r="J69" s="685"/>
+      <c r="K69" s="685"/>
+      <c r="L69" s="685"/>
+      <c r="M69" s="685"/>
       <c r="O69" s="250"/>
       <c r="P69" s="250"/>
       <c r="Q69" s="250"/>
       <c r="R69" s="250"/>
       <c r="S69" s="250"/>
     </row>
     <row r="70" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70"/>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" s="216"/>
       <c r="F70" s="249"/>
       <c r="G70" s="226"/>
       <c r="H70" s="226"/>
       <c r="I70" s="221"/>
       <c r="J70" s="221"/>
       <c r="K70" s="221"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="O70" s="250"/>
       <c r="P70" s="250"/>
       <c r="Q70" s="250"/>
       <c r="R70" s="250"/>
       <c r="S70" s="250"/>
     </row>
     <row r="71" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="225" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" s="226"/>
       <c r="G71" s="226"/>
       <c r="H71" s="226"/>
       <c r="I71" s="227"/>
       <c r="J71" s="227"/>
       <c r="K71" s="227"/>
     </row>
     <row r="72" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="228" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B72" s="229" t="s">
         <v>380</v>
       </c>
       <c r="C72" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D72" s="230" t="s">
-        <v>925</v>
-[...1 lines deleted...]
-      <c r="E72" s="638" t="str">
+        <v>924</v>
+      </c>
+      <c r="E72" s="686" t="str">
         <f>IF(OR($B$72="",$B$72="- select -"),"",IF($B$72="No",IF('Tier 5 initial CoS form'!$A$144&lt;&gt;"","ATAS requirement does not apply because the applicant is an exempt national","ATAS requirement does not apply because the role does not include research at a PhD-level or above in a relevant subject area"),"ATAS requirement applies, certificate no: " &amp; $B$76))</f>
         <v/>
       </c>
-      <c r="F72" s="639"/>
-[...2 lines deleted...]
-      <c r="I72" s="640"/>
+      <c r="F72" s="687"/>
+      <c r="G72" s="687"/>
+      <c r="H72" s="687"/>
+      <c r="I72" s="688"/>
       <c r="J72" s="159" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="K72" s="227"/>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73" s="228" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="B73" s="231"/>
       <c r="C73" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D73" s="232"/>
-      <c r="E73" s="641"/>
-[...3 lines deleted...]
-      <c r="I73" s="643"/>
+      <c r="E73" s="689"/>
+      <c r="F73" s="690"/>
+      <c r="G73" s="690"/>
+      <c r="H73" s="690"/>
+      <c r="I73" s="691"/>
       <c r="J73" s="221"/>
       <c r="K73" s="221"/>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74" s="228" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="B74" s="231"/>
       <c r="C74" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D74" s="232"/>
-      <c r="E74" s="644"/>
-[...3 lines deleted...]
-      <c r="I74" s="646"/>
+      <c r="E74" s="692"/>
+      <c r="F74" s="693"/>
+      <c r="G74" s="693"/>
+      <c r="H74" s="693"/>
+      <c r="I74" s="694"/>
       <c r="J74" s="233"/>
       <c r="K74" s="221"/>
     </row>
     <row r="75" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A75" s="234" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="B75" s="232"/>
       <c r="C75" s="232"/>
       <c r="D75" s="232"/>
       <c r="E75" s="235"/>
       <c r="F75" s="235"/>
       <c r="G75" s="235"/>
       <c r="H75" s="235"/>
       <c r="I75" s="227"/>
       <c r="J75" s="227"/>
       <c r="K75" s="227"/>
     </row>
     <row r="76" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A76" s="228" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="B76" s="236"/>
       <c r="C76" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D76" s="232"/>
-      <c r="E76" s="688" t="str">
+      <c r="E76" s="736" t="str">
         <f>IF(OR($B$72="",$B$72="- select -"),"Please complete the ATAS questions",IF(AND($B$72="Yes",OR($B$73="",$B$74="",$B$76="")),"ATAS certificate details required before CoS can be issued!","Please remember to in include ATAS SN when issuing CoS"))</f>
         <v>Please complete the ATAS questions</v>
       </c>
-      <c r="F76" s="688"/>
-[...2 lines deleted...]
-      <c r="I76" s="688"/>
+      <c r="F76" s="736"/>
+      <c r="G76" s="736"/>
+      <c r="H76" s="736"/>
+      <c r="I76" s="736"/>
       <c r="J76" s="227"/>
       <c r="K76" s="227"/>
       <c r="L76" s="237"/>
       <c r="M76" s="237"/>
       <c r="N76" s="237"/>
       <c r="O76" s="237"/>
       <c r="P76" s="237"/>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77" s="228"/>
       <c r="B77" s="238"/>
       <c r="C77" s="238"/>
       <c r="D77" s="232"/>
       <c r="E77" s="239"/>
       <c r="F77" s="239"/>
       <c r="G77" s="239"/>
       <c r="H77" s="239"/>
       <c r="I77" s="239"/>
       <c r="J77" s="227"/>
       <c r="K77" s="227"/>
       <c r="L77" s="237"/>
       <c r="M77" s="237"/>
       <c r="N77" s="237"/>
       <c r="O77" s="237"/>
       <c r="P77" s="237"/>
     </row>
     <row r="78" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A78" s="218"/>
       <c r="B78" s="218"/>
       <c r="C78" s="218"/>
       <c r="D78" s="218"/>
       <c r="E78" s="218"/>
       <c r="F78" s="218"/>
       <c r="G78" s="218"/>
       <c r="H78" s="218"/>
       <c r="I78" s="218"/>
       <c r="J78" s="218"/>
       <c r="K78" s="218"/>
       <c r="L78" s="218"/>
       <c r="M78" s="218"/>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="B80" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C80" s="61">
         <f>IF(AND($B$80=TRUE,$E$80="")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D80" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$155&lt;&gt;"",'Tier 5 initial CoS form'!$F$155,"")</f>
         <v/>
       </c>
       <c r="E80" s="102" t="str">
         <f>IF('Tier 5 initial CoS form'!$D$157="","",'Tier 5 initial CoS form'!$D$157)</f>
         <v/>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="D81" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$156&lt;&gt;"",'Tier 5 initial CoS form'!$F$156,"")</f>
         <v/>
       </c>
     </row>
     <row r="82" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D82" s="89"/>
     </row>
     <row r="83" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="633" t="s">
-[...14 lines deleted...]
-      <c r="N83" s="635"/>
+      <c r="A83" s="658" t="s">
+        <v>708</v>
+      </c>
+      <c r="B83" s="659"/>
+      <c r="C83" s="659"/>
+      <c r="D83" s="659"/>
+      <c r="E83" s="659"/>
+      <c r="F83" s="659"/>
+      <c r="G83" s="659"/>
+      <c r="H83" s="659"/>
+      <c r="I83" s="659"/>
+      <c r="J83" s="659"/>
+      <c r="K83" s="659"/>
+      <c r="L83" s="659"/>
+      <c r="M83" s="659"/>
+      <c r="N83" s="660"/>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="B85" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C85" s="61">
         <f>IF(AND($B$85=TRUE,$D$85&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D85" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$174&lt;&gt;"",'Tier 5 initial CoS form'!$F$174,"")</f>
         <v/>
       </c>
       <c r="E85" s="126" t="str">
         <f ca="1">CONCATENATE('Tier 5 initial CoS form'!$E$175,IF(AND('Tier 5 initial CoS form'!$E$175&lt;&gt;"",'Tier 5 initial CoS form'!$A$176&lt;&gt;""),"/ ",""),'Tier 5 initial CoS form'!A176)</f>
         <v/>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A86" s="35" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="B86" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C86" s="61">
         <f>IF(AND($B$86=TRUE,$D$86&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D86" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$177&lt;&gt;"",'Tier 5 initial CoS form'!$F$177,"")</f>
         <v/>
       </c>
-      <c r="E86" s="701" t="str">
+      <c r="E86" s="671" t="str">
         <f>CONCATENATE('Tier 5 initial CoS form'!$F$183,"/ ",'Tier 5 initial CoS form'!$F$184,"/ ",'Tier 5 initial CoS form'!$A$183,"/ ",'Tier 5 initial CoS form'!$A$184,"/ ",'Tier 5 initial CoS form'!$A$185)</f>
         <v xml:space="preserve">/ / / / </v>
       </c>
-      <c r="F86" s="702"/>
-[...6 lines deleted...]
-      <c r="M86" s="703"/>
+      <c r="F86" s="672"/>
+      <c r="G86" s="672"/>
+      <c r="H86" s="672"/>
+      <c r="I86" s="672"/>
+      <c r="J86" s="672"/>
+      <c r="K86" s="672"/>
+      <c r="L86" s="672"/>
+      <c r="M86" s="673"/>
       <c r="N86" s="127"/>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A87" s="128"/>
       <c r="B87" s="73"/>
       <c r="C87" s="129"/>
       <c r="D87" s="130"/>
-      <c r="E87" s="704"/>
-[...7 lines deleted...]
-      <c r="M87" s="706"/>
+      <c r="E87" s="674"/>
+      <c r="F87" s="675"/>
+      <c r="G87" s="675"/>
+      <c r="H87" s="675"/>
+      <c r="I87" s="675"/>
+      <c r="J87" s="675"/>
+      <c r="K87" s="675"/>
+      <c r="L87" s="675"/>
+      <c r="M87" s="676"/>
       <c r="N87" s="127"/>
     </row>
     <row r="88" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="128"/>
       <c r="B88" s="131" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="C88" s="129"/>
       <c r="D88" s="132" t="s">
-        <v>778</v>
-[...9 lines deleted...]
-      <c r="M88" s="709"/>
+        <v>777</v>
+      </c>
+      <c r="E88" s="677"/>
+      <c r="F88" s="678"/>
+      <c r="G88" s="678"/>
+      <c r="H88" s="678"/>
+      <c r="I88" s="678"/>
+      <c r="J88" s="678"/>
+      <c r="K88" s="678"/>
+      <c r="L88" s="678"/>
+      <c r="M88" s="679"/>
       <c r="N88" s="127"/>
     </row>
     <row r="89" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="B89" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C89" s="61">
         <f>IF(AND($B$89=TRUE,$D$89=TRUE)=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D89" s="133" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="B91" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C91" s="61">
         <f>IF(AND($B$91=TRUE,$D$91&lt;&gt;"",$D$91&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D91" s="56" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$197&lt;&gt;"",'Tier 5 initial CoS form'!$J$197,"")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B92" s="137"/>
       <c r="C92" s="56"/>
       <c r="D92" s="56"/>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="B93" s="135" t="b">
         <v>0</v>
       </c>
       <c r="C93" s="61">
         <f>IF(AND($B$93=TRUE,$D$93&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D93" s="56" t="str">
         <f>IF('Tier 5 initial CoS form'!$D$201&lt;&gt;"",'Tier 5 initial CoS form'!$D$201,"")</f>
         <v/>
       </c>
       <c r="E93" s="136" t="str">
         <f>IF('Tier 5 initial CoS form'!$E$201&lt;&gt;"",'Tier 5 initial CoS form'!$E$201,"")</f>
         <v/>
       </c>
     </row>
     <row r="95" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="96" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="B96" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C96" s="61">
         <f>IF(AND($B$96=TRUE,$D$97&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D96" s="92" t="str">
         <f>IF('Tier 5 initial CoS form'!$E209&lt;&gt;"",'Tier 5 initial CoS form'!$E209,"")</f>
         <v>University of Oxford</v>
       </c>
       <c r="E96" s="93" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D97" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E210&lt;&gt;"",'Tier 5 initial CoS form'!$E210,"")</f>
         <v/>
       </c>
       <c r="E97" s="95" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D98" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E211&lt;&gt;"",'Tier 5 initial CoS form'!$E211,"")</f>
         <v/>
       </c>
       <c r="E98" s="95" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D99" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E212&lt;&gt;"",'Tier 5 initial CoS form'!$E212,"")</f>
         <v/>
       </c>
       <c r="E99" s="95" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D100" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E213&lt;&gt;"",'Tier 5 initial CoS form'!$E213,"")</f>
         <v/>
       </c>
       <c r="E100" s="95" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
     </row>
     <row r="101" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D101" s="96" t="str">
         <f>IF('Tier 5 initial CoS form'!$E214&lt;&gt;"",'Tier 5 initial CoS form'!$E214,"")</f>
         <v/>
       </c>
       <c r="E101" s="95" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
     </row>
     <row r="102" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D102" s="69"/>
       <c r="E102" s="95"/>
     </row>
     <row r="103" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="633" t="s">
-[...14 lines deleted...]
-      <c r="N103" s="635"/>
+      <c r="A103" s="658" t="s">
+        <v>709</v>
+      </c>
+      <c r="B103" s="659"/>
+      <c r="C103" s="659"/>
+      <c r="D103" s="659"/>
+      <c r="E103" s="659"/>
+      <c r="F103" s="659"/>
+      <c r="G103" s="659"/>
+      <c r="H103" s="659"/>
+      <c r="I103" s="659"/>
+      <c r="J103" s="659"/>
+      <c r="K103" s="659"/>
+      <c r="L103" s="659"/>
+      <c r="M103" s="659"/>
+      <c r="N103" s="660"/>
     </row>
     <row r="104" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D104" s="69"/>
       <c r="E104" s="95"/>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="B105" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C105" s="61">
         <f>IF(OR(AND($D$106="",$B$96=TRUE),AND($D$106&lt;&gt;"",$B$105=TRUE)),10,0)</f>
         <v>0</v>
       </c>
       <c r="D105" s="92" t="str">
         <f>IF('Tier 5 initial CoS form'!$E217&lt;&gt;"",'Tier 5 initial CoS form'!$E217,"")</f>
         <v>University of Oxford</v>
       </c>
       <c r="E105" s="93" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D106" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E218&lt;&gt;"",'Tier 5 initial CoS form'!$E218,"")</f>
         <v/>
       </c>
       <c r="E106" s="95" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D107" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E219&lt;&gt;"",'Tier 5 initial CoS form'!$E219,"")</f>
         <v/>
       </c>
       <c r="E107" s="95" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D108" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E220&lt;&gt;"",'Tier 5 initial CoS form'!$E220,"")</f>
         <v/>
       </c>
       <c r="E108" s="95" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D109" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E221&lt;&gt;"",'Tier 5 initial CoS form'!$E221,"")</f>
         <v/>
       </c>
       <c r="E109" s="95" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
     </row>
     <row r="110" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D110" s="96" t="str">
         <f>IF('Tier 5 initial CoS form'!$E222&lt;&gt;"",'Tier 5 initial CoS form'!$E222,"")</f>
         <v/>
       </c>
       <c r="E110" s="95" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="B111" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C111" s="61">
         <f>IF(OR(AND($D$112="",$B$96=TRUE),AND($D$112&lt;&gt;"",$B$111=TRUE)),10,0)</f>
         <v>0</v>
       </c>
       <c r="D111" s="92" t="str">
         <f>IF('Tier 5 initial CoS form'!$E224&lt;&gt;"",'Tier 5 initial CoS form'!$E224,"")</f>
         <v>University of Oxford</v>
       </c>
       <c r="E111" s="93" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D112" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E225&lt;&gt;"",'Tier 5 initial CoS form'!$E225,"")</f>
         <v/>
       </c>
       <c r="E112" s="95" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D113" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E226&lt;&gt;"",'Tier 5 initial CoS form'!$E226,"")</f>
         <v/>
       </c>
       <c r="E113" s="95" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D114" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E227&lt;&gt;"",'Tier 5 initial CoS form'!$E227,"")</f>
         <v/>
       </c>
       <c r="E114" s="95" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D115" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E228&lt;&gt;"",'Tier 5 initial CoS form'!$E228,"")</f>
         <v/>
       </c>
       <c r="E115" s="95" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
     </row>
     <row r="116" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D116" s="96" t="str">
         <f>IF('Tier 5 initial CoS form'!$E229&lt;&gt;"",'Tier 5 initial CoS form'!$E229,"")</f>
         <v/>
       </c>
       <c r="E116" s="95" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="B117" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C117" s="61">
         <f>IF(OR(AND($D$117="",$B$96=TRUE),AND($D$117&lt;&gt;"",$B$117=TRUE)),10,0)</f>
         <v>0</v>
       </c>
-      <c r="D117" s="649" t="str">
+      <c r="D117" s="697" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$232&lt;&gt;"",'Tier 5 initial CoS form'!$A$232,"")</f>
         <v/>
       </c>
-      <c r="E117" s="650"/>
-[...7 lines deleted...]
-      <c r="M117" s="651"/>
+      <c r="E117" s="698"/>
+      <c r="F117" s="698"/>
+      <c r="G117" s="698"/>
+      <c r="H117" s="698"/>
+      <c r="I117" s="698"/>
+      <c r="J117" s="698"/>
+      <c r="K117" s="698"/>
+      <c r="L117" s="698"/>
+      <c r="M117" s="699"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D118" s="652"/>
-[...8 lines deleted...]
-      <c r="M118" s="654"/>
+      <c r="D118" s="700"/>
+      <c r="E118" s="701"/>
+      <c r="F118" s="701"/>
+      <c r="G118" s="701"/>
+      <c r="H118" s="701"/>
+      <c r="I118" s="701"/>
+      <c r="J118" s="701"/>
+      <c r="K118" s="701"/>
+      <c r="L118" s="701"/>
+      <c r="M118" s="702"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D119" s="652"/>
-[...8 lines deleted...]
-      <c r="M119" s="654"/>
+      <c r="D119" s="700"/>
+      <c r="E119" s="701"/>
+      <c r="F119" s="701"/>
+      <c r="G119" s="701"/>
+      <c r="H119" s="701"/>
+      <c r="I119" s="701"/>
+      <c r="J119" s="701"/>
+      <c r="K119" s="701"/>
+      <c r="L119" s="701"/>
+      <c r="M119" s="702"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D120" s="652"/>
-[...8 lines deleted...]
-      <c r="M120" s="654"/>
+      <c r="D120" s="700"/>
+      <c r="E120" s="701"/>
+      <c r="F120" s="701"/>
+      <c r="G120" s="701"/>
+      <c r="H120" s="701"/>
+      <c r="I120" s="701"/>
+      <c r="J120" s="701"/>
+      <c r="K120" s="701"/>
+      <c r="L120" s="701"/>
+      <c r="M120" s="702"/>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D121" s="652"/>
-[...8 lines deleted...]
-      <c r="M121" s="654"/>
+      <c r="D121" s="700"/>
+      <c r="E121" s="701"/>
+      <c r="F121" s="701"/>
+      <c r="G121" s="701"/>
+      <c r="H121" s="701"/>
+      <c r="I121" s="701"/>
+      <c r="J121" s="701"/>
+      <c r="K121" s="701"/>
+      <c r="L121" s="701"/>
+      <c r="M121" s="702"/>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D122" s="652"/>
-[...8 lines deleted...]
-      <c r="M122" s="654"/>
+      <c r="D122" s="700"/>
+      <c r="E122" s="701"/>
+      <c r="F122" s="701"/>
+      <c r="G122" s="701"/>
+      <c r="H122" s="701"/>
+      <c r="I122" s="701"/>
+      <c r="J122" s="701"/>
+      <c r="K122" s="701"/>
+      <c r="L122" s="701"/>
+      <c r="M122" s="702"/>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D123" s="652"/>
-[...8 lines deleted...]
-      <c r="M123" s="654"/>
+      <c r="D123" s="700"/>
+      <c r="E123" s="701"/>
+      <c r="F123" s="701"/>
+      <c r="G123" s="701"/>
+      <c r="H123" s="701"/>
+      <c r="I123" s="701"/>
+      <c r="J123" s="701"/>
+      <c r="K123" s="701"/>
+      <c r="L123" s="701"/>
+      <c r="M123" s="702"/>
     </row>
     <row r="124" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D124" s="655"/>
-[...8 lines deleted...]
-      <c r="M124" s="657"/>
+      <c r="D124" s="703"/>
+      <c r="E124" s="704"/>
+      <c r="F124" s="704"/>
+      <c r="G124" s="704"/>
+      <c r="H124" s="704"/>
+      <c r="I124" s="704"/>
+      <c r="J124" s="704"/>
+      <c r="K124" s="704"/>
+      <c r="L124" s="704"/>
+      <c r="M124" s="705"/>
     </row>
     <row r="125" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="126" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C126" s="141" t="s">
-        <v>799</v>
-[...1 lines deleted...]
-      <c r="D126" s="658">
+        <v>798</v>
+      </c>
+      <c r="D126" s="706">
         <v>2119</v>
       </c>
-      <c r="E126" s="659"/>
+      <c r="E126" s="707"/>
       <c r="F126" s="68" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="G126" s="142"/>
       <c r="H126" s="142"/>
       <c r="I126" s="142"/>
       <c r="J126" s="142"/>
       <c r="K126" s="142"/>
       <c r="L126" s="142"/>
       <c r="M126" s="142"/>
       <c r="N126" s="142"/>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A127" s="143"/>
       <c r="B127" s="143"/>
       <c r="C127" s="143"/>
       <c r="D127" s="142"/>
       <c r="E127" s="142"/>
       <c r="F127" s="142"/>
       <c r="G127" s="142"/>
       <c r="H127" s="142"/>
       <c r="I127" s="142"/>
       <c r="J127" s="142"/>
       <c r="K127" s="142"/>
       <c r="L127" s="142"/>
       <c r="M127" s="142"/>
       <c r="N127" s="142"/>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="B128" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C128" s="61">
         <f>IF(AND($B$128=TRUE,$D$128&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D128" s="144" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$241&lt;&gt;"",'Tier 5 initial CoS form'!$B$241,"")</f>
         <v/>
       </c>
       <c r="E128" s="145"/>
       <c r="F128" s="145"/>
       <c r="G128" s="145"/>
       <c r="M128" s="145"/>
       <c r="N128" s="145"/>
     </row>
     <row r="129" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D129" s="146" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$242&lt;&gt;"",'Tier 5 initial CoS form'!$B$242,"")</f>
         <v/>
       </c>
       <c r="E129" s="145"/>
       <c r="F129" s="145"/>
       <c r="G129" s="145"/>
       <c r="H129" s="145"/>
       <c r="I129" s="145"/>
       <c r="J129" s="145"/>
       <c r="K129" s="145"/>
       <c r="L129" s="145"/>
       <c r="M129" s="145"/>
       <c r="N129" s="145"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="B130" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C130" s="61">
         <f>IF(AND($B$130=TRUE,$D$130&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
-      <c r="D130" s="660" t="str">
+      <c r="D130" s="708" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$245&lt;&gt;"",'Tier 5 initial CoS form'!$A$245,"")</f>
         <v xml:space="preserve">Sponsored Researcher: </v>
       </c>
-      <c r="E130" s="661"/>
-[...7 lines deleted...]
-      <c r="M130" s="662"/>
+      <c r="E130" s="709"/>
+      <c r="F130" s="709"/>
+      <c r="G130" s="709"/>
+      <c r="H130" s="709"/>
+      <c r="I130" s="709"/>
+      <c r="J130" s="709"/>
+      <c r="K130" s="709"/>
+      <c r="L130" s="709"/>
+      <c r="M130" s="710"/>
       <c r="N130" s="145"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D131" s="663"/>
-[...8 lines deleted...]
-      <c r="M131" s="665"/>
+      <c r="D131" s="711"/>
+      <c r="E131" s="712"/>
+      <c r="F131" s="712"/>
+      <c r="G131" s="712"/>
+      <c r="H131" s="712"/>
+      <c r="I131" s="712"/>
+      <c r="J131" s="712"/>
+      <c r="K131" s="712"/>
+      <c r="L131" s="712"/>
+      <c r="M131" s="713"/>
       <c r="N131" s="145"/>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D132" s="663"/>
-[...8 lines deleted...]
-      <c r="M132" s="665"/>
+      <c r="D132" s="711"/>
+      <c r="E132" s="712"/>
+      <c r="F132" s="712"/>
+      <c r="G132" s="712"/>
+      <c r="H132" s="712"/>
+      <c r="I132" s="712"/>
+      <c r="J132" s="712"/>
+      <c r="K132" s="712"/>
+      <c r="L132" s="712"/>
+      <c r="M132" s="713"/>
       <c r="N132" s="145"/>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D133" s="663"/>
-[...8 lines deleted...]
-      <c r="M133" s="665"/>
+      <c r="D133" s="711"/>
+      <c r="E133" s="712"/>
+      <c r="F133" s="712"/>
+      <c r="G133" s="712"/>
+      <c r="H133" s="712"/>
+      <c r="I133" s="712"/>
+      <c r="J133" s="712"/>
+      <c r="K133" s="712"/>
+      <c r="L133" s="712"/>
+      <c r="M133" s="713"/>
       <c r="N133" s="145"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D134" s="663"/>
-[...8 lines deleted...]
-      <c r="M134" s="665"/>
+      <c r="D134" s="711"/>
+      <c r="E134" s="712"/>
+      <c r="F134" s="712"/>
+      <c r="G134" s="712"/>
+      <c r="H134" s="712"/>
+      <c r="I134" s="712"/>
+      <c r="J134" s="712"/>
+      <c r="K134" s="712"/>
+      <c r="L134" s="712"/>
+      <c r="M134" s="713"/>
       <c r="N134" s="145"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D135" s="663"/>
-[...8 lines deleted...]
-      <c r="M135" s="665"/>
+      <c r="D135" s="711"/>
+      <c r="E135" s="712"/>
+      <c r="F135" s="712"/>
+      <c r="G135" s="712"/>
+      <c r="H135" s="712"/>
+      <c r="I135" s="712"/>
+      <c r="J135" s="712"/>
+      <c r="K135" s="712"/>
+      <c r="L135" s="712"/>
+      <c r="M135" s="713"/>
       <c r="N135" s="145"/>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D136" s="663"/>
-[...8 lines deleted...]
-      <c r="M136" s="665"/>
+      <c r="D136" s="711"/>
+      <c r="E136" s="712"/>
+      <c r="F136" s="712"/>
+      <c r="G136" s="712"/>
+      <c r="H136" s="712"/>
+      <c r="I136" s="712"/>
+      <c r="J136" s="712"/>
+      <c r="K136" s="712"/>
+      <c r="L136" s="712"/>
+      <c r="M136" s="713"/>
       <c r="N136" s="145"/>
     </row>
     <row r="137" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D137" s="666"/>
-[...8 lines deleted...]
-      <c r="M137" s="668"/>
+      <c r="D137" s="714"/>
+      <c r="E137" s="715"/>
+      <c r="F137" s="715"/>
+      <c r="G137" s="715"/>
+      <c r="H137" s="715"/>
+      <c r="I137" s="715"/>
+      <c r="J137" s="715"/>
+      <c r="K137" s="715"/>
+      <c r="L137" s="715"/>
+      <c r="M137" s="716"/>
       <c r="N137" s="145"/>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D138" s="146" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$258&lt;&gt;"",'Tier 5 initial CoS form'!$A$258,"")</f>
         <v/>
       </c>
       <c r="M138" s="141" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$258&lt;&gt;"",'Tier 5 initial CoS form'!$J$258,"")</f>
         <v/>
       </c>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D139" s="146"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="B140" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C140" s="61">
         <f>IF(AND($B$140=TRUE,$D$140&lt;&gt;"",$F$140&lt;&gt;"",$F$140&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D140" s="147" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$265&lt;&gt;"",'Tier 5 initial CoS form'!$F$265,"")</f>
         <v/>
       </c>
       <c r="E140" s="199" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="F140" s="147" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$265&lt;&gt;"",'Tier 5 initial CoS form'!$J$265,"")</f>
         <v>- select -</v>
       </c>
       <c r="G140" s="148"/>
       <c r="H140" s="148"/>
       <c r="I140" s="149"/>
       <c r="J140" s="149"/>
       <c r="K140" s="149"/>
       <c r="L140" s="149"/>
       <c r="M140" s="149"/>
       <c r="N140" s="145"/>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="B141" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C141" s="61">
         <f>IF(OR(AND($D$141="",$D$142="",$B$140=TRUE),AND($B$141=TRUE,$D$141&lt;&gt;"",$D$142&lt;&gt;""))=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D141" s="147" t="str">
         <f>IF('Tier 5 initial CoS form'!$D$268&lt;&gt;"",'Tier 5 initial CoS form'!$D$268,"")</f>
         <v/>
       </c>
       <c r="E141" s="149"/>
       <c r="H141" s="149"/>
       <c r="I141" s="149"/>
       <c r="J141" s="149"/>
       <c r="K141" s="149"/>
       <c r="L141" s="149"/>
       <c r="M141" s="149"/>
       <c r="N141" s="145"/>
     </row>
     <row r="142" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="B142" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C142" s="61">
         <f>IF(OR(AND($D$141="",$D$142="",$B$140=TRUE),AND($B$142=TRUE,$D$141&lt;&gt;"",$D$142&lt;&gt;""))=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D142" s="147" t="str">
         <f>IF('Tier 5 initial CoS form'!$D$272&lt;&gt;"",'Tier 5 initial CoS form'!$D$272,"")</f>
         <v/>
       </c>
       <c r="E142" s="145"/>
       <c r="F142" s="145"/>
       <c r="G142" s="150"/>
       <c r="H142" s="145"/>
       <c r="I142" s="145"/>
       <c r="J142" s="145"/>
       <c r="K142" s="145"/>
       <c r="L142" s="145"/>
       <c r="M142" s="145"/>
       <c r="N142" s="145"/>
     </row>
     <row r="143" spans="1:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B143" s="219"/>
       <c r="C143" s="219"/>
       <c r="D143" s="147"/>
       <c r="E143" s="145"/>
       <c r="F143" s="145"/>
       <c r="G143" s="150"/>
       <c r="H143" s="145"/>
       <c r="I143" s="145"/>
       <c r="J143" s="145"/>
       <c r="K143" s="145"/>
       <c r="L143" s="145"/>
       <c r="M143" s="145"/>
       <c r="N143" s="145"/>
     </row>
     <row r="144" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="633" t="s">
-[...14 lines deleted...]
-      <c r="N144" s="635"/>
+      <c r="A144" s="658" t="s">
+        <v>710</v>
+      </c>
+      <c r="B144" s="659"/>
+      <c r="C144" s="659"/>
+      <c r="D144" s="659"/>
+      <c r="E144" s="659"/>
+      <c r="F144" s="659"/>
+      <c r="G144" s="659"/>
+      <c r="H144" s="659"/>
+      <c r="I144" s="659"/>
+      <c r="J144" s="659"/>
+      <c r="K144" s="659"/>
+      <c r="L144" s="659"/>
+      <c r="M144" s="659"/>
+      <c r="N144" s="660"/>
     </row>
     <row r="145" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="146" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="B146" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C146" s="61">
         <f>IF(AND($B$146=TRUE,$D$146&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
-      <c r="D146" s="669" t="str">
+      <c r="D146" s="717" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$279&lt;&gt;"",'Tier 5 initial CoS form'!$F$279,"")</f>
         <v/>
       </c>
-      <c r="E146" s="670"/>
-[...2 lines deleted...]
-      <c r="H146" s="671"/>
+      <c r="E146" s="718"/>
+      <c r="F146" s="718"/>
+      <c r="G146" s="718"/>
+      <c r="H146" s="719"/>
     </row>
     <row r="147" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D147" s="672"/>
-[...3 lines deleted...]
-      <c r="H147" s="674"/>
+      <c r="D147" s="720"/>
+      <c r="E147" s="721"/>
+      <c r="F147" s="721"/>
+      <c r="G147" s="721"/>
+      <c r="H147" s="722"/>
     </row>
     <row r="148" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D148" s="672"/>
-[...3 lines deleted...]
-      <c r="H148" s="674"/>
+      <c r="D148" s="720"/>
+      <c r="E148" s="721"/>
+      <c r="F148" s="721"/>
+      <c r="G148" s="721"/>
+      <c r="H148" s="722"/>
     </row>
     <row r="149" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D149" s="675"/>
-[...3 lines deleted...]
-      <c r="H149" s="677"/>
+      <c r="D149" s="723"/>
+      <c r="E149" s="724"/>
+      <c r="F149" s="724"/>
+      <c r="G149" s="724"/>
+      <c r="H149" s="725"/>
     </row>
     <row r="150" spans="1:8" x14ac:dyDescent="0.25">
       <c r="C150" s="151" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="D150" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$286&lt;&gt;"",'Tier 5 initial CoS form'!$F$286,"")</f>
         <v/>
       </c>
     </row>
     <row r="151" spans="1:8" x14ac:dyDescent="0.25">
       <c r="C151" s="151" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="D151" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$288&lt;&gt;"",'Tier 5 initial CoS form'!$F$288,"")</f>
         <v/>
       </c>
     </row>
     <row r="152" spans="1:8" x14ac:dyDescent="0.25">
       <c r="C152" s="151" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="D152" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$290&lt;&gt;"",'Tier 5 initial CoS form'!$F$290,"")</f>
         <v/>
       </c>
     </row>
     <row r="153" spans="1:8" x14ac:dyDescent="0.25">
       <c r="C153" s="151" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="D153" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$291&lt;&gt;"",'Tier 5 initial CoS form'!$F$291,"")</f>
         <v/>
       </c>
     </row>
     <row r="155" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A155" s="160" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="D155" s="131" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
     </row>
     <row r="156" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A156" s="160"/>
       <c r="D156" s="60" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="B157" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C157" s="61">
         <f>IF(OR($B$6=FALSE,AND($D$156=TRUE,$B$157=TRUE)),10,0)</f>
         <v>10</v>
       </c>
       <c r="D157" s="56"/>
     </row>
     <row r="158" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="B158" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C158" s="61">
         <f>IF(OR($B$6=FALSE,AND($D$156=TRUE,$B$158=TRUE)),10,0)</f>
         <v>10</v>
       </c>
       <c r="D158" s="56"/>
     </row>
     <row r="159" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="B159" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C159" s="61">
         <f>IF(OR($B$6=FALSE,AND($D$156=TRUE,$B$159=TRUE)),10,0)</f>
         <v>10</v>
       </c>
       <c r="D159" s="56"/>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A161" s="33" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="B161" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C161" s="61">
         <f>IF(OR($B$6=FALSE,AND($B$161=TRUE,$D$161&lt;&gt;"- select -",$D$161&lt;&gt;"")),10,0)</f>
         <v>10</v>
       </c>
       <c r="D161" t="str">
         <f>IF('Tier 5 initial CoS form'!$I$301="","",'Tier 5 initial CoS form'!$I$301)</f>
         <v>- select -</v>
       </c>
       <c r="E161" s="159" t="str">
         <f>IF($D$176="Yes","NB: email student team when CoS issued!","")</f>
         <v/>
       </c>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="B163" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C163" s="61">
         <f>IF(OR($B$6=FALSE,AND($B$163=TRUE,$D$163&lt;&gt;"- select -",$D$163&lt;&gt;"")),10,0)</f>
         <v>10</v>
       </c>
       <c r="D163" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$309="","",'Tier 5 initial CoS form'!$J$309)</f>
         <v>- select -</v>
       </c>
-      <c r="E163" s="678" t="str">
+      <c r="E163" s="726" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$314="","",'Tier 5 initial CoS form'!$A$314)</f>
         <v/>
       </c>
-      <c r="F163" s="679"/>
-[...7 lines deleted...]
-      <c r="N163" s="680"/>
+      <c r="F163" s="727"/>
+      <c r="G163" s="727"/>
+      <c r="H163" s="727"/>
+      <c r="I163" s="727"/>
+      <c r="J163" s="727"/>
+      <c r="K163" s="727"/>
+      <c r="L163" s="727"/>
+      <c r="M163" s="727"/>
+      <c r="N163" s="728"/>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E164" s="681"/>
-[...8 lines deleted...]
-      <c r="N164" s="682"/>
+      <c r="E164" s="729"/>
+      <c r="F164" s="721"/>
+      <c r="G164" s="721"/>
+      <c r="H164" s="721"/>
+      <c r="I164" s="721"/>
+      <c r="J164" s="721"/>
+      <c r="K164" s="721"/>
+      <c r="L164" s="721"/>
+      <c r="M164" s="721"/>
+      <c r="N164" s="730"/>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E165" s="681"/>
-[...8 lines deleted...]
-      <c r="N165" s="682"/>
+      <c r="E165" s="729"/>
+      <c r="F165" s="721"/>
+      <c r="G165" s="721"/>
+      <c r="H165" s="721"/>
+      <c r="I165" s="721"/>
+      <c r="J165" s="721"/>
+      <c r="K165" s="721"/>
+      <c r="L165" s="721"/>
+      <c r="M165" s="721"/>
+      <c r="N165" s="730"/>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E166" s="681"/>
-[...8 lines deleted...]
-      <c r="N166" s="682"/>
+      <c r="E166" s="729"/>
+      <c r="F166" s="721"/>
+      <c r="G166" s="721"/>
+      <c r="H166" s="721"/>
+      <c r="I166" s="721"/>
+      <c r="J166" s="721"/>
+      <c r="K166" s="721"/>
+      <c r="L166" s="721"/>
+      <c r="M166" s="721"/>
+      <c r="N166" s="730"/>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E167" s="683"/>
-[...8 lines deleted...]
-      <c r="N167" s="685"/>
+      <c r="E167" s="731"/>
+      <c r="F167" s="732"/>
+      <c r="G167" s="732"/>
+      <c r="H167" s="732"/>
+      <c r="I167" s="732"/>
+      <c r="J167" s="732"/>
+      <c r="K167" s="732"/>
+      <c r="L167" s="732"/>
+      <c r="M167" s="732"/>
+      <c r="N167" s="733"/>
     </row>
     <row r="168" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="169" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A169" s="633" t="s">
-[...14 lines deleted...]
-      <c r="N169" s="635"/>
+      <c r="A169" s="658" t="s">
+        <v>711</v>
+      </c>
+      <c r="B169" s="659"/>
+      <c r="C169" s="659"/>
+      <c r="D169" s="659"/>
+      <c r="E169" s="659"/>
+      <c r="F169" s="659"/>
+      <c r="G169" s="659"/>
+      <c r="H169" s="659"/>
+      <c r="I169" s="659"/>
+      <c r="J169" s="659"/>
+      <c r="K169" s="659"/>
+      <c r="L169" s="659"/>
+      <c r="M169" s="659"/>
+      <c r="N169" s="660"/>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="B171" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C171" s="61">
         <f>IF($B$171=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D171" s="56"/>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="B172" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C172" s="61">
         <f>IF($B$172=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D172" s="56"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="B173" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C173" s="61">
         <f>IF($B$173=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D173" s="56"/>
     </row>
     <row r="175" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A175" s="33" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="B175" s="131" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="C175" s="131" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="D175" s="56"/>
     </row>
     <row r="176" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A176" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="B176" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C176" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D176" s="61">
         <f>IF(AND($B176=TRUE,$C176=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A177" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="B177" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C177" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D177" s="61">
         <f>IF($C177=TRUE,10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A178" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="B178" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C178" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D178" s="61">
         <f>IF(AND($B178=TRUE,$C178=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A179" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="B179" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C179" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D179" s="61">
         <f>IF(AND($B179=TRUE,$C179=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="B180" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C180" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D180" s="61">
         <f>IF(AND($B180=TRUE,$C180=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="182" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A182" s="633" t="s">
-[...14 lines deleted...]
-      <c r="N182" s="635"/>
+      <c r="A182" s="658" t="s">
+        <v>849</v>
+      </c>
+      <c r="B182" s="659"/>
+      <c r="C182" s="659"/>
+      <c r="D182" s="659"/>
+      <c r="E182" s="659"/>
+      <c r="F182" s="659"/>
+      <c r="G182" s="659"/>
+      <c r="H182" s="659"/>
+      <c r="I182" s="659"/>
+      <c r="J182" s="659"/>
+      <c r="K182" s="659"/>
+      <c r="L182" s="659"/>
+      <c r="M182" s="659"/>
+      <c r="N182" s="660"/>
     </row>
     <row r="183" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="184" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="B184" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C184" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D184" s="61">
         <f>IF(OR($C$184=TRUE,'Tier 5 initial CoS form'!$A$144&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A185" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="B185" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C185" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D185" s="61">
         <f>IF(OR($B$6=FALSE,AND($B185=TRUE,$C185=TRUE)),10,0)</f>
         <v>10</v>
       </c>
       <c r="E185" s="170"/>
     </row>
     <row r="186" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A186" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="B186" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C186" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D186" s="61">
         <f>IF(OR($B$6=FALSE,AND($B186=TRUE,$C186=TRUE)),10,0)</f>
         <v>10</v>
       </c>
       <c r="E186" s="170"/>
     </row>
     <row r="187" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A187" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="B187" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C187" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D187" s="61">
         <f>IF($C187=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="E187" s="170"/>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="B189" s="182" t="b">
         <v>0</v>
       </c>
       <c r="C189" s="61">
         <f>IF($B189=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D189" s="32">
         <f>'Tier 5 initial CoS form'!$C$408</f>
         <v>0</v>
       </c>
       <c r="E189" s="183"/>
       <c r="F189" s="183"/>
       <c r="G189" s="184"/>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="B190" s="279" t="b">
         <v>0</v>
       </c>
       <c r="C190" s="61">
         <f>IF(OR($B190=TRUE,$D$194&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D190" s="185" t="str">
         <f>IF($D$194&lt;&gt;"","N/A Cost code provided","")</f>
         <v/>
       </c>
       <c r="E190" s="186"/>
       <c r="F190" s="186"/>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A191" s="283" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="B191" s="280"/>
       <c r="C191" s="280"/>
       <c r="D191" s="281"/>
       <c r="E191" s="282"/>
       <c r="F191" s="186"/>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="B192" s="194" t="b">
         <v>0</v>
       </c>
       <c r="C192" s="61">
         <f>IF(OR($B$190=TRUE,AND($B$192=TRUE,$D$194&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D192" s="187" t="str">
         <f>CONCATENATE('Tier 5 initial CoS form'!$B$419,"/",'Tier 5 initial CoS form'!$D$419,"/",'Tier 5 initial CoS form'!$F$419,"/",'Tier 5 initial CoS form'!$G$419,"/",'Tier 5 initial CoS form'!$I$419)</f>
         <v>/85210/00/00000/10</v>
       </c>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A193" s="188"/>
       <c r="B193" s="184"/>
       <c r="D193" s="187"/>
       <c r="E193" s="56"/>
       <c r="F193" s="56"/>
       <c r="G193" s="189"/>
     </row>
     <row r="194" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B194" s="184"/>
       <c r="C194" s="188" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="D194" s="190" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$419="","",'Tier 5 initial CoS form'!$B$419)</f>
         <v/>
       </c>
       <c r="E194" s="31" t="str">
         <f>IF('Tier 5 initial CoS form'!$B$421="","",'Tier 5 initial CoS form'!$B$421)</f>
         <v>must be 6 characters</v>
       </c>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B195" s="184"/>
       <c r="C195" s="188" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="D195" s="190" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$419="","",'Tier 5 initial CoS form'!$G$419)</f>
         <v>00000</v>
       </c>
       <c r="E195" s="31" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$421="","",'Tier 5 initial CoS form'!$G$421)</f>
         <v/>
       </c>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A196" s="188"/>
       <c r="B196" s="184"/>
       <c r="D196" s="191"/>
       <c r="E196" s="31"/>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A197" s="686" t="s">
+      <c r="A197" s="734" t="s">
+        <v>869</v>
+      </c>
+      <c r="B197" s="734"/>
+      <c r="D197" s="735" t="s">
         <v>870</v>
       </c>
-      <c r="B197" s="686"/>
-[...3 lines deleted...]
-      <c r="E197" s="687"/>
+      <c r="E197" s="735"/>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A198" s="647" t="str">
+      <c r="A198" s="695" t="str">
         <f>IFERROR(IF($D$194&lt;&gt;"",VLOOKUP(LEFT($D$194,2),'Cost Centre list'!$A$4:$B$204,2,FALSE),""),"")</f>
         <v/>
       </c>
-      <c r="B198" s="647"/>
-      <c r="D198" s="648" t="str">
+      <c r="B198" s="695"/>
+      <c r="D198" s="696" t="str">
         <f>$E$205</f>
         <v/>
       </c>
-      <c r="E198" s="648"/>
+      <c r="E198" s="696"/>
     </row>
     <row r="199" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="200" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A200" s="633" t="s">
-[...14 lines deleted...]
-      <c r="N200" s="635"/>
+      <c r="A200" s="658" t="s">
+        <v>933</v>
+      </c>
+      <c r="B200" s="659"/>
+      <c r="C200" s="659"/>
+      <c r="D200" s="659"/>
+      <c r="E200" s="659"/>
+      <c r="F200" s="659"/>
+      <c r="G200" s="659"/>
+      <c r="H200" s="659"/>
+      <c r="I200" s="659"/>
+      <c r="J200" s="659"/>
+      <c r="K200" s="659"/>
+      <c r="L200" s="659"/>
+      <c r="M200" s="659"/>
+      <c r="N200" s="660"/>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="B202" s="194" t="b">
         <v>0</v>
       </c>
       <c r="C202" s="61">
         <f>IF(AND($B$202=TRUE,$E$202&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D202" s="151" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="E202" s="636" t="str">
+        <v>873</v>
+      </c>
+      <c r="E202" s="738" t="str">
         <f>IF('Tier 5 initial CoS form'!$D431&lt;&gt;"",'Tier 5 initial CoS form'!$D431,"")</f>
         <v/>
       </c>
-      <c r="F202" s="636"/>
-[...2 lines deleted...]
-      <c r="I202" s="636"/>
+      <c r="F202" s="738"/>
+      <c r="G202" s="738"/>
+      <c r="H202" s="738"/>
+      <c r="I202" s="738"/>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D203" s="151" t="s">
-        <v>875</v>
-[...1 lines deleted...]
-      <c r="E203" s="636" t="str">
+        <v>874</v>
+      </c>
+      <c r="E203" s="738" t="str">
         <f>IF('Tier 5 initial CoS form'!$D432&lt;&gt;"",'Tier 5 initial CoS form'!$D432,"")</f>
         <v/>
       </c>
-      <c r="F203" s="636"/>
-[...2 lines deleted...]
-      <c r="I203" s="636"/>
+      <c r="F203" s="738"/>
+      <c r="G203" s="738"/>
+      <c r="H203" s="738"/>
+      <c r="I203" s="738"/>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D204" s="151" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="E204" s="636" t="str">
+        <v>880</v>
+      </c>
+      <c r="E204" s="738" t="str">
         <f>IF('Tier 5 initial CoS form'!$D433&lt;&gt;"",'Tier 5 initial CoS form'!$D433,"")</f>
         <v/>
       </c>
-      <c r="F204" s="636"/>
-[...2 lines deleted...]
-      <c r="I204" s="636"/>
+      <c r="F204" s="738"/>
+      <c r="G204" s="738"/>
+      <c r="H204" s="738"/>
+      <c r="I204" s="738"/>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D205" s="151" t="s">
-        <v>877</v>
-[...1 lines deleted...]
-      <c r="E205" s="636" t="str">
+        <v>876</v>
+      </c>
+      <c r="E205" s="738" t="str">
         <f>IF('Tier 5 initial CoS form'!$D434&lt;&gt;"",'Tier 5 initial CoS form'!$D434,"")</f>
         <v/>
       </c>
-      <c r="F205" s="636"/>
-[...2 lines deleted...]
-      <c r="I205" s="636"/>
+      <c r="F205" s="738"/>
+      <c r="G205" s="738"/>
+      <c r="H205" s="738"/>
+      <c r="I205" s="738"/>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D206" s="151" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="E206" s="636" t="str">
+        <v>877</v>
+      </c>
+      <c r="E206" s="738" t="str">
         <f>IF('Tier 5 initial CoS form'!$D435&lt;&gt;"",'Tier 5 initial CoS form'!$D435,"")</f>
         <v/>
       </c>
-      <c r="F206" s="636"/>
-[...2 lines deleted...]
-      <c r="I206" s="636"/>
+      <c r="F206" s="738"/>
+      <c r="G206" s="738"/>
+      <c r="H206" s="738"/>
+      <c r="I206" s="738"/>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D207" s="151" t="s">
-        <v>879</v>
-[...1 lines deleted...]
-      <c r="E207" s="637" t="str">
+        <v>878</v>
+      </c>
+      <c r="E207" s="739" t="str">
         <f>IF('Tier 5 initial CoS form'!$D436&lt;&gt;"",HYPERLINK("mailto:" &amp; TRIM('Tier 5 initial CoS form'!$D436) &amp; "?subject=Tier 5 initial CoS application - " &amp; $D$19 &amp; " " &amp; $D$21 &amp; " " &amp; UPPER($D$20),'Tier 5 initial CoS form'!$D436),"")</f>
         <v/>
       </c>
-      <c r="F207" s="636"/>
-[...2 lines deleted...]
-      <c r="I207" s="636"/>
+      <c r="F207" s="738"/>
+      <c r="G207" s="738"/>
+      <c r="H207" s="738"/>
+      <c r="I207" s="738"/>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D208" s="56"/>
-      <c r="E208" s="632" t="str">
+      <c r="E208" s="737" t="str">
         <f>IF('Tier 5 initial CoS form'!$D437&lt;&gt;"",'Tier 5 initial CoS form'!$D437,"")</f>
         <v/>
       </c>
-      <c r="F208" s="632"/>
-[...2 lines deleted...]
-      <c r="I208" s="632"/>
+      <c r="F208" s="737"/>
+      <c r="G208" s="737"/>
+      <c r="H208" s="737"/>
+      <c r="I208" s="737"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="4NXRbaIoxyt/uqH7YTkwqZhydkNX1GNQdqm+0KjQYRY3AXw0bJZF/6W4+W5B4/ZuA7yRrn8po1/7Tqi3dt05tw==" saltValue="go3EIy2nyAeiVmc4TmWIoA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="jz1jtve1FE1z+cvUwiR0B0xkcoMikrx+PR8yQjw2/JHKm3EbDsf2CzGP9ozLs6A5tJbG/JKkyqwimDUAb7w8YA==" saltValue="/kPkEn1OBSxMgjbLQgXGmg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="44">
-    <mergeCell ref="O56:S63"/>
-[...4 lines deleted...]
-    <mergeCell ref="F63:H63"/>
+    <mergeCell ref="E208:I208"/>
+    <mergeCell ref="A182:N182"/>
+    <mergeCell ref="E202:I202"/>
+    <mergeCell ref="E203:I203"/>
+    <mergeCell ref="E204:I204"/>
+    <mergeCell ref="E205:I205"/>
+    <mergeCell ref="E206:I206"/>
+    <mergeCell ref="E207:I207"/>
+    <mergeCell ref="E72:I74"/>
+    <mergeCell ref="A198:B198"/>
+    <mergeCell ref="D198:E198"/>
+    <mergeCell ref="D117:M124"/>
+    <mergeCell ref="D126:E126"/>
+    <mergeCell ref="D130:M137"/>
+    <mergeCell ref="A103:N103"/>
+    <mergeCell ref="D146:H149"/>
+    <mergeCell ref="A144:N144"/>
+    <mergeCell ref="E163:N167"/>
+    <mergeCell ref="A169:N169"/>
+    <mergeCell ref="A197:B197"/>
+    <mergeCell ref="D197:E197"/>
+    <mergeCell ref="E76:I76"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A200:N200"/>
     <mergeCell ref="C55:L55"/>
     <mergeCell ref="A83:N83"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="G13:M15"/>
     <mergeCell ref="A17:N17"/>
     <mergeCell ref="A51:N51"/>
     <mergeCell ref="E86:M88"/>
     <mergeCell ref="F58:K58"/>
     <mergeCell ref="F59:M59"/>
     <mergeCell ref="F60:I60"/>
     <mergeCell ref="F61:H61"/>
     <mergeCell ref="A62:D62"/>
     <mergeCell ref="F62:H62"/>
     <mergeCell ref="F69:M69"/>
-    <mergeCell ref="E72:I74"/>
-[...20 lines deleted...]
-    <mergeCell ref="E207:I207"/>
+    <mergeCell ref="O56:S63"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="F65:M68"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="B67:D67"/>
+    <mergeCell ref="F63:H63"/>
   </mergeCells>
   <conditionalFormatting sqref="C8:C9">
     <cfRule type="iconSet" priority="99">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C5">
     <cfRule type="iconSet" priority="89">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C6">
     <cfRule type="iconSet" priority="87">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>