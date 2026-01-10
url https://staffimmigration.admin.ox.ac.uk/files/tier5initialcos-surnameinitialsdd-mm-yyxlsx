--- v1 (2025-11-30)
+++ v2 (2026-01-10)
@@ -114,51 +114,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp73.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp74.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp75.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp76.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp77.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PS\Staff Immigration Team\PBS Forms and Guidance\CoS application forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25295327-419F-4C7F-B4E7-A4B910AF1071}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37B385CB-B4F6-4D64-B895-B31FDC0FF0FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="DC0E" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cost Centre list" sheetId="4" r:id="rId1"/>
     <sheet name="Dropdowns" sheetId="5" r:id="rId2"/>
     <sheet name="Tier 5 initial CoS form" sheetId="1" r:id="rId3"/>
     <sheet name="CHECKING" sheetId="6" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dropdowns!$A$2:$A$270</definedName>
     <definedName name="cc">#REF!</definedName>
     <definedName name="csDesignMode">1</definedName>
     <definedName name="date">#REF!</definedName>
     <definedName name="exp">#REF!</definedName>
     <definedName name="_xlnm.Extract" localSheetId="1">Dropdowns!#REF!</definedName>
     <definedName name="invoicedate">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Tier 5 initial CoS form'!$A$1:$T$476</definedName>
     <definedName name="sub">#REF!</definedName>
     <definedName name="subjective">#REF!</definedName>
     <definedName name="table">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -4256,56 +4256,50 @@
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>INITIAL</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> CERTIFICATE OF SPONSORSHIP APPLICATION FORM</t>
     </r>
   </si>
   <si>
     <t>Medical Sciences/ Humanities / GLAM / UAS / Continuing Education / Colleges</t>
   </si>
   <si>
     <t xml:space="preserve">MPLS / Social Sciences </t>
   </si>
   <si>
-    <t>(Medical Sciences/ Humanities / GLAM / UAS / Continuing Education / Colleges)</t>
-[...4 lines deleted...]
-  <si>
     <t>each for the main applicant, and their partner, if applicable</t>
   </si>
   <si>
     <t>for each dependant child (under 18), if applicable</t>
   </si>
   <si>
     <t>Partner</t>
   </si>
   <si>
     <t>Child (under 18)</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>British/ Irish</t>
   </si>
   <si>
     <t>First child</t>
   </si>
   <si>
     <t>Each additional child</t>
   </si>
   <si>
     <t>* PLEASE NOTE: applicants can only apply from within the UK if they are switching from a Tier 4/ Student visa into Tier 5 and meet criteria laid out later in this form.</t>
@@ -5465,53 +5459,50 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>estimated</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> NHS Surcharge is</t>
     </r>
   </si>
   <si>
-    <t>Version 2.12</t>
-[...1 lines deleted...]
-  <si>
     <t>angelina.escott@admin.ox.ac.uk</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Does the applicant have a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>partner</t>
     </r>
     <r>
@@ -5567,50 +5558,59 @@
       <t xml:space="preserve"> (under 18 years old) in the UK, or coming with them, or to join them now or later, who need Dependant child visas? </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>If yes, how many?</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Children are only granted visas if both parents have or applying for visas/ status in the UK, or if the parent they are dependant on is their sole surviving parent, or has sole custody/ responsibility for them.</t>
     </r>
   </si>
   <si>
     <t>Angelina Escott</t>
+  </si>
+  <si>
+    <t>(Medical Sciences/ Humanities / GLAM / UAS / Continuing Education)</t>
+  </si>
+  <si>
+    <t>(MPLS / Social Sciences / Colleges)</t>
+  </si>
+  <si>
+    <t>Version 2.13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="[$-409]d/mmm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="dd/mmm/yyyy"/>
     <numFmt numFmtId="166" formatCode="[$£-809]#,##0"/>
     <numFmt numFmtId="167" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="168" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="169" formatCode="[$£-809]#,##0.00"/>
   </numFmts>
   <fonts count="91" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
@@ -7800,1143 +7800,1404 @@
     <xf numFmtId="0" fontId="76" fillId="11" borderId="15" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="31" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4"/>
+    <xf numFmtId="0" fontId="20" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="11" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="3" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="52" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="11" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="47" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="90" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="6" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="11" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="11" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="11" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="34" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="11" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="16" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="164" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="11" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="65" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="6" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="12" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="165" fontId="6" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="12" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="12" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="11" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="38" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="11" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="9" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="37" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="14" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...932 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="58" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -8966,311 +9227,50 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...259 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 12" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="66">
     <dxf>
       <font>
         <color theme="0" tint="-0.499984740745262"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF7030A0"/>
       </font>
     </dxf>
@@ -9787,91 +9787,91 @@
 <file path=xl/activeX/_rels/activeX5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX5.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX6.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX7.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX8.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX9.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX10.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX11.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX12.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX5.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX6.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX7.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX8.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX9.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$8" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$23" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$24" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$25" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$26" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$27" lockText="1" noThreeD="1"/>
 </file>
@@ -10139,51 +10139,51 @@
 <file path=xl/ctrlProps/ctrlProp74.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$69" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp75.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$184" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp76.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$C$184" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp77.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$46" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$21" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$22" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
           <xdr:row>29</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>581025</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>47625</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
@@ -17482,207 +17482,207 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX11.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.brewer@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/tb-test-visa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-5-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX12.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.brewer@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/tb-test-visa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX11.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-5-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/national-minimum-wage-rates" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX12.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-atas-academic-technology-approval-scheme-atas" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B237"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" style="2" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="259" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>29</v>
       </c>
@@ -17827,190 +17827,190 @@
       <c r="A39" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42" s="5" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A51" s="284" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="B51" s="285" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="B52" s="5" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="B53" s="5" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A54" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
         <v>892</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A57" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A58" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A59" s="5" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A60" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A61" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A62" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>96</v>
       </c>
@@ -18478,51 +18478,51 @@
       <c r="B120" s="5" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A121" s="5" t="s">
         <v>213</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A122" s="5" t="s">
         <v>215</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A123" s="284" t="s">
         <v>217</v>
       </c>
       <c r="B123" s="285" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A124" s="5" t="s">
         <v>218</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A125" s="5" t="s">
         <v>220</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A126" s="5" t="s">
         <v>222</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>223</v>
       </c>
@@ -18534,51 +18534,51 @@
       <c r="B127" s="5" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A128" s="5" t="s">
         <v>226</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A129" s="5" t="s">
         <v>228</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A130" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A131" s="5" t="s">
         <v>231</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A132" s="5" t="s">
         <v>233</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A133" s="5" t="s">
         <v>235</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>236</v>
       </c>
@@ -18811,54 +18811,54 @@
       <c r="A162" s="5" t="s">
         <v>293</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A163" s="5" t="s">
         <v>295</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A164" s="5" t="s">
         <v>297</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A165" s="284" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="B165" s="285" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A166" s="5" t="s">
         <v>299</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A167" s="5" t="s">
         <v>301</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A168" s="5" t="s">
         <v>303</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>304</v>
       </c>
@@ -18870,75 +18870,75 @@
       <c r="B169" s="5" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A170" s="5" t="s">
         <v>307</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A171" s="5" t="s">
         <v>309</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A172" s="5" t="s">
         <v>311</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A173" s="5" t="s">
         <v>312</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A174" s="5" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A175" s="5" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A176" s="5" t="s">
         <v>314</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A177" s="5" t="s">
         <v>316</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A178" s="5" t="s">
         <v>318</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>319</v>
       </c>
@@ -19384,63 +19384,63 @@
       </c>
       <c r="E3" s="189"/>
       <c r="S3" s="21"/>
       <c r="T3" s="20" t="s">
         <v>380</v>
       </c>
       <c r="U3" s="22"/>
       <c r="V3" s="20" t="s">
         <v>380</v>
       </c>
       <c r="X3" s="20" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>381</v>
       </c>
       <c r="B4" t="s">
         <v>381</v>
       </c>
       <c r="C4" t="s">
         <v>381</v>
       </c>
       <c r="E4" s="18" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="G4" s="18" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="I4" s="23" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="K4" s="24" t="s">
+        <v>915</v>
+      </c>
+      <c r="M4" s="212" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
       <c r="O4" s="25" t="s">
         <v>382</v>
       </c>
       <c r="P4" s="26"/>
       <c r="Q4" s="26"/>
       <c r="R4" s="26"/>
       <c r="S4" s="21"/>
       <c r="T4" t="s">
         <v>383</v>
       </c>
       <c r="U4" s="17"/>
       <c r="V4" t="s">
         <v>384</v>
       </c>
       <c r="X4" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>386</v>
       </c>
       <c r="B5" t="s">
         <v>386</v>
@@ -19545,51 +19545,51 @@
       </c>
       <c r="I7" t="s">
         <v>513</v>
       </c>
       <c r="K7" s="27" t="s">
         <v>401</v>
       </c>
       <c r="M7" s="213" t="s">
         <v>395</v>
       </c>
       <c r="O7" s="73"/>
       <c r="P7" s="255">
         <v>45768</v>
       </c>
       <c r="Q7" s="73" t="s">
         <v>388</v>
       </c>
       <c r="R7" s="73" t="s">
         <v>402</v>
       </c>
       <c r="S7" s="21"/>
       <c r="T7" t="s">
         <v>403</v>
       </c>
       <c r="X7" s="28" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="Y7" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>405</v>
       </c>
       <c r="B8" t="s">
         <v>405</v>
       </c>
       <c r="C8" t="s">
         <v>405</v>
       </c>
       <c r="E8" s="252" t="s">
         <v>566</v>
       </c>
       <c r="G8" s="252" t="s">
         <v>406</v>
       </c>
       <c r="I8" t="s">
         <v>518</v>
       </c>
       <c r="K8" s="27" t="s">
@@ -19597,94 +19597,94 @@
       </c>
       <c r="M8" s="213" t="s">
         <v>400</v>
       </c>
       <c r="O8" s="73"/>
       <c r="P8" s="255">
         <v>45782</v>
       </c>
       <c r="Q8" s="73" t="s">
         <v>388</v>
       </c>
       <c r="R8" s="73" t="s">
         <v>407</v>
       </c>
       <c r="S8" s="21"/>
       <c r="T8" t="s">
         <v>408</v>
       </c>
       <c r="X8" s="29">
         <v>1035</v>
       </c>
       <c r="Y8" s="30">
         <v>14</v>
       </c>
       <c r="Z8" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>409</v>
       </c>
       <c r="B9" t="s">
         <v>409</v>
       </c>
       <c r="C9" t="s">
         <v>409</v>
       </c>
       <c r="E9" s="252" t="s">
         <v>411</v>
       </c>
       <c r="G9" s="252" t="s">
         <v>410</v>
       </c>
       <c r="K9" s="27" t="s">
         <v>410</v>
       </c>
       <c r="M9" s="213" t="s">
         <v>536</v>
       </c>
       <c r="O9" s="73"/>
       <c r="P9" s="255">
         <v>45803</v>
       </c>
       <c r="Q9" s="73" t="s">
         <v>388</v>
       </c>
       <c r="R9" s="73" t="s">
         <v>412</v>
       </c>
       <c r="S9" s="21"/>
       <c r="T9" t="s">
         <v>413</v>
       </c>
       <c r="X9" s="29">
         <v>776</v>
       </c>
       <c r="Z9" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>401</v>
       </c>
       <c r="B10" t="s">
         <v>401</v>
       </c>
       <c r="C10" t="s">
         <v>401</v>
       </c>
       <c r="E10" s="252" t="s">
         <v>415</v>
       </c>
       <c r="G10" s="252" t="s">
         <v>414</v>
       </c>
       <c r="K10" s="27" t="s">
         <v>416</v>
       </c>
       <c r="M10" s="213" t="s">
         <v>561</v>
       </c>
       <c r="O10" s="73"/>
@@ -19723,51 +19723,51 @@
       </c>
       <c r="K11" s="27" t="s">
         <v>421</v>
       </c>
       <c r="M11" s="213" t="s">
         <v>566</v>
       </c>
       <c r="O11" s="73"/>
       <c r="P11" s="255">
         <v>46016</v>
       </c>
       <c r="Q11" s="73" t="s">
         <v>489</v>
       </c>
       <c r="R11" s="73" t="s">
         <v>423</v>
       </c>
       <c r="S11" s="21"/>
       <c r="T11" t="s">
         <v>424</v>
       </c>
       <c r="X11" s="278">
         <v>55</v>
       </c>
       <c r="Y11" s="189" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>425</v>
       </c>
       <c r="B12" t="s">
         <v>425</v>
       </c>
       <c r="C12" t="s">
         <v>425</v>
       </c>
       <c r="E12" s="252" t="s">
         <v>433</v>
       </c>
       <c r="G12" s="252" t="s">
         <v>426</v>
       </c>
       <c r="K12" s="27" t="s">
         <v>428</v>
       </c>
       <c r="M12" s="213" t="s">
         <v>411</v>
       </c>
       <c r="O12" s="254"/>
@@ -20052,51 +20052,51 @@
       </c>
       <c r="C20" t="s">
         <v>456</v>
       </c>
       <c r="E20" s="252" t="s">
         <v>471</v>
       </c>
       <c r="G20" s="252" t="s">
         <v>457</v>
       </c>
       <c r="I20" s="16"/>
       <c r="K20" s="27" t="s">
         <v>459</v>
       </c>
       <c r="M20" s="213" t="s">
         <v>446</v>
       </c>
       <c r="O20" s="266"/>
       <c r="P20" s="267">
         <v>46384</v>
       </c>
       <c r="Q20" s="268" t="s">
         <v>388</v>
       </c>
       <c r="R20" s="266" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="S20" s="21"/>
       <c r="T20" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>414</v>
       </c>
       <c r="B21" t="s">
         <v>414</v>
       </c>
       <c r="C21" t="s">
         <v>414</v>
       </c>
       <c r="E21" s="252" t="s">
         <v>474</v>
       </c>
       <c r="G21" s="252" t="s">
         <v>462</v>
       </c>
       <c r="I21" s="16"/>
       <c r="K21" s="27" t="s">
         <v>464</v>
@@ -20145,51 +20145,51 @@
         <v>453</v>
       </c>
       <c r="O22" s="262"/>
       <c r="P22" s="261">
         <v>46472</v>
       </c>
       <c r="Q22" s="227" t="s">
         <v>396</v>
       </c>
       <c r="R22" s="227" t="s">
         <v>397</v>
       </c>
       <c r="S22" s="21"/>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>469</v>
       </c>
       <c r="B23" t="s">
         <v>469</v>
       </c>
       <c r="C23" t="s">
         <v>469</v>
       </c>
       <c r="E23" s="252" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="G23" s="252" t="s">
         <v>470</v>
       </c>
       <c r="I23" s="16"/>
       <c r="K23" s="27" t="s">
         <v>472</v>
       </c>
       <c r="M23" s="213" t="s">
         <v>625</v>
       </c>
       <c r="O23" s="262"/>
       <c r="P23" s="261">
         <v>46475</v>
       </c>
       <c r="Q23" s="227" t="s">
         <v>388</v>
       </c>
       <c r="R23" s="227" t="s">
         <v>402</v>
       </c>
       <c r="S23" s="21"/>
       <c r="T23" s="31"/>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.25">
@@ -20306,86 +20306,86 @@
       </c>
       <c r="C27" t="s">
         <v>428</v>
       </c>
       <c r="E27" s="252" t="s">
         <v>495</v>
       </c>
       <c r="G27" s="252" t="s">
         <v>482</v>
       </c>
       <c r="I27" s="16"/>
       <c r="K27" s="27" t="s">
         <v>484</v>
       </c>
       <c r="M27" s="213" t="s">
         <v>471</v>
       </c>
       <c r="O27" s="262"/>
       <c r="P27" s="261">
         <v>46748</v>
       </c>
       <c r="Q27" s="227" t="s">
         <v>388</v>
       </c>
       <c r="R27" s="227" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="S27" s="21"/>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>485</v>
       </c>
       <c r="B28" t="s">
         <v>485</v>
       </c>
       <c r="C28" t="s">
         <v>485</v>
       </c>
       <c r="E28" s="252" t="s">
         <v>503</v>
       </c>
       <c r="G28" s="252" t="s">
         <v>486</v>
       </c>
       <c r="I28" s="16"/>
       <c r="K28" s="27" t="s">
         <v>488</v>
       </c>
       <c r="M28" s="213" t="s">
         <v>474</v>
       </c>
       <c r="O28" s="263"/>
       <c r="P28" s="264">
         <v>46749</v>
       </c>
       <c r="Q28" s="265" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="R28" s="265" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="S28" s="21"/>
       <c r="T28" s="25" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>434</v>
       </c>
       <c r="B29" t="s">
         <v>434</v>
       </c>
       <c r="C29" t="s">
         <v>434</v>
       </c>
       <c r="E29" s="252" t="s">
         <v>506</v>
       </c>
       <c r="G29" s="252" t="s">
         <v>491</v>
       </c>
       <c r="I29" s="16"/>
       <c r="K29" s="27" t="s">
         <v>493</v>
@@ -20407,107 +20407,107 @@
       </c>
       <c r="B30" t="s">
         <v>426</v>
       </c>
       <c r="C30" t="s">
         <v>426</v>
       </c>
       <c r="E30" s="252" t="s">
         <v>531</v>
       </c>
       <c r="G30" s="252" t="s">
         <v>493</v>
       </c>
       <c r="I30" s="16"/>
       <c r="K30" s="27" t="s">
         <v>496</v>
       </c>
       <c r="M30" s="213" t="s">
         <v>642</v>
       </c>
       <c r="S30" s="21"/>
       <c r="T30" s="32">
         <v>285</v>
       </c>
       <c r="U30" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>497</v>
       </c>
       <c r="B31" t="s">
         <v>497</v>
       </c>
       <c r="C31" t="s">
         <v>497</v>
       </c>
       <c r="G31" s="252" t="s">
         <v>498</v>
       </c>
       <c r="I31" s="16"/>
       <c r="K31" s="27" t="s">
         <v>500</v>
       </c>
       <c r="M31" s="213" t="s">
         <v>480</v>
       </c>
       <c r="S31" s="21"/>
       <c r="T31" s="32">
         <v>315</v>
       </c>
       <c r="U31" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>501</v>
       </c>
       <c r="B32" t="s">
         <v>501</v>
       </c>
       <c r="C32" t="s">
         <v>501</v>
       </c>
       <c r="G32" s="252" t="s">
         <v>502</v>
       </c>
       <c r="I32" s="16"/>
       <c r="K32" s="27" t="s">
         <v>504</v>
       </c>
       <c r="M32" s="213" t="s">
         <v>483</v>
       </c>
       <c r="S32" s="21"/>
       <c r="T32" s="32">
         <v>200</v>
       </c>
       <c r="U32" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>439</v>
       </c>
       <c r="B33" t="s">
         <v>439</v>
       </c>
       <c r="C33" t="s">
         <v>439</v>
       </c>
       <c r="G33" s="252" t="s">
         <v>505</v>
       </c>
       <c r="I33" s="16"/>
       <c r="K33" s="27" t="s">
         <v>507</v>
       </c>
       <c r="M33" s="213" t="s">
         <v>487</v>
       </c>
       <c r="S33" s="21"/>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
@@ -21950,54 +21950,54 @@
         <v>479</v>
       </c>
       <c r="B132" t="s">
         <v>471</v>
       </c>
       <c r="C132" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>556</v>
       </c>
       <c r="B133" t="s">
         <v>629</v>
       </c>
       <c r="C133" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>558</v>
       </c>
       <c r="B134" s="33" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="C134" s="33" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>482</v>
       </c>
       <c r="B135" t="s">
         <v>560</v>
       </c>
       <c r="C135" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>463</v>
       </c>
       <c r="B136" t="s">
         <v>562</v>
       </c>
       <c r="C136" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.25">
@@ -22013,51 +22013,51 @@
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>471</v>
       </c>
       <c r="B138" t="s">
         <v>630</v>
       </c>
       <c r="C138" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>629</v>
       </c>
       <c r="B139" t="s">
         <v>565</v>
       </c>
       <c r="C139" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A140" s="33" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B140" t="s">
         <v>474</v>
       </c>
       <c r="C140" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>560</v>
       </c>
       <c r="B141" t="s">
         <v>567</v>
       </c>
       <c r="C141" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>562</v>
       </c>
       <c r="B142" t="s">
         <v>631</v>
@@ -23421,5130 +23421,5130 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:T476"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="451" t="s">
+      <c r="A1" s="523" t="s">
         <v>897</v>
       </c>
-      <c r="B1" s="451"/>
-[...7 lines deleted...]
-      <c r="J1" s="451"/>
+      <c r="B1" s="523"/>
+      <c r="C1" s="523"/>
+      <c r="D1" s="523"/>
+      <c r="E1" s="523"/>
+      <c r="F1" s="523"/>
+      <c r="G1" s="523"/>
+      <c r="H1" s="523"/>
+      <c r="I1" s="523"/>
+      <c r="J1" s="523"/>
       <c r="K1" s="37"/>
       <c r="L1" s="37"/>
       <c r="M1" s="37"/>
       <c r="N1" s="37"/>
       <c r="O1" s="37"/>
       <c r="P1" s="37"/>
       <c r="Q1" s="37"/>
       <c r="R1" s="37"/>
       <c r="S1" s="37"/>
       <c r="T1" s="37"/>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A2" s="430" t="s">
+      <c r="A2" s="524" t="s">
         <v>699</v>
       </c>
-      <c r="B2" s="430"/>
-[...7 lines deleted...]
-      <c r="J2" s="430"/>
+      <c r="B2" s="524"/>
+      <c r="C2" s="524"/>
+      <c r="D2" s="524"/>
+      <c r="E2" s="524"/>
+      <c r="F2" s="524"/>
+      <c r="G2" s="524"/>
+      <c r="H2" s="524"/>
+      <c r="I2" s="524"/>
+      <c r="J2" s="524"/>
       <c r="K2" s="37"/>
-      <c r="L2" s="457" t="s">
+      <c r="L2" s="532" t="s">
         <v>695</v>
       </c>
-      <c r="M2" s="458"/>
-[...5 lines deleted...]
-      <c r="S2" s="458"/>
+      <c r="M2" s="533"/>
+      <c r="N2" s="533"/>
+      <c r="O2" s="533"/>
+      <c r="P2" s="533"/>
+      <c r="Q2" s="533"/>
+      <c r="R2" s="533"/>
+      <c r="S2" s="533"/>
       <c r="T2" s="37"/>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A3" s="430"/>
-[...8 lines deleted...]
-      <c r="J3" s="430"/>
+      <c r="A3" s="524"/>
+      <c r="B3" s="524"/>
+      <c r="C3" s="524"/>
+      <c r="D3" s="524"/>
+      <c r="E3" s="524"/>
+      <c r="F3" s="524"/>
+      <c r="G3" s="524"/>
+      <c r="H3" s="524"/>
+      <c r="I3" s="524"/>
+      <c r="J3" s="524"/>
       <c r="K3" s="37"/>
       <c r="L3" s="37"/>
       <c r="M3" s="37"/>
       <c r="N3" s="37"/>
       <c r="O3" s="37"/>
       <c r="P3" s="37"/>
       <c r="Q3" s="37"/>
       <c r="R3" s="37"/>
       <c r="S3" s="37"/>
       <c r="T3" s="37"/>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A4" s="430"/>
-[...8 lines deleted...]
-      <c r="J4" s="430"/>
+      <c r="A4" s="524"/>
+      <c r="B4" s="524"/>
+      <c r="C4" s="524"/>
+      <c r="D4" s="524"/>
+      <c r="E4" s="524"/>
+      <c r="F4" s="524"/>
+      <c r="G4" s="524"/>
+      <c r="H4" s="524"/>
+      <c r="I4" s="524"/>
+      <c r="J4" s="524"/>
       <c r="K4" s="37"/>
       <c r="L4" s="37"/>
       <c r="M4" s="37"/>
       <c r="N4" s="37"/>
       <c r="O4" s="37"/>
       <c r="P4" s="37"/>
       <c r="Q4" s="37"/>
       <c r="R4" s="37"/>
       <c r="S4" s="38"/>
       <c r="T4" s="39" t="str">
         <f>$J$456</f>
-        <v>Version 2.12</v>
+        <v>Version 2.13</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A5" s="50"/>
       <c r="B5" s="50"/>
       <c r="C5" s="50"/>
       <c r="D5" s="50"/>
       <c r="E5" s="50"/>
       <c r="F5" s="50"/>
       <c r="G5" s="50"/>
       <c r="H5" s="50"/>
       <c r="I5" s="50"/>
       <c r="J5" s="50"/>
       <c r="K5" s="37"/>
       <c r="L5" s="37"/>
       <c r="M5" s="37"/>
       <c r="N5" s="37"/>
       <c r="O5" s="37"/>
       <c r="P5" s="37"/>
       <c r="Q5" s="37"/>
       <c r="R5" s="37"/>
-      <c r="S5" s="459">
+      <c r="S5" s="534">
         <f>$I$457</f>
-        <v>45979</v>
-[...1 lines deleted...]
-      <c r="T5" s="459"/>
+        <v>46031</v>
+      </c>
+      <c r="T5" s="534"/>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A6" s="50" t="s">
         <v>700</v>
       </c>
       <c r="B6" s="51"/>
       <c r="C6" s="51"/>
       <c r="D6" s="51"/>
       <c r="E6" s="51"/>
       <c r="F6" s="51"/>
       <c r="G6" s="51"/>
       <c r="H6" s="51"/>
       <c r="I6" s="51"/>
       <c r="J6" s="51"/>
       <c r="K6" s="37"/>
       <c r="L6" s="37"/>
       <c r="M6" s="37"/>
       <c r="N6" s="37"/>
       <c r="O6" s="37"/>
       <c r="P6" s="37"/>
       <c r="Q6" s="37"/>
       <c r="R6" s="37"/>
       <c r="S6" s="37"/>
       <c r="T6" s="37"/>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A7" s="376" t="str">
+      <c r="A7" s="535" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$448 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$448)</f>
         <v>angelina.escott@admin.ox.ac.uk</v>
       </c>
-      <c r="B7" s="376"/>
-[...3 lines deleted...]
-      <c r="F7" s="376" t="str">
+      <c r="B7" s="535"/>
+      <c r="C7" s="535"/>
+      <c r="D7" s="535"/>
+      <c r="E7" s="535"/>
+      <c r="F7" s="535" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$449 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$449)</f>
         <v>paul.deeble@admin.ox.ac.uk</v>
       </c>
-      <c r="G7" s="376"/>
-[...2 lines deleted...]
-      <c r="J7" s="376"/>
+      <c r="G7" s="535"/>
+      <c r="H7" s="535"/>
+      <c r="I7" s="535"/>
+      <c r="J7" s="535"/>
       <c r="K7" s="37"/>
       <c r="L7" s="37"/>
       <c r="M7" s="37"/>
       <c r="N7" s="37"/>
       <c r="O7" s="37"/>
       <c r="P7" s="37"/>
       <c r="Q7" s="37"/>
       <c r="R7" s="37"/>
       <c r="S7" s="37"/>
       <c r="T7" s="37"/>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A8" s="376" t="str">
+      <c r="A8" s="535" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$450 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$450)</f>
-        <v>sufia.nadeem@admin.ox.ac.uk</v>
-[...9 lines deleted...]
-      <c r="J8" s="376"/>
+        <v>kara.updale@admin.ox.ac.uk</v>
+      </c>
+      <c r="B8" s="535"/>
+      <c r="C8" s="535"/>
+      <c r="D8" s="535"/>
+      <c r="E8" s="535"/>
+      <c r="F8" s="535"/>
+      <c r="G8" s="535"/>
+      <c r="H8" s="535"/>
+      <c r="I8" s="535"/>
+      <c r="J8" s="535"/>
       <c r="K8" s="37"/>
       <c r="L8" s="37"/>
       <c r="M8" s="37"/>
       <c r="N8" s="37"/>
       <c r="O8" s="37"/>
       <c r="P8" s="37"/>
       <c r="Q8" s="37"/>
       <c r="R8" s="37"/>
       <c r="S8" s="37"/>
       <c r="T8" s="37"/>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A9" s="618" t="s">
-[...10 lines deleted...]
-      <c r="J9" s="618"/>
+      <c r="A9" s="311" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B9" s="311"/>
+      <c r="C9" s="311"/>
+      <c r="D9" s="311"/>
+      <c r="E9" s="311"/>
+      <c r="F9" s="311"/>
+      <c r="G9" s="311"/>
+      <c r="H9" s="311"/>
+      <c r="I9" s="311"/>
+      <c r="J9" s="311"/>
       <c r="K9" s="37"/>
       <c r="L9" s="37"/>
       <c r="M9" s="37"/>
       <c r="N9" s="37"/>
       <c r="O9" s="37"/>
       <c r="P9" s="37"/>
       <c r="Q9" s="37"/>
       <c r="R9" s="37"/>
       <c r="S9" s="37"/>
       <c r="T9" s="37"/>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A10" s="376" t="str">
+      <c r="A10" s="535" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$452 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$452)</f>
         <v>lyn.davis@admin.ox.ac.uk</v>
       </c>
-      <c r="B10" s="376"/>
-[...3 lines deleted...]
-      <c r="F10" s="376" t="str">
+      <c r="B10" s="535"/>
+      <c r="C10" s="535"/>
+      <c r="D10" s="535"/>
+      <c r="E10" s="535"/>
+      <c r="F10" s="535" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$453 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$453)</f>
         <v>richard.birt@admin.ox.ac.uk</v>
       </c>
-      <c r="G10" s="376"/>
-[...2 lines deleted...]
-      <c r="J10" s="376"/>
+      <c r="G10" s="535"/>
+      <c r="H10" s="535"/>
+      <c r="I10" s="535"/>
+      <c r="J10" s="535"/>
       <c r="K10" s="37"/>
       <c r="L10" s="37"/>
       <c r="M10" s="37"/>
       <c r="N10" s="37"/>
       <c r="O10" s="37"/>
       <c r="P10" s="37"/>
       <c r="Q10" s="37"/>
       <c r="R10" s="37"/>
       <c r="S10" s="37"/>
       <c r="T10" s="37"/>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A11" s="376" t="str">
+      <c r="A11" s="535" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$454 &amp; "?subject=Tier 5 initial CoS application - " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116) &amp; "&amp;body=Please find attached a Tier 5 initial CoS application for " &amp; PROPER($I$115) &amp; " " &amp; PROPER($E$117) &amp; " " &amp; UPPER($E$116),$E$454)</f>
-        <v>kara.updale@admin.ox.ac.uk</v>
-[...9 lines deleted...]
-      <c r="J11" s="376"/>
+        <v>sufia.nadeem@admin.ox.ac.uk</v>
+      </c>
+      <c r="B11" s="535"/>
+      <c r="C11" s="535"/>
+      <c r="D11" s="535"/>
+      <c r="E11" s="535"/>
+      <c r="F11" s="535"/>
+      <c r="G11" s="535"/>
+      <c r="H11" s="535"/>
+      <c r="I11" s="535"/>
+      <c r="J11" s="535"/>
       <c r="K11" s="37"/>
       <c r="L11" s="37"/>
       <c r="M11" s="37"/>
       <c r="N11" s="37"/>
       <c r="O11" s="37"/>
       <c r="P11" s="37"/>
       <c r="Q11" s="37"/>
       <c r="R11" s="37"/>
       <c r="S11" s="37"/>
       <c r="T11" s="37"/>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A12" s="618" t="s">
-[...10 lines deleted...]
-      <c r="J12" s="618"/>
+      <c r="A12" s="311" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B12" s="311"/>
+      <c r="C12" s="311"/>
+      <c r="D12" s="311"/>
+      <c r="E12" s="311"/>
+      <c r="F12" s="311"/>
+      <c r="G12" s="311"/>
+      <c r="H12" s="311"/>
+      <c r="I12" s="311"/>
+      <c r="J12" s="311"/>
       <c r="K12" s="37"/>
       <c r="L12" s="37"/>
       <c r="M12" s="37"/>
       <c r="N12" s="37"/>
       <c r="O12" s="37"/>
       <c r="P12" s="37"/>
       <c r="Q12" s="37"/>
       <c r="R12" s="37"/>
       <c r="S12" s="37"/>
       <c r="T12" s="37"/>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A13" s="208"/>
       <c r="B13" s="208"/>
       <c r="C13" s="208"/>
       <c r="D13" s="208"/>
       <c r="E13" s="208"/>
       <c r="F13" s="206"/>
       <c r="G13" s="206"/>
       <c r="H13" s="42"/>
       <c r="I13" s="42"/>
       <c r="J13" s="42"/>
       <c r="K13" s="37"/>
       <c r="L13" s="37"/>
       <c r="M13" s="37"/>
       <c r="N13" s="37"/>
       <c r="O13" s="37"/>
       <c r="P13" s="37"/>
       <c r="Q13" s="37"/>
       <c r="R13" s="37"/>
       <c r="S13" s="37"/>
       <c r="T13" s="37"/>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A14" s="460" t="s">
+      <c r="A14" s="536" t="s">
         <v>714</v>
       </c>
-      <c r="B14" s="460"/>
-[...7 lines deleted...]
-      <c r="J14" s="460"/>
+      <c r="B14" s="536"/>
+      <c r="C14" s="536"/>
+      <c r="D14" s="536"/>
+      <c r="E14" s="536"/>
+      <c r="F14" s="536"/>
+      <c r="G14" s="536"/>
+      <c r="H14" s="536"/>
+      <c r="I14" s="536"/>
+      <c r="J14" s="536"/>
       <c r="K14" s="37"/>
       <c r="L14" s="37"/>
       <c r="M14" s="37"/>
       <c r="N14" s="37"/>
       <c r="O14" s="37"/>
       <c r="P14" s="37"/>
       <c r="Q14" s="37"/>
       <c r="R14" s="37"/>
       <c r="S14" s="37"/>
       <c r="T14" s="37"/>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A15" s="460"/>
-[...8 lines deleted...]
-      <c r="J15" s="460"/>
+      <c r="A15" s="536"/>
+      <c r="B15" s="536"/>
+      <c r="C15" s="536"/>
+      <c r="D15" s="536"/>
+      <c r="E15" s="536"/>
+      <c r="F15" s="536"/>
+      <c r="G15" s="536"/>
+      <c r="H15" s="536"/>
+      <c r="I15" s="536"/>
+      <c r="J15" s="536"/>
       <c r="K15" s="37"/>
       <c r="L15" s="37"/>
       <c r="M15" s="37"/>
       <c r="N15" s="37"/>
       <c r="O15" s="37"/>
       <c r="P15" s="37"/>
       <c r="Q15" s="37"/>
       <c r="R15" s="37"/>
       <c r="S15" s="37"/>
       <c r="T15" s="37"/>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A16" s="460"/>
-[...8 lines deleted...]
-      <c r="J16" s="460"/>
+      <c r="A16" s="536"/>
+      <c r="B16" s="536"/>
+      <c r="C16" s="536"/>
+      <c r="D16" s="536"/>
+      <c r="E16" s="536"/>
+      <c r="F16" s="536"/>
+      <c r="G16" s="536"/>
+      <c r="H16" s="536"/>
+      <c r="I16" s="536"/>
+      <c r="J16" s="536"/>
       <c r="K16" s="37"/>
       <c r="L16" s="37"/>
       <c r="M16" s="37"/>
       <c r="N16" s="37"/>
       <c r="O16" s="37"/>
       <c r="P16" s="37"/>
       <c r="Q16" s="37"/>
       <c r="R16" s="37"/>
       <c r="S16" s="37"/>
       <c r="T16" s="37"/>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A17" s="52"/>
       <c r="B17" s="52"/>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="37"/>
       <c r="L17" s="37"/>
       <c r="M17" s="37"/>
       <c r="N17" s="37"/>
       <c r="O17" s="37"/>
       <c r="P17" s="37"/>
       <c r="Q17" s="37"/>
       <c r="R17" s="37"/>
       <c r="S17" s="37"/>
       <c r="T17" s="37"/>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A18" s="460" t="s">
+      <c r="A18" s="536" t="s">
         <v>701</v>
       </c>
-      <c r="B18" s="460"/>
-[...7 lines deleted...]
-      <c r="J18" s="460"/>
+      <c r="B18" s="536"/>
+      <c r="C18" s="536"/>
+      <c r="D18" s="536"/>
+      <c r="E18" s="536"/>
+      <c r="F18" s="536"/>
+      <c r="G18" s="536"/>
+      <c r="H18" s="536"/>
+      <c r="I18" s="536"/>
+      <c r="J18" s="536"/>
       <c r="K18" s="37"/>
       <c r="L18" s="37"/>
       <c r="M18" s="37"/>
       <c r="N18" s="37"/>
       <c r="O18" s="37"/>
       <c r="P18" s="37"/>
       <c r="Q18" s="37"/>
       <c r="R18" s="37"/>
       <c r="S18" s="37"/>
       <c r="T18" s="37"/>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A19" s="460"/>
-[...8 lines deleted...]
-      <c r="J19" s="460"/>
+      <c r="A19" s="536"/>
+      <c r="B19" s="536"/>
+      <c r="C19" s="536"/>
+      <c r="D19" s="536"/>
+      <c r="E19" s="536"/>
+      <c r="F19" s="536"/>
+      <c r="G19" s="536"/>
+      <c r="H19" s="536"/>
+      <c r="I19" s="536"/>
+      <c r="J19" s="536"/>
       <c r="K19" s="37"/>
       <c r="L19" s="37"/>
       <c r="M19" s="37"/>
       <c r="N19" s="37"/>
       <c r="O19" s="37"/>
       <c r="P19" s="37"/>
       <c r="Q19" s="37"/>
       <c r="R19" s="37"/>
       <c r="S19" s="37"/>
       <c r="T19" s="37"/>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A20" s="42"/>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="42"/>
       <c r="I20" s="42"/>
       <c r="J20" s="42"/>
       <c r="K20" s="37"/>
       <c r="L20" s="37"/>
       <c r="M20" s="37"/>
       <c r="N20" s="37"/>
       <c r="O20" s="37"/>
       <c r="P20" s="37"/>
       <c r="Q20" s="37"/>
       <c r="R20" s="37"/>
       <c r="S20" s="37"/>
       <c r="T20" s="37"/>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A21" s="308" t="s">
+      <c r="A21" s="576" t="s">
         <v>702</v>
       </c>
-      <c r="B21" s="308"/>
-[...7 lines deleted...]
-      <c r="J21" s="308"/>
+      <c r="B21" s="576"/>
+      <c r="C21" s="576"/>
+      <c r="D21" s="576"/>
+      <c r="E21" s="576"/>
+      <c r="F21" s="576"/>
+      <c r="G21" s="576"/>
+      <c r="H21" s="576"/>
+      <c r="I21" s="576"/>
+      <c r="J21" s="576"/>
       <c r="K21" s="37"/>
       <c r="L21" s="37"/>
       <c r="M21" s="37"/>
       <c r="N21" s="37"/>
       <c r="O21" s="37"/>
       <c r="P21" s="37"/>
       <c r="Q21" s="37"/>
       <c r="R21" s="37"/>
       <c r="S21" s="37"/>
       <c r="T21" s="37"/>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A22" s="47"/>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="42"/>
       <c r="I22" s="42"/>
       <c r="J22" s="42"/>
       <c r="K22" s="37"/>
       <c r="L22" s="37"/>
       <c r="M22" s="37"/>
       <c r="N22" s="37"/>
       <c r="O22" s="37"/>
       <c r="P22" s="37"/>
       <c r="Q22" s="37"/>
       <c r="R22" s="37"/>
       <c r="S22" s="37"/>
       <c r="T22" s="37"/>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A23" s="53"/>
       <c r="B23" s="53"/>
       <c r="C23" s="53"/>
       <c r="D23" s="53"/>
       <c r="E23" s="53"/>
       <c r="F23" s="53"/>
       <c r="G23" s="53"/>
       <c r="H23" s="53"/>
       <c r="I23" s="53"/>
       <c r="J23" s="53"/>
       <c r="K23" s="37"/>
       <c r="L23" s="37"/>
       <c r="M23" s="37"/>
-      <c r="N23" s="461"/>
-[...4 lines deleted...]
-      <c r="S23" s="463"/>
+      <c r="N23" s="537"/>
+      <c r="O23" s="538"/>
+      <c r="P23" s="538"/>
+      <c r="Q23" s="538"/>
+      <c r="R23" s="538"/>
+      <c r="S23" s="539"/>
       <c r="T23" s="37"/>
     </row>
     <row r="24" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A24" s="53"/>
       <c r="B24" s="53"/>
       <c r="C24" s="53"/>
       <c r="D24" s="53"/>
       <c r="E24" s="53"/>
       <c r="F24" s="53"/>
       <c r="G24" s="53"/>
       <c r="H24" s="53"/>
       <c r="I24" s="62" t="str">
         <f>IF(CHECKING!$B$5=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="J24" s="53"/>
       <c r="K24" s="37"/>
       <c r="L24" s="37"/>
       <c r="M24" s="37"/>
-      <c r="N24" s="464"/>
-[...4 lines deleted...]
-      <c r="S24" s="466"/>
+      <c r="N24" s="540"/>
+      <c r="O24" s="541"/>
+      <c r="P24" s="541"/>
+      <c r="Q24" s="541"/>
+      <c r="R24" s="541"/>
+      <c r="S24" s="542"/>
       <c r="T24" s="37"/>
     </row>
     <row r="25" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A25" s="53"/>
       <c r="B25" s="53"/>
       <c r="C25" s="53"/>
       <c r="D25" s="53"/>
       <c r="E25" s="53"/>
       <c r="F25" s="53"/>
       <c r="G25" s="53"/>
       <c r="H25" s="53"/>
       <c r="I25" s="62" t="str">
         <f>IF(CHECKING!$B$6=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="J25" s="53"/>
       <c r="K25" s="37"/>
       <c r="L25" s="37"/>
       <c r="M25" s="37"/>
-      <c r="N25" s="464"/>
-[...4 lines deleted...]
-      <c r="S25" s="466"/>
+      <c r="N25" s="540"/>
+      <c r="O25" s="541"/>
+      <c r="P25" s="541"/>
+      <c r="Q25" s="541"/>
+      <c r="R25" s="541"/>
+      <c r="S25" s="542"/>
       <c r="T25" s="37"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A26" s="53"/>
       <c r="B26" s="53"/>
       <c r="C26" s="53"/>
       <c r="D26" s="53"/>
       <c r="E26" s="53"/>
       <c r="F26" s="53"/>
       <c r="G26" s="53"/>
       <c r="H26" s="53"/>
       <c r="I26" s="53"/>
       <c r="J26" s="53"/>
       <c r="K26" s="37"/>
       <c r="L26" s="37"/>
       <c r="M26" s="37"/>
-      <c r="N26" s="464"/>
-[...4 lines deleted...]
-      <c r="S26" s="466"/>
+      <c r="N26" s="540"/>
+      <c r="O26" s="541"/>
+      <c r="P26" s="541"/>
+      <c r="Q26" s="541"/>
+      <c r="R26" s="541"/>
+      <c r="S26" s="542"/>
       <c r="T26" s="37"/>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A27" s="433" t="s">
-[...10 lines deleted...]
-      <c r="J27" s="433"/>
+      <c r="A27" s="578" t="s">
+        <v>908</v>
+      </c>
+      <c r="B27" s="578"/>
+      <c r="C27" s="578"/>
+      <c r="D27" s="578"/>
+      <c r="E27" s="578"/>
+      <c r="F27" s="578"/>
+      <c r="G27" s="578"/>
+      <c r="H27" s="578"/>
+      <c r="I27" s="578"/>
+      <c r="J27" s="578"/>
       <c r="K27" s="37"/>
       <c r="L27" s="37"/>
       <c r="M27" s="37"/>
-      <c r="N27" s="464"/>
-[...4 lines deleted...]
-      <c r="S27" s="466"/>
+      <c r="N27" s="540"/>
+      <c r="O27" s="541"/>
+      <c r="P27" s="541"/>
+      <c r="Q27" s="541"/>
+      <c r="R27" s="541"/>
+      <c r="S27" s="542"/>
       <c r="T27" s="37"/>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A28" s="433"/>
-[...8 lines deleted...]
-      <c r="J28" s="433"/>
+      <c r="A28" s="578"/>
+      <c r="B28" s="578"/>
+      <c r="C28" s="578"/>
+      <c r="D28" s="578"/>
+      <c r="E28" s="578"/>
+      <c r="F28" s="578"/>
+      <c r="G28" s="578"/>
+      <c r="H28" s="578"/>
+      <c r="I28" s="578"/>
+      <c r="J28" s="578"/>
       <c r="K28" s="37"/>
       <c r="L28" s="37"/>
       <c r="M28" s="37"/>
-      <c r="N28" s="467"/>
-[...4 lines deleted...]
-      <c r="S28" s="469"/>
+      <c r="N28" s="543"/>
+      <c r="O28" s="544"/>
+      <c r="P28" s="544"/>
+      <c r="Q28" s="544"/>
+      <c r="R28" s="544"/>
+      <c r="S28" s="545"/>
       <c r="T28" s="37"/>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A29" s="53"/>
       <c r="B29" s="53"/>
       <c r="C29" s="53"/>
       <c r="D29" s="53"/>
       <c r="E29" s="53"/>
       <c r="F29" s="53"/>
       <c r="G29" s="53"/>
       <c r="H29" s="53"/>
       <c r="I29" s="53"/>
       <c r="J29" s="53"/>
       <c r="K29" s="37"/>
       <c r="L29" s="37"/>
       <c r="M29" s="37"/>
       <c r="N29" s="37"/>
       <c r="O29" s="37"/>
       <c r="P29" s="37"/>
       <c r="Q29" s="37"/>
       <c r="R29" s="37"/>
       <c r="S29" s="37"/>
       <c r="T29" s="37"/>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A30" s="435" t="s">
+      <c r="A30" s="408" t="s">
         <v>703</v>
       </c>
-      <c r="B30" s="436"/>
-[...6 lines deleted...]
-      <c r="I30" s="437"/>
+      <c r="B30" s="409"/>
+      <c r="C30" s="409"/>
+      <c r="D30" s="409"/>
+      <c r="E30" s="409"/>
+      <c r="F30" s="409"/>
+      <c r="G30" s="409"/>
+      <c r="H30" s="409"/>
+      <c r="I30" s="410"/>
       <c r="J30" s="54"/>
       <c r="K30" s="37"/>
       <c r="L30" s="37"/>
       <c r="M30" s="37"/>
-      <c r="N30" s="408"/>
-[...4 lines deleted...]
-      <c r="S30" s="410"/>
+      <c r="N30" s="365"/>
+      <c r="O30" s="366"/>
+      <c r="P30" s="366"/>
+      <c r="Q30" s="366"/>
+      <c r="R30" s="366"/>
+      <c r="S30" s="367"/>
       <c r="T30" s="37"/>
     </row>
     <row r="31" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="435"/>
-[...7 lines deleted...]
-      <c r="I31" s="437"/>
+      <c r="A31" s="408"/>
+      <c r="B31" s="409"/>
+      <c r="C31" s="409"/>
+      <c r="D31" s="409"/>
+      <c r="E31" s="409"/>
+      <c r="F31" s="409"/>
+      <c r="G31" s="409"/>
+      <c r="H31" s="409"/>
+      <c r="I31" s="410"/>
       <c r="J31" s="55">
         <f>IF(CHECKING!$B$8=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K31" s="37"/>
       <c r="L31" s="37"/>
       <c r="M31" s="37"/>
-      <c r="N31" s="411"/>
-[...4 lines deleted...]
-      <c r="S31" s="413"/>
+      <c r="N31" s="368"/>
+      <c r="O31" s="369"/>
+      <c r="P31" s="369"/>
+      <c r="Q31" s="369"/>
+      <c r="R31" s="369"/>
+      <c r="S31" s="370"/>
       <c r="T31" s="37"/>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A32" s="569" t="s">
+      <c r="A32" s="342" t="s">
         <v>704</v>
       </c>
-      <c r="B32" s="570"/>
-[...6 lines deleted...]
-      <c r="I32" s="571"/>
+      <c r="B32" s="343"/>
+      <c r="C32" s="343"/>
+      <c r="D32" s="343"/>
+      <c r="E32" s="343"/>
+      <c r="F32" s="343"/>
+      <c r="G32" s="343"/>
+      <c r="H32" s="343"/>
+      <c r="I32" s="344"/>
       <c r="J32" s="54"/>
       <c r="K32" s="37"/>
       <c r="L32" s="37"/>
       <c r="M32" s="37"/>
-      <c r="N32" s="411"/>
-[...4 lines deleted...]
-      <c r="S32" s="413"/>
+      <c r="N32" s="368"/>
+      <c r="O32" s="369"/>
+      <c r="P32" s="369"/>
+      <c r="Q32" s="369"/>
+      <c r="R32" s="369"/>
+      <c r="S32" s="370"/>
       <c r="T32" s="37"/>
     </row>
     <row r="33" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A33" s="569"/>
-[...7 lines deleted...]
-      <c r="I33" s="571"/>
+      <c r="A33" s="342"/>
+      <c r="B33" s="343"/>
+      <c r="C33" s="343"/>
+      <c r="D33" s="343"/>
+      <c r="E33" s="343"/>
+      <c r="F33" s="343"/>
+      <c r="G33" s="343"/>
+      <c r="H33" s="343"/>
+      <c r="I33" s="344"/>
       <c r="J33" s="55">
         <f>IF(CHECKING!$B$9=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K33" s="37"/>
       <c r="L33" s="37"/>
       <c r="M33" s="37"/>
-      <c r="N33" s="414"/>
-[...4 lines deleted...]
-      <c r="S33" s="416"/>
+      <c r="N33" s="371"/>
+      <c r="O33" s="372"/>
+      <c r="P33" s="372"/>
+      <c r="Q33" s="372"/>
+      <c r="R33" s="372"/>
+      <c r="S33" s="373"/>
       <c r="T33" s="37"/>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A34" s="53"/>
       <c r="B34" s="53"/>
       <c r="C34" s="53"/>
       <c r="D34" s="53"/>
       <c r="E34" s="53"/>
       <c r="F34" s="53"/>
       <c r="G34" s="53"/>
       <c r="H34" s="53"/>
       <c r="I34" s="53"/>
       <c r="J34" s="53"/>
       <c r="K34" s="37"/>
       <c r="L34" s="37"/>
       <c r="M34" s="37"/>
       <c r="N34" s="37"/>
       <c r="O34" s="37"/>
       <c r="P34" s="37"/>
       <c r="Q34" s="37"/>
       <c r="R34" s="37"/>
       <c r="S34" s="37"/>
       <c r="T34" s="37"/>
     </row>
     <row r="35" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A35" s="309" t="s">
-[...10 lines deleted...]
-      <c r="J35" s="309"/>
+      <c r="A35" s="614" t="s">
+        <v>979</v>
+      </c>
+      <c r="B35" s="614"/>
+      <c r="C35" s="614"/>
+      <c r="D35" s="614"/>
+      <c r="E35" s="614"/>
+      <c r="F35" s="614"/>
+      <c r="G35" s="614"/>
+      <c r="H35" s="614"/>
+      <c r="I35" s="614"/>
+      <c r="J35" s="614"/>
       <c r="K35" s="37"/>
       <c r="L35" s="37"/>
       <c r="M35" s="37"/>
       <c r="N35" s="37"/>
       <c r="O35" s="37"/>
       <c r="P35" s="37"/>
       <c r="Q35" s="37"/>
       <c r="R35" s="37"/>
       <c r="S35" s="37"/>
       <c r="T35" s="37"/>
     </row>
     <row r="36" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A36" s="452" t="s">
-[...10 lines deleted...]
-      <c r="J36" s="452"/>
+      <c r="A36" s="525" t="s">
+        <v>980</v>
+      </c>
+      <c r="B36" s="525"/>
+      <c r="C36" s="525"/>
+      <c r="D36" s="525"/>
+      <c r="E36" s="525"/>
+      <c r="F36" s="525"/>
+      <c r="G36" s="525"/>
+      <c r="H36" s="525"/>
+      <c r="I36" s="525"/>
+      <c r="J36" s="525"/>
       <c r="K36" s="37"/>
       <c r="L36" s="37"/>
       <c r="M36" s="37"/>
       <c r="N36" s="37"/>
       <c r="O36" s="37"/>
       <c r="P36" s="37"/>
       <c r="Q36" s="37"/>
       <c r="R36" s="37"/>
       <c r="S36" s="37"/>
       <c r="T36" s="37"/>
     </row>
     <row r="37" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A37" s="452"/>
-[...8 lines deleted...]
-      <c r="J37" s="452"/>
+      <c r="A37" s="525"/>
+      <c r="B37" s="525"/>
+      <c r="C37" s="525"/>
+      <c r="D37" s="525"/>
+      <c r="E37" s="525"/>
+      <c r="F37" s="525"/>
+      <c r="G37" s="525"/>
+      <c r="H37" s="525"/>
+      <c r="I37" s="525"/>
+      <c r="J37" s="525"/>
       <c r="K37" s="37"/>
       <c r="L37" s="37"/>
       <c r="M37" s="37"/>
       <c r="N37" s="37"/>
       <c r="O37" s="37"/>
       <c r="P37" s="37"/>
       <c r="Q37" s="37"/>
       <c r="R37" s="37"/>
       <c r="S37" s="37"/>
       <c r="T37" s="37"/>
     </row>
     <row r="38" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A38" s="452" t="str">
+      <c r="A38" s="525" t="str">
         <f>"By doing so, the employing department/ college is certifying they will, if necessary, maintain &amp; accommodate the applicant (£" &amp; Dropdowns!$T$29 &amp; "), their partner (£" &amp; Dropdowns!$T$30 &amp; "), their first child (£" &amp; Dropdowns!$T$31 &amp; "), and any additional children (£" &amp; Dropdowns!$T$32 &amp; " each), for the first month of the visit."</f>
         <v>By doing so, the employing department/ college is certifying they will, if necessary, maintain &amp; accommodate the applicant (£1270), their partner (£285), their first child (£315), and any additional children (£200 each), for the first month of the visit.</v>
       </c>
-      <c r="B38" s="452"/>
-[...7 lines deleted...]
-      <c r="J38" s="452"/>
+      <c r="B38" s="525"/>
+      <c r="C38" s="525"/>
+      <c r="D38" s="525"/>
+      <c r="E38" s="525"/>
+      <c r="F38" s="525"/>
+      <c r="G38" s="525"/>
+      <c r="H38" s="525"/>
+      <c r="I38" s="525"/>
+      <c r="J38" s="525"/>
       <c r="K38" s="37"/>
       <c r="L38" s="37"/>
       <c r="M38" s="37"/>
       <c r="N38" s="37"/>
       <c r="O38" s="37"/>
       <c r="P38" s="37"/>
       <c r="Q38" s="37"/>
       <c r="R38" s="37"/>
       <c r="S38" s="37"/>
       <c r="T38" s="37"/>
     </row>
     <row r="39" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A39" s="452"/>
-[...8 lines deleted...]
-      <c r="J39" s="452"/>
+      <c r="A39" s="525"/>
+      <c r="B39" s="525"/>
+      <c r="C39" s="525"/>
+      <c r="D39" s="525"/>
+      <c r="E39" s="525"/>
+      <c r="F39" s="525"/>
+      <c r="G39" s="525"/>
+      <c r="H39" s="525"/>
+      <c r="I39" s="525"/>
+      <c r="J39" s="525"/>
       <c r="K39" s="37"/>
       <c r="L39" s="37"/>
       <c r="M39" s="37"/>
       <c r="N39" s="37"/>
       <c r="O39" s="37"/>
       <c r="P39" s="37"/>
       <c r="Q39" s="37"/>
       <c r="R39" s="37"/>
       <c r="S39" s="37"/>
       <c r="T39" s="37"/>
     </row>
     <row r="40" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A40" s="452"/>
-[...8 lines deleted...]
-      <c r="J40" s="452"/>
+      <c r="A40" s="525"/>
+      <c r="B40" s="525"/>
+      <c r="C40" s="525"/>
+      <c r="D40" s="525"/>
+      <c r="E40" s="525"/>
+      <c r="F40" s="525"/>
+      <c r="G40" s="525"/>
+      <c r="H40" s="525"/>
+      <c r="I40" s="525"/>
+      <c r="J40" s="525"/>
       <c r="K40" s="37"/>
       <c r="L40" s="37"/>
       <c r="M40" s="37"/>
       <c r="N40" s="37"/>
       <c r="O40" s="37"/>
       <c r="P40" s="37"/>
       <c r="Q40" s="37"/>
       <c r="R40" s="37"/>
       <c r="S40" s="37"/>
       <c r="T40" s="37"/>
     </row>
     <row r="41" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="269"/>
       <c r="B41" s="269"/>
       <c r="C41" s="269"/>
       <c r="D41" s="269"/>
       <c r="E41" s="269"/>
       <c r="F41" s="269"/>
       <c r="G41" s="269"/>
       <c r="H41" s="269"/>
       <c r="I41" s="269"/>
       <c r="J41" s="269"/>
       <c r="K41" s="37"/>
       <c r="L41" s="37"/>
       <c r="M41" s="37"/>
       <c r="N41" s="37"/>
       <c r="O41" s="37"/>
       <c r="P41" s="37"/>
       <c r="Q41" s="37"/>
       <c r="R41" s="37"/>
       <c r="S41" s="37"/>
       <c r="T41" s="37"/>
     </row>
     <row r="42" spans="1:20" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="37"/>
       <c r="B42" s="37"/>
       <c r="C42" s="37"/>
       <c r="D42" s="37"/>
       <c r="E42" s="37"/>
       <c r="F42" s="37"/>
       <c r="G42" s="37"/>
       <c r="H42" s="37"/>
       <c r="I42" s="37"/>
       <c r="J42" s="270" t="str">
         <f>IF(CHECKING!$B$12=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K42" s="37"/>
       <c r="L42" s="37"/>
       <c r="M42" s="37"/>
-      <c r="N42" s="408"/>
-[...4 lines deleted...]
-      <c r="S42" s="410"/>
+      <c r="N42" s="365"/>
+      <c r="O42" s="366"/>
+      <c r="P42" s="366"/>
+      <c r="Q42" s="366"/>
+      <c r="R42" s="366"/>
+      <c r="S42" s="367"/>
       <c r="T42" s="37"/>
     </row>
     <row r="43" spans="1:20" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="53"/>
       <c r="B43" s="53"/>
       <c r="C43" s="53"/>
       <c r="D43" s="53"/>
       <c r="E43" s="53"/>
       <c r="F43" s="53"/>
       <c r="G43" s="53"/>
       <c r="H43" s="53"/>
       <c r="I43" s="53"/>
       <c r="J43" s="62">
         <f>IF(CHECKING!$B$13=TRUE,10,"")</f>
         <v>10</v>
       </c>
       <c r="K43" s="37"/>
       <c r="L43" s="37"/>
       <c r="M43" s="37"/>
-      <c r="N43" s="411"/>
-[...4 lines deleted...]
-      <c r="S43" s="413"/>
+      <c r="N43" s="368"/>
+      <c r="O43" s="369"/>
+      <c r="P43" s="369"/>
+      <c r="Q43" s="369"/>
+      <c r="R43" s="369"/>
+      <c r="S43" s="370"/>
       <c r="T43" s="37"/>
     </row>
     <row r="44" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A44" s="53"/>
       <c r="B44" s="53"/>
       <c r="C44" s="53"/>
       <c r="D44" s="53"/>
       <c r="E44" s="53"/>
       <c r="F44" s="53"/>
       <c r="G44" s="53"/>
       <c r="H44" s="53"/>
       <c r="I44" s="53"/>
       <c r="J44" s="53"/>
       <c r="K44" s="37"/>
       <c r="L44" s="37"/>
       <c r="M44" s="37"/>
-      <c r="N44" s="411"/>
-[...4 lines deleted...]
-      <c r="S44" s="413"/>
+      <c r="N44" s="368"/>
+      <c r="O44" s="369"/>
+      <c r="P44" s="369"/>
+      <c r="Q44" s="369"/>
+      <c r="R44" s="369"/>
+      <c r="S44" s="370"/>
       <c r="T44" s="37"/>
     </row>
     <row r="45" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A45" s="37"/>
       <c r="B45" s="37"/>
       <c r="C45" s="37"/>
       <c r="D45" s="37"/>
       <c r="E45" s="37"/>
       <c r="F45" s="37"/>
       <c r="G45" s="37"/>
       <c r="H45" s="37"/>
       <c r="I45" s="37"/>
       <c r="J45" s="270" t="str">
         <f>IF(CHECKING!$B$14=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K45" s="37"/>
       <c r="L45" s="37"/>
       <c r="M45" s="37"/>
-      <c r="N45" s="411"/>
-[...4 lines deleted...]
-      <c r="S45" s="413"/>
+      <c r="N45" s="368"/>
+      <c r="O45" s="369"/>
+      <c r="P45" s="369"/>
+      <c r="Q45" s="369"/>
+      <c r="R45" s="369"/>
+      <c r="S45" s="370"/>
       <c r="T45" s="37"/>
     </row>
     <row r="46" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A46" s="37"/>
       <c r="B46" s="37"/>
       <c r="C46" s="37"/>
       <c r="D46" s="37"/>
       <c r="E46" s="37"/>
       <c r="F46" s="37"/>
       <c r="G46" s="37"/>
       <c r="H46" s="37"/>
       <c r="I46" s="37"/>
       <c r="J46" s="37"/>
       <c r="K46" s="37"/>
       <c r="L46" s="37"/>
       <c r="M46" s="37"/>
-      <c r="N46" s="411"/>
-[...4 lines deleted...]
-      <c r="S46" s="413"/>
+      <c r="N46" s="368"/>
+      <c r="O46" s="369"/>
+      <c r="P46" s="369"/>
+      <c r="Q46" s="369"/>
+      <c r="R46" s="369"/>
+      <c r="S46" s="370"/>
       <c r="T46" s="37"/>
     </row>
     <row r="47" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A47" s="37"/>
-      <c r="B47" s="453" t="str">
+      <c r="B47" s="526" t="str">
         <f>"Bank statements will be submitted by the applicant to show £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted."</f>
         <v>Bank statements will be submitted by the applicant to show £285 for their partner, £315 for their first child, and £200 for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted.</v>
       </c>
-      <c r="C47" s="453"/>
-[...5 lines deleted...]
-      <c r="I47" s="453"/>
+      <c r="C47" s="526"/>
+      <c r="D47" s="526"/>
+      <c r="E47" s="526"/>
+      <c r="F47" s="526"/>
+      <c r="G47" s="526"/>
+      <c r="H47" s="526"/>
+      <c r="I47" s="526"/>
       <c r="J47" s="37"/>
       <c r="K47" s="37"/>
       <c r="L47" s="37"/>
       <c r="M47" s="37"/>
-      <c r="N47" s="411"/>
-[...4 lines deleted...]
-      <c r="S47" s="413"/>
+      <c r="N47" s="368"/>
+      <c r="O47" s="369"/>
+      <c r="P47" s="369"/>
+      <c r="Q47" s="369"/>
+      <c r="R47" s="369"/>
+      <c r="S47" s="370"/>
       <c r="T47" s="37"/>
     </row>
     <row r="48" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A48" s="37"/>
-      <c r="B48" s="453"/>
-[...6 lines deleted...]
-      <c r="I48" s="453"/>
+      <c r="B48" s="526"/>
+      <c r="C48" s="526"/>
+      <c r="D48" s="526"/>
+      <c r="E48" s="526"/>
+      <c r="F48" s="526"/>
+      <c r="G48" s="526"/>
+      <c r="H48" s="526"/>
+      <c r="I48" s="526"/>
       <c r="J48" s="37"/>
       <c r="K48" s="37"/>
       <c r="L48" s="37"/>
       <c r="M48" s="37"/>
-      <c r="N48" s="411"/>
-[...4 lines deleted...]
-      <c r="S48" s="413"/>
+      <c r="N48" s="368"/>
+      <c r="O48" s="369"/>
+      <c r="P48" s="369"/>
+      <c r="Q48" s="369"/>
+      <c r="R48" s="369"/>
+      <c r="S48" s="370"/>
       <c r="T48" s="37"/>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A49" s="37"/>
-      <c r="B49" s="453"/>
-[...6 lines deleted...]
-      <c r="I49" s="453"/>
+      <c r="B49" s="526"/>
+      <c r="C49" s="526"/>
+      <c r="D49" s="526"/>
+      <c r="E49" s="526"/>
+      <c r="F49" s="526"/>
+      <c r="G49" s="526"/>
+      <c r="H49" s="526"/>
+      <c r="I49" s="526"/>
       <c r="J49" s="37"/>
       <c r="K49" s="37"/>
       <c r="L49" s="37"/>
       <c r="M49" s="37"/>
-      <c r="N49" s="411"/>
-[...4 lines deleted...]
-      <c r="S49" s="413"/>
+      <c r="N49" s="368"/>
+      <c r="O49" s="369"/>
+      <c r="P49" s="369"/>
+      <c r="Q49" s="369"/>
+      <c r="R49" s="369"/>
+      <c r="S49" s="370"/>
       <c r="T49" s="37"/>
     </row>
     <row r="50" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A50" s="37"/>
       <c r="B50" s="271"/>
       <c r="C50" s="271"/>
       <c r="D50" s="271"/>
       <c r="E50" s="271"/>
       <c r="F50" s="271"/>
       <c r="G50" s="271"/>
       <c r="H50" s="271"/>
       <c r="I50" s="271"/>
       <c r="J50" s="270" t="str">
         <f>IF(CHECKING!$B$15=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K50" s="37"/>
       <c r="L50" s="37"/>
       <c r="M50" s="37"/>
-      <c r="N50" s="411"/>
-[...4 lines deleted...]
-      <c r="S50" s="413"/>
+      <c r="N50" s="368"/>
+      <c r="O50" s="369"/>
+      <c r="P50" s="369"/>
+      <c r="Q50" s="369"/>
+      <c r="R50" s="369"/>
+      <c r="S50" s="370"/>
       <c r="T50" s="37"/>
     </row>
     <row r="51" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A51" s="37"/>
       <c r="B51" s="37"/>
       <c r="C51" s="37"/>
       <c r="D51" s="37"/>
       <c r="E51" s="37"/>
       <c r="F51" s="37"/>
       <c r="G51" s="37"/>
       <c r="H51" s="37"/>
       <c r="I51" s="37"/>
       <c r="J51" s="37"/>
       <c r="K51" s="37"/>
       <c r="L51" s="37"/>
       <c r="M51" s="37"/>
-      <c r="N51" s="411"/>
-[...4 lines deleted...]
-      <c r="S51" s="413"/>
+      <c r="N51" s="368"/>
+      <c r="O51" s="369"/>
+      <c r="P51" s="369"/>
+      <c r="Q51" s="369"/>
+      <c r="R51" s="369"/>
+      <c r="S51" s="370"/>
       <c r="T51" s="37"/>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A52" s="37"/>
-      <c r="B52" s="453" t="str">
+      <c r="B52" s="526" t="str">
         <f>"Bank statements will be submitted by the applicant to show that £" &amp; Dropdowns!$T$29 &amp; ", plus £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted."</f>
         <v>Bank statements will be submitted by the applicant to show that £1270, plus £285 for their partner, £315 for their first child, and £200 for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted.</v>
       </c>
-      <c r="C52" s="453"/>
-[...5 lines deleted...]
-      <c r="I52" s="453"/>
+      <c r="C52" s="526"/>
+      <c r="D52" s="526"/>
+      <c r="E52" s="526"/>
+      <c r="F52" s="526"/>
+      <c r="G52" s="526"/>
+      <c r="H52" s="526"/>
+      <c r="I52" s="526"/>
       <c r="J52" s="37"/>
       <c r="K52" s="37"/>
       <c r="L52" s="37"/>
       <c r="M52" s="37"/>
-      <c r="N52" s="411"/>
-[...4 lines deleted...]
-      <c r="S52" s="413"/>
+      <c r="N52" s="368"/>
+      <c r="O52" s="369"/>
+      <c r="P52" s="369"/>
+      <c r="Q52" s="369"/>
+      <c r="R52" s="369"/>
+      <c r="S52" s="370"/>
       <c r="T52" s="37"/>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A53" s="37"/>
-      <c r="B53" s="453"/>
-[...6 lines deleted...]
-      <c r="I53" s="453"/>
+      <c r="B53" s="526"/>
+      <c r="C53" s="526"/>
+      <c r="D53" s="526"/>
+      <c r="E53" s="526"/>
+      <c r="F53" s="526"/>
+      <c r="G53" s="526"/>
+      <c r="H53" s="526"/>
+      <c r="I53" s="526"/>
       <c r="J53" s="37"/>
       <c r="K53" s="37"/>
       <c r="L53" s="37"/>
       <c r="M53" s="37"/>
-      <c r="N53" s="411"/>
-[...4 lines deleted...]
-      <c r="S53" s="413"/>
+      <c r="N53" s="368"/>
+      <c r="O53" s="369"/>
+      <c r="P53" s="369"/>
+      <c r="Q53" s="369"/>
+      <c r="R53" s="369"/>
+      <c r="S53" s="370"/>
       <c r="T53" s="37"/>
     </row>
     <row r="54" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A54" s="37"/>
-      <c r="B54" s="453"/>
-[...6 lines deleted...]
-      <c r="I54" s="453"/>
+      <c r="B54" s="526"/>
+      <c r="C54" s="526"/>
+      <c r="D54" s="526"/>
+      <c r="E54" s="526"/>
+      <c r="F54" s="526"/>
+      <c r="G54" s="526"/>
+      <c r="H54" s="526"/>
+      <c r="I54" s="526"/>
       <c r="J54" s="37"/>
       <c r="K54" s="37"/>
       <c r="L54" s="37"/>
       <c r="M54" s="37"/>
-      <c r="N54" s="414"/>
-[...4 lines deleted...]
-      <c r="S54" s="416"/>
+      <c r="N54" s="371"/>
+      <c r="O54" s="372"/>
+      <c r="P54" s="372"/>
+      <c r="Q54" s="372"/>
+      <c r="R54" s="372"/>
+      <c r="S54" s="373"/>
       <c r="T54" s="37"/>
     </row>
     <row r="55" spans="1:20" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="49"/>
       <c r="B55" s="49"/>
       <c r="C55" s="49"/>
       <c r="D55" s="49"/>
       <c r="E55" s="49"/>
       <c r="F55" s="49"/>
       <c r="G55" s="49"/>
       <c r="H55" s="49"/>
       <c r="I55" s="49"/>
       <c r="J55" s="49"/>
       <c r="K55" s="49"/>
       <c r="L55" s="49"/>
       <c r="M55" s="49"/>
       <c r="N55" s="65"/>
       <c r="O55" s="65"/>
       <c r="P55" s="65"/>
       <c r="Q55" s="65"/>
       <c r="R55" s="65"/>
       <c r="S55" s="65"/>
       <c r="T55" s="49"/>
     </row>
     <row r="56" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A56" s="308" t="s">
+      <c r="A56" s="576" t="s">
         <v>722</v>
       </c>
-      <c r="B56" s="308"/>
-[...7 lines deleted...]
-      <c r="J56" s="308"/>
+      <c r="B56" s="576"/>
+      <c r="C56" s="576"/>
+      <c r="D56" s="576"/>
+      <c r="E56" s="576"/>
+      <c r="F56" s="576"/>
+      <c r="G56" s="576"/>
+      <c r="H56" s="576"/>
+      <c r="I56" s="576"/>
+      <c r="J56" s="576"/>
       <c r="K56" s="70"/>
       <c r="L56" s="70"/>
       <c r="M56" s="70"/>
       <c r="N56" s="70"/>
       <c r="O56" s="70"/>
       <c r="P56" s="70"/>
       <c r="Q56" s="70"/>
       <c r="R56" s="70"/>
       <c r="S56" s="70"/>
       <c r="T56" s="70"/>
     </row>
     <row r="57" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A57" s="42"/>
       <c r="B57" s="42"/>
       <c r="C57" s="42"/>
       <c r="D57" s="42"/>
       <c r="E57" s="42"/>
       <c r="F57" s="42"/>
       <c r="G57" s="42"/>
       <c r="H57" s="42"/>
       <c r="I57" s="42"/>
       <c r="J57" s="42"/>
       <c r="K57" s="70"/>
       <c r="L57" s="70"/>
       <c r="M57" s="70"/>
       <c r="N57" s="70"/>
       <c r="O57" s="70"/>
       <c r="P57" s="70"/>
       <c r="Q57" s="70"/>
       <c r="R57" s="70"/>
       <c r="S57" s="70"/>
       <c r="T57" s="70"/>
     </row>
     <row r="58" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A58" s="347" t="s">
+      <c r="A58" s="528" t="s">
         <v>723</v>
       </c>
-      <c r="B58" s="347"/>
-[...7 lines deleted...]
-      <c r="J58" s="347"/>
+      <c r="B58" s="528"/>
+      <c r="C58" s="528"/>
+      <c r="D58" s="528"/>
+      <c r="E58" s="528"/>
+      <c r="F58" s="528"/>
+      <c r="G58" s="528"/>
+      <c r="H58" s="528"/>
+      <c r="I58" s="528"/>
+      <c r="J58" s="528"/>
       <c r="K58" s="70"/>
       <c r="L58" s="70"/>
       <c r="M58" s="70"/>
       <c r="N58" s="70"/>
       <c r="O58" s="70"/>
       <c r="P58" s="70"/>
       <c r="Q58" s="70"/>
       <c r="R58" s="70"/>
       <c r="S58" s="70"/>
       <c r="T58" s="70"/>
     </row>
     <row r="59" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A59" s="347"/>
-[...8 lines deleted...]
-      <c r="J59" s="347"/>
+      <c r="A59" s="528"/>
+      <c r="B59" s="528"/>
+      <c r="C59" s="528"/>
+      <c r="D59" s="528"/>
+      <c r="E59" s="528"/>
+      <c r="F59" s="528"/>
+      <c r="G59" s="528"/>
+      <c r="H59" s="528"/>
+      <c r="I59" s="528"/>
+      <c r="J59" s="528"/>
       <c r="K59" s="70"/>
       <c r="L59" s="70"/>
       <c r="M59" s="70"/>
       <c r="N59" s="70"/>
       <c r="O59" s="70"/>
       <c r="P59" s="70"/>
       <c r="Q59" s="70"/>
       <c r="R59" s="70"/>
       <c r="S59" s="70"/>
       <c r="T59" s="70"/>
     </row>
     <row r="60" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="42"/>
       <c r="B60" s="42"/>
       <c r="C60" s="42"/>
       <c r="D60" s="42"/>
       <c r="E60" s="42"/>
       <c r="F60" s="42"/>
       <c r="G60" s="42"/>
       <c r="H60" s="42"/>
       <c r="I60" s="42"/>
       <c r="J60" s="42"/>
       <c r="K60" s="70"/>
       <c r="L60" s="70"/>
       <c r="M60" s="70"/>
       <c r="N60" s="70"/>
       <c r="O60" s="70"/>
       <c r="P60" s="70"/>
       <c r="Q60" s="70"/>
       <c r="R60" s="70"/>
       <c r="S60" s="70"/>
       <c r="T60" s="70"/>
     </row>
     <row r="61" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="429" t="s">
+      <c r="A61" s="338" t="s">
         <v>724</v>
       </c>
-      <c r="B61" s="429"/>
-[...4 lines deleted...]
-      <c r="G61" s="429"/>
+      <c r="B61" s="338"/>
+      <c r="C61" s="338"/>
+      <c r="D61" s="338"/>
+      <c r="E61" s="338"/>
+      <c r="F61" s="338"/>
+      <c r="G61" s="338"/>
       <c r="H61" s="42"/>
-      <c r="I61" s="455" t="s">
+      <c r="I61" s="529" t="s">
         <v>380</v>
       </c>
-      <c r="J61" s="456"/>
+      <c r="J61" s="530"/>
       <c r="K61" s="70"/>
       <c r="L61" s="70"/>
       <c r="M61" s="70"/>
-      <c r="N61" s="365"/>
-[...4 lines deleted...]
-      <c r="S61" s="367"/>
+      <c r="N61" s="345"/>
+      <c r="O61" s="346"/>
+      <c r="P61" s="346"/>
+      <c r="Q61" s="346"/>
+      <c r="R61" s="346"/>
+      <c r="S61" s="347"/>
       <c r="T61" s="70"/>
     </row>
     <row r="62" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="429" t="s">
+      <c r="A62" s="338" t="s">
         <v>725</v>
       </c>
-      <c r="B62" s="429"/>
-[...7 lines deleted...]
-      <c r="J62" s="426"/>
+      <c r="B62" s="338"/>
+      <c r="C62" s="338"/>
+      <c r="D62" s="338"/>
+      <c r="E62" s="339"/>
+      <c r="F62" s="340"/>
+      <c r="G62" s="340"/>
+      <c r="H62" s="340"/>
+      <c r="I62" s="340"/>
+      <c r="J62" s="341"/>
       <c r="K62" s="70"/>
       <c r="L62" s="70"/>
       <c r="M62" s="70"/>
-      <c r="N62" s="373"/>
-[...4 lines deleted...]
-      <c r="S62" s="375"/>
+      <c r="N62" s="348"/>
+      <c r="O62" s="349"/>
+      <c r="P62" s="349"/>
+      <c r="Q62" s="349"/>
+      <c r="R62" s="349"/>
+      <c r="S62" s="350"/>
       <c r="T62" s="70"/>
     </row>
     <row r="63" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="328" t="s">
+      <c r="A63" s="531" t="s">
         <v>726</v>
       </c>
-      <c r="B63" s="328"/>
-[...7 lines deleted...]
-      <c r="J63" s="426"/>
+      <c r="B63" s="531"/>
+      <c r="C63" s="531"/>
+      <c r="D63" s="531"/>
+      <c r="E63" s="339"/>
+      <c r="F63" s="340"/>
+      <c r="G63" s="340"/>
+      <c r="H63" s="340"/>
+      <c r="I63" s="340"/>
+      <c r="J63" s="341"/>
       <c r="K63" s="70"/>
       <c r="L63" s="70"/>
       <c r="M63" s="70"/>
-      <c r="N63" s="373"/>
-[...4 lines deleted...]
-      <c r="S63" s="375"/>
+      <c r="N63" s="348"/>
+      <c r="O63" s="349"/>
+      <c r="P63" s="349"/>
+      <c r="Q63" s="349"/>
+      <c r="R63" s="349"/>
+      <c r="S63" s="350"/>
       <c r="T63" s="70"/>
     </row>
     <row r="64" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="328" t="s">
+      <c r="A64" s="531" t="s">
         <v>727</v>
       </c>
-      <c r="B64" s="328"/>
-[...7 lines deleted...]
-      <c r="J64" s="426"/>
+      <c r="B64" s="531"/>
+      <c r="C64" s="531"/>
+      <c r="D64" s="531"/>
+      <c r="E64" s="339"/>
+      <c r="F64" s="340"/>
+      <c r="G64" s="340"/>
+      <c r="H64" s="340"/>
+      <c r="I64" s="340"/>
+      <c r="J64" s="341"/>
       <c r="K64" s="70"/>
       <c r="L64" s="70"/>
       <c r="M64" s="70"/>
-      <c r="N64" s="368"/>
-[...4 lines deleted...]
-      <c r="S64" s="370"/>
+      <c r="N64" s="351"/>
+      <c r="O64" s="352"/>
+      <c r="P64" s="352"/>
+      <c r="Q64" s="352"/>
+      <c r="R64" s="352"/>
+      <c r="S64" s="353"/>
       <c r="T64" s="70"/>
     </row>
     <row r="65" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="42"/>
       <c r="B65" s="42"/>
       <c r="C65" s="42"/>
       <c r="D65" s="42"/>
-      <c r="E65" s="454" t="str">
+      <c r="E65" s="527" t="str">
         <f>IF(AND($E$64&lt;&gt;"",$E$63&lt;&gt;"",ISERROR(FIND(" ",TRIM($E$63)))),"Please check this is a previous name, not a middle name","")</f>
         <v/>
       </c>
-      <c r="F65" s="454"/>
-[...3 lines deleted...]
-      <c r="J65" s="454"/>
+      <c r="F65" s="527"/>
+      <c r="G65" s="527"/>
+      <c r="H65" s="527"/>
+      <c r="I65" s="527"/>
+      <c r="J65" s="527"/>
       <c r="K65" s="70"/>
       <c r="L65" s="70"/>
       <c r="M65" s="70"/>
       <c r="N65" s="70"/>
       <c r="O65" s="70"/>
       <c r="P65" s="70"/>
       <c r="Q65" s="70"/>
       <c r="R65" s="70"/>
       <c r="S65" s="70"/>
       <c r="T65" s="70"/>
     </row>
     <row r="66" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="71" t="s">
         <v>728</v>
       </c>
       <c r="B66" s="42"/>
       <c r="C66" s="42"/>
       <c r="D66" s="42"/>
-      <c r="E66" s="424"/>
-[...4 lines deleted...]
-      <c r="J66" s="426"/>
+      <c r="E66" s="339"/>
+      <c r="F66" s="340"/>
+      <c r="G66" s="340"/>
+      <c r="H66" s="340"/>
+      <c r="I66" s="340"/>
+      <c r="J66" s="341"/>
       <c r="K66" s="70"/>
       <c r="L66" s="70"/>
       <c r="M66" s="70"/>
-      <c r="N66" s="365"/>
-[...4 lines deleted...]
-      <c r="S66" s="367"/>
+      <c r="N66" s="345"/>
+      <c r="O66" s="346"/>
+      <c r="P66" s="346"/>
+      <c r="Q66" s="346"/>
+      <c r="R66" s="346"/>
+      <c r="S66" s="347"/>
       <c r="T66" s="70"/>
     </row>
     <row r="67" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="71" t="s">
         <v>729</v>
       </c>
       <c r="B67" s="42"/>
       <c r="C67" s="42"/>
       <c r="D67" s="42"/>
-      <c r="E67" s="424"/>
-[...4 lines deleted...]
-      <c r="J67" s="426"/>
+      <c r="E67" s="339"/>
+      <c r="F67" s="340"/>
+      <c r="G67" s="340"/>
+      <c r="H67" s="340"/>
+      <c r="I67" s="340"/>
+      <c r="J67" s="341"/>
       <c r="K67" s="70"/>
       <c r="L67" s="70"/>
       <c r="M67" s="70"/>
-      <c r="N67" s="373"/>
-[...4 lines deleted...]
-      <c r="S67" s="375"/>
+      <c r="N67" s="348"/>
+      <c r="O67" s="349"/>
+      <c r="P67" s="349"/>
+      <c r="Q67" s="349"/>
+      <c r="R67" s="349"/>
+      <c r="S67" s="350"/>
       <c r="T67" s="70"/>
     </row>
     <row r="68" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="71" t="s">
         <v>730</v>
       </c>
       <c r="B68" s="42"/>
       <c r="C68" s="42"/>
       <c r="D68" s="42"/>
-      <c r="E68" s="424"/>
-[...4 lines deleted...]
-      <c r="J68" s="426"/>
+      <c r="E68" s="339"/>
+      <c r="F68" s="340"/>
+      <c r="G68" s="340"/>
+      <c r="H68" s="340"/>
+      <c r="I68" s="340"/>
+      <c r="J68" s="341"/>
       <c r="K68" s="70"/>
       <c r="L68" s="70"/>
       <c r="M68" s="70"/>
-      <c r="N68" s="368"/>
-[...4 lines deleted...]
-      <c r="S68" s="370"/>
+      <c r="N68" s="351"/>
+      <c r="O68" s="352"/>
+      <c r="P68" s="352"/>
+      <c r="Q68" s="352"/>
+      <c r="R68" s="352"/>
+      <c r="S68" s="353"/>
       <c r="T68" s="70"/>
     </row>
     <row r="69" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="42"/>
-      <c r="B69" s="421" t="str">
+      <c r="B69" s="329" t="str">
         <f>IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$I$5:$I$8,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$27,Dropdowns!$I$5:$I$8,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$28,Dropdowns!$I$5:$I$8,1,FALSE))),"NOTE: Applicant is a British or Irish national - Tier 5 visa not required","")</f>
         <v/>
       </c>
-      <c r="C69" s="421"/>
-[...5 lines deleted...]
-      <c r="I69" s="421"/>
+      <c r="C69" s="329"/>
+      <c r="D69" s="329"/>
+      <c r="E69" s="329"/>
+      <c r="F69" s="329"/>
+      <c r="G69" s="329"/>
+      <c r="H69" s="329"/>
+      <c r="I69" s="329"/>
       <c r="J69" s="42"/>
       <c r="K69" s="70"/>
       <c r="L69" s="70"/>
       <c r="M69" s="70"/>
       <c r="N69" s="70"/>
       <c r="O69" s="70"/>
       <c r="P69" s="70"/>
       <c r="Q69" s="70"/>
       <c r="R69" s="70"/>
       <c r="S69" s="70"/>
       <c r="T69" s="70"/>
     </row>
     <row r="70" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="71" t="s">
         <v>731</v>
       </c>
       <c r="B70" s="42"/>
       <c r="C70" s="42"/>
       <c r="D70" s="42"/>
       <c r="E70" s="42"/>
       <c r="G70" s="72" t="s">
         <v>380</v>
       </c>
       <c r="H70" s="42"/>
       <c r="I70" s="42"/>
       <c r="J70" s="42"/>
       <c r="K70" s="70"/>
       <c r="L70" s="70"/>
       <c r="M70" s="70"/>
-      <c r="N70" s="365"/>
-[...4 lines deleted...]
-      <c r="S70" s="367"/>
+      <c r="N70" s="345"/>
+      <c r="O70" s="346"/>
+      <c r="P70" s="346"/>
+      <c r="Q70" s="346"/>
+      <c r="R70" s="346"/>
+      <c r="S70" s="347"/>
       <c r="T70" s="70"/>
     </row>
     <row r="71" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="71" t="s">
         <v>732</v>
       </c>
       <c r="B71" s="42"/>
       <c r="C71" s="42"/>
       <c r="D71" s="42"/>
-      <c r="E71" s="446"/>
-[...4 lines deleted...]
-      <c r="J71" s="448"/>
+      <c r="E71" s="558"/>
+      <c r="F71" s="559"/>
+      <c r="G71" s="559"/>
+      <c r="H71" s="559"/>
+      <c r="I71" s="559"/>
+      <c r="J71" s="560"/>
       <c r="K71" s="70"/>
       <c r="L71" s="70"/>
       <c r="M71" s="70"/>
-      <c r="N71" s="373"/>
-[...4 lines deleted...]
-      <c r="S71" s="375"/>
+      <c r="N71" s="348"/>
+      <c r="O71" s="349"/>
+      <c r="P71" s="349"/>
+      <c r="Q71" s="349"/>
+      <c r="R71" s="349"/>
+      <c r="S71" s="350"/>
       <c r="T71" s="70"/>
     </row>
     <row r="72" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="71" t="s">
         <v>733</v>
       </c>
       <c r="B72" s="42"/>
       <c r="C72" s="42"/>
       <c r="D72" s="42"/>
-      <c r="E72" s="446"/>
-[...4 lines deleted...]
-      <c r="J72" s="448"/>
+      <c r="E72" s="558"/>
+      <c r="F72" s="559"/>
+      <c r="G72" s="559"/>
+      <c r="H72" s="559"/>
+      <c r="I72" s="559"/>
+      <c r="J72" s="560"/>
       <c r="K72" s="70"/>
       <c r="L72" s="70"/>
       <c r="M72" s="70"/>
-      <c r="N72" s="368"/>
-[...4 lines deleted...]
-      <c r="S72" s="370"/>
+      <c r="N72" s="351"/>
+      <c r="O72" s="352"/>
+      <c r="P72" s="352"/>
+      <c r="Q72" s="352"/>
+      <c r="R72" s="352"/>
+      <c r="S72" s="353"/>
       <c r="T72" s="70"/>
     </row>
     <row r="73" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="428" t="str">
+      <c r="A73" s="330" t="str">
         <f>IF(OR(AND(CHECKING!$D$27&lt;&gt;"- select -",CHECKING!$D$27&lt;&gt;""),AND(CHECKING!$D$28&lt;&gt;"- select -",CHECKING!$D$28&lt;&gt;"")),"Please provide copies of passports for each nationality","")</f>
         <v/>
       </c>
-      <c r="B73" s="428"/>
-[...7 lines deleted...]
-      <c r="J73" s="428"/>
+      <c r="B73" s="330"/>
+      <c r="C73" s="330"/>
+      <c r="D73" s="330"/>
+      <c r="E73" s="330"/>
+      <c r="F73" s="330"/>
+      <c r="G73" s="330"/>
+      <c r="H73" s="330"/>
+      <c r="I73" s="330"/>
+      <c r="J73" s="330"/>
       <c r="K73" s="70"/>
       <c r="L73" s="70"/>
       <c r="M73" s="70"/>
       <c r="N73" s="70"/>
       <c r="O73" s="70"/>
       <c r="P73" s="70"/>
       <c r="Q73" s="70"/>
       <c r="R73" s="70"/>
       <c r="S73" s="70"/>
       <c r="T73" s="70"/>
     </row>
     <row r="74" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="429" t="s">
+      <c r="A74" s="338" t="s">
         <v>740</v>
       </c>
-      <c r="B74" s="429"/>
-[...2 lines deleted...]
-      <c r="E74" s="327"/>
+      <c r="B74" s="338"/>
+      <c r="C74" s="546"/>
+      <c r="D74" s="547"/>
+      <c r="E74" s="548"/>
       <c r="F74" s="71" t="s">
         <v>378</v>
       </c>
       <c r="G74" s="81" t="s">
         <v>380</v>
       </c>
       <c r="H74" s="82" t="s">
         <v>741</v>
       </c>
       <c r="I74" s="83"/>
       <c r="J74" s="42"/>
       <c r="K74" s="70"/>
       <c r="L74" s="70"/>
       <c r="M74" s="70"/>
-      <c r="N74" s="365"/>
-[...4 lines deleted...]
-      <c r="S74" s="367"/>
+      <c r="N74" s="345"/>
+      <c r="O74" s="346"/>
+      <c r="P74" s="346"/>
+      <c r="Q74" s="346"/>
+      <c r="R74" s="346"/>
+      <c r="S74" s="347"/>
       <c r="T74" s="70"/>
     </row>
     <row r="75" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A75" s="42"/>
       <c r="B75" s="42"/>
-      <c r="C75" s="421" t="str">
+      <c r="C75" s="329" t="str">
         <f ca="1">IFERROR(IF($D$74&lt;&gt;"",IF(YEAR($D$74)&gt;(YEAR($I$457)-16),YEAR($I$457)-YEAR($D$74)&amp;" years old?",IF(YEAR($D$74)&lt;(YEAR($I$457)-80),YEAR($I$457)-YEAR($D$74)&amp;" years old?","Applicant is " &amp; DATEDIF($D$74,TODAY(),"y") &amp; " years &amp; " &amp; DATEDIF($D$74,TODAY(),"ym") &amp; " months old")),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="D75" s="421"/>
-[...1 lines deleted...]
-      <c r="F75" s="421"/>
+      <c r="D75" s="329"/>
+      <c r="E75" s="329"/>
+      <c r="F75" s="329"/>
       <c r="G75" s="80"/>
       <c r="H75" s="80"/>
       <c r="I75" s="80"/>
       <c r="J75" s="42"/>
       <c r="K75" s="70"/>
       <c r="L75" s="70"/>
       <c r="M75" s="70"/>
-      <c r="N75" s="368"/>
-[...4 lines deleted...]
-      <c r="S75" s="370"/>
+      <c r="N75" s="351"/>
+      <c r="O75" s="352"/>
+      <c r="P75" s="352"/>
+      <c r="Q75" s="352"/>
+      <c r="R75" s="352"/>
+      <c r="S75" s="353"/>
       <c r="T75" s="70"/>
     </row>
     <row r="76" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="42"/>
       <c r="B76" s="42"/>
       <c r="C76" s="42"/>
       <c r="D76" s="42"/>
       <c r="E76" s="42"/>
       <c r="F76" s="42"/>
       <c r="G76" s="42"/>
       <c r="H76" s="42"/>
       <c r="I76" s="42"/>
       <c r="J76" s="42"/>
       <c r="K76" s="70"/>
       <c r="L76" s="70"/>
       <c r="M76" s="70"/>
       <c r="N76" s="70"/>
       <c r="O76" s="70"/>
       <c r="P76" s="70"/>
       <c r="Q76" s="70"/>
       <c r="R76" s="70"/>
       <c r="S76" s="70"/>
       <c r="T76" s="70"/>
     </row>
     <row r="77" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="429" t="s">
+      <c r="A77" s="338" t="s">
         <v>742</v>
       </c>
-      <c r="B77" s="429"/>
-[...7 lines deleted...]
-      <c r="J77" s="397"/>
+      <c r="B77" s="338"/>
+      <c r="C77" s="338"/>
+      <c r="D77" s="338"/>
+      <c r="E77" s="553"/>
+      <c r="F77" s="554"/>
+      <c r="G77" s="554"/>
+      <c r="H77" s="554"/>
+      <c r="I77" s="554"/>
+      <c r="J77" s="555"/>
       <c r="K77" s="70"/>
       <c r="L77" s="70"/>
       <c r="M77" s="70"/>
-      <c r="N77" s="365"/>
-[...4 lines deleted...]
-      <c r="S77" s="367"/>
+      <c r="N77" s="345"/>
+      <c r="O77" s="346"/>
+      <c r="P77" s="346"/>
+      <c r="Q77" s="346"/>
+      <c r="R77" s="346"/>
+      <c r="S77" s="347"/>
       <c r="T77" s="70"/>
     </row>
     <row r="78" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="42"/>
       <c r="B78" s="42"/>
       <c r="C78" s="42"/>
       <c r="D78" s="42"/>
       <c r="E78" s="42"/>
       <c r="F78" s="42"/>
       <c r="G78" s="42"/>
       <c r="H78" s="42"/>
       <c r="I78" s="42"/>
       <c r="J78" s="42"/>
       <c r="K78" s="70"/>
       <c r="L78" s="70"/>
       <c r="M78" s="70"/>
-      <c r="N78" s="373"/>
-[...4 lines deleted...]
-      <c r="S78" s="375"/>
+      <c r="N78" s="348"/>
+      <c r="O78" s="349"/>
+      <c r="P78" s="349"/>
+      <c r="Q78" s="349"/>
+      <c r="R78" s="349"/>
+      <c r="S78" s="350"/>
       <c r="T78" s="70"/>
     </row>
     <row r="79" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="71" t="s">
         <v>743</v>
       </c>
       <c r="B79" s="42"/>
       <c r="C79" s="42"/>
       <c r="D79" s="42"/>
-      <c r="E79" s="325"/>
-[...4 lines deleted...]
-      <c r="J79" s="327"/>
+      <c r="E79" s="547"/>
+      <c r="F79" s="579"/>
+      <c r="G79" s="579"/>
+      <c r="H79" s="579"/>
+      <c r="I79" s="579"/>
+      <c r="J79" s="548"/>
       <c r="K79" s="70"/>
       <c r="L79" s="70"/>
       <c r="M79" s="70"/>
-      <c r="N79" s="373"/>
-[...4 lines deleted...]
-      <c r="S79" s="375"/>
+      <c r="N79" s="348"/>
+      <c r="O79" s="349"/>
+      <c r="P79" s="349"/>
+      <c r="Q79" s="349"/>
+      <c r="R79" s="349"/>
+      <c r="S79" s="350"/>
       <c r="T79" s="70"/>
     </row>
     <row r="80" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="71" t="s">
         <v>744</v>
       </c>
       <c r="B80" s="42"/>
       <c r="C80" s="42"/>
       <c r="D80" s="42"/>
-      <c r="E80" s="325"/>
-[...4 lines deleted...]
-      <c r="J80" s="327"/>
+      <c r="E80" s="547"/>
+      <c r="F80" s="579"/>
+      <c r="G80" s="579"/>
+      <c r="H80" s="579"/>
+      <c r="I80" s="579"/>
+      <c r="J80" s="548"/>
       <c r="K80" s="70"/>
       <c r="L80" s="70"/>
       <c r="M80" s="70"/>
-      <c r="N80" s="373"/>
-[...4 lines deleted...]
-      <c r="S80" s="375"/>
+      <c r="N80" s="348"/>
+      <c r="O80" s="349"/>
+      <c r="P80" s="349"/>
+      <c r="Q80" s="349"/>
+      <c r="R80" s="349"/>
+      <c r="S80" s="350"/>
       <c r="T80" s="70"/>
     </row>
     <row r="81" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A81" s="421" t="str">
+      <c r="A81" s="329" t="str">
         <f ca="1">IFERROR(IF($E$80&lt;&gt;"",IF($E$80&lt;=TODAY(),"expired passport - please list new passport details",IF(DATEDIF(TODAY(),$E$80,"M")&lt;=3,"this passport will expire in around three months or less - please list new passport details","")),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="B81" s="421"/>
-[...7 lines deleted...]
-      <c r="J81" s="421"/>
+      <c r="B81" s="329"/>
+      <c r="C81" s="329"/>
+      <c r="D81" s="329"/>
+      <c r="E81" s="329"/>
+      <c r="F81" s="329"/>
+      <c r="G81" s="329"/>
+      <c r="H81" s="329"/>
+      <c r="I81" s="329"/>
+      <c r="J81" s="329"/>
       <c r="K81" s="70"/>
       <c r="L81" s="70"/>
       <c r="M81" s="70"/>
-      <c r="N81" s="373"/>
-[...4 lines deleted...]
-      <c r="S81" s="375"/>
+      <c r="N81" s="348"/>
+      <c r="O81" s="349"/>
+      <c r="P81" s="349"/>
+      <c r="Q81" s="349"/>
+      <c r="R81" s="349"/>
+      <c r="S81" s="350"/>
       <c r="T81" s="70"/>
     </row>
     <row r="82" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="42"/>
       <c r="B82" s="42"/>
       <c r="C82" s="42"/>
       <c r="D82" s="42"/>
       <c r="E82" s="42"/>
       <c r="F82" s="42"/>
       <c r="G82" s="42"/>
       <c r="H82" s="42"/>
       <c r="I82" s="42"/>
       <c r="J82" s="42"/>
       <c r="K82" s="70"/>
       <c r="L82" s="70"/>
       <c r="M82" s="70"/>
-      <c r="N82" s="373"/>
-[...4 lines deleted...]
-      <c r="S82" s="375"/>
+      <c r="N82" s="348"/>
+      <c r="O82" s="349"/>
+      <c r="P82" s="349"/>
+      <c r="Q82" s="349"/>
+      <c r="R82" s="349"/>
+      <c r="S82" s="350"/>
       <c r="T82" s="70"/>
     </row>
     <row r="83" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="429" t="s">
+      <c r="A83" s="338" t="s">
         <v>745</v>
       </c>
-      <c r="B83" s="429"/>
-[...7 lines deleted...]
-      <c r="J83" s="426"/>
+      <c r="B83" s="338"/>
+      <c r="C83" s="338"/>
+      <c r="D83" s="338"/>
+      <c r="E83" s="339"/>
+      <c r="F83" s="340"/>
+      <c r="G83" s="340"/>
+      <c r="H83" s="340"/>
+      <c r="I83" s="340"/>
+      <c r="J83" s="341"/>
       <c r="K83" s="70"/>
       <c r="L83" s="70"/>
       <c r="M83" s="70"/>
-      <c r="N83" s="373"/>
-[...4 lines deleted...]
-      <c r="S83" s="375"/>
+      <c r="N83" s="348"/>
+      <c r="O83" s="349"/>
+      <c r="P83" s="349"/>
+      <c r="Q83" s="349"/>
+      <c r="R83" s="349"/>
+      <c r="S83" s="350"/>
       <c r="T83" s="70"/>
     </row>
     <row r="84" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="429" t="s">
+      <c r="A84" s="338" t="s">
         <v>746</v>
       </c>
-      <c r="B84" s="429"/>
-[...7 lines deleted...]
-      <c r="J84" s="426"/>
+      <c r="B84" s="338"/>
+      <c r="C84" s="338"/>
+      <c r="D84" s="338"/>
+      <c r="E84" s="339"/>
+      <c r="F84" s="340"/>
+      <c r="G84" s="340"/>
+      <c r="H84" s="340"/>
+      <c r="I84" s="340"/>
+      <c r="J84" s="341"/>
       <c r="K84" s="70"/>
       <c r="L84" s="70"/>
       <c r="M84" s="70"/>
-      <c r="N84" s="368"/>
-[...4 lines deleted...]
-      <c r="S84" s="370"/>
+      <c r="N84" s="351"/>
+      <c r="O84" s="352"/>
+      <c r="P84" s="352"/>
+      <c r="Q84" s="352"/>
+      <c r="R84" s="352"/>
+      <c r="S84" s="353"/>
       <c r="T84" s="70"/>
     </row>
     <row r="85" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A85" s="42"/>
       <c r="B85" s="42"/>
       <c r="C85" s="42"/>
       <c r="D85" s="42"/>
       <c r="E85" s="42"/>
       <c r="F85" s="42"/>
       <c r="G85" s="42"/>
       <c r="H85" s="42"/>
       <c r="I85" s="42"/>
       <c r="J85" s="42"/>
       <c r="K85" s="70"/>
       <c r="L85" s="70"/>
       <c r="M85" s="70"/>
       <c r="N85" s="70"/>
       <c r="O85" s="70"/>
       <c r="P85" s="70"/>
       <c r="Q85" s="70"/>
       <c r="R85" s="70"/>
       <c r="S85" s="70"/>
       <c r="T85" s="70"/>
     </row>
     <row r="86" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A86" s="308" t="s">
+      <c r="A86" s="576" t="s">
         <v>747</v>
       </c>
-      <c r="B86" s="308"/>
-[...7 lines deleted...]
-      <c r="J86" s="308"/>
+      <c r="B86" s="576"/>
+      <c r="C86" s="576"/>
+      <c r="D86" s="576"/>
+      <c r="E86" s="576"/>
+      <c r="F86" s="576"/>
+      <c r="G86" s="576"/>
+      <c r="H86" s="576"/>
+      <c r="I86" s="576"/>
+      <c r="J86" s="576"/>
       <c r="K86" s="70"/>
       <c r="L86" s="70"/>
       <c r="M86" s="70"/>
       <c r="N86" s="70"/>
       <c r="O86" s="70"/>
       <c r="P86" s="70"/>
       <c r="Q86" s="70"/>
       <c r="R86" s="70"/>
       <c r="S86" s="70"/>
       <c r="T86" s="70"/>
     </row>
     <row r="87" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="42"/>
       <c r="B87" s="42"/>
       <c r="C87" s="42"/>
       <c r="D87" s="42"/>
       <c r="E87" s="42"/>
       <c r="F87" s="42"/>
       <c r="G87" s="42"/>
       <c r="H87" s="42"/>
       <c r="I87" s="42"/>
       <c r="J87" s="42"/>
       <c r="K87" s="70"/>
       <c r="L87" s="70"/>
       <c r="M87" s="70"/>
       <c r="N87" s="70"/>
       <c r="O87" s="70"/>
       <c r="P87" s="70"/>
       <c r="Q87" s="70"/>
       <c r="R87" s="70"/>
       <c r="S87" s="70"/>
       <c r="T87" s="70"/>
     </row>
     <row r="88" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="372" t="s">
+      <c r="A88" s="574" t="s">
         <v>748</v>
       </c>
-      <c r="B88" s="372"/>
-[...7 lines deleted...]
-      <c r="J88" s="426"/>
+      <c r="B88" s="574"/>
+      <c r="C88" s="574"/>
+      <c r="D88" s="574"/>
+      <c r="E88" s="339"/>
+      <c r="F88" s="340"/>
+      <c r="G88" s="340"/>
+      <c r="H88" s="340"/>
+      <c r="I88" s="340"/>
+      <c r="J88" s="341"/>
       <c r="K88" s="70"/>
       <c r="L88" s="70"/>
       <c r="M88" s="70"/>
-      <c r="N88" s="398"/>
-[...4 lines deleted...]
-      <c r="S88" s="400"/>
+      <c r="N88" s="567"/>
+      <c r="O88" s="568"/>
+      <c r="P88" s="568"/>
+      <c r="Q88" s="568"/>
+      <c r="R88" s="568"/>
+      <c r="S88" s="569"/>
       <c r="T88" s="70"/>
     </row>
     <row r="89" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A89" s="421" t="str">
+      <c r="A89" s="329" t="str">
         <f>IF(AND(CHECKING!$B$5=TRUE,OR(CHECKING!$D$36="UK",CHECKING!$D$36="United Kingdom")),"OUT of country selected above so Country of residence CANNOT be UK or United Kingdom",IF(AND(CHECKING!$B$6=TRUE,CHECKING!$D$36&lt;&gt;"UK",CHECKING!$D$36&lt;&gt;"United Kingdom"),"IN country selected above so Country of residence MUST be UK or United Kingdom",""))</f>
         <v/>
       </c>
-      <c r="B89" s="421"/>
-[...7 lines deleted...]
-      <c r="J89" s="421"/>
+      <c r="B89" s="329"/>
+      <c r="C89" s="329"/>
+      <c r="D89" s="329"/>
+      <c r="E89" s="329"/>
+      <c r="F89" s="329"/>
+      <c r="G89" s="329"/>
+      <c r="H89" s="329"/>
+      <c r="I89" s="329"/>
+      <c r="J89" s="329"/>
       <c r="K89" s="70"/>
       <c r="L89" s="70"/>
       <c r="M89" s="70"/>
       <c r="N89" s="70"/>
       <c r="O89" s="70"/>
       <c r="P89" s="70"/>
       <c r="Q89" s="70"/>
       <c r="R89" s="70"/>
       <c r="S89" s="70"/>
       <c r="T89" s="70"/>
     </row>
     <row r="90" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="428" t="str">
+      <c r="A90" s="330" t="str">
         <f>IF(AND($I$24=10,CHECKING!$D$36&lt;&gt;"",CHECKING!$D$36&lt;&gt;"- select -",CHECKING!$D$36&lt;&gt;CHECKING!$D$23,CHECKING!$D$36&lt;&gt;CHECKING!$D$27,CHECKING!$D$36&lt;&gt;CHECKING!$D$28),"Please provide copy of applicant's visa for the country where they are applying from","")</f>
         <v/>
       </c>
-      <c r="B90" s="428"/>
-[...7 lines deleted...]
-      <c r="J90" s="428"/>
+      <c r="B90" s="330"/>
+      <c r="C90" s="330"/>
+      <c r="D90" s="330"/>
+      <c r="E90" s="330"/>
+      <c r="F90" s="330"/>
+      <c r="G90" s="330"/>
+      <c r="H90" s="330"/>
+      <c r="I90" s="330"/>
+      <c r="J90" s="330"/>
       <c r="K90" s="70"/>
       <c r="L90" s="70"/>
       <c r="M90" s="70"/>
       <c r="N90" s="70"/>
       <c r="O90" s="70"/>
       <c r="P90" s="70"/>
       <c r="Q90" s="70"/>
       <c r="R90" s="70"/>
       <c r="S90" s="70"/>
       <c r="T90" s="70"/>
     </row>
     <row r="91" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A91" s="71" t="s">
         <v>749</v>
       </c>
       <c r="B91" s="42"/>
       <c r="C91" s="42"/>
       <c r="D91" s="42"/>
-      <c r="E91" s="402"/>
-[...4 lines deleted...]
-      <c r="J91" s="404"/>
+      <c r="E91" s="584"/>
+      <c r="F91" s="585"/>
+      <c r="G91" s="585"/>
+      <c r="H91" s="585"/>
+      <c r="I91" s="585"/>
+      <c r="J91" s="586"/>
       <c r="K91" s="70"/>
       <c r="L91" s="70"/>
       <c r="M91" s="70"/>
-      <c r="N91" s="365"/>
-[...4 lines deleted...]
-      <c r="S91" s="367"/>
+      <c r="N91" s="345"/>
+      <c r="O91" s="346"/>
+      <c r="P91" s="346"/>
+      <c r="Q91" s="346"/>
+      <c r="R91" s="346"/>
+      <c r="S91" s="347"/>
       <c r="T91" s="70"/>
     </row>
     <row r="92" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A92" s="85"/>
       <c r="B92" s="85"/>
       <c r="C92" s="85"/>
       <c r="D92" s="86"/>
-      <c r="E92" s="405"/>
-[...4 lines deleted...]
-      <c r="J92" s="407"/>
+      <c r="E92" s="561"/>
+      <c r="F92" s="562"/>
+      <c r="G92" s="562"/>
+      <c r="H92" s="562"/>
+      <c r="I92" s="562"/>
+      <c r="J92" s="563"/>
       <c r="K92" s="70"/>
       <c r="L92" s="70"/>
       <c r="M92" s="70"/>
-      <c r="N92" s="373"/>
-[...4 lines deleted...]
-      <c r="S92" s="375"/>
+      <c r="N92" s="348"/>
+      <c r="O92" s="349"/>
+      <c r="P92" s="349"/>
+      <c r="Q92" s="349"/>
+      <c r="R92" s="349"/>
+      <c r="S92" s="350"/>
       <c r="T92" s="70"/>
     </row>
     <row r="93" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A93" s="85"/>
       <c r="B93" s="85"/>
       <c r="C93" s="85"/>
       <c r="D93" s="86"/>
-      <c r="E93" s="405"/>
-[...4 lines deleted...]
-      <c r="J93" s="407"/>
+      <c r="E93" s="561"/>
+      <c r="F93" s="562"/>
+      <c r="G93" s="562"/>
+      <c r="H93" s="562"/>
+      <c r="I93" s="562"/>
+      <c r="J93" s="563"/>
       <c r="K93" s="70"/>
       <c r="L93" s="70"/>
       <c r="M93" s="70"/>
-      <c r="N93" s="373"/>
-[...4 lines deleted...]
-      <c r="S93" s="375"/>
+      <c r="N93" s="348"/>
+      <c r="O93" s="349"/>
+      <c r="P93" s="349"/>
+      <c r="Q93" s="349"/>
+      <c r="R93" s="349"/>
+      <c r="S93" s="350"/>
       <c r="T93" s="70"/>
     </row>
     <row r="94" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A94" s="85" t="s">
         <v>750</v>
       </c>
       <c r="B94" s="85"/>
       <c r="C94" s="85"/>
       <c r="D94" s="42"/>
-      <c r="E94" s="623"/>
-[...4 lines deleted...]
-      <c r="J94" s="625"/>
+      <c r="E94" s="326"/>
+      <c r="F94" s="327"/>
+      <c r="G94" s="327"/>
+      <c r="H94" s="327"/>
+      <c r="I94" s="327"/>
+      <c r="J94" s="328"/>
       <c r="K94" s="70"/>
       <c r="L94" s="70"/>
       <c r="M94" s="70"/>
-      <c r="N94" s="373"/>
-[...4 lines deleted...]
-      <c r="S94" s="375"/>
+      <c r="N94" s="348"/>
+      <c r="O94" s="349"/>
+      <c r="P94" s="349"/>
+      <c r="Q94" s="349"/>
+      <c r="R94" s="349"/>
+      <c r="S94" s="350"/>
       <c r="T94" s="70"/>
     </row>
     <row r="95" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A95" s="71" t="s">
         <v>751</v>
       </c>
       <c r="B95" s="42"/>
       <c r="C95" s="42"/>
       <c r="D95" s="42"/>
-      <c r="E95" s="405"/>
-[...4 lines deleted...]
-      <c r="J95" s="407"/>
+      <c r="E95" s="561"/>
+      <c r="F95" s="562"/>
+      <c r="G95" s="562"/>
+      <c r="H95" s="562"/>
+      <c r="I95" s="562"/>
+      <c r="J95" s="563"/>
       <c r="K95" s="70"/>
       <c r="L95" s="70"/>
       <c r="M95" s="70"/>
-      <c r="N95" s="368"/>
-[...4 lines deleted...]
-      <c r="S95" s="370"/>
+      <c r="N95" s="351"/>
+      <c r="O95" s="352"/>
+      <c r="P95" s="352"/>
+      <c r="Q95" s="352"/>
+      <c r="R95" s="352"/>
+      <c r="S95" s="353"/>
       <c r="T95" s="70"/>
     </row>
     <row r="96" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A96" s="71" t="s">
         <v>752</v>
       </c>
       <c r="B96" s="42"/>
       <c r="C96" s="42"/>
       <c r="D96" s="42"/>
-      <c r="E96" s="439"/>
-[...4 lines deleted...]
-      <c r="J96" s="441"/>
+      <c r="E96" s="549"/>
+      <c r="F96" s="550"/>
+      <c r="G96" s="550"/>
+      <c r="H96" s="550"/>
+      <c r="I96" s="550"/>
+      <c r="J96" s="551"/>
       <c r="K96" s="70"/>
       <c r="L96" s="70"/>
       <c r="M96" s="70"/>
       <c r="N96" s="70"/>
       <c r="O96" s="70"/>
       <c r="P96" s="70"/>
       <c r="Q96" s="70"/>
       <c r="R96" s="70"/>
       <c r="S96" s="70"/>
       <c r="T96" s="70"/>
     </row>
     <row r="97" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="71"/>
       <c r="B97" s="42"/>
       <c r="C97" s="42"/>
       <c r="D97" s="42"/>
-      <c r="E97" s="449" t="str">
+      <c r="E97" s="564" t="str">
         <f>IF(OR(ISNUMBER(SEARCH("University",$E$91)),ISNUMBER(SEARCH("Department",$E$91)),ISNUMBER(SEARCH("Faculty",$E$91)),ISNUMBER(SEARCH("School",$E$91)),ISNUMBER(SEARCH("Institute",$E$91)),ISNUMBER(SEARCH("University",$E$92)),ISNUMBER(SEARCH("Department",$E$92)),ISNUMBER(SEARCH("Faculty",$E$92)),ISNUMBER(SEARCH("School",$E$92)),ISNUMBER(SEARCH("Institute",$E$92))),"Check this is not a work address","")</f>
         <v/>
       </c>
-      <c r="F97" s="449"/>
-[...3 lines deleted...]
-      <c r="J97" s="449"/>
+      <c r="F97" s="564"/>
+      <c r="G97" s="564"/>
+      <c r="H97" s="564"/>
+      <c r="I97" s="564"/>
+      <c r="J97" s="564"/>
       <c r="K97" s="70"/>
       <c r="L97" s="70"/>
       <c r="M97" s="70"/>
       <c r="N97" s="70"/>
       <c r="O97" s="70"/>
       <c r="P97" s="70"/>
       <c r="Q97" s="70"/>
       <c r="R97" s="70"/>
       <c r="S97" s="70"/>
       <c r="T97" s="70"/>
     </row>
     <row r="98" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="71" t="s">
         <v>753</v>
       </c>
       <c r="B98" s="42"/>
       <c r="C98" s="42"/>
       <c r="D98" s="42"/>
-      <c r="E98" s="442"/>
-[...4 lines deleted...]
-      <c r="J98" s="426"/>
+      <c r="E98" s="357"/>
+      <c r="F98" s="340"/>
+      <c r="G98" s="340"/>
+      <c r="H98" s="340"/>
+      <c r="I98" s="340"/>
+      <c r="J98" s="341"/>
       <c r="K98" s="70"/>
       <c r="L98" s="70"/>
       <c r="M98" s="70"/>
-      <c r="N98" s="398"/>
-[...4 lines deleted...]
-      <c r="S98" s="400"/>
+      <c r="N98" s="567"/>
+      <c r="O98" s="568"/>
+      <c r="P98" s="568"/>
+      <c r="Q98" s="568"/>
+      <c r="R98" s="568"/>
+      <c r="S98" s="569"/>
       <c r="T98" s="70"/>
     </row>
     <row r="99" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A99" s="42"/>
       <c r="B99" s="42"/>
       <c r="C99" s="87"/>
       <c r="D99" s="87"/>
-      <c r="E99" s="443" t="str">
+      <c r="E99" s="552" t="str">
         <f>IF(AND(E91&lt;&gt;"",E96=""),"please provide the applicant's postcode","")</f>
         <v/>
       </c>
-      <c r="F99" s="443"/>
-[...3 lines deleted...]
-      <c r="J99" s="443"/>
+      <c r="F99" s="552"/>
+      <c r="G99" s="552"/>
+      <c r="H99" s="552"/>
+      <c r="I99" s="552"/>
+      <c r="J99" s="552"/>
       <c r="K99" s="70"/>
       <c r="L99" s="70"/>
       <c r="M99" s="70"/>
       <c r="N99" s="70"/>
       <c r="O99" s="70"/>
       <c r="P99" s="70"/>
       <c r="Q99" s="70"/>
       <c r="R99" s="70"/>
       <c r="S99" s="70"/>
       <c r="T99" s="70"/>
     </row>
     <row r="100" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="308" t="s">
-[...10 lines deleted...]
-      <c r="J100" s="308"/>
+      <c r="A100" s="576" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B100" s="576"/>
+      <c r="C100" s="576"/>
+      <c r="D100" s="576"/>
+      <c r="E100" s="576"/>
+      <c r="F100" s="576"/>
+      <c r="G100" s="576"/>
+      <c r="H100" s="576"/>
+      <c r="I100" s="576"/>
+      <c r="J100" s="576"/>
       <c r="K100" s="70"/>
       <c r="L100" s="70"/>
       <c r="M100" s="70"/>
       <c r="N100" s="70"/>
       <c r="O100" s="70"/>
       <c r="P100" s="70"/>
       <c r="Q100" s="70"/>
       <c r="R100" s="70"/>
       <c r="S100" s="70"/>
       <c r="T100" s="70"/>
     </row>
     <row r="101" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="347" t="s">
-[...10 lines deleted...]
-      <c r="J101" s="348" t="s">
+      <c r="A101" s="528" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B101" s="528"/>
+      <c r="C101" s="528"/>
+      <c r="D101" s="528"/>
+      <c r="E101" s="528"/>
+      <c r="F101" s="528"/>
+      <c r="G101" s="528"/>
+      <c r="H101" s="528"/>
+      <c r="I101" s="528"/>
+      <c r="J101" s="598" t="s">
         <v>380</v>
       </c>
       <c r="K101" s="70"/>
       <c r="L101" s="70"/>
       <c r="M101" s="70"/>
-      <c r="N101" s="338"/>
-[...4 lines deleted...]
-      <c r="S101" s="340"/>
+      <c r="N101" s="589"/>
+      <c r="O101" s="590"/>
+      <c r="P101" s="590"/>
+      <c r="Q101" s="590"/>
+      <c r="R101" s="590"/>
+      <c r="S101" s="591"/>
       <c r="T101" s="70"/>
     </row>
     <row r="102" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="347"/>
-[...8 lines deleted...]
-      <c r="J102" s="349"/>
+      <c r="A102" s="528"/>
+      <c r="B102" s="528"/>
+      <c r="C102" s="528"/>
+      <c r="D102" s="528"/>
+      <c r="E102" s="528"/>
+      <c r="F102" s="528"/>
+      <c r="G102" s="528"/>
+      <c r="H102" s="528"/>
+      <c r="I102" s="528"/>
+      <c r="J102" s="599"/>
       <c r="K102" s="70"/>
       <c r="L102" s="70"/>
       <c r="M102" s="70"/>
-      <c r="N102" s="341"/>
-[...4 lines deleted...]
-      <c r="S102" s="343"/>
+      <c r="N102" s="592"/>
+      <c r="O102" s="593"/>
+      <c r="P102" s="593"/>
+      <c r="Q102" s="593"/>
+      <c r="R102" s="593"/>
+      <c r="S102" s="594"/>
       <c r="T102" s="70"/>
     </row>
     <row r="103" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A103" s="347"/>
-[...7 lines deleted...]
-      <c r="I103" s="347"/>
+      <c r="A103" s="528"/>
+      <c r="B103" s="528"/>
+      <c r="C103" s="528"/>
+      <c r="D103" s="528"/>
+      <c r="E103" s="528"/>
+      <c r="F103" s="528"/>
+      <c r="G103" s="528"/>
+      <c r="H103" s="528"/>
+      <c r="I103" s="528"/>
       <c r="J103" s="288"/>
       <c r="K103" s="70"/>
       <c r="L103" s="70"/>
       <c r="M103" s="70"/>
-      <c r="N103" s="341"/>
-[...4 lines deleted...]
-      <c r="S103" s="343"/>
+      <c r="N103" s="592"/>
+      <c r="O103" s="593"/>
+      <c r="P103" s="593"/>
+      <c r="Q103" s="593"/>
+      <c r="R103" s="593"/>
+      <c r="S103" s="594"/>
       <c r="T103" s="70"/>
     </row>
     <row r="104" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="347"/>
-[...7 lines deleted...]
-      <c r="I104" s="347"/>
+      <c r="A104" s="528"/>
+      <c r="B104" s="528"/>
+      <c r="C104" s="528"/>
+      <c r="D104" s="528"/>
+      <c r="E104" s="528"/>
+      <c r="F104" s="528"/>
+      <c r="G104" s="528"/>
+      <c r="H104" s="528"/>
+      <c r="I104" s="528"/>
       <c r="J104" s="288"/>
       <c r="K104" s="70"/>
       <c r="L104" s="70"/>
       <c r="M104" s="70"/>
-      <c r="N104" s="341"/>
-[...4 lines deleted...]
-      <c r="S104" s="343"/>
+      <c r="N104" s="592"/>
+      <c r="O104" s="593"/>
+      <c r="P104" s="593"/>
+      <c r="Q104" s="593"/>
+      <c r="R104" s="593"/>
+      <c r="S104" s="594"/>
       <c r="T104" s="70"/>
     </row>
     <row r="105" spans="1:20" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="350" t="s">
-[...9 lines deleted...]
-      <c r="I105" s="350"/>
+      <c r="A105" s="411" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B105" s="411"/>
+      <c r="C105" s="411"/>
+      <c r="D105" s="411"/>
+      <c r="E105" s="411"/>
+      <c r="F105" s="411"/>
+      <c r="G105" s="411"/>
+      <c r="H105" s="411"/>
+      <c r="I105" s="411"/>
       <c r="J105" s="289" t="s">
         <v>380</v>
       </c>
       <c r="K105" s="70"/>
       <c r="L105" s="70"/>
       <c r="M105" s="70"/>
-      <c r="N105" s="341"/>
-[...4 lines deleted...]
-      <c r="S105" s="343"/>
+      <c r="N105" s="592"/>
+      <c r="O105" s="593"/>
+      <c r="P105" s="593"/>
+      <c r="Q105" s="593"/>
+      <c r="R105" s="593"/>
+      <c r="S105" s="594"/>
       <c r="T105" s="70"/>
     </row>
     <row r="106" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A106" s="350"/>
-[...8 lines deleted...]
-      <c r="J106" s="351"/>
+      <c r="A106" s="411"/>
+      <c r="B106" s="411"/>
+      <c r="C106" s="411"/>
+      <c r="D106" s="411"/>
+      <c r="E106" s="411"/>
+      <c r="F106" s="411"/>
+      <c r="G106" s="411"/>
+      <c r="H106" s="411"/>
+      <c r="I106" s="411"/>
+      <c r="J106" s="600"/>
       <c r="K106" s="70"/>
       <c r="L106" s="70"/>
       <c r="M106" s="70"/>
-      <c r="N106" s="341"/>
-[...4 lines deleted...]
-      <c r="S106" s="343"/>
+      <c r="N106" s="592"/>
+      <c r="O106" s="593"/>
+      <c r="P106" s="593"/>
+      <c r="Q106" s="593"/>
+      <c r="R106" s="593"/>
+      <c r="S106" s="594"/>
       <c r="T106" s="70"/>
     </row>
     <row r="107" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="350"/>
-[...8 lines deleted...]
-      <c r="J107" s="352"/>
+      <c r="A107" s="411"/>
+      <c r="B107" s="411"/>
+      <c r="C107" s="411"/>
+      <c r="D107" s="411"/>
+      <c r="E107" s="411"/>
+      <c r="F107" s="411"/>
+      <c r="G107" s="411"/>
+      <c r="H107" s="411"/>
+      <c r="I107" s="411"/>
+      <c r="J107" s="601"/>
       <c r="K107" s="70"/>
       <c r="L107" s="70"/>
       <c r="M107" s="70"/>
-      <c r="N107" s="344"/>
-[...4 lines deleted...]
-      <c r="S107" s="346"/>
+      <c r="N107" s="595"/>
+      <c r="O107" s="596"/>
+      <c r="P107" s="596"/>
+      <c r="Q107" s="596"/>
+      <c r="R107" s="596"/>
+      <c r="S107" s="597"/>
       <c r="T107" s="70"/>
     </row>
     <row r="108" spans="1:20" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="350"/>
-[...7 lines deleted...]
-      <c r="I108" s="350"/>
+      <c r="A108" s="411"/>
+      <c r="B108" s="411"/>
+      <c r="C108" s="411"/>
+      <c r="D108" s="411"/>
+      <c r="E108" s="411"/>
+      <c r="F108" s="411"/>
+      <c r="G108" s="411"/>
+      <c r="H108" s="411"/>
+      <c r="I108" s="411"/>
       <c r="J108" s="290" t="str">
         <f>IF(AND($J$105="Yes",$J$106=""),"enter no. of kids","")</f>
         <v/>
       </c>
       <c r="K108" s="40"/>
       <c r="L108" s="40"/>
       <c r="M108" s="40"/>
       <c r="N108" s="40"/>
       <c r="O108" s="40"/>
       <c r="P108" s="40"/>
       <c r="Q108" s="40"/>
       <c r="R108" s="40"/>
       <c r="S108" s="40"/>
       <c r="T108" s="40"/>
     </row>
     <row r="109" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A109" s="308" t="s">
+      <c r="A109" s="576" t="s">
         <v>760</v>
       </c>
-      <c r="B109" s="308"/>
-[...7 lines deleted...]
-      <c r="J109" s="308"/>
+      <c r="B109" s="576"/>
+      <c r="C109" s="576"/>
+      <c r="D109" s="576"/>
+      <c r="E109" s="576"/>
+      <c r="F109" s="576"/>
+      <c r="G109" s="576"/>
+      <c r="H109" s="576"/>
+      <c r="I109" s="576"/>
+      <c r="J109" s="576"/>
       <c r="K109" s="37"/>
       <c r="L109" s="37"/>
       <c r="M109" s="37"/>
       <c r="N109" s="37"/>
       <c r="O109" s="37"/>
       <c r="P109" s="37"/>
       <c r="Q109" s="37"/>
       <c r="R109" s="37"/>
       <c r="S109" s="37"/>
       <c r="T109" s="37"/>
     </row>
     <row r="110" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A110" s="401"/>
-[...8 lines deleted...]
-      <c r="J110" s="401"/>
+      <c r="A110" s="331"/>
+      <c r="B110" s="331"/>
+      <c r="C110" s="331"/>
+      <c r="D110" s="331"/>
+      <c r="E110" s="331"/>
+      <c r="F110" s="331"/>
+      <c r="G110" s="331"/>
+      <c r="H110" s="331"/>
+      <c r="I110" s="331"/>
+      <c r="J110" s="331"/>
       <c r="K110" s="37"/>
       <c r="L110" s="37"/>
       <c r="M110" s="37"/>
       <c r="N110" s="37"/>
       <c r="O110" s="37"/>
       <c r="P110" s="37"/>
       <c r="Q110" s="37"/>
       <c r="R110" s="37"/>
       <c r="S110" s="37"/>
       <c r="T110" s="37"/>
     </row>
     <row r="111" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A111" s="401" t="s">
-[...10 lines deleted...]
-      <c r="J111" s="401"/>
+      <c r="A111" s="331" t="s">
+        <v>989</v>
+      </c>
+      <c r="B111" s="331"/>
+      <c r="C111" s="331"/>
+      <c r="D111" s="331"/>
+      <c r="E111" s="331"/>
+      <c r="F111" s="331"/>
+      <c r="G111" s="331"/>
+      <c r="H111" s="331"/>
+      <c r="I111" s="331"/>
+      <c r="J111" s="331"/>
       <c r="K111" s="37"/>
       <c r="L111" s="37"/>
       <c r="M111" s="37"/>
       <c r="N111" s="37"/>
       <c r="O111" s="37"/>
       <c r="P111" s="37"/>
       <c r="Q111" s="37"/>
       <c r="R111" s="37"/>
       <c r="S111" s="37"/>
       <c r="T111" s="37"/>
     </row>
     <row r="112" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A112" s="401"/>
-[...8 lines deleted...]
-      <c r="J112" s="401"/>
+      <c r="A112" s="331"/>
+      <c r="B112" s="331"/>
+      <c r="C112" s="331"/>
+      <c r="D112" s="331"/>
+      <c r="E112" s="331"/>
+      <c r="F112" s="331"/>
+      <c r="G112" s="331"/>
+      <c r="H112" s="331"/>
+      <c r="I112" s="331"/>
+      <c r="J112" s="331"/>
       <c r="K112" s="37"/>
       <c r="L112" s="37"/>
       <c r="M112" s="37"/>
-      <c r="N112" s="408"/>
-[...4 lines deleted...]
-      <c r="S112" s="410"/>
+      <c r="N112" s="365"/>
+      <c r="O112" s="366"/>
+      <c r="P112" s="366"/>
+      <c r="Q112" s="366"/>
+      <c r="R112" s="366"/>
+      <c r="S112" s="367"/>
       <c r="T112" s="37"/>
     </row>
     <row r="113" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A113" s="401"/>
-[...8 lines deleted...]
-      <c r="J113" s="401"/>
+      <c r="A113" s="331"/>
+      <c r="B113" s="331"/>
+      <c r="C113" s="331"/>
+      <c r="D113" s="331"/>
+      <c r="E113" s="331"/>
+      <c r="F113" s="331"/>
+      <c r="G113" s="331"/>
+      <c r="H113" s="331"/>
+      <c r="I113" s="331"/>
+      <c r="J113" s="331"/>
       <c r="K113" s="37"/>
       <c r="L113" s="37"/>
       <c r="M113" s="37"/>
-      <c r="N113" s="411"/>
-[...4 lines deleted...]
-      <c r="S113" s="413"/>
+      <c r="N113" s="368"/>
+      <c r="O113" s="369"/>
+      <c r="P113" s="369"/>
+      <c r="Q113" s="369"/>
+      <c r="R113" s="369"/>
+      <c r="S113" s="370"/>
       <c r="T113" s="37"/>
     </row>
     <row r="114" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A114" s="401"/>
-[...8 lines deleted...]
-      <c r="J114" s="401"/>
+      <c r="A114" s="331"/>
+      <c r="B114" s="331"/>
+      <c r="C114" s="331"/>
+      <c r="D114" s="331"/>
+      <c r="E114" s="331"/>
+      <c r="F114" s="331"/>
+      <c r="G114" s="331"/>
+      <c r="H114" s="331"/>
+      <c r="I114" s="331"/>
+      <c r="J114" s="331"/>
       <c r="K114" s="37"/>
       <c r="L114" s="37"/>
       <c r="M114" s="37"/>
-      <c r="N114" s="411"/>
-[...4 lines deleted...]
-      <c r="S114" s="413"/>
+      <c r="N114" s="368"/>
+      <c r="O114" s="369"/>
+      <c r="P114" s="369"/>
+      <c r="Q114" s="369"/>
+      <c r="R114" s="369"/>
+      <c r="S114" s="370"/>
       <c r="T114" s="37"/>
     </row>
     <row r="115" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A115" s="401"/>
-[...8 lines deleted...]
-      <c r="J115" s="401"/>
+      <c r="A115" s="331"/>
+      <c r="B115" s="331"/>
+      <c r="C115" s="331"/>
+      <c r="D115" s="331"/>
+      <c r="E115" s="331"/>
+      <c r="F115" s="331"/>
+      <c r="G115" s="331"/>
+      <c r="H115" s="331"/>
+      <c r="I115" s="331"/>
+      <c r="J115" s="331"/>
       <c r="K115" s="37"/>
       <c r="L115" s="37"/>
       <c r="M115" s="37"/>
-      <c r="N115" s="411"/>
-[...4 lines deleted...]
-      <c r="S115" s="413"/>
+      <c r="N115" s="368"/>
+      <c r="O115" s="369"/>
+      <c r="P115" s="369"/>
+      <c r="Q115" s="369"/>
+      <c r="R115" s="369"/>
+      <c r="S115" s="370"/>
       <c r="T115" s="37"/>
     </row>
     <row r="116" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A116" s="401"/>
-[...8 lines deleted...]
-      <c r="J116" s="401"/>
+      <c r="A116" s="331"/>
+      <c r="B116" s="331"/>
+      <c r="C116" s="331"/>
+      <c r="D116" s="331"/>
+      <c r="E116" s="331"/>
+      <c r="F116" s="331"/>
+      <c r="G116" s="331"/>
+      <c r="H116" s="331"/>
+      <c r="I116" s="331"/>
+      <c r="J116" s="331"/>
       <c r="K116" s="37"/>
       <c r="L116" s="37"/>
       <c r="M116" s="37"/>
-      <c r="N116" s="411"/>
-[...4 lines deleted...]
-      <c r="S116" s="413"/>
+      <c r="N116" s="368"/>
+      <c r="O116" s="369"/>
+      <c r="P116" s="369"/>
+      <c r="Q116" s="369"/>
+      <c r="R116" s="369"/>
+      <c r="S116" s="370"/>
       <c r="T116" s="37"/>
     </row>
     <row r="117" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A117" s="401"/>
-[...8 lines deleted...]
-      <c r="J117" s="401"/>
+      <c r="A117" s="331"/>
+      <c r="B117" s="331"/>
+      <c r="C117" s="331"/>
+      <c r="D117" s="331"/>
+      <c r="E117" s="331"/>
+      <c r="F117" s="331"/>
+      <c r="G117" s="331"/>
+      <c r="H117" s="331"/>
+      <c r="I117" s="331"/>
+      <c r="J117" s="331"/>
       <c r="K117" s="37"/>
       <c r="L117" s="37"/>
       <c r="M117" s="37"/>
-      <c r="N117" s="411"/>
-[...4 lines deleted...]
-      <c r="S117" s="413"/>
+      <c r="N117" s="368"/>
+      <c r="O117" s="369"/>
+      <c r="P117" s="369"/>
+      <c r="Q117" s="369"/>
+      <c r="R117" s="369"/>
+      <c r="S117" s="370"/>
       <c r="T117" s="37"/>
     </row>
     <row r="118" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A118" s="41"/>
-      <c r="B118" s="630" t="s">
+      <c r="B118" s="336" t="s">
         <v>761</v>
       </c>
-      <c r="C118" s="630"/>
-[...1 lines deleted...]
-      <c r="E118" s="630"/>
+      <c r="C118" s="336"/>
+      <c r="D118" s="336"/>
+      <c r="E118" s="336"/>
       <c r="F118" s="98"/>
       <c r="G118" s="98"/>
       <c r="H118" s="41"/>
       <c r="I118" s="41"/>
       <c r="J118" s="41"/>
       <c r="K118" s="37"/>
       <c r="L118" s="37"/>
       <c r="M118" s="37"/>
-      <c r="N118" s="411"/>
-[...4 lines deleted...]
-      <c r="S118" s="413"/>
+      <c r="N118" s="368"/>
+      <c r="O118" s="369"/>
+      <c r="P118" s="369"/>
+      <c r="Q118" s="369"/>
+      <c r="R118" s="369"/>
+      <c r="S118" s="370"/>
       <c r="T118" s="37"/>
     </row>
     <row r="119" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A119" s="631" t="s">
+      <c r="A119" s="337" t="s">
         <v>762</v>
       </c>
-      <c r="B119" s="631"/>
-[...7 lines deleted...]
-      <c r="J119" s="631"/>
+      <c r="B119" s="337"/>
+      <c r="C119" s="337"/>
+      <c r="D119" s="337"/>
+      <c r="E119" s="337"/>
+      <c r="F119" s="337"/>
+      <c r="G119" s="337"/>
+      <c r="H119" s="337"/>
+      <c r="I119" s="337"/>
+      <c r="J119" s="337"/>
       <c r="K119" s="37"/>
       <c r="L119" s="37"/>
       <c r="M119" s="37"/>
-      <c r="N119" s="411"/>
-[...4 lines deleted...]
-      <c r="S119" s="413"/>
+      <c r="N119" s="368"/>
+      <c r="O119" s="369"/>
+      <c r="P119" s="369"/>
+      <c r="Q119" s="369"/>
+      <c r="R119" s="369"/>
+      <c r="S119" s="370"/>
       <c r="T119" s="37"/>
     </row>
     <row r="120" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A120" s="631"/>
-[...8 lines deleted...]
-      <c r="J120" s="631"/>
+      <c r="A120" s="337"/>
+      <c r="B120" s="337"/>
+      <c r="C120" s="337"/>
+      <c r="D120" s="337"/>
+      <c r="E120" s="337"/>
+      <c r="F120" s="337"/>
+      <c r="G120" s="337"/>
+      <c r="H120" s="337"/>
+      <c r="I120" s="337"/>
+      <c r="J120" s="337"/>
       <c r="K120" s="37"/>
       <c r="L120" s="37"/>
       <c r="M120" s="37"/>
-      <c r="N120" s="411"/>
-[...4 lines deleted...]
-      <c r="S120" s="413"/>
+      <c r="N120" s="368"/>
+      <c r="O120" s="369"/>
+      <c r="P120" s="369"/>
+      <c r="Q120" s="369"/>
+      <c r="R120" s="369"/>
+      <c r="S120" s="370"/>
       <c r="T120" s="37"/>
     </row>
     <row r="121" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A121" s="631"/>
-[...8 lines deleted...]
-      <c r="J121" s="631"/>
+      <c r="A121" s="337"/>
+      <c r="B121" s="337"/>
+      <c r="C121" s="337"/>
+      <c r="D121" s="337"/>
+      <c r="E121" s="337"/>
+      <c r="F121" s="337"/>
+      <c r="G121" s="337"/>
+      <c r="H121" s="337"/>
+      <c r="I121" s="337"/>
+      <c r="J121" s="337"/>
       <c r="K121" s="37"/>
       <c r="L121" s="37"/>
       <c r="M121" s="37"/>
-      <c r="N121" s="411"/>
-[...4 lines deleted...]
-      <c r="S121" s="413"/>
+      <c r="N121" s="368"/>
+      <c r="O121" s="369"/>
+      <c r="P121" s="369"/>
+      <c r="Q121" s="369"/>
+      <c r="R121" s="369"/>
+      <c r="S121" s="370"/>
       <c r="T121" s="37"/>
     </row>
     <row r="122" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A122" s="99"/>
       <c r="B122" s="99"/>
       <c r="C122" s="99"/>
       <c r="D122" s="99"/>
       <c r="E122" s="99"/>
       <c r="F122" s="99"/>
       <c r="G122" s="99"/>
       <c r="H122" s="99"/>
       <c r="I122" s="99"/>
       <c r="J122" s="99"/>
       <c r="K122" s="37"/>
       <c r="L122" s="37"/>
       <c r="M122" s="37"/>
-      <c r="N122" s="411"/>
-[...4 lines deleted...]
-      <c r="S122" s="413"/>
+      <c r="N122" s="368"/>
+      <c r="O122" s="369"/>
+      <c r="P122" s="369"/>
+      <c r="Q122" s="369"/>
+      <c r="R122" s="369"/>
+      <c r="S122" s="370"/>
       <c r="T122" s="37"/>
     </row>
     <row r="123" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A123" s="394" t="s">
+      <c r="A123" s="583" t="s">
         <v>763</v>
       </c>
-      <c r="B123" s="394"/>
-[...7 lines deleted...]
-      <c r="J123" s="394"/>
+      <c r="B123" s="583"/>
+      <c r="C123" s="583"/>
+      <c r="D123" s="583"/>
+      <c r="E123" s="583"/>
+      <c r="F123" s="583"/>
+      <c r="G123" s="583"/>
+      <c r="H123" s="583"/>
+      <c r="I123" s="583"/>
+      <c r="J123" s="583"/>
       <c r="K123" s="37"/>
       <c r="L123" s="37"/>
       <c r="M123" s="37"/>
-      <c r="N123" s="411"/>
-[...4 lines deleted...]
-      <c r="S123" s="413"/>
+      <c r="N123" s="368"/>
+      <c r="O123" s="369"/>
+      <c r="P123" s="369"/>
+      <c r="Q123" s="369"/>
+      <c r="R123" s="369"/>
+      <c r="S123" s="370"/>
       <c r="T123" s="37"/>
     </row>
     <row r="124" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="626" t="str">
+      <c r="A124" s="332" t="str">
         <f>IFERROR(IF($I$25&lt;&gt;10,IF(OR($F$174="",$F$177="",DATEDIF($F$174,$F$177+1,"M")&gt;=6),IF(ISTEXT(VLOOKUP(CHECKING!$D$36,Dropdowns!$O$5:$O$105,1,FALSE)),"NOTE: Applicant resides in a country which is on the Home Office list having high incidence of TB",IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$25,Dropdowns!$O$5:$O$105,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$O$5:$O$105,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$27,Dropdowns!$O$5:$O$105,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$28,Dropdowns!$O$5:$O$105,1,FALSE))),"NOTE: Applicant's country of birth or nationality is on the Home Office list having high incidence of TB","")),"NOTE: TB screening is not required if the CoS length is less than six months"),""),"")</f>
         <v/>
       </c>
-      <c r="B124" s="626"/>
-[...7 lines deleted...]
-      <c r="J124" s="626"/>
+      <c r="B124" s="332"/>
+      <c r="C124" s="332"/>
+      <c r="D124" s="332"/>
+      <c r="E124" s="332"/>
+      <c r="F124" s="332"/>
+      <c r="G124" s="332"/>
+      <c r="H124" s="332"/>
+      <c r="I124" s="332"/>
+      <c r="J124" s="332"/>
       <c r="K124" s="37"/>
       <c r="L124" s="37"/>
       <c r="M124" s="37"/>
-      <c r="N124" s="411"/>
-[...4 lines deleted...]
-      <c r="S124" s="413"/>
+      <c r="N124" s="368"/>
+      <c r="O124" s="369"/>
+      <c r="P124" s="369"/>
+      <c r="Q124" s="369"/>
+      <c r="R124" s="369"/>
+      <c r="S124" s="370"/>
       <c r="T124" s="37"/>
     </row>
     <row r="125" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A125" s="627" t="s">
+      <c r="A125" s="333" t="s">
         <v>764</v>
       </c>
-      <c r="B125" s="627"/>
-[...7 lines deleted...]
-      <c r="J125" s="628" t="s">
+      <c r="B125" s="333"/>
+      <c r="C125" s="333"/>
+      <c r="D125" s="333"/>
+      <c r="E125" s="333"/>
+      <c r="F125" s="333"/>
+      <c r="G125" s="333"/>
+      <c r="H125" s="333"/>
+      <c r="I125" s="333"/>
+      <c r="J125" s="334" t="s">
         <v>380</v>
       </c>
       <c r="K125" s="37"/>
       <c r="L125" s="37"/>
       <c r="M125" s="37"/>
-      <c r="N125" s="414"/>
-[...4 lines deleted...]
-      <c r="S125" s="416"/>
+      <c r="N125" s="371"/>
+      <c r="O125" s="372"/>
+      <c r="P125" s="372"/>
+      <c r="Q125" s="372"/>
+      <c r="R125" s="372"/>
+      <c r="S125" s="373"/>
       <c r="T125" s="37"/>
     </row>
     <row r="126" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="627"/>
-[...8 lines deleted...]
-      <c r="J126" s="629"/>
+      <c r="A126" s="333"/>
+      <c r="B126" s="333"/>
+      <c r="C126" s="333"/>
+      <c r="D126" s="333"/>
+      <c r="E126" s="333"/>
+      <c r="F126" s="333"/>
+      <c r="G126" s="333"/>
+      <c r="H126" s="333"/>
+      <c r="I126" s="333"/>
+      <c r="J126" s="335"/>
       <c r="K126" s="37"/>
       <c r="L126" s="37"/>
       <c r="M126" s="37"/>
       <c r="N126" s="37"/>
       <c r="O126" s="37"/>
       <c r="P126" s="37"/>
       <c r="Q126" s="37"/>
       <c r="R126" s="37"/>
       <c r="S126" s="37"/>
       <c r="T126" s="37"/>
     </row>
     <row r="127" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A127" s="211"/>
       <c r="B127" s="211"/>
       <c r="C127" s="211"/>
       <c r="D127" s="211"/>
       <c r="E127" s="211"/>
       <c r="F127" s="211"/>
       <c r="G127" s="211"/>
       <c r="H127" s="211"/>
       <c r="I127" s="211"/>
       <c r="J127" s="214"/>
       <c r="K127" s="37"/>
       <c r="L127" s="37"/>
       <c r="M127" s="37"/>
       <c r="N127" s="37"/>
       <c r="O127" s="37"/>
       <c r="P127" s="37"/>
       <c r="Q127" s="37"/>
       <c r="R127" s="37"/>
       <c r="S127" s="37"/>
       <c r="T127" s="37"/>
     </row>
     <row r="128" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A128" s="417" t="s">
-[...10 lines deleted...]
-      <c r="J128" s="417"/>
+      <c r="A128" s="587" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B128" s="587"/>
+      <c r="C128" s="587"/>
+      <c r="D128" s="587"/>
+      <c r="E128" s="587"/>
+      <c r="F128" s="587"/>
+      <c r="G128" s="587"/>
+      <c r="H128" s="587"/>
+      <c r="I128" s="587"/>
+      <c r="J128" s="587"/>
       <c r="K128" s="37"/>
       <c r="L128" s="37"/>
       <c r="M128" s="37"/>
       <c r="N128" s="248"/>
       <c r="O128" s="248"/>
       <c r="P128" s="248"/>
       <c r="Q128" s="248"/>
       <c r="R128" s="248"/>
       <c r="S128" s="248"/>
       <c r="T128" s="37"/>
     </row>
     <row r="129" spans="1:20" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="470" t="s">
-[...10 lines deleted...]
-      <c r="J129" s="470"/>
+      <c r="A129" s="508" t="s">
+        <v>949</v>
+      </c>
+      <c r="B129" s="508"/>
+      <c r="C129" s="508"/>
+      <c r="D129" s="508"/>
+      <c r="E129" s="508"/>
+      <c r="F129" s="508"/>
+      <c r="G129" s="508"/>
+      <c r="H129" s="508"/>
+      <c r="I129" s="508"/>
+      <c r="J129" s="508"/>
       <c r="K129" s="37"/>
       <c r="L129" s="37"/>
       <c r="M129" s="37"/>
-      <c r="N129" s="408"/>
-[...4 lines deleted...]
-      <c r="S129" s="410"/>
+      <c r="N129" s="365"/>
+      <c r="O129" s="366"/>
+      <c r="P129" s="366"/>
+      <c r="Q129" s="366"/>
+      <c r="R129" s="366"/>
+      <c r="S129" s="367"/>
       <c r="T129" s="37"/>
     </row>
     <row r="130" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="470"/>
-[...8 lines deleted...]
-      <c r="J130" s="470"/>
+      <c r="A130" s="508"/>
+      <c r="B130" s="508"/>
+      <c r="C130" s="508"/>
+      <c r="D130" s="508"/>
+      <c r="E130" s="508"/>
+      <c r="F130" s="508"/>
+      <c r="G130" s="508"/>
+      <c r="H130" s="508"/>
+      <c r="I130" s="508"/>
+      <c r="J130" s="508"/>
       <c r="K130" s="37"/>
       <c r="L130" s="37"/>
       <c r="M130" s="37"/>
-      <c r="N130" s="411"/>
-[...4 lines deleted...]
-      <c r="S130" s="413"/>
+      <c r="N130" s="368"/>
+      <c r="O130" s="369"/>
+      <c r="P130" s="369"/>
+      <c r="Q130" s="369"/>
+      <c r="R130" s="369"/>
+      <c r="S130" s="370"/>
       <c r="T130" s="37"/>
     </row>
     <row r="131" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="470"/>
-[...8 lines deleted...]
-      <c r="J131" s="470"/>
+      <c r="A131" s="508"/>
+      <c r="B131" s="508"/>
+      <c r="C131" s="508"/>
+      <c r="D131" s="508"/>
+      <c r="E131" s="508"/>
+      <c r="F131" s="508"/>
+      <c r="G131" s="508"/>
+      <c r="H131" s="508"/>
+      <c r="I131" s="508"/>
+      <c r="J131" s="508"/>
       <c r="K131" s="37"/>
       <c r="L131" s="37"/>
       <c r="M131" s="37"/>
-      <c r="N131" s="411"/>
-[...4 lines deleted...]
-      <c r="S131" s="413"/>
+      <c r="N131" s="368"/>
+      <c r="O131" s="369"/>
+      <c r="P131" s="369"/>
+      <c r="Q131" s="369"/>
+      <c r="R131" s="369"/>
+      <c r="S131" s="370"/>
       <c r="T131" s="37"/>
     </row>
     <row r="132" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="470"/>
-[...8 lines deleted...]
-      <c r="J132" s="470"/>
+      <c r="A132" s="508"/>
+      <c r="B132" s="508"/>
+      <c r="C132" s="508"/>
+      <c r="D132" s="508"/>
+      <c r="E132" s="508"/>
+      <c r="F132" s="508"/>
+      <c r="G132" s="508"/>
+      <c r="H132" s="508"/>
+      <c r="I132" s="508"/>
+      <c r="J132" s="508"/>
       <c r="K132" s="37"/>
       <c r="L132" s="37"/>
       <c r="M132" s="37"/>
-      <c r="N132" s="411"/>
-[...4 lines deleted...]
-      <c r="S132" s="413"/>
+      <c r="N132" s="368"/>
+      <c r="O132" s="369"/>
+      <c r="P132" s="369"/>
+      <c r="Q132" s="369"/>
+      <c r="R132" s="369"/>
+      <c r="S132" s="370"/>
       <c r="T132" s="37"/>
     </row>
     <row r="133" spans="1:20" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A133" s="470"/>
-[...8 lines deleted...]
-      <c r="J133" s="470"/>
+      <c r="A133" s="508"/>
+      <c r="B133" s="508"/>
+      <c r="C133" s="508"/>
+      <c r="D133" s="508"/>
+      <c r="E133" s="508"/>
+      <c r="F133" s="508"/>
+      <c r="G133" s="508"/>
+      <c r="H133" s="508"/>
+      <c r="I133" s="508"/>
+      <c r="J133" s="508"/>
       <c r="K133" s="37"/>
       <c r="L133" s="37"/>
       <c r="M133" s="37"/>
-      <c r="N133" s="411"/>
-[...4 lines deleted...]
-      <c r="S133" s="413"/>
+      <c r="N133" s="368"/>
+      <c r="O133" s="369"/>
+      <c r="P133" s="369"/>
+      <c r="Q133" s="369"/>
+      <c r="R133" s="369"/>
+      <c r="S133" s="370"/>
       <c r="T133" s="37"/>
     </row>
     <row r="134" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A134" s="215"/>
       <c r="B134" s="215"/>
       <c r="C134" s="215"/>
       <c r="D134" s="215"/>
       <c r="E134" s="215"/>
       <c r="F134" s="215"/>
       <c r="G134" s="215"/>
       <c r="H134" s="215"/>
       <c r="I134" s="215"/>
       <c r="J134" s="215"/>
       <c r="K134" s="37"/>
       <c r="L134" s="37"/>
       <c r="M134" s="37"/>
-      <c r="N134" s="411"/>
-[...4 lines deleted...]
-      <c r="S134" s="413"/>
+      <c r="N134" s="368"/>
+      <c r="O134" s="369"/>
+      <c r="P134" s="369"/>
+      <c r="Q134" s="369"/>
+      <c r="R134" s="369"/>
+      <c r="S134" s="370"/>
       <c r="T134" s="37"/>
     </row>
     <row r="135" spans="1:20" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="350" t="s">
-[...10 lines deleted...]
-      <c r="J135" s="350"/>
+      <c r="A135" s="411" t="s">
+        <v>934</v>
+      </c>
+      <c r="B135" s="411"/>
+      <c r="C135" s="411"/>
+      <c r="D135" s="411"/>
+      <c r="E135" s="411"/>
+      <c r="F135" s="411"/>
+      <c r="G135" s="411"/>
+      <c r="H135" s="411"/>
+      <c r="I135" s="411"/>
+      <c r="J135" s="411"/>
       <c r="K135" s="37"/>
       <c r="L135" s="37"/>
       <c r="M135" s="37"/>
-      <c r="N135" s="411"/>
-[...4 lines deleted...]
-      <c r="S135" s="413"/>
+      <c r="N135" s="368"/>
+      <c r="O135" s="369"/>
+      <c r="P135" s="369"/>
+      <c r="Q135" s="369"/>
+      <c r="R135" s="369"/>
+      <c r="S135" s="370"/>
       <c r="T135" s="37"/>
     </row>
     <row r="136" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="350"/>
-[...8 lines deleted...]
-      <c r="J136" s="350"/>
+      <c r="A136" s="411"/>
+      <c r="B136" s="411"/>
+      <c r="C136" s="411"/>
+      <c r="D136" s="411"/>
+      <c r="E136" s="411"/>
+      <c r="F136" s="411"/>
+      <c r="G136" s="411"/>
+      <c r="H136" s="411"/>
+      <c r="I136" s="411"/>
+      <c r="J136" s="411"/>
       <c r="K136" s="37"/>
       <c r="L136" s="37"/>
       <c r="M136" s="37"/>
-      <c r="N136" s="411"/>
-[...4 lines deleted...]
-      <c r="S136" s="413"/>
+      <c r="N136" s="368"/>
+      <c r="O136" s="369"/>
+      <c r="P136" s="369"/>
+      <c r="Q136" s="369"/>
+      <c r="R136" s="369"/>
+      <c r="S136" s="370"/>
       <c r="T136" s="37"/>
     </row>
     <row r="137" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="350"/>
-[...8 lines deleted...]
-      <c r="J137" s="350"/>
+      <c r="A137" s="411"/>
+      <c r="B137" s="411"/>
+      <c r="C137" s="411"/>
+      <c r="D137" s="411"/>
+      <c r="E137" s="411"/>
+      <c r="F137" s="411"/>
+      <c r="G137" s="411"/>
+      <c r="H137" s="411"/>
+      <c r="I137" s="411"/>
+      <c r="J137" s="411"/>
       <c r="K137" s="37"/>
       <c r="L137" s="37"/>
       <c r="M137" s="37"/>
-      <c r="N137" s="411"/>
-[...4 lines deleted...]
-      <c r="S137" s="413"/>
+      <c r="N137" s="368"/>
+      <c r="O137" s="369"/>
+      <c r="P137" s="369"/>
+      <c r="Q137" s="369"/>
+      <c r="R137" s="369"/>
+      <c r="S137" s="370"/>
       <c r="T137" s="37"/>
     </row>
     <row r="138" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="350"/>
-[...8 lines deleted...]
-      <c r="J138" s="350"/>
+      <c r="A138" s="411"/>
+      <c r="B138" s="411"/>
+      <c r="C138" s="411"/>
+      <c r="D138" s="411"/>
+      <c r="E138" s="411"/>
+      <c r="F138" s="411"/>
+      <c r="G138" s="411"/>
+      <c r="H138" s="411"/>
+      <c r="I138" s="411"/>
+      <c r="J138" s="411"/>
       <c r="K138" s="37"/>
       <c r="L138" s="37"/>
       <c r="M138" s="37"/>
-      <c r="N138" s="411"/>
-[...4 lines deleted...]
-      <c r="S138" s="413"/>
+      <c r="N138" s="368"/>
+      <c r="O138" s="369"/>
+      <c r="P138" s="369"/>
+      <c r="Q138" s="369"/>
+      <c r="R138" s="369"/>
+      <c r="S138" s="370"/>
       <c r="T138" s="37"/>
     </row>
     <row r="139" spans="1:20" s="16" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="215"/>
       <c r="B139" s="215"/>
       <c r="C139" s="215"/>
       <c r="D139" s="215"/>
       <c r="E139" s="215"/>
       <c r="F139" s="215"/>
       <c r="G139" s="215"/>
       <c r="H139" s="215"/>
       <c r="I139" s="215"/>
       <c r="J139" s="215"/>
       <c r="K139" s="37"/>
       <c r="L139" s="37"/>
       <c r="M139" s="37"/>
-      <c r="N139" s="411"/>
-[...4 lines deleted...]
-      <c r="S139" s="413"/>
+      <c r="N139" s="368"/>
+      <c r="O139" s="369"/>
+      <c r="P139" s="369"/>
+      <c r="Q139" s="369"/>
+      <c r="R139" s="369"/>
+      <c r="S139" s="370"/>
       <c r="T139" s="37"/>
     </row>
     <row r="140" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="471" t="s">
-[...10 lines deleted...]
-      <c r="J140" s="471"/>
+      <c r="A140" s="392" t="s">
+        <v>935</v>
+      </c>
+      <c r="B140" s="392"/>
+      <c r="C140" s="392"/>
+      <c r="D140" s="392"/>
+      <c r="E140" s="392"/>
+      <c r="F140" s="392"/>
+      <c r="G140" s="392"/>
+      <c r="H140" s="392"/>
+      <c r="I140" s="392"/>
+      <c r="J140" s="392"/>
       <c r="K140" s="37"/>
       <c r="L140" s="37"/>
       <c r="M140" s="37"/>
-      <c r="N140" s="411"/>
-[...4 lines deleted...]
-      <c r="S140" s="413"/>
+      <c r="N140" s="368"/>
+      <c r="O140" s="369"/>
+      <c r="P140" s="369"/>
+      <c r="Q140" s="369"/>
+      <c r="R140" s="369"/>
+      <c r="S140" s="370"/>
       <c r="T140" s="37"/>
     </row>
     <row r="141" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="472" t="s">
-[...8 lines deleted...]
-      <c r="H141" s="472"/>
+      <c r="A141" s="509" t="s">
+        <v>936</v>
+      </c>
+      <c r="B141" s="509"/>
+      <c r="C141" s="509"/>
+      <c r="D141" s="509"/>
+      <c r="E141" s="509"/>
+      <c r="F141" s="509"/>
+      <c r="G141" s="509"/>
+      <c r="H141" s="509"/>
       <c r="I141" s="244"/>
       <c r="J141" s="244"/>
       <c r="K141" s="37"/>
       <c r="L141" s="37"/>
       <c r="M141" s="37"/>
-      <c r="N141" s="411"/>
-[...4 lines deleted...]
-      <c r="S141" s="413"/>
+      <c r="N141" s="368"/>
+      <c r="O141" s="369"/>
+      <c r="P141" s="369"/>
+      <c r="Q141" s="369"/>
+      <c r="R141" s="369"/>
+      <c r="S141" s="370"/>
       <c r="T141" s="37"/>
     </row>
     <row r="142" spans="1:20" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="418" t="s">
-[...9 lines deleted...]
-      <c r="I142" s="482" t="s">
+      <c r="A142" s="588" t="s">
+        <v>927</v>
+      </c>
+      <c r="B142" s="588"/>
+      <c r="C142" s="588"/>
+      <c r="D142" s="588"/>
+      <c r="E142" s="588"/>
+      <c r="F142" s="588"/>
+      <c r="G142" s="588"/>
+      <c r="H142" s="588"/>
+      <c r="I142" s="519" t="s">
         <v>380</v>
       </c>
-      <c r="J142" s="483"/>
+      <c r="J142" s="520"/>
       <c r="K142" s="37"/>
       <c r="L142" s="37"/>
       <c r="M142" s="37"/>
-      <c r="N142" s="411"/>
-[...4 lines deleted...]
-      <c r="S142" s="413"/>
+      <c r="N142" s="368"/>
+      <c r="O142" s="369"/>
+      <c r="P142" s="369"/>
+      <c r="Q142" s="369"/>
+      <c r="R142" s="369"/>
+      <c r="S142" s="370"/>
       <c r="T142" s="37"/>
     </row>
     <row r="143" spans="1:20" s="16" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A143" s="418"/>
-[...8 lines deleted...]
-      <c r="J143" s="485"/>
+      <c r="A143" s="588"/>
+      <c r="B143" s="588"/>
+      <c r="C143" s="588"/>
+      <c r="D143" s="588"/>
+      <c r="E143" s="588"/>
+      <c r="F143" s="588"/>
+      <c r="G143" s="588"/>
+      <c r="H143" s="588"/>
+      <c r="I143" s="521"/>
+      <c r="J143" s="522"/>
       <c r="K143" s="37"/>
       <c r="L143" s="37"/>
       <c r="M143" s="37"/>
-      <c r="N143" s="414"/>
-[...4 lines deleted...]
-      <c r="S143" s="416"/>
+      <c r="N143" s="371"/>
+      <c r="O143" s="372"/>
+      <c r="P143" s="372"/>
+      <c r="Q143" s="372"/>
+      <c r="R143" s="372"/>
+      <c r="S143" s="373"/>
       <c r="T143" s="37"/>
     </row>
     <row r="144" spans="1:20" s="16" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="444" t="str">
+      <c r="A144" s="556" t="str">
         <f>IFERROR(IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$M$4:$M$43,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$27,Dropdowns!$M$4:$M$43,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$28,Dropdowns!$M$4:$M$43,1,FALSE))),"Applicant is from a country whose nationals are exempt from this requirement - ATAS not required",""),"")</f>
         <v/>
       </c>
-      <c r="B144" s="444"/>
-[...7 lines deleted...]
-      <c r="J144" s="444"/>
+      <c r="B144" s="556"/>
+      <c r="C144" s="556"/>
+      <c r="D144" s="556"/>
+      <c r="E144" s="556"/>
+      <c r="F144" s="556"/>
+      <c r="G144" s="556"/>
+      <c r="H144" s="556"/>
+      <c r="I144" s="556"/>
+      <c r="J144" s="556"/>
       <c r="K144" s="37"/>
       <c r="L144" s="37"/>
       <c r="M144" s="37"/>
       <c r="N144" s="248"/>
       <c r="O144" s="248"/>
       <c r="P144" s="248"/>
       <c r="Q144" s="248"/>
       <c r="R144" s="248"/>
       <c r="S144" s="248"/>
       <c r="T144" s="37"/>
     </row>
     <row r="145" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="475" t="s">
-[...10 lines deleted...]
-      <c r="J145" s="478"/>
+      <c r="A145" s="512" t="s">
+        <v>939</v>
+      </c>
+      <c r="B145" s="512"/>
+      <c r="C145" s="512"/>
+      <c r="D145" s="512"/>
+      <c r="E145" s="512"/>
+      <c r="F145" s="512"/>
+      <c r="G145" s="513"/>
+      <c r="H145" s="514"/>
+      <c r="I145" s="514"/>
+      <c r="J145" s="515"/>
       <c r="K145" s="37"/>
       <c r="L145" s="37"/>
       <c r="M145" s="37"/>
-      <c r="N145" s="408"/>
-[...4 lines deleted...]
-      <c r="S145" s="410"/>
+      <c r="N145" s="365"/>
+      <c r="O145" s="366"/>
+      <c r="P145" s="366"/>
+      <c r="Q145" s="366"/>
+      <c r="R145" s="366"/>
+      <c r="S145" s="367"/>
       <c r="T145" s="37"/>
     </row>
     <row r="146" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A146" s="475"/>
-[...8 lines deleted...]
-      <c r="J146" s="478"/>
+      <c r="A146" s="512"/>
+      <c r="B146" s="512"/>
+      <c r="C146" s="512"/>
+      <c r="D146" s="512"/>
+      <c r="E146" s="512"/>
+      <c r="F146" s="512"/>
+      <c r="G146" s="513"/>
+      <c r="H146" s="514"/>
+      <c r="I146" s="514"/>
+      <c r="J146" s="515"/>
       <c r="K146" s="37"/>
       <c r="L146" s="37"/>
       <c r="M146" s="37"/>
-      <c r="N146" s="411"/>
-[...4 lines deleted...]
-      <c r="S146" s="413"/>
+      <c r="N146" s="368"/>
+      <c r="O146" s="369"/>
+      <c r="P146" s="369"/>
+      <c r="Q146" s="369"/>
+      <c r="R146" s="369"/>
+      <c r="S146" s="370"/>
       <c r="T146" s="37"/>
     </row>
     <row r="147" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="475"/>
-[...8 lines deleted...]
-      <c r="J147" s="478"/>
+      <c r="A147" s="512"/>
+      <c r="B147" s="512"/>
+      <c r="C147" s="512"/>
+      <c r="D147" s="512"/>
+      <c r="E147" s="512"/>
+      <c r="F147" s="512"/>
+      <c r="G147" s="513"/>
+      <c r="H147" s="514"/>
+      <c r="I147" s="514"/>
+      <c r="J147" s="515"/>
       <c r="K147" s="37"/>
       <c r="L147" s="37"/>
       <c r="M147" s="37"/>
-      <c r="N147" s="411"/>
-[...4 lines deleted...]
-      <c r="S147" s="413"/>
+      <c r="N147" s="368"/>
+      <c r="O147" s="369"/>
+      <c r="P147" s="369"/>
+      <c r="Q147" s="369"/>
+      <c r="R147" s="369"/>
+      <c r="S147" s="370"/>
       <c r="T147" s="37"/>
     </row>
     <row r="148" spans="1:20" s="16" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A148" s="479" t="s">
-[...11 lines deleted...]
-      <c r="I148" s="481"/>
+      <c r="A148" s="516" t="s">
+        <v>940</v>
+      </c>
+      <c r="B148" s="516"/>
+      <c r="C148" s="516"/>
+      <c r="D148" s="516"/>
+      <c r="E148" s="516"/>
+      <c r="F148" s="516"/>
+      <c r="G148" s="517" t="s">
+        <v>941</v>
+      </c>
+      <c r="H148" s="517"/>
+      <c r="I148" s="518"/>
       <c r="J148" s="245" t="s">
         <v>380</v>
       </c>
       <c r="K148" s="37"/>
       <c r="L148" s="37"/>
       <c r="M148" s="37"/>
-      <c r="N148" s="411"/>
-[...4 lines deleted...]
-      <c r="S148" s="413"/>
+      <c r="N148" s="368"/>
+      <c r="O148" s="369"/>
+      <c r="P148" s="369"/>
+      <c r="Q148" s="369"/>
+      <c r="R148" s="369"/>
+      <c r="S148" s="370"/>
       <c r="T148" s="37"/>
     </row>
     <row r="149" spans="1:20" s="16" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A149" s="242"/>
       <c r="B149" s="242"/>
       <c r="C149" s="242"/>
       <c r="D149" s="242"/>
       <c r="E149" s="242"/>
       <c r="F149" s="242"/>
       <c r="G149" s="242"/>
       <c r="H149" s="242"/>
       <c r="I149" s="242"/>
       <c r="J149" s="242"/>
       <c r="K149" s="37"/>
       <c r="L149" s="37"/>
       <c r="M149" s="37"/>
-      <c r="N149" s="411"/>
-[...4 lines deleted...]
-      <c r="S149" s="413"/>
+      <c r="N149" s="368"/>
+      <c r="O149" s="369"/>
+      <c r="P149" s="369"/>
+      <c r="Q149" s="369"/>
+      <c r="R149" s="369"/>
+      <c r="S149" s="370"/>
       <c r="T149" s="37"/>
     </row>
     <row r="150" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A150" s="445" t="s">
-[...10 lines deleted...]
-      <c r="J150" s="445"/>
+      <c r="A150" s="557" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B150" s="557"/>
+      <c r="C150" s="557"/>
+      <c r="D150" s="557"/>
+      <c r="E150" s="557"/>
+      <c r="F150" s="557"/>
+      <c r="G150" s="557"/>
+      <c r="H150" s="557"/>
+      <c r="I150" s="557"/>
+      <c r="J150" s="557"/>
       <c r="K150" s="37"/>
       <c r="L150" s="37"/>
       <c r="M150" s="37"/>
-      <c r="N150" s="411"/>
-[...4 lines deleted...]
-      <c r="S150" s="413"/>
+      <c r="N150" s="368"/>
+      <c r="O150" s="369"/>
+      <c r="P150" s="369"/>
+      <c r="Q150" s="369"/>
+      <c r="R150" s="369"/>
+      <c r="S150" s="370"/>
       <c r="T150" s="37"/>
     </row>
     <row r="151" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A151" s="473" t="s">
-[...12 lines deleted...]
-      <c r="J151" s="474"/>
+      <c r="A151" s="510" t="s">
+        <v>937</v>
+      </c>
+      <c r="B151" s="510"/>
+      <c r="C151" s="510"/>
+      <c r="D151" s="510"/>
+      <c r="E151" s="511" t="s">
+        <v>938</v>
+      </c>
+      <c r="F151" s="511"/>
+      <c r="G151" s="511"/>
+      <c r="H151" s="511"/>
+      <c r="I151" s="511"/>
+      <c r="J151" s="511"/>
       <c r="K151" s="37"/>
       <c r="L151" s="37"/>
       <c r="M151" s="37"/>
-      <c r="N151" s="414"/>
-[...4 lines deleted...]
-      <c r="S151" s="416"/>
+      <c r="N151" s="371"/>
+      <c r="O151" s="372"/>
+      <c r="P151" s="372"/>
+      <c r="Q151" s="372"/>
+      <c r="R151" s="372"/>
+      <c r="S151" s="373"/>
       <c r="T151" s="37"/>
     </row>
     <row r="152" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A152" s="246"/>
       <c r="B152" s="246"/>
       <c r="C152" s="246"/>
       <c r="D152" s="246"/>
       <c r="E152" s="247"/>
       <c r="F152" s="247"/>
       <c r="G152" s="247"/>
       <c r="H152" s="247"/>
       <c r="I152" s="247"/>
       <c r="J152" s="247"/>
       <c r="K152" s="37"/>
       <c r="L152" s="37"/>
       <c r="M152" s="37"/>
       <c r="N152" s="37"/>
       <c r="O152" s="37"/>
       <c r="P152" s="37"/>
       <c r="Q152" s="37"/>
       <c r="R152" s="37"/>
       <c r="S152" s="37"/>
       <c r="T152" s="37"/>
     </row>
     <row r="153" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A153" s="308" t="s">
+      <c r="A153" s="576" t="s">
         <v>768</v>
       </c>
-      <c r="B153" s="308"/>
-[...7 lines deleted...]
-      <c r="J153" s="308"/>
+      <c r="B153" s="576"/>
+      <c r="C153" s="576"/>
+      <c r="D153" s="576"/>
+      <c r="E153" s="576"/>
+      <c r="F153" s="576"/>
+      <c r="G153" s="576"/>
+      <c r="H153" s="576"/>
+      <c r="I153" s="576"/>
+      <c r="J153" s="576"/>
       <c r="K153" s="70"/>
       <c r="L153" s="70"/>
       <c r="M153" s="70"/>
       <c r="N153" s="70"/>
       <c r="O153" s="70"/>
       <c r="P153" s="70"/>
       <c r="Q153" s="70"/>
       <c r="R153" s="70"/>
       <c r="S153" s="70"/>
       <c r="T153" s="70"/>
     </row>
     <row r="154" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A154" s="42"/>
       <c r="B154" s="42"/>
       <c r="C154" s="42"/>
       <c r="D154" s="42"/>
       <c r="E154" s="42"/>
       <c r="F154" s="42"/>
       <c r="G154" s="42"/>
       <c r="H154" s="42"/>
       <c r="I154" s="42"/>
       <c r="J154" s="42"/>
       <c r="K154" s="70"/>
       <c r="L154" s="70"/>
       <c r="M154" s="70"/>
       <c r="N154" s="70"/>
       <c r="O154" s="70"/>
       <c r="P154" s="70"/>
       <c r="Q154" s="70"/>
       <c r="R154" s="70"/>
       <c r="S154" s="70"/>
       <c r="T154" s="70"/>
     </row>
     <row r="155" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="71" t="s">
         <v>766</v>
       </c>
       <c r="B155" s="42"/>
       <c r="C155" s="42"/>
       <c r="D155" s="42"/>
       <c r="E155" s="42"/>
-      <c r="F155" s="395"/>
-[...2 lines deleted...]
-      <c r="I155" s="397"/>
+      <c r="F155" s="553"/>
+      <c r="G155" s="554"/>
+      <c r="H155" s="554"/>
+      <c r="I155" s="555"/>
       <c r="J155" s="42"/>
       <c r="K155" s="70"/>
       <c r="L155" s="70"/>
       <c r="M155" s="70"/>
-      <c r="N155" s="398"/>
-[...4 lines deleted...]
-      <c r="S155" s="400"/>
+      <c r="N155" s="567"/>
+      <c r="O155" s="568"/>
+      <c r="P155" s="568"/>
+      <c r="Q155" s="568"/>
+      <c r="R155" s="568"/>
+      <c r="S155" s="569"/>
       <c r="T155" s="70"/>
     </row>
     <row r="156" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A156" s="71" t="s">
         <v>767</v>
       </c>
       <c r="B156" s="42"/>
       <c r="C156" s="42"/>
       <c r="D156" s="42"/>
       <c r="E156" s="42"/>
-      <c r="F156" s="395"/>
-[...2 lines deleted...]
-      <c r="I156" s="397"/>
+      <c r="F156" s="553"/>
+      <c r="G156" s="554"/>
+      <c r="H156" s="554"/>
+      <c r="I156" s="555"/>
       <c r="J156" s="42"/>
       <c r="K156" s="70"/>
       <c r="L156" s="70"/>
       <c r="M156" s="70"/>
       <c r="N156" s="70"/>
       <c r="O156" s="70"/>
       <c r="P156" s="70"/>
       <c r="Q156" s="70"/>
       <c r="R156" s="70"/>
       <c r="S156" s="70"/>
       <c r="T156" s="70"/>
     </row>
     <row r="157" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A157" s="42"/>
       <c r="B157" s="42"/>
       <c r="C157" s="103"/>
-      <c r="D157" s="329" t="str">
+      <c r="D157" s="565" t="str">
         <f>IF($F$155&lt;&gt;"",IF(OR(LEN(SUBSTITUTE($F$155," ",""))&lt;&gt;9,ISNUMBER(VALUE(LEFT($F$155,1))),ISNUMBER(VALUE(MID($F$155,2,1))),ISERROR(VALUE(MID(SUBSTITUTE($F$155," ",""),3,6))),ISNUMBER(VALUE(RIGHT($F$155,1)))),"National Insurance Numbers are in the format AB 12 34 56 C",""),"")</f>
         <v/>
       </c>
-      <c r="E157" s="329"/>
-[...4 lines deleted...]
-      <c r="J157" s="329"/>
+      <c r="E157" s="565"/>
+      <c r="F157" s="565"/>
+      <c r="G157" s="565"/>
+      <c r="H157" s="565"/>
+      <c r="I157" s="565"/>
+      <c r="J157" s="565"/>
       <c r="K157" s="70"/>
       <c r="L157" s="70"/>
       <c r="M157" s="70"/>
       <c r="N157" s="70"/>
       <c r="O157" s="70"/>
       <c r="P157" s="70"/>
       <c r="Q157" s="70"/>
       <c r="R157" s="70"/>
       <c r="S157" s="70"/>
       <c r="T157" s="70"/>
     </row>
     <row r="158" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A158" s="42"/>
       <c r="B158" s="42"/>
       <c r="C158" s="42"/>
       <c r="D158" s="42"/>
       <c r="E158" s="42"/>
       <c r="F158" s="42"/>
       <c r="G158" s="42"/>
       <c r="H158" s="42"/>
       <c r="I158" s="42"/>
       <c r="J158" s="42"/>
       <c r="K158" s="70"/>
       <c r="L158" s="70"/>
       <c r="M158" s="70"/>
       <c r="N158" s="70"/>
       <c r="O158" s="70"/>
       <c r="P158" s="70"/>
       <c r="Q158" s="70"/>
       <c r="R158" s="70"/>
       <c r="S158" s="70"/>
       <c r="T158" s="70"/>
     </row>
     <row r="159" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A159" s="310" t="s">
+      <c r="A159" s="615" t="s">
         <v>769</v>
       </c>
-      <c r="B159" s="310"/>
-[...7 lines deleted...]
-      <c r="J159" s="310"/>
+      <c r="B159" s="615"/>
+      <c r="C159" s="615"/>
+      <c r="D159" s="615"/>
+      <c r="E159" s="615"/>
+      <c r="F159" s="615"/>
+      <c r="G159" s="615"/>
+      <c r="H159" s="615"/>
+      <c r="I159" s="615"/>
+      <c r="J159" s="615"/>
       <c r="K159" s="70"/>
       <c r="L159" s="70"/>
       <c r="M159" s="70"/>
       <c r="N159" s="70"/>
       <c r="O159" s="70"/>
       <c r="P159" s="70"/>
       <c r="Q159" s="70"/>
       <c r="R159" s="70"/>
       <c r="S159" s="70"/>
       <c r="T159" s="70"/>
     </row>
     <row r="160" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A160" s="316" t="s">
-[...10 lines deleted...]
-      <c r="J160" s="318"/>
+      <c r="A160" s="620" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B160" s="621"/>
+      <c r="C160" s="621"/>
+      <c r="D160" s="621"/>
+      <c r="E160" s="621"/>
+      <c r="F160" s="621"/>
+      <c r="G160" s="621"/>
+      <c r="H160" s="621"/>
+      <c r="I160" s="621"/>
+      <c r="J160" s="622"/>
       <c r="K160" s="70"/>
       <c r="L160" s="70"/>
       <c r="M160" s="70"/>
       <c r="N160" s="70"/>
       <c r="O160" s="70"/>
       <c r="P160" s="70"/>
       <c r="Q160" s="70"/>
       <c r="R160" s="70"/>
       <c r="S160" s="70"/>
       <c r="T160" s="70"/>
     </row>
     <row r="161" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A161" s="319"/>
-[...8 lines deleted...]
-      <c r="J161" s="321"/>
+      <c r="A161" s="623"/>
+      <c r="B161" s="396"/>
+      <c r="C161" s="396"/>
+      <c r="D161" s="396"/>
+      <c r="E161" s="396"/>
+      <c r="F161" s="396"/>
+      <c r="G161" s="396"/>
+      <c r="H161" s="396"/>
+      <c r="I161" s="396"/>
+      <c r="J161" s="624"/>
       <c r="K161" s="70"/>
       <c r="L161" s="70"/>
       <c r="M161" s="70"/>
       <c r="N161" s="70"/>
       <c r="O161" s="70"/>
       <c r="P161" s="70"/>
       <c r="Q161" s="70"/>
       <c r="R161" s="70"/>
       <c r="S161" s="70"/>
       <c r="T161" s="70"/>
     </row>
     <row r="162" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A162" s="319"/>
-[...8 lines deleted...]
-      <c r="J162" s="321"/>
+      <c r="A162" s="623"/>
+      <c r="B162" s="396"/>
+      <c r="C162" s="396"/>
+      <c r="D162" s="396"/>
+      <c r="E162" s="396"/>
+      <c r="F162" s="396"/>
+      <c r="G162" s="396"/>
+      <c r="H162" s="396"/>
+      <c r="I162" s="396"/>
+      <c r="J162" s="624"/>
       <c r="K162" s="70"/>
       <c r="L162" s="70"/>
       <c r="M162" s="70"/>
       <c r="N162" s="70"/>
       <c r="O162" s="70"/>
       <c r="P162" s="70"/>
       <c r="Q162" s="70"/>
       <c r="R162" s="70"/>
       <c r="S162" s="70"/>
       <c r="T162" s="70"/>
     </row>
     <row r="163" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A163" s="322"/>
-[...8 lines deleted...]
-      <c r="J163" s="324"/>
+      <c r="A163" s="625"/>
+      <c r="B163" s="626"/>
+      <c r="C163" s="626"/>
+      <c r="D163" s="626"/>
+      <c r="E163" s="626"/>
+      <c r="F163" s="626"/>
+      <c r="G163" s="626"/>
+      <c r="H163" s="626"/>
+      <c r="I163" s="626"/>
+      <c r="J163" s="627"/>
       <c r="K163" s="70"/>
       <c r="L163" s="70"/>
       <c r="M163" s="70"/>
       <c r="N163" s="70"/>
       <c r="O163" s="70"/>
       <c r="P163" s="70"/>
       <c r="Q163" s="70"/>
       <c r="R163" s="70"/>
       <c r="S163" s="70"/>
       <c r="T163" s="70"/>
     </row>
     <row r="164" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="316" t="s">
-[...10 lines deleted...]
-      <c r="J164" s="318"/>
+      <c r="A164" s="620" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B164" s="621"/>
+      <c r="C164" s="621"/>
+      <c r="D164" s="621"/>
+      <c r="E164" s="621"/>
+      <c r="F164" s="621"/>
+      <c r="G164" s="621"/>
+      <c r="H164" s="621"/>
+      <c r="I164" s="621"/>
+      <c r="J164" s="622"/>
       <c r="K164" s="70"/>
       <c r="L164" s="70"/>
       <c r="M164" s="70"/>
       <c r="N164" s="70"/>
       <c r="O164" s="70"/>
       <c r="P164" s="70"/>
       <c r="Q164" s="70"/>
       <c r="R164" s="70"/>
       <c r="S164" s="70"/>
       <c r="T164" s="70"/>
     </row>
     <row r="165" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="319"/>
-[...8 lines deleted...]
-      <c r="J165" s="321"/>
+      <c r="A165" s="623"/>
+      <c r="B165" s="396"/>
+      <c r="C165" s="396"/>
+      <c r="D165" s="396"/>
+      <c r="E165" s="396"/>
+      <c r="F165" s="396"/>
+      <c r="G165" s="396"/>
+      <c r="H165" s="396"/>
+      <c r="I165" s="396"/>
+      <c r="J165" s="624"/>
       <c r="K165" s="70"/>
       <c r="L165" s="70"/>
       <c r="M165" s="70"/>
       <c r="N165" s="70"/>
       <c r="O165" s="70"/>
       <c r="P165" s="70"/>
       <c r="Q165" s="70"/>
       <c r="R165" s="70"/>
       <c r="S165" s="70"/>
       <c r="T165" s="70"/>
     </row>
     <row r="166" spans="1:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="322"/>
-[...8 lines deleted...]
-      <c r="J166" s="324"/>
+      <c r="A166" s="625"/>
+      <c r="B166" s="626"/>
+      <c r="C166" s="626"/>
+      <c r="D166" s="626"/>
+      <c r="E166" s="626"/>
+      <c r="F166" s="626"/>
+      <c r="G166" s="626"/>
+      <c r="H166" s="626"/>
+      <c r="I166" s="626"/>
+      <c r="J166" s="627"/>
       <c r="K166" s="70"/>
       <c r="L166" s="70"/>
       <c r="M166" s="70"/>
       <c r="N166" s="70"/>
       <c r="O166" s="70"/>
       <c r="P166" s="70"/>
       <c r="Q166" s="70"/>
       <c r="R166" s="70"/>
       <c r="S166" s="70"/>
       <c r="T166" s="70"/>
     </row>
     <row r="167" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A167" s="316" t="s">
-[...10 lines deleted...]
-      <c r="J167" s="318"/>
+      <c r="A167" s="620" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B167" s="621"/>
+      <c r="C167" s="621"/>
+      <c r="D167" s="621"/>
+      <c r="E167" s="621"/>
+      <c r="F167" s="621"/>
+      <c r="G167" s="621"/>
+      <c r="H167" s="621"/>
+      <c r="I167" s="621"/>
+      <c r="J167" s="622"/>
       <c r="K167" s="70"/>
       <c r="L167" s="70"/>
       <c r="M167" s="70"/>
       <c r="N167" s="70"/>
       <c r="O167" s="70"/>
       <c r="P167" s="70"/>
       <c r="Q167" s="70"/>
       <c r="R167" s="70"/>
       <c r="S167" s="70"/>
       <c r="T167" s="70"/>
     </row>
     <row r="168" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A168" s="319"/>
-[...8 lines deleted...]
-      <c r="J168" s="321"/>
+      <c r="A168" s="623"/>
+      <c r="B168" s="396"/>
+      <c r="C168" s="396"/>
+      <c r="D168" s="396"/>
+      <c r="E168" s="396"/>
+      <c r="F168" s="396"/>
+      <c r="G168" s="396"/>
+      <c r="H168" s="396"/>
+      <c r="I168" s="396"/>
+      <c r="J168" s="624"/>
       <c r="K168" s="70"/>
       <c r="L168" s="70"/>
       <c r="M168" s="70"/>
       <c r="N168" s="70"/>
       <c r="O168" s="70"/>
       <c r="P168" s="70"/>
       <c r="Q168" s="70"/>
       <c r="R168" s="70"/>
       <c r="S168" s="70"/>
       <c r="T168" s="70"/>
     </row>
     <row r="169" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A169" s="319"/>
-[...8 lines deleted...]
-      <c r="J169" s="321"/>
+      <c r="A169" s="623"/>
+      <c r="B169" s="396"/>
+      <c r="C169" s="396"/>
+      <c r="D169" s="396"/>
+      <c r="E169" s="396"/>
+      <c r="F169" s="396"/>
+      <c r="G169" s="396"/>
+      <c r="H169" s="396"/>
+      <c r="I169" s="396"/>
+      <c r="J169" s="624"/>
       <c r="K169" s="70"/>
       <c r="L169" s="70"/>
       <c r="M169" s="70"/>
       <c r="N169" s="70"/>
       <c r="O169" s="70"/>
       <c r="P169" s="70"/>
       <c r="Q169" s="70"/>
       <c r="R169" s="70"/>
       <c r="S169" s="70"/>
       <c r="T169" s="70"/>
     </row>
     <row r="170" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A170" s="322"/>
-[...8 lines deleted...]
-      <c r="J170" s="324"/>
+      <c r="A170" s="625"/>
+      <c r="B170" s="626"/>
+      <c r="C170" s="626"/>
+      <c r="D170" s="626"/>
+      <c r="E170" s="626"/>
+      <c r="F170" s="626"/>
+      <c r="G170" s="626"/>
+      <c r="H170" s="626"/>
+      <c r="I170" s="626"/>
+      <c r="J170" s="627"/>
       <c r="K170" s="70"/>
       <c r="L170" s="70"/>
       <c r="M170" s="70"/>
       <c r="N170" s="70"/>
       <c r="O170" s="70"/>
       <c r="P170" s="70"/>
       <c r="Q170" s="70"/>
       <c r="R170" s="70"/>
       <c r="S170" s="70"/>
       <c r="T170" s="70"/>
     </row>
     <row r="171" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A171" s="313" t="str">
+      <c r="A171" s="617" t="str">
         <f>IF(AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),"Sections above must be completed before this section!","")</f>
         <v>Sections above must be completed before this section!</v>
       </c>
-      <c r="B171" s="313"/>
-[...7 lines deleted...]
-      <c r="J171" s="313"/>
+      <c r="B171" s="617"/>
+      <c r="C171" s="617"/>
+      <c r="D171" s="617"/>
+      <c r="E171" s="617"/>
+      <c r="F171" s="617"/>
+      <c r="G171" s="617"/>
+      <c r="H171" s="617"/>
+      <c r="I171" s="617"/>
+      <c r="J171" s="617"/>
       <c r="K171" s="70"/>
       <c r="L171" s="70"/>
       <c r="M171" s="70"/>
       <c r="N171" s="70"/>
       <c r="O171" s="70"/>
       <c r="P171" s="70"/>
       <c r="Q171" s="70"/>
       <c r="R171" s="70"/>
       <c r="S171" s="70"/>
       <c r="T171" s="70"/>
     </row>
     <row r="172" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A172" s="314" t="s">
-[...8 lines deleted...]
-      <c r="H172" s="314"/>
+      <c r="A172" s="618" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B172" s="618"/>
+      <c r="C172" s="618"/>
+      <c r="D172" s="618"/>
+      <c r="E172" s="618"/>
+      <c r="F172" s="618"/>
+      <c r="G172" s="618"/>
+      <c r="H172" s="618"/>
       <c r="I172" s="303" t="s">
         <v>380</v>
       </c>
-      <c r="J172" s="315" t="str">
+      <c r="J172" s="619" t="str">
         <f>IF($I$172="","can't be blank","")</f>
         <v/>
       </c>
       <c r="K172" s="70"/>
       <c r="L172" s="70"/>
       <c r="M172" s="70"/>
       <c r="N172" s="70"/>
       <c r="O172" s="70"/>
       <c r="P172" s="70"/>
       <c r="Q172" s="70"/>
       <c r="R172" s="70"/>
       <c r="S172" s="70"/>
       <c r="T172" s="70"/>
     </row>
     <row r="173" spans="1:20" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A173" s="314"/>
-[...6 lines deleted...]
-      <c r="H173" s="314"/>
+      <c r="A173" s="618"/>
+      <c r="B173" s="618"/>
+      <c r="C173" s="618"/>
+      <c r="D173" s="618"/>
+      <c r="E173" s="618"/>
+      <c r="F173" s="618"/>
+      <c r="G173" s="618"/>
+      <c r="H173" s="618"/>
       <c r="I173" s="156"/>
-      <c r="J173" s="315"/>
+      <c r="J173" s="619"/>
       <c r="K173" s="70"/>
       <c r="L173" s="70"/>
       <c r="M173" s="70"/>
       <c r="N173" s="70"/>
       <c r="O173" s="70"/>
       <c r="P173" s="70"/>
       <c r="Q173" s="70"/>
       <c r="R173" s="70"/>
       <c r="S173" s="70"/>
       <c r="T173" s="70"/>
     </row>
     <row r="174" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A174" s="104" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="B174" s="42"/>
       <c r="C174" s="42"/>
       <c r="D174" s="42"/>
       <c r="E174" s="42"/>
-      <c r="F174" s="330"/>
-[...1 lines deleted...]
-      <c r="H174" s="332"/>
+      <c r="F174" s="354"/>
+      <c r="G174" s="355"/>
+      <c r="H174" s="356"/>
       <c r="I174" s="105" t="str">
         <f>IFERROR(IF($F$174&lt;&gt;"",TEXT($F$174,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J174" s="42"/>
       <c r="K174" s="70"/>
       <c r="L174" s="70"/>
       <c r="M174" s="70"/>
-      <c r="N174" s="381"/>
-[...4 lines deleted...]
-      <c r="S174" s="383"/>
+      <c r="N174" s="605"/>
+      <c r="O174" s="606"/>
+      <c r="P174" s="606"/>
+      <c r="Q174" s="606"/>
+      <c r="R174" s="606"/>
+      <c r="S174" s="607"/>
       <c r="T174" s="70"/>
     </row>
     <row r="175" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A175" s="104"/>
       <c r="B175" s="42"/>
       <c r="C175" s="42"/>
       <c r="D175" s="87"/>
-      <c r="E175" s="329" t="str">
+      <c r="E175" s="565" t="str">
         <f>IF(ISERROR(VLOOKUP($F$174,Dropdowns!$P$5:$R$28,3,FALSE)),"","Start date listed is "&amp;VLOOKUP($F$174,Dropdowns!$P$5:$R$28,3,FALSE))</f>
         <v/>
       </c>
-      <c r="F175" s="329"/>
-[...2 lines deleted...]
-      <c r="I175" s="329"/>
+      <c r="F175" s="565"/>
+      <c r="G175" s="565"/>
+      <c r="H175" s="565"/>
+      <c r="I175" s="565"/>
       <c r="J175" s="87"/>
       <c r="K175" s="70"/>
       <c r="L175" s="70"/>
       <c r="M175" s="70"/>
-      <c r="N175" s="384"/>
-[...4 lines deleted...]
-      <c r="S175" s="386"/>
+      <c r="N175" s="608"/>
+      <c r="O175" s="609"/>
+      <c r="P175" s="609"/>
+      <c r="Q175" s="609"/>
+      <c r="R175" s="609"/>
+      <c r="S175" s="610"/>
       <c r="T175" s="70"/>
     </row>
     <row r="176" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A176" s="450" t="str">
+      <c r="A176" s="566" t="str">
         <f ca="1">IFERROR(IF($F$174&lt;&gt;"",IF($F$174-TODAY()&lt;30,"This start date is not realistic",IF($F$174-TODAY()&lt;60,"CoS applications should normally be submitted three months before start date",IF($F$174-TODAY()&gt;120,"TOO EARLY! a new CoS can only be issued three months before the start date at the earliest",""))),""),"")</f>
         <v/>
       </c>
-      <c r="B176" s="450"/>
-[...7 lines deleted...]
-      <c r="J176" s="450"/>
+      <c r="B176" s="566"/>
+      <c r="C176" s="566"/>
+      <c r="D176" s="566"/>
+      <c r="E176" s="566"/>
+      <c r="F176" s="566"/>
+      <c r="G176" s="566"/>
+      <c r="H176" s="566"/>
+      <c r="I176" s="566"/>
+      <c r="J176" s="566"/>
       <c r="K176" s="70"/>
       <c r="L176" s="70"/>
       <c r="M176" s="70"/>
-      <c r="N176" s="384"/>
-[...4 lines deleted...]
-      <c r="S176" s="386"/>
+      <c r="N176" s="608"/>
+      <c r="O176" s="609"/>
+      <c r="P176" s="609"/>
+      <c r="Q176" s="609"/>
+      <c r="R176" s="609"/>
+      <c r="S176" s="610"/>
       <c r="T176" s="70"/>
     </row>
     <row r="177" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A177" s="104" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="B177" s="42"/>
       <c r="C177" s="42"/>
       <c r="D177" s="42"/>
       <c r="E177" s="42"/>
-      <c r="F177" s="391"/>
-[...1 lines deleted...]
-      <c r="H177" s="393"/>
+      <c r="F177" s="580"/>
+      <c r="G177" s="581"/>
+      <c r="H177" s="582"/>
       <c r="I177" s="105" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",TEXT($F$177,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J177" s="106"/>
       <c r="K177" s="70"/>
       <c r="L177" s="70"/>
       <c r="M177" s="70"/>
-      <c r="N177" s="384"/>
-[...4 lines deleted...]
-      <c r="S177" s="386"/>
+      <c r="N177" s="608"/>
+      <c r="O177" s="609"/>
+      <c r="P177" s="609"/>
+      <c r="Q177" s="609"/>
+      <c r="R177" s="609"/>
+      <c r="S177" s="610"/>
       <c r="T177" s="70"/>
     </row>
     <row r="178" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A178" s="42"/>
       <c r="B178" s="42"/>
       <c r="C178" s="42"/>
       <c r="D178" s="42"/>
       <c r="E178" s="42"/>
       <c r="F178" s="42"/>
       <c r="G178" s="42"/>
       <c r="H178" s="42"/>
       <c r="I178" s="42"/>
       <c r="J178" s="107"/>
       <c r="K178" s="70"/>
       <c r="L178" s="70"/>
       <c r="M178" s="70"/>
-      <c r="N178" s="384"/>
-[...4 lines deleted...]
-      <c r="S178" s="386"/>
+      <c r="N178" s="608"/>
+      <c r="O178" s="609"/>
+      <c r="P178" s="609"/>
+      <c r="Q178" s="609"/>
+      <c r="R178" s="609"/>
+      <c r="S178" s="610"/>
       <c r="T178" s="70"/>
     </row>
     <row r="179" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A179" s="42"/>
       <c r="B179" s="108"/>
       <c r="C179" s="109" t="s">
         <v>770</v>
       </c>
       <c r="D179" s="110">
         <f>IFERROR(IF(OR($F$174="",$F$177=""),0,DATEDIF($F$174,$F$177+1,"Y")),0)</f>
         <v>0</v>
       </c>
       <c r="E179" s="108" t="s">
         <v>771</v>
       </c>
       <c r="F179" s="110">
         <f>IFERROR(IF(OR($F$174="",$F$177=""),0,DATEDIF($F$174,$F$177+1,"YM")),0)</f>
         <v>0</v>
       </c>
       <c r="G179" s="108" t="s">
         <v>772</v>
       </c>
       <c r="H179" s="110">
         <f>IFERROR(IF(OR($F$174="",$F$177=""),0,DATEDIF($F$174,$F$177+1,"MD")),0)</f>
         <v>0</v>
       </c>
       <c r="I179" s="108" t="s">
         <v>773</v>
       </c>
       <c r="J179" s="42"/>
       <c r="K179" s="70"/>
       <c r="L179" s="70"/>
       <c r="M179" s="70"/>
-      <c r="N179" s="384"/>
-[...4 lines deleted...]
-      <c r="S179" s="386"/>
+      <c r="N179" s="608"/>
+      <c r="O179" s="609"/>
+      <c r="P179" s="609"/>
+      <c r="Q179" s="609"/>
+      <c r="R179" s="609"/>
+      <c r="S179" s="610"/>
       <c r="T179" s="70"/>
     </row>
     <row r="180" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A180" s="42"/>
       <c r="B180" s="42"/>
       <c r="C180" s="42"/>
       <c r="D180" s="42"/>
       <c r="E180" s="42"/>
       <c r="F180" s="111" t="str">
         <f>IF(AND($F$174&lt;&gt;"",$F$177&lt;&gt;"",ISERROR(DATEDIF($F$174,$F$177,"Y"))),"Error in CoS dates!","")</f>
         <v/>
       </c>
       <c r="G180" s="42"/>
       <c r="H180" s="42"/>
       <c r="I180" s="42"/>
       <c r="J180" s="42"/>
       <c r="K180" s="70"/>
       <c r="L180" s="70"/>
       <c r="M180" s="70"/>
-      <c r="N180" s="384"/>
-[...4 lines deleted...]
-      <c r="S180" s="386"/>
+      <c r="N180" s="608"/>
+      <c r="O180" s="609"/>
+      <c r="P180" s="609"/>
+      <c r="Q180" s="609"/>
+      <c r="R180" s="609"/>
+      <c r="S180" s="610"/>
       <c r="T180" s="70"/>
     </row>
     <row r="181" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A181" s="42"/>
       <c r="B181" s="42"/>
       <c r="C181" s="301" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="D181" s="302">
         <f>IFERROR(IF(OR($F$174="",$F$177="",$J$172&lt;&gt;""),0,DATEDIF($F$174-IF(CHECKING!$B$5=TRUE,($I$172*7),0),$F$177+1+14,"Y")),0)</f>
         <v>0</v>
       </c>
       <c r="E181" s="42" t="s">
         <v>771</v>
       </c>
       <c r="F181" s="304">
         <f>IFERROR(IF(OR($F$174="",$F$177="",$J$172&lt;&gt;""),0,DATEDIF($F$174-IF(CHECKING!$B$5=TRUE,($I$172*7),0),$F$177+1+14,"YM")),0)</f>
         <v>0</v>
       </c>
       <c r="G181" s="42" t="s">
         <v>772</v>
       </c>
       <c r="H181" s="302">
         <f>IFERROR(IF(OR($F$174="",$F$177="",$J$172&lt;&gt;""),0,DATEDIF($F$174-IF(CHECKING!$B$5=TRUE,($I$172*7),0),$F$177+1+14,"MD")),0)</f>
         <v>0</v>
       </c>
       <c r="I181" s="42" t="s">
         <v>773</v>
       </c>
       <c r="J181" s="42"/>
       <c r="K181" s="70"/>
       <c r="L181" s="70"/>
       <c r="M181" s="70"/>
-      <c r="N181" s="384"/>
-[...4 lines deleted...]
-      <c r="S181" s="386"/>
+      <c r="N181" s="608"/>
+      <c r="O181" s="609"/>
+      <c r="P181" s="609"/>
+      <c r="Q181" s="609"/>
+      <c r="R181" s="609"/>
+      <c r="S181" s="610"/>
       <c r="T181" s="70"/>
     </row>
     <row r="182" spans="1:20" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A182" s="42"/>
       <c r="B182" s="42"/>
       <c r="C182" s="42"/>
       <c r="D182" s="42"/>
       <c r="E182" s="42"/>
       <c r="F182" s="111"/>
       <c r="G182" s="42"/>
       <c r="H182" s="42"/>
       <c r="I182" s="42"/>
       <c r="J182" s="42"/>
       <c r="K182" s="70"/>
       <c r="L182" s="70"/>
       <c r="M182" s="70"/>
-      <c r="N182" s="384"/>
-[...4 lines deleted...]
-      <c r="S182" s="386"/>
+      <c r="N182" s="608"/>
+      <c r="O182" s="609"/>
+      <c r="P182" s="609"/>
+      <c r="Q182" s="609"/>
+      <c r="R182" s="609"/>
+      <c r="S182" s="610"/>
       <c r="T182" s="70"/>
     </row>
     <row r="183" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A183" s="114" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(AND(CHECKING!$B$5=TRUE,OR(AND($D$181=0,$F$181=0,$H$181&gt;0),AND($D$181=0,$F$181&gt;0,$F$181&lt;6),AND($D$181=0,$F$181=6,$H$181=0))),"No NHS Surcharge for overseas application for part-year &lt; 6 months",""),""),"")</f>
         <v/>
       </c>
       <c r="B183" s="112"/>
       <c r="C183" s="112"/>
       <c r="D183" s="112"/>
       <c r="E183" s="112"/>
       <c r="F183" s="113" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(AND($D$179=0,$F$179&lt;=3),"It is not normally practical to issue a CoS for a visa of 3 months or less",""),""),"")</f>
         <v/>
       </c>
       <c r="G183" s="113"/>
       <c r="H183" s="113"/>
       <c r="I183" s="113"/>
       <c r="J183" s="113"/>
       <c r="K183" s="70"/>
       <c r="L183" s="70"/>
       <c r="M183" s="70"/>
-      <c r="N183" s="384"/>
-[...4 lines deleted...]
-      <c r="S183" s="386"/>
+      <c r="N183" s="608"/>
+      <c r="O183" s="609"/>
+      <c r="P183" s="609"/>
+      <c r="Q183" s="609"/>
+      <c r="R183" s="609"/>
+      <c r="S183" s="610"/>
       <c r="T183" s="70"/>
     </row>
     <row r="184" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A184" s="114" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(AND(CHECKING!$B$6=TRUE,OR(AND($F$181=0,$H$181&gt;0),AND($F$181&gt;0,$F$181&lt;6),AND($F$181=6,$H$181=0))),"NHS Surcharge for part-year &lt; 6 months = £" &amp; Dropdowns!$X$8/2,""),""),"")</f>
         <v/>
       </c>
       <c r="B184" s="113"/>
       <c r="C184" s="113"/>
       <c r="D184" s="113"/>
       <c r="E184" s="112"/>
       <c r="F184" s="134" t="str">
         <f>IFERROR(IF(OR($D$179&gt;2,AND($D$179=2,OR($F$179&lt;&gt;0,$H$179&lt;&gt;0))),"Tier 5 CoS can only be issued for a maximum period of 2 years",""),"")</f>
         <v/>
       </c>
       <c r="G184" s="115"/>
       <c r="H184" s="115"/>
       <c r="I184" s="115"/>
       <c r="J184" s="112"/>
       <c r="K184" s="70"/>
       <c r="L184" s="70"/>
       <c r="M184" s="70"/>
-      <c r="N184" s="384"/>
-[...4 lines deleted...]
-      <c r="S184" s="386"/>
+      <c r="N184" s="608"/>
+      <c r="O184" s="609"/>
+      <c r="P184" s="609"/>
+      <c r="Q184" s="609"/>
+      <c r="R184" s="609"/>
+      <c r="S184" s="610"/>
       <c r="T184" s="70"/>
     </row>
     <row r="185" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A185" s="114" t="str">
         <f>IFERROR(IF($F$177&lt;&gt;"",IF(OR(AND($F$181=6,$H$181&gt;0),AND($F$181&gt;6,$F$181&lt;12)),"NHS Surcharge for part-year &gt; 6 months = £" &amp; Dropdowns!$X$8,""),""),"")</f>
         <v/>
       </c>
       <c r="B185" s="116"/>
       <c r="C185" s="116"/>
       <c r="D185" s="116"/>
       <c r="E185" s="116"/>
       <c r="F185" s="117"/>
       <c r="G185" s="115"/>
       <c r="H185" s="115"/>
       <c r="I185" s="115"/>
       <c r="J185" s="116"/>
       <c r="K185" s="70"/>
       <c r="L185" s="70"/>
       <c r="M185" s="70"/>
-      <c r="N185" s="387"/>
-[...4 lines deleted...]
-      <c r="S185" s="389"/>
+      <c r="N185" s="611"/>
+      <c r="O185" s="612"/>
+      <c r="P185" s="612"/>
+      <c r="Q185" s="612"/>
+      <c r="R185" s="612"/>
+      <c r="S185" s="613"/>
       <c r="T185" s="70"/>
     </row>
     <row r="186" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A186" s="622" t="s">
+      <c r="A186" s="325" t="s">
         <v>780</v>
       </c>
-      <c r="B186" s="622"/>
-[...7 lines deleted...]
-      <c r="J186" s="622"/>
+      <c r="B186" s="325"/>
+      <c r="C186" s="325"/>
+      <c r="D186" s="325"/>
+      <c r="E186" s="325"/>
+      <c r="F186" s="325"/>
+      <c r="G186" s="325"/>
+      <c r="H186" s="325"/>
+      <c r="I186" s="325"/>
+      <c r="J186" s="325"/>
       <c r="K186" s="70"/>
       <c r="L186" s="70"/>
       <c r="M186" s="70"/>
       <c r="N186" s="118"/>
       <c r="O186" s="118"/>
       <c r="P186" s="118"/>
       <c r="Q186" s="118"/>
       <c r="R186" s="118"/>
       <c r="S186" s="118"/>
       <c r="T186" s="70"/>
     </row>
     <row r="187" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A187" s="622"/>
-[...8 lines deleted...]
-      <c r="J187" s="622"/>
+      <c r="A187" s="325"/>
+      <c r="B187" s="325"/>
+      <c r="C187" s="325"/>
+      <c r="D187" s="325"/>
+      <c r="E187" s="325"/>
+      <c r="F187" s="325"/>
+      <c r="G187" s="325"/>
+      <c r="H187" s="325"/>
+      <c r="I187" s="325"/>
+      <c r="J187" s="325"/>
       <c r="K187" s="70"/>
       <c r="L187" s="70"/>
       <c r="M187" s="70"/>
       <c r="N187" s="70"/>
       <c r="O187" s="70"/>
       <c r="P187" s="70"/>
       <c r="Q187" s="70"/>
       <c r="R187" s="70"/>
       <c r="S187" s="70"/>
       <c r="T187" s="70"/>
     </row>
     <row r="188" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A188" s="312" t="str">
+      <c r="A188" s="616" t="str">
         <f>IF(OR(AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),AND(CHECKING!$B$5=TRUE,OR($I$172="- select -",$I$172="")),$F$174="",$F$177=""),"Fields above must be completed before estimated NHS Surcharge can be calculated!","")</f>
         <v>Fields above must be completed before estimated NHS Surcharge can be calculated!</v>
       </c>
-      <c r="B188" s="312"/>
-[...7 lines deleted...]
-      <c r="J188" s="312"/>
+      <c r="B188" s="616"/>
+      <c r="C188" s="616"/>
+      <c r="D188" s="616"/>
+      <c r="E188" s="616"/>
+      <c r="F188" s="616"/>
+      <c r="G188" s="616"/>
+      <c r="H188" s="616"/>
+      <c r="I188" s="616"/>
+      <c r="J188" s="616"/>
       <c r="K188" s="70"/>
       <c r="L188" s="70"/>
       <c r="M188" s="70"/>
       <c r="N188" s="70"/>
       <c r="O188" s="70"/>
       <c r="P188" s="70"/>
       <c r="Q188" s="70"/>
       <c r="R188" s="70"/>
       <c r="S188" s="70"/>
       <c r="T188" s="70"/>
     </row>
     <row r="189" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A189" s="119"/>
       <c r="B189" s="120"/>
       <c r="C189" s="253" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="D189" s="121" t="str">
         <f>IF(OR($F$177="",AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),AND(CHECKING!$B$5=TRUE,OR($I$172="- select -",$I$172=""))),"",(Dropdowns!$X$8*$D$181)+(IF(OR(AND($F$181=0,$H$181&gt;0),AND($F$181&gt;0,$F$181&lt;6),AND($F$181=6,$H$181=0)),(Dropdowns!$X$8/2),IF(OR(AND($F$181=6,$H$181&gt;0),AND($F$181&gt;6,$F$181&lt;12)),Dropdowns!$X$8,0))))</f>
         <v/>
       </c>
       <c r="E189" s="122" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="F189" s="42"/>
       <c r="G189" s="120"/>
       <c r="H189" s="120"/>
       <c r="I189" s="120"/>
       <c r="J189" s="120"/>
       <c r="K189" s="70"/>
       <c r="L189" s="70"/>
       <c r="M189" s="70"/>
       <c r="N189" s="70"/>
       <c r="O189" s="70"/>
       <c r="P189" s="70"/>
       <c r="Q189" s="70"/>
       <c r="R189" s="70"/>
       <c r="S189" s="70"/>
       <c r="T189" s="70"/>
     </row>
     <row r="190" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A190" s="123"/>
       <c r="B190" s="123"/>
       <c r="C190" s="123"/>
       <c r="D190" s="121" t="str">
         <f>IF(OR($F$177="",AND(CHECKING!$B$5=FALSE,CHECKING!$B$6=FALSE),AND(CHECKING!$B$5=TRUE,OR($I$172="- select -",$I$172=""))),"",(Dropdowns!$X$9*$D$181)+(IF(OR(AND($F$181=0,$H$181&gt;0),AND($F$181&gt;0,$F$181&lt;6),AND($F$181=6,$H$181=0)),(Dropdowns!$X$9/2),IF(OR(AND($F$181=6,$H$181&gt;0),AND($F$181&gt;6,$F$181&lt;12)),Dropdowns!$X$9,0))))</f>
         <v/>
       </c>
       <c r="E190" s="122" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="F190" s="123"/>
       <c r="G190" s="123"/>
       <c r="H190" s="123"/>
       <c r="I190" s="123"/>
       <c r="J190" s="123"/>
       <c r="K190" s="70"/>
       <c r="L190" s="70"/>
       <c r="M190" s="70"/>
       <c r="N190" s="124"/>
       <c r="O190" s="124"/>
       <c r="P190" s="124"/>
       <c r="Q190" s="124"/>
       <c r="R190" s="124"/>
       <c r="S190" s="124"/>
       <c r="T190" s="70"/>
     </row>
     <row r="191" spans="1:20" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="432"/>
-[...8 lines deleted...]
-      <c r="J191" s="432"/>
+      <c r="A191" s="577"/>
+      <c r="B191" s="577"/>
+      <c r="C191" s="577"/>
+      <c r="D191" s="577"/>
+      <c r="E191" s="577"/>
+      <c r="F191" s="577"/>
+      <c r="G191" s="577"/>
+      <c r="H191" s="577"/>
+      <c r="I191" s="577"/>
+      <c r="J191" s="577"/>
       <c r="K191" s="70"/>
       <c r="L191" s="70"/>
       <c r="M191" s="70"/>
       <c r="N191" s="124"/>
       <c r="O191" s="124"/>
       <c r="P191" s="124"/>
       <c r="Q191" s="124"/>
       <c r="R191" s="124"/>
       <c r="S191" s="124"/>
       <c r="T191" s="70"/>
     </row>
     <row r="192" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="355" t="str">
+      <c r="A192" s="602" t="str">
         <f>"I confirm that this applicant has been made aware they and their dependants will have to pay the ‘NHS Surcharge’.  As this is a significant (£" &amp; Dropdowns!$X$8 &amp; " per year for the main applicant and their partner and £" &amp; Dropdowns!$X$9 &amp; " per year for each dependant child (under 18)) addition to the visa fee, based on visa length, it may affect the length of visa they wish to apply for. " &amp; "Tier 5 and Dependant fees should not be reimbursed."</f>
         <v>I confirm that this applicant has been made aware they and their dependants will have to pay the ‘NHS Surcharge’.  As this is a significant (£1035 per year for the main applicant and their partner and £776 per year for each dependant child (under 18)) addition to the visa fee, based on visa length, it may affect the length of visa they wish to apply for. Tier 5 and Dependant fees should not be reimbursed.</v>
       </c>
-      <c r="B192" s="355"/>
-[...6 lines deleted...]
-      <c r="I192" s="355"/>
+      <c r="B192" s="602"/>
+      <c r="C192" s="602"/>
+      <c r="D192" s="602"/>
+      <c r="E192" s="602"/>
+      <c r="F192" s="602"/>
+      <c r="G192" s="602"/>
+      <c r="H192" s="602"/>
+      <c r="I192" s="602"/>
       <c r="J192" s="125"/>
       <c r="K192" s="70"/>
       <c r="L192" s="70"/>
       <c r="M192" s="70"/>
-      <c r="N192" s="365"/>
-[...4 lines deleted...]
-      <c r="S192" s="367"/>
+      <c r="N192" s="345"/>
+      <c r="O192" s="346"/>
+      <c r="P192" s="346"/>
+      <c r="Q192" s="346"/>
+      <c r="R192" s="346"/>
+      <c r="S192" s="347"/>
       <c r="T192" s="70"/>
     </row>
     <row r="193" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A193" s="355"/>
-[...8 lines deleted...]
-      <c r="J193" s="371">
+      <c r="A193" s="602"/>
+      <c r="B193" s="602"/>
+      <c r="C193" s="602"/>
+      <c r="D193" s="602"/>
+      <c r="E193" s="602"/>
+      <c r="F193" s="602"/>
+      <c r="G193" s="602"/>
+      <c r="H193" s="602"/>
+      <c r="I193" s="602"/>
+      <c r="J193" s="603">
         <f>IF(CHECKING!$D$89=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K193" s="70"/>
       <c r="L193" s="70"/>
       <c r="M193" s="70"/>
-      <c r="N193" s="368"/>
-[...4 lines deleted...]
-      <c r="S193" s="370"/>
+      <c r="N193" s="351"/>
+      <c r="O193" s="352"/>
+      <c r="P193" s="352"/>
+      <c r="Q193" s="352"/>
+      <c r="R193" s="352"/>
+      <c r="S193" s="353"/>
       <c r="T193" s="70"/>
     </row>
     <row r="194" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A194" s="355"/>
-[...8 lines deleted...]
-      <c r="J194" s="371"/>
+      <c r="A194" s="602"/>
+      <c r="B194" s="602"/>
+      <c r="C194" s="602"/>
+      <c r="D194" s="602"/>
+      <c r="E194" s="602"/>
+      <c r="F194" s="602"/>
+      <c r="G194" s="602"/>
+      <c r="H194" s="602"/>
+      <c r="I194" s="602"/>
+      <c r="J194" s="603"/>
       <c r="K194" s="70"/>
       <c r="L194" s="70"/>
       <c r="M194" s="70"/>
       <c r="N194" s="70"/>
       <c r="O194" s="70"/>
       <c r="P194" s="70"/>
       <c r="Q194" s="70"/>
       <c r="R194" s="70"/>
       <c r="S194" s="70"/>
       <c r="T194" s="70"/>
     </row>
     <row r="195" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A195" s="355"/>
-[...7 lines deleted...]
-      <c r="I195" s="355"/>
+      <c r="A195" s="602"/>
+      <c r="B195" s="602"/>
+      <c r="C195" s="602"/>
+      <c r="D195" s="602"/>
+      <c r="E195" s="602"/>
+      <c r="F195" s="602"/>
+      <c r="G195" s="602"/>
+      <c r="H195" s="602"/>
+      <c r="I195" s="602"/>
       <c r="J195" s="210"/>
       <c r="K195" s="37"/>
       <c r="L195" s="37"/>
       <c r="M195" s="37"/>
       <c r="N195" s="37"/>
       <c r="O195" s="37"/>
       <c r="P195" s="37"/>
       <c r="Q195" s="37"/>
       <c r="R195" s="37"/>
       <c r="S195" s="37"/>
       <c r="T195" s="37"/>
     </row>
     <row r="196" spans="1:20" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A196" s="298"/>
       <c r="B196" s="299"/>
       <c r="C196" s="299"/>
       <c r="D196" s="299"/>
       <c r="E196" s="299"/>
       <c r="F196" s="299"/>
       <c r="G196" s="299"/>
       <c r="H196" s="299"/>
       <c r="I196" s="299"/>
       <c r="J196" s="300"/>
       <c r="K196" s="37"/>
       <c r="L196" s="37"/>
       <c r="M196" s="37"/>
       <c r="N196" s="37"/>
       <c r="O196" s="37"/>
       <c r="P196" s="37"/>
       <c r="Q196" s="37"/>
       <c r="R196" s="37"/>
       <c r="S196" s="37"/>
       <c r="T196" s="37"/>
     </row>
     <row r="197" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A197" s="372" t="s">
+      <c r="A197" s="574" t="s">
         <v>774</v>
       </c>
-      <c r="B197" s="372"/>
-[...7 lines deleted...]
-      <c r="J197" s="335" t="s">
+      <c r="B197" s="574"/>
+      <c r="C197" s="574"/>
+      <c r="D197" s="574"/>
+      <c r="E197" s="574"/>
+      <c r="F197" s="574"/>
+      <c r="G197" s="574"/>
+      <c r="H197" s="574"/>
+      <c r="I197" s="574"/>
+      <c r="J197" s="629" t="s">
         <v>385</v>
       </c>
       <c r="K197" s="70"/>
       <c r="L197" s="70"/>
       <c r="M197" s="70"/>
-      <c r="N197" s="365"/>
-[...4 lines deleted...]
-      <c r="S197" s="367"/>
+      <c r="N197" s="345"/>
+      <c r="O197" s="346"/>
+      <c r="P197" s="346"/>
+      <c r="Q197" s="346"/>
+      <c r="R197" s="346"/>
+      <c r="S197" s="347"/>
       <c r="T197" s="70"/>
     </row>
     <row r="198" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="333" t="s">
-[...10 lines deleted...]
-      <c r="J198" s="336"/>
+      <c r="A198" s="436" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B198" s="436"/>
+      <c r="C198" s="436"/>
+      <c r="D198" s="436"/>
+      <c r="E198" s="436"/>
+      <c r="F198" s="436"/>
+      <c r="G198" s="436"/>
+      <c r="H198" s="436"/>
+      <c r="I198" s="628"/>
+      <c r="J198" s="630"/>
       <c r="K198" s="70"/>
       <c r="L198" s="70"/>
       <c r="M198" s="70"/>
-      <c r="N198" s="373"/>
-[...4 lines deleted...]
-      <c r="S198" s="375"/>
+      <c r="N198" s="348"/>
+      <c r="O198" s="349"/>
+      <c r="P198" s="349"/>
+      <c r="Q198" s="349"/>
+      <c r="R198" s="349"/>
+      <c r="S198" s="350"/>
       <c r="T198" s="70"/>
     </row>
     <row r="199" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A199" s="333"/>
-[...8 lines deleted...]
-      <c r="J199" s="337"/>
+      <c r="A199" s="436"/>
+      <c r="B199" s="436"/>
+      <c r="C199" s="436"/>
+      <c r="D199" s="436"/>
+      <c r="E199" s="436"/>
+      <c r="F199" s="436"/>
+      <c r="G199" s="436"/>
+      <c r="H199" s="436"/>
+      <c r="I199" s="628"/>
+      <c r="J199" s="631"/>
       <c r="K199" s="70"/>
       <c r="L199" s="70"/>
       <c r="M199" s="70"/>
-      <c r="N199" s="368"/>
-[...4 lines deleted...]
-      <c r="S199" s="370"/>
+      <c r="N199" s="351"/>
+      <c r="O199" s="352"/>
+      <c r="P199" s="352"/>
+      <c r="Q199" s="352"/>
+      <c r="R199" s="352"/>
+      <c r="S199" s="353"/>
       <c r="T199" s="70"/>
     </row>
     <row r="200" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A200" s="295"/>
       <c r="B200" s="295"/>
       <c r="C200" s="295"/>
       <c r="D200" s="295"/>
       <c r="E200" s="295"/>
       <c r="F200" s="295"/>
       <c r="G200" s="295"/>
       <c r="H200" s="295"/>
       <c r="I200" s="295"/>
       <c r="J200" s="296"/>
       <c r="K200" s="70"/>
       <c r="L200" s="70"/>
       <c r="M200" s="70"/>
       <c r="N200" s="70"/>
       <c r="O200" s="70"/>
       <c r="P200" s="70"/>
       <c r="Q200" s="70"/>
       <c r="R200" s="70"/>
       <c r="S200" s="70"/>
       <c r="T200" s="70"/>
     </row>
     <row r="201" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="104" t="s">
         <v>782</v>
       </c>
       <c r="B201" s="42"/>
       <c r="C201" s="42"/>
       <c r="D201" s="138"/>
       <c r="E201" s="139" t="str">
         <f>IF($D$201&lt;&gt;"",IF($D$201&lt;&gt;37.5,"standard University full-time hours are 37.5 per week",""),"")</f>
         <v/>
       </c>
       <c r="F201" s="42"/>
       <c r="G201" s="42"/>
       <c r="H201" s="42"/>
       <c r="I201" s="42"/>
       <c r="J201" s="42"/>
       <c r="K201" s="70"/>
       <c r="L201" s="70"/>
       <c r="M201" s="70"/>
-      <c r="N201" s="365"/>
-[...4 lines deleted...]
-      <c r="S201" s="367"/>
+      <c r="N201" s="345"/>
+      <c r="O201" s="346"/>
+      <c r="P201" s="346"/>
+      <c r="Q201" s="346"/>
+      <c r="R201" s="346"/>
+      <c r="S201" s="347"/>
       <c r="T201" s="37"/>
     </row>
     <row r="202" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A202" s="42"/>
       <c r="B202" s="42"/>
       <c r="C202" s="42"/>
       <c r="D202" s="42"/>
       <c r="E202" s="42"/>
       <c r="F202" s="42"/>
       <c r="G202" s="42"/>
       <c r="H202" s="42"/>
       <c r="I202" s="42"/>
       <c r="J202" s="42"/>
       <c r="K202" s="70"/>
       <c r="L202" s="70"/>
       <c r="M202" s="70"/>
-      <c r="N202" s="373"/>
-[...4 lines deleted...]
-      <c r="S202" s="375"/>
+      <c r="N202" s="348"/>
+      <c r="O202" s="349"/>
+      <c r="P202" s="349"/>
+      <c r="Q202" s="349"/>
+      <c r="R202" s="349"/>
+      <c r="S202" s="350"/>
       <c r="T202" s="37"/>
     </row>
     <row r="203" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A203" s="380" t="s">
+      <c r="A203" s="604" t="s">
         <v>783</v>
       </c>
-      <c r="B203" s="380"/>
-[...7 lines deleted...]
-      <c r="J203" s="380"/>
+      <c r="B203" s="604"/>
+      <c r="C203" s="604"/>
+      <c r="D203" s="604"/>
+      <c r="E203" s="604"/>
+      <c r="F203" s="604"/>
+      <c r="G203" s="604"/>
+      <c r="H203" s="604"/>
+      <c r="I203" s="604"/>
+      <c r="J203" s="604"/>
       <c r="K203" s="37"/>
       <c r="L203" s="37"/>
       <c r="M203" s="37"/>
-      <c r="N203" s="373"/>
-[...4 lines deleted...]
-      <c r="S203" s="375"/>
+      <c r="N203" s="348"/>
+      <c r="O203" s="349"/>
+      <c r="P203" s="349"/>
+      <c r="Q203" s="349"/>
+      <c r="R203" s="349"/>
+      <c r="S203" s="350"/>
       <c r="T203" s="37"/>
     </row>
     <row r="204" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A204" s="380"/>
-[...8 lines deleted...]
-      <c r="J204" s="380"/>
+      <c r="A204" s="604"/>
+      <c r="B204" s="604"/>
+      <c r="C204" s="604"/>
+      <c r="D204" s="604"/>
+      <c r="E204" s="604"/>
+      <c r="F204" s="604"/>
+      <c r="G204" s="604"/>
+      <c r="H204" s="604"/>
+      <c r="I204" s="604"/>
+      <c r="J204" s="604"/>
       <c r="K204" s="37"/>
       <c r="L204" s="37"/>
       <c r="M204" s="37"/>
-      <c r="N204" s="373"/>
-[...4 lines deleted...]
-      <c r="S204" s="375"/>
+      <c r="N204" s="348"/>
+      <c r="O204" s="349"/>
+      <c r="P204" s="349"/>
+      <c r="Q204" s="349"/>
+      <c r="R204" s="349"/>
+      <c r="S204" s="350"/>
       <c r="T204" s="37"/>
     </row>
     <row r="205" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A205" s="380"/>
-[...8 lines deleted...]
-      <c r="J205" s="380"/>
+      <c r="A205" s="604"/>
+      <c r="B205" s="604"/>
+      <c r="C205" s="604"/>
+      <c r="D205" s="604"/>
+      <c r="E205" s="604"/>
+      <c r="F205" s="604"/>
+      <c r="G205" s="604"/>
+      <c r="H205" s="604"/>
+      <c r="I205" s="604"/>
+      <c r="J205" s="604"/>
       <c r="K205" s="37"/>
       <c r="L205" s="37"/>
       <c r="M205" s="37"/>
-      <c r="N205" s="368"/>
-[...4 lines deleted...]
-      <c r="S205" s="370"/>
+      <c r="N205" s="351"/>
+      <c r="O205" s="352"/>
+      <c r="P205" s="352"/>
+      <c r="Q205" s="352"/>
+      <c r="R205" s="352"/>
+      <c r="S205" s="353"/>
       <c r="T205" s="37"/>
     </row>
     <row r="206" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A206" s="380"/>
-[...8 lines deleted...]
-      <c r="J206" s="380"/>
+      <c r="A206" s="604"/>
+      <c r="B206" s="604"/>
+      <c r="C206" s="604"/>
+      <c r="D206" s="604"/>
+      <c r="E206" s="604"/>
+      <c r="F206" s="604"/>
+      <c r="G206" s="604"/>
+      <c r="H206" s="604"/>
+      <c r="I206" s="604"/>
+      <c r="J206" s="604"/>
       <c r="K206" s="37"/>
       <c r="L206" s="37"/>
       <c r="M206" s="37"/>
       <c r="N206" s="37"/>
       <c r="O206" s="37"/>
       <c r="P206" s="37"/>
       <c r="Q206" s="37"/>
       <c r="R206" s="37"/>
       <c r="S206" s="37"/>
       <c r="T206" s="37"/>
     </row>
     <row r="207" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A207" s="64"/>
       <c r="B207" s="64"/>
       <c r="C207" s="64"/>
       <c r="D207" s="64"/>
       <c r="E207" s="64"/>
-      <c r="F207" s="376" t="s">
+      <c r="F207" s="535" t="s">
         <v>784</v>
       </c>
-      <c r="G207" s="376"/>
-[...2 lines deleted...]
-      <c r="J207" s="376"/>
+      <c r="G207" s="535"/>
+      <c r="H207" s="535"/>
+      <c r="I207" s="535"/>
+      <c r="J207" s="535"/>
       <c r="K207" s="49"/>
       <c r="L207" s="49"/>
       <c r="M207" s="49"/>
       <c r="N207" s="49"/>
       <c r="O207" s="49"/>
       <c r="P207" s="49"/>
       <c r="Q207" s="49"/>
       <c r="R207" s="49"/>
       <c r="S207" s="49"/>
       <c r="T207" s="49"/>
     </row>
     <row r="208" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A208" s="53"/>
       <c r="B208" s="53"/>
       <c r="C208" s="53"/>
       <c r="D208" s="53"/>
       <c r="E208" s="53"/>
       <c r="F208" s="53"/>
       <c r="G208" s="53"/>
       <c r="H208" s="53"/>
       <c r="I208" s="53"/>
       <c r="J208" s="53"/>
       <c r="K208" s="37"/>
       <c r="L208" s="37"/>
       <c r="M208" s="37"/>
       <c r="N208" s="37"/>
       <c r="O208" s="37"/>
       <c r="P208" s="37"/>
       <c r="Q208" s="37"/>
       <c r="R208" s="37"/>
       <c r="S208" s="37"/>
       <c r="T208" s="37"/>
     </row>
     <row r="209" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A209" s="71" t="s">
         <v>790</v>
       </c>
       <c r="B209" s="42"/>
       <c r="C209" s="42"/>
       <c r="D209" s="42"/>
-      <c r="E209" s="377" t="s">
+      <c r="E209" s="322" t="s">
         <v>791</v>
       </c>
-      <c r="F209" s="378"/>
-[...3 lines deleted...]
-      <c r="J209" s="379"/>
+      <c r="F209" s="323"/>
+      <c r="G209" s="323"/>
+      <c r="H209" s="323"/>
+      <c r="I209" s="323"/>
+      <c r="J209" s="324"/>
       <c r="K209" s="70"/>
       <c r="L209" s="70"/>
       <c r="M209" s="70"/>
-      <c r="N209" s="365"/>
-[...4 lines deleted...]
-      <c r="S209" s="367"/>
+      <c r="N209" s="345"/>
+      <c r="O209" s="346"/>
+      <c r="P209" s="346"/>
+      <c r="Q209" s="346"/>
+      <c r="R209" s="346"/>
+      <c r="S209" s="347"/>
       <c r="T209" s="70"/>
     </row>
     <row r="210" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A210" s="85"/>
       <c r="B210" s="85"/>
       <c r="C210" s="85"/>
       <c r="D210" s="86"/>
-      <c r="E210" s="356"/>
-[...4 lines deleted...]
-      <c r="J210" s="358"/>
+      <c r="E210" s="499"/>
+      <c r="F210" s="500"/>
+      <c r="G210" s="500"/>
+      <c r="H210" s="500"/>
+      <c r="I210" s="500"/>
+      <c r="J210" s="501"/>
       <c r="K210" s="70"/>
       <c r="L210" s="70"/>
       <c r="M210" s="70"/>
-      <c r="N210" s="373"/>
-[...4 lines deleted...]
-      <c r="S210" s="375"/>
+      <c r="N210" s="348"/>
+      <c r="O210" s="349"/>
+      <c r="P210" s="349"/>
+      <c r="Q210" s="349"/>
+      <c r="R210" s="349"/>
+      <c r="S210" s="350"/>
       <c r="T210" s="70"/>
     </row>
     <row r="211" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A211" s="85"/>
       <c r="B211" s="85"/>
       <c r="C211" s="85"/>
       <c r="D211" s="86"/>
-      <c r="E211" s="356"/>
-[...4 lines deleted...]
-      <c r="J211" s="358"/>
+      <c r="E211" s="499"/>
+      <c r="F211" s="500"/>
+      <c r="G211" s="500"/>
+      <c r="H211" s="500"/>
+      <c r="I211" s="500"/>
+      <c r="J211" s="501"/>
       <c r="K211" s="70"/>
       <c r="L211" s="70"/>
       <c r="M211" s="70"/>
-      <c r="N211" s="373"/>
-[...4 lines deleted...]
-      <c r="S211" s="375"/>
+      <c r="N211" s="348"/>
+      <c r="O211" s="349"/>
+      <c r="P211" s="349"/>
+      <c r="Q211" s="349"/>
+      <c r="R211" s="349"/>
+      <c r="S211" s="350"/>
       <c r="T211" s="70"/>
     </row>
     <row r="212" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A212" s="85" t="s">
         <v>750</v>
       </c>
       <c r="B212" s="85"/>
       <c r="C212" s="85"/>
       <c r="D212" s="42"/>
-      <c r="E212" s="359"/>
-[...4 lines deleted...]
-      <c r="J212" s="361"/>
+      <c r="E212" s="502"/>
+      <c r="F212" s="503"/>
+      <c r="G212" s="503"/>
+      <c r="H212" s="503"/>
+      <c r="I212" s="503"/>
+      <c r="J212" s="504"/>
       <c r="K212" s="70"/>
       <c r="L212" s="70"/>
       <c r="M212" s="70"/>
-      <c r="N212" s="373"/>
-[...4 lines deleted...]
-      <c r="S212" s="375"/>
+      <c r="N212" s="348"/>
+      <c r="O212" s="349"/>
+      <c r="P212" s="349"/>
+      <c r="Q212" s="349"/>
+      <c r="R212" s="349"/>
+      <c r="S212" s="350"/>
       <c r="T212" s="70"/>
     </row>
     <row r="213" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A213" s="71" t="s">
         <v>786</v>
       </c>
       <c r="B213" s="42"/>
       <c r="C213" s="42"/>
       <c r="D213" s="42"/>
-      <c r="E213" s="356"/>
-[...4 lines deleted...]
-      <c r="J213" s="358"/>
+      <c r="E213" s="499"/>
+      <c r="F213" s="500"/>
+      <c r="G213" s="500"/>
+      <c r="H213" s="500"/>
+      <c r="I213" s="500"/>
+      <c r="J213" s="501"/>
       <c r="K213" s="70"/>
       <c r="L213" s="70"/>
       <c r="M213" s="70"/>
-      <c r="N213" s="373"/>
-[...4 lines deleted...]
-      <c r="S213" s="375"/>
+      <c r="N213" s="348"/>
+      <c r="O213" s="349"/>
+      <c r="P213" s="349"/>
+      <c r="Q213" s="349"/>
+      <c r="R213" s="349"/>
+      <c r="S213" s="350"/>
       <c r="T213" s="70"/>
     </row>
     <row r="214" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A214" s="71" t="s">
         <v>752</v>
       </c>
       <c r="B214" s="42"/>
       <c r="C214" s="42"/>
       <c r="D214" s="42"/>
-      <c r="E214" s="362"/>
-[...4 lines deleted...]
-      <c r="J214" s="364"/>
+      <c r="E214" s="505"/>
+      <c r="F214" s="506"/>
+      <c r="G214" s="506"/>
+      <c r="H214" s="506"/>
+      <c r="I214" s="506"/>
+      <c r="J214" s="507"/>
       <c r="K214" s="70"/>
       <c r="L214" s="70"/>
       <c r="M214" s="70"/>
-      <c r="N214" s="368"/>
-[...4 lines deleted...]
-      <c r="S214" s="370"/>
+      <c r="N214" s="351"/>
+      <c r="O214" s="352"/>
+      <c r="P214" s="352"/>
+      <c r="Q214" s="352"/>
+      <c r="R214" s="352"/>
+      <c r="S214" s="353"/>
       <c r="T214" s="70"/>
     </row>
     <row r="215" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A215" s="42"/>
       <c r="B215" s="42"/>
       <c r="C215" s="42"/>
       <c r="D215" s="42"/>
       <c r="E215" s="42"/>
       <c r="F215" s="42"/>
       <c r="G215" s="42"/>
       <c r="H215" s="42"/>
       <c r="I215" s="42"/>
       <c r="J215" s="42"/>
       <c r="K215" s="70"/>
       <c r="L215" s="70"/>
       <c r="M215" s="70"/>
       <c r="N215" s="70"/>
       <c r="O215" s="70"/>
       <c r="P215" s="70"/>
       <c r="Q215" s="70"/>
       <c r="R215" s="70"/>
       <c r="S215" s="70"/>
       <c r="T215" s="70"/>
     </row>
     <row r="216" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -28554,1083 +28554,1083 @@
       <c r="D216" s="42"/>
       <c r="E216" s="42"/>
       <c r="F216" s="42"/>
       <c r="G216" s="42"/>
       <c r="H216" s="42"/>
       <c r="I216" s="42"/>
       <c r="J216" s="42"/>
       <c r="K216" s="70"/>
       <c r="L216" s="70"/>
       <c r="M216" s="70"/>
       <c r="N216" s="70"/>
       <c r="O216" s="70"/>
       <c r="P216" s="70"/>
       <c r="Q216" s="70"/>
       <c r="R216" s="70"/>
       <c r="S216" s="70"/>
       <c r="T216" s="70"/>
     </row>
     <row r="217" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A217" s="71" t="s">
         <v>792</v>
       </c>
       <c r="B217" s="42"/>
       <c r="C217" s="42"/>
       <c r="D217" s="42"/>
-      <c r="E217" s="377" t="s">
+      <c r="E217" s="322" t="s">
         <v>791</v>
       </c>
-      <c r="F217" s="378"/>
-[...3 lines deleted...]
-      <c r="J217" s="379"/>
+      <c r="F217" s="323"/>
+      <c r="G217" s="323"/>
+      <c r="H217" s="323"/>
+      <c r="I217" s="323"/>
+      <c r="J217" s="324"/>
       <c r="K217" s="70"/>
       <c r="L217" s="70"/>
       <c r="M217" s="70"/>
-      <c r="N217" s="365"/>
-[...4 lines deleted...]
-      <c r="S217" s="367"/>
+      <c r="N217" s="345"/>
+      <c r="O217" s="346"/>
+      <c r="P217" s="346"/>
+      <c r="Q217" s="346"/>
+      <c r="R217" s="346"/>
+      <c r="S217" s="347"/>
       <c r="T217" s="70"/>
     </row>
     <row r="218" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A218" s="85"/>
       <c r="B218" s="85"/>
       <c r="C218" s="42"/>
       <c r="D218" s="42"/>
-      <c r="E218" s="356"/>
-[...4 lines deleted...]
-      <c r="J218" s="358"/>
+      <c r="E218" s="499"/>
+      <c r="F218" s="500"/>
+      <c r="G218" s="500"/>
+      <c r="H218" s="500"/>
+      <c r="I218" s="500"/>
+      <c r="J218" s="501"/>
       <c r="K218" s="70"/>
       <c r="L218" s="70"/>
       <c r="M218" s="70"/>
-      <c r="N218" s="373"/>
-[...4 lines deleted...]
-      <c r="S218" s="375"/>
+      <c r="N218" s="348"/>
+      <c r="O218" s="349"/>
+      <c r="P218" s="349"/>
+      <c r="Q218" s="349"/>
+      <c r="R218" s="349"/>
+      <c r="S218" s="350"/>
       <c r="T218" s="70"/>
     </row>
     <row r="219" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A219" s="85"/>
       <c r="B219" s="85"/>
       <c r="C219" s="42"/>
       <c r="D219" s="42"/>
-      <c r="E219" s="356"/>
-[...4 lines deleted...]
-      <c r="J219" s="358"/>
+      <c r="E219" s="499"/>
+      <c r="F219" s="500"/>
+      <c r="G219" s="500"/>
+      <c r="H219" s="500"/>
+      <c r="I219" s="500"/>
+      <c r="J219" s="501"/>
       <c r="K219" s="70"/>
       <c r="L219" s="70"/>
       <c r="M219" s="70"/>
-      <c r="N219" s="373"/>
-[...4 lines deleted...]
-      <c r="S219" s="375"/>
+      <c r="N219" s="348"/>
+      <c r="O219" s="349"/>
+      <c r="P219" s="349"/>
+      <c r="Q219" s="349"/>
+      <c r="R219" s="349"/>
+      <c r="S219" s="350"/>
       <c r="T219" s="70"/>
     </row>
     <row r="220" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A220" s="85" t="s">
         <v>750</v>
       </c>
       <c r="B220" s="85"/>
       <c r="C220" s="42"/>
       <c r="D220" s="42"/>
-      <c r="E220" s="359"/>
-[...4 lines deleted...]
-      <c r="J220" s="361"/>
+      <c r="E220" s="502"/>
+      <c r="F220" s="503"/>
+      <c r="G220" s="503"/>
+      <c r="H220" s="503"/>
+      <c r="I220" s="503"/>
+      <c r="J220" s="504"/>
       <c r="K220" s="70"/>
       <c r="L220" s="70"/>
       <c r="M220" s="70"/>
-      <c r="N220" s="373"/>
-[...4 lines deleted...]
-      <c r="S220" s="375"/>
+      <c r="N220" s="348"/>
+      <c r="O220" s="349"/>
+      <c r="P220" s="349"/>
+      <c r="Q220" s="349"/>
+      <c r="R220" s="349"/>
+      <c r="S220" s="350"/>
       <c r="T220" s="70"/>
     </row>
     <row r="221" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A221" s="71" t="s">
         <v>786</v>
       </c>
       <c r="B221" s="42"/>
       <c r="C221" s="42"/>
       <c r="D221" s="42"/>
-      <c r="E221" s="356"/>
-[...4 lines deleted...]
-      <c r="J221" s="358"/>
+      <c r="E221" s="499"/>
+      <c r="F221" s="500"/>
+      <c r="G221" s="500"/>
+      <c r="H221" s="500"/>
+      <c r="I221" s="500"/>
+      <c r="J221" s="501"/>
       <c r="K221" s="70"/>
       <c r="L221" s="70"/>
       <c r="M221" s="70"/>
-      <c r="N221" s="373"/>
-[...4 lines deleted...]
-      <c r="S221" s="375"/>
+      <c r="N221" s="348"/>
+      <c r="O221" s="349"/>
+      <c r="P221" s="349"/>
+      <c r="Q221" s="349"/>
+      <c r="R221" s="349"/>
+      <c r="S221" s="350"/>
       <c r="T221" s="70"/>
     </row>
     <row r="222" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A222" s="71" t="s">
         <v>752</v>
       </c>
       <c r="B222" s="42"/>
       <c r="C222" s="42"/>
       <c r="D222" s="42"/>
-      <c r="E222" s="362"/>
-[...4 lines deleted...]
-      <c r="J222" s="364"/>
+      <c r="E222" s="505"/>
+      <c r="F222" s="506"/>
+      <c r="G222" s="506"/>
+      <c r="H222" s="506"/>
+      <c r="I222" s="506"/>
+      <c r="J222" s="507"/>
       <c r="K222" s="70"/>
       <c r="L222" s="70"/>
       <c r="M222" s="70"/>
-      <c r="N222" s="368"/>
-[...4 lines deleted...]
-      <c r="S222" s="370"/>
+      <c r="N222" s="351"/>
+      <c r="O222" s="352"/>
+      <c r="P222" s="352"/>
+      <c r="Q222" s="352"/>
+      <c r="R222" s="352"/>
+      <c r="S222" s="353"/>
       <c r="T222" s="70"/>
     </row>
     <row r="223" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="42"/>
       <c r="B223" s="42"/>
       <c r="C223" s="42"/>
       <c r="D223" s="42"/>
       <c r="E223" s="42"/>
       <c r="F223" s="42"/>
       <c r="G223" s="42"/>
       <c r="H223" s="42"/>
       <c r="I223" s="42"/>
       <c r="J223" s="42"/>
       <c r="K223" s="70"/>
       <c r="L223" s="70"/>
       <c r="M223" s="70"/>
       <c r="N223" s="70"/>
       <c r="O223" s="70"/>
       <c r="P223" s="70"/>
       <c r="Q223" s="70"/>
       <c r="R223" s="70"/>
       <c r="S223" s="70"/>
       <c r="T223" s="70"/>
     </row>
     <row r="224" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A224" s="71" t="s">
         <v>793</v>
       </c>
       <c r="B224" s="42"/>
       <c r="C224" s="42"/>
       <c r="D224" s="42"/>
-      <c r="E224" s="377" t="s">
+      <c r="E224" s="322" t="s">
         <v>791</v>
       </c>
-      <c r="F224" s="378"/>
-[...3 lines deleted...]
-      <c r="J224" s="379"/>
+      <c r="F224" s="323"/>
+      <c r="G224" s="323"/>
+      <c r="H224" s="323"/>
+      <c r="I224" s="323"/>
+      <c r="J224" s="324"/>
       <c r="K224" s="70"/>
       <c r="L224" s="70"/>
       <c r="M224" s="70"/>
-      <c r="N224" s="365"/>
-[...4 lines deleted...]
-      <c r="S224" s="367"/>
+      <c r="N224" s="345"/>
+      <c r="O224" s="346"/>
+      <c r="P224" s="346"/>
+      <c r="Q224" s="346"/>
+      <c r="R224" s="346"/>
+      <c r="S224" s="347"/>
       <c r="T224" s="70"/>
     </row>
     <row r="225" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A225" s="85"/>
       <c r="B225" s="85"/>
       <c r="C225" s="42"/>
       <c r="D225" s="42"/>
-      <c r="E225" s="356"/>
-[...4 lines deleted...]
-      <c r="J225" s="358"/>
+      <c r="E225" s="499"/>
+      <c r="F225" s="500"/>
+      <c r="G225" s="500"/>
+      <c r="H225" s="500"/>
+      <c r="I225" s="500"/>
+      <c r="J225" s="501"/>
       <c r="K225" s="70"/>
       <c r="L225" s="70"/>
       <c r="M225" s="70"/>
-      <c r="N225" s="373"/>
-[...4 lines deleted...]
-      <c r="S225" s="375"/>
+      <c r="N225" s="348"/>
+      <c r="O225" s="349"/>
+      <c r="P225" s="349"/>
+      <c r="Q225" s="349"/>
+      <c r="R225" s="349"/>
+      <c r="S225" s="350"/>
       <c r="T225" s="70"/>
     </row>
     <row r="226" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A226" s="85"/>
       <c r="B226" s="85"/>
       <c r="C226" s="42"/>
       <c r="D226" s="42"/>
-      <c r="E226" s="356"/>
-[...4 lines deleted...]
-      <c r="J226" s="358"/>
+      <c r="E226" s="499"/>
+      <c r="F226" s="500"/>
+      <c r="G226" s="500"/>
+      <c r="H226" s="500"/>
+      <c r="I226" s="500"/>
+      <c r="J226" s="501"/>
       <c r="K226" s="70"/>
       <c r="L226" s="70"/>
       <c r="M226" s="70"/>
-      <c r="N226" s="373"/>
-[...4 lines deleted...]
-      <c r="S226" s="375"/>
+      <c r="N226" s="348"/>
+      <c r="O226" s="349"/>
+      <c r="P226" s="349"/>
+      <c r="Q226" s="349"/>
+      <c r="R226" s="349"/>
+      <c r="S226" s="350"/>
       <c r="T226" s="70"/>
     </row>
     <row r="227" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A227" s="85" t="s">
         <v>750</v>
       </c>
       <c r="B227" s="85"/>
       <c r="C227" s="42"/>
       <c r="D227" s="42"/>
-      <c r="E227" s="359"/>
-[...4 lines deleted...]
-      <c r="J227" s="361"/>
+      <c r="E227" s="502"/>
+      <c r="F227" s="503"/>
+      <c r="G227" s="503"/>
+      <c r="H227" s="503"/>
+      <c r="I227" s="503"/>
+      <c r="J227" s="504"/>
       <c r="K227" s="70"/>
       <c r="L227" s="70"/>
       <c r="M227" s="70"/>
-      <c r="N227" s="373"/>
-[...4 lines deleted...]
-      <c r="S227" s="375"/>
+      <c r="N227" s="348"/>
+      <c r="O227" s="349"/>
+      <c r="P227" s="349"/>
+      <c r="Q227" s="349"/>
+      <c r="R227" s="349"/>
+      <c r="S227" s="350"/>
       <c r="T227" s="70"/>
     </row>
     <row r="228" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A228" s="71" t="s">
         <v>786</v>
       </c>
       <c r="B228" s="42"/>
       <c r="C228" s="42"/>
       <c r="D228" s="42"/>
-      <c r="E228" s="356"/>
-[...4 lines deleted...]
-      <c r="J228" s="358"/>
+      <c r="E228" s="499"/>
+      <c r="F228" s="500"/>
+      <c r="G228" s="500"/>
+      <c r="H228" s="500"/>
+      <c r="I228" s="500"/>
+      <c r="J228" s="501"/>
       <c r="K228" s="70"/>
       <c r="L228" s="70"/>
       <c r="M228" s="70"/>
-      <c r="N228" s="373"/>
-[...4 lines deleted...]
-      <c r="S228" s="375"/>
+      <c r="N228" s="348"/>
+      <c r="O228" s="349"/>
+      <c r="P228" s="349"/>
+      <c r="Q228" s="349"/>
+      <c r="R228" s="349"/>
+      <c r="S228" s="350"/>
       <c r="T228" s="70"/>
     </row>
     <row r="229" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A229" s="71" t="s">
         <v>752</v>
       </c>
       <c r="B229" s="42"/>
       <c r="C229" s="42"/>
       <c r="D229" s="42"/>
-      <c r="E229" s="362"/>
-[...4 lines deleted...]
-      <c r="J229" s="364"/>
+      <c r="E229" s="505"/>
+      <c r="F229" s="506"/>
+      <c r="G229" s="506"/>
+      <c r="H229" s="506"/>
+      <c r="I229" s="506"/>
+      <c r="J229" s="507"/>
       <c r="K229" s="70"/>
       <c r="L229" s="70"/>
       <c r="M229" s="70"/>
-      <c r="N229" s="368"/>
-[...4 lines deleted...]
-      <c r="S229" s="370"/>
+      <c r="N229" s="351"/>
+      <c r="O229" s="352"/>
+      <c r="P229" s="352"/>
+      <c r="Q229" s="352"/>
+      <c r="R229" s="352"/>
+      <c r="S229" s="353"/>
       <c r="T229" s="70"/>
     </row>
     <row r="230" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A230" s="42"/>
       <c r="B230" s="42"/>
       <c r="C230" s="42"/>
       <c r="D230" s="42"/>
       <c r="E230" s="42"/>
       <c r="F230" s="42"/>
       <c r="G230" s="42"/>
       <c r="H230" s="42"/>
       <c r="I230" s="42"/>
       <c r="J230" s="42"/>
       <c r="K230" s="70"/>
       <c r="L230" s="70"/>
       <c r="M230" s="70"/>
       <c r="N230" s="70"/>
       <c r="O230" s="70"/>
       <c r="P230" s="70"/>
       <c r="Q230" s="70"/>
       <c r="R230" s="70"/>
       <c r="S230" s="70"/>
       <c r="T230" s="70"/>
     </row>
     <row r="231" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A231" s="71" t="s">
         <v>794</v>
       </c>
       <c r="B231" s="42"/>
       <c r="C231" s="42"/>
       <c r="D231" s="42"/>
       <c r="E231" s="42"/>
       <c r="F231" s="42"/>
       <c r="G231" s="42"/>
       <c r="H231" s="42"/>
       <c r="I231" s="42"/>
       <c r="J231" s="42"/>
       <c r="K231" s="70"/>
       <c r="L231" s="70"/>
       <c r="M231" s="70"/>
       <c r="N231" s="70"/>
       <c r="O231" s="70"/>
       <c r="P231" s="70"/>
       <c r="Q231" s="70"/>
       <c r="R231" s="70"/>
       <c r="S231" s="70"/>
       <c r="T231" s="70"/>
     </row>
     <row r="232" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A232" s="509"/>
-[...8 lines deleted...]
-      <c r="J232" s="511"/>
+      <c r="A232" s="464"/>
+      <c r="B232" s="465"/>
+      <c r="C232" s="465"/>
+      <c r="D232" s="465"/>
+      <c r="E232" s="465"/>
+      <c r="F232" s="465"/>
+      <c r="G232" s="465"/>
+      <c r="H232" s="465"/>
+      <c r="I232" s="465"/>
+      <c r="J232" s="466"/>
       <c r="K232" s="70"/>
       <c r="L232" s="70"/>
       <c r="M232" s="70"/>
-      <c r="N232" s="365"/>
-[...4 lines deleted...]
-      <c r="S232" s="367"/>
+      <c r="N232" s="345"/>
+      <c r="O232" s="346"/>
+      <c r="P232" s="346"/>
+      <c r="Q232" s="346"/>
+      <c r="R232" s="346"/>
+      <c r="S232" s="347"/>
       <c r="T232" s="70"/>
     </row>
     <row r="233" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A233" s="512"/>
-[...8 lines deleted...]
-      <c r="J233" s="514"/>
+      <c r="A233" s="467"/>
+      <c r="B233" s="468"/>
+      <c r="C233" s="468"/>
+      <c r="D233" s="468"/>
+      <c r="E233" s="468"/>
+      <c r="F233" s="468"/>
+      <c r="G233" s="468"/>
+      <c r="H233" s="468"/>
+      <c r="I233" s="468"/>
+      <c r="J233" s="469"/>
       <c r="K233" s="70"/>
       <c r="L233" s="70"/>
       <c r="M233" s="70"/>
-      <c r="N233" s="373"/>
-[...4 lines deleted...]
-      <c r="S233" s="375"/>
+      <c r="N233" s="348"/>
+      <c r="O233" s="349"/>
+      <c r="P233" s="349"/>
+      <c r="Q233" s="349"/>
+      <c r="R233" s="349"/>
+      <c r="S233" s="350"/>
       <c r="T233" s="70"/>
     </row>
     <row r="234" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A234" s="512"/>
-[...8 lines deleted...]
-      <c r="J234" s="514"/>
+      <c r="A234" s="467"/>
+      <c r="B234" s="468"/>
+      <c r="C234" s="468"/>
+      <c r="D234" s="468"/>
+      <c r="E234" s="468"/>
+      <c r="F234" s="468"/>
+      <c r="G234" s="468"/>
+      <c r="H234" s="468"/>
+      <c r="I234" s="468"/>
+      <c r="J234" s="469"/>
       <c r="K234" s="70"/>
       <c r="L234" s="70"/>
       <c r="M234" s="70"/>
-      <c r="N234" s="373"/>
-[...4 lines deleted...]
-      <c r="S234" s="375"/>
+      <c r="N234" s="348"/>
+      <c r="O234" s="349"/>
+      <c r="P234" s="349"/>
+      <c r="Q234" s="349"/>
+      <c r="R234" s="349"/>
+      <c r="S234" s="350"/>
       <c r="T234" s="70"/>
     </row>
     <row r="235" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A235" s="512"/>
-[...8 lines deleted...]
-      <c r="J235" s="514"/>
+      <c r="A235" s="467"/>
+      <c r="B235" s="468"/>
+      <c r="C235" s="468"/>
+      <c r="D235" s="468"/>
+      <c r="E235" s="468"/>
+      <c r="F235" s="468"/>
+      <c r="G235" s="468"/>
+      <c r="H235" s="468"/>
+      <c r="I235" s="468"/>
+      <c r="J235" s="469"/>
       <c r="K235" s="70"/>
       <c r="L235" s="70"/>
       <c r="M235" s="70"/>
-      <c r="N235" s="373"/>
-[...4 lines deleted...]
-      <c r="S235" s="375"/>
+      <c r="N235" s="348"/>
+      <c r="O235" s="349"/>
+      <c r="P235" s="349"/>
+      <c r="Q235" s="349"/>
+      <c r="R235" s="349"/>
+      <c r="S235" s="350"/>
       <c r="T235" s="70"/>
     </row>
     <row r="236" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A236" s="512"/>
-[...8 lines deleted...]
-      <c r="J236" s="514"/>
+      <c r="A236" s="467"/>
+      <c r="B236" s="468"/>
+      <c r="C236" s="468"/>
+      <c r="D236" s="468"/>
+      <c r="E236" s="468"/>
+      <c r="F236" s="468"/>
+      <c r="G236" s="468"/>
+      <c r="H236" s="468"/>
+      <c r="I236" s="468"/>
+      <c r="J236" s="469"/>
       <c r="K236" s="70"/>
       <c r="L236" s="70"/>
       <c r="M236" s="70"/>
-      <c r="N236" s="373"/>
-[...4 lines deleted...]
-      <c r="S236" s="375"/>
+      <c r="N236" s="348"/>
+      <c r="O236" s="349"/>
+      <c r="P236" s="349"/>
+      <c r="Q236" s="349"/>
+      <c r="R236" s="349"/>
+      <c r="S236" s="350"/>
       <c r="T236" s="70"/>
     </row>
     <row r="237" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A237" s="512"/>
-[...8 lines deleted...]
-      <c r="J237" s="514"/>
+      <c r="A237" s="467"/>
+      <c r="B237" s="468"/>
+      <c r="C237" s="468"/>
+      <c r="D237" s="468"/>
+      <c r="E237" s="468"/>
+      <c r="F237" s="468"/>
+      <c r="G237" s="468"/>
+      <c r="H237" s="468"/>
+      <c r="I237" s="468"/>
+      <c r="J237" s="469"/>
       <c r="K237" s="70"/>
       <c r="L237" s="70"/>
       <c r="M237" s="70"/>
-      <c r="N237" s="373"/>
-[...4 lines deleted...]
-      <c r="S237" s="375"/>
+      <c r="N237" s="348"/>
+      <c r="O237" s="349"/>
+      <c r="P237" s="349"/>
+      <c r="Q237" s="349"/>
+      <c r="R237" s="349"/>
+      <c r="S237" s="350"/>
       <c r="T237" s="70"/>
     </row>
     <row r="238" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A238" s="512"/>
-[...8 lines deleted...]
-      <c r="J238" s="514"/>
+      <c r="A238" s="467"/>
+      <c r="B238" s="468"/>
+      <c r="C238" s="468"/>
+      <c r="D238" s="468"/>
+      <c r="E238" s="468"/>
+      <c r="F238" s="468"/>
+      <c r="G238" s="468"/>
+      <c r="H238" s="468"/>
+      <c r="I238" s="468"/>
+      <c r="J238" s="469"/>
       <c r="K238" s="70"/>
       <c r="L238" s="70"/>
       <c r="M238" s="70"/>
-      <c r="N238" s="368"/>
-[...4 lines deleted...]
-      <c r="S238" s="370"/>
+      <c r="N238" s="351"/>
+      <c r="O238" s="352"/>
+      <c r="P238" s="352"/>
+      <c r="Q238" s="352"/>
+      <c r="R238" s="352"/>
+      <c r="S238" s="353"/>
       <c r="T238" s="70"/>
     </row>
     <row r="239" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A239" s="515"/>
-[...8 lines deleted...]
-      <c r="J239" s="517"/>
+      <c r="A239" s="470"/>
+      <c r="B239" s="471"/>
+      <c r="C239" s="471"/>
+      <c r="D239" s="471"/>
+      <c r="E239" s="471"/>
+      <c r="F239" s="471"/>
+      <c r="G239" s="471"/>
+      <c r="H239" s="471"/>
+      <c r="I239" s="471"/>
+      <c r="J239" s="472"/>
       <c r="K239" s="70"/>
       <c r="L239" s="70"/>
       <c r="M239" s="70"/>
       <c r="N239" s="70"/>
       <c r="O239" s="70"/>
       <c r="P239" s="70"/>
       <c r="Q239" s="70"/>
       <c r="R239" s="70"/>
       <c r="S239" s="70"/>
       <c r="T239" s="70"/>
     </row>
     <row r="240" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A240" s="42"/>
       <c r="B240" s="42"/>
       <c r="C240" s="42"/>
       <c r="D240" s="42"/>
       <c r="E240" s="42"/>
       <c r="F240" s="42"/>
       <c r="G240" s="42"/>
       <c r="H240" s="42"/>
       <c r="I240" s="42"/>
       <c r="J240" s="42"/>
       <c r="K240" s="70"/>
       <c r="L240" s="70"/>
       <c r="M240" s="37"/>
       <c r="N240" s="37"/>
       <c r="O240" s="37"/>
       <c r="P240" s="37"/>
       <c r="Q240" s="37"/>
       <c r="R240" s="37"/>
       <c r="S240" s="37"/>
       <c r="T240" s="37"/>
     </row>
     <row r="241" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="104" t="s">
         <v>795</v>
       </c>
-      <c r="B241" s="518"/>
-[...7 lines deleted...]
-      <c r="J241" s="520"/>
+      <c r="B241" s="473"/>
+      <c r="C241" s="474"/>
+      <c r="D241" s="474"/>
+      <c r="E241" s="474"/>
+      <c r="F241" s="474"/>
+      <c r="G241" s="474"/>
+      <c r="H241" s="474"/>
+      <c r="I241" s="474"/>
+      <c r="J241" s="475"/>
       <c r="K241" s="70"/>
       <c r="L241" s="70"/>
       <c r="M241" s="37"/>
-      <c r="N241" s="365"/>
-[...4 lines deleted...]
-      <c r="S241" s="367"/>
+      <c r="N241" s="345"/>
+      <c r="O241" s="346"/>
+      <c r="P241" s="346"/>
+      <c r="Q241" s="346"/>
+      <c r="R241" s="346"/>
+      <c r="S241" s="347"/>
       <c r="T241" s="37"/>
     </row>
     <row r="242" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A242" s="42"/>
       <c r="B242" s="84" t="str">
         <f>IF(LEN($B$241)&gt;70,(LEN($B$241)-70)&amp;" over 70 character limit, please repeat full job title at start of main duties below","")</f>
         <v/>
       </c>
       <c r="C242" s="84"/>
       <c r="D242" s="84"/>
       <c r="E242" s="84"/>
       <c r="F242" s="84"/>
       <c r="G242" s="84"/>
       <c r="H242" s="84"/>
       <c r="I242" s="84"/>
       <c r="J242" s="84"/>
       <c r="K242" s="70"/>
       <c r="L242" s="70"/>
       <c r="M242" s="37"/>
-      <c r="N242" s="368"/>
-[...4 lines deleted...]
-      <c r="S242" s="370"/>
+      <c r="N242" s="351"/>
+      <c r="O242" s="352"/>
+      <c r="P242" s="352"/>
+      <c r="Q242" s="352"/>
+      <c r="R242" s="352"/>
+      <c r="S242" s="353"/>
       <c r="T242" s="37"/>
     </row>
     <row r="243" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A243" s="496" t="s">
+      <c r="A243" s="451" t="s">
         <v>883</v>
       </c>
-      <c r="B243" s="496"/>
-[...7 lines deleted...]
-      <c r="J243" s="496"/>
+      <c r="B243" s="451"/>
+      <c r="C243" s="451"/>
+      <c r="D243" s="451"/>
+      <c r="E243" s="451"/>
+      <c r="F243" s="451"/>
+      <c r="G243" s="451"/>
+      <c r="H243" s="451"/>
+      <c r="I243" s="451"/>
+      <c r="J243" s="451"/>
       <c r="K243" s="70"/>
       <c r="L243" s="70"/>
       <c r="M243" s="37"/>
       <c r="N243" s="37"/>
       <c r="O243" s="37"/>
       <c r="P243" s="37"/>
       <c r="Q243" s="37"/>
       <c r="R243" s="37"/>
       <c r="S243" s="37"/>
       <c r="T243" s="37"/>
     </row>
     <row r="244" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A244" s="496"/>
-[...8 lines deleted...]
-      <c r="J244" s="496"/>
+      <c r="A244" s="451"/>
+      <c r="B244" s="451"/>
+      <c r="C244" s="451"/>
+      <c r="D244" s="451"/>
+      <c r="E244" s="451"/>
+      <c r="F244" s="451"/>
+      <c r="G244" s="451"/>
+      <c r="H244" s="451"/>
+      <c r="I244" s="451"/>
+      <c r="J244" s="451"/>
       <c r="K244" s="70"/>
       <c r="L244" s="70"/>
       <c r="M244" s="37"/>
       <c r="N244" s="37"/>
       <c r="O244" s="37"/>
       <c r="P244" s="37"/>
       <c r="Q244" s="37"/>
       <c r="R244" s="37"/>
       <c r="S244" s="37"/>
       <c r="T244" s="37"/>
     </row>
     <row r="245" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A245" s="521" t="s">
+      <c r="A245" s="476" t="s">
         <v>796</v>
       </c>
-      <c r="B245" s="522"/>
-[...7 lines deleted...]
-      <c r="J245" s="523"/>
+      <c r="B245" s="477"/>
+      <c r="C245" s="477"/>
+      <c r="D245" s="477"/>
+      <c r="E245" s="477"/>
+      <c r="F245" s="477"/>
+      <c r="G245" s="477"/>
+      <c r="H245" s="477"/>
+      <c r="I245" s="477"/>
+      <c r="J245" s="478"/>
       <c r="K245" s="70"/>
       <c r="L245" s="70"/>
       <c r="M245" s="37"/>
-      <c r="N245" s="365"/>
-[...4 lines deleted...]
-      <c r="S245" s="367"/>
+      <c r="N245" s="345"/>
+      <c r="O245" s="346"/>
+      <c r="P245" s="346"/>
+      <c r="Q245" s="346"/>
+      <c r="R245" s="346"/>
+      <c r="S245" s="347"/>
       <c r="T245" s="37"/>
     </row>
     <row r="246" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A246" s="524"/>
-[...8 lines deleted...]
-      <c r="J246" s="526"/>
+      <c r="A246" s="479"/>
+      <c r="B246" s="480"/>
+      <c r="C246" s="480"/>
+      <c r="D246" s="480"/>
+      <c r="E246" s="480"/>
+      <c r="F246" s="480"/>
+      <c r="G246" s="480"/>
+      <c r="H246" s="480"/>
+      <c r="I246" s="480"/>
+      <c r="J246" s="481"/>
       <c r="K246" s="70"/>
       <c r="L246" s="70"/>
       <c r="M246" s="37"/>
-      <c r="N246" s="373"/>
-[...4 lines deleted...]
-      <c r="S246" s="375"/>
+      <c r="N246" s="348"/>
+      <c r="O246" s="349"/>
+      <c r="P246" s="349"/>
+      <c r="Q246" s="349"/>
+      <c r="R246" s="349"/>
+      <c r="S246" s="350"/>
       <c r="T246" s="37"/>
     </row>
     <row r="247" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A247" s="524"/>
-[...8 lines deleted...]
-      <c r="J247" s="526"/>
+      <c r="A247" s="479"/>
+      <c r="B247" s="480"/>
+      <c r="C247" s="480"/>
+      <c r="D247" s="480"/>
+      <c r="E247" s="480"/>
+      <c r="F247" s="480"/>
+      <c r="G247" s="480"/>
+      <c r="H247" s="480"/>
+      <c r="I247" s="480"/>
+      <c r="J247" s="481"/>
       <c r="K247" s="70"/>
       <c r="L247" s="70"/>
       <c r="M247" s="37"/>
-      <c r="N247" s="373"/>
-[...4 lines deleted...]
-      <c r="S247" s="375"/>
+      <c r="N247" s="348"/>
+      <c r="O247" s="349"/>
+      <c r="P247" s="349"/>
+      <c r="Q247" s="349"/>
+      <c r="R247" s="349"/>
+      <c r="S247" s="350"/>
       <c r="T247" s="37"/>
     </row>
     <row r="248" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A248" s="524"/>
-[...8 lines deleted...]
-      <c r="J248" s="526"/>
+      <c r="A248" s="479"/>
+      <c r="B248" s="480"/>
+      <c r="C248" s="480"/>
+      <c r="D248" s="480"/>
+      <c r="E248" s="480"/>
+      <c r="F248" s="480"/>
+      <c r="G248" s="480"/>
+      <c r="H248" s="480"/>
+      <c r="I248" s="480"/>
+      <c r="J248" s="481"/>
       <c r="K248" s="70"/>
       <c r="L248" s="70"/>
       <c r="M248" s="37"/>
-      <c r="N248" s="373"/>
-[...4 lines deleted...]
-      <c r="S248" s="375"/>
+      <c r="N248" s="348"/>
+      <c r="O248" s="349"/>
+      <c r="P248" s="349"/>
+      <c r="Q248" s="349"/>
+      <c r="R248" s="349"/>
+      <c r="S248" s="350"/>
       <c r="T248" s="37"/>
     </row>
     <row r="249" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A249" s="524"/>
-[...8 lines deleted...]
-      <c r="J249" s="526"/>
+      <c r="A249" s="479"/>
+      <c r="B249" s="480"/>
+      <c r="C249" s="480"/>
+      <c r="D249" s="480"/>
+      <c r="E249" s="480"/>
+      <c r="F249" s="480"/>
+      <c r="G249" s="480"/>
+      <c r="H249" s="480"/>
+      <c r="I249" s="480"/>
+      <c r="J249" s="481"/>
       <c r="K249" s="70"/>
       <c r="L249" s="70"/>
       <c r="M249" s="37"/>
-      <c r="N249" s="373"/>
-[...4 lines deleted...]
-      <c r="S249" s="375"/>
+      <c r="N249" s="348"/>
+      <c r="O249" s="349"/>
+      <c r="P249" s="349"/>
+      <c r="Q249" s="349"/>
+      <c r="R249" s="349"/>
+      <c r="S249" s="350"/>
       <c r="T249" s="37"/>
     </row>
     <row r="250" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A250" s="524"/>
-[...8 lines deleted...]
-      <c r="J250" s="526"/>
+      <c r="A250" s="479"/>
+      <c r="B250" s="480"/>
+      <c r="C250" s="480"/>
+      <c r="D250" s="480"/>
+      <c r="E250" s="480"/>
+      <c r="F250" s="480"/>
+      <c r="G250" s="480"/>
+      <c r="H250" s="480"/>
+      <c r="I250" s="480"/>
+      <c r="J250" s="481"/>
       <c r="K250" s="70"/>
       <c r="L250" s="70"/>
       <c r="M250" s="37"/>
-      <c r="N250" s="373"/>
-[...4 lines deleted...]
-      <c r="S250" s="375"/>
+      <c r="N250" s="348"/>
+      <c r="O250" s="349"/>
+      <c r="P250" s="349"/>
+      <c r="Q250" s="349"/>
+      <c r="R250" s="349"/>
+      <c r="S250" s="350"/>
       <c r="T250" s="37"/>
     </row>
     <row r="251" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A251" s="524"/>
-[...8 lines deleted...]
-      <c r="J251" s="526"/>
+      <c r="A251" s="479"/>
+      <c r="B251" s="480"/>
+      <c r="C251" s="480"/>
+      <c r="D251" s="480"/>
+      <c r="E251" s="480"/>
+      <c r="F251" s="480"/>
+      <c r="G251" s="480"/>
+      <c r="H251" s="480"/>
+      <c r="I251" s="480"/>
+      <c r="J251" s="481"/>
       <c r="K251" s="70"/>
       <c r="L251" s="70"/>
       <c r="M251" s="37"/>
-      <c r="N251" s="373"/>
-[...4 lines deleted...]
-      <c r="S251" s="375"/>
+      <c r="N251" s="348"/>
+      <c r="O251" s="349"/>
+      <c r="P251" s="349"/>
+      <c r="Q251" s="349"/>
+      <c r="R251" s="349"/>
+      <c r="S251" s="350"/>
       <c r="T251" s="37"/>
     </row>
     <row r="252" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A252" s="524"/>
-[...8 lines deleted...]
-      <c r="J252" s="526"/>
+      <c r="A252" s="479"/>
+      <c r="B252" s="480"/>
+      <c r="C252" s="480"/>
+      <c r="D252" s="480"/>
+      <c r="E252" s="480"/>
+      <c r="F252" s="480"/>
+      <c r="G252" s="480"/>
+      <c r="H252" s="480"/>
+      <c r="I252" s="480"/>
+      <c r="J252" s="481"/>
       <c r="K252" s="70"/>
       <c r="L252" s="70"/>
       <c r="M252" s="37"/>
-      <c r="N252" s="373"/>
-[...4 lines deleted...]
-      <c r="S252" s="375"/>
+      <c r="N252" s="348"/>
+      <c r="O252" s="349"/>
+      <c r="P252" s="349"/>
+      <c r="Q252" s="349"/>
+      <c r="R252" s="349"/>
+      <c r="S252" s="350"/>
       <c r="T252" s="37"/>
     </row>
     <row r="253" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A253" s="524"/>
-[...8 lines deleted...]
-      <c r="J253" s="526"/>
+      <c r="A253" s="479"/>
+      <c r="B253" s="480"/>
+      <c r="C253" s="480"/>
+      <c r="D253" s="480"/>
+      <c r="E253" s="480"/>
+      <c r="F253" s="480"/>
+      <c r="G253" s="480"/>
+      <c r="H253" s="480"/>
+      <c r="I253" s="480"/>
+      <c r="J253" s="481"/>
       <c r="K253" s="70"/>
       <c r="L253" s="70"/>
       <c r="M253" s="37"/>
-      <c r="N253" s="373"/>
-[...4 lines deleted...]
-      <c r="S253" s="375"/>
+      <c r="N253" s="348"/>
+      <c r="O253" s="349"/>
+      <c r="P253" s="349"/>
+      <c r="Q253" s="349"/>
+      <c r="R253" s="349"/>
+      <c r="S253" s="350"/>
       <c r="T253" s="37"/>
     </row>
     <row r="254" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A254" s="524"/>
-[...8 lines deleted...]
-      <c r="J254" s="526"/>
+      <c r="A254" s="479"/>
+      <c r="B254" s="480"/>
+      <c r="C254" s="480"/>
+      <c r="D254" s="480"/>
+      <c r="E254" s="480"/>
+      <c r="F254" s="480"/>
+      <c r="G254" s="480"/>
+      <c r="H254" s="480"/>
+      <c r="I254" s="480"/>
+      <c r="J254" s="481"/>
       <c r="K254" s="70"/>
       <c r="L254" s="70"/>
       <c r="M254" s="37"/>
-      <c r="N254" s="373"/>
-[...4 lines deleted...]
-      <c r="S254" s="375"/>
+      <c r="N254" s="348"/>
+      <c r="O254" s="349"/>
+      <c r="P254" s="349"/>
+      <c r="Q254" s="349"/>
+      <c r="R254" s="349"/>
+      <c r="S254" s="350"/>
       <c r="T254" s="37"/>
     </row>
     <row r="255" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A255" s="524"/>
-[...8 lines deleted...]
-      <c r="J255" s="526"/>
+      <c r="A255" s="479"/>
+      <c r="B255" s="480"/>
+      <c r="C255" s="480"/>
+      <c r="D255" s="480"/>
+      <c r="E255" s="480"/>
+      <c r="F255" s="480"/>
+      <c r="G255" s="480"/>
+      <c r="H255" s="480"/>
+      <c r="I255" s="480"/>
+      <c r="J255" s="481"/>
       <c r="K255" s="70"/>
       <c r="L255" s="70"/>
       <c r="M255" s="37"/>
-      <c r="N255" s="373"/>
-[...4 lines deleted...]
-      <c r="S255" s="375"/>
+      <c r="N255" s="348"/>
+      <c r="O255" s="349"/>
+      <c r="P255" s="349"/>
+      <c r="Q255" s="349"/>
+      <c r="R255" s="349"/>
+      <c r="S255" s="350"/>
       <c r="T255" s="37"/>
     </row>
     <row r="256" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A256" s="524"/>
-[...8 lines deleted...]
-      <c r="J256" s="526"/>
+      <c r="A256" s="479"/>
+      <c r="B256" s="480"/>
+      <c r="C256" s="480"/>
+      <c r="D256" s="480"/>
+      <c r="E256" s="480"/>
+      <c r="F256" s="480"/>
+      <c r="G256" s="480"/>
+      <c r="H256" s="480"/>
+      <c r="I256" s="480"/>
+      <c r="J256" s="481"/>
       <c r="K256" s="70"/>
       <c r="L256" s="70"/>
       <c r="M256" s="37"/>
-      <c r="N256" s="373"/>
-[...4 lines deleted...]
-      <c r="S256" s="375"/>
+      <c r="N256" s="348"/>
+      <c r="O256" s="349"/>
+      <c r="P256" s="349"/>
+      <c r="Q256" s="349"/>
+      <c r="R256" s="349"/>
+      <c r="S256" s="350"/>
       <c r="T256" s="37"/>
     </row>
     <row r="257" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A257" s="527"/>
-[...8 lines deleted...]
-      <c r="J257" s="529"/>
+      <c r="A257" s="482"/>
+      <c r="B257" s="483"/>
+      <c r="C257" s="483"/>
+      <c r="D257" s="483"/>
+      <c r="E257" s="483"/>
+      <c r="F257" s="483"/>
+      <c r="G257" s="483"/>
+      <c r="H257" s="483"/>
+      <c r="I257" s="483"/>
+      <c r="J257" s="484"/>
       <c r="K257" s="70"/>
       <c r="L257" s="70"/>
       <c r="M257" s="37"/>
-      <c r="N257" s="373"/>
-[...4 lines deleted...]
-      <c r="S257" s="375"/>
+      <c r="N257" s="348"/>
+      <c r="O257" s="349"/>
+      <c r="P257" s="349"/>
+      <c r="Q257" s="349"/>
+      <c r="R257" s="349"/>
+      <c r="S257" s="350"/>
       <c r="T257" s="37"/>
     </row>
     <row r="258" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A258" s="106" t="str">
         <f>IF(OR($A$245="",$A$245="Sponsored Researcher: "),"",IF(LEN($A$245)&lt;300,"TOO SHORT!",IF(AND(900&lt;LEN($A$245),LEN($A$245)&lt;=1000),(1000-LEN($A$245))&amp;" characters left",IF(LEN($A$245)&gt;1000,(LEN($A$245)-1000)&amp;" characters over 1,000 limit!",""))))</f>
         <v/>
       </c>
       <c r="B258" s="42"/>
       <c r="C258" s="42"/>
       <c r="D258" s="42"/>
       <c r="E258" s="42"/>
       <c r="F258" s="42"/>
       <c r="G258" s="42"/>
       <c r="H258" s="42"/>
       <c r="I258" s="42"/>
       <c r="J258" s="173" t="str">
         <f>IF(OR(ISNUMBER(SEARCH("responsib",$A$245)),ISNUMBER(SEARCH("mentor",$A$245)),ISNUMBER(SEARCH("tutor",$A$245)),ISNUMBER(SEARCH("teach",$A$245)),ISNUMBER(SEARCH("supervis",$A$245)),ISNUMBER(SEARCH("grant funding",$A$245)),ISNUMBER(SEARCH("duties",$A$245)),ISNUMBER(SEARCH("maintenance",$A$245)),ISNUMBER(SEARCH("day-to-day",$A$245)),ISNUMBER(SEARCH("employ",$A$245))),"NB: only supernumerary activities are permitted","")</f>
         <v/>
       </c>
       <c r="K258" s="70"/>
       <c r="L258" s="70"/>
       <c r="M258" s="37"/>
-      <c r="N258" s="373"/>
-[...4 lines deleted...]
-      <c r="S258" s="375"/>
+      <c r="N258" s="348"/>
+      <c r="O258" s="349"/>
+      <c r="P258" s="349"/>
+      <c r="Q258" s="349"/>
+      <c r="R258" s="349"/>
+      <c r="S258" s="350"/>
       <c r="T258" s="37"/>
     </row>
     <row r="259" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A259" s="530" t="s">
+      <c r="A259" s="485" t="s">
         <v>797</v>
       </c>
-      <c r="B259" s="530"/>
-[...7 lines deleted...]
-      <c r="J259" s="530"/>
+      <c r="B259" s="485"/>
+      <c r="C259" s="485"/>
+      <c r="D259" s="485"/>
+      <c r="E259" s="485"/>
+      <c r="F259" s="485"/>
+      <c r="G259" s="485"/>
+      <c r="H259" s="485"/>
+      <c r="I259" s="485"/>
+      <c r="J259" s="485"/>
       <c r="K259" s="37"/>
       <c r="L259" s="37"/>
       <c r="M259" s="37"/>
-      <c r="N259" s="373"/>
-[...4 lines deleted...]
-      <c r="S259" s="375"/>
+      <c r="N259" s="348"/>
+      <c r="O259" s="349"/>
+      <c r="P259" s="349"/>
+      <c r="Q259" s="349"/>
+      <c r="R259" s="349"/>
+      <c r="S259" s="350"/>
       <c r="T259" s="37"/>
     </row>
     <row r="260" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A260" s="530"/>
-[...8 lines deleted...]
-      <c r="J260" s="530"/>
+      <c r="A260" s="485"/>
+      <c r="B260" s="485"/>
+      <c r="C260" s="485"/>
+      <c r="D260" s="485"/>
+      <c r="E260" s="485"/>
+      <c r="F260" s="485"/>
+      <c r="G260" s="485"/>
+      <c r="H260" s="485"/>
+      <c r="I260" s="485"/>
+      <c r="J260" s="485"/>
       <c r="K260" s="37"/>
       <c r="L260" s="37"/>
       <c r="M260" s="37"/>
-      <c r="N260" s="368"/>
-[...4 lines deleted...]
-      <c r="S260" s="370"/>
+      <c r="N260" s="351"/>
+      <c r="O260" s="352"/>
+      <c r="P260" s="352"/>
+      <c r="Q260" s="352"/>
+      <c r="R260" s="352"/>
+      <c r="S260" s="353"/>
       <c r="T260" s="37"/>
     </row>
     <row r="261" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A261" s="530"/>
-[...8 lines deleted...]
-      <c r="J261" s="530"/>
+      <c r="A261" s="485"/>
+      <c r="B261" s="485"/>
+      <c r="C261" s="485"/>
+      <c r="D261" s="485"/>
+      <c r="E261" s="485"/>
+      <c r="F261" s="485"/>
+      <c r="G261" s="485"/>
+      <c r="H261" s="485"/>
+      <c r="I261" s="485"/>
+      <c r="J261" s="485"/>
       <c r="K261" s="37"/>
       <c r="L261" s="37"/>
       <c r="M261" s="37"/>
       <c r="N261" s="140"/>
       <c r="O261" s="140"/>
       <c r="P261" s="140"/>
       <c r="Q261" s="140"/>
       <c r="R261" s="140"/>
       <c r="S261" s="140"/>
       <c r="T261" s="37"/>
     </row>
     <row r="262" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A262" s="530"/>
-[...8 lines deleted...]
-      <c r="J262" s="530"/>
+      <c r="A262" s="485"/>
+      <c r="B262" s="485"/>
+      <c r="C262" s="485"/>
+      <c r="D262" s="485"/>
+      <c r="E262" s="485"/>
+      <c r="F262" s="485"/>
+      <c r="G262" s="485"/>
+      <c r="H262" s="485"/>
+      <c r="I262" s="485"/>
+      <c r="J262" s="485"/>
       <c r="K262" s="49"/>
       <c r="L262" s="49"/>
       <c r="M262" s="49"/>
       <c r="N262" s="49"/>
       <c r="O262" s="49"/>
       <c r="P262" s="49"/>
       <c r="Q262" s="49"/>
       <c r="R262" s="49"/>
       <c r="S262" s="49"/>
       <c r="T262" s="49"/>
     </row>
     <row r="263" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A263" s="155"/>
       <c r="B263" s="155"/>
       <c r="C263" s="155"/>
       <c r="D263" s="155"/>
       <c r="E263" s="155"/>
       <c r="F263" s="155"/>
       <c r="G263" s="155"/>
       <c r="H263" s="155"/>
       <c r="I263" s="155"/>
       <c r="J263" s="155"/>
       <c r="K263" s="49"/>
       <c r="L263" s="49"/>
       <c r="M263" s="49"/>
@@ -29650,3667 +29650,3667 @@
       <c r="E264" s="53"/>
       <c r="F264" s="53"/>
       <c r="G264" s="53"/>
       <c r="H264" s="53"/>
       <c r="I264" s="53"/>
       <c r="J264" s="53"/>
       <c r="K264" s="37"/>
       <c r="L264" s="37"/>
       <c r="M264" s="37"/>
       <c r="N264" s="37"/>
       <c r="O264" s="37"/>
       <c r="P264" s="37"/>
       <c r="Q264" s="37"/>
       <c r="R264" s="37"/>
       <c r="S264" s="37"/>
       <c r="T264" s="37"/>
     </row>
     <row r="265" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A265" s="195" t="s">
         <v>886</v>
       </c>
       <c r="B265" s="42"/>
       <c r="C265" s="42"/>
       <c r="D265" s="42"/>
       <c r="E265" s="197"/>
-      <c r="F265" s="531"/>
-[...1 lines deleted...]
-      <c r="H265" s="533"/>
+      <c r="F265" s="486"/>
+      <c r="G265" s="487"/>
+      <c r="H265" s="488"/>
       <c r="I265" s="198" t="s">
         <v>887</v>
       </c>
       <c r="J265" s="138" t="s">
         <v>380</v>
       </c>
       <c r="K265" s="70"/>
       <c r="L265" s="70"/>
       <c r="M265" s="37"/>
-      <c r="N265" s="365"/>
-[...4 lines deleted...]
-      <c r="S265" s="367"/>
+      <c r="N265" s="345"/>
+      <c r="O265" s="346"/>
+      <c r="P265" s="346"/>
+      <c r="Q265" s="346"/>
+      <c r="R265" s="346"/>
+      <c r="S265" s="347"/>
       <c r="T265" s="37"/>
     </row>
     <row r="266" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A266" s="152" t="s">
         <v>805</v>
       </c>
       <c r="B266" s="152"/>
       <c r="C266" s="152"/>
       <c r="D266" s="152"/>
       <c r="E266" s="196"/>
       <c r="F266" s="153"/>
       <c r="G266" s="153"/>
       <c r="H266" s="153"/>
       <c r="I266" s="196"/>
       <c r="J266" s="152"/>
       <c r="K266" s="70"/>
       <c r="L266" s="70"/>
       <c r="M266" s="37"/>
-      <c r="N266" s="373"/>
-[...4 lines deleted...]
-      <c r="S266" s="375"/>
+      <c r="N266" s="348"/>
+      <c r="O266" s="349"/>
+      <c r="P266" s="349"/>
+      <c r="Q266" s="349"/>
+      <c r="R266" s="349"/>
+      <c r="S266" s="350"/>
       <c r="T266" s="37"/>
     </row>
     <row r="267" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A267" s="154" t="s">
         <v>806</v>
       </c>
       <c r="B267" s="154"/>
       <c r="C267" s="154"/>
       <c r="D267" s="154"/>
       <c r="E267" s="154"/>
-      <c r="F267" s="486" t="s">
+      <c r="F267" s="441" t="s">
         <v>784</v>
       </c>
-      <c r="G267" s="486"/>
-[...2 lines deleted...]
-      <c r="J267" s="486"/>
+      <c r="G267" s="441"/>
+      <c r="H267" s="441"/>
+      <c r="I267" s="441"/>
+      <c r="J267" s="441"/>
       <c r="K267" s="70"/>
       <c r="L267" s="70"/>
       <c r="M267" s="37"/>
-      <c r="N267" s="373"/>
-[...4 lines deleted...]
-      <c r="S267" s="375"/>
+      <c r="N267" s="348"/>
+      <c r="O267" s="349"/>
+      <c r="P267" s="349"/>
+      <c r="Q267" s="349"/>
+      <c r="R267" s="349"/>
+      <c r="S267" s="350"/>
       <c r="T267" s="37"/>
     </row>
     <row r="268" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A268" s="104" t="s">
         <v>884</v>
       </c>
       <c r="B268" s="42"/>
       <c r="C268" s="42"/>
-      <c r="D268" s="487"/>
-[...5 lines deleted...]
-      <c r="J268" s="489"/>
+      <c r="D268" s="442"/>
+      <c r="E268" s="443"/>
+      <c r="F268" s="443"/>
+      <c r="G268" s="443"/>
+      <c r="H268" s="443"/>
+      <c r="I268" s="443"/>
+      <c r="J268" s="444"/>
       <c r="K268" s="70"/>
       <c r="L268" s="70"/>
       <c r="M268" s="37"/>
-      <c r="N268" s="373"/>
-[...4 lines deleted...]
-      <c r="S268" s="375"/>
+      <c r="N268" s="348"/>
+      <c r="O268" s="349"/>
+      <c r="P268" s="349"/>
+      <c r="Q268" s="349"/>
+      <c r="R268" s="349"/>
+      <c r="S268" s="350"/>
       <c r="T268" s="37"/>
     </row>
     <row r="269" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A269" s="42"/>
       <c r="B269" s="42"/>
       <c r="C269" s="42"/>
-      <c r="D269" s="490"/>
-[...5 lines deleted...]
-      <c r="J269" s="492"/>
+      <c r="D269" s="445"/>
+      <c r="E269" s="446"/>
+      <c r="F269" s="446"/>
+      <c r="G269" s="446"/>
+      <c r="H269" s="446"/>
+      <c r="I269" s="446"/>
+      <c r="J269" s="447"/>
       <c r="K269" s="70"/>
       <c r="L269" s="70"/>
       <c r="M269" s="37"/>
-      <c r="N269" s="373"/>
-[...4 lines deleted...]
-      <c r="S269" s="375"/>
+      <c r="N269" s="348"/>
+      <c r="O269" s="349"/>
+      <c r="P269" s="349"/>
+      <c r="Q269" s="349"/>
+      <c r="R269" s="349"/>
+      <c r="S269" s="350"/>
       <c r="T269" s="37"/>
     </row>
     <row r="270" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A270" s="42"/>
       <c r="B270" s="42"/>
       <c r="C270" s="42"/>
-      <c r="D270" s="493"/>
-[...5 lines deleted...]
-      <c r="J270" s="495"/>
+      <c r="D270" s="448"/>
+      <c r="E270" s="449"/>
+      <c r="F270" s="449"/>
+      <c r="G270" s="449"/>
+      <c r="H270" s="449"/>
+      <c r="I270" s="449"/>
+      <c r="J270" s="450"/>
       <c r="K270" s="70"/>
       <c r="L270" s="70"/>
       <c r="M270" s="37"/>
-      <c r="N270" s="373"/>
-[...4 lines deleted...]
-      <c r="S270" s="375"/>
+      <c r="N270" s="348"/>
+      <c r="O270" s="349"/>
+      <c r="P270" s="349"/>
+      <c r="Q270" s="349"/>
+      <c r="R270" s="349"/>
+      <c r="S270" s="350"/>
       <c r="T270" s="37"/>
     </row>
     <row r="271" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A271" s="42"/>
       <c r="B271" s="42"/>
       <c r="C271" s="42"/>
       <c r="D271" s="42"/>
       <c r="E271" s="42"/>
       <c r="F271" s="42"/>
       <c r="G271" s="42"/>
       <c r="H271" s="42"/>
       <c r="I271" s="42"/>
       <c r="J271" s="42"/>
       <c r="K271" s="70"/>
       <c r="L271" s="70"/>
       <c r="M271" s="37"/>
-      <c r="N271" s="373"/>
-[...4 lines deleted...]
-      <c r="S271" s="375"/>
+      <c r="N271" s="348"/>
+      <c r="O271" s="349"/>
+      <c r="P271" s="349"/>
+      <c r="Q271" s="349"/>
+      <c r="R271" s="349"/>
+      <c r="S271" s="350"/>
       <c r="T271" s="37"/>
     </row>
     <row r="272" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A272" s="496" t="s">
+      <c r="A272" s="451" t="s">
         <v>807</v>
       </c>
-      <c r="B272" s="496"/>
-[...7 lines deleted...]
-      <c r="J272" s="499"/>
+      <c r="B272" s="451"/>
+      <c r="C272" s="451"/>
+      <c r="D272" s="452"/>
+      <c r="E272" s="453"/>
+      <c r="F272" s="453"/>
+      <c r="G272" s="453"/>
+      <c r="H272" s="453"/>
+      <c r="I272" s="453"/>
+      <c r="J272" s="454"/>
       <c r="K272" s="70"/>
       <c r="L272" s="70"/>
       <c r="M272" s="37"/>
-      <c r="N272" s="373"/>
-[...4 lines deleted...]
-      <c r="S272" s="375"/>
+      <c r="N272" s="348"/>
+      <c r="O272" s="349"/>
+      <c r="P272" s="349"/>
+      <c r="Q272" s="349"/>
+      <c r="R272" s="349"/>
+      <c r="S272" s="350"/>
       <c r="T272" s="37"/>
     </row>
     <row r="273" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A273" s="496"/>
-[...8 lines deleted...]
-      <c r="J273" s="502"/>
+      <c r="A273" s="451"/>
+      <c r="B273" s="451"/>
+      <c r="C273" s="451"/>
+      <c r="D273" s="455"/>
+      <c r="E273" s="456"/>
+      <c r="F273" s="456"/>
+      <c r="G273" s="456"/>
+      <c r="H273" s="456"/>
+      <c r="I273" s="456"/>
+      <c r="J273" s="457"/>
       <c r="K273" s="70"/>
       <c r="L273" s="70"/>
       <c r="M273" s="37"/>
-      <c r="N273" s="373"/>
-[...4 lines deleted...]
-      <c r="S273" s="375"/>
+      <c r="N273" s="348"/>
+      <c r="O273" s="349"/>
+      <c r="P273" s="349"/>
+      <c r="Q273" s="349"/>
+      <c r="R273" s="349"/>
+      <c r="S273" s="350"/>
       <c r="T273" s="37"/>
     </row>
     <row r="274" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A274" s="496"/>
-[...8 lines deleted...]
-      <c r="J274" s="502"/>
+      <c r="A274" s="451"/>
+      <c r="B274" s="451"/>
+      <c r="C274" s="451"/>
+      <c r="D274" s="455"/>
+      <c r="E274" s="456"/>
+      <c r="F274" s="456"/>
+      <c r="G274" s="456"/>
+      <c r="H274" s="456"/>
+      <c r="I274" s="456"/>
+      <c r="J274" s="457"/>
       <c r="K274" s="70"/>
       <c r="L274" s="70"/>
       <c r="M274" s="37"/>
-      <c r="N274" s="373"/>
-[...4 lines deleted...]
-      <c r="S274" s="375"/>
+      <c r="N274" s="348"/>
+      <c r="O274" s="349"/>
+      <c r="P274" s="349"/>
+      <c r="Q274" s="349"/>
+      <c r="R274" s="349"/>
+      <c r="S274" s="350"/>
       <c r="T274" s="37"/>
     </row>
     <row r="275" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A275" s="496"/>
-[...8 lines deleted...]
-      <c r="J275" s="505"/>
+      <c r="A275" s="451"/>
+      <c r="B275" s="451"/>
+      <c r="C275" s="451"/>
+      <c r="D275" s="458"/>
+      <c r="E275" s="459"/>
+      <c r="F275" s="459"/>
+      <c r="G275" s="459"/>
+      <c r="H275" s="459"/>
+      <c r="I275" s="459"/>
+      <c r="J275" s="460"/>
       <c r="K275" s="70"/>
       <c r="L275" s="70"/>
       <c r="M275" s="37"/>
-      <c r="N275" s="368"/>
-[...4 lines deleted...]
-      <c r="S275" s="370"/>
+      <c r="N275" s="351"/>
+      <c r="O275" s="352"/>
+      <c r="P275" s="352"/>
+      <c r="Q275" s="352"/>
+      <c r="R275" s="352"/>
+      <c r="S275" s="353"/>
       <c r="T275" s="37"/>
     </row>
     <row r="276" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A276" s="53"/>
       <c r="B276" s="53"/>
       <c r="C276" s="53"/>
       <c r="D276" s="53"/>
       <c r="E276" s="53"/>
       <c r="F276" s="53"/>
       <c r="G276" s="53"/>
       <c r="H276" s="53"/>
       <c r="I276" s="53"/>
       <c r="J276" s="53"/>
       <c r="K276" s="37"/>
       <c r="L276" s="37"/>
       <c r="M276" s="37"/>
       <c r="N276" s="37"/>
       <c r="O276" s="37"/>
       <c r="P276" s="37"/>
       <c r="Q276" s="37"/>
       <c r="R276" s="37"/>
       <c r="S276" s="37"/>
       <c r="T276" s="37"/>
     </row>
     <row r="277" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A277" s="308" t="s">
+      <c r="A277" s="576" t="s">
         <v>808</v>
       </c>
-      <c r="B277" s="308"/>
-[...7 lines deleted...]
-      <c r="J277" s="308"/>
+      <c r="B277" s="576"/>
+      <c r="C277" s="576"/>
+      <c r="D277" s="576"/>
+      <c r="E277" s="576"/>
+      <c r="F277" s="576"/>
+      <c r="G277" s="576"/>
+      <c r="H277" s="576"/>
+      <c r="I277" s="576"/>
+      <c r="J277" s="576"/>
       <c r="K277" s="37"/>
       <c r="L277" s="37"/>
       <c r="M277" s="37"/>
       <c r="N277" s="37"/>
       <c r="O277" s="37"/>
       <c r="P277" s="37"/>
       <c r="Q277" s="37"/>
       <c r="R277" s="37"/>
       <c r="S277" s="37"/>
       <c r="T277" s="37"/>
     </row>
     <row r="278" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A278" s="297"/>
       <c r="B278" s="297"/>
       <c r="C278" s="297"/>
       <c r="D278" s="297"/>
       <c r="E278" s="297"/>
       <c r="F278" s="297"/>
       <c r="G278" s="297"/>
       <c r="H278" s="297"/>
       <c r="I278" s="297"/>
       <c r="J278" s="297"/>
       <c r="K278" s="37"/>
       <c r="L278" s="37"/>
       <c r="M278" s="37"/>
       <c r="N278" s="37"/>
       <c r="O278" s="37"/>
       <c r="P278" s="37"/>
       <c r="Q278" s="37"/>
       <c r="R278" s="37"/>
       <c r="S278" s="37"/>
       <c r="T278" s="37"/>
     </row>
     <row r="279" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A279" s="534" t="s">
+      <c r="A279" s="489" t="s">
         <v>801</v>
       </c>
-      <c r="B279" s="534"/>
-[...7 lines deleted...]
-      <c r="J279" s="537"/>
+      <c r="B279" s="489"/>
+      <c r="C279" s="489"/>
+      <c r="D279" s="489"/>
+      <c r="E279" s="489"/>
+      <c r="F279" s="490"/>
+      <c r="G279" s="491"/>
+      <c r="H279" s="491"/>
+      <c r="I279" s="491"/>
+      <c r="J279" s="492"/>
       <c r="K279" s="37"/>
       <c r="L279" s="37"/>
       <c r="M279" s="37"/>
-      <c r="N279" s="408"/>
-[...4 lines deleted...]
-      <c r="S279" s="410"/>
+      <c r="N279" s="365"/>
+      <c r="O279" s="366"/>
+      <c r="P279" s="366"/>
+      <c r="Q279" s="366"/>
+      <c r="R279" s="366"/>
+      <c r="S279" s="367"/>
       <c r="T279" s="37"/>
     </row>
     <row r="280" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A280" s="333" t="s">
+      <c r="A280" s="436" t="s">
         <v>809</v>
       </c>
-      <c r="B280" s="333"/>
-[...7 lines deleted...]
-      <c r="J280" s="540"/>
+      <c r="B280" s="436"/>
+      <c r="C280" s="436"/>
+      <c r="D280" s="436"/>
+      <c r="E280" s="436"/>
+      <c r="F280" s="493"/>
+      <c r="G280" s="494"/>
+      <c r="H280" s="494"/>
+      <c r="I280" s="494"/>
+      <c r="J280" s="495"/>
       <c r="K280" s="37"/>
       <c r="L280" s="37"/>
       <c r="M280" s="37"/>
-      <c r="N280" s="411"/>
-[...4 lines deleted...]
-      <c r="S280" s="413"/>
+      <c r="N280" s="368"/>
+      <c r="O280" s="369"/>
+      <c r="P280" s="369"/>
+      <c r="Q280" s="369"/>
+      <c r="R280" s="369"/>
+      <c r="S280" s="370"/>
       <c r="T280" s="37"/>
     </row>
     <row r="281" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A281" s="333"/>
-[...8 lines deleted...]
-      <c r="J281" s="540"/>
+      <c r="A281" s="436"/>
+      <c r="B281" s="436"/>
+      <c r="C281" s="436"/>
+      <c r="D281" s="436"/>
+      <c r="E281" s="436"/>
+      <c r="F281" s="493"/>
+      <c r="G281" s="494"/>
+      <c r="H281" s="494"/>
+      <c r="I281" s="494"/>
+      <c r="J281" s="495"/>
       <c r="K281" s="37"/>
       <c r="L281" s="37"/>
       <c r="M281" s="37"/>
-      <c r="N281" s="411"/>
-[...4 lines deleted...]
-      <c r="S281" s="413"/>
+      <c r="N281" s="368"/>
+      <c r="O281" s="369"/>
+      <c r="P281" s="369"/>
+      <c r="Q281" s="369"/>
+      <c r="R281" s="369"/>
+      <c r="S281" s="370"/>
       <c r="T281" s="37"/>
     </row>
     <row r="282" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A282" s="333"/>
-[...8 lines deleted...]
-      <c r="J282" s="540"/>
+      <c r="A282" s="436"/>
+      <c r="B282" s="436"/>
+      <c r="C282" s="436"/>
+      <c r="D282" s="436"/>
+      <c r="E282" s="436"/>
+      <c r="F282" s="493"/>
+      <c r="G282" s="494"/>
+      <c r="H282" s="494"/>
+      <c r="I282" s="494"/>
+      <c r="J282" s="495"/>
       <c r="K282" s="37"/>
       <c r="L282" s="37"/>
       <c r="M282" s="37"/>
-      <c r="N282" s="411"/>
-[...4 lines deleted...]
-      <c r="S282" s="413"/>
+      <c r="N282" s="368"/>
+      <c r="O282" s="369"/>
+      <c r="P282" s="369"/>
+      <c r="Q282" s="369"/>
+      <c r="R282" s="369"/>
+      <c r="S282" s="370"/>
       <c r="T282" s="37"/>
     </row>
     <row r="283" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A283" s="390" t="s">
+      <c r="A283" s="395" t="s">
         <v>810</v>
       </c>
-      <c r="B283" s="390"/>
-[...7 lines deleted...]
-      <c r="J283" s="540"/>
+      <c r="B283" s="395"/>
+      <c r="C283" s="395"/>
+      <c r="D283" s="395"/>
+      <c r="E283" s="395"/>
+      <c r="F283" s="493"/>
+      <c r="G283" s="494"/>
+      <c r="H283" s="494"/>
+      <c r="I283" s="494"/>
+      <c r="J283" s="495"/>
       <c r="K283" s="37"/>
       <c r="L283" s="37"/>
       <c r="M283" s="37"/>
-      <c r="N283" s="411"/>
-[...4 lines deleted...]
-      <c r="S283" s="413"/>
+      <c r="N283" s="368"/>
+      <c r="O283" s="369"/>
+      <c r="P283" s="369"/>
+      <c r="Q283" s="369"/>
+      <c r="R283" s="369"/>
+      <c r="S283" s="370"/>
       <c r="T283" s="37"/>
     </row>
     <row r="284" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A284" s="390"/>
-[...8 lines deleted...]
-      <c r="J284" s="543"/>
+      <c r="A284" s="395"/>
+      <c r="B284" s="395"/>
+      <c r="C284" s="395"/>
+      <c r="D284" s="395"/>
+      <c r="E284" s="395"/>
+      <c r="F284" s="496"/>
+      <c r="G284" s="497"/>
+      <c r="H284" s="497"/>
+      <c r="I284" s="497"/>
+      <c r="J284" s="498"/>
       <c r="K284" s="37"/>
       <c r="L284" s="37"/>
       <c r="M284" s="37"/>
-      <c r="N284" s="411"/>
-[...4 lines deleted...]
-      <c r="S284" s="413"/>
+      <c r="N284" s="368"/>
+      <c r="O284" s="369"/>
+      <c r="P284" s="369"/>
+      <c r="Q284" s="369"/>
+      <c r="R284" s="369"/>
+      <c r="S284" s="370"/>
       <c r="T284" s="37"/>
     </row>
     <row r="285" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A285" s="53"/>
       <c r="B285" s="53"/>
       <c r="C285" s="53"/>
       <c r="D285" s="53"/>
       <c r="E285" s="53"/>
       <c r="F285" s="53"/>
       <c r="G285" s="53"/>
       <c r="H285" s="53"/>
       <c r="I285" s="53"/>
       <c r="J285" s="53"/>
       <c r="K285" s="37"/>
       <c r="L285" s="37"/>
       <c r="M285" s="37"/>
-      <c r="N285" s="411"/>
-[...4 lines deleted...]
-      <c r="S285" s="413"/>
+      <c r="N285" s="368"/>
+      <c r="O285" s="369"/>
+      <c r="P285" s="369"/>
+      <c r="Q285" s="369"/>
+      <c r="R285" s="369"/>
+      <c r="S285" s="370"/>
       <c r="T285" s="37"/>
     </row>
     <row r="286" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A286" s="557" t="s">
+      <c r="A286" s="427" t="s">
         <v>811</v>
       </c>
-      <c r="B286" s="557"/>
-[...7 lines deleted...]
-      <c r="J286" s="548"/>
+      <c r="B286" s="427"/>
+      <c r="C286" s="427"/>
+      <c r="D286" s="427"/>
+      <c r="E286" s="428"/>
+      <c r="F286" s="416"/>
+      <c r="G286" s="417"/>
+      <c r="H286" s="417"/>
+      <c r="I286" s="417"/>
+      <c r="J286" s="418"/>
       <c r="K286" s="37"/>
       <c r="L286" s="37"/>
       <c r="M286" s="37"/>
-      <c r="N286" s="411"/>
-[...4 lines deleted...]
-      <c r="S286" s="413"/>
+      <c r="N286" s="368"/>
+      <c r="O286" s="369"/>
+      <c r="P286" s="369"/>
+      <c r="Q286" s="369"/>
+      <c r="R286" s="369"/>
+      <c r="S286" s="370"/>
       <c r="T286" s="37"/>
     </row>
     <row r="287" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A287" s="557"/>
-[...8 lines deleted...]
-      <c r="J287" s="554"/>
+      <c r="A287" s="427"/>
+      <c r="B287" s="427"/>
+      <c r="C287" s="427"/>
+      <c r="D287" s="427"/>
+      <c r="E287" s="428"/>
+      <c r="F287" s="422"/>
+      <c r="G287" s="423"/>
+      <c r="H287" s="423"/>
+      <c r="I287" s="423"/>
+      <c r="J287" s="424"/>
       <c r="K287" s="37"/>
       <c r="L287" s="37"/>
       <c r="M287" s="37"/>
-      <c r="N287" s="411"/>
-[...4 lines deleted...]
-      <c r="S287" s="413"/>
+      <c r="N287" s="368"/>
+      <c r="O287" s="369"/>
+      <c r="P287" s="369"/>
+      <c r="Q287" s="369"/>
+      <c r="R287" s="369"/>
+      <c r="S287" s="370"/>
       <c r="T287" s="37"/>
     </row>
     <row r="288" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A288" s="557" t="s">
+      <c r="A288" s="427" t="s">
         <v>803</v>
       </c>
-      <c r="B288" s="557"/>
-[...7 lines deleted...]
-      <c r="J288" s="548"/>
+      <c r="B288" s="427"/>
+      <c r="C288" s="427"/>
+      <c r="D288" s="427"/>
+      <c r="E288" s="427"/>
+      <c r="F288" s="416"/>
+      <c r="G288" s="417"/>
+      <c r="H288" s="417"/>
+      <c r="I288" s="417"/>
+      <c r="J288" s="418"/>
       <c r="K288" s="37"/>
       <c r="L288" s="37"/>
       <c r="M288" s="37"/>
-      <c r="N288" s="411"/>
-[...4 lines deleted...]
-      <c r="S288" s="413"/>
+      <c r="N288" s="368"/>
+      <c r="O288" s="369"/>
+      <c r="P288" s="369"/>
+      <c r="Q288" s="369"/>
+      <c r="R288" s="369"/>
+      <c r="S288" s="370"/>
       <c r="T288" s="37"/>
     </row>
     <row r="289" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A289" s="53"/>
       <c r="B289" s="53"/>
       <c r="C289" s="53"/>
       <c r="D289" s="53"/>
       <c r="E289" s="53"/>
-      <c r="F289" s="552"/>
-[...3 lines deleted...]
-      <c r="J289" s="554"/>
+      <c r="F289" s="422"/>
+      <c r="G289" s="423"/>
+      <c r="H289" s="423"/>
+      <c r="I289" s="423"/>
+      <c r="J289" s="424"/>
       <c r="K289" s="37"/>
       <c r="L289" s="37"/>
       <c r="M289" s="37"/>
-      <c r="N289" s="411"/>
-[...4 lines deleted...]
-      <c r="S289" s="413"/>
+      <c r="N289" s="368"/>
+      <c r="O289" s="369"/>
+      <c r="P289" s="369"/>
+      <c r="Q289" s="369"/>
+      <c r="R289" s="369"/>
+      <c r="S289" s="370"/>
       <c r="T289" s="37"/>
     </row>
     <row r="290" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A290" s="557" t="s">
+      <c r="A290" s="427" t="s">
         <v>804</v>
       </c>
-      <c r="B290" s="557"/>
-[...7 lines deleted...]
-      <c r="J290" s="508"/>
+      <c r="B290" s="427"/>
+      <c r="C290" s="427"/>
+      <c r="D290" s="427"/>
+      <c r="E290" s="427"/>
+      <c r="F290" s="461"/>
+      <c r="G290" s="462"/>
+      <c r="H290" s="462"/>
+      <c r="I290" s="462"/>
+      <c r="J290" s="463"/>
       <c r="K290" s="37"/>
       <c r="L290" s="37"/>
       <c r="M290" s="37"/>
-      <c r="N290" s="411"/>
-[...4 lines deleted...]
-      <c r="S290" s="413"/>
+      <c r="N290" s="368"/>
+      <c r="O290" s="369"/>
+      <c r="P290" s="369"/>
+      <c r="Q290" s="369"/>
+      <c r="R290" s="369"/>
+      <c r="S290" s="370"/>
       <c r="T290" s="37"/>
     </row>
     <row r="291" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A291" s="559" t="s">
+      <c r="A291" s="429" t="s">
         <v>753</v>
       </c>
-      <c r="B291" s="559"/>
-[...7 lines deleted...]
-      <c r="J291" s="562"/>
+      <c r="B291" s="429"/>
+      <c r="C291" s="429"/>
+      <c r="D291" s="429"/>
+      <c r="E291" s="429"/>
+      <c r="F291" s="430"/>
+      <c r="G291" s="431"/>
+      <c r="H291" s="431"/>
+      <c r="I291" s="431"/>
+      <c r="J291" s="432"/>
       <c r="K291" s="37"/>
       <c r="L291" s="37"/>
       <c r="M291" s="37"/>
-      <c r="N291" s="414"/>
-[...4 lines deleted...]
-      <c r="S291" s="416"/>
+      <c r="N291" s="371"/>
+      <c r="O291" s="372"/>
+      <c r="P291" s="372"/>
+      <c r="Q291" s="372"/>
+      <c r="R291" s="372"/>
+      <c r="S291" s="373"/>
       <c r="T291" s="37"/>
     </row>
     <row r="292" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A292" s="53"/>
       <c r="B292" s="53"/>
       <c r="C292" s="53"/>
       <c r="D292" s="53"/>
       <c r="E292" s="53"/>
       <c r="F292" s="53"/>
       <c r="G292" s="53"/>
       <c r="H292" s="53"/>
       <c r="I292" s="53"/>
       <c r="J292" s="53"/>
       <c r="K292" s="37"/>
       <c r="L292" s="37"/>
       <c r="M292" s="37"/>
       <c r="N292" s="37"/>
       <c r="O292" s="37"/>
       <c r="P292" s="37"/>
       <c r="Q292" s="37"/>
       <c r="R292" s="37"/>
       <c r="S292" s="37"/>
       <c r="T292" s="37"/>
     </row>
     <row r="293" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A293" s="308" t="s">
-[...10 lines deleted...]
-      <c r="J293" s="308"/>
+      <c r="A293" s="576" t="s">
+        <v>909</v>
+      </c>
+      <c r="B293" s="576"/>
+      <c r="C293" s="576"/>
+      <c r="D293" s="576"/>
+      <c r="E293" s="576"/>
+      <c r="F293" s="576"/>
+      <c r="G293" s="576"/>
+      <c r="H293" s="576"/>
+      <c r="I293" s="576"/>
+      <c r="J293" s="576"/>
       <c r="K293" s="37"/>
       <c r="L293" s="37"/>
       <c r="M293" s="37"/>
       <c r="N293" s="37"/>
       <c r="O293" s="37"/>
       <c r="P293" s="37"/>
       <c r="Q293" s="37"/>
       <c r="R293" s="37"/>
       <c r="S293" s="37"/>
       <c r="T293" s="37"/>
     </row>
     <row r="294" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A294" s="156" t="s">
         <v>814</v>
       </c>
       <c r="B294" s="53"/>
       <c r="C294" s="53"/>
       <c r="D294" s="53"/>
       <c r="E294" s="53"/>
       <c r="F294" s="53"/>
       <c r="G294" s="53"/>
       <c r="H294" s="53"/>
       <c r="I294" s="53"/>
       <c r="J294" s="53"/>
       <c r="K294" s="37"/>
       <c r="L294" s="37"/>
       <c r="M294" s="37"/>
-      <c r="N294" s="408"/>
-[...4 lines deleted...]
-      <c r="S294" s="410"/>
+      <c r="N294" s="365"/>
+      <c r="O294" s="366"/>
+      <c r="P294" s="366"/>
+      <c r="Q294" s="366"/>
+      <c r="R294" s="366"/>
+      <c r="S294" s="367"/>
       <c r="T294" s="37"/>
     </row>
     <row r="295" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A295" s="566" t="s">
-[...9 lines deleted...]
-      <c r="I295" s="568"/>
+      <c r="A295" s="437" t="s">
+        <v>983</v>
+      </c>
+      <c r="B295" s="438"/>
+      <c r="C295" s="438"/>
+      <c r="D295" s="438"/>
+      <c r="E295" s="438"/>
+      <c r="F295" s="438"/>
+      <c r="G295" s="438"/>
+      <c r="H295" s="438"/>
+      <c r="I295" s="439"/>
       <c r="J295" s="54"/>
       <c r="K295" s="37"/>
       <c r="L295" s="37"/>
       <c r="M295" s="37"/>
-      <c r="N295" s="411"/>
-[...4 lines deleted...]
-      <c r="S295" s="413"/>
+      <c r="N295" s="368"/>
+      <c r="O295" s="369"/>
+      <c r="P295" s="369"/>
+      <c r="Q295" s="369"/>
+      <c r="R295" s="369"/>
+      <c r="S295" s="370"/>
       <c r="T295" s="37"/>
     </row>
     <row r="296" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A296" s="566"/>
-[...7 lines deleted...]
-      <c r="I296" s="568"/>
+      <c r="A296" s="437"/>
+      <c r="B296" s="438"/>
+      <c r="C296" s="438"/>
+      <c r="D296" s="438"/>
+      <c r="E296" s="438"/>
+      <c r="F296" s="438"/>
+      <c r="G296" s="438"/>
+      <c r="H296" s="438"/>
+      <c r="I296" s="439"/>
       <c r="J296" s="55">
         <f>IF(CHECKING!$B$157=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K296" s="37"/>
       <c r="L296" s="37"/>
       <c r="M296" s="37"/>
-      <c r="N296" s="411"/>
-[...4 lines deleted...]
-      <c r="S296" s="413"/>
+      <c r="N296" s="368"/>
+      <c r="O296" s="369"/>
+      <c r="P296" s="369"/>
+      <c r="Q296" s="369"/>
+      <c r="R296" s="369"/>
+      <c r="S296" s="370"/>
       <c r="T296" s="37"/>
     </row>
     <row r="297" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A297" s="569" t="s">
+      <c r="A297" s="342" t="s">
         <v>819</v>
       </c>
-      <c r="B297" s="570"/>
-[...6 lines deleted...]
-      <c r="I297" s="571"/>
+      <c r="B297" s="343"/>
+      <c r="C297" s="343"/>
+      <c r="D297" s="343"/>
+      <c r="E297" s="343"/>
+      <c r="F297" s="343"/>
+      <c r="G297" s="343"/>
+      <c r="H297" s="343"/>
+      <c r="I297" s="344"/>
       <c r="J297" s="54"/>
       <c r="K297" s="37"/>
       <c r="L297" s="37"/>
       <c r="M297" s="37"/>
-      <c r="N297" s="411"/>
-[...4 lines deleted...]
-      <c r="S297" s="413"/>
+      <c r="N297" s="368"/>
+      <c r="O297" s="369"/>
+      <c r="P297" s="369"/>
+      <c r="Q297" s="369"/>
+      <c r="R297" s="369"/>
+      <c r="S297" s="370"/>
       <c r="T297" s="37"/>
     </row>
     <row r="298" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A298" s="569"/>
-[...7 lines deleted...]
-      <c r="I298" s="571"/>
+      <c r="A298" s="342"/>
+      <c r="B298" s="343"/>
+      <c r="C298" s="343"/>
+      <c r="D298" s="343"/>
+      <c r="E298" s="343"/>
+      <c r="F298" s="343"/>
+      <c r="G298" s="343"/>
+      <c r="H298" s="343"/>
+      <c r="I298" s="344"/>
       <c r="J298" s="55">
         <f>IF(CHECKING!$B$158=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K298" s="37"/>
       <c r="L298" s="37"/>
       <c r="M298" s="37"/>
-      <c r="N298" s="411"/>
-[...4 lines deleted...]
-      <c r="S298" s="413"/>
+      <c r="N298" s="368"/>
+      <c r="O298" s="369"/>
+      <c r="P298" s="369"/>
+      <c r="Q298" s="369"/>
+      <c r="R298" s="369"/>
+      <c r="S298" s="370"/>
       <c r="T298" s="37"/>
     </row>
     <row r="299" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A299" s="569" t="s">
+      <c r="A299" s="342" t="s">
         <v>818</v>
       </c>
-      <c r="B299" s="570"/>
-[...6 lines deleted...]
-      <c r="I299" s="571"/>
+      <c r="B299" s="343"/>
+      <c r="C299" s="343"/>
+      <c r="D299" s="343"/>
+      <c r="E299" s="343"/>
+      <c r="F299" s="343"/>
+      <c r="G299" s="343"/>
+      <c r="H299" s="343"/>
+      <c r="I299" s="344"/>
       <c r="J299" s="54"/>
       <c r="K299" s="37"/>
       <c r="L299" s="37"/>
       <c r="M299" s="37"/>
-      <c r="N299" s="411"/>
-[...4 lines deleted...]
-      <c r="S299" s="413"/>
+      <c r="N299" s="368"/>
+      <c r="O299" s="369"/>
+      <c r="P299" s="369"/>
+      <c r="Q299" s="369"/>
+      <c r="R299" s="369"/>
+      <c r="S299" s="370"/>
       <c r="T299" s="37"/>
     </row>
     <row r="300" spans="1:20" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A300" s="569"/>
-[...7 lines deleted...]
-      <c r="I300" s="571"/>
+      <c r="A300" s="342"/>
+      <c r="B300" s="343"/>
+      <c r="C300" s="343"/>
+      <c r="D300" s="343"/>
+      <c r="E300" s="343"/>
+      <c r="F300" s="343"/>
+      <c r="G300" s="343"/>
+      <c r="H300" s="343"/>
+      <c r="I300" s="344"/>
       <c r="J300" s="55">
         <f>IF(CHECKING!$B$159=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K300" s="37"/>
       <c r="L300" s="37"/>
       <c r="M300" s="37"/>
-      <c r="N300" s="411"/>
-[...4 lines deleted...]
-      <c r="S300" s="413"/>
+      <c r="N300" s="368"/>
+      <c r="O300" s="369"/>
+      <c r="P300" s="369"/>
+      <c r="Q300" s="369"/>
+      <c r="R300" s="369"/>
+      <c r="S300" s="370"/>
       <c r="T300" s="37"/>
     </row>
     <row r="301" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A301" s="563" t="s">
-[...8 lines deleted...]
-      <c r="H301" s="563"/>
+      <c r="A301" s="433" t="s">
+        <v>910</v>
+      </c>
+      <c r="B301" s="433"/>
+      <c r="C301" s="433"/>
+      <c r="D301" s="433"/>
+      <c r="E301" s="433"/>
+      <c r="F301" s="433"/>
+      <c r="G301" s="433"/>
+      <c r="H301" s="433"/>
       <c r="I301" s="157" t="s">
         <v>380</v>
       </c>
       <c r="J301" s="53"/>
       <c r="K301" s="37"/>
       <c r="L301" s="37"/>
       <c r="M301" s="37"/>
-      <c r="N301" s="411"/>
-[...4 lines deleted...]
-      <c r="S301" s="413"/>
+      <c r="N301" s="368"/>
+      <c r="O301" s="369"/>
+      <c r="P301" s="369"/>
+      <c r="Q301" s="369"/>
+      <c r="R301" s="369"/>
+      <c r="S301" s="370"/>
       <c r="T301" s="37"/>
     </row>
     <row r="302" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A302" s="53"/>
-      <c r="B302" s="564" t="str">
+      <c r="B302" s="434" t="str">
         <f>IF(OR($I$301="- select -",$I$301=""),"",CONCATENATE("Please remind the applicant that they must inform ",IF($I$301="yes","the Student immigration team","their Tier 4 sponsor")," that they will be applying to switch into Tier 5"))</f>
         <v/>
       </c>
-      <c r="C302" s="564"/>
-[...5 lines deleted...]
-      <c r="I302" s="564"/>
+      <c r="C302" s="434"/>
+      <c r="D302" s="434"/>
+      <c r="E302" s="434"/>
+      <c r="F302" s="434"/>
+      <c r="G302" s="434"/>
+      <c r="H302" s="434"/>
+      <c r="I302" s="434"/>
       <c r="J302" s="53"/>
       <c r="K302" s="37"/>
       <c r="L302" s="37"/>
       <c r="M302" s="37"/>
-      <c r="N302" s="411"/>
-[...4 lines deleted...]
-      <c r="S302" s="413"/>
+      <c r="N302" s="368"/>
+      <c r="O302" s="369"/>
+      <c r="P302" s="369"/>
+      <c r="Q302" s="369"/>
+      <c r="R302" s="369"/>
+      <c r="S302" s="370"/>
       <c r="T302" s="37"/>
     </row>
     <row r="303" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A303" s="158"/>
-      <c r="B303" s="564"/>
-[...6 lines deleted...]
-      <c r="I303" s="564"/>
+      <c r="B303" s="434"/>
+      <c r="C303" s="434"/>
+      <c r="D303" s="434"/>
+      <c r="E303" s="434"/>
+      <c r="F303" s="434"/>
+      <c r="G303" s="434"/>
+      <c r="H303" s="434"/>
+      <c r="I303" s="434"/>
       <c r="J303" s="158"/>
       <c r="K303" s="37"/>
       <c r="L303" s="37"/>
       <c r="M303" s="37"/>
-      <c r="N303" s="411"/>
-[...4 lines deleted...]
-      <c r="S303" s="413"/>
+      <c r="N303" s="368"/>
+      <c r="O303" s="369"/>
+      <c r="P303" s="369"/>
+      <c r="Q303" s="369"/>
+      <c r="R303" s="369"/>
+      <c r="S303" s="370"/>
       <c r="T303" s="37"/>
     </row>
     <row r="304" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A304" s="565" t="s">
-[...10 lines deleted...]
-      <c r="J304" s="565"/>
+      <c r="A304" s="435" t="s">
+        <v>984</v>
+      </c>
+      <c r="B304" s="435"/>
+      <c r="C304" s="435"/>
+      <c r="D304" s="435"/>
+      <c r="E304" s="435"/>
+      <c r="F304" s="435"/>
+      <c r="G304" s="435"/>
+      <c r="H304" s="435"/>
+      <c r="I304" s="435"/>
+      <c r="J304" s="435"/>
       <c r="K304" s="37"/>
       <c r="L304" s="37"/>
       <c r="M304" s="37"/>
-      <c r="N304" s="411"/>
-[...4 lines deleted...]
-      <c r="S304" s="413"/>
+      <c r="N304" s="368"/>
+      <c r="O304" s="369"/>
+      <c r="P304" s="369"/>
+      <c r="Q304" s="369"/>
+      <c r="R304" s="369"/>
+      <c r="S304" s="370"/>
       <c r="T304" s="37"/>
     </row>
     <row r="305" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A305" s="565"/>
-[...8 lines deleted...]
-      <c r="J305" s="565"/>
+      <c r="A305" s="435"/>
+      <c r="B305" s="435"/>
+      <c r="C305" s="435"/>
+      <c r="D305" s="435"/>
+      <c r="E305" s="435"/>
+      <c r="F305" s="435"/>
+      <c r="G305" s="435"/>
+      <c r="H305" s="435"/>
+      <c r="I305" s="435"/>
+      <c r="J305" s="435"/>
       <c r="K305" s="37"/>
       <c r="L305" s="37"/>
       <c r="M305" s="37"/>
-      <c r="N305" s="414"/>
-[...4 lines deleted...]
-      <c r="S305" s="416"/>
+      <c r="N305" s="371"/>
+      <c r="O305" s="372"/>
+      <c r="P305" s="372"/>
+      <c r="Q305" s="372"/>
+      <c r="R305" s="372"/>
+      <c r="S305" s="373"/>
       <c r="T305" s="37"/>
     </row>
     <row r="306" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A306" s="565"/>
-[...8 lines deleted...]
-      <c r="J306" s="565"/>
+      <c r="A306" s="435"/>
+      <c r="B306" s="435"/>
+      <c r="C306" s="435"/>
+      <c r="D306" s="435"/>
+      <c r="E306" s="435"/>
+      <c r="F306" s="435"/>
+      <c r="G306" s="435"/>
+      <c r="H306" s="435"/>
+      <c r="I306" s="435"/>
+      <c r="J306" s="435"/>
       <c r="K306" s="37"/>
       <c r="L306" s="37"/>
       <c r="M306" s="37"/>
       <c r="N306" s="65"/>
       <c r="O306" s="65"/>
       <c r="P306" s="65"/>
       <c r="Q306" s="65"/>
       <c r="R306" s="65"/>
       <c r="S306" s="65"/>
       <c r="T306" s="37"/>
     </row>
     <row r="307" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A307" s="565"/>
-[...8 lines deleted...]
-      <c r="J307" s="565"/>
+      <c r="A307" s="435"/>
+      <c r="B307" s="435"/>
+      <c r="C307" s="435"/>
+      <c r="D307" s="435"/>
+      <c r="E307" s="435"/>
+      <c r="F307" s="435"/>
+      <c r="G307" s="435"/>
+      <c r="H307" s="435"/>
+      <c r="I307" s="435"/>
+      <c r="J307" s="435"/>
       <c r="K307" s="37"/>
       <c r="L307" s="37"/>
       <c r="M307" s="37"/>
       <c r="N307" s="65"/>
       <c r="O307" s="65"/>
       <c r="P307" s="65"/>
       <c r="Q307" s="65"/>
       <c r="R307" s="65"/>
       <c r="S307" s="65"/>
       <c r="T307" s="37"/>
     </row>
     <row r="308" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A308" s="53"/>
       <c r="B308" s="53"/>
       <c r="C308" s="53"/>
       <c r="D308" s="53"/>
       <c r="E308" s="53"/>
       <c r="F308" s="53"/>
       <c r="G308" s="53"/>
       <c r="H308" s="53"/>
       <c r="I308" s="53"/>
       <c r="J308" s="53"/>
       <c r="K308" s="37"/>
       <c r="L308" s="37"/>
       <c r="M308" s="37"/>
       <c r="N308" s="37"/>
       <c r="O308" s="37"/>
       <c r="P308" s="37"/>
       <c r="Q308" s="37"/>
       <c r="R308" s="37"/>
       <c r="S308" s="37"/>
       <c r="T308" s="37"/>
     </row>
     <row r="309" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A309" s="572" t="s">
+      <c r="A309" s="440" t="s">
         <v>812</v>
       </c>
-      <c r="B309" s="572"/>
-[...7 lines deleted...]
-      <c r="J309" s="619" t="s">
+      <c r="B309" s="440"/>
+      <c r="C309" s="440"/>
+      <c r="D309" s="440"/>
+      <c r="E309" s="440"/>
+      <c r="F309" s="440"/>
+      <c r="G309" s="440"/>
+      <c r="H309" s="440"/>
+      <c r="I309" s="440"/>
+      <c r="J309" s="319" t="s">
         <v>380</v>
       </c>
       <c r="K309" s="37"/>
       <c r="L309" s="37"/>
       <c r="M309" s="37"/>
-      <c r="N309" s="408"/>
-[...4 lines deleted...]
-      <c r="S309" s="410"/>
+      <c r="N309" s="365"/>
+      <c r="O309" s="366"/>
+      <c r="P309" s="366"/>
+      <c r="Q309" s="366"/>
+      <c r="R309" s="366"/>
+      <c r="S309" s="367"/>
       <c r="T309" s="37"/>
     </row>
     <row r="310" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A310" s="572"/>
-[...8 lines deleted...]
-      <c r="J310" s="620"/>
+      <c r="A310" s="440"/>
+      <c r="B310" s="440"/>
+      <c r="C310" s="440"/>
+      <c r="D310" s="440"/>
+      <c r="E310" s="440"/>
+      <c r="F310" s="440"/>
+      <c r="G310" s="440"/>
+      <c r="H310" s="440"/>
+      <c r="I310" s="440"/>
+      <c r="J310" s="320"/>
       <c r="K310" s="37"/>
       <c r="L310" s="37"/>
       <c r="M310" s="37"/>
-      <c r="N310" s="411"/>
-[...4 lines deleted...]
-      <c r="S310" s="413"/>
+      <c r="N310" s="368"/>
+      <c r="O310" s="369"/>
+      <c r="P310" s="369"/>
+      <c r="Q310" s="369"/>
+      <c r="R310" s="369"/>
+      <c r="S310" s="370"/>
       <c r="T310" s="37"/>
     </row>
     <row r="311" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A311" s="572"/>
-[...8 lines deleted...]
-      <c r="J311" s="621"/>
+      <c r="A311" s="440"/>
+      <c r="B311" s="440"/>
+      <c r="C311" s="440"/>
+      <c r="D311" s="440"/>
+      <c r="E311" s="440"/>
+      <c r="F311" s="440"/>
+      <c r="G311" s="440"/>
+      <c r="H311" s="440"/>
+      <c r="I311" s="440"/>
+      <c r="J311" s="321"/>
       <c r="K311" s="37"/>
       <c r="L311" s="37"/>
       <c r="M311" s="37"/>
-      <c r="N311" s="411"/>
-[...4 lines deleted...]
-      <c r="S311" s="413"/>
+      <c r="N311" s="368"/>
+      <c r="O311" s="369"/>
+      <c r="P311" s="369"/>
+      <c r="Q311" s="369"/>
+      <c r="R311" s="369"/>
+      <c r="S311" s="370"/>
       <c r="T311" s="37"/>
     </row>
     <row r="312" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A312" s="544" t="s">
+      <c r="A312" s="414" t="s">
         <v>813</v>
       </c>
-      <c r="B312" s="544"/>
-[...7 lines deleted...]
-      <c r="J312" s="544"/>
+      <c r="B312" s="414"/>
+      <c r="C312" s="414"/>
+      <c r="D312" s="414"/>
+      <c r="E312" s="414"/>
+      <c r="F312" s="414"/>
+      <c r="G312" s="414"/>
+      <c r="H312" s="414"/>
+      <c r="I312" s="414"/>
+      <c r="J312" s="414"/>
       <c r="K312" s="37"/>
       <c r="L312" s="37"/>
       <c r="M312" s="37"/>
-      <c r="N312" s="411"/>
-[...4 lines deleted...]
-      <c r="S312" s="413"/>
+      <c r="N312" s="368"/>
+      <c r="O312" s="369"/>
+      <c r="P312" s="369"/>
+      <c r="Q312" s="369"/>
+      <c r="R312" s="369"/>
+      <c r="S312" s="370"/>
       <c r="T312" s="37"/>
     </row>
     <row r="313" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A313" s="545"/>
-[...8 lines deleted...]
-      <c r="J313" s="545"/>
+      <c r="A313" s="415"/>
+      <c r="B313" s="415"/>
+      <c r="C313" s="415"/>
+      <c r="D313" s="415"/>
+      <c r="E313" s="415"/>
+      <c r="F313" s="415"/>
+      <c r="G313" s="415"/>
+      <c r="H313" s="415"/>
+      <c r="I313" s="415"/>
+      <c r="J313" s="415"/>
       <c r="K313" s="37"/>
       <c r="L313" s="37"/>
       <c r="M313" s="37"/>
-      <c r="N313" s="411"/>
-[...4 lines deleted...]
-      <c r="S313" s="413"/>
+      <c r="N313" s="368"/>
+      <c r="O313" s="369"/>
+      <c r="P313" s="369"/>
+      <c r="Q313" s="369"/>
+      <c r="R313" s="369"/>
+      <c r="S313" s="370"/>
       <c r="T313" s="37"/>
     </row>
     <row r="314" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A314" s="546"/>
-[...8 lines deleted...]
-      <c r="J314" s="548"/>
+      <c r="A314" s="416"/>
+      <c r="B314" s="417"/>
+      <c r="C314" s="417"/>
+      <c r="D314" s="417"/>
+      <c r="E314" s="417"/>
+      <c r="F314" s="417"/>
+      <c r="G314" s="417"/>
+      <c r="H314" s="417"/>
+      <c r="I314" s="417"/>
+      <c r="J314" s="418"/>
       <c r="K314" s="37"/>
       <c r="L314" s="37"/>
       <c r="M314" s="37"/>
-      <c r="N314" s="411"/>
-[...4 lines deleted...]
-      <c r="S314" s="413"/>
+      <c r="N314" s="368"/>
+      <c r="O314" s="369"/>
+      <c r="P314" s="369"/>
+      <c r="Q314" s="369"/>
+      <c r="R314" s="369"/>
+      <c r="S314" s="370"/>
       <c r="T314" s="37"/>
     </row>
     <row r="315" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A315" s="549"/>
-[...8 lines deleted...]
-      <c r="J315" s="551"/>
+      <c r="A315" s="419"/>
+      <c r="B315" s="420"/>
+      <c r="C315" s="420"/>
+      <c r="D315" s="420"/>
+      <c r="E315" s="420"/>
+      <c r="F315" s="420"/>
+      <c r="G315" s="420"/>
+      <c r="H315" s="420"/>
+      <c r="I315" s="420"/>
+      <c r="J315" s="421"/>
       <c r="K315" s="37"/>
       <c r="L315" s="37"/>
       <c r="M315" s="37"/>
-      <c r="N315" s="411"/>
-[...4 lines deleted...]
-      <c r="S315" s="413"/>
+      <c r="N315" s="368"/>
+      <c r="O315" s="369"/>
+      <c r="P315" s="369"/>
+      <c r="Q315" s="369"/>
+      <c r="R315" s="369"/>
+      <c r="S315" s="370"/>
       <c r="T315" s="37"/>
     </row>
     <row r="316" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A316" s="549"/>
-[...8 lines deleted...]
-      <c r="J316" s="551"/>
+      <c r="A316" s="419"/>
+      <c r="B316" s="420"/>
+      <c r="C316" s="420"/>
+      <c r="D316" s="420"/>
+      <c r="E316" s="420"/>
+      <c r="F316" s="420"/>
+      <c r="G316" s="420"/>
+      <c r="H316" s="420"/>
+      <c r="I316" s="420"/>
+      <c r="J316" s="421"/>
       <c r="K316" s="37"/>
       <c r="L316" s="37"/>
       <c r="M316" s="37"/>
-      <c r="N316" s="411"/>
-[...4 lines deleted...]
-      <c r="S316" s="413"/>
+      <c r="N316" s="368"/>
+      <c r="O316" s="369"/>
+      <c r="P316" s="369"/>
+      <c r="Q316" s="369"/>
+      <c r="R316" s="369"/>
+      <c r="S316" s="370"/>
       <c r="T316" s="37"/>
     </row>
     <row r="317" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A317" s="549"/>
-[...8 lines deleted...]
-      <c r="J317" s="551"/>
+      <c r="A317" s="419"/>
+      <c r="B317" s="420"/>
+      <c r="C317" s="420"/>
+      <c r="D317" s="420"/>
+      <c r="E317" s="420"/>
+      <c r="F317" s="420"/>
+      <c r="G317" s="420"/>
+      <c r="H317" s="420"/>
+      <c r="I317" s="420"/>
+      <c r="J317" s="421"/>
       <c r="K317" s="37"/>
       <c r="L317" s="37"/>
       <c r="M317" s="37"/>
-      <c r="N317" s="411"/>
-[...4 lines deleted...]
-      <c r="S317" s="413"/>
+      <c r="N317" s="368"/>
+      <c r="O317" s="369"/>
+      <c r="P317" s="369"/>
+      <c r="Q317" s="369"/>
+      <c r="R317" s="369"/>
+      <c r="S317" s="370"/>
       <c r="T317" s="37"/>
     </row>
     <row r="318" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A318" s="549"/>
-[...8 lines deleted...]
-      <c r="J318" s="551"/>
+      <c r="A318" s="419"/>
+      <c r="B318" s="420"/>
+      <c r="C318" s="420"/>
+      <c r="D318" s="420"/>
+      <c r="E318" s="420"/>
+      <c r="F318" s="420"/>
+      <c r="G318" s="420"/>
+      <c r="H318" s="420"/>
+      <c r="I318" s="420"/>
+      <c r="J318" s="421"/>
       <c r="K318" s="37"/>
       <c r="L318" s="37"/>
       <c r="M318" s="37"/>
-      <c r="N318" s="411"/>
-[...4 lines deleted...]
-      <c r="S318" s="413"/>
+      <c r="N318" s="368"/>
+      <c r="O318" s="369"/>
+      <c r="P318" s="369"/>
+      <c r="Q318" s="369"/>
+      <c r="R318" s="369"/>
+      <c r="S318" s="370"/>
       <c r="T318" s="37"/>
     </row>
     <row r="319" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A319" s="549"/>
-[...8 lines deleted...]
-      <c r="J319" s="551"/>
+      <c r="A319" s="419"/>
+      <c r="B319" s="420"/>
+      <c r="C319" s="420"/>
+      <c r="D319" s="420"/>
+      <c r="E319" s="420"/>
+      <c r="F319" s="420"/>
+      <c r="G319" s="420"/>
+      <c r="H319" s="420"/>
+      <c r="I319" s="420"/>
+      <c r="J319" s="421"/>
       <c r="K319" s="37"/>
       <c r="L319" s="37"/>
       <c r="M319" s="37"/>
-      <c r="N319" s="411"/>
-[...4 lines deleted...]
-      <c r="S319" s="413"/>
+      <c r="N319" s="368"/>
+      <c r="O319" s="369"/>
+      <c r="P319" s="369"/>
+      <c r="Q319" s="369"/>
+      <c r="R319" s="369"/>
+      <c r="S319" s="370"/>
       <c r="T319" s="37"/>
     </row>
     <row r="320" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A320" s="552"/>
-[...8 lines deleted...]
-      <c r="J320" s="554"/>
+      <c r="A320" s="422"/>
+      <c r="B320" s="423"/>
+      <c r="C320" s="423"/>
+      <c r="D320" s="423"/>
+      <c r="E320" s="423"/>
+      <c r="F320" s="423"/>
+      <c r="G320" s="423"/>
+      <c r="H320" s="423"/>
+      <c r="I320" s="423"/>
+      <c r="J320" s="424"/>
       <c r="K320" s="37"/>
       <c r="L320" s="37"/>
       <c r="M320" s="37"/>
-      <c r="N320" s="411"/>
-[...4 lines deleted...]
-      <c r="S320" s="413"/>
+      <c r="N320" s="368"/>
+      <c r="O320" s="369"/>
+      <c r="P320" s="369"/>
+      <c r="Q320" s="369"/>
+      <c r="R320" s="369"/>
+      <c r="S320" s="370"/>
       <c r="T320" s="37"/>
     </row>
     <row r="321" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A321" s="555" t="s">
-[...10 lines deleted...]
-      <c r="J321" s="555"/>
+      <c r="A321" s="425" t="s">
+        <v>932</v>
+      </c>
+      <c r="B321" s="425"/>
+      <c r="C321" s="425"/>
+      <c r="D321" s="425"/>
+      <c r="E321" s="425"/>
+      <c r="F321" s="425"/>
+      <c r="G321" s="425"/>
+      <c r="H321" s="425"/>
+      <c r="I321" s="425"/>
+      <c r="J321" s="425"/>
       <c r="K321" s="37"/>
       <c r="L321" s="37"/>
       <c r="M321" s="37"/>
-      <c r="N321" s="411"/>
-[...4 lines deleted...]
-      <c r="S321" s="413"/>
+      <c r="N321" s="368"/>
+      <c r="O321" s="369"/>
+      <c r="P321" s="369"/>
+      <c r="Q321" s="369"/>
+      <c r="R321" s="369"/>
+      <c r="S321" s="370"/>
       <c r="T321" s="37"/>
     </row>
     <row r="322" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A322" s="556"/>
-[...8 lines deleted...]
-      <c r="J322" s="556"/>
+      <c r="A322" s="426"/>
+      <c r="B322" s="426"/>
+      <c r="C322" s="426"/>
+      <c r="D322" s="426"/>
+      <c r="E322" s="426"/>
+      <c r="F322" s="426"/>
+      <c r="G322" s="426"/>
+      <c r="H322" s="426"/>
+      <c r="I322" s="426"/>
+      <c r="J322" s="426"/>
       <c r="K322" s="37"/>
       <c r="L322" s="37"/>
       <c r="M322" s="37"/>
-      <c r="N322" s="411"/>
-[...4 lines deleted...]
-      <c r="S322" s="413"/>
+      <c r="N322" s="368"/>
+      <c r="O322" s="369"/>
+      <c r="P322" s="369"/>
+      <c r="Q322" s="369"/>
+      <c r="R322" s="369"/>
+      <c r="S322" s="370"/>
       <c r="T322" s="37"/>
     </row>
     <row r="323" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A323" s="556"/>
-[...8 lines deleted...]
-      <c r="J323" s="556"/>
+      <c r="A323" s="426"/>
+      <c r="B323" s="426"/>
+      <c r="C323" s="426"/>
+      <c r="D323" s="426"/>
+      <c r="E323" s="426"/>
+      <c r="F323" s="426"/>
+      <c r="G323" s="426"/>
+      <c r="H323" s="426"/>
+      <c r="I323" s="426"/>
+      <c r="J323" s="426"/>
       <c r="K323" s="37"/>
       <c r="L323" s="37"/>
       <c r="M323" s="37"/>
-      <c r="N323" s="411"/>
-[...4 lines deleted...]
-      <c r="S323" s="413"/>
+      <c r="N323" s="368"/>
+      <c r="O323" s="369"/>
+      <c r="P323" s="369"/>
+      <c r="Q323" s="369"/>
+      <c r="R323" s="369"/>
+      <c r="S323" s="370"/>
       <c r="T323" s="37"/>
     </row>
     <row r="324" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A324" s="556"/>
-[...8 lines deleted...]
-      <c r="J324" s="556"/>
+      <c r="A324" s="426"/>
+      <c r="B324" s="426"/>
+      <c r="C324" s="426"/>
+      <c r="D324" s="426"/>
+      <c r="E324" s="426"/>
+      <c r="F324" s="426"/>
+      <c r="G324" s="426"/>
+      <c r="H324" s="426"/>
+      <c r="I324" s="426"/>
+      <c r="J324" s="426"/>
       <c r="K324" s="37"/>
       <c r="L324" s="37"/>
       <c r="M324" s="37"/>
-      <c r="N324" s="414"/>
-[...4 lines deleted...]
-      <c r="S324" s="416"/>
+      <c r="N324" s="371"/>
+      <c r="O324" s="372"/>
+      <c r="P324" s="372"/>
+      <c r="Q324" s="372"/>
+      <c r="R324" s="372"/>
+      <c r="S324" s="373"/>
       <c r="T324" s="37"/>
     </row>
     <row r="325" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A325" s="53"/>
       <c r="B325" s="53"/>
       <c r="C325" s="53"/>
       <c r="D325" s="53"/>
       <c r="E325" s="53"/>
       <c r="F325" s="53"/>
       <c r="G325" s="53"/>
       <c r="H325" s="53"/>
       <c r="I325" s="53"/>
       <c r="J325" s="53"/>
       <c r="K325" s="37"/>
       <c r="L325" s="37"/>
       <c r="M325" s="37"/>
       <c r="N325" s="37"/>
       <c r="O325" s="37"/>
       <c r="P325" s="37"/>
       <c r="Q325" s="37"/>
       <c r="R325" s="37"/>
       <c r="S325" s="37"/>
       <c r="T325" s="37"/>
     </row>
     <row r="326" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A326" s="308" t="s">
+      <c r="A326" s="576" t="s">
         <v>830</v>
       </c>
-      <c r="B326" s="308"/>
-[...7 lines deleted...]
-      <c r="J326" s="308"/>
+      <c r="B326" s="576"/>
+      <c r="C326" s="576"/>
+      <c r="D326" s="576"/>
+      <c r="E326" s="576"/>
+      <c r="F326" s="576"/>
+      <c r="G326" s="576"/>
+      <c r="H326" s="576"/>
+      <c r="I326" s="576"/>
+      <c r="J326" s="576"/>
       <c r="K326" s="37"/>
       <c r="L326" s="37"/>
       <c r="M326" s="37"/>
       <c r="N326" s="37"/>
       <c r="O326" s="37"/>
       <c r="P326" s="37"/>
       <c r="Q326" s="37"/>
       <c r="R326" s="37"/>
       <c r="S326" s="37"/>
       <c r="T326" s="37"/>
     </row>
     <row r="327" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A327" s="47"/>
       <c r="B327" s="47"/>
       <c r="C327" s="47"/>
       <c r="D327" s="47"/>
       <c r="E327" s="47"/>
       <c r="F327" s="47"/>
       <c r="G327" s="47"/>
       <c r="H327" s="47"/>
       <c r="I327" s="47"/>
       <c r="J327" s="47"/>
       <c r="K327" s="37"/>
       <c r="L327" s="37"/>
       <c r="M327" s="37"/>
       <c r="N327" s="37"/>
       <c r="O327" s="37"/>
       <c r="P327" s="37"/>
       <c r="Q327" s="37"/>
       <c r="R327" s="37"/>
       <c r="S327" s="37"/>
       <c r="T327" s="37"/>
     </row>
     <row r="328" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A328" s="390" t="s">
+      <c r="A328" s="395" t="s">
         <v>831</v>
       </c>
-      <c r="B328" s="390"/>
-[...7 lines deleted...]
-      <c r="J328" s="390"/>
+      <c r="B328" s="395"/>
+      <c r="C328" s="395"/>
+      <c r="D328" s="395"/>
+      <c r="E328" s="395"/>
+      <c r="F328" s="395"/>
+      <c r="G328" s="395"/>
+      <c r="H328" s="395"/>
+      <c r="I328" s="395"/>
+      <c r="J328" s="395"/>
       <c r="K328" s="37"/>
       <c r="L328" s="37"/>
       <c r="M328" s="37"/>
       <c r="N328" s="37"/>
       <c r="O328" s="37"/>
       <c r="P328" s="37"/>
       <c r="Q328" s="37"/>
       <c r="R328" s="37"/>
       <c r="S328" s="37"/>
       <c r="T328" s="37"/>
     </row>
     <row r="329" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A329" s="390"/>
-[...8 lines deleted...]
-      <c r="J329" s="390"/>
+      <c r="A329" s="395"/>
+      <c r="B329" s="395"/>
+      <c r="C329" s="395"/>
+      <c r="D329" s="395"/>
+      <c r="E329" s="395"/>
+      <c r="F329" s="395"/>
+      <c r="G329" s="395"/>
+      <c r="H329" s="395"/>
+      <c r="I329" s="395"/>
+      <c r="J329" s="395"/>
       <c r="K329" s="37"/>
       <c r="L329" s="37"/>
       <c r="M329" s="37"/>
       <c r="N329" s="37"/>
       <c r="O329" s="37"/>
       <c r="P329" s="37"/>
       <c r="Q329" s="37"/>
       <c r="R329" s="37"/>
       <c r="S329" s="37"/>
       <c r="T329" s="37"/>
     </row>
     <row r="330" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A330" s="390"/>
-[...8 lines deleted...]
-      <c r="J330" s="390"/>
+      <c r="A330" s="395"/>
+      <c r="B330" s="395"/>
+      <c r="C330" s="395"/>
+      <c r="D330" s="395"/>
+      <c r="E330" s="395"/>
+      <c r="F330" s="395"/>
+      <c r="G330" s="395"/>
+      <c r="H330" s="395"/>
+      <c r="I330" s="395"/>
+      <c r="J330" s="395"/>
       <c r="K330" s="37"/>
       <c r="L330" s="37"/>
       <c r="M330" s="37"/>
       <c r="N330" s="37"/>
       <c r="O330" s="37"/>
       <c r="P330" s="37"/>
       <c r="Q330" s="37"/>
       <c r="R330" s="37"/>
       <c r="S330" s="37"/>
       <c r="T330" s="37"/>
     </row>
     <row r="331" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A331" s="161" t="s">
         <v>894</v>
       </c>
       <c r="B331" s="42"/>
       <c r="C331" s="162"/>
       <c r="D331" s="162"/>
       <c r="E331" s="162"/>
       <c r="F331" s="162"/>
       <c r="G331" s="162"/>
       <c r="H331" s="162"/>
       <c r="I331" s="162"/>
       <c r="J331" s="162"/>
       <c r="K331" s="37"/>
       <c r="L331" s="37"/>
       <c r="M331" s="37"/>
       <c r="N331" s="37"/>
       <c r="O331" s="37"/>
       <c r="P331" s="37"/>
       <c r="Q331" s="37"/>
       <c r="R331" s="37"/>
       <c r="S331" s="37"/>
       <c r="T331" s="37"/>
     </row>
     <row r="332" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A332" s="42"/>
-      <c r="B332" s="354" t="s">
-[...7 lines deleted...]
-      <c r="H332" s="354"/>
+      <c r="B332" s="312" t="s">
+        <v>916</v>
+      </c>
+      <c r="C332" s="312"/>
+      <c r="D332" s="312"/>
+      <c r="E332" s="312"/>
+      <c r="F332" s="312"/>
+      <c r="G332" s="312"/>
+      <c r="H332" s="312"/>
       <c r="I332" s="162"/>
       <c r="J332" s="162"/>
       <c r="K332" s="37"/>
       <c r="L332" s="37"/>
       <c r="M332" s="37"/>
       <c r="N332" s="37"/>
       <c r="O332" s="37"/>
       <c r="P332" s="37"/>
       <c r="Q332" s="37"/>
       <c r="R332" s="37"/>
       <c r="S332" s="37"/>
       <c r="T332" s="37"/>
     </row>
     <row r="333" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A333" s="42"/>
       <c r="B333" s="163"/>
       <c r="C333" s="163"/>
       <c r="D333" s="163"/>
       <c r="E333" s="163"/>
       <c r="F333" s="163"/>
       <c r="G333" s="163"/>
       <c r="H333" s="162"/>
       <c r="I333" s="162"/>
       <c r="J333" s="162"/>
       <c r="K333" s="37"/>
       <c r="L333" s="37"/>
       <c r="M333" s="37"/>
       <c r="N333" s="37"/>
       <c r="O333" s="37"/>
       <c r="P333" s="37"/>
       <c r="Q333" s="37"/>
       <c r="R333" s="37"/>
       <c r="S333" s="37"/>
       <c r="T333" s="37"/>
     </row>
     <row r="334" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A334" s="390" t="s">
+      <c r="A334" s="395" t="s">
         <v>832</v>
       </c>
-      <c r="B334" s="390"/>
-[...7 lines deleted...]
-      <c r="J334" s="390"/>
+      <c r="B334" s="395"/>
+      <c r="C334" s="395"/>
+      <c r="D334" s="395"/>
+      <c r="E334" s="395"/>
+      <c r="F334" s="395"/>
+      <c r="G334" s="395"/>
+      <c r="H334" s="395"/>
+      <c r="I334" s="395"/>
+      <c r="J334" s="395"/>
       <c r="K334" s="37"/>
       <c r="L334" s="37"/>
       <c r="M334" s="37"/>
       <c r="N334" s="37"/>
       <c r="O334" s="37"/>
       <c r="P334" s="37"/>
       <c r="Q334" s="37"/>
       <c r="R334" s="37"/>
       <c r="S334" s="37"/>
       <c r="T334" s="37"/>
     </row>
     <row r="335" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A335" s="390"/>
-[...8 lines deleted...]
-      <c r="J335" s="390"/>
+      <c r="A335" s="395"/>
+      <c r="B335" s="395"/>
+      <c r="C335" s="395"/>
+      <c r="D335" s="395"/>
+      <c r="E335" s="395"/>
+      <c r="F335" s="395"/>
+      <c r="G335" s="395"/>
+      <c r="H335" s="395"/>
+      <c r="I335" s="395"/>
+      <c r="J335" s="395"/>
       <c r="K335" s="37"/>
       <c r="L335" s="37"/>
       <c r="M335" s="37"/>
       <c r="N335" s="37"/>
       <c r="O335" s="37"/>
       <c r="P335" s="37"/>
       <c r="Q335" s="37"/>
       <c r="R335" s="37"/>
       <c r="S335" s="37"/>
       <c r="T335" s="37"/>
     </row>
     <row r="336" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A336" s="390"/>
-[...8 lines deleted...]
-      <c r="J336" s="390"/>
+      <c r="A336" s="395"/>
+      <c r="B336" s="395"/>
+      <c r="C336" s="395"/>
+      <c r="D336" s="395"/>
+      <c r="E336" s="395"/>
+      <c r="F336" s="395"/>
+      <c r="G336" s="395"/>
+      <c r="H336" s="395"/>
+      <c r="I336" s="395"/>
+      <c r="J336" s="395"/>
       <c r="K336" s="37"/>
       <c r="L336" s="37"/>
       <c r="M336" s="37"/>
       <c r="N336" s="37"/>
       <c r="O336" s="37"/>
       <c r="P336" s="37"/>
       <c r="Q336" s="37"/>
       <c r="R336" s="37"/>
       <c r="S336" s="37"/>
       <c r="T336" s="37"/>
     </row>
     <row r="337" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A337" s="161" t="s">
         <v>895</v>
       </c>
       <c r="B337" s="46"/>
       <c r="C337" s="164"/>
       <c r="D337" s="164"/>
       <c r="E337" s="164"/>
       <c r="F337" s="164"/>
       <c r="G337" s="164"/>
       <c r="H337" s="164"/>
       <c r="I337" s="164"/>
       <c r="J337" s="164"/>
       <c r="K337" s="37"/>
       <c r="L337" s="37"/>
       <c r="M337" s="37"/>
       <c r="N337" s="37"/>
       <c r="O337" s="37"/>
       <c r="P337" s="37"/>
       <c r="Q337" s="37"/>
       <c r="R337" s="37"/>
       <c r="S337" s="37"/>
       <c r="T337" s="37"/>
     </row>
     <row r="338" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A338" s="42"/>
-      <c r="B338" s="590" t="s">
+      <c r="B338" s="407" t="s">
         <v>896</v>
       </c>
-      <c r="C338" s="590"/>
-[...4 lines deleted...]
-      <c r="H338" s="590"/>
+      <c r="C338" s="407"/>
+      <c r="D338" s="407"/>
+      <c r="E338" s="407"/>
+      <c r="F338" s="407"/>
+      <c r="G338" s="407"/>
+      <c r="H338" s="407"/>
       <c r="I338" s="42"/>
       <c r="J338" s="42"/>
       <c r="K338" s="37"/>
       <c r="L338" s="37"/>
       <c r="M338" s="37"/>
       <c r="N338" s="37"/>
       <c r="O338" s="37"/>
       <c r="P338" s="37"/>
       <c r="Q338" s="37"/>
       <c r="R338" s="37"/>
       <c r="S338" s="37"/>
       <c r="T338" s="37"/>
     </row>
     <row r="339" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A339" s="42"/>
       <c r="B339" s="165"/>
       <c r="C339" s="165"/>
       <c r="D339" s="165"/>
       <c r="E339" s="165"/>
       <c r="F339" s="165"/>
       <c r="G339" s="165"/>
       <c r="H339" s="165"/>
       <c r="I339" s="42"/>
       <c r="J339" s="42"/>
       <c r="K339" s="37"/>
       <c r="L339" s="37"/>
       <c r="M339" s="37"/>
       <c r="N339" s="37"/>
       <c r="O339" s="37"/>
       <c r="P339" s="37"/>
       <c r="Q339" s="37"/>
       <c r="R339" s="37"/>
       <c r="S339" s="37"/>
       <c r="T339" s="37"/>
     </row>
     <row r="340" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A340" s="435" t="s">
+      <c r="A340" s="408" t="s">
         <v>815</v>
       </c>
-      <c r="B340" s="436"/>
-[...6 lines deleted...]
-      <c r="I340" s="437"/>
+      <c r="B340" s="409"/>
+      <c r="C340" s="409"/>
+      <c r="D340" s="409"/>
+      <c r="E340" s="409"/>
+      <c r="F340" s="409"/>
+      <c r="G340" s="409"/>
+      <c r="H340" s="409"/>
+      <c r="I340" s="410"/>
       <c r="J340" s="54"/>
       <c r="K340" s="37"/>
       <c r="L340" s="37"/>
       <c r="M340" s="37"/>
       <c r="N340" s="37"/>
       <c r="O340" s="37"/>
       <c r="P340" s="37"/>
       <c r="Q340" s="37"/>
       <c r="R340" s="37"/>
       <c r="S340" s="37"/>
       <c r="T340" s="37"/>
     </row>
     <row r="341" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A341" s="435"/>
-[...7 lines deleted...]
-      <c r="I341" s="437"/>
+      <c r="A341" s="408"/>
+      <c r="B341" s="409"/>
+      <c r="C341" s="409"/>
+      <c r="D341" s="409"/>
+      <c r="E341" s="409"/>
+      <c r="F341" s="409"/>
+      <c r="G341" s="409"/>
+      <c r="H341" s="409"/>
+      <c r="I341" s="410"/>
       <c r="J341" s="55">
         <f>IF(CHECKING!$B$171=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K341" s="37"/>
       <c r="L341" s="37"/>
       <c r="M341" s="37"/>
       <c r="N341" s="37"/>
       <c r="O341" s="37"/>
       <c r="P341" s="37"/>
       <c r="Q341" s="37"/>
       <c r="R341" s="37"/>
       <c r="S341" s="37"/>
       <c r="T341" s="37"/>
     </row>
     <row r="342" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A342" s="569" t="s">
+      <c r="A342" s="342" t="s">
         <v>816</v>
       </c>
-      <c r="B342" s="570"/>
-[...6 lines deleted...]
-      <c r="I342" s="571"/>
+      <c r="B342" s="343"/>
+      <c r="C342" s="343"/>
+      <c r="D342" s="343"/>
+      <c r="E342" s="343"/>
+      <c r="F342" s="343"/>
+      <c r="G342" s="343"/>
+      <c r="H342" s="343"/>
+      <c r="I342" s="344"/>
       <c r="J342" s="54"/>
       <c r="K342" s="37"/>
       <c r="L342" s="37"/>
       <c r="M342" s="37"/>
       <c r="N342" s="37"/>
       <c r="O342" s="37"/>
       <c r="P342" s="37"/>
       <c r="Q342" s="37"/>
       <c r="R342" s="37"/>
       <c r="S342" s="37"/>
       <c r="T342" s="37"/>
     </row>
     <row r="343" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A343" s="569"/>
-[...7 lines deleted...]
-      <c r="I343" s="571"/>
+      <c r="A343" s="342"/>
+      <c r="B343" s="343"/>
+      <c r="C343" s="343"/>
+      <c r="D343" s="343"/>
+      <c r="E343" s="343"/>
+      <c r="F343" s="343"/>
+      <c r="G343" s="343"/>
+      <c r="H343" s="343"/>
+      <c r="I343" s="344"/>
       <c r="J343" s="55">
         <f>IF(CHECKING!$B$172=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K343" s="37"/>
       <c r="L343" s="37"/>
       <c r="M343" s="37"/>
       <c r="N343" s="37"/>
       <c r="O343" s="37"/>
       <c r="P343" s="37"/>
       <c r="Q343" s="37"/>
       <c r="R343" s="37"/>
       <c r="S343" s="37"/>
       <c r="T343" s="37"/>
     </row>
     <row r="344" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A344" s="569" t="s">
+      <c r="A344" s="342" t="s">
         <v>817</v>
       </c>
-      <c r="B344" s="570"/>
-[...6 lines deleted...]
-      <c r="I344" s="571"/>
+      <c r="B344" s="343"/>
+      <c r="C344" s="343"/>
+      <c r="D344" s="343"/>
+      <c r="E344" s="343"/>
+      <c r="F344" s="343"/>
+      <c r="G344" s="343"/>
+      <c r="H344" s="343"/>
+      <c r="I344" s="344"/>
       <c r="J344" s="54"/>
       <c r="K344" s="37"/>
       <c r="L344" s="37"/>
       <c r="M344" s="37"/>
       <c r="N344" s="37"/>
       <c r="O344" s="37"/>
       <c r="P344" s="37"/>
       <c r="Q344" s="37"/>
       <c r="R344" s="37"/>
       <c r="S344" s="37"/>
       <c r="T344" s="37"/>
     </row>
     <row r="345" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A345" s="569"/>
-[...7 lines deleted...]
-      <c r="I345" s="571"/>
+      <c r="A345" s="342"/>
+      <c r="B345" s="343"/>
+      <c r="C345" s="343"/>
+      <c r="D345" s="343"/>
+      <c r="E345" s="343"/>
+      <c r="F345" s="343"/>
+      <c r="G345" s="343"/>
+      <c r="H345" s="343"/>
+      <c r="I345" s="344"/>
       <c r="J345" s="55">
         <f>IF(CHECKING!$B$173=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K345" s="37"/>
       <c r="L345" s="37"/>
       <c r="M345" s="37"/>
       <c r="N345" s="37"/>
       <c r="O345" s="37"/>
       <c r="P345" s="37"/>
       <c r="Q345" s="37"/>
       <c r="R345" s="37"/>
       <c r="S345" s="37"/>
       <c r="T345" s="37"/>
     </row>
     <row r="346" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A346" s="166"/>
       <c r="B346" s="166"/>
       <c r="C346" s="166"/>
       <c r="D346" s="166"/>
       <c r="E346" s="166"/>
       <c r="F346" s="166"/>
       <c r="G346" s="166"/>
       <c r="H346" s="166"/>
       <c r="I346" s="166"/>
       <c r="J346" s="62"/>
       <c r="K346" s="37"/>
       <c r="L346" s="37"/>
       <c r="M346" s="37"/>
       <c r="N346" s="37"/>
       <c r="O346" s="37"/>
       <c r="P346" s="37"/>
       <c r="Q346" s="37"/>
       <c r="R346" s="37"/>
       <c r="S346" s="37"/>
       <c r="T346" s="37"/>
     </row>
     <row r="347" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A347" s="311" t="s">
+      <c r="A347" s="413" t="s">
         <v>833</v>
       </c>
-      <c r="B347" s="311"/>
-[...7 lines deleted...]
-      <c r="J347" s="311"/>
+      <c r="B347" s="413"/>
+      <c r="C347" s="413"/>
+      <c r="D347" s="413"/>
+      <c r="E347" s="413"/>
+      <c r="F347" s="413"/>
+      <c r="G347" s="413"/>
+      <c r="H347" s="413"/>
+      <c r="I347" s="413"/>
+      <c r="J347" s="413"/>
       <c r="K347" s="37"/>
       <c r="L347" s="37"/>
       <c r="M347" s="37"/>
       <c r="N347" s="37"/>
       <c r="O347" s="37"/>
       <c r="P347" s="37"/>
       <c r="Q347" s="37"/>
       <c r="R347" s="37"/>
       <c r="S347" s="37"/>
       <c r="T347" s="37"/>
     </row>
     <row r="348" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A348" s="47" t="s">
         <v>834</v>
       </c>
       <c r="B348" s="42"/>
       <c r="C348" s="42"/>
       <c r="D348" s="42"/>
       <c r="E348" s="42"/>
       <c r="F348" s="42"/>
       <c r="G348" s="42"/>
       <c r="H348" s="42"/>
       <c r="I348" s="42"/>
       <c r="J348" s="42"/>
       <c r="K348" s="37"/>
       <c r="L348" s="37"/>
       <c r="M348" s="37"/>
       <c r="N348" s="140"/>
       <c r="O348" s="140"/>
       <c r="P348" s="140"/>
       <c r="Q348" s="140"/>
       <c r="R348" s="140"/>
       <c r="S348" s="140"/>
       <c r="T348" s="37"/>
     </row>
     <row r="349" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A349" s="42"/>
       <c r="B349" s="42"/>
       <c r="C349" s="42"/>
       <c r="D349" s="42"/>
       <c r="E349" s="42"/>
       <c r="F349" s="42"/>
       <c r="G349" s="42"/>
       <c r="H349" s="42"/>
       <c r="I349" s="42"/>
       <c r="J349" s="42"/>
       <c r="K349" s="37"/>
       <c r="L349" s="37"/>
       <c r="M349" s="37"/>
-      <c r="N349" s="365"/>
-[...4 lines deleted...]
-      <c r="S349" s="367"/>
+      <c r="N349" s="345"/>
+      <c r="O349" s="346"/>
+      <c r="P349" s="346"/>
+      <c r="Q349" s="346"/>
+      <c r="R349" s="346"/>
+      <c r="S349" s="347"/>
       <c r="T349" s="37"/>
     </row>
     <row r="350" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A350" s="42"/>
-      <c r="B350" s="471" t="s">
+      <c r="B350" s="392" t="s">
         <v>835</v>
       </c>
-      <c r="C350" s="471"/>
-[...5 lines deleted...]
-      <c r="I350" s="471"/>
+      <c r="C350" s="392"/>
+      <c r="D350" s="392"/>
+      <c r="E350" s="392"/>
+      <c r="F350" s="392"/>
+      <c r="G350" s="392"/>
+      <c r="H350" s="392"/>
+      <c r="I350" s="392"/>
       <c r="J350" s="62" t="str">
         <f>IF(CHECKING!$B$176=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K350" s="37"/>
       <c r="L350" s="37"/>
       <c r="M350" s="37"/>
-      <c r="N350" s="373"/>
-[...4 lines deleted...]
-      <c r="S350" s="375"/>
+      <c r="N350" s="348"/>
+      <c r="O350" s="349"/>
+      <c r="P350" s="349"/>
+      <c r="Q350" s="349"/>
+      <c r="R350" s="349"/>
+      <c r="S350" s="350"/>
       <c r="T350" s="37"/>
     </row>
     <row r="351" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A351" s="42"/>
-      <c r="B351" s="573" t="s">
+      <c r="B351" s="393" t="s">
         <v>836</v>
       </c>
-      <c r="C351" s="573"/>
-[...5 lines deleted...]
-      <c r="I351" s="573"/>
+      <c r="C351" s="393"/>
+      <c r="D351" s="393"/>
+      <c r="E351" s="393"/>
+      <c r="F351" s="393"/>
+      <c r="G351" s="393"/>
+      <c r="H351" s="393"/>
+      <c r="I351" s="393"/>
       <c r="J351" s="42"/>
       <c r="K351" s="37"/>
       <c r="L351" s="37"/>
       <c r="M351" s="37"/>
-      <c r="N351" s="373"/>
-[...4 lines deleted...]
-      <c r="S351" s="375"/>
+      <c r="N351" s="348"/>
+      <c r="O351" s="349"/>
+      <c r="P351" s="349"/>
+      <c r="Q351" s="349"/>
+      <c r="R351" s="349"/>
+      <c r="S351" s="350"/>
       <c r="T351" s="37"/>
     </row>
     <row r="352" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A352" s="42"/>
       <c r="B352" s="42"/>
       <c r="C352" s="162"/>
       <c r="D352" s="162"/>
       <c r="E352" s="162"/>
       <c r="F352" s="162"/>
       <c r="G352" s="162"/>
       <c r="H352" s="162"/>
       <c r="I352" s="162"/>
       <c r="J352" s="42"/>
       <c r="K352" s="70"/>
       <c r="L352" s="70"/>
       <c r="M352" s="70"/>
-      <c r="N352" s="373"/>
-[...4 lines deleted...]
-      <c r="S352" s="375"/>
+      <c r="N352" s="348"/>
+      <c r="O352" s="349"/>
+      <c r="P352" s="349"/>
+      <c r="Q352" s="349"/>
+      <c r="R352" s="349"/>
+      <c r="S352" s="350"/>
       <c r="T352" s="37"/>
     </row>
     <row r="353" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A353" s="42"/>
-      <c r="B353" s="471" t="s">
-[...8 lines deleted...]
-      <c r="I353" s="471"/>
+      <c r="B353" s="392" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C353" s="392"/>
+      <c r="D353" s="392"/>
+      <c r="E353" s="392"/>
+      <c r="F353" s="392"/>
+      <c r="G353" s="392"/>
+      <c r="H353" s="392"/>
+      <c r="I353" s="392"/>
       <c r="J353" s="62" t="str">
         <f>IF(CHECKING!$B$177=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K353" s="70"/>
       <c r="L353" s="70"/>
       <c r="M353" s="70"/>
-      <c r="N353" s="373"/>
-[...4 lines deleted...]
-      <c r="S353" s="375"/>
+      <c r="N353" s="348"/>
+      <c r="O353" s="349"/>
+      <c r="P353" s="349"/>
+      <c r="Q353" s="349"/>
+      <c r="R353" s="349"/>
+      <c r="S353" s="350"/>
       <c r="T353" s="37"/>
     </row>
     <row r="354" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A354" s="42"/>
-      <c r="B354" s="431" t="s">
+      <c r="B354" s="394" t="s">
         <v>837</v>
       </c>
-      <c r="C354" s="431"/>
-[...5 lines deleted...]
-      <c r="I354" s="431"/>
+      <c r="C354" s="394"/>
+      <c r="D354" s="394"/>
+      <c r="E354" s="394"/>
+      <c r="F354" s="394"/>
+      <c r="G354" s="394"/>
+      <c r="H354" s="394"/>
+      <c r="I354" s="394"/>
       <c r="J354" s="42"/>
       <c r="K354" s="70"/>
       <c r="L354" s="70"/>
       <c r="M354" s="70"/>
-      <c r="N354" s="373"/>
-[...4 lines deleted...]
-      <c r="S354" s="375"/>
+      <c r="N354" s="348"/>
+      <c r="O354" s="349"/>
+      <c r="P354" s="349"/>
+      <c r="Q354" s="349"/>
+      <c r="R354" s="349"/>
+      <c r="S354" s="350"/>
       <c r="T354" s="37"/>
     </row>
     <row r="355" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A355" s="42"/>
       <c r="B355" s="42"/>
       <c r="C355" s="162"/>
       <c r="D355" s="162"/>
       <c r="E355" s="162"/>
       <c r="F355" s="162"/>
       <c r="G355" s="162"/>
       <c r="H355" s="162"/>
       <c r="I355" s="162"/>
       <c r="J355" s="42"/>
       <c r="K355" s="70"/>
       <c r="L355" s="70"/>
       <c r="M355" s="70"/>
-      <c r="N355" s="373"/>
-[...4 lines deleted...]
-      <c r="S355" s="375"/>
+      <c r="N355" s="348"/>
+      <c r="O355" s="349"/>
+      <c r="P355" s="349"/>
+      <c r="Q355" s="349"/>
+      <c r="R355" s="349"/>
+      <c r="S355" s="350"/>
       <c r="T355" s="37"/>
     </row>
     <row r="356" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A356" s="42"/>
-      <c r="B356" s="350" t="s">
+      <c r="B356" s="411" t="s">
         <v>838</v>
       </c>
-      <c r="C356" s="350"/>
-[...5 lines deleted...]
-      <c r="I356" s="350"/>
+      <c r="C356" s="411"/>
+      <c r="D356" s="411"/>
+      <c r="E356" s="411"/>
+      <c r="F356" s="411"/>
+      <c r="G356" s="411"/>
+      <c r="H356" s="411"/>
+      <c r="I356" s="411"/>
       <c r="J356" s="62" t="str">
         <f>IF(CHECKING!$B$178=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K356" s="70"/>
       <c r="L356" s="70"/>
       <c r="M356" s="70"/>
-      <c r="N356" s="373"/>
-[...4 lines deleted...]
-      <c r="S356" s="375"/>
+      <c r="N356" s="348"/>
+      <c r="O356" s="349"/>
+      <c r="P356" s="349"/>
+      <c r="Q356" s="349"/>
+      <c r="R356" s="349"/>
+      <c r="S356" s="350"/>
       <c r="T356" s="37"/>
     </row>
     <row r="357" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A357" s="42"/>
-      <c r="B357" s="350"/>
-[...6 lines deleted...]
-      <c r="I357" s="350"/>
+      <c r="B357" s="411"/>
+      <c r="C357" s="411"/>
+      <c r="D357" s="411"/>
+      <c r="E357" s="411"/>
+      <c r="F357" s="411"/>
+      <c r="G357" s="411"/>
+      <c r="H357" s="411"/>
+      <c r="I357" s="411"/>
       <c r="J357" s="42"/>
       <c r="K357" s="70"/>
       <c r="L357" s="70"/>
       <c r="M357" s="70"/>
-      <c r="N357" s="373"/>
-[...4 lines deleted...]
-      <c r="S357" s="375"/>
+      <c r="N357" s="348"/>
+      <c r="O357" s="349"/>
+      <c r="P357" s="349"/>
+      <c r="Q357" s="349"/>
+      <c r="R357" s="349"/>
+      <c r="S357" s="350"/>
       <c r="T357" s="37"/>
     </row>
     <row r="358" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A358" s="42"/>
-      <c r="B358" s="350"/>
-[...6 lines deleted...]
-      <c r="I358" s="350"/>
+      <c r="B358" s="411"/>
+      <c r="C358" s="411"/>
+      <c r="D358" s="411"/>
+      <c r="E358" s="411"/>
+      <c r="F358" s="411"/>
+      <c r="G358" s="411"/>
+      <c r="H358" s="411"/>
+      <c r="I358" s="411"/>
       <c r="J358" s="42"/>
       <c r="K358" s="70"/>
       <c r="L358" s="70"/>
       <c r="M358" s="70"/>
-      <c r="N358" s="373"/>
-[...4 lines deleted...]
-      <c r="S358" s="375"/>
+      <c r="N358" s="348"/>
+      <c r="O358" s="349"/>
+      <c r="P358" s="349"/>
+      <c r="Q358" s="349"/>
+      <c r="R358" s="349"/>
+      <c r="S358" s="350"/>
       <c r="T358" s="37"/>
     </row>
     <row r="359" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A359" s="42"/>
-      <c r="B359" s="350"/>
-[...6 lines deleted...]
-      <c r="I359" s="350"/>
+      <c r="B359" s="411"/>
+      <c r="C359" s="411"/>
+      <c r="D359" s="411"/>
+      <c r="E359" s="411"/>
+      <c r="F359" s="411"/>
+      <c r="G359" s="411"/>
+      <c r="H359" s="411"/>
+      <c r="I359" s="411"/>
       <c r="J359" s="42"/>
       <c r="K359" s="70"/>
       <c r="L359" s="70"/>
       <c r="M359" s="70"/>
-      <c r="N359" s="373"/>
-[...4 lines deleted...]
-      <c r="S359" s="375"/>
+      <c r="N359" s="348"/>
+      <c r="O359" s="349"/>
+      <c r="P359" s="349"/>
+      <c r="Q359" s="349"/>
+      <c r="R359" s="349"/>
+      <c r="S359" s="350"/>
       <c r="T359" s="37"/>
     </row>
     <row r="360" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A360" s="42"/>
-      <c r="B360" s="350"/>
-[...6 lines deleted...]
-      <c r="I360" s="350"/>
+      <c r="B360" s="411"/>
+      <c r="C360" s="411"/>
+      <c r="D360" s="411"/>
+      <c r="E360" s="411"/>
+      <c r="F360" s="411"/>
+      <c r="G360" s="411"/>
+      <c r="H360" s="411"/>
+      <c r="I360" s="411"/>
       <c r="J360" s="42"/>
       <c r="K360" s="70"/>
       <c r="L360" s="70"/>
       <c r="M360" s="70"/>
-      <c r="N360" s="373"/>
-[...4 lines deleted...]
-      <c r="S360" s="375"/>
+      <c r="N360" s="348"/>
+      <c r="O360" s="349"/>
+      <c r="P360" s="349"/>
+      <c r="Q360" s="349"/>
+      <c r="R360" s="349"/>
+      <c r="S360" s="350"/>
       <c r="T360" s="37"/>
     </row>
     <row r="361" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A361" s="42"/>
-      <c r="B361" s="431" t="s">
+      <c r="B361" s="394" t="s">
         <v>839</v>
       </c>
-      <c r="C361" s="431"/>
-[...5 lines deleted...]
-      <c r="I361" s="431"/>
+      <c r="C361" s="394"/>
+      <c r="D361" s="394"/>
+      <c r="E361" s="394"/>
+      <c r="F361" s="394"/>
+      <c r="G361" s="394"/>
+      <c r="H361" s="394"/>
+      <c r="I361" s="394"/>
       <c r="J361" s="42"/>
       <c r="K361" s="70"/>
       <c r="L361" s="70"/>
       <c r="M361" s="70"/>
-      <c r="N361" s="373"/>
-[...4 lines deleted...]
-      <c r="S361" s="375"/>
+      <c r="N361" s="348"/>
+      <c r="O361" s="349"/>
+      <c r="P361" s="349"/>
+      <c r="Q361" s="349"/>
+      <c r="R361" s="349"/>
+      <c r="S361" s="350"/>
       <c r="T361" s="37"/>
     </row>
     <row r="362" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A362" s="42"/>
       <c r="B362" s="42"/>
       <c r="C362" s="42"/>
       <c r="D362" s="42"/>
       <c r="E362" s="42"/>
       <c r="F362" s="42"/>
       <c r="G362" s="42"/>
       <c r="H362" s="42"/>
       <c r="I362" s="42"/>
       <c r="J362" s="42"/>
       <c r="K362" s="70"/>
       <c r="L362" s="70"/>
       <c r="M362" s="70"/>
-      <c r="N362" s="373"/>
-[...4 lines deleted...]
-      <c r="S362" s="375"/>
+      <c r="N362" s="348"/>
+      <c r="O362" s="349"/>
+      <c r="P362" s="349"/>
+      <c r="Q362" s="349"/>
+      <c r="R362" s="349"/>
+      <c r="S362" s="350"/>
       <c r="T362" s="37"/>
     </row>
     <row r="363" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A363" s="42"/>
       <c r="B363" s="42"/>
       <c r="C363" s="42"/>
       <c r="D363" s="42"/>
       <c r="E363" s="42"/>
       <c r="F363" s="42"/>
       <c r="G363" s="42"/>
       <c r="H363" s="42"/>
       <c r="I363" s="42"/>
       <c r="J363" s="42"/>
       <c r="K363" s="70"/>
       <c r="L363" s="70"/>
       <c r="M363" s="70"/>
-      <c r="N363" s="373"/>
-[...4 lines deleted...]
-      <c r="S363" s="375"/>
+      <c r="N363" s="348"/>
+      <c r="O363" s="349"/>
+      <c r="P363" s="349"/>
+      <c r="Q363" s="349"/>
+      <c r="R363" s="349"/>
+      <c r="S363" s="350"/>
       <c r="T363" s="37"/>
     </row>
     <row r="364" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A364" s="42"/>
-      <c r="B364" s="350" t="s">
+      <c r="B364" s="411" t="s">
         <v>840</v>
       </c>
-      <c r="C364" s="350"/>
-[...5 lines deleted...]
-      <c r="I364" s="350"/>
+      <c r="C364" s="411"/>
+      <c r="D364" s="411"/>
+      <c r="E364" s="411"/>
+      <c r="F364" s="411"/>
+      <c r="G364" s="411"/>
+      <c r="H364" s="411"/>
+      <c r="I364" s="411"/>
       <c r="J364" s="62" t="str">
         <f>IF(CHECKING!$B$179=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K364" s="70"/>
       <c r="L364" s="70"/>
       <c r="M364" s="70"/>
-      <c r="N364" s="373"/>
-[...4 lines deleted...]
-      <c r="S364" s="375"/>
+      <c r="N364" s="348"/>
+      <c r="O364" s="349"/>
+      <c r="P364" s="349"/>
+      <c r="Q364" s="349"/>
+      <c r="R364" s="349"/>
+      <c r="S364" s="350"/>
       <c r="T364" s="37"/>
     </row>
     <row r="365" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A365" s="42"/>
-      <c r="B365" s="350"/>
-[...6 lines deleted...]
-      <c r="I365" s="350"/>
+      <c r="B365" s="411"/>
+      <c r="C365" s="411"/>
+      <c r="D365" s="411"/>
+      <c r="E365" s="411"/>
+      <c r="F365" s="411"/>
+      <c r="G365" s="411"/>
+      <c r="H365" s="411"/>
+      <c r="I365" s="411"/>
       <c r="J365" s="42"/>
       <c r="K365" s="70"/>
       <c r="L365" s="70"/>
       <c r="M365" s="70"/>
-      <c r="N365" s="373"/>
-[...4 lines deleted...]
-      <c r="S365" s="375"/>
+      <c r="N365" s="348"/>
+      <c r="O365" s="349"/>
+      <c r="P365" s="349"/>
+      <c r="Q365" s="349"/>
+      <c r="R365" s="349"/>
+      <c r="S365" s="350"/>
       <c r="T365" s="37"/>
     </row>
     <row r="366" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A366" s="42"/>
-      <c r="B366" s="350"/>
-[...6 lines deleted...]
-      <c r="I366" s="350"/>
+      <c r="B366" s="411"/>
+      <c r="C366" s="411"/>
+      <c r="D366" s="411"/>
+      <c r="E366" s="411"/>
+      <c r="F366" s="411"/>
+      <c r="G366" s="411"/>
+      <c r="H366" s="411"/>
+      <c r="I366" s="411"/>
       <c r="J366" s="42"/>
       <c r="K366" s="70"/>
       <c r="L366" s="70"/>
       <c r="M366" s="70"/>
-      <c r="N366" s="373"/>
-[...4 lines deleted...]
-      <c r="S366" s="375"/>
+      <c r="N366" s="348"/>
+      <c r="O366" s="349"/>
+      <c r="P366" s="349"/>
+      <c r="Q366" s="349"/>
+      <c r="R366" s="349"/>
+      <c r="S366" s="350"/>
       <c r="T366" s="37"/>
     </row>
     <row r="367" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A367" s="42"/>
-      <c r="B367" s="350"/>
-[...6 lines deleted...]
-      <c r="I367" s="350"/>
+      <c r="B367" s="411"/>
+      <c r="C367" s="411"/>
+      <c r="D367" s="411"/>
+      <c r="E367" s="411"/>
+      <c r="F367" s="411"/>
+      <c r="G367" s="411"/>
+      <c r="H367" s="411"/>
+      <c r="I367" s="411"/>
       <c r="J367" s="42"/>
       <c r="K367" s="70"/>
       <c r="L367" s="70"/>
       <c r="M367" s="70"/>
-      <c r="N367" s="373"/>
-[...4 lines deleted...]
-      <c r="S367" s="375"/>
+      <c r="N367" s="348"/>
+      <c r="O367" s="349"/>
+      <c r="P367" s="349"/>
+      <c r="Q367" s="349"/>
+      <c r="R367" s="349"/>
+      <c r="S367" s="350"/>
       <c r="T367" s="37"/>
     </row>
     <row r="368" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A368" s="42"/>
-      <c r="B368" s="431" t="s">
+      <c r="B368" s="394" t="s">
         <v>841</v>
       </c>
-      <c r="C368" s="431"/>
-[...5 lines deleted...]
-      <c r="I368" s="431"/>
+      <c r="C368" s="394"/>
+      <c r="D368" s="394"/>
+      <c r="E368" s="394"/>
+      <c r="F368" s="394"/>
+      <c r="G368" s="394"/>
+      <c r="H368" s="394"/>
+      <c r="I368" s="394"/>
       <c r="J368" s="42"/>
       <c r="K368" s="70"/>
       <c r="L368" s="70"/>
       <c r="M368" s="70"/>
-      <c r="N368" s="373"/>
-[...4 lines deleted...]
-      <c r="S368" s="375"/>
+      <c r="N368" s="348"/>
+      <c r="O368" s="349"/>
+      <c r="P368" s="349"/>
+      <c r="Q368" s="349"/>
+      <c r="R368" s="349"/>
+      <c r="S368" s="350"/>
       <c r="T368" s="37"/>
     </row>
     <row r="369" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A369" s="42"/>
       <c r="B369" s="42"/>
       <c r="C369" s="42"/>
       <c r="D369" s="42"/>
       <c r="E369" s="42"/>
       <c r="F369" s="42"/>
       <c r="G369" s="42"/>
       <c r="H369" s="42"/>
       <c r="I369" s="42"/>
       <c r="J369" s="42"/>
       <c r="K369" s="70"/>
       <c r="L369" s="70"/>
       <c r="M369" s="70"/>
-      <c r="N369" s="373"/>
-[...4 lines deleted...]
-      <c r="S369" s="375"/>
+      <c r="N369" s="348"/>
+      <c r="O369" s="349"/>
+      <c r="P369" s="349"/>
+      <c r="Q369" s="349"/>
+      <c r="R369" s="349"/>
+      <c r="S369" s="350"/>
       <c r="T369" s="37"/>
     </row>
     <row r="370" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A370" s="42"/>
-      <c r="B370" s="589" t="s">
+      <c r="B370" s="406" t="s">
         <v>881</v>
       </c>
-      <c r="C370" s="589"/>
-[...5 lines deleted...]
-      <c r="I370" s="589"/>
+      <c r="C370" s="406"/>
+      <c r="D370" s="406"/>
+      <c r="E370" s="406"/>
+      <c r="F370" s="406"/>
+      <c r="G370" s="406"/>
+      <c r="H370" s="406"/>
+      <c r="I370" s="406"/>
       <c r="J370" s="62" t="str">
         <f>IF(CHECKING!$B$180=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K370" s="70"/>
       <c r="L370" s="70"/>
       <c r="M370" s="37"/>
-      <c r="N370" s="373"/>
-[...4 lines deleted...]
-      <c r="S370" s="375"/>
+      <c r="N370" s="348"/>
+      <c r="O370" s="349"/>
+      <c r="P370" s="349"/>
+      <c r="Q370" s="349"/>
+      <c r="R370" s="349"/>
+      <c r="S370" s="350"/>
       <c r="T370" s="37"/>
     </row>
     <row r="371" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A371" s="42"/>
-      <c r="B371" s="589"/>
-[...6 lines deleted...]
-      <c r="I371" s="589"/>
+      <c r="B371" s="406"/>
+      <c r="C371" s="406"/>
+      <c r="D371" s="406"/>
+      <c r="E371" s="406"/>
+      <c r="F371" s="406"/>
+      <c r="G371" s="406"/>
+      <c r="H371" s="406"/>
+      <c r="I371" s="406"/>
       <c r="J371" s="42"/>
       <c r="K371" s="70"/>
       <c r="L371" s="70"/>
       <c r="M371" s="37"/>
-      <c r="N371" s="373"/>
-[...4 lines deleted...]
-      <c r="S371" s="375"/>
+      <c r="N371" s="348"/>
+      <c r="O371" s="349"/>
+      <c r="P371" s="349"/>
+      <c r="Q371" s="349"/>
+      <c r="R371" s="349"/>
+      <c r="S371" s="350"/>
       <c r="T371" s="37"/>
     </row>
     <row r="372" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A372" s="42"/>
-      <c r="B372" s="589"/>
-[...6 lines deleted...]
-      <c r="I372" s="589"/>
+      <c r="B372" s="406"/>
+      <c r="C372" s="406"/>
+      <c r="D372" s="406"/>
+      <c r="E372" s="406"/>
+      <c r="F372" s="406"/>
+      <c r="G372" s="406"/>
+      <c r="H372" s="406"/>
+      <c r="I372" s="406"/>
       <c r="J372" s="42"/>
       <c r="K372" s="70"/>
       <c r="L372" s="70"/>
       <c r="M372" s="37"/>
-      <c r="N372" s="373"/>
-[...4 lines deleted...]
-      <c r="S372" s="375"/>
+      <c r="N372" s="348"/>
+      <c r="O372" s="349"/>
+      <c r="P372" s="349"/>
+      <c r="Q372" s="349"/>
+      <c r="R372" s="349"/>
+      <c r="S372" s="350"/>
       <c r="T372" s="37"/>
     </row>
     <row r="373" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A373" s="42"/>
-      <c r="B373" s="589"/>
-[...6 lines deleted...]
-      <c r="I373" s="589"/>
+      <c r="B373" s="406"/>
+      <c r="C373" s="406"/>
+      <c r="D373" s="406"/>
+      <c r="E373" s="406"/>
+      <c r="F373" s="406"/>
+      <c r="G373" s="406"/>
+      <c r="H373" s="406"/>
+      <c r="I373" s="406"/>
       <c r="J373" s="42"/>
       <c r="K373" s="70"/>
       <c r="L373" s="70"/>
       <c r="M373" s="37"/>
-      <c r="N373" s="373"/>
-[...4 lines deleted...]
-      <c r="S373" s="375"/>
+      <c r="N373" s="348"/>
+      <c r="O373" s="349"/>
+      <c r="P373" s="349"/>
+      <c r="Q373" s="349"/>
+      <c r="R373" s="349"/>
+      <c r="S373" s="350"/>
       <c r="T373" s="37"/>
     </row>
     <row r="374" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A374" s="42"/>
-      <c r="B374" s="431" t="s">
+      <c r="B374" s="394" t="s">
         <v>842</v>
       </c>
-      <c r="C374" s="431"/>
-[...5 lines deleted...]
-      <c r="I374" s="431"/>
+      <c r="C374" s="394"/>
+      <c r="D374" s="394"/>
+      <c r="E374" s="394"/>
+      <c r="F374" s="394"/>
+      <c r="G374" s="394"/>
+      <c r="H374" s="394"/>
+      <c r="I374" s="394"/>
       <c r="J374" s="42"/>
       <c r="K374" s="70"/>
       <c r="L374" s="70"/>
       <c r="M374" s="37"/>
-      <c r="N374" s="368"/>
-[...4 lines deleted...]
-      <c r="S374" s="370"/>
+      <c r="N374" s="351"/>
+      <c r="O374" s="352"/>
+      <c r="P374" s="352"/>
+      <c r="Q374" s="352"/>
+      <c r="R374" s="352"/>
+      <c r="S374" s="353"/>
       <c r="T374" s="37"/>
     </row>
     <row r="375" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A375" s="53"/>
       <c r="B375" s="53"/>
       <c r="C375" s="53"/>
       <c r="D375" s="53"/>
       <c r="E375" s="53"/>
       <c r="F375" s="53"/>
       <c r="G375" s="53"/>
       <c r="H375" s="53"/>
       <c r="I375" s="53"/>
       <c r="J375" s="53"/>
       <c r="K375" s="37"/>
       <c r="L375" s="37"/>
       <c r="M375" s="37"/>
       <c r="N375" s="37"/>
       <c r="O375" s="37"/>
       <c r="P375" s="37"/>
       <c r="Q375" s="37"/>
       <c r="R375" s="37"/>
       <c r="S375" s="37"/>
       <c r="T375" s="37"/>
     </row>
     <row r="376" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A376" s="53"/>
       <c r="B376" s="53"/>
       <c r="C376" s="53"/>
       <c r="D376" s="53"/>
       <c r="E376" s="53"/>
       <c r="F376" s="53"/>
       <c r="G376" s="53"/>
       <c r="H376" s="53"/>
       <c r="I376" s="53"/>
       <c r="J376" s="53"/>
       <c r="K376" s="37"/>
       <c r="L376" s="37"/>
       <c r="M376" s="37"/>
       <c r="N376" s="37"/>
       <c r="O376" s="37"/>
       <c r="P376" s="37"/>
       <c r="Q376" s="37"/>
       <c r="R376" s="37"/>
       <c r="S376" s="37"/>
       <c r="T376" s="37"/>
     </row>
     <row r="377" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A377" s="53"/>
-      <c r="B377" s="320" t="s">
-[...8 lines deleted...]
-      <c r="I377" s="320"/>
+      <c r="B377" s="396" t="s">
+        <v>947</v>
+      </c>
+      <c r="C377" s="396"/>
+      <c r="D377" s="396"/>
+      <c r="E377" s="396"/>
+      <c r="F377" s="396"/>
+      <c r="G377" s="396"/>
+      <c r="H377" s="396"/>
+      <c r="I377" s="396"/>
       <c r="J377" s="243" t="str">
         <f>IF(CHECKING!$B$184=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K377" s="37"/>
       <c r="L377" s="37"/>
       <c r="M377" s="37"/>
-      <c r="N377" s="408"/>
-[...4 lines deleted...]
-      <c r="S377" s="410"/>
+      <c r="N377" s="365"/>
+      <c r="O377" s="366"/>
+      <c r="P377" s="366"/>
+      <c r="Q377" s="366"/>
+      <c r="R377" s="366"/>
+      <c r="S377" s="367"/>
       <c r="T377" s="37"/>
     </row>
     <row r="378" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A378" s="53"/>
-      <c r="B378" s="320"/>
-[...6 lines deleted...]
-      <c r="I378" s="320"/>
+      <c r="B378" s="396"/>
+      <c r="C378" s="396"/>
+      <c r="D378" s="396"/>
+      <c r="E378" s="396"/>
+      <c r="F378" s="396"/>
+      <c r="G378" s="396"/>
+      <c r="H378" s="396"/>
+      <c r="I378" s="396"/>
       <c r="J378" s="53"/>
       <c r="K378" s="37"/>
       <c r="L378" s="37"/>
       <c r="M378" s="37"/>
-      <c r="N378" s="411"/>
-[...4 lines deleted...]
-      <c r="S378" s="413"/>
+      <c r="N378" s="368"/>
+      <c r="O378" s="369"/>
+      <c r="P378" s="369"/>
+      <c r="Q378" s="369"/>
+      <c r="R378" s="369"/>
+      <c r="S378" s="370"/>
       <c r="T378" s="37"/>
     </row>
     <row r="379" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A379" s="53"/>
       <c r="B379" s="53"/>
       <c r="C379" s="53"/>
       <c r="D379" s="53"/>
       <c r="E379" s="53"/>
       <c r="F379" s="53"/>
       <c r="G379" s="53"/>
       <c r="H379" s="53"/>
       <c r="I379" s="53"/>
       <c r="J379" s="53"/>
       <c r="K379" s="37"/>
       <c r="L379" s="37"/>
       <c r="M379" s="37"/>
-      <c r="N379" s="411"/>
-[...4 lines deleted...]
-      <c r="S379" s="413"/>
+      <c r="N379" s="368"/>
+      <c r="O379" s="369"/>
+      <c r="P379" s="369"/>
+      <c r="Q379" s="369"/>
+      <c r="R379" s="369"/>
+      <c r="S379" s="370"/>
       <c r="T379" s="37"/>
     </row>
     <row r="380" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A380" s="42"/>
-      <c r="B380" s="347" t="s">
-[...8 lines deleted...]
-      <c r="I380" s="347"/>
+      <c r="B380" s="528" t="s">
+        <v>985</v>
+      </c>
+      <c r="C380" s="528"/>
+      <c r="D380" s="528"/>
+      <c r="E380" s="528"/>
+      <c r="F380" s="528"/>
+      <c r="G380" s="528"/>
+      <c r="H380" s="528"/>
+      <c r="I380" s="528"/>
       <c r="J380" s="62" t="str">
         <f>IF(CHECKING!$B$185=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K380" s="37"/>
       <c r="L380" s="37"/>
       <c r="M380" s="37"/>
-      <c r="N380" s="411"/>
-[...4 lines deleted...]
-      <c r="S380" s="413"/>
+      <c r="N380" s="368"/>
+      <c r="O380" s="369"/>
+      <c r="P380" s="369"/>
+      <c r="Q380" s="369"/>
+      <c r="R380" s="369"/>
+      <c r="S380" s="370"/>
       <c r="T380" s="37"/>
     </row>
     <row r="381" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A381" s="53"/>
-      <c r="B381" s="347"/>
-[...6 lines deleted...]
-      <c r="I381" s="347"/>
+      <c r="B381" s="528"/>
+      <c r="C381" s="528"/>
+      <c r="D381" s="528"/>
+      <c r="E381" s="528"/>
+      <c r="F381" s="528"/>
+      <c r="G381" s="528"/>
+      <c r="H381" s="528"/>
+      <c r="I381" s="528"/>
       <c r="J381" s="62"/>
       <c r="K381" s="37"/>
       <c r="L381" s="37"/>
       <c r="M381" s="37"/>
-      <c r="N381" s="411"/>
-[...4 lines deleted...]
-      <c r="S381" s="413"/>
+      <c r="N381" s="368"/>
+      <c r="O381" s="369"/>
+      <c r="P381" s="369"/>
+      <c r="Q381" s="369"/>
+      <c r="R381" s="369"/>
+      <c r="S381" s="370"/>
       <c r="T381" s="37"/>
     </row>
     <row r="382" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A382" s="53"/>
-      <c r="B382" s="347"/>
-[...6 lines deleted...]
-      <c r="I382" s="347"/>
+      <c r="B382" s="528"/>
+      <c r="C382" s="528"/>
+      <c r="D382" s="528"/>
+      <c r="E382" s="528"/>
+      <c r="F382" s="528"/>
+      <c r="G382" s="528"/>
+      <c r="H382" s="528"/>
+      <c r="I382" s="528"/>
       <c r="J382" s="53"/>
       <c r="K382" s="37"/>
       <c r="L382" s="37"/>
       <c r="M382" s="37"/>
-      <c r="N382" s="411"/>
-[...4 lines deleted...]
-      <c r="S382" s="413"/>
+      <c r="N382" s="368"/>
+      <c r="O382" s="369"/>
+      <c r="P382" s="369"/>
+      <c r="Q382" s="369"/>
+      <c r="R382" s="369"/>
+      <c r="S382" s="370"/>
       <c r="T382" s="37"/>
     </row>
     <row r="383" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A383" s="53"/>
-      <c r="B383" s="347"/>
-[...6 lines deleted...]
-      <c r="I383" s="347"/>
+      <c r="B383" s="528"/>
+      <c r="C383" s="528"/>
+      <c r="D383" s="528"/>
+      <c r="E383" s="528"/>
+      <c r="F383" s="528"/>
+      <c r="G383" s="528"/>
+      <c r="H383" s="528"/>
+      <c r="I383" s="528"/>
       <c r="J383" s="53"/>
       <c r="K383" s="37"/>
       <c r="L383" s="37"/>
       <c r="M383" s="37"/>
-      <c r="N383" s="411"/>
-[...4 lines deleted...]
-      <c r="S383" s="413"/>
+      <c r="N383" s="368"/>
+      <c r="O383" s="369"/>
+      <c r="P383" s="369"/>
+      <c r="Q383" s="369"/>
+      <c r="R383" s="369"/>
+      <c r="S383" s="370"/>
       <c r="T383" s="37"/>
     </row>
     <row r="384" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A384" s="53"/>
-      <c r="B384" s="347"/>
-[...6 lines deleted...]
-      <c r="I384" s="347"/>
+      <c r="B384" s="528"/>
+      <c r="C384" s="528"/>
+      <c r="D384" s="528"/>
+      <c r="E384" s="528"/>
+      <c r="F384" s="528"/>
+      <c r="G384" s="528"/>
+      <c r="H384" s="528"/>
+      <c r="I384" s="528"/>
       <c r="J384" s="53"/>
       <c r="K384" s="37"/>
       <c r="L384" s="37"/>
       <c r="M384" s="37"/>
-      <c r="N384" s="411"/>
-[...4 lines deleted...]
-      <c r="S384" s="413"/>
+      <c r="N384" s="368"/>
+      <c r="O384" s="369"/>
+      <c r="P384" s="369"/>
+      <c r="Q384" s="369"/>
+      <c r="R384" s="369"/>
+      <c r="S384" s="370"/>
       <c r="T384" s="37"/>
     </row>
     <row r="385" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A385" s="53"/>
-      <c r="B385" s="347"/>
-[...6 lines deleted...]
-      <c r="I385" s="347"/>
+      <c r="B385" s="528"/>
+      <c r="C385" s="528"/>
+      <c r="D385" s="528"/>
+      <c r="E385" s="528"/>
+      <c r="F385" s="528"/>
+      <c r="G385" s="528"/>
+      <c r="H385" s="528"/>
+      <c r="I385" s="528"/>
       <c r="J385" s="53"/>
       <c r="K385" s="37"/>
       <c r="L385" s="37"/>
       <c r="M385" s="37"/>
-      <c r="N385" s="411"/>
-[...4 lines deleted...]
-      <c r="S385" s="413"/>
+      <c r="N385" s="368"/>
+      <c r="O385" s="369"/>
+      <c r="P385" s="369"/>
+      <c r="Q385" s="369"/>
+      <c r="R385" s="369"/>
+      <c r="S385" s="370"/>
       <c r="T385" s="37"/>
     </row>
     <row r="386" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A386" s="53"/>
       <c r="B386" s="169"/>
       <c r="C386" s="169"/>
       <c r="D386" s="169"/>
       <c r="E386" s="169"/>
       <c r="F386" s="169"/>
       <c r="G386" s="169"/>
       <c r="H386" s="169"/>
       <c r="I386" s="169"/>
       <c r="J386" s="53"/>
       <c r="K386" s="37"/>
       <c r="L386" s="37"/>
       <c r="M386" s="37"/>
-      <c r="N386" s="411"/>
-[...4 lines deleted...]
-      <c r="S386" s="413"/>
+      <c r="N386" s="368"/>
+      <c r="O386" s="369"/>
+      <c r="P386" s="369"/>
+      <c r="Q386" s="369"/>
+      <c r="R386" s="369"/>
+      <c r="S386" s="370"/>
       <c r="T386" s="37"/>
     </row>
     <row r="387" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A387" s="53"/>
-      <c r="B387" s="347" t="s">
-[...8 lines deleted...]
-      <c r="I387" s="347"/>
+      <c r="B387" s="528" t="s">
+        <v>911</v>
+      </c>
+      <c r="C387" s="528"/>
+      <c r="D387" s="528"/>
+      <c r="E387" s="528"/>
+      <c r="F387" s="528"/>
+      <c r="G387" s="528"/>
+      <c r="H387" s="528"/>
+      <c r="I387" s="528"/>
       <c r="J387" s="62" t="str">
         <f>IF(CHECKING!$B$186=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K387" s="37"/>
       <c r="L387" s="37"/>
       <c r="M387" s="37"/>
-      <c r="N387" s="411"/>
-[...4 lines deleted...]
-      <c r="S387" s="413"/>
+      <c r="N387" s="368"/>
+      <c r="O387" s="369"/>
+      <c r="P387" s="369"/>
+      <c r="Q387" s="369"/>
+      <c r="R387" s="369"/>
+      <c r="S387" s="370"/>
       <c r="T387" s="37"/>
     </row>
     <row r="388" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A388" s="53"/>
-      <c r="B388" s="347"/>
-[...6 lines deleted...]
-      <c r="I388" s="347"/>
+      <c r="B388" s="528"/>
+      <c r="C388" s="528"/>
+      <c r="D388" s="528"/>
+      <c r="E388" s="528"/>
+      <c r="F388" s="528"/>
+      <c r="G388" s="528"/>
+      <c r="H388" s="528"/>
+      <c r="I388" s="528"/>
       <c r="J388" s="53"/>
       <c r="K388" s="37"/>
       <c r="L388" s="37"/>
       <c r="M388" s="37"/>
-      <c r="N388" s="411"/>
-[...4 lines deleted...]
-      <c r="S388" s="413"/>
+      <c r="N388" s="368"/>
+      <c r="O388" s="369"/>
+      <c r="P388" s="369"/>
+      <c r="Q388" s="369"/>
+      <c r="R388" s="369"/>
+      <c r="S388" s="370"/>
       <c r="T388" s="37"/>
     </row>
     <row r="389" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A389" s="53"/>
-      <c r="B389" s="347"/>
-[...6 lines deleted...]
-      <c r="I389" s="347"/>
+      <c r="B389" s="528"/>
+      <c r="C389" s="528"/>
+      <c r="D389" s="528"/>
+      <c r="E389" s="528"/>
+      <c r="F389" s="528"/>
+      <c r="G389" s="528"/>
+      <c r="H389" s="528"/>
+      <c r="I389" s="528"/>
       <c r="J389" s="53"/>
       <c r="K389" s="37"/>
       <c r="L389" s="37"/>
       <c r="M389" s="37"/>
-      <c r="N389" s="411"/>
-[...4 lines deleted...]
-      <c r="S389" s="413"/>
+      <c r="N389" s="368"/>
+      <c r="O389" s="369"/>
+      <c r="P389" s="369"/>
+      <c r="Q389" s="369"/>
+      <c r="R389" s="369"/>
+      <c r="S389" s="370"/>
       <c r="T389" s="37"/>
     </row>
     <row r="390" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A390" s="53"/>
-      <c r="B390" s="347"/>
-[...6 lines deleted...]
-      <c r="I390" s="347"/>
+      <c r="B390" s="528"/>
+      <c r="C390" s="528"/>
+      <c r="D390" s="528"/>
+      <c r="E390" s="528"/>
+      <c r="F390" s="528"/>
+      <c r="G390" s="528"/>
+      <c r="H390" s="528"/>
+      <c r="I390" s="528"/>
       <c r="J390" s="53"/>
       <c r="K390" s="37"/>
       <c r="L390" s="37"/>
       <c r="M390" s="37"/>
-      <c r="N390" s="411"/>
-[...4 lines deleted...]
-      <c r="S390" s="413"/>
+      <c r="N390" s="368"/>
+      <c r="O390" s="369"/>
+      <c r="P390" s="369"/>
+      <c r="Q390" s="369"/>
+      <c r="R390" s="369"/>
+      <c r="S390" s="370"/>
       <c r="T390" s="37"/>
     </row>
     <row r="391" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A391" s="53"/>
-      <c r="B391" s="347"/>
-[...6 lines deleted...]
-      <c r="I391" s="347"/>
+      <c r="B391" s="528"/>
+      <c r="C391" s="528"/>
+      <c r="D391" s="528"/>
+      <c r="E391" s="528"/>
+      <c r="F391" s="528"/>
+      <c r="G391" s="528"/>
+      <c r="H391" s="528"/>
+      <c r="I391" s="528"/>
       <c r="J391" s="53"/>
       <c r="K391" s="37"/>
       <c r="L391" s="37"/>
       <c r="M391" s="37"/>
-      <c r="N391" s="411"/>
-[...4 lines deleted...]
-      <c r="S391" s="413"/>
+      <c r="N391" s="368"/>
+      <c r="O391" s="369"/>
+      <c r="P391" s="369"/>
+      <c r="Q391" s="369"/>
+      <c r="R391" s="369"/>
+      <c r="S391" s="370"/>
       <c r="T391" s="37"/>
     </row>
     <row r="392" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A392" s="53"/>
-      <c r="B392" s="347"/>
-[...6 lines deleted...]
-      <c r="I392" s="347"/>
+      <c r="B392" s="528"/>
+      <c r="C392" s="528"/>
+      <c r="D392" s="528"/>
+      <c r="E392" s="528"/>
+      <c r="F392" s="528"/>
+      <c r="G392" s="528"/>
+      <c r="H392" s="528"/>
+      <c r="I392" s="528"/>
       <c r="J392" s="53"/>
       <c r="K392" s="37"/>
       <c r="L392" s="37"/>
       <c r="M392" s="37"/>
-      <c r="N392" s="411"/>
-[...4 lines deleted...]
-      <c r="S392" s="413"/>
+      <c r="N392" s="368"/>
+      <c r="O392" s="369"/>
+      <c r="P392" s="369"/>
+      <c r="Q392" s="369"/>
+      <c r="R392" s="369"/>
+      <c r="S392" s="370"/>
       <c r="T392" s="37"/>
     </row>
     <row r="393" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A393" s="53"/>
       <c r="B393" s="53"/>
       <c r="C393" s="53"/>
       <c r="D393" s="53"/>
       <c r="E393" s="53"/>
       <c r="F393" s="53"/>
       <c r="G393" s="53"/>
       <c r="H393" s="53"/>
       <c r="I393" s="53"/>
       <c r="J393" s="53"/>
       <c r="K393" s="37"/>
       <c r="L393" s="37"/>
       <c r="M393" s="37"/>
-      <c r="N393" s="411"/>
-[...4 lines deleted...]
-      <c r="S393" s="413"/>
+      <c r="N393" s="368"/>
+      <c r="O393" s="369"/>
+      <c r="P393" s="369"/>
+      <c r="Q393" s="369"/>
+      <c r="R393" s="369"/>
+      <c r="S393" s="370"/>
       <c r="T393" s="37"/>
     </row>
     <row r="394" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A394" s="53"/>
-      <c r="B394" s="430" t="s">
-[...8 lines deleted...]
-      <c r="I394" s="430"/>
+      <c r="B394" s="524" t="s">
+        <v>912</v>
+      </c>
+      <c r="C394" s="524"/>
+      <c r="D394" s="524"/>
+      <c r="E394" s="524"/>
+      <c r="F394" s="524"/>
+      <c r="G394" s="524"/>
+      <c r="H394" s="524"/>
+      <c r="I394" s="524"/>
       <c r="J394" s="62" t="str">
         <f>IF(CHECKING!$B$187=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K394" s="37"/>
       <c r="L394" s="37"/>
       <c r="M394" s="37"/>
-      <c r="N394" s="411"/>
-[...4 lines deleted...]
-      <c r="S394" s="413"/>
+      <c r="N394" s="368"/>
+      <c r="O394" s="369"/>
+      <c r="P394" s="369"/>
+      <c r="Q394" s="369"/>
+      <c r="R394" s="369"/>
+      <c r="S394" s="370"/>
       <c r="T394" s="37"/>
     </row>
     <row r="395" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A395" s="53"/>
-      <c r="B395" s="430"/>
-[...6 lines deleted...]
-      <c r="I395" s="430"/>
+      <c r="B395" s="524"/>
+      <c r="C395" s="524"/>
+      <c r="D395" s="524"/>
+      <c r="E395" s="524"/>
+      <c r="F395" s="524"/>
+      <c r="G395" s="524"/>
+      <c r="H395" s="524"/>
+      <c r="I395" s="524"/>
       <c r="J395" s="53"/>
       <c r="K395" s="37"/>
       <c r="L395" s="37"/>
       <c r="M395" s="37"/>
-      <c r="N395" s="411"/>
-[...4 lines deleted...]
-      <c r="S395" s="413"/>
+      <c r="N395" s="368"/>
+      <c r="O395" s="369"/>
+      <c r="P395" s="369"/>
+      <c r="Q395" s="369"/>
+      <c r="R395" s="369"/>
+      <c r="S395" s="370"/>
       <c r="T395" s="37"/>
     </row>
     <row r="396" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A396" s="53"/>
-      <c r="B396" s="430"/>
-[...6 lines deleted...]
-      <c r="I396" s="430"/>
+      <c r="B396" s="524"/>
+      <c r="C396" s="524"/>
+      <c r="D396" s="524"/>
+      <c r="E396" s="524"/>
+      <c r="F396" s="524"/>
+      <c r="G396" s="524"/>
+      <c r="H396" s="524"/>
+      <c r="I396" s="524"/>
       <c r="J396" s="53"/>
       <c r="K396" s="37"/>
       <c r="L396" s="37"/>
       <c r="M396" s="37"/>
-      <c r="N396" s="411"/>
-[...4 lines deleted...]
-      <c r="S396" s="413"/>
+      <c r="N396" s="368"/>
+      <c r="O396" s="369"/>
+      <c r="P396" s="369"/>
+      <c r="Q396" s="369"/>
+      <c r="R396" s="369"/>
+      <c r="S396" s="370"/>
       <c r="T396" s="37"/>
     </row>
     <row r="397" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A397" s="53"/>
-      <c r="B397" s="430"/>
-[...6 lines deleted...]
-      <c r="I397" s="430"/>
+      <c r="B397" s="524"/>
+      <c r="C397" s="524"/>
+      <c r="D397" s="524"/>
+      <c r="E397" s="524"/>
+      <c r="F397" s="524"/>
+      <c r="G397" s="524"/>
+      <c r="H397" s="524"/>
+      <c r="I397" s="524"/>
       <c r="J397" s="171"/>
       <c r="K397" s="37"/>
       <c r="L397" s="37"/>
       <c r="M397" s="37"/>
-      <c r="N397" s="411"/>
-[...4 lines deleted...]
-      <c r="S397" s="413"/>
+      <c r="N397" s="368"/>
+      <c r="O397" s="369"/>
+      <c r="P397" s="369"/>
+      <c r="Q397" s="369"/>
+      <c r="R397" s="369"/>
+      <c r="S397" s="370"/>
       <c r="T397" s="37"/>
     </row>
     <row r="398" spans="1:20" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A398" s="53"/>
-      <c r="B398" s="430"/>
-[...6 lines deleted...]
-      <c r="I398" s="430"/>
+      <c r="B398" s="524"/>
+      <c r="C398" s="524"/>
+      <c r="D398" s="524"/>
+      <c r="E398" s="524"/>
+      <c r="F398" s="524"/>
+      <c r="G398" s="524"/>
+      <c r="H398" s="524"/>
+      <c r="I398" s="524"/>
       <c r="J398" s="62"/>
       <c r="K398" s="37"/>
       <c r="L398" s="37"/>
       <c r="M398" s="37"/>
-      <c r="N398" s="411"/>
-[...4 lines deleted...]
-      <c r="S398" s="413"/>
+      <c r="N398" s="368"/>
+      <c r="O398" s="369"/>
+      <c r="P398" s="369"/>
+      <c r="Q398" s="369"/>
+      <c r="R398" s="369"/>
+      <c r="S398" s="370"/>
       <c r="T398" s="37"/>
     </row>
     <row r="399" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A399" s="53"/>
-      <c r="B399" s="430"/>
-[...6 lines deleted...]
-      <c r="I399" s="430"/>
+      <c r="B399" s="524"/>
+      <c r="C399" s="524"/>
+      <c r="D399" s="524"/>
+      <c r="E399" s="524"/>
+      <c r="F399" s="524"/>
+      <c r="G399" s="524"/>
+      <c r="H399" s="524"/>
+      <c r="I399" s="524"/>
       <c r="J399" s="171"/>
       <c r="K399" s="37"/>
       <c r="L399" s="37"/>
       <c r="M399" s="37"/>
-      <c r="N399" s="411"/>
-[...4 lines deleted...]
-      <c r="S399" s="413"/>
+      <c r="N399" s="368"/>
+      <c r="O399" s="369"/>
+      <c r="P399" s="369"/>
+      <c r="Q399" s="369"/>
+      <c r="R399" s="369"/>
+      <c r="S399" s="370"/>
       <c r="T399" s="37"/>
     </row>
     <row r="400" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A400" s="53"/>
-      <c r="B400" s="430"/>
-[...6 lines deleted...]
-      <c r="I400" s="430"/>
+      <c r="B400" s="524"/>
+      <c r="C400" s="524"/>
+      <c r="D400" s="524"/>
+      <c r="E400" s="524"/>
+      <c r="F400" s="524"/>
+      <c r="G400" s="524"/>
+      <c r="H400" s="524"/>
+      <c r="I400" s="524"/>
       <c r="J400" s="171"/>
       <c r="K400" s="37"/>
       <c r="L400" s="37"/>
       <c r="M400" s="37"/>
-      <c r="N400" s="414"/>
-[...4 lines deleted...]
-      <c r="S400" s="416"/>
+      <c r="N400" s="371"/>
+      <c r="O400" s="372"/>
+      <c r="P400" s="372"/>
+      <c r="Q400" s="372"/>
+      <c r="R400" s="372"/>
+      <c r="S400" s="373"/>
       <c r="T400" s="37"/>
     </row>
     <row r="401" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A401" s="53"/>
       <c r="B401" s="171"/>
       <c r="C401" s="171"/>
       <c r="D401" s="171"/>
       <c r="E401" s="171"/>
       <c r="F401" s="171"/>
       <c r="G401" s="171"/>
       <c r="H401" s="171"/>
       <c r="I401" s="171"/>
       <c r="J401" s="171"/>
       <c r="K401" s="37"/>
       <c r="L401" s="37"/>
       <c r="M401" s="37"/>
       <c r="N401" s="37"/>
       <c r="O401" s="37"/>
       <c r="P401" s="37"/>
       <c r="Q401" s="37"/>
       <c r="R401" s="37"/>
       <c r="S401" s="37"/>
       <c r="T401" s="37"/>
     </row>
     <row r="402" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A402" s="53"/>
-      <c r="B402" s="580" t="s">
-[...8 lines deleted...]
-      <c r="I402" s="582"/>
+      <c r="B402" s="397" t="s">
+        <v>933</v>
+      </c>
+      <c r="C402" s="398"/>
+      <c r="D402" s="398"/>
+      <c r="E402" s="398"/>
+      <c r="F402" s="398"/>
+      <c r="G402" s="398"/>
+      <c r="H402" s="398"/>
+      <c r="I402" s="399"/>
       <c r="J402" s="171"/>
       <c r="K402" s="37"/>
       <c r="L402" s="37"/>
       <c r="M402" s="37"/>
       <c r="N402" s="37"/>
       <c r="O402" s="37"/>
       <c r="P402" s="37"/>
       <c r="Q402" s="37"/>
       <c r="R402" s="37"/>
       <c r="S402" s="37"/>
       <c r="T402" s="37"/>
     </row>
     <row r="403" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A403" s="53"/>
-      <c r="B403" s="583"/>
-[...6 lines deleted...]
-      <c r="I403" s="585"/>
+      <c r="B403" s="400"/>
+      <c r="C403" s="401"/>
+      <c r="D403" s="401"/>
+      <c r="E403" s="401"/>
+      <c r="F403" s="401"/>
+      <c r="G403" s="401"/>
+      <c r="H403" s="401"/>
+      <c r="I403" s="402"/>
       <c r="J403" s="171"/>
       <c r="K403" s="37"/>
       <c r="L403" s="37"/>
       <c r="M403" s="37"/>
       <c r="N403" s="37"/>
       <c r="O403" s="37"/>
       <c r="P403" s="37"/>
       <c r="Q403" s="37"/>
       <c r="R403" s="37"/>
       <c r="S403" s="37"/>
       <c r="T403" s="37"/>
     </row>
     <row r="404" spans="1:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A404" s="53"/>
-      <c r="B404" s="586"/>
-[...6 lines deleted...]
-      <c r="I404" s="588"/>
+      <c r="B404" s="403"/>
+      <c r="C404" s="404"/>
+      <c r="D404" s="404"/>
+      <c r="E404" s="404"/>
+      <c r="F404" s="404"/>
+      <c r="G404" s="404"/>
+      <c r="H404" s="404"/>
+      <c r="I404" s="405"/>
       <c r="J404" s="171"/>
       <c r="K404" s="37"/>
       <c r="L404" s="37"/>
       <c r="M404" s="37"/>
       <c r="N404" s="37"/>
       <c r="O404" s="37"/>
       <c r="P404" s="37"/>
       <c r="Q404" s="37"/>
       <c r="R404" s="37"/>
       <c r="S404" s="37"/>
       <c r="T404" s="37"/>
     </row>
     <row r="405" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A405" s="53"/>
       <c r="B405" s="53"/>
       <c r="C405" s="53"/>
       <c r="D405" s="53"/>
       <c r="E405" s="53"/>
       <c r="F405" s="53"/>
       <c r="G405" s="53"/>
       <c r="H405" s="53"/>
       <c r="I405" s="53"/>
       <c r="J405" s="171"/>
       <c r="K405" s="37"/>
       <c r="L405" s="37"/>
       <c r="M405" s="37"/>
       <c r="N405" s="37"/>
       <c r="O405" s="37"/>
       <c r="P405" s="37"/>
       <c r="Q405" s="37"/>
       <c r="R405" s="37"/>
       <c r="S405" s="37"/>
       <c r="T405" s="37"/>
     </row>
     <row r="406" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A406" s="311" t="s">
+      <c r="A406" s="413" t="s">
         <v>852</v>
       </c>
-      <c r="B406" s="311"/>
-[...7 lines deleted...]
-      <c r="J406" s="311"/>
+      <c r="B406" s="413"/>
+      <c r="C406" s="413"/>
+      <c r="D406" s="413"/>
+      <c r="E406" s="413"/>
+      <c r="F406" s="413"/>
+      <c r="G406" s="413"/>
+      <c r="H406" s="413"/>
+      <c r="I406" s="413"/>
+      <c r="J406" s="413"/>
       <c r="K406" s="70"/>
       <c r="L406" s="70"/>
       <c r="M406" s="37"/>
       <c r="N406" s="37"/>
       <c r="O406" s="37"/>
       <c r="P406" s="37"/>
       <c r="Q406" s="37"/>
       <c r="R406" s="37"/>
       <c r="S406" s="37"/>
       <c r="T406" s="37"/>
     </row>
     <row r="407" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A407" s="42"/>
       <c r="B407" s="42"/>
       <c r="C407" s="42"/>
       <c r="D407" s="42"/>
       <c r="E407" s="42"/>
       <c r="F407" s="42"/>
       <c r="G407" s="42"/>
       <c r="H407" s="42"/>
       <c r="I407" s="42"/>
       <c r="J407" s="42"/>
       <c r="K407" s="70"/>
       <c r="L407" s="70"/>
       <c r="M407" s="37"/>
       <c r="N407" s="37"/>
       <c r="O407" s="37"/>
       <c r="P407" s="37"/>
       <c r="Q407" s="37"/>
       <c r="R407" s="37"/>
       <c r="S407" s="37"/>
       <c r="T407" s="37"/>
     </row>
     <row r="408" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A408" s="42"/>
       <c r="B408" s="48" t="s">
         <v>853</v>
       </c>
       <c r="C408" s="172">
         <f>IF($F$177&lt;&gt;"",Dropdowns!$X$11,0)</f>
         <v>0</v>
       </c>
-      <c r="D408" s="427"/>
-[...5 lines deleted...]
-      <c r="J408" s="428"/>
+      <c r="D408" s="575"/>
+      <c r="E408" s="330"/>
+      <c r="F408" s="330"/>
+      <c r="G408" s="330"/>
+      <c r="H408" s="330"/>
+      <c r="I408" s="330"/>
+      <c r="J408" s="330"/>
       <c r="K408" s="70"/>
       <c r="L408" s="70"/>
       <c r="M408" s="37"/>
       <c r="N408" s="37"/>
       <c r="O408" s="37"/>
       <c r="P408" s="37"/>
       <c r="Q408" s="37"/>
       <c r="R408" s="37"/>
       <c r="S408" s="37"/>
       <c r="T408" s="37"/>
     </row>
     <row r="409" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A409" s="139"/>
       <c r="B409" s="42"/>
       <c r="C409" s="42"/>
       <c r="D409" s="42"/>
       <c r="E409" s="42"/>
       <c r="F409" s="42"/>
       <c r="G409" s="42"/>
       <c r="H409" s="42"/>
       <c r="I409" s="42"/>
       <c r="J409" s="42"/>
       <c r="K409" s="70"/>
       <c r="L409" s="70"/>
       <c r="M409" s="37"/>
       <c r="N409" s="37"/>
       <c r="O409" s="37"/>
       <c r="P409" s="37"/>
       <c r="Q409" s="37"/>
       <c r="R409" s="37"/>
       <c r="S409" s="37"/>
       <c r="T409" s="37"/>
     </row>
     <row r="410" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A410" s="591" t="s">
-[...10 lines deleted...]
-      <c r="J410" s="591"/>
+      <c r="A410" s="412" t="s">
+        <v>955</v>
+      </c>
+      <c r="B410" s="412"/>
+      <c r="C410" s="412"/>
+      <c r="D410" s="412"/>
+      <c r="E410" s="412"/>
+      <c r="F410" s="412"/>
+      <c r="G410" s="412"/>
+      <c r="H410" s="412"/>
+      <c r="I410" s="412"/>
+      <c r="J410" s="412"/>
       <c r="K410" s="70"/>
       <c r="L410" s="70"/>
       <c r="M410" s="37"/>
       <c r="N410" s="37"/>
       <c r="O410" s="37"/>
       <c r="P410" s="37"/>
       <c r="Q410" s="37"/>
       <c r="R410" s="37"/>
       <c r="S410" s="37"/>
       <c r="T410" s="37"/>
     </row>
     <row r="411" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A411" s="139"/>
       <c r="B411" s="42"/>
       <c r="C411" s="42"/>
       <c r="D411" s="42"/>
       <c r="E411" s="42"/>
       <c r="F411" s="42"/>
       <c r="G411" s="42"/>
       <c r="H411" s="42"/>
       <c r="I411" s="42"/>
       <c r="J411" s="42"/>
       <c r="K411" s="70"/>
       <c r="L411" s="70"/>
       <c r="M411" s="37"/>
       <c r="N411" s="37"/>
       <c r="O411" s="37"/>
       <c r="P411" s="37"/>
       <c r="Q411" s="37"/>
       <c r="R411" s="37"/>
       <c r="S411" s="37"/>
       <c r="T411" s="37"/>
     </row>
     <row r="412" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A412" s="574" t="s">
-[...10 lines deleted...]
-      <c r="J412" s="576"/>
+      <c r="A412" s="313" t="s">
+        <v>986</v>
+      </c>
+      <c r="B412" s="314"/>
+      <c r="C412" s="314"/>
+      <c r="D412" s="314"/>
+      <c r="E412" s="314"/>
+      <c r="F412" s="314"/>
+      <c r="G412" s="314"/>
+      <c r="H412" s="314"/>
+      <c r="I412" s="314"/>
+      <c r="J412" s="315"/>
       <c r="K412" s="70"/>
       <c r="L412" s="70"/>
       <c r="M412" s="37"/>
-      <c r="N412" s="365"/>
-[...4 lines deleted...]
-      <c r="S412" s="367"/>
+      <c r="N412" s="345"/>
+      <c r="O412" s="346"/>
+      <c r="P412" s="346"/>
+      <c r="Q412" s="346"/>
+      <c r="R412" s="346"/>
+      <c r="S412" s="347"/>
       <c r="T412" s="37"/>
     </row>
     <row r="413" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A413" s="577"/>
-[...8 lines deleted...]
-      <c r="J413" s="579"/>
+      <c r="A413" s="316"/>
+      <c r="B413" s="317"/>
+      <c r="C413" s="317"/>
+      <c r="D413" s="317"/>
+      <c r="E413" s="317"/>
+      <c r="F413" s="317"/>
+      <c r="G413" s="317"/>
+      <c r="H413" s="317"/>
+      <c r="I413" s="317"/>
+      <c r="J413" s="318"/>
       <c r="K413" s="70"/>
       <c r="L413" s="70"/>
       <c r="M413" s="37"/>
-      <c r="N413" s="373"/>
-[...4 lines deleted...]
-      <c r="S413" s="375"/>
+      <c r="N413" s="348"/>
+      <c r="O413" s="349"/>
+      <c r="P413" s="349"/>
+      <c r="Q413" s="349"/>
+      <c r="R413" s="349"/>
+      <c r="S413" s="350"/>
       <c r="T413" s="37"/>
     </row>
     <row r="414" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A414" s="574" t="s">
+      <c r="A414" s="313" t="s">
         <v>854</v>
       </c>
-      <c r="B414" s="575"/>
-[...7 lines deleted...]
-      <c r="J414" s="576"/>
+      <c r="B414" s="314"/>
+      <c r="C414" s="314"/>
+      <c r="D414" s="314"/>
+      <c r="E414" s="314"/>
+      <c r="F414" s="314"/>
+      <c r="G414" s="314"/>
+      <c r="H414" s="314"/>
+      <c r="I414" s="314"/>
+      <c r="J414" s="315"/>
       <c r="K414" s="70"/>
       <c r="L414" s="70"/>
       <c r="M414" s="37"/>
-      <c r="N414" s="368"/>
-[...4 lines deleted...]
-      <c r="S414" s="370"/>
+      <c r="N414" s="351"/>
+      <c r="O414" s="352"/>
+      <c r="P414" s="352"/>
+      <c r="Q414" s="352"/>
+      <c r="R414" s="352"/>
+      <c r="S414" s="353"/>
       <c r="T414" s="37"/>
     </row>
     <row r="415" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A415" s="577"/>
-[...8 lines deleted...]
-      <c r="J415" s="579"/>
+      <c r="A415" s="316"/>
+      <c r="B415" s="317"/>
+      <c r="C415" s="317"/>
+      <c r="D415" s="317"/>
+      <c r="E415" s="317"/>
+      <c r="F415" s="317"/>
+      <c r="G415" s="317"/>
+      <c r="H415" s="317"/>
+      <c r="I415" s="317"/>
+      <c r="J415" s="318"/>
       <c r="K415" s="70"/>
       <c r="L415" s="70"/>
       <c r="M415" s="37"/>
       <c r="N415" s="37"/>
       <c r="O415" s="37"/>
       <c r="P415" s="37"/>
       <c r="Q415" s="37"/>
       <c r="R415" s="37"/>
       <c r="S415" s="37"/>
       <c r="T415" s="37"/>
     </row>
     <row r="416" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A416" s="174"/>
       <c r="B416" s="174"/>
       <c r="C416" s="174"/>
       <c r="D416" s="174"/>
       <c r="E416" s="174"/>
       <c r="F416" s="174"/>
       <c r="G416" s="174"/>
       <c r="H416" s="174"/>
       <c r="I416" s="174"/>
       <c r="J416" s="174"/>
       <c r="K416" s="70"/>
       <c r="L416" s="70"/>
       <c r="M416" s="37"/>
-      <c r="N416" s="408"/>
-[...4 lines deleted...]
-      <c r="S416" s="410"/>
+      <c r="N416" s="365"/>
+      <c r="O416" s="366"/>
+      <c r="P416" s="366"/>
+      <c r="Q416" s="366"/>
+      <c r="R416" s="366"/>
+      <c r="S416" s="367"/>
       <c r="T416" s="37"/>
     </row>
     <row r="417" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A417" s="104" t="s">
         <v>855</v>
       </c>
       <c r="B417" s="42"/>
       <c r="C417" s="42"/>
       <c r="D417" s="42"/>
       <c r="E417" s="42"/>
       <c r="F417" s="42"/>
       <c r="G417" s="42"/>
       <c r="H417" s="42"/>
       <c r="I417" s="42"/>
       <c r="J417" s="42"/>
       <c r="K417" s="70"/>
       <c r="L417" s="70"/>
       <c r="M417" s="37"/>
-      <c r="N417" s="411"/>
-[...4 lines deleted...]
-      <c r="S417" s="413"/>
+      <c r="N417" s="368"/>
+      <c r="O417" s="369"/>
+      <c r="P417" s="369"/>
+      <c r="Q417" s="369"/>
+      <c r="R417" s="369"/>
+      <c r="S417" s="370"/>
       <c r="T417" s="37"/>
     </row>
     <row r="418" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A418" s="42"/>
-      <c r="B418" s="593" t="s">
+      <c r="B418" s="359" t="s">
         <v>856</v>
       </c>
-      <c r="C418" s="593"/>
-      <c r="D418" s="593" t="s">
+      <c r="C418" s="359"/>
+      <c r="D418" s="359" t="s">
         <v>857</v>
       </c>
-      <c r="E418" s="593"/>
+      <c r="E418" s="359"/>
       <c r="F418" s="175" t="s">
         <v>858</v>
       </c>
       <c r="G418" s="176" t="s">
         <v>859</v>
       </c>
       <c r="H418" s="176"/>
       <c r="I418" s="175" t="s">
         <v>860</v>
       </c>
       <c r="J418" s="42"/>
       <c r="K418" s="70"/>
       <c r="L418" s="70"/>
       <c r="M418" s="37"/>
-      <c r="N418" s="411"/>
-[...4 lines deleted...]
-      <c r="S418" s="413"/>
+      <c r="N418" s="368"/>
+      <c r="O418" s="369"/>
+      <c r="P418" s="369"/>
+      <c r="Q418" s="369"/>
+      <c r="R418" s="369"/>
+      <c r="S418" s="370"/>
       <c r="T418" s="37"/>
     </row>
     <row r="419" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A419" s="177"/>
-      <c r="B419" s="594"/>
-[...1 lines deleted...]
-      <c r="D419" s="596">
+      <c r="B419" s="360"/>
+      <c r="C419" s="361"/>
+      <c r="D419" s="362">
         <v>85210</v>
       </c>
-      <c r="E419" s="596"/>
+      <c r="E419" s="362"/>
       <c r="F419" s="178" t="s">
         <v>861</v>
       </c>
-      <c r="G419" s="595" t="s">
+      <c r="G419" s="361" t="s">
         <v>862</v>
       </c>
-      <c r="H419" s="595"/>
+      <c r="H419" s="361"/>
       <c r="I419" s="179">
         <v>10</v>
       </c>
       <c r="J419" s="42"/>
       <c r="K419" s="70"/>
       <c r="L419" s="70"/>
       <c r="M419" s="37"/>
-      <c r="N419" s="411"/>
-[...4 lines deleted...]
-      <c r="S419" s="413"/>
+      <c r="N419" s="368"/>
+      <c r="O419" s="369"/>
+      <c r="P419" s="369"/>
+      <c r="Q419" s="369"/>
+      <c r="R419" s="369"/>
+      <c r="S419" s="370"/>
       <c r="T419" s="37"/>
     </row>
     <row r="420" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A420" s="42"/>
-      <c r="B420" s="597" t="s">
+      <c r="B420" s="363" t="s">
         <v>863</v>
       </c>
-      <c r="C420" s="597"/>
+      <c r="C420" s="363"/>
       <c r="D420" s="42"/>
       <c r="E420" s="42"/>
       <c r="F420" s="42"/>
-      <c r="G420" s="598" t="s">
+      <c r="G420" s="364" t="s">
         <v>864</v>
       </c>
-      <c r="H420" s="598"/>
+      <c r="H420" s="364"/>
       <c r="I420" s="42"/>
       <c r="J420" s="42"/>
       <c r="K420" s="70"/>
       <c r="L420" s="70"/>
       <c r="M420" s="37"/>
-      <c r="N420" s="414"/>
-[...4 lines deleted...]
-      <c r="S420" s="416"/>
+      <c r="N420" s="371"/>
+      <c r="O420" s="372"/>
+      <c r="P420" s="372"/>
+      <c r="Q420" s="372"/>
+      <c r="R420" s="372"/>
+      <c r="S420" s="373"/>
       <c r="T420" s="37"/>
     </row>
     <row r="421" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A421" s="42"/>
       <c r="B421" s="180" t="str">
         <f>CONCATENATE(IF(LEN($B$419)&lt;&gt;6,"must be 6 characters",""),IF(ISNUMBER(FIND("999",$B$419))," / can't use 999 code ! ",""))</f>
         <v>must be 6 characters</v>
       </c>
       <c r="C421" s="42"/>
       <c r="D421" s="181"/>
       <c r="E421" s="42"/>
       <c r="F421" s="42"/>
       <c r="G421" s="181" t="str">
         <f>IF(LEN($G$419)&lt;&gt;5,"must be 5 characters","")</f>
         <v/>
       </c>
       <c r="H421" s="42"/>
       <c r="I421" s="42"/>
       <c r="J421" s="42"/>
       <c r="K421" s="70"/>
       <c r="L421" s="70"/>
       <c r="M421" s="37"/>
       <c r="N421" s="140"/>
       <c r="O421" s="140"/>
       <c r="P421" s="140"/>
@@ -33320,174 +33320,174 @@
       <c r="T421" s="37"/>
     </row>
     <row r="422" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A422" s="53"/>
       <c r="B422" s="53"/>
       <c r="C422" s="53"/>
       <c r="D422" s="53"/>
       <c r="E422" s="53"/>
       <c r="F422" s="53"/>
       <c r="G422" s="53"/>
       <c r="H422" s="53"/>
       <c r="I422" s="53"/>
       <c r="J422" s="53"/>
       <c r="K422" s="37"/>
       <c r="L422" s="37"/>
       <c r="M422" s="37"/>
       <c r="N422" s="37"/>
       <c r="O422" s="37"/>
       <c r="P422" s="37"/>
       <c r="Q422" s="37"/>
       <c r="R422" s="37"/>
       <c r="S422" s="37"/>
       <c r="T422" s="37"/>
     </row>
     <row r="423" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A423" s="599" t="s">
+      <c r="A423" s="374" t="s">
         <v>871</v>
       </c>
-      <c r="B423" s="600"/>
-[...7 lines deleted...]
-      <c r="J423" s="601"/>
+      <c r="B423" s="375"/>
+      <c r="C423" s="375"/>
+      <c r="D423" s="375"/>
+      <c r="E423" s="375"/>
+      <c r="F423" s="375"/>
+      <c r="G423" s="375"/>
+      <c r="H423" s="375"/>
+      <c r="I423" s="375"/>
+      <c r="J423" s="376"/>
       <c r="K423" s="37"/>
       <c r="L423" s="37"/>
       <c r="M423" s="37"/>
       <c r="N423" s="37"/>
       <c r="O423" s="37"/>
       <c r="P423" s="37"/>
       <c r="Q423" s="37"/>
       <c r="R423" s="37"/>
       <c r="S423" s="37"/>
       <c r="T423" s="37"/>
     </row>
     <row r="424" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A424" s="602"/>
-[...8 lines deleted...]
-      <c r="J424" s="604"/>
+      <c r="A424" s="377"/>
+      <c r="B424" s="378"/>
+      <c r="C424" s="378"/>
+      <c r="D424" s="378"/>
+      <c r="E424" s="378"/>
+      <c r="F424" s="378"/>
+      <c r="G424" s="378"/>
+      <c r="H424" s="378"/>
+      <c r="I424" s="378"/>
+      <c r="J424" s="379"/>
       <c r="K424" s="37"/>
       <c r="L424" s="37"/>
       <c r="M424" s="37"/>
       <c r="N424" s="37"/>
       <c r="O424" s="37"/>
       <c r="P424" s="37"/>
       <c r="Q424" s="37"/>
       <c r="R424" s="37"/>
       <c r="S424" s="37"/>
       <c r="T424" s="37"/>
     </row>
     <row r="425" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A425" s="605"/>
-[...8 lines deleted...]
-      <c r="J425" s="607"/>
+      <c r="A425" s="380"/>
+      <c r="B425" s="381"/>
+      <c r="C425" s="381"/>
+      <c r="D425" s="381"/>
+      <c r="E425" s="381"/>
+      <c r="F425" s="381"/>
+      <c r="G425" s="381"/>
+      <c r="H425" s="381"/>
+      <c r="I425" s="381"/>
+      <c r="J425" s="382"/>
       <c r="K425" s="37"/>
       <c r="L425" s="37"/>
       <c r="M425" s="37"/>
       <c r="N425" s="37"/>
       <c r="O425" s="37"/>
       <c r="P425" s="37"/>
       <c r="Q425" s="37"/>
       <c r="R425" s="37"/>
       <c r="S425" s="37"/>
       <c r="T425" s="37"/>
     </row>
     <row r="426" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A426" s="608" t="s">
+      <c r="A426" s="383" t="s">
         <v>872</v>
       </c>
-      <c r="B426" s="609"/>
-[...7 lines deleted...]
-      <c r="J426" s="610"/>
+      <c r="B426" s="384"/>
+      <c r="C426" s="384"/>
+      <c r="D426" s="384"/>
+      <c r="E426" s="384"/>
+      <c r="F426" s="384"/>
+      <c r="G426" s="384"/>
+      <c r="H426" s="384"/>
+      <c r="I426" s="384"/>
+      <c r="J426" s="385"/>
       <c r="K426" s="37"/>
       <c r="L426" s="37"/>
       <c r="M426" s="37"/>
       <c r="N426" s="37"/>
       <c r="O426" s="37"/>
       <c r="P426" s="37"/>
       <c r="Q426" s="37"/>
       <c r="R426" s="37"/>
       <c r="S426" s="37"/>
       <c r="T426" s="37"/>
     </row>
     <row r="427" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A427" s="611"/>
-[...8 lines deleted...]
-      <c r="J427" s="613"/>
+      <c r="A427" s="386"/>
+      <c r="B427" s="387"/>
+      <c r="C427" s="387"/>
+      <c r="D427" s="387"/>
+      <c r="E427" s="387"/>
+      <c r="F427" s="387"/>
+      <c r="G427" s="387"/>
+      <c r="H427" s="387"/>
+      <c r="I427" s="387"/>
+      <c r="J427" s="388"/>
       <c r="K427" s="37"/>
       <c r="L427" s="37"/>
       <c r="M427" s="37"/>
       <c r="N427" s="37"/>
       <c r="O427" s="37"/>
       <c r="P427" s="37"/>
       <c r="Q427" s="37"/>
       <c r="R427" s="37"/>
       <c r="S427" s="37"/>
       <c r="T427" s="37"/>
     </row>
     <row r="428" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A428" s="614"/>
-[...8 lines deleted...]
-      <c r="J428" s="616"/>
+      <c r="A428" s="389"/>
+      <c r="B428" s="390"/>
+      <c r="C428" s="390"/>
+      <c r="D428" s="390"/>
+      <c r="E428" s="390"/>
+      <c r="F428" s="390"/>
+      <c r="G428" s="390"/>
+      <c r="H428" s="390"/>
+      <c r="I428" s="390"/>
+      <c r="J428" s="391"/>
       <c r="K428" s="37"/>
       <c r="L428" s="37"/>
       <c r="M428" s="37"/>
       <c r="N428" s="37"/>
       <c r="O428" s="37"/>
       <c r="P428" s="37"/>
       <c r="Q428" s="37"/>
       <c r="R428" s="37"/>
       <c r="S428" s="37"/>
       <c r="T428" s="37"/>
     </row>
     <row r="429" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A429" s="53"/>
       <c r="B429" s="53"/>
       <c r="C429" s="53"/>
       <c r="D429" s="53"/>
       <c r="E429" s="53"/>
       <c r="F429" s="53"/>
       <c r="G429" s="53"/>
       <c r="H429" s="53"/>
       <c r="I429" s="53"/>
       <c r="J429" s="53"/>
       <c r="K429" s="37"/>
       <c r="L429" s="37"/>
       <c r="M429" s="37"/>
@@ -33505,211 +33505,211 @@
       <c r="C430" s="53"/>
       <c r="D430" s="53"/>
       <c r="E430" s="53"/>
       <c r="F430" s="53"/>
       <c r="G430" s="53"/>
       <c r="H430" s="53"/>
       <c r="I430" s="53"/>
       <c r="J430" s="53"/>
       <c r="K430" s="37"/>
       <c r="L430" s="37"/>
       <c r="M430" s="37"/>
       <c r="N430" s="37"/>
       <c r="O430" s="37"/>
       <c r="P430" s="37"/>
       <c r="Q430" s="37"/>
       <c r="R430" s="37"/>
       <c r="S430" s="37"/>
       <c r="T430" s="37"/>
     </row>
     <row r="431" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A431" s="42"/>
       <c r="B431" s="48"/>
       <c r="C431" s="48" t="s">
         <v>873</v>
       </c>
-      <c r="D431" s="424"/>
-[...4 lines deleted...]
-      <c r="I431" s="426"/>
+      <c r="D431" s="339"/>
+      <c r="E431" s="340"/>
+      <c r="F431" s="340"/>
+      <c r="G431" s="340"/>
+      <c r="H431" s="340"/>
+      <c r="I431" s="341"/>
       <c r="J431" s="42"/>
       <c r="K431" s="70"/>
       <c r="L431" s="70"/>
       <c r="M431" s="70"/>
-      <c r="N431" s="365"/>
-[...4 lines deleted...]
-      <c r="S431" s="367"/>
+      <c r="N431" s="345"/>
+      <c r="O431" s="346"/>
+      <c r="P431" s="346"/>
+      <c r="Q431" s="346"/>
+      <c r="R431" s="346"/>
+      <c r="S431" s="347"/>
       <c r="T431" s="70"/>
     </row>
     <row r="432" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A432" s="42"/>
       <c r="B432" s="48"/>
       <c r="C432" s="48" t="s">
         <v>874</v>
       </c>
-      <c r="D432" s="424"/>
-[...4 lines deleted...]
-      <c r="I432" s="426"/>
+      <c r="D432" s="339"/>
+      <c r="E432" s="340"/>
+      <c r="F432" s="340"/>
+      <c r="G432" s="340"/>
+      <c r="H432" s="340"/>
+      <c r="I432" s="341"/>
       <c r="J432" s="42"/>
       <c r="K432" s="70"/>
       <c r="L432" s="70"/>
       <c r="M432" s="70"/>
-      <c r="N432" s="373"/>
-[...4 lines deleted...]
-      <c r="S432" s="375"/>
+      <c r="N432" s="348"/>
+      <c r="O432" s="349"/>
+      <c r="P432" s="349"/>
+      <c r="Q432" s="349"/>
+      <c r="R432" s="349"/>
+      <c r="S432" s="350"/>
       <c r="T432" s="70"/>
     </row>
     <row r="433" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A433" s="42"/>
       <c r="B433" s="48"/>
       <c r="C433" s="48" t="s">
         <v>875</v>
       </c>
-      <c r="D433" s="330"/>
-[...4 lines deleted...]
-      <c r="I433" s="332"/>
+      <c r="D433" s="354"/>
+      <c r="E433" s="355"/>
+      <c r="F433" s="355"/>
+      <c r="G433" s="355"/>
+      <c r="H433" s="355"/>
+      <c r="I433" s="356"/>
       <c r="J433" s="42"/>
       <c r="K433" s="70"/>
       <c r="L433" s="193"/>
       <c r="M433" s="70"/>
-      <c r="N433" s="373"/>
-[...4 lines deleted...]
-      <c r="S433" s="375"/>
+      <c r="N433" s="348"/>
+      <c r="O433" s="349"/>
+      <c r="P433" s="349"/>
+      <c r="Q433" s="349"/>
+      <c r="R433" s="349"/>
+      <c r="S433" s="350"/>
       <c r="T433" s="70"/>
     </row>
     <row r="434" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A434" s="42"/>
       <c r="B434" s="48"/>
       <c r="C434" s="48" t="s">
         <v>876</v>
       </c>
-      <c r="D434" s="424"/>
-[...4 lines deleted...]
-      <c r="I434" s="426"/>
+      <c r="D434" s="339"/>
+      <c r="E434" s="340"/>
+      <c r="F434" s="340"/>
+      <c r="G434" s="340"/>
+      <c r="H434" s="340"/>
+      <c r="I434" s="341"/>
       <c r="J434" s="42"/>
       <c r="K434" s="70"/>
       <c r="L434" s="193"/>
       <c r="M434" s="70"/>
-      <c r="N434" s="373"/>
-[...4 lines deleted...]
-      <c r="S434" s="375"/>
+      <c r="N434" s="348"/>
+      <c r="O434" s="349"/>
+      <c r="P434" s="349"/>
+      <c r="Q434" s="349"/>
+      <c r="R434" s="349"/>
+      <c r="S434" s="350"/>
       <c r="T434" s="70"/>
     </row>
     <row r="435" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A435" s="42"/>
       <c r="B435" s="48"/>
       <c r="C435" s="48" t="s">
         <v>877</v>
       </c>
-      <c r="D435" s="424"/>
-[...4 lines deleted...]
-      <c r="I435" s="426"/>
+      <c r="D435" s="339"/>
+      <c r="E435" s="340"/>
+      <c r="F435" s="340"/>
+      <c r="G435" s="340"/>
+      <c r="H435" s="340"/>
+      <c r="I435" s="341"/>
       <c r="J435" s="42"/>
       <c r="K435" s="70"/>
       <c r="L435" s="70"/>
       <c r="M435" s="70"/>
-      <c r="N435" s="373"/>
-[...4 lines deleted...]
-      <c r="S435" s="375"/>
+      <c r="N435" s="348"/>
+      <c r="O435" s="349"/>
+      <c r="P435" s="349"/>
+      <c r="Q435" s="349"/>
+      <c r="R435" s="349"/>
+      <c r="S435" s="350"/>
       <c r="T435" s="70"/>
     </row>
     <row r="436" spans="1:20" s="192" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A436" s="42"/>
       <c r="B436" s="48"/>
       <c r="C436" s="48" t="s">
         <v>878</v>
       </c>
-      <c r="D436" s="442"/>
-[...4 lines deleted...]
-      <c r="I436" s="426"/>
+      <c r="D436" s="357"/>
+      <c r="E436" s="340"/>
+      <c r="F436" s="340"/>
+      <c r="G436" s="340"/>
+      <c r="H436" s="340"/>
+      <c r="I436" s="341"/>
       <c r="J436" s="42"/>
       <c r="K436" s="70"/>
       <c r="L436" s="70"/>
       <c r="M436" s="70"/>
-      <c r="N436" s="373"/>
-[...4 lines deleted...]
-      <c r="S436" s="375"/>
+      <c r="N436" s="348"/>
+      <c r="O436" s="349"/>
+      <c r="P436" s="349"/>
+      <c r="Q436" s="349"/>
+      <c r="R436" s="349"/>
+      <c r="S436" s="350"/>
       <c r="T436" s="70"/>
     </row>
     <row r="437" spans="1:20" s="192" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A437" s="42"/>
       <c r="B437" s="42"/>
       <c r="C437" s="42"/>
-      <c r="D437" s="592" t="str">
+      <c r="D437" s="358" t="str">
         <f>IF($D$436&lt;&gt;"",IF(OR(LEFT($D$436,1)=" ",RIGHT($D$436,1)=" "),"Please remove space at beginning or end of email address",IF(RIGHT($D$436,9)&lt;&gt;".ox.ac.uk","Please list Oxford email address","")),"")</f>
         <v/>
       </c>
-      <c r="E437" s="592"/>
-[...3 lines deleted...]
-      <c r="I437" s="592"/>
+      <c r="E437" s="358"/>
+      <c r="F437" s="358"/>
+      <c r="G437" s="358"/>
+      <c r="H437" s="358"/>
+      <c r="I437" s="358"/>
       <c r="J437" s="42"/>
       <c r="K437" s="70"/>
       <c r="L437" s="70"/>
       <c r="M437" s="70"/>
-      <c r="N437" s="368"/>
-[...4 lines deleted...]
-      <c r="S437" s="370"/>
+      <c r="N437" s="351"/>
+      <c r="O437" s="352"/>
+      <c r="P437" s="352"/>
+      <c r="Q437" s="352"/>
+      <c r="R437" s="352"/>
+      <c r="S437" s="353"/>
       <c r="T437" s="70"/>
     </row>
     <row r="438" spans="1:20" s="192" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A438" s="41" t="s">
         <v>696</v>
       </c>
       <c r="B438" s="42"/>
       <c r="C438" s="42"/>
       <c r="D438" s="42"/>
       <c r="E438" s="42"/>
       <c r="F438" s="42"/>
       <c r="G438" s="42"/>
       <c r="H438" s="42"/>
       <c r="I438" s="42"/>
       <c r="J438" s="42"/>
       <c r="K438" s="70"/>
       <c r="L438" s="70"/>
       <c r="M438" s="70"/>
       <c r="N438" s="70"/>
       <c r="O438" s="70"/>
       <c r="P438" s="70"/>
       <c r="Q438" s="70"/>
       <c r="R438" s="70"/>
       <c r="S438" s="70"/>
       <c r="T438" s="70"/>
@@ -33855,336 +33855,336 @@
     <row r="445" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A445" s="45" t="s">
         <v>698</v>
       </c>
       <c r="B445" s="42"/>
       <c r="C445" s="42"/>
       <c r="D445" s="42"/>
       <c r="E445" s="42"/>
       <c r="F445" s="42"/>
       <c r="G445" s="42"/>
       <c r="H445" s="43"/>
       <c r="I445" s="43"/>
       <c r="J445" s="46"/>
       <c r="K445" s="37"/>
       <c r="L445" s="37"/>
       <c r="M445" s="37"/>
       <c r="N445" s="37"/>
       <c r="O445" s="37"/>
       <c r="P445" s="37"/>
       <c r="Q445" s="37"/>
       <c r="R445" s="37"/>
       <c r="S445" s="37"/>
       <c r="T445" s="37"/>
     </row>
     <row r="446" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A446" s="354" t="s">
+      <c r="A446" s="312" t="s">
         <v>893</v>
       </c>
-      <c r="B446" s="354"/>
-[...2 lines deleted...]
-      <c r="E446" s="354"/>
+      <c r="B446" s="312"/>
+      <c r="C446" s="312"/>
+      <c r="D446" s="312"/>
+      <c r="E446" s="312"/>
       <c r="F446" s="42"/>
       <c r="G446" s="42"/>
       <c r="H446" s="46"/>
       <c r="I446" s="46"/>
       <c r="J446" s="46"/>
       <c r="K446" s="37"/>
       <c r="L446" s="37"/>
       <c r="M446" s="37"/>
       <c r="N446" s="37"/>
       <c r="O446" s="37"/>
       <c r="P446" s="37"/>
       <c r="Q446" s="37"/>
       <c r="R446" s="37"/>
       <c r="S446" s="37"/>
       <c r="T446" s="37"/>
     </row>
     <row r="447" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A447" s="207"/>
       <c r="B447" s="207"/>
       <c r="C447" s="207"/>
       <c r="D447" s="207"/>
       <c r="E447" s="207"/>
       <c r="F447" s="42"/>
       <c r="G447" s="42"/>
       <c r="H447" s="46"/>
       <c r="I447" s="42"/>
       <c r="J447" s="42"/>
       <c r="K447" s="37"/>
       <c r="L447" s="37"/>
       <c r="M447" s="37"/>
       <c r="N447" s="37"/>
       <c r="O447" s="37"/>
       <c r="P447" s="37"/>
       <c r="Q447" s="37"/>
       <c r="R447" s="37"/>
       <c r="S447" s="37"/>
       <c r="T447" s="37"/>
     </row>
     <row r="448" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A448" s="353" t="s">
-[...5 lines deleted...]
-      <c r="E448" s="420" t="s">
+      <c r="A448" s="308" t="s">
         <v>1035</v>
       </c>
-      <c r="F448" s="420"/>
-[...1 lines deleted...]
-      <c r="H448" s="420"/>
+      <c r="B448" s="309"/>
+      <c r="C448" s="309"/>
+      <c r="D448" s="309"/>
+      <c r="E448" s="571" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F448" s="571"/>
+      <c r="G448" s="571"/>
+      <c r="H448" s="571"/>
       <c r="I448" s="42"/>
       <c r="J448" s="42"/>
       <c r="K448" s="37"/>
       <c r="L448" s="37"/>
       <c r="M448" s="37"/>
       <c r="N448" s="37"/>
       <c r="O448" s="37"/>
       <c r="P448" s="37"/>
       <c r="Q448" s="37"/>
       <c r="R448" s="37"/>
       <c r="S448" s="37"/>
       <c r="T448" s="37"/>
     </row>
     <row r="449" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A449" s="353" t="s">
-[...10 lines deleted...]
-      <c r="H449" s="617"/>
+      <c r="A449" s="308" t="s">
+        <v>956</v>
+      </c>
+      <c r="B449" s="309"/>
+      <c r="C449" s="309"/>
+      <c r="D449" s="309"/>
+      <c r="E449" s="310" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F449" s="310"/>
+      <c r="G449" s="310"/>
+      <c r="H449" s="310"/>
       <c r="I449" s="42"/>
       <c r="J449" s="42"/>
       <c r="K449" s="37"/>
       <c r="L449" s="37"/>
       <c r="M449" s="37"/>
       <c r="N449" s="37"/>
       <c r="O449" s="37"/>
       <c r="P449" s="37"/>
       <c r="Q449" s="37"/>
       <c r="R449" s="37"/>
       <c r="S449" s="37"/>
       <c r="T449" s="37"/>
     </row>
     <row r="450" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A450" s="353" t="s">
-[...10 lines deleted...]
-      <c r="H450" s="354"/>
+      <c r="A450" s="308" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B450" s="308"/>
+      <c r="C450" s="308"/>
+      <c r="D450" s="308"/>
+      <c r="E450" s="312" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F450" s="312"/>
+      <c r="G450" s="312"/>
+      <c r="H450" s="312"/>
       <c r="I450" s="42"/>
       <c r="J450" s="42"/>
       <c r="K450" s="37"/>
       <c r="L450" s="37"/>
       <c r="M450" s="37"/>
       <c r="N450" s="37"/>
       <c r="O450" s="37"/>
       <c r="P450" s="37"/>
       <c r="Q450" s="37"/>
       <c r="R450" s="37"/>
       <c r="S450" s="37"/>
       <c r="T450" s="37"/>
     </row>
     <row r="451" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A451" s="209" t="s">
         <v>898</v>
       </c>
       <c r="B451" s="42"/>
       <c r="C451" s="42"/>
       <c r="D451" s="42"/>
       <c r="E451" s="42"/>
       <c r="F451" s="42"/>
       <c r="G451" s="42"/>
       <c r="H451" s="42"/>
       <c r="I451" s="42"/>
       <c r="J451" s="42"/>
       <c r="K451" s="37"/>
       <c r="L451" s="37"/>
       <c r="M451" s="37"/>
       <c r="N451" s="37"/>
       <c r="O451" s="37"/>
       <c r="P451" s="37"/>
       <c r="Q451" s="37"/>
       <c r="R451" s="37"/>
       <c r="S451" s="37"/>
       <c r="T451" s="37"/>
     </row>
     <row r="452" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A452" s="353" t="s">
+      <c r="A452" s="308" t="s">
+        <v>951</v>
+      </c>
+      <c r="B452" s="309"/>
+      <c r="C452" s="309"/>
+      <c r="D452" s="309"/>
+      <c r="E452" s="572" t="s">
         <v>953</v>
       </c>
-      <c r="B452" s="434"/>
-[...7 lines deleted...]
-      <c r="H452" s="423"/>
+      <c r="F452" s="573"/>
+      <c r="G452" s="573"/>
+      <c r="H452" s="573"/>
       <c r="I452" s="42"/>
       <c r="J452" s="42"/>
       <c r="K452" s="37"/>
       <c r="L452" s="37"/>
       <c r="M452" s="37"/>
       <c r="N452" s="37"/>
       <c r="O452" s="37"/>
       <c r="P452" s="37"/>
       <c r="Q452" s="37"/>
       <c r="R452" s="37"/>
       <c r="S452" s="37"/>
       <c r="T452" s="37"/>
     </row>
     <row r="453" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A453" s="353" t="s">
+      <c r="A453" s="308" t="s">
+        <v>952</v>
+      </c>
+      <c r="B453" s="309"/>
+      <c r="C453" s="309"/>
+      <c r="D453" s="309"/>
+      <c r="E453" s="572" t="s">
         <v>954</v>
       </c>
-      <c r="B453" s="434"/>
-[...7 lines deleted...]
-      <c r="H453" s="423"/>
+      <c r="F453" s="573"/>
+      <c r="G453" s="573"/>
+      <c r="H453" s="573"/>
       <c r="I453" s="286"/>
       <c r="J453" s="286"/>
       <c r="K453" s="37"/>
       <c r="L453" s="37"/>
       <c r="M453" s="37"/>
       <c r="N453" s="37"/>
       <c r="O453" s="37"/>
       <c r="P453" s="37"/>
       <c r="Q453" s="37"/>
       <c r="R453" s="37"/>
       <c r="S453" s="37"/>
       <c r="T453" s="37"/>
     </row>
     <row r="454" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A454" s="353" t="s">
-[...10 lines deleted...]
-      <c r="H454" s="354"/>
+      <c r="A454" s="308" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B454" s="308"/>
+      <c r="C454" s="308"/>
+      <c r="D454" s="308"/>
+      <c r="E454" s="312" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F454" s="312"/>
+      <c r="G454" s="312"/>
+      <c r="H454" s="312"/>
       <c r="I454" s="287"/>
       <c r="J454" s="287"/>
       <c r="K454" s="37"/>
       <c r="L454" s="37"/>
       <c r="M454" s="37"/>
       <c r="N454" s="37"/>
       <c r="O454" s="37"/>
       <c r="P454" s="37"/>
       <c r="Q454" s="37"/>
       <c r="R454" s="37"/>
       <c r="S454" s="37"/>
       <c r="T454" s="37"/>
     </row>
     <row r="455" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A455" s="241" t="s">
         <v>899</v>
       </c>
       <c r="B455" s="42"/>
       <c r="C455" s="42"/>
       <c r="D455" s="287"/>
       <c r="E455" s="287"/>
       <c r="F455" s="287"/>
       <c r="G455" s="287"/>
       <c r="H455" s="287"/>
       <c r="I455" s="287"/>
       <c r="J455" s="287"/>
       <c r="K455" s="37"/>
       <c r="L455" s="37"/>
       <c r="M455" s="37"/>
       <c r="N455" s="37"/>
       <c r="O455" s="37"/>
       <c r="P455" s="37"/>
       <c r="Q455" s="37"/>
       <c r="R455" s="37"/>
       <c r="S455" s="37"/>
       <c r="T455" s="37"/>
     </row>
     <row r="456" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A456" s="287"/>
       <c r="B456" s="287"/>
       <c r="C456" s="287"/>
       <c r="D456" s="287"/>
       <c r="E456" s="287"/>
       <c r="F456" s="287"/>
       <c r="G456" s="287"/>
       <c r="H456" s="287"/>
       <c r="I456" s="42"/>
       <c r="J456" s="48" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="K456" s="37"/>
       <c r="L456" s="37"/>
       <c r="M456" s="37"/>
       <c r="N456" s="37"/>
       <c r="O456" s="37"/>
       <c r="P456" s="37"/>
       <c r="Q456" s="37"/>
       <c r="R456" s="37"/>
       <c r="S456" s="37"/>
       <c r="T456" s="37"/>
     </row>
     <row r="457" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A457" s="287"/>
       <c r="B457" s="287"/>
       <c r="C457" s="287"/>
       <c r="D457" s="287"/>
       <c r="E457" s="287"/>
       <c r="F457" s="287"/>
       <c r="G457" s="287"/>
       <c r="H457" s="287"/>
-      <c r="I457" s="419">
-[...2 lines deleted...]
-      <c r="J457" s="419"/>
+      <c r="I457" s="570">
+        <v>46031</v>
+      </c>
+      <c r="J457" s="570"/>
       <c r="K457" s="37"/>
       <c r="L457" s="37"/>
       <c r="M457" s="37"/>
       <c r="N457" s="37"/>
       <c r="O457" s="37"/>
       <c r="P457" s="37"/>
       <c r="Q457" s="37"/>
       <c r="R457" s="37"/>
       <c r="S457" s="37"/>
       <c r="T457" s="37"/>
     </row>
     <row r="458" spans="1:20" hidden="1" x14ac:dyDescent="0.25">
       <c r="A458" s="53"/>
       <c r="B458" s="53"/>
       <c r="C458" s="53"/>
       <c r="D458" s="53"/>
       <c r="E458" s="53"/>
       <c r="F458" s="53"/>
       <c r="G458" s="53"/>
       <c r="H458" s="53"/>
       <c r="I458" s="53"/>
       <c r="J458" s="53"/>
       <c r="K458" s="37"/>
       <c r="L458" s="37"/>
       <c r="M458" s="37"/>
@@ -34571,327 +34571,327 @@
       <c r="T475" s="37"/>
     </row>
     <row r="476" spans="1:20" hidden="1" x14ac:dyDescent="0.25">
       <c r="A476" s="53"/>
       <c r="B476" s="53"/>
       <c r="C476" s="53"/>
       <c r="D476" s="53"/>
       <c r="E476" s="53"/>
       <c r="F476" s="53"/>
       <c r="G476" s="53"/>
       <c r="H476" s="53"/>
       <c r="I476" s="53"/>
       <c r="J476" s="53"/>
       <c r="K476" s="49"/>
       <c r="L476" s="49"/>
       <c r="M476" s="49"/>
       <c r="N476" s="49"/>
       <c r="O476" s="49"/>
       <c r="P476" s="49"/>
       <c r="Q476" s="49"/>
       <c r="R476" s="49"/>
       <c r="S476" s="49"/>
       <c r="T476" s="49"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="duCh7ka/bDTBQp6LHvfydB9cEW0jTXlgl/7U+K/a6Pmfjg5upA4u3IGZoZxn+i38VBMezpvZwyBCnDl7sRXdXg==" saltValue="Zt3V3ZH5Ik26jrR63KUAuw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="2urr1ur8TsSo6Kj7UAx72bLSe5W9gWuFcrLzu66RkHkPwSZGMQlxMU/zltbRQNhxlbfAks2KI/jn47iiZ64J8A==" saltValue="l5477Ff6QdnO9cLaaQ5FQA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="aRjr4NDBGymWz689kfHj8EKCHiZKoi8vl+qLNjZ3yOuaj+4NFGbN4fsUNkfVWj02qd/hVFqWIZxFV12SGAgJSg==" saltValue="0SvFl88t/+FZ5FIHyWHqbQ==" spinCount="100000" sqref="N23:S439" name="SIT boxes and comments" securityDescriptor="O:WDG:WDD:(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-14779)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-21730)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38373)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38374)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-39544)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-44782)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-50719)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-6263)"/>
   </protectedRanges>
   <mergeCells count="272">
+    <mergeCell ref="A21:J21"/>
+    <mergeCell ref="A35:J35"/>
+    <mergeCell ref="A56:J56"/>
+    <mergeCell ref="A153:J153"/>
+    <mergeCell ref="A159:J159"/>
+    <mergeCell ref="A277:J277"/>
+    <mergeCell ref="A293:J293"/>
+    <mergeCell ref="A326:J326"/>
+    <mergeCell ref="A347:J347"/>
+    <mergeCell ref="A188:J188"/>
+    <mergeCell ref="A171:J171"/>
+    <mergeCell ref="A172:H173"/>
+    <mergeCell ref="J172:J173"/>
+    <mergeCell ref="A160:J163"/>
+    <mergeCell ref="A164:J166"/>
+    <mergeCell ref="A167:J170"/>
+    <mergeCell ref="E79:J79"/>
+    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="D157:J157"/>
+    <mergeCell ref="F174:H174"/>
+    <mergeCell ref="A198:I199"/>
+    <mergeCell ref="J197:J199"/>
+    <mergeCell ref="N101:S107"/>
+    <mergeCell ref="A101:I104"/>
+    <mergeCell ref="J101:J102"/>
+    <mergeCell ref="A105:I108"/>
+    <mergeCell ref="J106:J107"/>
+    <mergeCell ref="A450:D450"/>
+    <mergeCell ref="A454:D454"/>
+    <mergeCell ref="E450:H450"/>
+    <mergeCell ref="E454:H454"/>
+    <mergeCell ref="A192:I195"/>
+    <mergeCell ref="E210:J210"/>
+    <mergeCell ref="E211:J211"/>
+    <mergeCell ref="E212:J212"/>
+    <mergeCell ref="E213:J213"/>
+    <mergeCell ref="E214:J214"/>
+    <mergeCell ref="N192:S193"/>
+    <mergeCell ref="J193:J194"/>
+    <mergeCell ref="A197:I197"/>
+    <mergeCell ref="N197:S199"/>
+    <mergeCell ref="F207:J207"/>
+    <mergeCell ref="E209:J209"/>
+    <mergeCell ref="N201:S205"/>
+    <mergeCell ref="A203:J206"/>
+    <mergeCell ref="N174:S185"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="F8:J8"/>
+    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="F11:J11"/>
+    <mergeCell ref="A100:J100"/>
+    <mergeCell ref="A328:J330"/>
+    <mergeCell ref="N66:S68"/>
+    <mergeCell ref="F177:H177"/>
+    <mergeCell ref="A123:J123"/>
+    <mergeCell ref="A109:J109"/>
+    <mergeCell ref="F155:I155"/>
+    <mergeCell ref="N155:S155"/>
+    <mergeCell ref="A110:J110"/>
+    <mergeCell ref="E91:J91"/>
+    <mergeCell ref="N91:S95"/>
+    <mergeCell ref="E92:J92"/>
+    <mergeCell ref="E93:J93"/>
+    <mergeCell ref="N112:S125"/>
+    <mergeCell ref="A128:J128"/>
+    <mergeCell ref="A142:H143"/>
+    <mergeCell ref="N98:S98"/>
+    <mergeCell ref="N74:S75"/>
+    <mergeCell ref="E77:J77"/>
+    <mergeCell ref="N77:S84"/>
+    <mergeCell ref="N88:S88"/>
+    <mergeCell ref="N70:S72"/>
+    <mergeCell ref="N209:S214"/>
+    <mergeCell ref="F7:J7"/>
+    <mergeCell ref="I457:J457"/>
+    <mergeCell ref="E448:H448"/>
+    <mergeCell ref="A81:J81"/>
+    <mergeCell ref="E452:H452"/>
+    <mergeCell ref="A88:D88"/>
+    <mergeCell ref="E88:J88"/>
+    <mergeCell ref="D408:J408"/>
+    <mergeCell ref="A84:D84"/>
+    <mergeCell ref="E84:J84"/>
+    <mergeCell ref="A86:J86"/>
+    <mergeCell ref="B380:I385"/>
+    <mergeCell ref="B387:I392"/>
+    <mergeCell ref="B394:I400"/>
+    <mergeCell ref="B356:I360"/>
+    <mergeCell ref="B361:I361"/>
+    <mergeCell ref="A191:J191"/>
+    <mergeCell ref="A27:J28"/>
+    <mergeCell ref="E453:H453"/>
+    <mergeCell ref="E80:J80"/>
+    <mergeCell ref="E63:J63"/>
+    <mergeCell ref="A453:D453"/>
+    <mergeCell ref="A30:I31"/>
+    <mergeCell ref="A74:C74"/>
+    <mergeCell ref="D74:E74"/>
+    <mergeCell ref="E96:J96"/>
+    <mergeCell ref="E98:J98"/>
+    <mergeCell ref="E99:J99"/>
+    <mergeCell ref="F156:I156"/>
+    <mergeCell ref="E66:J66"/>
+    <mergeCell ref="E67:J67"/>
+    <mergeCell ref="E68:J68"/>
+    <mergeCell ref="B69:I69"/>
+    <mergeCell ref="A144:J144"/>
+    <mergeCell ref="A150:J150"/>
+    <mergeCell ref="E64:J64"/>
+    <mergeCell ref="E71:J71"/>
+    <mergeCell ref="E72:J72"/>
+    <mergeCell ref="A73:J73"/>
+    <mergeCell ref="E95:J95"/>
+    <mergeCell ref="E97:J97"/>
+    <mergeCell ref="C75:F75"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="E175:I175"/>
+    <mergeCell ref="A176:J176"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J4"/>
+    <mergeCell ref="N30:S33"/>
+    <mergeCell ref="A36:J37"/>
+    <mergeCell ref="A38:J40"/>
+    <mergeCell ref="N42:S54"/>
+    <mergeCell ref="B47:I49"/>
+    <mergeCell ref="B52:I54"/>
+    <mergeCell ref="E65:J65"/>
+    <mergeCell ref="A58:J59"/>
+    <mergeCell ref="A61:G61"/>
+    <mergeCell ref="I61:J61"/>
+    <mergeCell ref="N61:S64"/>
+    <mergeCell ref="A62:D62"/>
+    <mergeCell ref="E62:J62"/>
+    <mergeCell ref="A63:D63"/>
+    <mergeCell ref="L2:S2"/>
+    <mergeCell ref="S5:T5"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="F10:J10"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="A14:J16"/>
+    <mergeCell ref="A18:J19"/>
+    <mergeCell ref="N23:S28"/>
+    <mergeCell ref="N129:S143"/>
+    <mergeCell ref="N145:S151"/>
+    <mergeCell ref="A129:J133"/>
+    <mergeCell ref="A135:J138"/>
+    <mergeCell ref="A140:J140"/>
+    <mergeCell ref="A141:H141"/>
+    <mergeCell ref="A151:D151"/>
+    <mergeCell ref="E151:J151"/>
+    <mergeCell ref="A145:F147"/>
+    <mergeCell ref="G145:J145"/>
+    <mergeCell ref="G146:J146"/>
+    <mergeCell ref="G147:J147"/>
+    <mergeCell ref="A148:F148"/>
+    <mergeCell ref="G148:I148"/>
+    <mergeCell ref="I142:J143"/>
+    <mergeCell ref="N224:S229"/>
+    <mergeCell ref="E225:J225"/>
+    <mergeCell ref="E226:J226"/>
+    <mergeCell ref="E227:J227"/>
+    <mergeCell ref="E228:J228"/>
+    <mergeCell ref="E229:J229"/>
+    <mergeCell ref="E217:J217"/>
+    <mergeCell ref="N217:S222"/>
+    <mergeCell ref="E218:J218"/>
+    <mergeCell ref="E219:J219"/>
+    <mergeCell ref="E220:J220"/>
+    <mergeCell ref="E221:J221"/>
+    <mergeCell ref="E222:J222"/>
+    <mergeCell ref="N265:S275"/>
+    <mergeCell ref="F267:J267"/>
+    <mergeCell ref="D268:J270"/>
+    <mergeCell ref="A272:C275"/>
+    <mergeCell ref="D272:J275"/>
+    <mergeCell ref="F290:J290"/>
+    <mergeCell ref="A232:J239"/>
+    <mergeCell ref="N232:S238"/>
+    <mergeCell ref="B241:J241"/>
+    <mergeCell ref="N241:S242"/>
+    <mergeCell ref="A243:J244"/>
+    <mergeCell ref="A245:J257"/>
+    <mergeCell ref="N245:S260"/>
+    <mergeCell ref="A259:J262"/>
+    <mergeCell ref="F265:H265"/>
+    <mergeCell ref="A279:E279"/>
+    <mergeCell ref="F279:J284"/>
+    <mergeCell ref="N309:S324"/>
+    <mergeCell ref="A312:J313"/>
+    <mergeCell ref="A314:J320"/>
+    <mergeCell ref="A321:J324"/>
+    <mergeCell ref="A286:E287"/>
+    <mergeCell ref="F286:J287"/>
+    <mergeCell ref="A288:E288"/>
+    <mergeCell ref="F288:J289"/>
+    <mergeCell ref="A290:E290"/>
+    <mergeCell ref="A291:E291"/>
+    <mergeCell ref="F291:J291"/>
+    <mergeCell ref="N294:S305"/>
+    <mergeCell ref="A301:H301"/>
+    <mergeCell ref="B302:I303"/>
+    <mergeCell ref="A304:J307"/>
+    <mergeCell ref="N279:S291"/>
+    <mergeCell ref="A280:E282"/>
+    <mergeCell ref="A283:E284"/>
+    <mergeCell ref="A295:I296"/>
+    <mergeCell ref="A297:I298"/>
+    <mergeCell ref="A299:I300"/>
+    <mergeCell ref="A309:I311"/>
+    <mergeCell ref="N349:S374"/>
+    <mergeCell ref="B350:I350"/>
+    <mergeCell ref="B351:I351"/>
+    <mergeCell ref="B353:I353"/>
+    <mergeCell ref="B354:I354"/>
+    <mergeCell ref="A334:J336"/>
+    <mergeCell ref="B368:I368"/>
+    <mergeCell ref="N412:S414"/>
+    <mergeCell ref="A414:J415"/>
+    <mergeCell ref="B377:I378"/>
+    <mergeCell ref="N377:S400"/>
+    <mergeCell ref="B402:I404"/>
+    <mergeCell ref="B370:I373"/>
+    <mergeCell ref="B374:I374"/>
+    <mergeCell ref="B338:H338"/>
+    <mergeCell ref="A340:I341"/>
+    <mergeCell ref="A342:I343"/>
+    <mergeCell ref="A344:I345"/>
+    <mergeCell ref="B364:I367"/>
+    <mergeCell ref="A410:J410"/>
+    <mergeCell ref="A406:J406"/>
+    <mergeCell ref="N431:S437"/>
+    <mergeCell ref="D432:I432"/>
+    <mergeCell ref="D433:I433"/>
+    <mergeCell ref="D434:I434"/>
+    <mergeCell ref="D435:I435"/>
+    <mergeCell ref="D436:I436"/>
+    <mergeCell ref="D437:I437"/>
+    <mergeCell ref="B418:C418"/>
+    <mergeCell ref="D418:E418"/>
+    <mergeCell ref="B419:C419"/>
+    <mergeCell ref="D419:E419"/>
+    <mergeCell ref="G419:H419"/>
+    <mergeCell ref="B420:C420"/>
+    <mergeCell ref="G420:H420"/>
+    <mergeCell ref="N416:S420"/>
+    <mergeCell ref="A423:J425"/>
+    <mergeCell ref="A426:J428"/>
+    <mergeCell ref="D431:I431"/>
     <mergeCell ref="A448:D448"/>
     <mergeCell ref="A449:D449"/>
     <mergeCell ref="E449:H449"/>
     <mergeCell ref="A452:D452"/>
     <mergeCell ref="A9:J9"/>
     <mergeCell ref="A12:J12"/>
     <mergeCell ref="B332:H332"/>
     <mergeCell ref="A412:J413"/>
     <mergeCell ref="J309:J311"/>
     <mergeCell ref="E224:J224"/>
     <mergeCell ref="A186:J187"/>
     <mergeCell ref="E94:J94"/>
     <mergeCell ref="A89:J89"/>
     <mergeCell ref="A90:J90"/>
     <mergeCell ref="A111:J117"/>
     <mergeCell ref="A124:J124"/>
     <mergeCell ref="A125:I126"/>
     <mergeCell ref="J125:J126"/>
     <mergeCell ref="B118:E118"/>
     <mergeCell ref="A119:J121"/>
     <mergeCell ref="A83:D83"/>
     <mergeCell ref="E83:J83"/>
     <mergeCell ref="A446:E446"/>
     <mergeCell ref="A32:I33"/>
-    <mergeCell ref="N431:S437"/>
-[...246 lines deleted...]
-    <mergeCell ref="J197:J199"/>
   </mergeCells>
   <conditionalFormatting sqref="J31">
     <cfRule type="iconSet" priority="59">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J33">
     <cfRule type="iconSet" priority="58">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24:I25">
     <cfRule type="iconSet" priority="57">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
@@ -35248,2054 +35248,2055 @@
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry error!" error="Please enter number of children, if none enter No in the field above and leave this field blank" sqref="J106:J107" xr:uid="{064AA2B9-EF3E-4D54-A2E2-65D364941D4B}">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="I172" xr:uid="{42C8E13E-C485-48F2-AB01-7DB578C5F936}">
       <formula1>"'- select -,1,2"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B118" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="F207" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
     <hyperlink ref="F267" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
     <hyperlink ref="A446" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
     <hyperlink ref="B332" r:id="rId5" display="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
     <hyperlink ref="B338" r:id="rId6" xr:uid="{00000000-0004-0000-0200-000006000000}"/>
     <hyperlink ref="B332:H332" r:id="rId7" display="https://staffimmigration.admin.ox.ac.uk/during-tier-5-sponsorship" xr:uid="{00000000-0004-0000-0200-000008000000}"/>
     <hyperlink ref="A141" r:id="rId8" xr:uid="{00000000-0004-0000-0200-000009000000}"/>
     <hyperlink ref="E151:J151" r:id="rId9" display="https://staffimmigration.admin.ox.ac.uk/atas-researchers" xr:uid="{00000000-0004-0000-0200-00000A000000}"/>
     <hyperlink ref="G148:I148" r:id="rId10" display="(based on our Template) ?" xr:uid="{00000000-0004-0000-0200-00000B000000}"/>
     <hyperlink ref="E448" r:id="rId11" display="angelina.pelova@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
     <hyperlink ref="E449" r:id="rId12" display="jennifer.brewer@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
     <hyperlink ref="E452" r:id="rId13" xr:uid="{00000000-0004-0000-0200-00000E000000}"/>
     <hyperlink ref="E453" r:id="rId14" xr:uid="{00000000-0004-0000-0200-00000F000000}"/>
     <hyperlink ref="E449:H449" r:id="rId15" display="paul.deeble@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-000010000000}"/>
-    <hyperlink ref="E450" r:id="rId16" xr:uid="{B6BEDF92-44C9-468B-B463-72E6A8D6214D}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E454" r:id="rId18" xr:uid="{8F9586DB-27E2-4139-806C-C74A00E4C3BA}"/>
+    <hyperlink ref="E450" r:id="rId16" display="sufia.nadeem@admin.ox.ac.uk" xr:uid="{B6BEDF92-44C9-468B-B463-72E6A8D6214D}"/>
+    <hyperlink ref="E450:H450" r:id="rId17" display="kara.updale@admin.ox.ac.uk" xr:uid="{BD7B0E25-BF16-4614-B5C0-D2D6CD3B1354}"/>
+    <hyperlink ref="E454" r:id="rId18" display="kara.updale@admin.ox.ac.uk" xr:uid="{8F9586DB-27E2-4139-806C-C74A00E4C3BA}"/>
     <hyperlink ref="E448:H448" r:id="rId19" display="angelina.escott@admin.ox.ac.uk" xr:uid="{1EA2ABFB-57F8-4ABD-85DE-9190C0A6C2B7}"/>
+    <hyperlink ref="E454:H454" r:id="rId20" display="sufia.nadeem@admin.ox.ac.uk" xr:uid="{89A67F49-4EDC-404C-AC28-BF7FF14BD6A5}"/>
   </hyperlinks>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.23622047244094491" bottom="0.62992125984251968" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="87" fitToWidth="2" fitToHeight="8" orientation="portrait" blackAndWhite="1" r:id="rId20"/>
+  <pageSetup paperSize="9" scale="87" fitToWidth="2" fitToHeight="8" orientation="portrait" blackAndWhite="1" r:id="rId21"/>
   <headerFooter>
-    <oddFooter>&amp;LUpdated November 2025&amp;RPage &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;LUpdated January 2026&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="8" manualBreakCount="8">
     <brk id="55" max="19" man="1"/>
     <brk id="108" max="19" man="1"/>
     <brk id="158" max="19" man="1"/>
     <brk id="215" max="19" man="1"/>
     <brk id="276" max="19" man="1"/>
     <brk id="325" max="19" man="1"/>
     <brk id="375" max="19" man="1"/>
     <brk id="422" max="19" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="10" max="456" man="1"/>
   </colBreaks>
   <ignoredErrors>
     <ignoredError sqref="F419:G419" numberStoredAsText="1"/>
   </ignoredErrors>
-  <drawing r:id="rId21"/>
-  <legacyDrawing r:id="rId22"/>
+  <drawing r:id="rId22"/>
+  <legacyDrawing r:id="rId23"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1131" r:id="rId23" name="OptionButton6">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$12" r:id="rId24">
+        <control shapeId="1028" r:id="rId24" name="OptionButton1">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$5" r:id="rId25">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>142875</xdr:colOff>
+                <xdr:row>22</xdr:row>
+                <xdr:rowOff>161925</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>400050</xdr:colOff>
+                <xdr:row>24</xdr:row>
+                <xdr:rowOff>19050</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1028" r:id="rId24" name="OptionButton1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1029" r:id="rId26" name="OptionButton2">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$6" r:id="rId27">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>142875</xdr:colOff>
+                <xdr:row>24</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>409575</xdr:colOff>
+                <xdr:row>25</xdr:row>
+                <xdr:rowOff>76200</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1029" r:id="rId26" name="OptionButton2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1032" r:id="rId28" name="OptionButton4">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$13" r:id="rId29">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>228600</xdr:colOff>
+                <xdr:row>42</xdr:row>
+                <xdr:rowOff>19050</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>466725</xdr:colOff>
+                <xdr:row>43</xdr:row>
+                <xdr:rowOff>171450</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1032" r:id="rId28" name="OptionButton4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1033" r:id="rId30" name="OptionButton5">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$14" r:id="rId31">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>200025</xdr:colOff>
+                <xdr:row>43</xdr:row>
+                <xdr:rowOff>152400</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>504825</xdr:colOff>
+                <xdr:row>46</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1033" r:id="rId30" name="OptionButton5"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1034" r:id="rId32" name="OptionButton3">
+          <controlPr defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$B$15" r:id="rId33">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>171450</xdr:colOff>
+                <xdr:row>48</xdr:row>
+                <xdr:rowOff>180975</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>466725</xdr:colOff>
+                <xdr:row>51</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1034" r:id="rId32" name="OptionButton3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1048" r:id="rId34" name="ComboBox1">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$25" listFillRange="Dropdowns!$B$3:$B$259" r:id="rId35">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>67</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>68</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1048" r:id="rId34" name="ComboBox1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1049" r:id="rId36" name="ComboBox2">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$23" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId37">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>657225</xdr:colOff>
+                <xdr:row>64</xdr:row>
+                <xdr:rowOff>190500</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>447675</xdr:colOff>
+                <xdr:row>66</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1049" r:id="rId36" name="ComboBox2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1050" r:id="rId38" name="ComboBox3">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$27" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId39">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>657225</xdr:colOff>
+                <xdr:row>69</xdr:row>
+                <xdr:rowOff>190500</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>447675</xdr:colOff>
+                <xdr:row>70</xdr:row>
+                <xdr:rowOff>190500</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1050" r:id="rId38" name="ComboBox3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1051" r:id="rId40" name="ComboBox4">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$28" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId41">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>657225</xdr:colOff>
+                <xdr:row>71</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>438150</xdr:colOff>
+                <xdr:row>72</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1051" r:id="rId40" name="ComboBox4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1061" r:id="rId42" name="ComboBox5">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$35" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId43">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>83</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>447675</xdr:colOff>
+                <xdr:row>84</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1061" r:id="rId42" name="ComboBox5"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1065" r:id="rId44" name="ComboBox6">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$36" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId45">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>86</xdr:row>
+                <xdr:rowOff>180975</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>438150</xdr:colOff>
+                <xdr:row>88</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1065" r:id="rId44" name="ComboBox6"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1131" r:id="rId46" name="OptionButton6">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$12" r:id="rId47">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>40</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>285750</xdr:colOff>
                 <xdr:row>42</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1131" r:id="rId23" name="OptionButton6"/>
+        <control shapeId="1131" r:id="rId46" name="OptionButton6"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1065" r:id="rId25" name="ComboBox6">
-[...274 lines deleted...]
-        <control shapeId="1025" r:id="rId47" name="Check Box 1">
+        <control shapeId="1025" r:id="rId48" name="Check Box 1">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>29</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>30</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1026" r:id="rId48" name="Check Box 2">
+        <control shapeId="1026" r:id="rId49" name="Check Box 2">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>31</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>714375</xdr:colOff>
                 <xdr:row>32</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1027" r:id="rId49" name="Group Box 3">
+        <control shapeId="1027" r:id="rId50" name="Group Box 3">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="OUT- or IN- Country application">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>609600</xdr:colOff>
                 <xdr:row>22</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>25</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1030" r:id="rId50" name="Group Box 6">
+        <control shapeId="1030" r:id="rId51" name="Group Box 6">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="Maintenance_requirement">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>40</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>676275</xdr:colOff>
                 <xdr:row>54</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1031" r:id="rId51" name="Check Box 7">
+        <control shapeId="1031" r:id="rId52" name="Check Box 7">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>41</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>41</xdr:row>
                 <xdr:rowOff>257175</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1035" r:id="rId52" name="Check Box 11">
+        <control shapeId="1035" r:id="rId53" name="Check Box 11">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>59</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>60</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1036" r:id="rId53" name="Check Box 12">
+        <control shapeId="1036" r:id="rId54" name="Check Box 12">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>60</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>62</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1037" r:id="rId54" name="Check Box 13">
+        <control shapeId="1037" r:id="rId55" name="Check Box 13">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>61</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>63</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1038" r:id="rId55" name="Check Box 14">
+        <control shapeId="1038" r:id="rId56" name="Check Box 14">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>62</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>64</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1039" r:id="rId56" name="Check Box 15">
+        <control shapeId="1039" r:id="rId57" name="Check Box 15">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>64</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>66</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1040" r:id="rId57" name="Check Box 16">
+        <control shapeId="1040" r:id="rId58" name="Check Box 16">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>65</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>67</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1041" r:id="rId58" name="Check Box 17">
+        <control shapeId="1041" r:id="rId59" name="Check Box 17">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>66</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>68</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1042" r:id="rId59" name="Check Box 18">
+        <control shapeId="1042" r:id="rId60" name="Check Box 18">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>68</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1043" r:id="rId60" name="Check Box 19">
+        <control shapeId="1043" r:id="rId61" name="Check Box 19">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>69</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>71</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1044" r:id="rId61" name="Check Box 20">
+        <control shapeId="1044" r:id="rId62" name="Check Box 20">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>72</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1054" r:id="rId62" name="Check Box 30">
+        <control shapeId="1054" r:id="rId63" name="Check Box 30">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>73</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>74</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1055" r:id="rId63" name="Check Box 31">
+        <control shapeId="1055" r:id="rId64" name="Check Box 31">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>73</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>74</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1056" r:id="rId64" name="Check Box 32">
+        <control shapeId="1056" r:id="rId65" name="Check Box 32">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>75</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>77</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1057" r:id="rId65" name="Check Box 33">
+        <control shapeId="1057" r:id="rId66" name="Check Box 33">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>77</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>78</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1058" r:id="rId66" name="Check Box 34">
+        <control shapeId="1058" r:id="rId67" name="Check Box 34">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>78</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>79</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1059" r:id="rId67" name="Check Box 35">
+        <control shapeId="1059" r:id="rId68" name="Check Box 35">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>81</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>82</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1060" r:id="rId68" name="Check Box 36">
+        <control shapeId="1060" r:id="rId69" name="Check Box 36">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>82</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>84</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1062" r:id="rId69" name="Check Box 38">
+        <control shapeId="1062" r:id="rId70" name="Check Box 38">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>86</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>88</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1063" r:id="rId70" name="Check Box 39">
+        <control shapeId="1063" r:id="rId71" name="Check Box 39">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>89</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>91</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1064" r:id="rId71" name="Check Box 40">
+        <control shapeId="1064" r:id="rId72" name="Check Box 40">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>96</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>98</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1067" r:id="rId72" name="Check Box 43">
+        <control shapeId="1067" r:id="rId73" name="Check Box 43">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>124</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>125</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1070" r:id="rId73" name="Check Box 46">
+        <control shapeId="1070" r:id="rId74" name="Check Box 46">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>153</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>323850</xdr:colOff>
                 <xdr:row>154</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1071" r:id="rId74" name="Check Box 47">
+        <control shapeId="1071" r:id="rId75" name="Check Box 47">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>170</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>171</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1072" r:id="rId75" name="Check Box 48">
+        <control shapeId="1072" r:id="rId76" name="Check Box 48">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>175</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>177</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1073" r:id="rId76" name="Check Box 49">
+        <control shapeId="1073" r:id="rId77" name="Check Box 49">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>190</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>47625</xdr:colOff>
                 <xdr:row>192</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1074" r:id="rId77" name="Check Box 50">
+        <control shapeId="1074" r:id="rId78" name="Check Box 50">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>190</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>438150</xdr:colOff>
                 <xdr:row>192</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1075" r:id="rId78" name="Check Box 51">
+        <control shapeId="1075" r:id="rId79" name="Check Box 51">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>196</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>197</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1078" r:id="rId79" name="Check Box 54">
+        <control shapeId="1078" r:id="rId80" name="Check Box 54">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>200</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>201</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1079" r:id="rId80" name="Check Box 55">
+        <control shapeId="1079" r:id="rId81" name="Check Box 55">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>207</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>208</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1080" r:id="rId81" name="Check Box 56">
+        <control shapeId="1080" r:id="rId82" name="Check Box 56">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>215</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>216</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1081" r:id="rId82" name="Check Box 57">
+        <control shapeId="1081" r:id="rId83" name="Check Box 57">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>222</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>224</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1082" r:id="rId83" name="Check Box 58">
+        <control shapeId="1082" r:id="rId84" name="Check Box 58">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Further add. work locations">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>230</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>231</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1083" r:id="rId84" name="Check Box 59">
+        <control shapeId="1083" r:id="rId85" name="Check Box 59">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>240</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>314325</xdr:colOff>
                 <xdr:row>241</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1084" r:id="rId85" name="Check Box 60">
+        <control shapeId="1084" r:id="rId86" name="Check Box 60">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>243</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>245</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1085" r:id="rId86" name="Check Box 61">
+        <control shapeId="1085" r:id="rId87" name="Check Box 61">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>263</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>265</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1086" r:id="rId87" name="Check Box 62">
+        <control shapeId="1086" r:id="rId88" name="Check Box 62">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>266</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>267</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1087" r:id="rId88" name="Check Box 63">
+        <control shapeId="1087" r:id="rId89" name="Check Box 63">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>270</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>272</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1088" r:id="rId89" name="Check Box 64">
+        <control shapeId="1088" r:id="rId90" name="Check Box 64">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>278</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>279</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1091" r:id="rId90" name="Check Box 67">
+        <control shapeId="1091" r:id="rId91" name="Check Box 67">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>293</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>276225</xdr:colOff>
                 <xdr:row>295</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1092" r:id="rId91" name="Check Box 68">
+        <control shapeId="1092" r:id="rId92" name="Check Box 68">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>300</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>301</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1093" r:id="rId92" name="Check Box 69">
+        <control shapeId="1093" r:id="rId93" name="Check Box 69">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>307</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>400050</xdr:colOff>
                 <xdr:row>309</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1095" r:id="rId93" name="Check Box 71">
+        <control shapeId="1095" r:id="rId94" name="Check Box 71">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>294</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>295</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1096" r:id="rId94" name="Check Box 72">
+        <control shapeId="1096" r:id="rId95" name="Check Box 72">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>296</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>297</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1097" r:id="rId95" name="Check Box 73">
+        <control shapeId="1097" r:id="rId96" name="Check Box 73">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>297</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>299</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1100" r:id="rId96" name="Check Box 76">
+        <control shapeId="1100" r:id="rId97" name="Check Box 76">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>339</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>340</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1101" r:id="rId97" name="Check Box 77">
+        <control shapeId="1101" r:id="rId98" name="Check Box 77">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>341</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>342</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1102" r:id="rId98" name="Check Box 78">
+        <control shapeId="1102" r:id="rId99" name="Check Box 78">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>342</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>723900</xdr:colOff>
                 <xdr:row>344</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1103" r:id="rId99" name="Check Box 79">
+        <control shapeId="1103" r:id="rId100" name="Check Box 79">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>348</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>350</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1104" r:id="rId100" name="Check Box 80">
+        <control shapeId="1104" r:id="rId101" name="Check Box 80">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>348</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>350</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1105" r:id="rId101" name="Check Box 81">
+        <control shapeId="1105" r:id="rId102" name="Check Box 81">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>351</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>353</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1106" r:id="rId102" name="Check Box 82">
+        <control shapeId="1106" r:id="rId103" name="Check Box 82">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>354</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>356</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1107" r:id="rId103" name="Check Box 83">
+        <control shapeId="1107" r:id="rId104" name="Check Box 83">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>362</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>364</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1108" r:id="rId104" name="Check Box 84">
+        <control shapeId="1108" r:id="rId105" name="Check Box 84">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>351</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>353</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1109" r:id="rId105" name="Check Box 85">
+        <control shapeId="1109" r:id="rId106" name="Check Box 85">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>355</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>356</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1110" r:id="rId106" name="Check Box 86">
+        <control shapeId="1110" r:id="rId107" name="Check Box 86">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>362</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>364</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1111" r:id="rId107" name="Check Box 87">
+        <control shapeId="1111" r:id="rId108" name="Check Box 87">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>369</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>370</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1112" r:id="rId108" name="Check Box 88">
+        <control shapeId="1112" r:id="rId109" name="Check Box 88">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>369</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>370</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1120" r:id="rId109" name="Check Box 96">
+        <control shapeId="1120" r:id="rId110" name="Check Box 96">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>238125</xdr:colOff>
                 <xdr:row>379</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>380</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1121" r:id="rId110" name="Check Box 97">
+        <control shapeId="1121" r:id="rId111" name="Check Box 97">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>379</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>380</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1122" r:id="rId111" name="Check Box 98">
+        <control shapeId="1122" r:id="rId112" name="Check Box 98">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>386</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>387</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1123" r:id="rId112" name="Check Box 99">
+        <control shapeId="1123" r:id="rId113" name="Check Box 99">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>385</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>466725</xdr:colOff>
                 <xdr:row>387</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1124" r:id="rId113" name="Check Box 100">
+        <control shapeId="1124" r:id="rId114" name="Check Box 100">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>393</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>394</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1125" r:id="rId114" name="Check Box 101">
+        <control shapeId="1125" r:id="rId115" name="Check Box 101">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>392</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>628650</xdr:colOff>
                 <xdr:row>394</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1126" r:id="rId115" name="Check Box 102">
+        <control shapeId="1126" r:id="rId116" name="Check Box 102">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>406</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>408</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1127" r:id="rId116" name="Check Box 103">
+        <control shapeId="1127" r:id="rId117" name="Check Box 103">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>417</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>371475</xdr:colOff>
                 <xdr:row>418</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1128" r:id="rId117" name="Check Box 104">
+        <control shapeId="1128" r:id="rId118" name="Check Box 104">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>410</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>638175</xdr:colOff>
                 <xdr:row>412</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1130" r:id="rId118" name="Check Box 106">
+        <control shapeId="1130" r:id="rId119" name="Check Box 106">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>429</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>430</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1133" r:id="rId119" name="Check Box 109">
+        <control shapeId="1133" r:id="rId120" name="Check Box 109">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Confirmed whether or not ATAS applies">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>140</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>142</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1135" r:id="rId120" name="Check Box 111">
+        <control shapeId="1135" r:id="rId121" name="Check Box 111">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>144</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>145</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1136" r:id="rId121" name="Check Box 112">
+        <control shapeId="1136" r:id="rId122" name="Check Box 112">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>685800</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1137" r:id="rId122" name="Check Box 113">
+        <control shapeId="1137" r:id="rId123" name="Check Box 113">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1139" r:id="rId123" name="Check Box 115">
+        <control shapeId="1139" r:id="rId124" name="Check Box 115">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>100</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>285750</xdr:colOff>
                 <xdr:row>101</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="10" id="{6D5193F1-BE59-4CB6-9C6C-1A047473EFAA}">
@@ -37363,93 +37364,93 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:S208"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="51.140625" customWidth="1"/>
     <col min="2" max="2" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="25.7109375" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
-        <v>1024</v>
-[...5 lines deleted...]
-      <c r="D1" s="657"/>
+        <v>1022</v>
+      </c>
+      <c r="B1" s="689" t="s">
+        <v>930</v>
+      </c>
+      <c r="C1" s="332"/>
+      <c r="D1" s="690"/>
       <c r="E1" s="57" t="s">
         <v>705</v>
       </c>
       <c r="F1" s="57" t="s">
         <v>706</v>
       </c>
       <c r="G1" s="57" t="s">
         <v>707</v>
       </c>
       <c r="H1" s="57" t="s">
         <v>708</v>
       </c>
       <c r="I1" s="57" t="s">
         <v>709</v>
       </c>
       <c r="J1" s="57" t="s">
         <v>710</v>
       </c>
       <c r="K1" s="57" t="s">
         <v>711</v>
       </c>
       <c r="L1" s="57" t="s">
         <v>849</v>
       </c>
       <c r="M1" s="57" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="58" t="str">
         <f>'Tier 5 initial CoS form'!$J$456</f>
-        <v>Version 2.12</v>
+        <v>Version 2.13</v>
       </c>
       <c r="B2" s="59">
         <f>'Tier 5 initial CoS form'!$I$457</f>
-        <v>45979</v>
+        <v>46031</v>
       </c>
       <c r="D2" s="56"/>
       <c r="E2" s="240" t="str">
         <f>$E$76</f>
         <v>Please complete the ATAS questions</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="305" t="s">
         <v>705</v>
       </c>
       <c r="B3" s="306"/>
       <c r="C3" s="306"/>
       <c r="D3" s="306"/>
       <c r="E3" s="306"/>
       <c r="F3" s="306"/>
       <c r="G3" s="306"/>
       <c r="H3" s="306"/>
       <c r="I3" s="306"/>
       <c r="J3" s="306"/>
       <c r="K3" s="306"/>
       <c r="L3" s="306"/>
       <c r="M3" s="306"/>
       <c r="N3" s="307"/>
     </row>
@@ -37483,140 +37484,140 @@
       <c r="A8" t="s">
         <v>712</v>
       </c>
       <c r="B8" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C8" s="61">
         <f>IF($B$8=TRUE,10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>713</v>
       </c>
       <c r="B9" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C9" s="61">
         <f>IF($B$9=TRUE,10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="63" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="D11" s="272" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="274" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="B12" s="275" t="b">
         <v>0</v>
       </c>
       <c r="C12" s="276" t="str">
         <f>IF(AND(B12=TRUE,$D$11=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D12" s="277"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="37" t="s">
         <v>717</v>
       </c>
       <c r="B13" s="273" t="b">
         <v>1</v>
       </c>
       <c r="C13" s="66">
         <f>IF(AND(B13=TRUE,$D$11=TRUE),10,"")</f>
         <v>10</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="F13" s="67" t="s">
         <v>718</v>
       </c>
-      <c r="G13" s="662" t="str">
+      <c r="G13" s="692" t="str">
         <f>IF(AND($B$12=TRUE,$B$6=TRUE),"Applicant and dependants have been living in the UK for 12 months maintenance not required",IF($B$13=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant, £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child.",IF($B$14=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant.","")))</f>
         <v>Sponsor certifies maintenance to value of £1270 for the main applicant, £285 for their partner, £315 for their first child, and £200 for each additional child.</v>
       </c>
-      <c r="H13" s="663"/>
-[...4 lines deleted...]
-      <c r="M13" s="664"/>
+      <c r="H13" s="693"/>
+      <c r="I13" s="693"/>
+      <c r="J13" s="693"/>
+      <c r="K13" s="693"/>
+      <c r="L13" s="693"/>
+      <c r="M13" s="694"/>
       <c r="N13" s="68" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="192" t="s">
         <v>720</v>
       </c>
       <c r="B14" s="275" t="b">
         <v>0</v>
       </c>
       <c r="C14" s="276" t="str">
         <f>IF(AND(B14=TRUE,$D$11=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D14" s="192"/>
-      <c r="G14" s="665"/>
-[...5 lines deleted...]
-      <c r="M14" s="667"/>
+      <c r="G14" s="695"/>
+      <c r="H14" s="696"/>
+      <c r="I14" s="696"/>
+      <c r="J14" s="696"/>
+      <c r="K14" s="696"/>
+      <c r="L14" s="696"/>
+      <c r="M14" s="697"/>
       <c r="N14" s="69"/>
     </row>
     <row r="15" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="192" t="s">
         <v>721</v>
       </c>
       <c r="B15" s="275" t="b">
         <v>0</v>
       </c>
       <c r="C15" s="276" t="str">
         <f>IF(AND(B15=TRUE,$D$11=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D15" s="192"/>
-      <c r="G15" s="668"/>
-[...5 lines deleted...]
-      <c r="M15" s="670"/>
+      <c r="G15" s="698"/>
+      <c r="H15" s="699"/>
+      <c r="I15" s="699"/>
+      <c r="J15" s="699"/>
+      <c r="K15" s="699"/>
+      <c r="L15" s="699"/>
+      <c r="M15" s="700"/>
       <c r="N15" s="69"/>
     </row>
     <row r="16" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="17" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="305" t="s">
         <v>706</v>
       </c>
       <c r="B17" s="306"/>
       <c r="C17" s="306"/>
       <c r="D17" s="306"/>
       <c r="E17" s="306"/>
       <c r="F17" s="306"/>
       <c r="G17" s="306"/>
       <c r="H17" s="306"/>
       <c r="I17" s="306"/>
       <c r="J17" s="306"/>
       <c r="K17" s="306"/>
       <c r="L17" s="306"/>
       <c r="M17" s="306"/>
       <c r="N17" s="307"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="73" t="s">
         <v>377</v>
       </c>
@@ -38030,93 +38031,93 @@
       <c r="E42" s="95" t="s">
         <v>752</v>
       </c>
       <c r="F42" s="69"/>
       <c r="G42" s="69"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>753</v>
       </c>
       <c r="B43" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C43" s="61">
         <f>IF(AND($B$43=TRUE,$D$43&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D43" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$E98&lt;&gt;"",UPPER('Tier 5 initial CoS form'!$E98),"")</f>
         <v/>
       </c>
       <c r="H43" s="97"/>
     </row>
     <row r="46" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="291" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="B46" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C46" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="47" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="B47" s="292" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$101="","",'Tier 5 initial CoS form'!$J$101)</f>
         <v>- select -</v>
       </c>
       <c r="C47" s="61">
         <f>IF(AND($B$47&lt;&gt;"- select -",$B$47&lt;&gt;"",$B$48&lt;&gt;"- select -",$B$48&lt;&gt;"",$B$46=TRUE,$C$49=""),10,0)</f>
         <v>0</v>
       </c>
       <c r="E47" s="293" t="str">
         <f>IF($C$47=0,"section incomplete",IF($B$47="Yes",1,0)+IF(AND($B$48="Yes",$C$48&lt;&gt;""),$C$48,0))</f>
         <v>section incomplete</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="B48" s="292" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$105="","",'Tier 5 initial CoS form'!$J$105)</f>
         <v>- select -</v>
       </c>
       <c r="C48" s="294" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$106="","",'Tier 5 initial CoS form'!$J$106)</f>
         <v/>
       </c>
       <c r="D48" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="49" spans="1:19" x14ac:dyDescent="0.25">
       <c r="B49" s="292"/>
       <c r="C49" s="240" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$108="","",'Tier 5 initial CoS form'!$J$108)</f>
         <v/>
       </c>
       <c r="D49" s="89"/>
     </row>
     <row r="50" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="51" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="305" t="s">
         <v>707</v>
       </c>
       <c r="B51" s="306"/>
       <c r="C51" s="306"/>
       <c r="D51" s="306"/>
       <c r="E51" s="306"/>
       <c r="F51" s="306"/>
       <c r="G51" s="306"/>
       <c r="H51" s="306"/>
       <c r="I51" s="306"/>
       <c r="J51" s="306"/>
       <c r="K51" s="306"/>
@@ -38124,560 +38125,560 @@
       <c r="M51" s="306"/>
       <c r="N51" s="307"/>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>765</v>
       </c>
       <c r="B53" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C53" s="61">
         <f>IF(OR($B$6=TRUE,AND($B$53=TRUE,$D$53&lt;&gt;"",$D$53&lt;&gt;"- select -")=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D53" s="100" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$125="","",'Tier 5 initial CoS form'!$J$125)</f>
         <v>- select -</v>
       </c>
       <c r="E53" s="101" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$124="","",'Tier 5 initial CoS form'!$A$124)</f>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A55" s="217" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="B55" s="217"/>
-      <c r="C55" s="661" t="s">
-[...10 lines deleted...]
-      <c r="L55" s="661"/>
+      <c r="C55" s="691" t="s">
+        <v>918</v>
+      </c>
+      <c r="D55" s="691"/>
+      <c r="E55" s="691"/>
+      <c r="F55" s="691"/>
+      <c r="G55" s="691"/>
+      <c r="H55" s="691"/>
+      <c r="I55" s="691"/>
+      <c r="J55" s="691"/>
+      <c r="K55" s="691"/>
+      <c r="L55" s="691"/>
       <c r="M55" s="217"/>
     </row>
     <row r="56" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56"/>
       <c r="B56" s="219"/>
       <c r="C56"/>
       <c r="D56" s="100"/>
       <c r="E56" s="101"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
-      <c r="O56" s="632" t="s">
-[...5 lines deleted...]
-      <c r="S56" s="634"/>
+      <c r="O56" s="719" t="s">
+        <v>929</v>
+      </c>
+      <c r="P56" s="720"/>
+      <c r="Q56" s="720"/>
+      <c r="R56" s="720"/>
+      <c r="S56" s="721"/>
     </row>
     <row r="57" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="33" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="B57"/>
       <c r="C57" s="61">
         <f>IF(AND($D$57&lt;&gt;"- select -",$D$57&lt;&gt;"Not Sure",$D$57&lt;&gt;"",$B$58=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D57" s="220" t="str">
         <f>'Tier 5 initial CoS form'!$I$142</f>
         <v>- select -</v>
       </c>
       <c r="E57"/>
       <c r="F57" s="159" t="s">
         <v>719</v>
       </c>
       <c r="G57"/>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
-      <c r="O57" s="635"/>
-[...3 lines deleted...]
-      <c r="S57" s="637"/>
+      <c r="O57" s="722"/>
+      <c r="P57" s="723"/>
+      <c r="Q57" s="723"/>
+      <c r="R57" s="723"/>
+      <c r="S57" s="724"/>
     </row>
     <row r="58" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="33" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="B58" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C58" s="61">
         <f>IF(AND($D$57&lt;&gt;"- select -",$D$57&lt;&gt;"Not Sure",$D$57&lt;&gt;"",$B$58=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D58"/>
       <c r="E58" s="216" t="s">
         <v>876</v>
       </c>
-      <c r="F58" s="680" t="str">
+      <c r="F58" s="710" t="str">
         <f>$E$205</f>
         <v/>
       </c>
-      <c r="G58" s="654"/>
-[...3 lines deleted...]
-      <c r="K58" s="655"/>
+      <c r="G58" s="711"/>
+      <c r="H58" s="711"/>
+      <c r="I58" s="711"/>
+      <c r="J58" s="711"/>
+      <c r="K58" s="712"/>
       <c r="L58" s="221"/>
       <c r="M58" s="221"/>
       <c r="N58"/>
-      <c r="O58" s="635"/>
-[...3 lines deleted...]
-      <c r="S58" s="637"/>
+      <c r="O58" s="722"/>
+      <c r="P58" s="723"/>
+      <c r="Q58" s="723"/>
+      <c r="R58" s="723"/>
+      <c r="S58" s="724"/>
     </row>
     <row r="59" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="222"/>
       <c r="B59" s="222"/>
       <c r="C59" s="222"/>
       <c r="D59" s="222"/>
       <c r="E59" s="216" t="s">
         <v>799</v>
       </c>
-      <c r="F59" s="680" t="str">
+      <c r="F59" s="710" t="str">
         <f>$D$128</f>
         <v/>
       </c>
-      <c r="G59" s="654"/>
-[...5 lines deleted...]
-      <c r="M59" s="655"/>
+      <c r="G59" s="711"/>
+      <c r="H59" s="711"/>
+      <c r="I59" s="711"/>
+      <c r="J59" s="711"/>
+      <c r="K59" s="711"/>
+      <c r="L59" s="711"/>
+      <c r="M59" s="712"/>
       <c r="N59"/>
-      <c r="O59" s="635"/>
-[...3 lines deleted...]
-      <c r="S59" s="637"/>
+      <c r="O59" s="722"/>
+      <c r="P59" s="723"/>
+      <c r="Q59" s="723"/>
+      <c r="R59" s="723"/>
+      <c r="S59" s="724"/>
     </row>
     <row r="60" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="223" t="str">
         <f>'Tier 5 initial CoS form'!$A$144</f>
         <v/>
       </c>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60" s="216" t="s">
-        <v>921</v>
-[...1 lines deleted...]
-      <c r="F60" s="681">
+        <v>919</v>
+      </c>
+      <c r="F60" s="713">
         <f>IF($D$126="","Enter SOC code below",$D$126)</f>
         <v>2119</v>
       </c>
-      <c r="G60" s="682"/>
-[...1 lines deleted...]
-      <c r="I60" s="683"/>
+      <c r="G60" s="714"/>
+      <c r="H60" s="714"/>
+      <c r="I60" s="715"/>
       <c r="J60" s="221"/>
       <c r="K60" s="221"/>
       <c r="L60" s="221"/>
       <c r="M60" s="221"/>
       <c r="N60"/>
-      <c r="O60" s="635"/>
-[...3 lines deleted...]
-      <c r="S60" s="637"/>
+      <c r="O60" s="722"/>
+      <c r="P60" s="723"/>
+      <c r="Q60" s="723"/>
+      <c r="R60" s="723"/>
+      <c r="S60" s="724"/>
     </row>
     <row r="61" spans="1:19" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61"/>
       <c r="B61"/>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61" s="224" t="s">
         <v>736</v>
       </c>
-      <c r="F61" s="653" t="str">
+      <c r="F61" s="716" t="str">
         <f>$D$23</f>
         <v>- select -</v>
       </c>
-      <c r="G61" s="654"/>
-      <c r="H61" s="655"/>
+      <c r="G61" s="711"/>
+      <c r="H61" s="712"/>
       <c r="I61" s="221"/>
       <c r="J61" s="221"/>
       <c r="K61" s="221"/>
-      <c r="O61" s="635"/>
-[...3 lines deleted...]
-      <c r="S61" s="637"/>
+      <c r="O61" s="722"/>
+      <c r="P61" s="723"/>
+      <c r="Q61" s="723"/>
+      <c r="R61" s="723"/>
+      <c r="S61" s="724"/>
     </row>
     <row r="62" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="684" t="s">
-[...4 lines deleted...]
-      <c r="D62" s="684"/>
+      <c r="A62" s="717" t="s">
+        <v>920</v>
+      </c>
+      <c r="B62" s="717"/>
+      <c r="C62" s="717"/>
+      <c r="D62" s="717"/>
       <c r="E62" s="216" t="s">
         <v>738</v>
       </c>
-      <c r="F62" s="653" t="str">
+      <c r="F62" s="716" t="str">
         <f>$D$27</f>
         <v>- select -</v>
       </c>
-      <c r="G62" s="654"/>
-      <c r="H62" s="655"/>
+      <c r="G62" s="711"/>
+      <c r="H62" s="712"/>
       <c r="I62" s="221"/>
       <c r="J62" s="221"/>
       <c r="K62" s="221"/>
-      <c r="O62" s="635"/>
-[...3 lines deleted...]
-      <c r="S62" s="637"/>
+      <c r="O62" s="722"/>
+      <c r="P62" s="723"/>
+      <c r="Q62" s="723"/>
+      <c r="R62" s="723"/>
+      <c r="S62" s="724"/>
     </row>
     <row r="63" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63"/>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63" s="216" t="s">
         <v>739</v>
       </c>
-      <c r="F63" s="653" t="str">
+      <c r="F63" s="716" t="str">
         <f>$D$28</f>
         <v>- select -</v>
       </c>
-      <c r="G63" s="654"/>
-      <c r="H63" s="655"/>
+      <c r="G63" s="711"/>
+      <c r="H63" s="712"/>
       <c r="I63" s="221"/>
       <c r="J63" s="221"/>
       <c r="K63" s="221"/>
-      <c r="O63" s="638"/>
-[...3 lines deleted...]
-      <c r="S63" s="640"/>
+      <c r="O63" s="725"/>
+      <c r="P63" s="726"/>
+      <c r="Q63" s="726"/>
+      <c r="R63" s="726"/>
+      <c r="S63" s="727"/>
     </row>
     <row r="64" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64"/>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64" s="216"/>
       <c r="F64" s="159"/>
       <c r="G64" s="226"/>
       <c r="H64" s="226"/>
       <c r="I64" s="221"/>
       <c r="J64" s="221"/>
       <c r="K64" s="221"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="O64" s="250"/>
       <c r="P64" s="250"/>
       <c r="Q64" s="250"/>
       <c r="R64" s="250"/>
       <c r="S64" s="250"/>
     </row>
     <row r="65" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="B65" s="641" t="str">
+        <v>942</v>
+      </c>
+      <c r="B65" s="728" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$145&lt;&gt;"",'Tier 5 initial CoS form'!$G$145,"")</f>
         <v/>
       </c>
-      <c r="C65" s="642"/>
-      <c r="D65" s="643"/>
+      <c r="C65" s="729"/>
+      <c r="D65" s="730"/>
       <c r="E65" s="67" t="s">
-        <v>945</v>
-[...8 lines deleted...]
-      <c r="M65" s="646"/>
+        <v>943</v>
+      </c>
+      <c r="F65" s="731"/>
+      <c r="G65" s="732"/>
+      <c r="H65" s="732"/>
+      <c r="I65" s="732"/>
+      <c r="J65" s="732"/>
+      <c r="K65" s="732"/>
+      <c r="L65" s="732"/>
+      <c r="M65" s="733"/>
       <c r="O65" s="250"/>
       <c r="P65" s="250"/>
       <c r="Q65" s="250"/>
       <c r="R65" s="250"/>
       <c r="S65" s="250"/>
     </row>
     <row r="66" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66"/>
-      <c r="B66" s="641" t="str">
+      <c r="B66" s="728" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$146&lt;&gt;"",'Tier 5 initial CoS form'!$G$146,"")</f>
         <v/>
       </c>
-      <c r="C66" s="642"/>
-      <c r="D66" s="643"/>
+      <c r="C66" s="729"/>
+      <c r="D66" s="730"/>
       <c r="E66" s="251" t="s">
         <v>719</v>
       </c>
-      <c r="F66" s="647"/>
-[...6 lines deleted...]
-      <c r="M66" s="649"/>
+      <c r="F66" s="734"/>
+      <c r="G66" s="735"/>
+      <c r="H66" s="735"/>
+      <c r="I66" s="735"/>
+      <c r="J66" s="735"/>
+      <c r="K66" s="735"/>
+      <c r="L66" s="735"/>
+      <c r="M66" s="736"/>
       <c r="O66" s="250"/>
       <c r="P66" s="250"/>
       <c r="Q66" s="250"/>
       <c r="R66" s="250"/>
       <c r="S66" s="250"/>
     </row>
     <row r="67" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67"/>
-      <c r="B67" s="641" t="str">
+      <c r="B67" s="728" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$147&lt;&gt;"",'Tier 5 initial CoS form'!$G$147,"")</f>
         <v/>
       </c>
-      <c r="C67" s="642"/>
-      <c r="D67" s="643"/>
+      <c r="C67" s="729"/>
+      <c r="D67" s="730"/>
       <c r="E67" s="216"/>
-      <c r="F67" s="647"/>
-[...6 lines deleted...]
-      <c r="M67" s="649"/>
+      <c r="F67" s="734"/>
+      <c r="G67" s="735"/>
+      <c r="H67" s="735"/>
+      <c r="I67" s="735"/>
+      <c r="J67" s="735"/>
+      <c r="K67" s="735"/>
+      <c r="L67" s="735"/>
+      <c r="M67" s="736"/>
       <c r="O67" s="250"/>
       <c r="P67" s="250"/>
       <c r="Q67" s="250"/>
       <c r="R67" s="250"/>
       <c r="S67" s="250"/>
     </row>
     <row r="68" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="B68" s="76" t="str">
         <f>'Tier 5 initial CoS form'!$J$148</f>
         <v>- select -</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68" s="216"/>
-      <c r="F68" s="650"/>
-[...6 lines deleted...]
-      <c r="M68" s="652"/>
+      <c r="F68" s="737"/>
+      <c r="G68" s="738"/>
+      <c r="H68" s="738"/>
+      <c r="I68" s="738"/>
+      <c r="J68" s="738"/>
+      <c r="K68" s="738"/>
+      <c r="L68" s="738"/>
+      <c r="M68" s="739"/>
       <c r="O68" s="250"/>
       <c r="P68" s="250"/>
       <c r="Q68" s="250"/>
       <c r="R68" s="250"/>
       <c r="S68" s="250"/>
     </row>
     <row r="69" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="B69" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C69" s="61">
         <f>IF(OR($B$69=TRUE,'Tier 5 initial CoS form'!$A$144&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D69"/>
       <c r="E69" s="216"/>
-      <c r="F69" s="685" t="s">
-[...8 lines deleted...]
-      <c r="M69" s="685"/>
+      <c r="F69" s="718" t="s">
+        <v>936</v>
+      </c>
+      <c r="G69" s="718"/>
+      <c r="H69" s="718"/>
+      <c r="I69" s="718"/>
+      <c r="J69" s="718"/>
+      <c r="K69" s="718"/>
+      <c r="L69" s="718"/>
+      <c r="M69" s="718"/>
       <c r="O69" s="250"/>
       <c r="P69" s="250"/>
       <c r="Q69" s="250"/>
       <c r="R69" s="250"/>
       <c r="S69" s="250"/>
     </row>
     <row r="70" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70"/>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" s="216"/>
       <c r="F70" s="249"/>
       <c r="G70" s="226"/>
       <c r="H70" s="226"/>
       <c r="I70" s="221"/>
       <c r="J70" s="221"/>
       <c r="K70" s="221"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="O70" s="250"/>
       <c r="P70" s="250"/>
       <c r="Q70" s="250"/>
       <c r="R70" s="250"/>
       <c r="S70" s="250"/>
     </row>
     <row r="71" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="225" t="s">
         <v>719</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" s="226"/>
       <c r="G71" s="226"/>
       <c r="H71" s="226"/>
       <c r="I71" s="227"/>
       <c r="J71" s="227"/>
       <c r="K71" s="227"/>
     </row>
     <row r="72" spans="1:19" s="16" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="228" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="B72" s="229" t="s">
         <v>380</v>
       </c>
       <c r="C72" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D72" s="230" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="E72" s="686" t="str">
+        <v>922</v>
+      </c>
+      <c r="E72" s="638" t="str">
         <f>IF(OR($B$72="",$B$72="- select -"),"",IF($B$72="No",IF('Tier 5 initial CoS form'!$A$144&lt;&gt;"","ATAS requirement does not apply because the applicant is an exempt national","ATAS requirement does not apply because the role does not include research at a PhD-level or above in a relevant subject area"),"ATAS requirement applies, certificate no: " &amp; $B$76))</f>
         <v/>
       </c>
-      <c r="F72" s="687"/>
-[...2 lines deleted...]
-      <c r="I72" s="688"/>
+      <c r="F72" s="639"/>
+      <c r="G72" s="639"/>
+      <c r="H72" s="639"/>
+      <c r="I72" s="640"/>
       <c r="J72" s="159" t="s">
         <v>719</v>
       </c>
       <c r="K72" s="227"/>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73" s="228" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="B73" s="231"/>
       <c r="C73" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D73" s="232"/>
-      <c r="E73" s="689"/>
-[...3 lines deleted...]
-      <c r="I73" s="691"/>
+      <c r="E73" s="641"/>
+      <c r="F73" s="642"/>
+      <c r="G73" s="642"/>
+      <c r="H73" s="642"/>
+      <c r="I73" s="643"/>
       <c r="J73" s="221"/>
       <c r="K73" s="221"/>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74" s="228" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B74" s="231"/>
       <c r="C74" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D74" s="232"/>
-      <c r="E74" s="692"/>
-[...3 lines deleted...]
-      <c r="I74" s="694"/>
+      <c r="E74" s="644"/>
+      <c r="F74" s="645"/>
+      <c r="G74" s="645"/>
+      <c r="H74" s="645"/>
+      <c r="I74" s="646"/>
       <c r="J74" s="233"/>
       <c r="K74" s="221"/>
     </row>
     <row r="75" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A75" s="234" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="B75" s="232"/>
       <c r="C75" s="232"/>
       <c r="D75" s="232"/>
       <c r="E75" s="235"/>
       <c r="F75" s="235"/>
       <c r="G75" s="235"/>
       <c r="H75" s="235"/>
       <c r="I75" s="227"/>
       <c r="J75" s="227"/>
       <c r="K75" s="227"/>
     </row>
     <row r="76" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A76" s="228" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="B76" s="236"/>
       <c r="C76" s="61">
         <f>IF(OR($B$72="No",AND($B$72="Yes",$B$73&lt;&gt;"",$B$74&lt;&gt;"",$B$76&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D76" s="232"/>
-      <c r="E76" s="736" t="str">
+      <c r="E76" s="688" t="str">
         <f>IF(OR($B$72="",$B$72="- select -"),"Please complete the ATAS questions",IF(AND($B$72="Yes",OR($B$73="",$B$74="",$B$76="")),"ATAS certificate details required before CoS can be issued!","Please remember to in include ATAS SN when issuing CoS"))</f>
         <v>Please complete the ATAS questions</v>
       </c>
-      <c r="F76" s="736"/>
-[...2 lines deleted...]
-      <c r="I76" s="736"/>
+      <c r="F76" s="688"/>
+      <c r="G76" s="688"/>
+      <c r="H76" s="688"/>
+      <c r="I76" s="688"/>
       <c r="J76" s="227"/>
       <c r="K76" s="227"/>
       <c r="L76" s="237"/>
       <c r="M76" s="237"/>
       <c r="N76" s="237"/>
       <c r="O76" s="237"/>
       <c r="P76" s="237"/>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77" s="228"/>
       <c r="B77" s="238"/>
       <c r="C77" s="238"/>
       <c r="D77" s="232"/>
       <c r="E77" s="239"/>
       <c r="F77" s="239"/>
       <c r="G77" s="239"/>
       <c r="H77" s="239"/>
       <c r="I77" s="239"/>
       <c r="J77" s="227"/>
       <c r="K77" s="227"/>
       <c r="L77" s="237"/>
       <c r="M77" s="237"/>
       <c r="N77" s="237"/>
       <c r="O77" s="237"/>
       <c r="P77" s="237"/>
@@ -38708,150 +38709,150 @@
         <f>IF(AND($B$80=TRUE,$E$80="")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D80" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$155&lt;&gt;"",'Tier 5 initial CoS form'!$F$155,"")</f>
         <v/>
       </c>
       <c r="E80" s="102" t="str">
         <f>IF('Tier 5 initial CoS form'!$D$157="","",'Tier 5 initial CoS form'!$D$157)</f>
         <v/>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>767</v>
       </c>
       <c r="D81" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$156&lt;&gt;"",'Tier 5 initial CoS form'!$F$156,"")</f>
         <v/>
       </c>
     </row>
     <row r="82" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D82" s="89"/>
     </row>
     <row r="83" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="658" t="s">
+      <c r="A83" s="633" t="s">
         <v>708</v>
       </c>
-      <c r="B83" s="659"/>
-[...11 lines deleted...]
-      <c r="N83" s="660"/>
+      <c r="B83" s="634"/>
+      <c r="C83" s="634"/>
+      <c r="D83" s="634"/>
+      <c r="E83" s="634"/>
+      <c r="F83" s="634"/>
+      <c r="G83" s="634"/>
+      <c r="H83" s="634"/>
+      <c r="I83" s="634"/>
+      <c r="J83" s="634"/>
+      <c r="K83" s="634"/>
+      <c r="L83" s="634"/>
+      <c r="M83" s="634"/>
+      <c r="N83" s="635"/>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>779</v>
       </c>
       <c r="B85" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C85" s="61">
         <f>IF(AND($B$85=TRUE,$D$85&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D85" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$174&lt;&gt;"",'Tier 5 initial CoS form'!$F$174,"")</f>
         <v/>
       </c>
       <c r="E85" s="126" t="str">
         <f ca="1">CONCATENATE('Tier 5 initial CoS form'!$E$175,IF(AND('Tier 5 initial CoS form'!$E$175&lt;&gt;"",'Tier 5 initial CoS form'!$A$176&lt;&gt;""),"/ ",""),'Tier 5 initial CoS form'!A176)</f>
         <v/>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A86" s="35" t="s">
         <v>775</v>
       </c>
       <c r="B86" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C86" s="61">
         <f>IF(AND($B$86=TRUE,$D$86&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D86" s="89" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$177&lt;&gt;"",'Tier 5 initial CoS form'!$F$177,"")</f>
         <v/>
       </c>
-      <c r="E86" s="671" t="str">
+      <c r="E86" s="701" t="str">
         <f>CONCATENATE('Tier 5 initial CoS form'!$F$183,"/ ",'Tier 5 initial CoS form'!$F$184,"/ ",'Tier 5 initial CoS form'!$A$183,"/ ",'Tier 5 initial CoS form'!$A$184,"/ ",'Tier 5 initial CoS form'!$A$185)</f>
         <v xml:space="preserve">/ / / / </v>
       </c>
-      <c r="F86" s="672"/>
-[...6 lines deleted...]
-      <c r="M86" s="673"/>
+      <c r="F86" s="702"/>
+      <c r="G86" s="702"/>
+      <c r="H86" s="702"/>
+      <c r="I86" s="702"/>
+      <c r="J86" s="702"/>
+      <c r="K86" s="702"/>
+      <c r="L86" s="702"/>
+      <c r="M86" s="703"/>
       <c r="N86" s="127"/>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A87" s="128"/>
       <c r="B87" s="73"/>
       <c r="C87" s="129"/>
       <c r="D87" s="130"/>
-      <c r="E87" s="674"/>
-[...7 lines deleted...]
-      <c r="M87" s="676"/>
+      <c r="E87" s="704"/>
+      <c r="F87" s="705"/>
+      <c r="G87" s="705"/>
+      <c r="H87" s="705"/>
+      <c r="I87" s="705"/>
+      <c r="J87" s="705"/>
+      <c r="K87" s="705"/>
+      <c r="L87" s="705"/>
+      <c r="M87" s="706"/>
       <c r="N87" s="127"/>
     </row>
     <row r="88" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="128"/>
       <c r="B88" s="131" t="s">
         <v>776</v>
       </c>
       <c r="C88" s="129"/>
       <c r="D88" s="132" t="s">
         <v>777</v>
       </c>
-      <c r="E88" s="677"/>
-[...7 lines deleted...]
-      <c r="M88" s="679"/>
+      <c r="E88" s="707"/>
+      <c r="F88" s="708"/>
+      <c r="G88" s="708"/>
+      <c r="H88" s="708"/>
+      <c r="I88" s="708"/>
+      <c r="J88" s="708"/>
+      <c r="K88" s="708"/>
+      <c r="L88" s="708"/>
+      <c r="M88" s="709"/>
       <c r="N88" s="127"/>
     </row>
     <row r="89" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
         <v>778</v>
       </c>
       <c r="B89" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C89" s="61">
         <f>IF(AND($B$89=TRUE,$D$89=TRUE)=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D89" s="133" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>890</v>
       </c>
       <c r="B91" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C91" s="61">
@@ -38936,66 +38937,66 @@
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D100" s="94" t="str">
         <f>IF('Tier 5 initial CoS form'!$E213&lt;&gt;"",'Tier 5 initial CoS form'!$E213,"")</f>
         <v/>
       </c>
       <c r="E100" s="95" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="101" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D101" s="96" t="str">
         <f>IF('Tier 5 initial CoS form'!$E214&lt;&gt;"",'Tier 5 initial CoS form'!$E214,"")</f>
         <v/>
       </c>
       <c r="E101" s="95" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="102" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D102" s="69"/>
       <c r="E102" s="95"/>
     </row>
     <row r="103" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="658" t="s">
+      <c r="A103" s="633" t="s">
         <v>709</v>
       </c>
-      <c r="B103" s="659"/>
-[...11 lines deleted...]
-      <c r="N103" s="660"/>
+      <c r="B103" s="634"/>
+      <c r="C103" s="634"/>
+      <c r="D103" s="634"/>
+      <c r="E103" s="634"/>
+      <c r="F103" s="634"/>
+      <c r="G103" s="634"/>
+      <c r="H103" s="634"/>
+      <c r="I103" s="634"/>
+      <c r="J103" s="634"/>
+      <c r="K103" s="634"/>
+      <c r="L103" s="634"/>
+      <c r="M103" s="634"/>
+      <c r="N103" s="635"/>
     </row>
     <row r="104" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D104" s="69"/>
       <c r="E104" s="95"/>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>787</v>
       </c>
       <c r="B105" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C105" s="61">
         <f>IF(OR(AND($D$106="",$B$96=TRUE),AND($D$106&lt;&gt;"",$B$105=TRUE)),10,0)</f>
         <v>0</v>
       </c>
       <c r="D105" s="92" t="str">
         <f>IF('Tier 5 initial CoS form'!$E217&lt;&gt;"",'Tier 5 initial CoS form'!$E217,"")</f>
         <v>University of Oxford</v>
       </c>
       <c r="E105" s="93" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.25">
@@ -39096,157 +39097,157 @@
       </c>
       <c r="E115" s="95" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="116" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D116" s="96" t="str">
         <f>IF('Tier 5 initial CoS form'!$E229&lt;&gt;"",'Tier 5 initial CoS form'!$E229,"")</f>
         <v/>
       </c>
       <c r="E116" s="95" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>789</v>
       </c>
       <c r="B117" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C117" s="61">
         <f>IF(OR(AND($D$117="",$B$96=TRUE),AND($D$117&lt;&gt;"",$B$117=TRUE)),10,0)</f>
         <v>0</v>
       </c>
-      <c r="D117" s="697" t="str">
+      <c r="D117" s="649" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$232&lt;&gt;"",'Tier 5 initial CoS form'!$A$232,"")</f>
         <v/>
       </c>
-      <c r="E117" s="698"/>
-[...7 lines deleted...]
-      <c r="M117" s="699"/>
+      <c r="E117" s="650"/>
+      <c r="F117" s="650"/>
+      <c r="G117" s="650"/>
+      <c r="H117" s="650"/>
+      <c r="I117" s="650"/>
+      <c r="J117" s="650"/>
+      <c r="K117" s="650"/>
+      <c r="L117" s="650"/>
+      <c r="M117" s="651"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D118" s="700"/>
-[...8 lines deleted...]
-      <c r="M118" s="702"/>
+      <c r="D118" s="652"/>
+      <c r="E118" s="653"/>
+      <c r="F118" s="653"/>
+      <c r="G118" s="653"/>
+      <c r="H118" s="653"/>
+      <c r="I118" s="653"/>
+      <c r="J118" s="653"/>
+      <c r="K118" s="653"/>
+      <c r="L118" s="653"/>
+      <c r="M118" s="654"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D119" s="700"/>
-[...8 lines deleted...]
-      <c r="M119" s="702"/>
+      <c r="D119" s="652"/>
+      <c r="E119" s="653"/>
+      <c r="F119" s="653"/>
+      <c r="G119" s="653"/>
+      <c r="H119" s="653"/>
+      <c r="I119" s="653"/>
+      <c r="J119" s="653"/>
+      <c r="K119" s="653"/>
+      <c r="L119" s="653"/>
+      <c r="M119" s="654"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D120" s="700"/>
-[...8 lines deleted...]
-      <c r="M120" s="702"/>
+      <c r="D120" s="652"/>
+      <c r="E120" s="653"/>
+      <c r="F120" s="653"/>
+      <c r="G120" s="653"/>
+      <c r="H120" s="653"/>
+      <c r="I120" s="653"/>
+      <c r="J120" s="653"/>
+      <c r="K120" s="653"/>
+      <c r="L120" s="653"/>
+      <c r="M120" s="654"/>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D121" s="700"/>
-[...8 lines deleted...]
-      <c r="M121" s="702"/>
+      <c r="D121" s="652"/>
+      <c r="E121" s="653"/>
+      <c r="F121" s="653"/>
+      <c r="G121" s="653"/>
+      <c r="H121" s="653"/>
+      <c r="I121" s="653"/>
+      <c r="J121" s="653"/>
+      <c r="K121" s="653"/>
+      <c r="L121" s="653"/>
+      <c r="M121" s="654"/>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D122" s="700"/>
-[...8 lines deleted...]
-      <c r="M122" s="702"/>
+      <c r="D122" s="652"/>
+      <c r="E122" s="653"/>
+      <c r="F122" s="653"/>
+      <c r="G122" s="653"/>
+      <c r="H122" s="653"/>
+      <c r="I122" s="653"/>
+      <c r="J122" s="653"/>
+      <c r="K122" s="653"/>
+      <c r="L122" s="653"/>
+      <c r="M122" s="654"/>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D123" s="700"/>
-[...8 lines deleted...]
-      <c r="M123" s="702"/>
+      <c r="D123" s="652"/>
+      <c r="E123" s="653"/>
+      <c r="F123" s="653"/>
+      <c r="G123" s="653"/>
+      <c r="H123" s="653"/>
+      <c r="I123" s="653"/>
+      <c r="J123" s="653"/>
+      <c r="K123" s="653"/>
+      <c r="L123" s="653"/>
+      <c r="M123" s="654"/>
     </row>
     <row r="124" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D124" s="703"/>
-[...8 lines deleted...]
-      <c r="M124" s="705"/>
+      <c r="D124" s="655"/>
+      <c r="E124" s="656"/>
+      <c r="F124" s="656"/>
+      <c r="G124" s="656"/>
+      <c r="H124" s="656"/>
+      <c r="I124" s="656"/>
+      <c r="J124" s="656"/>
+      <c r="K124" s="656"/>
+      <c r="L124" s="656"/>
+      <c r="M124" s="657"/>
     </row>
     <row r="125" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="126" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C126" s="141" t="s">
         <v>798</v>
       </c>
-      <c r="D126" s="706">
+      <c r="D126" s="658">
         <v>2119</v>
       </c>
-      <c r="E126" s="707"/>
+      <c r="E126" s="659"/>
       <c r="F126" s="68" t="s">
         <v>719</v>
       </c>
       <c r="G126" s="142"/>
       <c r="H126" s="142"/>
       <c r="I126" s="142"/>
       <c r="J126" s="142"/>
       <c r="K126" s="142"/>
       <c r="L126" s="142"/>
       <c r="M126" s="142"/>
       <c r="N126" s="142"/>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A127" s="143"/>
       <c r="B127" s="143"/>
       <c r="C127" s="143"/>
       <c r="D127" s="142"/>
       <c r="E127" s="142"/>
       <c r="F127" s="142"/>
       <c r="G127" s="142"/>
       <c r="H127" s="142"/>
       <c r="I127" s="142"/>
       <c r="J127" s="142"/>
       <c r="K127" s="142"/>
       <c r="L127" s="142"/>
@@ -39279,154 +39280,154 @@
         <f>IF('Tier 5 initial CoS form'!$B$242&lt;&gt;"",'Tier 5 initial CoS form'!$B$242,"")</f>
         <v/>
       </c>
       <c r="E129" s="145"/>
       <c r="F129" s="145"/>
       <c r="G129" s="145"/>
       <c r="H129" s="145"/>
       <c r="I129" s="145"/>
       <c r="J129" s="145"/>
       <c r="K129" s="145"/>
       <c r="L129" s="145"/>
       <c r="M129" s="145"/>
       <c r="N129" s="145"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>882</v>
       </c>
       <c r="B130" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C130" s="61">
         <f>IF(AND($B$130=TRUE,$D$130&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
-      <c r="D130" s="708" t="str">
+      <c r="D130" s="660" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$245&lt;&gt;"",'Tier 5 initial CoS form'!$A$245,"")</f>
         <v xml:space="preserve">Sponsored Researcher: </v>
       </c>
-      <c r="E130" s="709"/>
-[...7 lines deleted...]
-      <c r="M130" s="710"/>
+      <c r="E130" s="661"/>
+      <c r="F130" s="661"/>
+      <c r="G130" s="661"/>
+      <c r="H130" s="661"/>
+      <c r="I130" s="661"/>
+      <c r="J130" s="661"/>
+      <c r="K130" s="661"/>
+      <c r="L130" s="661"/>
+      <c r="M130" s="662"/>
       <c r="N130" s="145"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D131" s="711"/>
-[...8 lines deleted...]
-      <c r="M131" s="713"/>
+      <c r="D131" s="663"/>
+      <c r="E131" s="664"/>
+      <c r="F131" s="664"/>
+      <c r="G131" s="664"/>
+      <c r="H131" s="664"/>
+      <c r="I131" s="664"/>
+      <c r="J131" s="664"/>
+      <c r="K131" s="664"/>
+      <c r="L131" s="664"/>
+      <c r="M131" s="665"/>
       <c r="N131" s="145"/>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D132" s="711"/>
-[...8 lines deleted...]
-      <c r="M132" s="713"/>
+      <c r="D132" s="663"/>
+      <c r="E132" s="664"/>
+      <c r="F132" s="664"/>
+      <c r="G132" s="664"/>
+      <c r="H132" s="664"/>
+      <c r="I132" s="664"/>
+      <c r="J132" s="664"/>
+      <c r="K132" s="664"/>
+      <c r="L132" s="664"/>
+      <c r="M132" s="665"/>
       <c r="N132" s="145"/>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D133" s="711"/>
-[...8 lines deleted...]
-      <c r="M133" s="713"/>
+      <c r="D133" s="663"/>
+      <c r="E133" s="664"/>
+      <c r="F133" s="664"/>
+      <c r="G133" s="664"/>
+      <c r="H133" s="664"/>
+      <c r="I133" s="664"/>
+      <c r="J133" s="664"/>
+      <c r="K133" s="664"/>
+      <c r="L133" s="664"/>
+      <c r="M133" s="665"/>
       <c r="N133" s="145"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D134" s="711"/>
-[...8 lines deleted...]
-      <c r="M134" s="713"/>
+      <c r="D134" s="663"/>
+      <c r="E134" s="664"/>
+      <c r="F134" s="664"/>
+      <c r="G134" s="664"/>
+      <c r="H134" s="664"/>
+      <c r="I134" s="664"/>
+      <c r="J134" s="664"/>
+      <c r="K134" s="664"/>
+      <c r="L134" s="664"/>
+      <c r="M134" s="665"/>
       <c r="N134" s="145"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D135" s="711"/>
-[...8 lines deleted...]
-      <c r="M135" s="713"/>
+      <c r="D135" s="663"/>
+      <c r="E135" s="664"/>
+      <c r="F135" s="664"/>
+      <c r="G135" s="664"/>
+      <c r="H135" s="664"/>
+      <c r="I135" s="664"/>
+      <c r="J135" s="664"/>
+      <c r="K135" s="664"/>
+      <c r="L135" s="664"/>
+      <c r="M135" s="665"/>
       <c r="N135" s="145"/>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D136" s="711"/>
-[...8 lines deleted...]
-      <c r="M136" s="713"/>
+      <c r="D136" s="663"/>
+      <c r="E136" s="664"/>
+      <c r="F136" s="664"/>
+      <c r="G136" s="664"/>
+      <c r="H136" s="664"/>
+      <c r="I136" s="664"/>
+      <c r="J136" s="664"/>
+      <c r="K136" s="664"/>
+      <c r="L136" s="664"/>
+      <c r="M136" s="665"/>
       <c r="N136" s="145"/>
     </row>
     <row r="137" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D137" s="714"/>
-[...8 lines deleted...]
-      <c r="M137" s="716"/>
+      <c r="D137" s="666"/>
+      <c r="E137" s="667"/>
+      <c r="F137" s="667"/>
+      <c r="G137" s="667"/>
+      <c r="H137" s="667"/>
+      <c r="I137" s="667"/>
+      <c r="J137" s="667"/>
+      <c r="K137" s="667"/>
+      <c r="L137" s="667"/>
+      <c r="M137" s="668"/>
       <c r="N137" s="145"/>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D138" s="146" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$258&lt;&gt;"",'Tier 5 initial CoS form'!$A$258,"")</f>
         <v/>
       </c>
       <c r="M138" s="141" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$258&lt;&gt;"",'Tier 5 initial CoS form'!$J$258,"")</f>
         <v/>
       </c>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D139" s="146"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>885</v>
       </c>
       <c r="B140" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C140" s="61">
         <f>IF(AND($B$140=TRUE,$D$140&lt;&gt;"",$F$140&lt;&gt;"",$F$140&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
@@ -39495,108 +39496,108 @@
       <c r="G142" s="150"/>
       <c r="H142" s="145"/>
       <c r="I142" s="145"/>
       <c r="J142" s="145"/>
       <c r="K142" s="145"/>
       <c r="L142" s="145"/>
       <c r="M142" s="145"/>
       <c r="N142" s="145"/>
     </row>
     <row r="143" spans="1:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B143" s="219"/>
       <c r="C143" s="219"/>
       <c r="D143" s="147"/>
       <c r="E143" s="145"/>
       <c r="F143" s="145"/>
       <c r="G143" s="150"/>
       <c r="H143" s="145"/>
       <c r="I143" s="145"/>
       <c r="J143" s="145"/>
       <c r="K143" s="145"/>
       <c r="L143" s="145"/>
       <c r="M143" s="145"/>
       <c r="N143" s="145"/>
     </row>
     <row r="144" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="658" t="s">
+      <c r="A144" s="633" t="s">
         <v>710</v>
       </c>
-      <c r="B144" s="659"/>
-[...11 lines deleted...]
-      <c r="N144" s="660"/>
+      <c r="B144" s="634"/>
+      <c r="C144" s="634"/>
+      <c r="D144" s="634"/>
+      <c r="E144" s="634"/>
+      <c r="F144" s="634"/>
+      <c r="G144" s="634"/>
+      <c r="H144" s="634"/>
+      <c r="I144" s="634"/>
+      <c r="J144" s="634"/>
+      <c r="K144" s="634"/>
+      <c r="L144" s="634"/>
+      <c r="M144" s="634"/>
+      <c r="N144" s="635"/>
     </row>
     <row r="145" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="146" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>801</v>
       </c>
       <c r="B146" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C146" s="61">
         <f>IF(AND($B$146=TRUE,$D$146&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
-      <c r="D146" s="717" t="str">
+      <c r="D146" s="669" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$279&lt;&gt;"",'Tier 5 initial CoS form'!$F$279,"")</f>
         <v/>
       </c>
-      <c r="E146" s="718"/>
-[...2 lines deleted...]
-      <c r="H146" s="719"/>
+      <c r="E146" s="670"/>
+      <c r="F146" s="670"/>
+      <c r="G146" s="670"/>
+      <c r="H146" s="671"/>
     </row>
     <row r="147" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D147" s="720"/>
-[...3 lines deleted...]
-      <c r="H147" s="722"/>
+      <c r="D147" s="672"/>
+      <c r="E147" s="673"/>
+      <c r="F147" s="673"/>
+      <c r="G147" s="673"/>
+      <c r="H147" s="674"/>
     </row>
     <row r="148" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="D148" s="720"/>
-[...3 lines deleted...]
-      <c r="H148" s="722"/>
+      <c r="D148" s="672"/>
+      <c r="E148" s="673"/>
+      <c r="F148" s="673"/>
+      <c r="G148" s="673"/>
+      <c r="H148" s="674"/>
     </row>
     <row r="149" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D149" s="723"/>
-[...3 lines deleted...]
-      <c r="H149" s="725"/>
+      <c r="D149" s="675"/>
+      <c r="E149" s="676"/>
+      <c r="F149" s="676"/>
+      <c r="G149" s="676"/>
+      <c r="H149" s="677"/>
     </row>
     <row r="150" spans="1:8" x14ac:dyDescent="0.25">
       <c r="C150" s="151" t="s">
         <v>802</v>
       </c>
       <c r="D150" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$286&lt;&gt;"",'Tier 5 initial CoS form'!$F$286,"")</f>
         <v/>
       </c>
     </row>
     <row r="151" spans="1:8" x14ac:dyDescent="0.25">
       <c r="C151" s="151" t="s">
         <v>803</v>
       </c>
       <c r="D151" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$288&lt;&gt;"",'Tier 5 initial CoS form'!$F$288,"")</f>
         <v/>
       </c>
     </row>
     <row r="152" spans="1:8" x14ac:dyDescent="0.25">
       <c r="C152" s="151" t="s">
         <v>804</v>
       </c>
       <c r="D152" t="str">
         <f>IF('Tier 5 initial CoS form'!$F$290&lt;&gt;"",'Tier 5 initial CoS form'!$F$290,"")</f>
@@ -39678,130 +39679,130 @@
       </c>
       <c r="D161" t="str">
         <f>IF('Tier 5 initial CoS form'!$I$301="","",'Tier 5 initial CoS form'!$I$301)</f>
         <v>- select -</v>
       </c>
       <c r="E161" s="159" t="str">
         <f>IF($D$176="Yes","NB: email student team when CoS issued!","")</f>
         <v/>
       </c>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>822</v>
       </c>
       <c r="B163" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C163" s="61">
         <f>IF(OR($B$6=FALSE,AND($B$163=TRUE,$D$163&lt;&gt;"- select -",$D$163&lt;&gt;"")),10,0)</f>
         <v>10</v>
       </c>
       <c r="D163" t="str">
         <f>IF('Tier 5 initial CoS form'!$J$309="","",'Tier 5 initial CoS form'!$J$309)</f>
         <v>- select -</v>
       </c>
-      <c r="E163" s="726" t="str">
+      <c r="E163" s="678" t="str">
         <f>IF('Tier 5 initial CoS form'!$A$314="","",'Tier 5 initial CoS form'!$A$314)</f>
         <v/>
       </c>
-      <c r="F163" s="727"/>
-[...7 lines deleted...]
-      <c r="N163" s="728"/>
+      <c r="F163" s="679"/>
+      <c r="G163" s="679"/>
+      <c r="H163" s="679"/>
+      <c r="I163" s="679"/>
+      <c r="J163" s="679"/>
+      <c r="K163" s="679"/>
+      <c r="L163" s="679"/>
+      <c r="M163" s="679"/>
+      <c r="N163" s="680"/>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E164" s="729"/>
-[...8 lines deleted...]
-      <c r="N164" s="730"/>
+      <c r="E164" s="681"/>
+      <c r="F164" s="673"/>
+      <c r="G164" s="673"/>
+      <c r="H164" s="673"/>
+      <c r="I164" s="673"/>
+      <c r="J164" s="673"/>
+      <c r="K164" s="673"/>
+      <c r="L164" s="673"/>
+      <c r="M164" s="673"/>
+      <c r="N164" s="682"/>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E165" s="729"/>
-[...8 lines deleted...]
-      <c r="N165" s="730"/>
+      <c r="E165" s="681"/>
+      <c r="F165" s="673"/>
+      <c r="G165" s="673"/>
+      <c r="H165" s="673"/>
+      <c r="I165" s="673"/>
+      <c r="J165" s="673"/>
+      <c r="K165" s="673"/>
+      <c r="L165" s="673"/>
+      <c r="M165" s="673"/>
+      <c r="N165" s="682"/>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E166" s="729"/>
-[...8 lines deleted...]
-      <c r="N166" s="730"/>
+      <c r="E166" s="681"/>
+      <c r="F166" s="673"/>
+      <c r="G166" s="673"/>
+      <c r="H166" s="673"/>
+      <c r="I166" s="673"/>
+      <c r="J166" s="673"/>
+      <c r="K166" s="673"/>
+      <c r="L166" s="673"/>
+      <c r="M166" s="673"/>
+      <c r="N166" s="682"/>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E167" s="731"/>
-[...8 lines deleted...]
-      <c r="N167" s="733"/>
+      <c r="E167" s="683"/>
+      <c r="F167" s="684"/>
+      <c r="G167" s="684"/>
+      <c r="H167" s="684"/>
+      <c r="I167" s="684"/>
+      <c r="J167" s="684"/>
+      <c r="K167" s="684"/>
+      <c r="L167" s="684"/>
+      <c r="M167" s="684"/>
+      <c r="N167" s="685"/>
     </row>
     <row r="168" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="169" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A169" s="658" t="s">
+      <c r="A169" s="633" t="s">
         <v>711</v>
       </c>
-      <c r="B169" s="659"/>
-[...11 lines deleted...]
-      <c r="N169" s="660"/>
+      <c r="B169" s="634"/>
+      <c r="C169" s="634"/>
+      <c r="D169" s="634"/>
+      <c r="E169" s="634"/>
+      <c r="F169" s="634"/>
+      <c r="G169" s="634"/>
+      <c r="H169" s="634"/>
+      <c r="I169" s="634"/>
+      <c r="J169" s="634"/>
+      <c r="K169" s="634"/>
+      <c r="L169" s="634"/>
+      <c r="M169" s="634"/>
+      <c r="N169" s="635"/>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>823</v>
       </c>
       <c r="B171" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C171" s="61">
         <f>IF($B$171=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D171" s="56"/>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
         <v>824</v>
       </c>
       <c r="B172" s="60" t="b">
         <v>0</v>
       </c>
       <c r="C172" s="61">
         <f>IF($B$172=TRUE,10,0)</f>
         <v>0</v>
       </c>
@@ -39887,171 +39888,171 @@
       <c r="C179" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D179" s="61">
         <f>IF(AND($B179=TRUE,$C179=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
         <v>848</v>
       </c>
       <c r="B180" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C180" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D180" s="61">
         <f>IF(AND($B180=TRUE,$C180=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="182" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A182" s="658" t="s">
+      <c r="A182" s="633" t="s">
         <v>849</v>
       </c>
-      <c r="B182" s="659"/>
-[...11 lines deleted...]
-      <c r="N182" s="660"/>
+      <c r="B182" s="634"/>
+      <c r="C182" s="634"/>
+      <c r="D182" s="634"/>
+      <c r="E182" s="634"/>
+      <c r="F182" s="634"/>
+      <c r="G182" s="634"/>
+      <c r="H182" s="634"/>
+      <c r="I182" s="634"/>
+      <c r="J182" s="634"/>
+      <c r="K182" s="634"/>
+      <c r="L182" s="634"/>
+      <c r="M182" s="634"/>
+      <c r="N182" s="635"/>
     </row>
     <row r="183" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="184" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="B184" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C184" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D184" s="61">
         <f>IF(OR($C$184=TRUE,'Tier 5 initial CoS form'!$A$144&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A185" t="s">
         <v>850</v>
       </c>
       <c r="B185" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C185" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D185" s="61">
         <f>IF(OR($B$6=FALSE,AND($B185=TRUE,$C185=TRUE)),10,0)</f>
         <v>10</v>
       </c>
       <c r="E185" s="170"/>
     </row>
     <row r="186" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A186" t="s">
         <v>851</v>
       </c>
       <c r="B186" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C186" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D186" s="61">
         <f>IF(OR($B$6=FALSE,AND($B186=TRUE,$C186=TRUE)),10,0)</f>
         <v>10</v>
       </c>
       <c r="E186" s="170"/>
     </row>
     <row r="187" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A187" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="B187" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C187" s="168" t="b">
         <v>0</v>
       </c>
       <c r="D187" s="61">
         <f>IF($C187=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="E187" s="170"/>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>865</v>
       </c>
       <c r="B189" s="182" t="b">
         <v>0</v>
       </c>
       <c r="C189" s="61">
         <f>IF($B189=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D189" s="32">
         <f>'Tier 5 initial CoS form'!$C$408</f>
         <v>0</v>
       </c>
       <c r="E189" s="183"/>
       <c r="F189" s="183"/>
       <c r="G189" s="184"/>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="B190" s="279" t="b">
         <v>0</v>
       </c>
       <c r="C190" s="61">
         <f>IF(OR($B190=TRUE,$D$194&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D190" s="185" t="str">
         <f>IF($D$194&lt;&gt;"","N/A Cost code provided","")</f>
         <v/>
       </c>
       <c r="E190" s="186"/>
       <c r="F190" s="186"/>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A191" s="283" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="B191" s="280"/>
       <c r="C191" s="280"/>
       <c r="D191" s="281"/>
       <c r="E191" s="282"/>
       <c r="F191" s="186"/>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>866</v>
       </c>
       <c r="B192" s="194" t="b">
         <v>0</v>
       </c>
       <c r="C192" s="61">
         <f>IF(OR($B$190=TRUE,AND($B$192=TRUE,$D$194&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D192" s="187" t="str">
         <f>CONCATENATE('Tier 5 initial CoS form'!$B$419,"/",'Tier 5 initial CoS form'!$D$419,"/",'Tier 5 initial CoS form'!$F$419,"/",'Tier 5 initial CoS form'!$G$419,"/",'Tier 5 initial CoS form'!$I$419)</f>
         <v>/85210/00/00000/10</v>
       </c>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A193" s="188"/>
@@ -40074,236 +40075,236 @@
         <f>IF('Tier 5 initial CoS form'!$B$421="","",'Tier 5 initial CoS form'!$B$421)</f>
         <v>must be 6 characters</v>
       </c>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B195" s="184"/>
       <c r="C195" s="188" t="s">
         <v>868</v>
       </c>
       <c r="D195" s="190" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$419="","",'Tier 5 initial CoS form'!$G$419)</f>
         <v>00000</v>
       </c>
       <c r="E195" s="31" t="str">
         <f>IF('Tier 5 initial CoS form'!$G$421="","",'Tier 5 initial CoS form'!$G$421)</f>
         <v/>
       </c>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A196" s="188"/>
       <c r="B196" s="184"/>
       <c r="D196" s="191"/>
       <c r="E196" s="31"/>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A197" s="734" t="s">
+      <c r="A197" s="686" t="s">
         <v>869</v>
       </c>
-      <c r="B197" s="734"/>
-      <c r="D197" s="735" t="s">
+      <c r="B197" s="686"/>
+      <c r="D197" s="687" t="s">
         <v>870</v>
       </c>
-      <c r="E197" s="735"/>
+      <c r="E197" s="687"/>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A198" s="695" t="str">
+      <c r="A198" s="647" t="str">
         <f>IFERROR(IF($D$194&lt;&gt;"",VLOOKUP(LEFT($D$194,2),'Cost Centre list'!$A$4:$B$204,2,FALSE),""),"")</f>
         <v/>
       </c>
-      <c r="B198" s="695"/>
-      <c r="D198" s="696" t="str">
+      <c r="B198" s="647"/>
+      <c r="D198" s="648" t="str">
         <f>$E$205</f>
         <v/>
       </c>
-      <c r="E198" s="696"/>
+      <c r="E198" s="648"/>
     </row>
     <row r="199" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="200" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A200" s="658" t="s">
-[...14 lines deleted...]
-      <c r="N200" s="660"/>
+      <c r="A200" s="633" t="s">
+        <v>931</v>
+      </c>
+      <c r="B200" s="634"/>
+      <c r="C200" s="634"/>
+      <c r="D200" s="634"/>
+      <c r="E200" s="634"/>
+      <c r="F200" s="634"/>
+      <c r="G200" s="634"/>
+      <c r="H200" s="634"/>
+      <c r="I200" s="634"/>
+      <c r="J200" s="634"/>
+      <c r="K200" s="634"/>
+      <c r="L200" s="634"/>
+      <c r="M200" s="634"/>
+      <c r="N200" s="635"/>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
         <v>879</v>
       </c>
       <c r="B202" s="194" t="b">
         <v>0</v>
       </c>
       <c r="C202" s="61">
         <f>IF(AND($B$202=TRUE,$E$202&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D202" s="151" t="s">
         <v>873</v>
       </c>
-      <c r="E202" s="738" t="str">
+      <c r="E202" s="636" t="str">
         <f>IF('Tier 5 initial CoS form'!$D431&lt;&gt;"",'Tier 5 initial CoS form'!$D431,"")</f>
         <v/>
       </c>
-      <c r="F202" s="738"/>
-[...2 lines deleted...]
-      <c r="I202" s="738"/>
+      <c r="F202" s="636"/>
+      <c r="G202" s="636"/>
+      <c r="H202" s="636"/>
+      <c r="I202" s="636"/>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D203" s="151" t="s">
         <v>874</v>
       </c>
-      <c r="E203" s="738" t="str">
+      <c r="E203" s="636" t="str">
         <f>IF('Tier 5 initial CoS form'!$D432&lt;&gt;"",'Tier 5 initial CoS form'!$D432,"")</f>
         <v/>
       </c>
-      <c r="F203" s="738"/>
-[...2 lines deleted...]
-      <c r="I203" s="738"/>
+      <c r="F203" s="636"/>
+      <c r="G203" s="636"/>
+      <c r="H203" s="636"/>
+      <c r="I203" s="636"/>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D204" s="151" t="s">
         <v>880</v>
       </c>
-      <c r="E204" s="738" t="str">
+      <c r="E204" s="636" t="str">
         <f>IF('Tier 5 initial CoS form'!$D433&lt;&gt;"",'Tier 5 initial CoS form'!$D433,"")</f>
         <v/>
       </c>
-      <c r="F204" s="738"/>
-[...2 lines deleted...]
-      <c r="I204" s="738"/>
+      <c r="F204" s="636"/>
+      <c r="G204" s="636"/>
+      <c r="H204" s="636"/>
+      <c r="I204" s="636"/>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D205" s="151" t="s">
         <v>876</v>
       </c>
-      <c r="E205" s="738" t="str">
+      <c r="E205" s="636" t="str">
         <f>IF('Tier 5 initial CoS form'!$D434&lt;&gt;"",'Tier 5 initial CoS form'!$D434,"")</f>
         <v/>
       </c>
-      <c r="F205" s="738"/>
-[...2 lines deleted...]
-      <c r="I205" s="738"/>
+      <c r="F205" s="636"/>
+      <c r="G205" s="636"/>
+      <c r="H205" s="636"/>
+      <c r="I205" s="636"/>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D206" s="151" t="s">
         <v>877</v>
       </c>
-      <c r="E206" s="738" t="str">
+      <c r="E206" s="636" t="str">
         <f>IF('Tier 5 initial CoS form'!$D435&lt;&gt;"",'Tier 5 initial CoS form'!$D435,"")</f>
         <v/>
       </c>
-      <c r="F206" s="738"/>
-[...2 lines deleted...]
-      <c r="I206" s="738"/>
+      <c r="F206" s="636"/>
+      <c r="G206" s="636"/>
+      <c r="H206" s="636"/>
+      <c r="I206" s="636"/>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D207" s="151" t="s">
         <v>878</v>
       </c>
-      <c r="E207" s="739" t="str">
+      <c r="E207" s="637" t="str">
         <f>IF('Tier 5 initial CoS form'!$D436&lt;&gt;"",HYPERLINK("mailto:" &amp; TRIM('Tier 5 initial CoS form'!$D436) &amp; "?subject=Tier 5 initial CoS application - " &amp; $D$19 &amp; " " &amp; $D$21 &amp; " " &amp; UPPER($D$20),'Tier 5 initial CoS form'!$D436),"")</f>
         <v/>
       </c>
-      <c r="F207" s="738"/>
-[...2 lines deleted...]
-      <c r="I207" s="738"/>
+      <c r="F207" s="636"/>
+      <c r="G207" s="636"/>
+      <c r="H207" s="636"/>
+      <c r="I207" s="636"/>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D208" s="56"/>
-      <c r="E208" s="737" t="str">
+      <c r="E208" s="632" t="str">
         <f>IF('Tier 5 initial CoS form'!$D437&lt;&gt;"",'Tier 5 initial CoS form'!$D437,"")</f>
         <v/>
       </c>
-      <c r="F208" s="737"/>
-[...2 lines deleted...]
-      <c r="I208" s="737"/>
+      <c r="F208" s="632"/>
+      <c r="G208" s="632"/>
+      <c r="H208" s="632"/>
+      <c r="I208" s="632"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="jz1jtve1FE1z+cvUwiR0B0xkcoMikrx+PR8yQjw2/JHKm3EbDsf2CzGP9ozLs6A5tJbG/JKkyqwimDUAb7w8YA==" saltValue="/kPkEn1OBSxMgjbLQgXGmg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="44">
-    <mergeCell ref="E208:I208"/>
-[...20 lines deleted...]
-    <mergeCell ref="E76:I76"/>
+    <mergeCell ref="O56:S63"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="F65:M68"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="B67:D67"/>
+    <mergeCell ref="F63:H63"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A200:N200"/>
     <mergeCell ref="C55:L55"/>
     <mergeCell ref="A83:N83"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="G13:M15"/>
     <mergeCell ref="A17:N17"/>
     <mergeCell ref="A51:N51"/>
     <mergeCell ref="E86:M88"/>
     <mergeCell ref="F58:K58"/>
     <mergeCell ref="F59:M59"/>
     <mergeCell ref="F60:I60"/>
     <mergeCell ref="F61:H61"/>
     <mergeCell ref="A62:D62"/>
     <mergeCell ref="F62:H62"/>
     <mergeCell ref="F69:M69"/>
-    <mergeCell ref="O56:S63"/>
-[...4 lines deleted...]
-    <mergeCell ref="F63:H63"/>
+    <mergeCell ref="E72:I74"/>
+    <mergeCell ref="A198:B198"/>
+    <mergeCell ref="D198:E198"/>
+    <mergeCell ref="D117:M124"/>
+    <mergeCell ref="D126:E126"/>
+    <mergeCell ref="D130:M137"/>
+    <mergeCell ref="A103:N103"/>
+    <mergeCell ref="D146:H149"/>
+    <mergeCell ref="A144:N144"/>
+    <mergeCell ref="E163:N167"/>
+    <mergeCell ref="A169:N169"/>
+    <mergeCell ref="A197:B197"/>
+    <mergeCell ref="D197:E197"/>
+    <mergeCell ref="E76:I76"/>
+    <mergeCell ref="E208:I208"/>
+    <mergeCell ref="A182:N182"/>
+    <mergeCell ref="E202:I202"/>
+    <mergeCell ref="E203:I203"/>
+    <mergeCell ref="E204:I204"/>
+    <mergeCell ref="E205:I205"/>
+    <mergeCell ref="E206:I206"/>
+    <mergeCell ref="E207:I207"/>
   </mergeCells>
   <conditionalFormatting sqref="C8:C9">
     <cfRule type="iconSet" priority="99">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C5">
     <cfRule type="iconSet" priority="89">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C6">
     <cfRule type="iconSet" priority="87">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>