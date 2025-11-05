--- v0 (2025-10-02)
+++ v1 (2025-11-05)
@@ -572,97 +572,109 @@
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="000D1573" w:rsidRPr="00DC2562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="00803178" w:rsidRPr="00DC2562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803178" w:rsidRPr="00DC2562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2513A15D" w14:textId="77777777" w:rsidR="000D1573" w:rsidRDefault="006A0147" w:rsidP="000D1573">
+    <w:p w14:paraId="2513A15D" w14:textId="1A8B3A0B" w:rsidR="000D1573" w:rsidRDefault="006A0147" w:rsidP="000D1573">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="000D1573">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">nline check </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>follow</w:t>
       </w:r>
       <w:r w:rsidR="000D1573">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D1573" w:rsidRPr="00DC2562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 4</w:t>
       </w:r>
       <w:r w:rsidR="00C90AFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (this is mandatory for anyone presenting a Biometric Residence Permit</w:t>
+        <w:t xml:space="preserve"> (this is mandatory for anyone presenting a</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n expired</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Biometric Residence Permit</w:t>
       </w:r>
       <w:r w:rsidR="008C2824">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>/Card</w:t>
       </w:r>
       <w:r w:rsidR="00BE4D80">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> or holding a</w:t>
       </w:r>
       <w:r w:rsidR="008C2824">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> digital </w:t>
       </w:r>
       <w:r w:rsidR="00BE4D80">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>immigration status</w:t>
       </w:r>
@@ -1726,51 +1738,51 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>documents: limited proof of right to work (Repeat check required before document expiry)</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="21E9EDB6" w14:textId="77777777" w:rsidR="0084723F" w:rsidRPr="00055947" w:rsidRDefault="0084723F">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00055947" w:rsidRPr="00055947" w14:paraId="6D8AB68B" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="249"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
-                <w:p w14:paraId="14286A82" w14:textId="77777777" w:rsidR="00055947" w:rsidRPr="00055947" w:rsidRDefault="00055947" w:rsidP="00503FE2">
+                <w:p w14:paraId="14286A82" w14:textId="24F7EFB7" w:rsidR="00055947" w:rsidRPr="00055947" w:rsidRDefault="00055947" w:rsidP="00503FE2">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:spacing w:after="120"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00055947">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:sym w:font="Wingdings 2" w:char="F0A3"/>
                   </w:r>
                   <w:r w:rsidRPr="00055947">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00055947">
                     <w:rPr>
                       <w:b/>
@@ -1786,58 +1798,58 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">A </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00055947">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">current </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00055947">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>passport endorsed</w:t>
                   </w:r>
                   <w:r w:rsidR="00512CA7">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> with a vignette</w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00055947">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> to show that the holder is allowed to stay in the UK and is currently allowed to do the type of work in question. </w:t>
+                    <w:t xml:space="preserve">to show that the holder is allowed to stay in the UK and is currently allowed to do the type of work in question. </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00055947" w:rsidRPr="00055947" w14:paraId="2FEE71AD" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="591"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="7D89F0F9" w14:textId="77777777" w:rsidR="00994850" w:rsidRPr="00503FE2" w:rsidRDefault="00994850" w:rsidP="00503FE2">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:spacing w:after="120"/>
                     <w:rPr>
                       <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00055947">
                     <w:rPr>
                       <w:sz w:val="22"/>
@@ -3466,59 +3478,57 @@
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="286DE193" w14:textId="77777777" w:rsidR="000C78B0" w:rsidRDefault="000C78B0" w:rsidP="000C78B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> The right to work check has been recorded in </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="005F25C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>PeopleXD</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004D5DB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> as per the </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:anchor="collapse4471876" w:history="1">
               <w:r w:rsidR="004D5DB5" w:rsidRPr="004D5DB5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="005F25C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -3827,64 +3837,62 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E035DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A digital immigration status </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00E035DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DC2562">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00E035DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Visa</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="4A5675C9" w14:textId="37D7B47C" w:rsidR="00E035DF" w:rsidRPr="00781EE2" w:rsidRDefault="00E035DF" w:rsidP="00E035DF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E035DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Frontier Worker Permit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6933BBE1" w14:textId="6FA767CB" w:rsidR="00781EE2" w:rsidRPr="00512CA7" w:rsidRDefault="00781EE2" w:rsidP="00E035DF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -4276,67 +4284,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03CA31EF" w14:textId="77777777" w:rsidR="00BE4D80" w:rsidRDefault="00BE4D80" w:rsidP="00BE4D80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> The right to work check has been recorded in </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> as per the </w:t>
+              <w:t xml:space="preserve"> The right to work check has been recorded in PeopleXD as per the </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:anchor="collapse4471876" w:history="1">
               <w:r w:rsidRPr="004D5DB5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  (not applicable to colleges)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EEA484E" w14:textId="77777777" w:rsidR="00BE4D80" w:rsidRDefault="00BE4D80" w:rsidP="00BE4D80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -4950,102 +4942,110 @@
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB324D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>Staff Immigration Team</w:t>
     </w:r>
     <w:r w:rsidR="00E82831" w:rsidRPr="00AB324D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4704F85B" w14:textId="02AAAC96" w:rsidR="00DD49C7" w:rsidRPr="005D76E0" w:rsidRDefault="00DD49C7">
+  <w:p w14:paraId="4704F85B" w14:textId="3D448776" w:rsidR="00DD49C7" w:rsidRPr="005D76E0" w:rsidRDefault="00DD49C7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D76E0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Web: </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:anchor="/" w:history="1">
       <w:r w:rsidR="002748AA" w:rsidRPr="005D76E0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>https://staffimmigration.admin.ox.ac.uk/#/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="002748AA" w:rsidRPr="005D76E0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D86FF0" w:rsidRPr="005D76E0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">    Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00403B7C">
+    <w:r w:rsidR="00A82BDB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>March 2025</w:t>
+      <w:t>November</w:t>
+    </w:r>
+    <w:r w:rsidR="00403B7C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="60288062" w14:textId="77777777" w:rsidR="00403B7C" w:rsidRDefault="00403B7C"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4D8F28BE" w14:textId="77777777" w:rsidR="0056446A" w:rsidRDefault="0056446A" w:rsidP="00DD49C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0CAF3AE7" w14:textId="77777777" w:rsidR="0056446A" w:rsidRDefault="0056446A" w:rsidP="00DD49C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
@@ -7220,55 +7220,54 @@
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D85890"/>
     <w:rsid w:val="000417DF"/>
     <w:rsid w:val="0004217C"/>
     <w:rsid w:val="00050BCC"/>
     <w:rsid w:val="00055947"/>
     <w:rsid w:val="000653E7"/>
     <w:rsid w:val="000675DE"/>
@@ -7336,64 +7335,66 @@
     <w:rsid w:val="00705A8C"/>
     <w:rsid w:val="007061BE"/>
     <w:rsid w:val="0073357C"/>
     <w:rsid w:val="00781EE2"/>
     <w:rsid w:val="007823C8"/>
     <w:rsid w:val="007824C9"/>
     <w:rsid w:val="007C2A1D"/>
     <w:rsid w:val="007D2540"/>
     <w:rsid w:val="007D7B16"/>
     <w:rsid w:val="007F11D6"/>
     <w:rsid w:val="007F2973"/>
     <w:rsid w:val="00803178"/>
     <w:rsid w:val="0084723F"/>
     <w:rsid w:val="00853C5C"/>
     <w:rsid w:val="0085443A"/>
     <w:rsid w:val="00863EFD"/>
     <w:rsid w:val="00893BCE"/>
     <w:rsid w:val="008A0216"/>
     <w:rsid w:val="008C2824"/>
     <w:rsid w:val="008C4878"/>
     <w:rsid w:val="008D3104"/>
     <w:rsid w:val="008E5CEB"/>
     <w:rsid w:val="00903E43"/>
     <w:rsid w:val="00911B56"/>
     <w:rsid w:val="00915AF0"/>
+    <w:rsid w:val="00922054"/>
     <w:rsid w:val="00930018"/>
     <w:rsid w:val="009351D6"/>
     <w:rsid w:val="00953AB1"/>
     <w:rsid w:val="0096274C"/>
     <w:rsid w:val="00993FF8"/>
     <w:rsid w:val="00994850"/>
     <w:rsid w:val="009B288D"/>
     <w:rsid w:val="00A0184B"/>
     <w:rsid w:val="00A31132"/>
     <w:rsid w:val="00A35657"/>
     <w:rsid w:val="00A4123C"/>
     <w:rsid w:val="00A577BE"/>
     <w:rsid w:val="00A62447"/>
     <w:rsid w:val="00A74654"/>
+    <w:rsid w:val="00A82BDB"/>
     <w:rsid w:val="00AB324D"/>
     <w:rsid w:val="00AD6393"/>
     <w:rsid w:val="00AE2775"/>
     <w:rsid w:val="00AE6703"/>
     <w:rsid w:val="00AF5BA0"/>
     <w:rsid w:val="00B0072D"/>
     <w:rsid w:val="00B00B8E"/>
     <w:rsid w:val="00B01B00"/>
     <w:rsid w:val="00B04BBC"/>
     <w:rsid w:val="00B32133"/>
     <w:rsid w:val="00B56637"/>
     <w:rsid w:val="00B918BB"/>
     <w:rsid w:val="00B92BE2"/>
     <w:rsid w:val="00BB2994"/>
     <w:rsid w:val="00BE19AE"/>
     <w:rsid w:val="00BE4D80"/>
     <w:rsid w:val="00BE513B"/>
     <w:rsid w:val="00BF56D5"/>
     <w:rsid w:val="00C44E6B"/>
     <w:rsid w:val="00C5315F"/>
     <w:rsid w:val="00C61565"/>
     <w:rsid w:val="00C90AFD"/>
     <w:rsid w:val="00C9505F"/>
     <w:rsid w:val="00CB2D7A"/>
     <w:rsid w:val="00CB75C7"/>
@@ -7433,51 +7434,51 @@
     <w:rsid w:val="00F61B5D"/>
     <w:rsid w:val="00F670D6"/>
     <w:rsid w:val="00F760CC"/>
     <w:rsid w:val="00F9199C"/>
     <w:rsid w:val="00F965B4"/>
     <w:rsid w:val="00FE0AE5"/>
     <w:rsid w:val="00FE291A"/>
     <w:rsid w:val="00FF743C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6251043F"/>
   <w15:docId w15:val="{42E8F2E7-A265-4F29-B244-E68C48669DB2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -7568,98 +7569,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -8750,67 +8754,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFD673FE-DB5A-4B84-8F28-CDD72405612F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1909</Words>
-  <Characters>10884</Characters>
+  <Words>1908</Words>
+  <Characters>10878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>90</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Oxford</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12768</CharactersWithSpaces>
+  <CharactersWithSpaces>12761</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Nat</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>