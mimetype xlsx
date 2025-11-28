--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -32,157 +32,157 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\admn2950\Work Folders\docs\- WORKING FILES -\- UKVI changes updates -\- April 2025 changes -\CoS forms updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Staff Immigration Team\Tier 1 Global Talent\Supporting Docs\Process Documents overarch all routes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4C6E476B-9174-4205-80B9-01219620039E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{318A9DA5-A4AD-4AA0-AA25-75239D7EC85A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="DC0E" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cost Centre list" sheetId="2" r:id="rId1"/>
     <sheet name="Global Talent application form" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="cc">#REF!</definedName>
     <definedName name="csDesignMode">1</definedName>
     <definedName name="date">#REF!</definedName>
     <definedName name="exp">#REF!</definedName>
     <definedName name="invoicedate">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Global Talent application form'!$A:$J</definedName>
     <definedName name="sub">#REF!</definedName>
     <definedName name="subjective">#REF!</definedName>
     <definedName name="table">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="N54" i="1" l="1"/>
   <c r="J61" i="1"/>
   <c r="J351" i="1" l="1"/>
   <c r="J348" i="1"/>
   <c r="E49" i="1"/>
   <c r="A408" i="1" l="1"/>
   <c r="E20" i="1" l="1"/>
   <c r="J390" i="1"/>
   <c r="J387" i="1"/>
   <c r="S4" i="1" l="1"/>
   <c r="T3" i="1"/>
   <c r="A224" i="1" l="1"/>
   <c r="B151" i="1"/>
   <c r="E23" i="1"/>
   <c r="A109" i="1" l="1"/>
   <c r="J384" i="1" l="1"/>
   <c r="A20" i="1"/>
   <c r="A23" i="1"/>
   <c r="I33" i="1" l="1"/>
   <c r="I32" i="1"/>
   <c r="J381" i="1"/>
   <c r="J379" i="1"/>
   <c r="J374" i="1"/>
   <c r="J372" i="1"/>
   <c r="J361" i="1"/>
   <c r="J358" i="1"/>
   <c r="J345" i="1"/>
   <c r="H318" i="1"/>
   <c r="H320" i="1"/>
   <c r="G412" i="1" l="1"/>
   <c r="B412" i="1"/>
   <c r="D428" i="1"/>
   <c r="H132" i="1"/>
   <c r="H130" i="1"/>
   <c r="H128" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="616" uniqueCount="599">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="619" uniqueCount="601">
   <si>
     <t>GLOBAL TALENT INTERNAL APPLICATION FORM</t>
   </si>
   <si>
     <t>Please complete this form when considering individuals for endorsement under Global Talent from the Designated Competent Bodies’ - British Academy, Royal Society, Royal Academy of Engineering and UK Research and Innovation (UKRI). Individuals should be requesting endorsement either:</t>
   </si>
   <si>
     <t>For applications under the ‘Individual Fellowships’ (accelerated route) or to the Arts Council UK or Tech</t>
   </si>
   <si>
     <t xml:space="preserve">Signed applications, along with the necessary supporting documents, should be sent via email to the Staff Immigration Team at: </t>
   </si>
   <si>
     <t>Staff Immigration Team</t>
   </si>
   <si>
     <t>https://staffimmigration.admin.ox.ac.uk/</t>
-  </si>
-[...1 lines deleted...]
-    <t>angelina.pelova@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t xml:space="preserve">It is important that the information provided in this application form is accurate and completed in full as this information will be used by the Staff Immigration Team to progress an application for endorsement. </t>
   </si>
   <si>
     <t>Application</t>
   </si>
   <si>
     <t>Personal details</t>
   </si>
   <si>
     <t>Please complete the following personal information in full.  Please complete personal details as they appear in the applicant’s passport, where applicable.</t>
   </si>
   <si>
     <t>Last name</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Title (e.g. Prof, Dr, Mr, Mrs, Ms etc.) - </t>
     </r>
     <r>
       <rPr>
@@ -2741,53 +2741,50 @@
     <t>CM</t>
   </si>
   <si>
     <t>NDM</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>NDM (CAMS)</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>Reuben College</t>
   </si>
   <si>
     <t>MPLS / Social Sciences / Colleges</t>
   </si>
   <si>
     <t>Medical Sciences / Humanities / GLAM / UAS / Continuing Education</t>
-  </si>
-[...1 lines deleted...]
-    <t>Angelina Pelova</t>
   </si>
   <si>
     <t>Lyn Davis</t>
   </si>
   <si>
     <t>lyn.davis@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>Richard Birt</t>
   </si>
   <si>
     <t>richard.birt@admin.ox.ac.uk</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">        </t>
     </r>
     <r>
@@ -3364,160 +3361,62 @@
   <si>
     <r>
       <t xml:space="preserve">The cost of the endorsement application is </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>£561</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">. The 'permission to enter'/ 'permission to stay' (visa) application fee is a further £205. Applicants will need to pay the £205 visa application fee themselves when submitting their application to the Home Office after they have been endorsed (although the department/ faculty/ college may reimburse this fee if they wish). </t>
     </r>
   </si>
   <si>
-    <t>Version 1.6</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Partner and children </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(SIT is happy to help with their Dependant visa applications too)</t>
-    </r>
-[...93 lines deleted...]
-      <t xml:space="preserve"> Children are only granted visas if both parents have or applying for visas/ status in the UK, or if the parent they are dependant on is their sole surviving parent, or has sole custody/ responsibility for them.</t>
     </r>
   </si>
   <si>
     <t>No. of dependants</t>
   </si>
   <si>
     <r>
       <t>Supporting documents</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> – with naming convention</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -3526,60 +3425,170 @@
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>[document]</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>-dd-mm-yy.pdf)</t>
     </r>
   </si>
   <si>
     <t>Visa holders must not travel to the UK before their visa start date !</t>
   </si>
+  <si>
+    <t>Version 1.7</t>
+  </si>
+  <si>
+    <t>angelina.escott@admin.ox.ac.uk</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Does the applicant have a </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>partner</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> in the UK, or coming with them, or to join them now or later, who needs a Dependant partner visa?</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> If yes, they will need to submit their marriage certificate, civil partnership certificate, or documents showing that they have been living together or in a relationship for at least two years, when they apply for a Dependant partner visa.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Does the applicant have </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>children</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (under 18 years old) in the UK, or coming with them, or to join them now or later, who need Dependant child visas? </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>If yes, how many?</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Children are only granted visas if both parents have or applying for visas/ status in the UK, or if the parent they are dependant on is their sole surviving parent, or has sole custody/ responsibility for them.</t>
+    </r>
+  </si>
+  <si>
+    <t>Angelina Escott</t>
+  </si>
+  <si>
+    <t>Gender</t>
+  </si>
+  <si>
+    <t>visa forms only list Male or Female</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -3852,50 +3861,56 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002147"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -4344,51 +4359,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF7030A0"/>
       </left>
       <right style="thin">
         <color rgb="FF7030A0"/>
       </right>
       <top style="thin">
         <color rgb="FF7030A0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7030A0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="398">
+  <cellXfs count="402">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4777,777 +4792,790 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...84 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="34" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="35" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="34" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="35" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="18" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="5" borderId="26" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="47" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...115 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="47" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-[...419 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="24">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FF7030A0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.499984740745262"/>
@@ -5870,67 +5898,67 @@
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$12" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$13" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$15" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$16" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$18" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$19" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>609600</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>8</xdr:col>
-          <xdr:colOff>0</xdr:colOff>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>647700</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Group Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000001040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -5963,51 +5991,51 @@
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>OUT- or IN- Country application</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>333375</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>419100</xdr:colOff>
+          <xdr:colOff>476250</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1026" name="OptionButton1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6021,51 +6049,51 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>333375</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>209550</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>428625</xdr:colOff>
+          <xdr:colOff>485775</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="OptionButton2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6079,51 +6107,51 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>257175</xdr:colOff>
           <xdr:row>125</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>361950</xdr:colOff>
+          <xdr:colOff>47625</xdr:colOff>
           <xdr:row>133</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1031" name="Group Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1031"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000007040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6136,53 +6164,53 @@
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
           <xdr:row>126</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>266700</xdr:colOff>
+          <xdr:colOff>333375</xdr:colOff>
           <xdr:row>128</xdr:row>
-          <xdr:rowOff>95249</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1034" name="GTroute1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1034"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6194,51 +6222,51 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
           <xdr:row>128</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>333375</xdr:colOff>
+          <xdr:colOff>390525</xdr:colOff>
           <xdr:row>130</xdr:row>
           <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1035" name="GTroute2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1035"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6252,53 +6280,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
           <xdr:row>130</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>323850</xdr:colOff>
+          <xdr:colOff>381000</xdr:colOff>
           <xdr:row>132</xdr:row>
-          <xdr:rowOff>76201</xdr:rowOff>
+          <xdr:rowOff>76200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1036" name="GTroute3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1036"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6310,53 +6338,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>316</xdr:row>
           <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>390525</xdr:colOff>
+          <xdr:colOff>200025</xdr:colOff>
           <xdr:row>321</xdr:row>
-          <xdr:rowOff>85724</xdr:rowOff>
+          <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1039" name="Group Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1039"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -6367,53 +6395,53 @@
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
           <xdr:row>316</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>304800</xdr:colOff>
+          <xdr:colOff>342900</xdr:colOff>
           <xdr:row>318</xdr:row>
-          <xdr:rowOff>114299</xdr:rowOff>
+          <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1040" name="GTTalent" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1040"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000010040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6425,51 +6453,51 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
           <xdr:row>318</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>314325</xdr:colOff>
+          <xdr:colOff>352425</xdr:colOff>
           <xdr:row>320</xdr:row>
           <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1041" name="GTPromise" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1041"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000011040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6485,51 +6513,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
           <xdr:row>344</xdr:row>
           <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>504825</xdr:colOff>
           <xdr:row>345</xdr:row>
-          <xdr:rowOff>28576</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1042" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1042"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000012040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6552,51 +6580,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
           <xdr:row>347</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>504825</xdr:colOff>
           <xdr:row>348</xdr:row>
-          <xdr:rowOff>28576</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1043" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1043"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000013040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6686,51 +6714,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
           <xdr:row>360</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>504825</xdr:colOff>
           <xdr:row>361</xdr:row>
-          <xdr:rowOff>57151</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1045" name="Check Box 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1045"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000015040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6752,52 +6780,52 @@
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>370</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
-          <xdr:row>371</xdr:row>
-          <xdr:rowOff>201083</xdr:rowOff>
+          <xdr:row>372</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1046" name="Check Box 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1046"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000016040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6820,51 +6848,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>372</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>374</xdr:row>
-          <xdr:rowOff>19051</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1047" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1047"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000017040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6954,51 +6982,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>379</xdr:row>
           <xdr:rowOff>161925</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>381</xdr:row>
-          <xdr:rowOff>9526</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1050" name="Check Box 26" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1050"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7021,51 +7049,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>382</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>384</xdr:row>
-          <xdr:rowOff>9526</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1051" name="Check Box 27" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1051"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7541,1691 +7569,1691 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.currie@admin.ox.ac.uk?subject=Global%20Talent:%20Individual%20Fellowship%20/%20Arts%20Council%20/%20Tech%20Nation%20query" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-w-immigration-rules-for-workers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/tier-1-client-care-and-condition-form" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.crook@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solveig.alsaker@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.currie@admin.ox.ac.uk?subject=Global%20Talent:%20Individual%20Fellowship%20/%20Arts%20Council%20/%20Tech%20Nation%20query" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-w-immigration-rules-for-workers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/tier-1-client-care-and-condition-form" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.crook@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solveig.alsaker@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B237"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="25" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" style="25" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="156" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" s="27" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="28" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="B4" s="28" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="28" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="B5" s="28" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" s="28" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="28" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" s="28" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" s="28" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="28" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" s="28" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="28" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" s="28" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="28" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B11" s="28" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="28" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="28" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="28" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="28" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="28" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="28" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B15" s="28" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="28" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="28" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="28" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B17" s="28" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="28" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B18" s="28" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="28" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" s="28" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="28" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" s="28" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="28" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22" s="28" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" s="28" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A23" s="28" t="s">
+        <v>72</v>
+      </c>
+      <c r="B23" s="28" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A24" s="28" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" s="28" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A25" s="28" t="s">
+        <v>76</v>
+      </c>
+      <c r="B25" s="28" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A26" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="B26" s="28" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A27" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="B27" s="28" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A28" s="28" t="s">
+        <v>82</v>
+      </c>
+      <c r="B28" s="28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A29" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="B29" s="28" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A30" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="28" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A31" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="B31" s="28" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A32" s="28" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" s="28" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A33" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="B33" s="28" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34" s="28" t="s">
+        <v>94</v>
+      </c>
+      <c r="B34" s="28" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A35" s="28" t="s">
+        <v>96</v>
+      </c>
+      <c r="B35" s="28" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="28" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A37" s="28" t="s">
+        <v>100</v>
+      </c>
+      <c r="B37" s="28" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A38" s="28" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" s="28" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A39" s="28" t="s">
+        <v>104</v>
+      </c>
+      <c r="B39" s="28" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" s="28" t="s">
+        <v>106</v>
+      </c>
+      <c r="B40" s="28" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41" s="28" t="s">
+        <v>108</v>
+      </c>
+      <c r="B41" s="28" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42" s="28" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="B42" s="28" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43" s="28" t="s">
+        <v>110</v>
+      </c>
+      <c r="B43" s="28" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A44" s="28" t="s">
+        <v>517</v>
+      </c>
+      <c r="B44" s="28" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B45" s="28" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46" s="28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B46" s="28" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B47" s="28" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A48" s="28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B48" s="28" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A49" s="28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B49" s="28" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A50" s="28" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B50" s="28" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A51" s="164" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B51" s="165" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A52" s="28" t="s">
+        <v>520</v>
+      </c>
+      <c r="B52" s="28" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A53" s="28" t="s">
+        <v>522</v>
+      </c>
+      <c r="B53" s="28" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A54" s="28" t="s">
+        <v>123</v>
+      </c>
+      <c r="B54" s="28" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A55" s="28" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B55" s="28" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A56" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="B56" s="28" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A57" s="28" t="s">
+        <v>128</v>
+      </c>
+      <c r="B57" s="28" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A58" s="28" t="s">
+        <v>130</v>
+      </c>
+      <c r="B58" s="28" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A59" s="28" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B59" s="28" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A60" s="28" t="s">
+        <v>132</v>
+      </c>
+      <c r="B60" s="28" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A61" s="28" t="s">
+        <v>134</v>
+      </c>
+      <c r="B61" s="28" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A62" s="28" t="s">
+        <v>136</v>
+      </c>
+      <c r="B62" s="28" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A63" s="28" t="s">
+        <v>138</v>
+      </c>
+      <c r="B63" s="28" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A64" s="28" t="s">
+        <v>140</v>
+      </c>
+      <c r="B64" s="28" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A65" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="B65" s="28" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A66" s="28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B66" s="28" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A67" s="28" t="s">
+        <v>146</v>
+      </c>
+      <c r="B67" s="28" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A68" s="28" t="s">
+        <v>148</v>
+      </c>
+      <c r="B68" s="28" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A69" s="28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B69" s="28" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A70" s="28" t="s">
+        <v>152</v>
+      </c>
+      <c r="B70" s="28" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A71" s="28" t="s">
+        <v>154</v>
+      </c>
+      <c r="B71" s="28" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A72" s="28" t="s">
+        <v>156</v>
+      </c>
+      <c r="B72" s="28" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A73" s="28" t="s">
+        <v>158</v>
+      </c>
+      <c r="B73" s="28" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A74" s="28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B74" s="28" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A75" s="28" t="s">
+        <v>162</v>
+      </c>
+      <c r="B75" s="28" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A76" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B76" s="28" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A77" s="28" t="s">
+        <v>166</v>
+      </c>
+      <c r="B77" s="28" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A78" s="28" t="s">
+        <v>168</v>
+      </c>
+      <c r="B78" s="28" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A79" s="28" t="s">
+        <v>170</v>
+      </c>
+      <c r="B79" s="28" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A80" s="28" t="s">
+        <v>172</v>
+      </c>
+      <c r="B80" s="28" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A81" s="28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B81" s="28" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A82" s="28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B82" s="28" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A83" s="28" t="s">
+        <v>178</v>
+      </c>
+      <c r="B83" s="28" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A84" s="28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B84" s="28" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A85" s="28" t="s">
+        <v>182</v>
+      </c>
+      <c r="B85" s="28" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A86" s="28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B86" s="28" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A87" s="28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B87" s="28" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A88" s="28" t="s">
+        <v>188</v>
+      </c>
+      <c r="B88" s="28" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A89" s="28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B89" s="28" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A90" s="28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B90" s="28" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A91" s="28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B91" s="28" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A92" s="28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B92" s="28" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A93" s="28" t="s">
+        <v>198</v>
+      </c>
+      <c r="B93" s="28" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A94" s="28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B94" s="28" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A95" s="28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B95" s="28" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A96" s="28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B96" s="28" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A97" s="28" t="s">
+        <v>206</v>
+      </c>
+      <c r="B97" s="28" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A98" s="28" t="s">
+        <v>208</v>
+      </c>
+      <c r="B98" s="28" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A99" s="28" t="s">
+        <v>210</v>
+      </c>
+      <c r="B99" s="28" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A100" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="B100" s="28" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A101" s="28" t="s">
+        <v>214</v>
+      </c>
+      <c r="B101" s="28" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A102" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="B102" s="28" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A103" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="B103" s="28" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A104" s="28" t="s">
+        <v>220</v>
+      </c>
+      <c r="B104" s="28" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A105" s="28" t="s">
+        <v>222</v>
+      </c>
+      <c r="B105" s="28" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A106" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="B106" s="28" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A107" s="28" t="s">
+        <v>226</v>
+      </c>
+      <c r="B107" s="28" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A108" s="28" t="s">
+        <v>228</v>
+      </c>
+      <c r="B108" s="28" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A109" s="28" t="s">
+        <v>230</v>
+      </c>
+      <c r="B109" s="28" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A110" s="28" t="s">
+        <v>232</v>
+      </c>
+      <c r="B110" s="28" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A111" s="28" t="s">
+        <v>234</v>
+      </c>
+      <c r="B111" s="28" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A112" s="28" t="s">
+        <v>236</v>
+      </c>
+      <c r="B112" s="28" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A113" s="28" t="s">
+        <v>238</v>
+      </c>
+      <c r="B113" s="28" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A114" s="28" t="s">
+        <v>240</v>
+      </c>
+      <c r="B114" s="28" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A115" s="28" t="s">
+        <v>242</v>
+      </c>
+      <c r="B115" s="28" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A116" s="28" t="s">
+        <v>244</v>
+      </c>
+      <c r="B116" s="28" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A117" s="28" t="s">
+        <v>246</v>
+      </c>
+      <c r="B117" s="28" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A118" s="28" t="s">
+        <v>248</v>
+      </c>
+      <c r="B118" s="28" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A119" s="28" t="s">
+        <v>250</v>
+      </c>
+      <c r="B119" s="28" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A120" s="28" t="s">
+        <v>252</v>
+      </c>
+      <c r="B120" s="28" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A121" s="28" t="s">
+        <v>254</v>
+      </c>
+      <c r="B121" s="28" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A122" s="28" t="s">
+        <v>256</v>
+      </c>
+      <c r="B122" s="28" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A123" s="164" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B123" s="165" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A124" s="28" t="s">
+        <v>259</v>
+      </c>
+      <c r="B124" s="28" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A125" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="B125" s="28" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A126" s="28" t="s">
+        <v>263</v>
+      </c>
+      <c r="B126" s="28" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A127" s="28" t="s">
+        <v>265</v>
+      </c>
+      <c r="B127" s="28" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A128" s="28" t="s">
+        <v>267</v>
+      </c>
+      <c r="B128" s="28" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A129" s="28" t="s">
+        <v>269</v>
+      </c>
+      <c r="B129" s="28" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A130" s="28" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B130" s="28" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A131" s="28" t="s">
+        <v>272</v>
+      </c>
+      <c r="B131" s="28" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A132" s="28" t="s">
+        <v>274</v>
+      </c>
+      <c r="B132" s="28" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A133" s="28" t="s">
+        <v>276</v>
+      </c>
+      <c r="B133" s="28" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A134" s="28" t="s">
+        <v>278</v>
+      </c>
+      <c r="B134" s="28" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A135" s="28" t="s">
+        <v>280</v>
+      </c>
+      <c r="B135" s="28" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A136" s="28" t="s">
+        <v>282</v>
+      </c>
+      <c r="B136" s="28" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A137" s="28" t="s">
+        <v>284</v>
+      </c>
+      <c r="B137" s="28" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A138" s="28" t="s">
+        <v>286</v>
+      </c>
+      <c r="B138" s="28" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A139" s="28" t="s">
+        <v>288</v>
+      </c>
+      <c r="B139" s="28" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A140" s="28" t="s">
+        <v>290</v>
+      </c>
+      <c r="B140" s="28" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A141" s="28" t="s">
+        <v>292</v>
+      </c>
+      <c r="B141" s="28" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A142" s="28" t="s">
+        <v>294</v>
+      </c>
+      <c r="B142" s="28" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A143" s="28" t="s">
+        <v>296</v>
+      </c>
+      <c r="B143" s="28" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A144" s="28" t="s">
+        <v>298</v>
+      </c>
+      <c r="B144" s="28" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A145" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="B145" s="28" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A146" s="28" t="s">
+        <v>302</v>
+      </c>
+      <c r="B146" s="28" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A147" s="28" t="s">
+        <v>304</v>
+      </c>
+      <c r="B147" s="28" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A148" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="B148" s="28" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A149" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="B149" s="28" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A150" s="28" t="s">
+        <v>310</v>
+      </c>
+      <c r="B150" s="28" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A151" s="28" t="s">
+        <v>312</v>
+      </c>
+      <c r="B151" s="28" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A152" s="28" t="s">
+        <v>314</v>
+      </c>
+      <c r="B152" s="28" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A153" s="28" t="s">
+        <v>316</v>
+      </c>
+      <c r="B153" s="28" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A154" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="B154" s="28" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A155" s="164" t="s">
+        <v>320</v>
+      </c>
+      <c r="B155" s="164" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A156" s="28" t="s">
+        <v>322</v>
+      </c>
+      <c r="B156" s="28" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A157" s="28" t="s">
+        <v>324</v>
+      </c>
+      <c r="B157" s="28" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A158" s="28" t="s">
+        <v>326</v>
+      </c>
+      <c r="B158" s="28" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A159" s="28" t="s">
+        <v>328</v>
+      </c>
+      <c r="B159" s="28" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A160" s="28" t="s">
+        <v>330</v>
+      </c>
+      <c r="B160" s="28" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A161" s="28" t="s">
+        <v>332</v>
+      </c>
+      <c r="B161" s="28" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A162" s="28" t="s">
+        <v>334</v>
+      </c>
+      <c r="B162" s="28" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A163" s="28" t="s">
+        <v>336</v>
+      </c>
+      <c r="B163" s="28" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A164" s="28" t="s">
+        <v>338</v>
+      </c>
+      <c r="B164" s="28" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A165" s="164" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="B165" s="165" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A166" s="28" t="s">
+        <v>340</v>
+      </c>
+      <c r="B166" s="28" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A167" s="28" t="s">
+        <v>342</v>
+      </c>
+      <c r="B167" s="28" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A168" s="28" t="s">
+        <v>344</v>
+      </c>
+      <c r="B168" s="28" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A169" s="28" t="s">
+        <v>346</v>
+      </c>
+      <c r="B169" s="28" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A170" s="28" t="s">
+        <v>348</v>
+      </c>
+      <c r="B170" s="28" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A171" s="28" t="s">
+        <v>350</v>
+      </c>
+      <c r="B171" s="28" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A172" s="28" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B172" s="28" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A173" s="28" t="s">
+        <v>353</v>
+      </c>
+      <c r="B173" s="28" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A174" s="28" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B174" s="28" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A175" s="28" t="s">
+        <v>525</v>
+      </c>
+      <c r="B175" s="28" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A176" s="28" t="s">
+        <v>355</v>
+      </c>
+      <c r="B176" s="28" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A177" s="28" t="s">
+        <v>357</v>
+      </c>
+      <c r="B177" s="28" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A178" s="28" t="s">
+        <v>359</v>
+      </c>
+      <c r="B178" s="28" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A179" s="28" t="s">
+        <v>361</v>
+      </c>
+      <c r="B179" s="28" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A180" s="28" t="s">
+        <v>363</v>
+      </c>
+      <c r="B180" s="28" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A181" s="28" t="s">
+        <v>365</v>
+      </c>
+      <c r="B181" s="28" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A182" s="28" t="s">
+        <v>367</v>
+      </c>
+      <c r="B182" s="28" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A183" s="28" t="s">
+        <v>369</v>
+      </c>
+      <c r="B183" s="28" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A184" s="28" t="s">
+        <v>371</v>
+      </c>
+      <c r="B184" s="28" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A185" s="28" t="s">
+        <v>373</v>
+      </c>
+      <c r="B185" s="28" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A186" s="28" t="s">
+        <v>375</v>
+      </c>
+      <c r="B186" s="28" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A187" s="28" t="s">
+        <v>377</v>
+      </c>
+      <c r="B187" s="28" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A188" s="28" t="s">
+        <v>379</v>
+      </c>
+      <c r="B188" s="28" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A189" s="28" t="s">
+        <v>381</v>
+      </c>
+      <c r="B189" s="28" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A190" s="28" t="s">
+        <v>383</v>
+      </c>
+      <c r="B190" s="28" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A191" s="28" t="s">
+        <v>385</v>
+      </c>
+      <c r="B191" s="28" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A192" s="28" t="s">
+        <v>387</v>
+      </c>
+      <c r="B192" s="28" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A193" s="28" t="s">
+        <v>389</v>
+      </c>
+      <c r="B193" s="28" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A194" s="28" t="s">
+        <v>391</v>
+      </c>
+      <c r="B194" s="28" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A195" s="28" t="s">
+        <v>393</v>
+      </c>
+      <c r="B195" s="28" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A196" s="28" t="s">
+        <v>395</v>
+      </c>
+      <c r="B196" s="28" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A197" s="28" t="s">
+        <v>397</v>
+      </c>
+      <c r="B197" s="28" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A198" s="28" t="s">
+        <v>399</v>
+      </c>
+      <c r="B198" s="28" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A199" s="28" t="s">
+        <v>401</v>
+      </c>
+      <c r="B199" s="28" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A200" s="28" t="s">
+        <v>403</v>
+      </c>
+      <c r="B200" s="28" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A201" s="28" t="s">
+        <v>405</v>
+      </c>
+      <c r="B201" s="28" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A202" s="28" t="s">
+        <v>407</v>
+      </c>
+      <c r="B202" s="28" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A203" s="28" t="s">
+        <v>409</v>
+      </c>
+      <c r="B203" s="28" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A204" s="28" t="s">
+        <v>411</v>
+      </c>
+      <c r="B204" s="28" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A205" s="30"/>
       <c r="B205" s="31"/>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A206" s="29"/>
       <c r="B206" s="29"/>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A207" s="30"/>
       <c r="B207" s="34"/>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A208" s="29"/>
       <c r="B208" s="29"/>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A209" s="32"/>
       <c r="B209" s="33"/>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A210" s="29"/>
       <c r="B210" s="29"/>
@@ -9337,10101 +9365,10108 @@
     <row r="237" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A237" s="35"/>
       <c r="B237" s="34"/>
     </row>
   </sheetData>
   <sheetProtection password="DC0E" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AD446"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="9.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="9.5703125" style="2" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="2" customWidth="1"/>
-    <col min="8" max="9" width="9.140625" style="2" customWidth="1"/>
-    <col min="10" max="10" width="11.140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="11.85546875" style="2" customWidth="1"/>
+    <col min="9" max="9" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10" max="10" width="12.28515625" style="2" customWidth="1"/>
     <col min="11" max="20" width="9.140625" style="17" customWidth="1"/>
     <col min="21" max="30" width="9.140625" style="2" hidden="1" customWidth="1"/>
     <col min="31" max="16384" width="8.7109375" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" s="95" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="339" t="s">
+      <c r="A1" s="286" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="339"/>
-[...7 lines deleted...]
-      <c r="J1" s="339"/>
+      <c r="B1" s="286"/>
+      <c r="C1" s="286"/>
+      <c r="D1" s="286"/>
+      <c r="E1" s="286"/>
+      <c r="F1" s="286"/>
+      <c r="G1" s="286"/>
+      <c r="H1" s="286"/>
+      <c r="I1" s="286"/>
+      <c r="J1" s="286"/>
       <c r="K1" s="93"/>
       <c r="L1" s="93"/>
       <c r="M1" s="93"/>
       <c r="N1" s="93"/>
       <c r="O1" s="93"/>
       <c r="P1" s="93"/>
       <c r="Q1" s="93"/>
       <c r="R1" s="93"/>
       <c r="S1" s="93"/>
       <c r="T1" s="93"/>
       <c r="U1" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V1" s="95" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:22" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="235" t="s">
+      <c r="A2" s="211" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="235"/>
-[...7 lines deleted...]
-      <c r="J2" s="235"/>
+      <c r="B2" s="211"/>
+      <c r="C2" s="211"/>
+      <c r="D2" s="211"/>
+      <c r="E2" s="211"/>
+      <c r="F2" s="211"/>
+      <c r="G2" s="211"/>
+      <c r="H2" s="211"/>
+      <c r="I2" s="211"/>
+      <c r="J2" s="211"/>
       <c r="K2" s="96"/>
-      <c r="L2" s="330" t="s">
-[...8 lines deleted...]
-      <c r="S2" s="331"/>
+      <c r="L2" s="320" t="s">
+        <v>536</v>
+      </c>
+      <c r="M2" s="321"/>
+      <c r="N2" s="321"/>
+      <c r="O2" s="321"/>
+      <c r="P2" s="321"/>
+      <c r="Q2" s="321"/>
+      <c r="R2" s="321"/>
+      <c r="S2" s="321"/>
       <c r="T2" s="96"/>
       <c r="U2" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V2" s="95" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:22" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="235"/>
-[...8 lines deleted...]
-      <c r="J3" s="235"/>
+      <c r="A3" s="211"/>
+      <c r="B3" s="211"/>
+      <c r="C3" s="211"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="211"/>
+      <c r="G3" s="211"/>
+      <c r="H3" s="211"/>
+      <c r="I3" s="211"/>
+      <c r="J3" s="211"/>
       <c r="K3" s="96"/>
       <c r="L3" s="96"/>
       <c r="M3" s="96"/>
       <c r="N3" s="96"/>
       <c r="O3" s="96"/>
       <c r="P3" s="96"/>
       <c r="Q3" s="96"/>
       <c r="R3" s="96"/>
       <c r="S3" s="96"/>
       <c r="T3" s="152" t="str">
         <f>$J$445</f>
-        <v>Version 1.6</v>
+        <v>Version 1.7</v>
       </c>
     </row>
     <row r="4" spans="1:22" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="235"/>
-[...8 lines deleted...]
-      <c r="J4" s="235"/>
+      <c r="A4" s="211"/>
+      <c r="B4" s="211"/>
+      <c r="C4" s="211"/>
+      <c r="D4" s="211"/>
+      <c r="E4" s="211"/>
+      <c r="F4" s="211"/>
+      <c r="G4" s="211"/>
+      <c r="H4" s="211"/>
+      <c r="I4" s="211"/>
+      <c r="J4" s="211"/>
       <c r="K4" s="96"/>
       <c r="L4" s="96"/>
       <c r="M4" s="96"/>
       <c r="N4" s="96"/>
       <c r="O4" s="96"/>
       <c r="P4" s="96"/>
       <c r="Q4" s="96"/>
       <c r="R4" s="96"/>
-      <c r="S4" s="332">
+      <c r="S4" s="322">
         <f>$I$446</f>
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="T4" s="333"/>
+        <v>45979</v>
+      </c>
+      <c r="T4" s="323"/>
       <c r="U4" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V4" s="95" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:22" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="48"/>
       <c r="B5" s="48"/>
       <c r="C5" s="48"/>
       <c r="D5" s="48"/>
       <c r="E5" s="48"/>
       <c r="F5" s="48"/>
       <c r="G5" s="48"/>
       <c r="H5" s="48"/>
       <c r="I5" s="48"/>
       <c r="J5" s="48"/>
       <c r="K5" s="98"/>
       <c r="L5" s="98"/>
       <c r="M5" s="98"/>
       <c r="N5" s="98"/>
       <c r="O5" s="98"/>
       <c r="P5" s="98"/>
       <c r="Q5" s="98"/>
       <c r="R5" s="98"/>
       <c r="S5" s="98"/>
       <c r="T5" s="98"/>
       <c r="U5" s="99" t="b">
         <v>1</v>
       </c>
       <c r="V5" s="95" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:22" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J6" s="235"/>
+      <c r="A6" s="211" t="s">
+        <v>582</v>
+      </c>
+      <c r="B6" s="211"/>
+      <c r="C6" s="211"/>
+      <c r="D6" s="211"/>
+      <c r="E6" s="211"/>
+      <c r="F6" s="211"/>
+      <c r="G6" s="211"/>
+      <c r="H6" s="211"/>
+      <c r="I6" s="211"/>
+      <c r="J6" s="211"/>
       <c r="K6" s="96"/>
       <c r="L6" s="96"/>
       <c r="M6" s="96"/>
       <c r="N6" s="96"/>
       <c r="O6" s="96"/>
       <c r="P6" s="96"/>
       <c r="Q6" s="96"/>
       <c r="R6" s="96"/>
       <c r="S6" s="96"/>
       <c r="T6" s="96"/>
       <c r="U6" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V6" s="95" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="235"/>
-[...8 lines deleted...]
-      <c r="J7" s="235"/>
+      <c r="A7" s="211"/>
+      <c r="B7" s="211"/>
+      <c r="C7" s="211"/>
+      <c r="D7" s="211"/>
+      <c r="E7" s="211"/>
+      <c r="F7" s="211"/>
+      <c r="G7" s="211"/>
+      <c r="H7" s="211"/>
+      <c r="I7" s="211"/>
+      <c r="J7" s="211"/>
       <c r="K7" s="96"/>
       <c r="L7" s="96"/>
       <c r="M7" s="96"/>
       <c r="N7" s="96"/>
       <c r="O7" s="96"/>
       <c r="P7" s="96"/>
       <c r="Q7" s="96"/>
       <c r="R7" s="96"/>
       <c r="S7" s="96"/>
       <c r="T7" s="96"/>
     </row>
     <row r="8" spans="1:22" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="338" t="s">
-[...10 lines deleted...]
-      <c r="J8" s="338"/>
+      <c r="A8" s="285" t="s">
+        <v>583</v>
+      </c>
+      <c r="B8" s="285"/>
+      <c r="C8" s="285"/>
+      <c r="D8" s="285"/>
+      <c r="E8" s="285"/>
+      <c r="F8" s="285"/>
+      <c r="G8" s="285"/>
+      <c r="H8" s="285"/>
+      <c r="I8" s="285"/>
+      <c r="J8" s="285"/>
       <c r="K8" s="96"/>
       <c r="L8" s="96"/>
       <c r="M8" s="96"/>
       <c r="N8" s="96"/>
       <c r="O8" s="96"/>
       <c r="P8" s="96"/>
       <c r="Q8" s="96"/>
       <c r="R8" s="96"/>
       <c r="S8" s="96"/>
       <c r="T8" s="96"/>
       <c r="U8" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V8" s="95" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
     </row>
     <row r="9" spans="1:22" s="95" customFormat="1" ht="21.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="338"/>
-[...8 lines deleted...]
-      <c r="J9" s="338"/>
+      <c r="A9" s="285"/>
+      <c r="B9" s="285"/>
+      <c r="C9" s="285"/>
+      <c r="D9" s="285"/>
+      <c r="E9" s="285"/>
+      <c r="F9" s="285"/>
+      <c r="G9" s="285"/>
+      <c r="H9" s="285"/>
+      <c r="I9" s="285"/>
+      <c r="J9" s="285"/>
       <c r="K9" s="96"/>
       <c r="L9" s="96"/>
       <c r="M9" s="96"/>
       <c r="N9" s="96"/>
       <c r="O9" s="96"/>
       <c r="P9" s="96"/>
       <c r="Q9" s="96"/>
       <c r="R9" s="96"/>
       <c r="S9" s="96"/>
       <c r="T9" s="96"/>
       <c r="U9" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V9" s="95" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
     </row>
     <row r="10" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J10" s="235"/>
+      <c r="A10" s="211" t="s">
+        <v>535</v>
+      </c>
+      <c r="B10" s="211"/>
+      <c r="C10" s="211"/>
+      <c r="D10" s="211"/>
+      <c r="E10" s="211"/>
+      <c r="F10" s="211"/>
+      <c r="G10" s="211"/>
+      <c r="H10" s="211"/>
+      <c r="I10" s="211"/>
+      <c r="J10" s="211"/>
       <c r="K10" s="96"/>
       <c r="L10" s="96"/>
       <c r="M10" s="96"/>
       <c r="N10" s="96"/>
       <c r="O10" s="96"/>
       <c r="P10" s="96"/>
       <c r="Q10" s="96"/>
       <c r="R10" s="96"/>
       <c r="S10" s="96"/>
       <c r="T10" s="96"/>
     </row>
     <row r="11" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="235"/>
-[...8 lines deleted...]
-      <c r="J11" s="235"/>
+      <c r="A11" s="211"/>
+      <c r="B11" s="211"/>
+      <c r="C11" s="211"/>
+      <c r="D11" s="211"/>
+      <c r="E11" s="211"/>
+      <c r="F11" s="211"/>
+      <c r="G11" s="211"/>
+      <c r="H11" s="211"/>
+      <c r="I11" s="211"/>
+      <c r="J11" s="211"/>
       <c r="K11" s="96"/>
       <c r="L11" s="96"/>
       <c r="M11" s="96"/>
       <c r="N11" s="96"/>
       <c r="O11" s="96"/>
       <c r="P11" s="96"/>
       <c r="Q11" s="96"/>
       <c r="R11" s="96"/>
       <c r="S11" s="96"/>
       <c r="T11" s="96"/>
       <c r="U11" s="100" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
     </row>
     <row r="12" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="235"/>
-[...8 lines deleted...]
-      <c r="J12" s="235"/>
+      <c r="A12" s="211"/>
+      <c r="B12" s="211"/>
+      <c r="C12" s="211"/>
+      <c r="D12" s="211"/>
+      <c r="E12" s="211"/>
+      <c r="F12" s="211"/>
+      <c r="G12" s="211"/>
+      <c r="H12" s="211"/>
+      <c r="I12" s="211"/>
+      <c r="J12" s="211"/>
       <c r="K12" s="96"/>
       <c r="L12" s="96"/>
       <c r="M12" s="96"/>
       <c r="N12" s="96"/>
       <c r="O12" s="96"/>
       <c r="P12" s="96"/>
       <c r="Q12" s="96"/>
       <c r="R12" s="96"/>
       <c r="S12" s="96"/>
       <c r="T12" s="96"/>
       <c r="U12" s="101" t="b">
         <v>0</v>
       </c>
       <c r="V12" s="100" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
     </row>
     <row r="13" spans="1:22" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="102"/>
       <c r="L13" s="102"/>
       <c r="M13" s="102"/>
       <c r="N13" s="102"/>
       <c r="O13" s="102"/>
       <c r="P13" s="102"/>
       <c r="Q13" s="102"/>
       <c r="R13" s="102"/>
       <c r="S13" s="102"/>
       <c r="T13" s="102"/>
       <c r="U13" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V13" s="100" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
     </row>
     <row r="14" spans="1:22" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="234" t="s">
+      <c r="A14" s="221" t="s">
         <v>2</v>
       </c>
-      <c r="B14" s="234"/>
-[...7 lines deleted...]
-      <c r="J14" s="234"/>
+      <c r="B14" s="221"/>
+      <c r="C14" s="221"/>
+      <c r="D14" s="221"/>
+      <c r="E14" s="221"/>
+      <c r="F14" s="221"/>
+      <c r="G14" s="221"/>
+      <c r="H14" s="221"/>
+      <c r="I14" s="221"/>
+      <c r="J14" s="221"/>
       <c r="K14" s="103"/>
       <c r="L14" s="103"/>
       <c r="M14" s="103"/>
       <c r="N14" s="103"/>
       <c r="O14" s="103"/>
       <c r="P14" s="103"/>
       <c r="Q14" s="103"/>
       <c r="R14" s="103"/>
       <c r="S14" s="103"/>
       <c r="T14" s="103"/>
       <c r="U14" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V14" s="95" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
     </row>
     <row r="15" spans="1:22" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="340" t="s">
-[...12 lines deleted...]
-      <c r="J15" s="341"/>
+      <c r="A15" s="287" t="s">
+        <v>538</v>
+      </c>
+      <c r="B15" s="287"/>
+      <c r="C15" s="287"/>
+      <c r="D15" s="287"/>
+      <c r="E15" s="287"/>
+      <c r="F15" s="287"/>
+      <c r="G15" s="288" t="s">
+        <v>539</v>
+      </c>
+      <c r="H15" s="288"/>
+      <c r="I15" s="288"/>
+      <c r="J15" s="288"/>
       <c r="K15" s="104"/>
       <c r="L15" s="104"/>
       <c r="M15" s="104"/>
       <c r="N15" s="104"/>
       <c r="O15" s="104"/>
       <c r="P15" s="104"/>
       <c r="Q15" s="104"/>
       <c r="R15" s="104"/>
       <c r="S15" s="104"/>
       <c r="T15" s="104"/>
       <c r="U15" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V15" s="95" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
     </row>
     <row r="16" spans="1:22" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="102"/>
       <c r="L16" s="102"/>
       <c r="M16" s="102"/>
       <c r="N16" s="102"/>
       <c r="O16" s="102"/>
       <c r="P16" s="102"/>
       <c r="Q16" s="102"/>
       <c r="R16" s="102"/>
       <c r="S16" s="102"/>
       <c r="T16" s="102"/>
       <c r="U16" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V16" s="95" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17" spans="1:23" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="338" t="s">
+      <c r="A17" s="285" t="s">
         <v>3</v>
       </c>
-      <c r="B17" s="338"/>
-[...7 lines deleted...]
-      <c r="J17" s="338"/>
+      <c r="B17" s="285"/>
+      <c r="C17" s="285"/>
+      <c r="D17" s="285"/>
+      <c r="E17" s="285"/>
+      <c r="F17" s="285"/>
+      <c r="G17" s="285"/>
+      <c r="H17" s="285"/>
+      <c r="I17" s="285"/>
+      <c r="J17" s="285"/>
       <c r="K17" s="96"/>
       <c r="L17" s="96"/>
       <c r="M17" s="96"/>
       <c r="N17" s="96"/>
       <c r="O17" s="96"/>
       <c r="P17" s="96"/>
       <c r="Q17" s="96"/>
       <c r="R17" s="96"/>
       <c r="S17" s="96"/>
       <c r="T17" s="96"/>
       <c r="U17" s="95" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
     </row>
     <row r="18" spans="1:23" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="338"/>
-[...8 lines deleted...]
-      <c r="J18" s="338"/>
+      <c r="A18" s="285"/>
+      <c r="B18" s="285"/>
+      <c r="C18" s="285"/>
+      <c r="D18" s="285"/>
+      <c r="E18" s="285"/>
+      <c r="F18" s="285"/>
+      <c r="G18" s="285"/>
+      <c r="H18" s="285"/>
+      <c r="I18" s="285"/>
+      <c r="J18" s="285"/>
       <c r="K18" s="96"/>
       <c r="L18" s="96"/>
       <c r="M18" s="96"/>
       <c r="N18" s="96"/>
       <c r="O18" s="96"/>
       <c r="P18" s="96"/>
       <c r="Q18" s="96"/>
       <c r="R18" s="96"/>
       <c r="S18" s="96"/>
       <c r="T18" s="96"/>
       <c r="U18" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V18" s="95" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
     </row>
     <row r="19" spans="1:23" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
       <c r="J19" s="4"/>
       <c r="K19" s="102"/>
       <c r="L19" s="102"/>
       <c r="M19" s="102"/>
       <c r="N19" s="102"/>
       <c r="O19" s="102"/>
       <c r="P19" s="102"/>
       <c r="Q19" s="102"/>
       <c r="R19" s="102"/>
       <c r="S19" s="102"/>
       <c r="T19" s="102"/>
       <c r="U19" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V19" s="95" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
     </row>
     <row r="20" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="308" t="str">
+      <c r="A20" s="300" t="str">
         <f>HYPERLINK("mailto:" &amp; $B$438 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$B$438)</f>
-        <v>angelina.pelova@admin.ox.ac.uk</v>
-[...4 lines deleted...]
-      <c r="E20" s="280" t="str">
+        <v>angelina.escott@admin.ox.ac.uk</v>
+      </c>
+      <c r="B20" s="301"/>
+      <c r="C20" s="301"/>
+      <c r="D20" s="301"/>
+      <c r="E20" s="189" t="str">
         <f>HYPERLINK("mailto:" &amp; $F$438 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$F$438)</f>
         <v>paul.deeble@admin.ox.ac.uk</v>
       </c>
-      <c r="F20" s="281"/>
-[...1 lines deleted...]
-      <c r="H20" s="281"/>
+      <c r="F20" s="190"/>
+      <c r="G20" s="190"/>
+      <c r="H20" s="190"/>
       <c r="I20" s="92"/>
       <c r="J20" s="92"/>
       <c r="K20" s="105"/>
       <c r="L20" s="105"/>
       <c r="M20" s="105"/>
       <c r="N20" s="105"/>
       <c r="O20" s="105"/>
       <c r="P20" s="105"/>
       <c r="Q20" s="105"/>
       <c r="R20" s="105"/>
       <c r="S20" s="105"/>
       <c r="T20" s="105"/>
     </row>
     <row r="21" spans="1:23" s="95" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="279" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="279"/>
+      <c r="A21" s="252" t="s">
+        <v>533</v>
+      </c>
+      <c r="B21" s="252"/>
+      <c r="C21" s="252"/>
+      <c r="D21" s="252"/>
+      <c r="E21" s="252"/>
+      <c r="F21" s="252"/>
+      <c r="G21" s="252"/>
+      <c r="H21" s="252"/>
+      <c r="I21" s="252"/>
+      <c r="J21" s="252"/>
       <c r="K21" s="106"/>
       <c r="L21" s="106"/>
       <c r="M21" s="106"/>
       <c r="N21" s="106"/>
       <c r="O21" s="106"/>
       <c r="P21" s="106"/>
       <c r="Q21" s="106"/>
       <c r="R21" s="106"/>
       <c r="S21" s="106"/>
       <c r="T21" s="106"/>
       <c r="U21" s="95" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
     </row>
     <row r="22" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="4"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="15"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
       <c r="I22" s="4"/>
       <c r="J22" s="4"/>
       <c r="K22" s="102"/>
       <c r="L22" s="102"/>
       <c r="M22" s="102"/>
       <c r="N22" s="102"/>
       <c r="O22" s="102"/>
       <c r="P22" s="102"/>
       <c r="Q22" s="102"/>
       <c r="R22" s="102"/>
       <c r="S22" s="102"/>
       <c r="T22" s="102"/>
       <c r="U22" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V22" s="95" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
     </row>
     <row r="23" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A23" s="280" t="str">
+      <c r="A23" s="189" t="str">
         <f>HYPERLINK("mailto:" &amp; $B$442 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$B$442)</f>
         <v>lyn.davis@admin.ox.ac.uk</v>
       </c>
-      <c r="B23" s="281"/>
-[...2 lines deleted...]
-      <c r="E23" s="280" t="str">
+      <c r="B23" s="190"/>
+      <c r="C23" s="190"/>
+      <c r="D23" s="190"/>
+      <c r="E23" s="189" t="str">
         <f>HYPERLINK("mailto:" &amp; $F$442 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$F$442)</f>
         <v>richard.birt@admin.ox.ac.uk</v>
       </c>
-      <c r="F23" s="281"/>
-[...1 lines deleted...]
-      <c r="H23" s="281"/>
+      <c r="F23" s="190"/>
+      <c r="G23" s="190"/>
+      <c r="H23" s="190"/>
       <c r="I23" s="92"/>
       <c r="J23" s="92"/>
       <c r="K23" s="105"/>
       <c r="L23" s="105"/>
       <c r="M23" s="105"/>
       <c r="N23" s="105"/>
       <c r="O23" s="105"/>
       <c r="P23" s="105"/>
       <c r="Q23" s="105"/>
       <c r="R23" s="105"/>
       <c r="S23" s="105"/>
       <c r="T23" s="105"/>
       <c r="U23" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V23" s="95" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
     </row>
     <row r="24" spans="1:23" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="279" t="s">
-[...10 lines deleted...]
-      <c r="J24" s="279"/>
+      <c r="A24" s="252" t="s">
+        <v>534</v>
+      </c>
+      <c r="B24" s="252"/>
+      <c r="C24" s="252"/>
+      <c r="D24" s="252"/>
+      <c r="E24" s="252"/>
+      <c r="F24" s="252"/>
+      <c r="G24" s="252"/>
+      <c r="H24" s="252"/>
+      <c r="I24" s="252"/>
+      <c r="J24" s="252"/>
       <c r="K24" s="106"/>
       <c r="L24" s="106"/>
       <c r="M24" s="106"/>
       <c r="N24" s="106"/>
       <c r="O24" s="106"/>
       <c r="P24" s="106"/>
       <c r="Q24" s="106"/>
       <c r="R24" s="106"/>
       <c r="S24" s="106"/>
       <c r="T24" s="106"/>
       <c r="U24" s="159" t="b">
         <v>0</v>
       </c>
       <c r="V24" s="95" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:23" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="18"/>
       <c r="B25" s="18"/>
       <c r="C25" s="18"/>
       <c r="D25" s="18"/>
       <c r="E25" s="18"/>
       <c r="F25" s="18"/>
       <c r="G25" s="18"/>
       <c r="H25" s="18"/>
       <c r="I25" s="18"/>
       <c r="J25" s="18"/>
       <c r="K25" s="107"/>
       <c r="L25" s="107"/>
       <c r="M25" s="107"/>
       <c r="N25" s="107"/>
       <c r="O25" s="107"/>
       <c r="P25" s="107"/>
       <c r="Q25" s="107"/>
       <c r="R25" s="107"/>
       <c r="S25" s="107"/>
       <c r="T25" s="107"/>
       <c r="U25" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V25" s="95" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
     </row>
     <row r="26" spans="1:23" s="109" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="376" t="s">
-[...10 lines deleted...]
-      <c r="J26" s="376"/>
+      <c r="A26" s="251" t="s">
+        <v>7</v>
+      </c>
+      <c r="B26" s="251"/>
+      <c r="C26" s="251"/>
+      <c r="D26" s="251"/>
+      <c r="E26" s="251"/>
+      <c r="F26" s="251"/>
+      <c r="G26" s="251"/>
+      <c r="H26" s="251"/>
+      <c r="I26" s="251"/>
+      <c r="J26" s="251"/>
       <c r="K26" s="108"/>
       <c r="L26" s="108"/>
       <c r="M26" s="108"/>
       <c r="N26" s="108"/>
       <c r="O26" s="108"/>
       <c r="P26" s="108"/>
       <c r="Q26" s="108"/>
       <c r="R26" s="108"/>
       <c r="S26" s="108"/>
       <c r="T26" s="108"/>
       <c r="U26" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V26" s="95" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="W26" s="95"/>
     </row>
     <row r="27" spans="1:23" s="109" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="376"/>
-[...8 lines deleted...]
-      <c r="J27" s="376"/>
+      <c r="A27" s="251"/>
+      <c r="B27" s="251"/>
+      <c r="C27" s="251"/>
+      <c r="D27" s="251"/>
+      <c r="E27" s="251"/>
+      <c r="F27" s="251"/>
+      <c r="G27" s="251"/>
+      <c r="H27" s="251"/>
+      <c r="I27" s="251"/>
+      <c r="J27" s="251"/>
       <c r="K27" s="108"/>
       <c r="L27" s="108"/>
       <c r="M27" s="108"/>
       <c r="N27" s="108"/>
       <c r="O27" s="108"/>
       <c r="P27" s="108"/>
       <c r="Q27" s="108"/>
       <c r="R27" s="108"/>
       <c r="S27" s="108"/>
       <c r="T27" s="108"/>
     </row>
     <row r="28" spans="1:23" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="19"/>
       <c r="B28" s="19"/>
       <c r="C28" s="19"/>
       <c r="D28" s="19"/>
       <c r="E28" s="19"/>
       <c r="F28" s="19"/>
       <c r="G28" s="19"/>
       <c r="H28" s="19"/>
       <c r="I28" s="19"/>
       <c r="J28" s="19"/>
       <c r="K28" s="110"/>
       <c r="L28" s="110"/>
       <c r="M28" s="110"/>
       <c r="N28" s="110"/>
       <c r="O28" s="110"/>
       <c r="P28" s="110"/>
       <c r="Q28" s="110"/>
       <c r="R28" s="110"/>
       <c r="S28" s="110"/>
       <c r="T28" s="110"/>
     </row>
     <row r="29" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A29" s="253" t="s">
-[...10 lines deleted...]
-      <c r="J29" s="253"/>
+      <c r="A29" s="277" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" s="277"/>
+      <c r="C29" s="277"/>
+      <c r="D29" s="277"/>
+      <c r="E29" s="277"/>
+      <c r="F29" s="277"/>
+      <c r="G29" s="277"/>
+      <c r="H29" s="277"/>
+      <c r="I29" s="277"/>
+      <c r="J29" s="277"/>
       <c r="K29" s="111"/>
-      <c r="L29" s="312"/>
-[...6 lines deleted...]
-      <c r="S29" s="314"/>
+      <c r="L29" s="302"/>
+      <c r="M29" s="303"/>
+      <c r="N29" s="303"/>
+      <c r="O29" s="303"/>
+      <c r="P29" s="303"/>
+      <c r="Q29" s="303"/>
+      <c r="R29" s="303"/>
+      <c r="S29" s="304"/>
       <c r="T29" s="111"/>
     </row>
     <row r="30" spans="1:23" s="95" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="19"/>
       <c r="B30" s="19"/>
       <c r="C30" s="19"/>
       <c r="D30" s="19"/>
       <c r="E30" s="19"/>
       <c r="F30" s="19"/>
       <c r="G30" s="19"/>
       <c r="H30" s="19"/>
       <c r="I30" s="19"/>
       <c r="J30" s="19"/>
       <c r="K30" s="110"/>
-      <c r="L30" s="315"/>
-[...6 lines deleted...]
-      <c r="S30" s="317"/>
+      <c r="L30" s="305"/>
+      <c r="M30" s="306"/>
+      <c r="N30" s="306"/>
+      <c r="O30" s="306"/>
+      <c r="P30" s="306"/>
+      <c r="Q30" s="306"/>
+      <c r="R30" s="306"/>
+      <c r="S30" s="307"/>
       <c r="T30" s="110"/>
     </row>
     <row r="31" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A31" s="9"/>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="2"/>
       <c r="J31" s="5"/>
       <c r="K31" s="112"/>
-      <c r="L31" s="315"/>
-[...6 lines deleted...]
-      <c r="S31" s="317"/>
+      <c r="L31" s="305"/>
+      <c r="M31" s="306"/>
+      <c r="N31" s="306"/>
+      <c r="O31" s="306"/>
+      <c r="P31" s="306"/>
+      <c r="Q31" s="306"/>
+      <c r="R31" s="306"/>
+      <c r="S31" s="307"/>
       <c r="T31" s="112"/>
     </row>
     <row r="32" spans="1:23" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="16" t="str">
         <f>IFERROR(IF($U$1=TRUE,10,""),"")</f>
         <v/>
       </c>
       <c r="J32" s="1"/>
       <c r="K32" s="113"/>
-      <c r="L32" s="315"/>
-[...6 lines deleted...]
-      <c r="S32" s="317"/>
+      <c r="L32" s="305"/>
+      <c r="M32" s="306"/>
+      <c r="N32" s="306"/>
+      <c r="O32" s="306"/>
+      <c r="P32" s="306"/>
+      <c r="Q32" s="306"/>
+      <c r="R32" s="306"/>
+      <c r="S32" s="307"/>
       <c r="T32" s="113"/>
     </row>
     <row r="33" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A33" s="1"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="16" t="str">
         <f>IFERROR(IF($U$2=TRUE,10,""),"")</f>
         <v/>
       </c>
       <c r="J33" s="1"/>
       <c r="K33" s="113"/>
-      <c r="L33" s="315"/>
-[...6 lines deleted...]
-      <c r="S33" s="317"/>
+      <c r="L33" s="305"/>
+      <c r="M33" s="306"/>
+      <c r="N33" s="306"/>
+      <c r="O33" s="306"/>
+      <c r="P33" s="306"/>
+      <c r="Q33" s="306"/>
+      <c r="R33" s="306"/>
+      <c r="S33" s="307"/>
       <c r="T33" s="113"/>
     </row>
     <row r="34" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="2"/>
       <c r="J34" s="1"/>
       <c r="K34" s="113"/>
-      <c r="L34" s="315"/>
-[...6 lines deleted...]
-      <c r="S34" s="317"/>
+      <c r="L34" s="305"/>
+      <c r="M34" s="306"/>
+      <c r="N34" s="306"/>
+      <c r="O34" s="306"/>
+      <c r="P34" s="306"/>
+      <c r="Q34" s="306"/>
+      <c r="R34" s="306"/>
+      <c r="S34" s="307"/>
       <c r="T34" s="113"/>
     </row>
     <row r="35" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="282" t="s">
-[...10 lines deleted...]
-      <c r="J35" s="282"/>
+      <c r="A35" s="324" t="s">
+        <v>502</v>
+      </c>
+      <c r="B35" s="324"/>
+      <c r="C35" s="324"/>
+      <c r="D35" s="324"/>
+      <c r="E35" s="324"/>
+      <c r="F35" s="324"/>
+      <c r="G35" s="324"/>
+      <c r="H35" s="324"/>
+      <c r="I35" s="324"/>
+      <c r="J35" s="324"/>
       <c r="K35" s="114"/>
-      <c r="L35" s="315"/>
-[...6 lines deleted...]
-      <c r="S35" s="317"/>
+      <c r="L35" s="305"/>
+      <c r="M35" s="306"/>
+      <c r="N35" s="306"/>
+      <c r="O35" s="306"/>
+      <c r="P35" s="306"/>
+      <c r="Q35" s="306"/>
+      <c r="R35" s="306"/>
+      <c r="S35" s="307"/>
       <c r="T35" s="114"/>
     </row>
     <row r="36" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="282"/>
-[...8 lines deleted...]
-      <c r="J36" s="282"/>
+      <c r="A36" s="324"/>
+      <c r="B36" s="324"/>
+      <c r="C36" s="324"/>
+      <c r="D36" s="324"/>
+      <c r="E36" s="324"/>
+      <c r="F36" s="324"/>
+      <c r="G36" s="324"/>
+      <c r="H36" s="324"/>
+      <c r="I36" s="324"/>
+      <c r="J36" s="324"/>
       <c r="K36" s="114"/>
-      <c r="L36" s="318"/>
-[...6 lines deleted...]
-      <c r="S36" s="320"/>
+      <c r="L36" s="308"/>
+      <c r="M36" s="309"/>
+      <c r="N36" s="309"/>
+      <c r="O36" s="309"/>
+      <c r="P36" s="309"/>
+      <c r="Q36" s="309"/>
+      <c r="R36" s="309"/>
+      <c r="S36" s="310"/>
       <c r="T36" s="114"/>
     </row>
     <row r="37" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="282"/>
-[...8 lines deleted...]
-      <c r="J37" s="282"/>
+      <c r="A37" s="324"/>
+      <c r="B37" s="324"/>
+      <c r="C37" s="324"/>
+      <c r="D37" s="324"/>
+      <c r="E37" s="324"/>
+      <c r="F37" s="324"/>
+      <c r="G37" s="324"/>
+      <c r="H37" s="324"/>
+      <c r="I37" s="324"/>
+      <c r="J37" s="324"/>
       <c r="K37" s="114"/>
       <c r="L37" s="114"/>
       <c r="M37" s="114"/>
       <c r="N37" s="114"/>
       <c r="O37" s="114"/>
       <c r="P37" s="114"/>
       <c r="Q37" s="114"/>
       <c r="R37" s="114"/>
       <c r="S37" s="114"/>
       <c r="T37" s="114"/>
     </row>
     <row r="38" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A38" s="253" t="s">
-[...10 lines deleted...]
-      <c r="J38" s="253"/>
+      <c r="A38" s="277" t="s">
+        <v>9</v>
+      </c>
+      <c r="B38" s="277"/>
+      <c r="C38" s="277"/>
+      <c r="D38" s="277"/>
+      <c r="E38" s="277"/>
+      <c r="F38" s="277"/>
+      <c r="G38" s="277"/>
+      <c r="H38" s="277"/>
+      <c r="I38" s="277"/>
+      <c r="J38" s="277"/>
       <c r="K38" s="111"/>
       <c r="L38" s="111"/>
       <c r="M38" s="111"/>
       <c r="N38" s="111"/>
       <c r="O38" s="111"/>
       <c r="P38" s="111"/>
       <c r="Q38" s="111"/>
       <c r="R38" s="111"/>
       <c r="S38" s="111"/>
       <c r="T38" s="111"/>
     </row>
     <row r="39" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A39" s="4"/>
       <c r="B39" s="4"/>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
       <c r="G39" s="4"/>
       <c r="H39" s="4"/>
       <c r="I39" s="4"/>
       <c r="J39" s="4"/>
       <c r="K39" s="102"/>
       <c r="L39" s="102"/>
       <c r="M39" s="102"/>
       <c r="N39" s="102"/>
       <c r="O39" s="102"/>
       <c r="P39" s="102"/>
       <c r="Q39" s="102"/>
       <c r="R39" s="102"/>
       <c r="S39" s="102"/>
       <c r="T39" s="102"/>
     </row>
     <row r="40" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="234" t="s">
-[...10 lines deleted...]
-      <c r="J40" s="234"/>
+      <c r="A40" s="221" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" s="221"/>
+      <c r="C40" s="221"/>
+      <c r="D40" s="221"/>
+      <c r="E40" s="221"/>
+      <c r="F40" s="221"/>
+      <c r="G40" s="221"/>
+      <c r="H40" s="221"/>
+      <c r="I40" s="221"/>
+      <c r="J40" s="221"/>
       <c r="K40" s="103"/>
-      <c r="L40" s="177"/>
-[...6 lines deleted...]
-      <c r="S40" s="179"/>
+      <c r="L40" s="180"/>
+      <c r="M40" s="181"/>
+      <c r="N40" s="181"/>
+      <c r="O40" s="181"/>
+      <c r="P40" s="181"/>
+      <c r="Q40" s="181"/>
+      <c r="R40" s="181"/>
+      <c r="S40" s="182"/>
       <c r="T40" s="103"/>
     </row>
     <row r="41" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="234"/>
-[...8 lines deleted...]
-      <c r="J41" s="234"/>
+      <c r="A41" s="221"/>
+      <c r="B41" s="221"/>
+      <c r="C41" s="221"/>
+      <c r="D41" s="221"/>
+      <c r="E41" s="221"/>
+      <c r="F41" s="221"/>
+      <c r="G41" s="221"/>
+      <c r="H41" s="221"/>
+      <c r="I41" s="221"/>
+      <c r="J41" s="221"/>
       <c r="K41" s="103"/>
-      <c r="L41" s="180"/>
-[...6 lines deleted...]
-      <c r="S41" s="182"/>
+      <c r="L41" s="183"/>
+      <c r="M41" s="184"/>
+      <c r="N41" s="184"/>
+      <c r="O41" s="184"/>
+      <c r="P41" s="184"/>
+      <c r="Q41" s="184"/>
+      <c r="R41" s="184"/>
+      <c r="S41" s="185"/>
       <c r="T41" s="103"/>
     </row>
     <row r="42" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
       <c r="I42" s="4"/>
       <c r="J42" s="4"/>
       <c r="K42" s="102"/>
-      <c r="L42" s="180"/>
-[...6 lines deleted...]
-      <c r="S42" s="182"/>
+      <c r="L42" s="183"/>
+      <c r="M42" s="184"/>
+      <c r="N42" s="184"/>
+      <c r="O42" s="184"/>
+      <c r="P42" s="184"/>
+      <c r="Q42" s="184"/>
+      <c r="R42" s="184"/>
+      <c r="S42" s="185"/>
       <c r="T42" s="102"/>
     </row>
     <row r="43" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="270" t="s">
+      <c r="A43" s="256" t="s">
+        <v>12</v>
+      </c>
+      <c r="B43" s="256"/>
+      <c r="C43" s="256"/>
+      <c r="D43" s="256"/>
+      <c r="E43" s="256"/>
+      <c r="F43" s="256"/>
+      <c r="G43" s="256"/>
+      <c r="H43" s="191"/>
+      <c r="I43" s="192"/>
+      <c r="J43" s="193"/>
+      <c r="K43" s="115"/>
+      <c r="L43" s="183"/>
+      <c r="M43" s="184"/>
+      <c r="N43" s="184"/>
+      <c r="O43" s="184"/>
+      <c r="P43" s="184"/>
+      <c r="Q43" s="184"/>
+      <c r="R43" s="184"/>
+      <c r="S43" s="185"/>
+      <c r="T43" s="115"/>
+    </row>
+    <row r="44" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="256" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" s="256"/>
+      <c r="C44" s="256"/>
+      <c r="D44" s="256"/>
+      <c r="E44" s="191"/>
+      <c r="F44" s="192"/>
+      <c r="G44" s="192"/>
+      <c r="H44" s="271"/>
+      <c r="I44" s="271"/>
+      <c r="J44" s="272"/>
+      <c r="K44" s="115"/>
+      <c r="L44" s="183"/>
+      <c r="M44" s="184"/>
+      <c r="N44" s="184"/>
+      <c r="O44" s="184"/>
+      <c r="P44" s="184"/>
+      <c r="Q44" s="184"/>
+      <c r="R44" s="184"/>
+      <c r="S44" s="185"/>
+      <c r="T44" s="115"/>
+    </row>
+    <row r="45" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="273" t="s">
         <v>13</v>
       </c>
-      <c r="B43" s="270"/>
-[...44 lines deleted...]
-      <c r="A45" s="204" t="s">
+      <c r="B45" s="273"/>
+      <c r="C45" s="273"/>
+      <c r="D45" s="273"/>
+      <c r="E45" s="191"/>
+      <c r="F45" s="192"/>
+      <c r="G45" s="192"/>
+      <c r="H45" s="192"/>
+      <c r="I45" s="192"/>
+      <c r="J45" s="193"/>
+      <c r="K45" s="115"/>
+      <c r="L45" s="183"/>
+      <c r="M45" s="184"/>
+      <c r="N45" s="184"/>
+      <c r="O45" s="184"/>
+      <c r="P45" s="184"/>
+      <c r="Q45" s="184"/>
+      <c r="R45" s="184"/>
+      <c r="S45" s="185"/>
+      <c r="T45" s="115"/>
+    </row>
+    <row r="46" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="273" t="s">
         <v>14</v>
       </c>
-      <c r="B45" s="204"/>
-[...20 lines deleted...]
-      <c r="A46" s="204" t="s">
+      <c r="B46" s="273"/>
+      <c r="C46" s="273"/>
+      <c r="D46" s="273"/>
+      <c r="E46" s="347"/>
+      <c r="F46" s="348"/>
+      <c r="G46" s="348"/>
+      <c r="H46" s="348"/>
+      <c r="I46" s="348"/>
+      <c r="J46" s="349"/>
+      <c r="K46" s="115"/>
+      <c r="L46" s="183"/>
+      <c r="M46" s="184"/>
+      <c r="N46" s="184"/>
+      <c r="O46" s="184"/>
+      <c r="P46" s="184"/>
+      <c r="Q46" s="184"/>
+      <c r="R46" s="184"/>
+      <c r="S46" s="185"/>
+      <c r="T46" s="115"/>
+    </row>
+    <row r="47" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="256" t="s">
         <v>15</v>
       </c>
-      <c r="B46" s="204"/>
-[...20 lines deleted...]
-      <c r="A47" s="270" t="s">
+      <c r="B47" s="256"/>
+      <c r="C47" s="256"/>
+      <c r="D47" s="256"/>
+      <c r="E47" s="227"/>
+      <c r="F47" s="229"/>
+      <c r="G47" s="178" t="s">
+        <v>599</v>
+      </c>
+      <c r="H47" s="179" t="s">
+        <v>507</v>
+      </c>
+      <c r="I47" s="400" t="s">
+        <v>600</v>
+      </c>
+      <c r="J47" s="401"/>
+      <c r="K47" s="116"/>
+      <c r="L47" s="183"/>
+      <c r="M47" s="184"/>
+      <c r="N47" s="184"/>
+      <c r="O47" s="184"/>
+      <c r="P47" s="184"/>
+      <c r="Q47" s="184"/>
+      <c r="R47" s="184"/>
+      <c r="S47" s="185"/>
+      <c r="T47" s="116"/>
+    </row>
+    <row r="48" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="256" t="s">
         <v>16</v>
       </c>
-      <c r="B47" s="270"/>
-[...25 lines deleted...]
-      <c r="D48" s="270"/>
+      <c r="B48" s="256"/>
+      <c r="C48" s="256"/>
+      <c r="D48" s="256"/>
       <c r="E48" s="274"/>
-      <c r="F48" s="275"/>
-[...3 lines deleted...]
-      <c r="J48" s="276"/>
+      <c r="F48" s="271"/>
+      <c r="G48" s="271"/>
+      <c r="H48" s="271"/>
+      <c r="I48" s="271"/>
+      <c r="J48" s="272"/>
       <c r="K48" s="115"/>
-      <c r="L48" s="180"/>
-[...6 lines deleted...]
-      <c r="S48" s="182"/>
+      <c r="L48" s="183"/>
+      <c r="M48" s="184"/>
+      <c r="N48" s="184"/>
+      <c r="O48" s="184"/>
+      <c r="P48" s="184"/>
+      <c r="Q48" s="184"/>
+      <c r="R48" s="184"/>
+      <c r="S48" s="185"/>
       <c r="T48" s="115"/>
     </row>
     <row r="49" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
-      <c r="E49" s="358" t="str">
+      <c r="E49" s="276" t="str">
         <f ca="1">IFERROR(IF($E$47&lt;&gt;"",IF(YEAR($E$47)&gt;(YEAR($I$446)-16),YEAR($I$446)-YEAR($E$47)&amp;" years old?",IF(YEAR($E$47)&lt;(YEAR($I$446)-80),YEAR($I$446)-YEAR($E$47)&amp;" years old?","Applicant is " &amp; DATEDIF($E$47,TODAY(),"y") &amp; " years &amp; " &amp; DATEDIF($E$47,TODAY(),"ym") &amp; " months old")),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="F49" s="358"/>
-[...3 lines deleted...]
-      <c r="J49" s="358"/>
+      <c r="F49" s="276"/>
+      <c r="G49" s="276"/>
+      <c r="H49" s="276"/>
+      <c r="I49" s="276"/>
+      <c r="J49" s="276"/>
       <c r="K49" s="102"/>
-      <c r="L49" s="180"/>
-[...6 lines deleted...]
-      <c r="S49" s="182"/>
+      <c r="L49" s="183"/>
+      <c r="M49" s="184"/>
+      <c r="N49" s="184"/>
+      <c r="O49" s="184"/>
+      <c r="P49" s="184"/>
+      <c r="Q49" s="184"/>
+      <c r="R49" s="184"/>
+      <c r="S49" s="185"/>
       <c r="T49" s="102"/>
     </row>
     <row r="50" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="21" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
-      <c r="G50" s="264"/>
-[...2 lines deleted...]
-      <c r="J50" s="266"/>
+      <c r="G50" s="359"/>
+      <c r="H50" s="360"/>
+      <c r="I50" s="360"/>
+      <c r="J50" s="361"/>
       <c r="K50" s="115"/>
-      <c r="L50" s="180"/>
-[...6 lines deleted...]
-      <c r="S50" s="182"/>
+      <c r="L50" s="183"/>
+      <c r="M50" s="184"/>
+      <c r="N50" s="184"/>
+      <c r="O50" s="184"/>
+      <c r="P50" s="184"/>
+      <c r="Q50" s="184"/>
+      <c r="R50" s="184"/>
+      <c r="S50" s="185"/>
       <c r="T50" s="115"/>
     </row>
     <row r="51" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="21" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
-      <c r="G51" s="267"/>
-[...2 lines deleted...]
-      <c r="J51" s="269"/>
+      <c r="G51" s="362"/>
+      <c r="H51" s="363"/>
+      <c r="I51" s="363"/>
+      <c r="J51" s="364"/>
       <c r="K51" s="117"/>
-      <c r="L51" s="183"/>
-[...6 lines deleted...]
-      <c r="S51" s="185"/>
+      <c r="L51" s="186"/>
+      <c r="M51" s="187"/>
+      <c r="N51" s="187"/>
+      <c r="O51" s="187"/>
+      <c r="P51" s="187"/>
+      <c r="Q51" s="187"/>
+      <c r="R51" s="187"/>
+      <c r="S51" s="188"/>
       <c r="T51" s="117"/>
     </row>
     <row r="52" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A52" s="4"/>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="4"/>
       <c r="H52" s="4"/>
       <c r="I52" s="4"/>
       <c r="J52" s="4"/>
       <c r="K52" s="102"/>
       <c r="L52" s="102"/>
       <c r="M52" s="102"/>
       <c r="N52" s="102"/>
       <c r="O52" s="102"/>
       <c r="P52" s="102"/>
       <c r="Q52" s="102"/>
       <c r="R52" s="102"/>
       <c r="S52" s="102"/>
       <c r="T52" s="102"/>
     </row>
     <row r="53" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="253" t="s">
-[...10 lines deleted...]
-      <c r="J53" s="253"/>
+      <c r="A53" s="277" t="s">
+        <v>590</v>
+      </c>
+      <c r="B53" s="277"/>
+      <c r="C53" s="277"/>
+      <c r="D53" s="277"/>
+      <c r="E53" s="277"/>
+      <c r="F53" s="277"/>
+      <c r="G53" s="277"/>
+      <c r="H53" s="277"/>
+      <c r="I53" s="277"/>
+      <c r="J53" s="277"/>
       <c r="K53" s="102"/>
       <c r="L53" s="102"/>
       <c r="M53" s="102"/>
       <c r="N53" s="102"/>
       <c r="O53" s="102"/>
       <c r="P53" s="102"/>
       <c r="Q53" s="102"/>
       <c r="R53" s="102"/>
       <c r="S53" s="102"/>
       <c r="T53" s="102"/>
     </row>
     <row r="54" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="235" t="s">
-[...11 lines deleted...]
-        <v>508</v>
+      <c r="A54" s="211" t="s">
+        <v>596</v>
+      </c>
+      <c r="B54" s="211"/>
+      <c r="C54" s="211"/>
+      <c r="D54" s="211"/>
+      <c r="E54" s="211"/>
+      <c r="F54" s="211"/>
+      <c r="G54" s="211"/>
+      <c r="H54" s="211"/>
+      <c r="I54" s="211"/>
+      <c r="J54" s="278" t="s">
+        <v>507</v>
       </c>
       <c r="K54" s="102"/>
       <c r="L54" s="102"/>
       <c r="M54" s="175" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="N54" s="176">
         <f>IF($J$54="Yes",1,0)+IF(AND($J$58="Yes",$J$59&lt;&gt;""),$J$59,0)</f>
         <v>0</v>
       </c>
       <c r="O54" s="102"/>
       <c r="P54" s="102"/>
       <c r="Q54" s="102"/>
       <c r="R54" s="102"/>
       <c r="S54" s="102"/>
       <c r="T54" s="102"/>
     </row>
     <row r="55" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="235"/>
-[...8 lines deleted...]
-      <c r="J55" s="360"/>
+      <c r="A55" s="211"/>
+      <c r="B55" s="211"/>
+      <c r="C55" s="211"/>
+      <c r="D55" s="211"/>
+      <c r="E55" s="211"/>
+      <c r="F55" s="211"/>
+      <c r="G55" s="211"/>
+      <c r="H55" s="211"/>
+      <c r="I55" s="211"/>
+      <c r="J55" s="279"/>
       <c r="K55" s="102"/>
       <c r="L55" s="102"/>
       <c r="M55" s="102"/>
       <c r="N55" s="102"/>
       <c r="O55" s="102"/>
       <c r="P55" s="102"/>
       <c r="Q55" s="102"/>
       <c r="R55" s="102"/>
       <c r="S55" s="102"/>
       <c r="T55" s="102"/>
     </row>
     <row r="56" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="235"/>
-[...7 lines deleted...]
-      <c r="I56" s="235"/>
+      <c r="A56" s="211"/>
+      <c r="B56" s="211"/>
+      <c r="C56" s="211"/>
+      <c r="D56" s="211"/>
+      <c r="E56" s="211"/>
+      <c r="F56" s="211"/>
+      <c r="G56" s="211"/>
+      <c r="H56" s="211"/>
+      <c r="I56" s="211"/>
       <c r="J56" s="172"/>
       <c r="K56" s="102"/>
       <c r="L56" s="102"/>
       <c r="M56" s="102"/>
       <c r="N56" s="102"/>
       <c r="O56" s="102"/>
       <c r="P56" s="102"/>
       <c r="Q56" s="102"/>
       <c r="R56" s="102"/>
       <c r="S56" s="102"/>
       <c r="T56" s="102"/>
     </row>
     <row r="57" spans="1:20" s="95" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="235"/>
-[...7 lines deleted...]
-      <c r="I57" s="235"/>
+      <c r="A57" s="211"/>
+      <c r="B57" s="211"/>
+      <c r="C57" s="211"/>
+      <c r="D57" s="211"/>
+      <c r="E57" s="211"/>
+      <c r="F57" s="211"/>
+      <c r="G57" s="211"/>
+      <c r="H57" s="211"/>
+      <c r="I57" s="211"/>
       <c r="J57" s="172"/>
       <c r="K57" s="102"/>
       <c r="L57" s="102"/>
       <c r="M57" s="102"/>
       <c r="N57" s="102"/>
       <c r="O57" s="102"/>
       <c r="P57" s="102"/>
       <c r="Q57" s="102"/>
       <c r="R57" s="102"/>
       <c r="S57" s="102"/>
       <c r="T57" s="102"/>
     </row>
     <row r="58" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="235" t="s">
-[...9 lines deleted...]
-      <c r="I58" s="235"/>
+      <c r="A58" s="211" t="s">
+        <v>597</v>
+      </c>
+      <c r="B58" s="211"/>
+      <c r="C58" s="211"/>
+      <c r="D58" s="211"/>
+      <c r="E58" s="211"/>
+      <c r="F58" s="211"/>
+      <c r="G58" s="211"/>
+      <c r="H58" s="211"/>
+      <c r="I58" s="211"/>
       <c r="J58" s="173" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="K58" s="102"/>
       <c r="L58" s="102"/>
       <c r="M58" s="102"/>
       <c r="N58" s="102"/>
       <c r="O58" s="102"/>
       <c r="P58" s="102"/>
       <c r="Q58" s="102"/>
       <c r="R58" s="102"/>
       <c r="S58" s="102"/>
       <c r="T58" s="102"/>
     </row>
     <row r="59" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="235"/>
-[...8 lines deleted...]
-      <c r="J59" s="361"/>
+      <c r="A59" s="211"/>
+      <c r="B59" s="211"/>
+      <c r="C59" s="211"/>
+      <c r="D59" s="211"/>
+      <c r="E59" s="211"/>
+      <c r="F59" s="211"/>
+      <c r="G59" s="211"/>
+      <c r="H59" s="211"/>
+      <c r="I59" s="211"/>
+      <c r="J59" s="280"/>
       <c r="K59" s="102"/>
       <c r="L59" s="102"/>
       <c r="M59" s="102"/>
       <c r="N59" s="102"/>
       <c r="O59" s="102"/>
       <c r="P59" s="102"/>
       <c r="Q59" s="102"/>
       <c r="R59" s="102"/>
       <c r="S59" s="102"/>
       <c r="T59" s="102"/>
     </row>
-    <row r="60" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J60" s="362"/>
+    <row r="60" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="211"/>
+      <c r="B60" s="211"/>
+      <c r="C60" s="211"/>
+      <c r="D60" s="211"/>
+      <c r="E60" s="211"/>
+      <c r="F60" s="211"/>
+      <c r="G60" s="211"/>
+      <c r="H60" s="211"/>
+      <c r="I60" s="211"/>
+      <c r="J60" s="281"/>
       <c r="K60" s="102"/>
       <c r="L60" s="102"/>
       <c r="M60" s="102"/>
       <c r="N60" s="102"/>
       <c r="O60" s="102"/>
       <c r="P60" s="102"/>
       <c r="Q60" s="102"/>
       <c r="R60" s="102"/>
       <c r="S60" s="102"/>
       <c r="T60" s="102"/>
     </row>
     <row r="61" spans="1:20" s="95" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="235"/>
-[...7 lines deleted...]
-      <c r="I61" s="235"/>
+      <c r="A61" s="211"/>
+      <c r="B61" s="211"/>
+      <c r="C61" s="211"/>
+      <c r="D61" s="211"/>
+      <c r="E61" s="211"/>
+      <c r="F61" s="211"/>
+      <c r="G61" s="211"/>
+      <c r="H61" s="211"/>
+      <c r="I61" s="211"/>
       <c r="J61" s="174" t="str">
         <f>IF(AND($J$58="Yes",$J$59=""),"enter no. of kids","")</f>
         <v/>
       </c>
       <c r="K61" s="102"/>
       <c r="L61" s="102"/>
       <c r="M61" s="102"/>
       <c r="N61" s="102"/>
       <c r="O61" s="102"/>
       <c r="P61" s="102"/>
       <c r="Q61" s="102"/>
       <c r="R61" s="102"/>
       <c r="S61" s="102"/>
       <c r="T61" s="102"/>
     </row>
     <row r="62" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A62" s="253" t="s">
-[...10 lines deleted...]
-      <c r="J62" s="253"/>
+      <c r="A62" s="277" t="s">
+        <v>18</v>
+      </c>
+      <c r="B62" s="277"/>
+      <c r="C62" s="277"/>
+      <c r="D62" s="277"/>
+      <c r="E62" s="277"/>
+      <c r="F62" s="277"/>
+      <c r="G62" s="277"/>
+      <c r="H62" s="277"/>
+      <c r="I62" s="277"/>
+      <c r="J62" s="277"/>
       <c r="K62" s="111"/>
       <c r="L62" s="111"/>
       <c r="M62" s="111"/>
       <c r="N62" s="111"/>
       <c r="O62" s="111"/>
       <c r="P62" s="111"/>
       <c r="Q62" s="111"/>
       <c r="R62" s="111"/>
       <c r="S62" s="111"/>
       <c r="T62" s="111"/>
     </row>
     <row r="63" spans="1:20" s="95" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A63" s="4"/>
       <c r="B63" s="4"/>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="4"/>
       <c r="H63" s="4"/>
       <c r="I63" s="4"/>
       <c r="J63" s="4"/>
       <c r="K63" s="102"/>
-      <c r="L63" s="177"/>
-[...6 lines deleted...]
-      <c r="S63" s="179"/>
+      <c r="L63" s="180"/>
+      <c r="M63" s="181"/>
+      <c r="N63" s="181"/>
+      <c r="O63" s="181"/>
+      <c r="P63" s="181"/>
+      <c r="Q63" s="181"/>
+      <c r="R63" s="181"/>
+      <c r="S63" s="182"/>
       <c r="T63" s="102"/>
     </row>
     <row r="64" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="334" t="s">
-[...10 lines deleted...]
-      <c r="J64" s="217"/>
+      <c r="A64" s="260" t="s">
+        <v>20</v>
+      </c>
+      <c r="B64" s="260"/>
+      <c r="C64" s="260"/>
+      <c r="D64" s="260"/>
+      <c r="E64" s="191"/>
+      <c r="F64" s="192"/>
+      <c r="G64" s="192"/>
+      <c r="H64" s="192"/>
+      <c r="I64" s="192"/>
+      <c r="J64" s="193"/>
       <c r="K64" s="115"/>
-      <c r="L64" s="180"/>
-[...6 lines deleted...]
-      <c r="S64" s="182"/>
+      <c r="L64" s="183"/>
+      <c r="M64" s="184"/>
+      <c r="N64" s="184"/>
+      <c r="O64" s="184"/>
+      <c r="P64" s="184"/>
+      <c r="Q64" s="184"/>
+      <c r="R64" s="184"/>
+      <c r="S64" s="185"/>
       <c r="T64" s="115"/>
     </row>
     <row r="65" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="252" t="s">
-[...10 lines deleted...]
-      <c r="J65" s="252"/>
+      <c r="A65" s="283" t="s">
+        <v>493</v>
+      </c>
+      <c r="B65" s="283"/>
+      <c r="C65" s="283"/>
+      <c r="D65" s="283"/>
+      <c r="E65" s="283"/>
+      <c r="F65" s="283"/>
+      <c r="G65" s="283"/>
+      <c r="H65" s="283"/>
+      <c r="I65" s="283"/>
+      <c r="J65" s="283"/>
       <c r="K65" s="118"/>
-      <c r="L65" s="180"/>
-[...6 lines deleted...]
-      <c r="S65" s="182"/>
+      <c r="L65" s="183"/>
+      <c r="M65" s="184"/>
+      <c r="N65" s="184"/>
+      <c r="O65" s="184"/>
+      <c r="P65" s="184"/>
+      <c r="Q65" s="184"/>
+      <c r="R65" s="184"/>
+      <c r="S65" s="185"/>
       <c r="T65" s="118"/>
     </row>
     <row r="66" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="252"/>
-[...8 lines deleted...]
-      <c r="J66" s="252"/>
+      <c r="A66" s="283"/>
+      <c r="B66" s="283"/>
+      <c r="C66" s="283"/>
+      <c r="D66" s="283"/>
+      <c r="E66" s="283"/>
+      <c r="F66" s="283"/>
+      <c r="G66" s="283"/>
+      <c r="H66" s="283"/>
+      <c r="I66" s="283"/>
+      <c r="J66" s="283"/>
       <c r="K66" s="118"/>
-      <c r="L66" s="180"/>
-[...6 lines deleted...]
-      <c r="S66" s="182"/>
+      <c r="L66" s="183"/>
+      <c r="M66" s="184"/>
+      <c r="N66" s="184"/>
+      <c r="O66" s="184"/>
+      <c r="P66" s="184"/>
+      <c r="Q66" s="184"/>
+      <c r="R66" s="184"/>
+      <c r="S66" s="185"/>
       <c r="T66" s="118"/>
     </row>
     <row r="67" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A67" s="4"/>
       <c r="B67" s="4"/>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
       <c r="E67" s="4"/>
       <c r="F67" s="4"/>
       <c r="G67" s="4"/>
       <c r="H67" s="4"/>
       <c r="I67" s="4"/>
       <c r="J67" s="4"/>
       <c r="K67" s="102"/>
-      <c r="L67" s="180"/>
-[...6 lines deleted...]
-      <c r="S67" s="182"/>
+      <c r="L67" s="183"/>
+      <c r="M67" s="184"/>
+      <c r="N67" s="184"/>
+      <c r="O67" s="184"/>
+      <c r="P67" s="184"/>
+      <c r="Q67" s="184"/>
+      <c r="R67" s="184"/>
+      <c r="S67" s="185"/>
       <c r="T67" s="102"/>
     </row>
     <row r="68" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="22" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
-      <c r="E68" s="215"/>
-[...4 lines deleted...]
-      <c r="J68" s="217"/>
+      <c r="E68" s="191"/>
+      <c r="F68" s="192"/>
+      <c r="G68" s="192"/>
+      <c r="H68" s="192"/>
+      <c r="I68" s="192"/>
+      <c r="J68" s="193"/>
       <c r="K68" s="115"/>
-      <c r="L68" s="183"/>
-[...6 lines deleted...]
-      <c r="S68" s="185"/>
+      <c r="L68" s="186"/>
+      <c r="M68" s="187"/>
+      <c r="N68" s="187"/>
+      <c r="O68" s="187"/>
+      <c r="P68" s="187"/>
+      <c r="Q68" s="187"/>
+      <c r="R68" s="187"/>
+      <c r="S68" s="188"/>
       <c r="T68" s="115"/>
     </row>
     <row r="69" spans="1:20" s="95" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="4"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="4"/>
       <c r="H69" s="4"/>
       <c r="I69" s="4"/>
       <c r="J69" s="4"/>
       <c r="K69" s="102"/>
       <c r="L69" s="102"/>
       <c r="M69" s="102"/>
       <c r="N69" s="102"/>
       <c r="O69" s="102"/>
       <c r="P69" s="102"/>
       <c r="Q69" s="102"/>
       <c r="R69" s="102"/>
       <c r="S69" s="102"/>
       <c r="T69" s="102"/>
     </row>
     <row r="70" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A70" s="253" t="s">
-[...10 lines deleted...]
-      <c r="J70" s="253"/>
+      <c r="A70" s="277" t="s">
+        <v>21</v>
+      </c>
+      <c r="B70" s="277"/>
+      <c r="C70" s="277"/>
+      <c r="D70" s="277"/>
+      <c r="E70" s="277"/>
+      <c r="F70" s="277"/>
+      <c r="G70" s="277"/>
+      <c r="H70" s="277"/>
+      <c r="I70" s="277"/>
+      <c r="J70" s="277"/>
       <c r="K70" s="111"/>
       <c r="L70" s="111"/>
       <c r="M70" s="111"/>
       <c r="N70" s="111"/>
       <c r="O70" s="111"/>
       <c r="P70" s="111"/>
       <c r="Q70" s="111"/>
       <c r="R70" s="111"/>
       <c r="S70" s="111"/>
       <c r="T70" s="111"/>
     </row>
     <row r="71" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A71" s="4"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
       <c r="I71" s="4"/>
       <c r="J71" s="4"/>
       <c r="K71" s="102"/>
       <c r="L71" s="102"/>
       <c r="M71" s="102"/>
       <c r="N71" s="102"/>
       <c r="O71" s="102"/>
       <c r="P71" s="102"/>
       <c r="Q71" s="102"/>
       <c r="R71" s="102"/>
       <c r="S71" s="102"/>
       <c r="T71" s="102"/>
     </row>
     <row r="72" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="254" t="s">
-[...10 lines deleted...]
-      <c r="J72" s="257"/>
+      <c r="A72" s="198" t="s">
+        <v>22</v>
+      </c>
+      <c r="B72" s="198"/>
+      <c r="C72" s="198"/>
+      <c r="D72" s="198"/>
+      <c r="E72" s="350"/>
+      <c r="F72" s="351"/>
+      <c r="G72" s="351"/>
+      <c r="H72" s="351"/>
+      <c r="I72" s="351"/>
+      <c r="J72" s="352"/>
       <c r="K72" s="119"/>
-      <c r="L72" s="177"/>
-[...6 lines deleted...]
-      <c r="S72" s="179"/>
+      <c r="L72" s="180"/>
+      <c r="M72" s="181"/>
+      <c r="N72" s="181"/>
+      <c r="O72" s="181"/>
+      <c r="P72" s="181"/>
+      <c r="Q72" s="181"/>
+      <c r="R72" s="181"/>
+      <c r="S72" s="182"/>
       <c r="T72" s="119"/>
     </row>
     <row r="73" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="254"/>
-[...8 lines deleted...]
-      <c r="J73" s="260"/>
+      <c r="A73" s="198"/>
+      <c r="B73" s="198"/>
+      <c r="C73" s="198"/>
+      <c r="D73" s="198"/>
+      <c r="E73" s="353"/>
+      <c r="F73" s="354"/>
+      <c r="G73" s="354"/>
+      <c r="H73" s="354"/>
+      <c r="I73" s="354"/>
+      <c r="J73" s="355"/>
       <c r="K73" s="119"/>
-      <c r="L73" s="180"/>
-[...6 lines deleted...]
-      <c r="S73" s="182"/>
+      <c r="L73" s="183"/>
+      <c r="M73" s="184"/>
+      <c r="N73" s="184"/>
+      <c r="O73" s="184"/>
+      <c r="P73" s="184"/>
+      <c r="Q73" s="184"/>
+      <c r="R73" s="184"/>
+      <c r="S73" s="185"/>
       <c r="T73" s="119"/>
     </row>
     <row r="74" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A74" s="4"/>
       <c r="B74" s="4"/>
       <c r="C74" s="4"/>
       <c r="D74" s="4"/>
-      <c r="E74" s="261"/>
-[...4 lines deleted...]
-      <c r="J74" s="263"/>
+      <c r="E74" s="356"/>
+      <c r="F74" s="357"/>
+      <c r="G74" s="357"/>
+      <c r="H74" s="357"/>
+      <c r="I74" s="357"/>
+      <c r="J74" s="358"/>
       <c r="K74" s="119"/>
-      <c r="L74" s="180"/>
-[...6 lines deleted...]
-      <c r="S74" s="182"/>
+      <c r="L74" s="183"/>
+      <c r="M74" s="184"/>
+      <c r="N74" s="184"/>
+      <c r="O74" s="184"/>
+      <c r="P74" s="184"/>
+      <c r="Q74" s="184"/>
+      <c r="R74" s="184"/>
+      <c r="S74" s="185"/>
       <c r="T74" s="119"/>
     </row>
     <row r="75" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
       <c r="I75" s="4"/>
       <c r="J75" s="4"/>
       <c r="K75" s="102"/>
-      <c r="L75" s="180"/>
-[...6 lines deleted...]
-      <c r="S75" s="182"/>
+      <c r="L75" s="183"/>
+      <c r="M75" s="184"/>
+      <c r="N75" s="184"/>
+      <c r="O75" s="184"/>
+      <c r="P75" s="184"/>
+      <c r="Q75" s="184"/>
+      <c r="R75" s="184"/>
+      <c r="S75" s="185"/>
       <c r="T75" s="102"/>
     </row>
     <row r="76" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A76" s="270" t="s">
+      <c r="A76" s="256" t="s">
+        <v>23</v>
+      </c>
+      <c r="B76" s="256"/>
+      <c r="C76" s="256"/>
+      <c r="D76" s="256"/>
+      <c r="E76" s="227"/>
+      <c r="F76" s="228"/>
+      <c r="G76" s="228"/>
+      <c r="H76" s="228"/>
+      <c r="I76" s="228"/>
+      <c r="J76" s="229"/>
+      <c r="K76" s="116"/>
+      <c r="L76" s="183"/>
+      <c r="M76" s="184"/>
+      <c r="N76" s="184"/>
+      <c r="O76" s="184"/>
+      <c r="P76" s="184"/>
+      <c r="Q76" s="184"/>
+      <c r="R76" s="184"/>
+      <c r="S76" s="185"/>
+      <c r="T76" s="116"/>
+    </row>
+    <row r="77" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="256" t="s">
         <v>24</v>
       </c>
-      <c r="B76" s="270"/>
-[...31 lines deleted...]
-      <c r="J77" s="273"/>
+      <c r="B77" s="256"/>
+      <c r="C77" s="256"/>
+      <c r="D77" s="256"/>
+      <c r="E77" s="227"/>
+      <c r="F77" s="228"/>
+      <c r="G77" s="228"/>
+      <c r="H77" s="228"/>
+      <c r="I77" s="228"/>
+      <c r="J77" s="229"/>
       <c r="K77" s="116"/>
-      <c r="L77" s="180"/>
-[...6 lines deleted...]
-      <c r="S77" s="182"/>
+      <c r="L77" s="183"/>
+      <c r="M77" s="184"/>
+      <c r="N77" s="184"/>
+      <c r="O77" s="184"/>
+      <c r="P77" s="184"/>
+      <c r="Q77" s="184"/>
+      <c r="R77" s="184"/>
+      <c r="S77" s="185"/>
       <c r="T77" s="116"/>
     </row>
     <row r="78" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A78" s="4"/>
       <c r="B78" s="4"/>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="4"/>
       <c r="H78" s="4"/>
       <c r="I78" s="4"/>
       <c r="J78" s="4"/>
       <c r="K78" s="102"/>
-      <c r="L78" s="180"/>
-[...6 lines deleted...]
-      <c r="S78" s="182"/>
+      <c r="L78" s="183"/>
+      <c r="M78" s="184"/>
+      <c r="N78" s="184"/>
+      <c r="O78" s="184"/>
+      <c r="P78" s="184"/>
+      <c r="Q78" s="184"/>
+      <c r="R78" s="184"/>
+      <c r="S78" s="185"/>
       <c r="T78" s="102"/>
     </row>
     <row r="79" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="254" t="s">
-[...10 lines deleted...]
-      <c r="J79" s="251"/>
+      <c r="A79" s="198" t="s">
+        <v>25</v>
+      </c>
+      <c r="B79" s="198"/>
+      <c r="C79" s="198"/>
+      <c r="D79" s="212"/>
+      <c r="E79" s="347"/>
+      <c r="F79" s="348"/>
+      <c r="G79" s="348"/>
+      <c r="H79" s="348"/>
+      <c r="I79" s="348"/>
+      <c r="J79" s="349"/>
       <c r="K79" s="115"/>
-      <c r="L79" s="180"/>
-[...6 lines deleted...]
-      <c r="S79" s="182"/>
+      <c r="L79" s="183"/>
+      <c r="M79" s="184"/>
+      <c r="N79" s="184"/>
+      <c r="O79" s="184"/>
+      <c r="P79" s="184"/>
+      <c r="Q79" s="184"/>
+      <c r="R79" s="184"/>
+      <c r="S79" s="185"/>
       <c r="T79" s="115"/>
     </row>
     <row r="80" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="254"/>
-[...2 lines deleted...]
-      <c r="D80" s="277"/>
+      <c r="A80" s="198"/>
+      <c r="B80" s="198"/>
+      <c r="C80" s="198"/>
+      <c r="D80" s="212"/>
       <c r="E80" s="274"/>
-      <c r="F80" s="275"/>
-[...3 lines deleted...]
-      <c r="J80" s="276"/>
+      <c r="F80" s="271"/>
+      <c r="G80" s="271"/>
+      <c r="H80" s="271"/>
+      <c r="I80" s="271"/>
+      <c r="J80" s="272"/>
       <c r="K80" s="115"/>
-      <c r="L80" s="183"/>
-[...6 lines deleted...]
-      <c r="S80" s="185"/>
+      <c r="L80" s="186"/>
+      <c r="M80" s="187"/>
+      <c r="N80" s="187"/>
+      <c r="O80" s="187"/>
+      <c r="P80" s="187"/>
+      <c r="Q80" s="187"/>
+      <c r="R80" s="187"/>
+      <c r="S80" s="188"/>
       <c r="T80" s="115"/>
     </row>
     <row r="81" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="79"/>
       <c r="B81" s="79"/>
       <c r="C81" s="79"/>
       <c r="D81" s="80"/>
       <c r="E81" s="81"/>
       <c r="F81" s="81"/>
       <c r="G81" s="81"/>
       <c r="H81" s="81"/>
       <c r="I81" s="81"/>
       <c r="J81" s="81"/>
       <c r="K81" s="115"/>
       <c r="L81" s="115"/>
       <c r="M81" s="115"/>
       <c r="N81" s="115"/>
       <c r="O81" s="115"/>
       <c r="P81" s="115"/>
       <c r="Q81" s="115"/>
       <c r="R81" s="115"/>
       <c r="S81" s="115"/>
       <c r="T81" s="115"/>
     </row>
     <row r="82" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="335" t="s">
-[...10 lines deleted...]
-      <c r="J82" s="335"/>
+      <c r="A82" s="247" t="s">
+        <v>572</v>
+      </c>
+      <c r="B82" s="247"/>
+      <c r="C82" s="247"/>
+      <c r="D82" s="247"/>
+      <c r="E82" s="247"/>
+      <c r="F82" s="247"/>
+      <c r="G82" s="247"/>
+      <c r="H82" s="247"/>
+      <c r="I82" s="247"/>
+      <c r="J82" s="247"/>
       <c r="K82" s="163"/>
       <c r="L82" s="163"/>
       <c r="M82" s="163"/>
       <c r="N82" s="163"/>
       <c r="O82" s="163"/>
       <c r="P82" s="163"/>
       <c r="Q82" s="163"/>
       <c r="R82" s="163"/>
       <c r="S82" s="163"/>
       <c r="T82" s="163"/>
     </row>
     <row r="83" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="336" t="s">
+      <c r="A83" s="222" t="s">
+        <v>573</v>
+      </c>
+      <c r="B83" s="222"/>
+      <c r="C83" s="222"/>
+      <c r="D83" s="222"/>
+      <c r="E83" s="222"/>
+      <c r="F83" s="222"/>
+      <c r="G83" s="222"/>
+      <c r="H83" s="222"/>
+      <c r="I83" s="222"/>
+      <c r="J83" s="222"/>
+      <c r="K83" s="163"/>
+      <c r="L83" s="180"/>
+      <c r="M83" s="181"/>
+      <c r="N83" s="181"/>
+      <c r="O83" s="181"/>
+      <c r="P83" s="181"/>
+      <c r="Q83" s="181"/>
+      <c r="R83" s="181"/>
+      <c r="S83" s="182"/>
+      <c r="T83" s="163"/>
+    </row>
+    <row r="84" spans="1:20" s="95" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="222"/>
+      <c r="B84" s="222"/>
+      <c r="C84" s="222"/>
+      <c r="D84" s="222"/>
+      <c r="E84" s="222"/>
+      <c r="F84" s="222"/>
+      <c r="G84" s="222"/>
+      <c r="H84" s="222"/>
+      <c r="I84" s="222"/>
+      <c r="J84" s="222"/>
+      <c r="K84" s="163"/>
+      <c r="L84" s="183"/>
+      <c r="M84" s="184"/>
+      <c r="N84" s="184"/>
+      <c r="O84" s="184"/>
+      <c r="P84" s="184"/>
+      <c r="Q84" s="184"/>
+      <c r="R84" s="184"/>
+      <c r="S84" s="185"/>
+      <c r="T84" s="163"/>
+    </row>
+    <row r="85" spans="1:20" s="95" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="222" t="s">
+        <v>574</v>
+      </c>
+      <c r="B85" s="222"/>
+      <c r="C85" s="222"/>
+      <c r="D85" s="222"/>
+      <c r="E85" s="222"/>
+      <c r="F85" s="222"/>
+      <c r="G85" s="222"/>
+      <c r="H85" s="222"/>
+      <c r="I85" s="222"/>
+      <c r="J85" s="222"/>
+      <c r="K85" s="163"/>
+      <c r="L85" s="183"/>
+      <c r="M85" s="184"/>
+      <c r="N85" s="184"/>
+      <c r="O85" s="184"/>
+      <c r="P85" s="184"/>
+      <c r="Q85" s="184"/>
+      <c r="R85" s="184"/>
+      <c r="S85" s="185"/>
+      <c r="T85" s="163"/>
+    </row>
+    <row r="86" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="222"/>
+      <c r="B86" s="222"/>
+      <c r="C86" s="222"/>
+      <c r="D86" s="222"/>
+      <c r="E86" s="222"/>
+      <c r="F86" s="222"/>
+      <c r="G86" s="222"/>
+      <c r="H86" s="222"/>
+      <c r="I86" s="222"/>
+      <c r="J86" s="222"/>
+      <c r="K86" s="163"/>
+      <c r="L86" s="183"/>
+      <c r="M86" s="184"/>
+      <c r="N86" s="184"/>
+      <c r="O86" s="184"/>
+      <c r="P86" s="184"/>
+      <c r="Q86" s="184"/>
+      <c r="R86" s="184"/>
+      <c r="S86" s="185"/>
+      <c r="T86" s="163"/>
+    </row>
+    <row r="87" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="222"/>
+      <c r="B87" s="222"/>
+      <c r="C87" s="222"/>
+      <c r="D87" s="222"/>
+      <c r="E87" s="222"/>
+      <c r="F87" s="222"/>
+      <c r="G87" s="222"/>
+      <c r="H87" s="222"/>
+      <c r="I87" s="222"/>
+      <c r="J87" s="222"/>
+      <c r="K87" s="163"/>
+      <c r="L87" s="183"/>
+      <c r="M87" s="184"/>
+      <c r="N87" s="184"/>
+      <c r="O87" s="184"/>
+      <c r="P87" s="184"/>
+      <c r="Q87" s="184"/>
+      <c r="R87" s="184"/>
+      <c r="S87" s="185"/>
+      <c r="T87" s="163"/>
+    </row>
+    <row r="88" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="222" t="s">
         <v>575</v>
       </c>
-      <c r="B83" s="336"/>
-[...121 lines deleted...]
-      <c r="J88" s="336"/>
+      <c r="B88" s="222"/>
+      <c r="C88" s="222"/>
+      <c r="D88" s="222"/>
+      <c r="E88" s="222"/>
+      <c r="F88" s="222"/>
+      <c r="G88" s="222"/>
+      <c r="H88" s="222"/>
+      <c r="I88" s="222"/>
+      <c r="J88" s="222"/>
       <c r="K88" s="163"/>
-      <c r="L88" s="180"/>
-[...6 lines deleted...]
-      <c r="S88" s="182"/>
+      <c r="L88" s="183"/>
+      <c r="M88" s="184"/>
+      <c r="N88" s="184"/>
+      <c r="O88" s="184"/>
+      <c r="P88" s="184"/>
+      <c r="Q88" s="184"/>
+      <c r="R88" s="184"/>
+      <c r="S88" s="185"/>
       <c r="T88" s="163"/>
     </row>
     <row r="89" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="336"/>
-[...8 lines deleted...]
-      <c r="J89" s="336"/>
+      <c r="A89" s="222"/>
+      <c r="B89" s="222"/>
+      <c r="C89" s="222"/>
+      <c r="D89" s="222"/>
+      <c r="E89" s="222"/>
+      <c r="F89" s="222"/>
+      <c r="G89" s="222"/>
+      <c r="H89" s="222"/>
+      <c r="I89" s="222"/>
+      <c r="J89" s="222"/>
       <c r="K89" s="163"/>
-      <c r="L89" s="180"/>
-[...6 lines deleted...]
-      <c r="S89" s="182"/>
+      <c r="L89" s="183"/>
+      <c r="M89" s="184"/>
+      <c r="N89" s="184"/>
+      <c r="O89" s="184"/>
+      <c r="P89" s="184"/>
+      <c r="Q89" s="184"/>
+      <c r="R89" s="184"/>
+      <c r="S89" s="185"/>
       <c r="T89" s="163"/>
     </row>
     <row r="90" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="336"/>
-[...8 lines deleted...]
-      <c r="J90" s="336"/>
+      <c r="A90" s="222"/>
+      <c r="B90" s="222"/>
+      <c r="C90" s="222"/>
+      <c r="D90" s="222"/>
+      <c r="E90" s="222"/>
+      <c r="F90" s="222"/>
+      <c r="G90" s="222"/>
+      <c r="H90" s="222"/>
+      <c r="I90" s="222"/>
+      <c r="J90" s="222"/>
       <c r="K90" s="163"/>
-      <c r="L90" s="180"/>
-[...6 lines deleted...]
-      <c r="S90" s="182"/>
+      <c r="L90" s="183"/>
+      <c r="M90" s="184"/>
+      <c r="N90" s="184"/>
+      <c r="O90" s="184"/>
+      <c r="P90" s="184"/>
+      <c r="Q90" s="184"/>
+      <c r="R90" s="184"/>
+      <c r="S90" s="185"/>
       <c r="T90" s="163"/>
     </row>
     <row r="91" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="357" t="s">
-[...10 lines deleted...]
-      <c r="J91" s="357"/>
+      <c r="A91" s="275" t="s">
+        <v>588</v>
+      </c>
+      <c r="B91" s="275"/>
+      <c r="C91" s="275"/>
+      <c r="D91" s="275"/>
+      <c r="E91" s="275"/>
+      <c r="F91" s="275"/>
+      <c r="G91" s="275"/>
+      <c r="H91" s="275"/>
+      <c r="I91" s="275"/>
+      <c r="J91" s="275"/>
       <c r="K91" s="169"/>
-      <c r="L91" s="180"/>
-[...6 lines deleted...]
-      <c r="S91" s="182"/>
+      <c r="L91" s="183"/>
+      <c r="M91" s="184"/>
+      <c r="N91" s="184"/>
+      <c r="O91" s="184"/>
+      <c r="P91" s="184"/>
+      <c r="Q91" s="184"/>
+      <c r="R91" s="184"/>
+      <c r="S91" s="185"/>
       <c r="T91" s="169"/>
     </row>
     <row r="92" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="357"/>
-[...8 lines deleted...]
-      <c r="J92" s="357"/>
+      <c r="A92" s="275"/>
+      <c r="B92" s="275"/>
+      <c r="C92" s="275"/>
+      <c r="D92" s="275"/>
+      <c r="E92" s="275"/>
+      <c r="F92" s="275"/>
+      <c r="G92" s="275"/>
+      <c r="H92" s="275"/>
+      <c r="I92" s="275"/>
+      <c r="J92" s="275"/>
       <c r="K92" s="169"/>
-      <c r="L92" s="180"/>
-[...6 lines deleted...]
-      <c r="S92" s="182"/>
+      <c r="L92" s="183"/>
+      <c r="M92" s="184"/>
+      <c r="N92" s="184"/>
+      <c r="O92" s="184"/>
+      <c r="P92" s="184"/>
+      <c r="Q92" s="184"/>
+      <c r="R92" s="184"/>
+      <c r="S92" s="185"/>
       <c r="T92" s="169"/>
     </row>
     <row r="93" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="357"/>
-[...8 lines deleted...]
-      <c r="J93" s="357"/>
+      <c r="A93" s="275"/>
+      <c r="B93" s="275"/>
+      <c r="C93" s="275"/>
+      <c r="D93" s="275"/>
+      <c r="E93" s="275"/>
+      <c r="F93" s="275"/>
+      <c r="G93" s="275"/>
+      <c r="H93" s="275"/>
+      <c r="I93" s="275"/>
+      <c r="J93" s="275"/>
       <c r="K93" s="171"/>
-      <c r="L93" s="180"/>
-[...6 lines deleted...]
-      <c r="S93" s="182"/>
+      <c r="L93" s="183"/>
+      <c r="M93" s="184"/>
+      <c r="N93" s="184"/>
+      <c r="O93" s="184"/>
+      <c r="P93" s="184"/>
+      <c r="Q93" s="184"/>
+      <c r="R93" s="184"/>
+      <c r="S93" s="185"/>
       <c r="T93" s="171"/>
     </row>
     <row r="94" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="357"/>
-[...8 lines deleted...]
-      <c r="J94" s="357"/>
+      <c r="A94" s="275"/>
+      <c r="B94" s="275"/>
+      <c r="C94" s="275"/>
+      <c r="D94" s="275"/>
+      <c r="E94" s="275"/>
+      <c r="F94" s="275"/>
+      <c r="G94" s="275"/>
+      <c r="H94" s="275"/>
+      <c r="I94" s="275"/>
+      <c r="J94" s="275"/>
       <c r="K94" s="169"/>
-      <c r="L94" s="180"/>
-[...6 lines deleted...]
-      <c r="S94" s="182"/>
+      <c r="L94" s="183"/>
+      <c r="M94" s="184"/>
+      <c r="N94" s="184"/>
+      <c r="O94" s="184"/>
+      <c r="P94" s="184"/>
+      <c r="Q94" s="184"/>
+      <c r="R94" s="184"/>
+      <c r="S94" s="185"/>
       <c r="T94" s="169"/>
     </row>
     <row r="95" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="336" t="s">
-[...11 lines deleted...]
-        <v>508</v>
+      <c r="A95" s="222" t="s">
+        <v>587</v>
+      </c>
+      <c r="B95" s="222"/>
+      <c r="C95" s="222"/>
+      <c r="D95" s="222"/>
+      <c r="E95" s="222"/>
+      <c r="F95" s="222"/>
+      <c r="G95" s="222"/>
+      <c r="H95" s="222"/>
+      <c r="I95" s="222"/>
+      <c r="J95" s="223" t="s">
+        <v>507</v>
       </c>
       <c r="K95" s="163"/>
-      <c r="L95" s="180"/>
-[...6 lines deleted...]
-      <c r="S95" s="182"/>
+      <c r="L95" s="183"/>
+      <c r="M95" s="184"/>
+      <c r="N95" s="184"/>
+      <c r="O95" s="184"/>
+      <c r="P95" s="184"/>
+      <c r="Q95" s="184"/>
+      <c r="R95" s="184"/>
+      <c r="S95" s="185"/>
       <c r="T95" s="163"/>
     </row>
     <row r="96" spans="1:20" s="95" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="336"/>
-[...8 lines deleted...]
-      <c r="J96" s="382"/>
+      <c r="A96" s="222"/>
+      <c r="B96" s="222"/>
+      <c r="C96" s="222"/>
+      <c r="D96" s="222"/>
+      <c r="E96" s="222"/>
+      <c r="F96" s="222"/>
+      <c r="G96" s="222"/>
+      <c r="H96" s="222"/>
+      <c r="I96" s="222"/>
+      <c r="J96" s="224"/>
       <c r="K96" s="163"/>
-      <c r="L96" s="180"/>
-[...6 lines deleted...]
-      <c r="S96" s="182"/>
+      <c r="L96" s="183"/>
+      <c r="M96" s="184"/>
+      <c r="N96" s="184"/>
+      <c r="O96" s="184"/>
+      <c r="P96" s="184"/>
+      <c r="Q96" s="184"/>
+      <c r="R96" s="184"/>
+      <c r="S96" s="185"/>
       <c r="T96" s="163"/>
     </row>
     <row r="97" spans="1:20" s="95" customFormat="1" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A97" s="162"/>
       <c r="B97" s="162"/>
       <c r="C97" s="162"/>
       <c r="D97" s="162"/>
       <c r="E97" s="162"/>
       <c r="F97" s="162"/>
       <c r="G97" s="162"/>
       <c r="H97" s="162"/>
       <c r="I97" s="162"/>
       <c r="J97" s="167"/>
       <c r="K97" s="163"/>
-      <c r="L97" s="180"/>
-[...6 lines deleted...]
-      <c r="S97" s="182"/>
+      <c r="L97" s="183"/>
+      <c r="M97" s="184"/>
+      <c r="N97" s="184"/>
+      <c r="O97" s="184"/>
+      <c r="P97" s="184"/>
+      <c r="Q97" s="184"/>
+      <c r="R97" s="184"/>
+      <c r="S97" s="185"/>
       <c r="T97" s="163"/>
     </row>
     <row r="98" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="336" t="s">
-[...9 lines deleted...]
-      <c r="I98" s="336"/>
+      <c r="A98" s="222" t="s">
+        <v>576</v>
+      </c>
+      <c r="B98" s="222"/>
+      <c r="C98" s="222"/>
+      <c r="D98" s="222"/>
+      <c r="E98" s="222"/>
+      <c r="F98" s="222"/>
+      <c r="G98" s="222"/>
+      <c r="H98" s="222"/>
+      <c r="I98" s="222"/>
       <c r="J98" s="88" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="K98" s="163"/>
-      <c r="L98" s="180"/>
-[...6 lines deleted...]
-      <c r="S98" s="182"/>
+      <c r="L98" s="183"/>
+      <c r="M98" s="184"/>
+      <c r="N98" s="184"/>
+      <c r="O98" s="184"/>
+      <c r="P98" s="184"/>
+      <c r="Q98" s="184"/>
+      <c r="R98" s="184"/>
+      <c r="S98" s="185"/>
       <c r="T98" s="163"/>
     </row>
     <row r="99" spans="1:20" s="95" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="170"/>
       <c r="B99" s="170"/>
       <c r="C99" s="170"/>
       <c r="D99" s="170"/>
       <c r="E99" s="170"/>
       <c r="F99" s="170"/>
       <c r="G99" s="170"/>
       <c r="H99" s="170"/>
       <c r="I99" s="170"/>
-      <c r="J99" s="396"/>
+      <c r="J99" s="177"/>
       <c r="K99" s="171"/>
-      <c r="L99" s="180"/>
-[...6 lines deleted...]
-      <c r="S99" s="182"/>
+      <c r="L99" s="183"/>
+      <c r="M99" s="184"/>
+      <c r="N99" s="184"/>
+      <c r="O99" s="184"/>
+      <c r="P99" s="184"/>
+      <c r="Q99" s="184"/>
+      <c r="R99" s="184"/>
+      <c r="S99" s="185"/>
       <c r="T99" s="171"/>
     </row>
     <row r="100" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="397" t="s">
-[...10 lines deleted...]
-      <c r="J100" s="397"/>
+      <c r="A100" s="282" t="s">
+        <v>593</v>
+      </c>
+      <c r="B100" s="282"/>
+      <c r="C100" s="282"/>
+      <c r="D100" s="282"/>
+      <c r="E100" s="282"/>
+      <c r="F100" s="282"/>
+      <c r="G100" s="282"/>
+      <c r="H100" s="282"/>
+      <c r="I100" s="282"/>
+      <c r="J100" s="282"/>
       <c r="K100" s="171"/>
-      <c r="L100" s="180"/>
-[...6 lines deleted...]
-      <c r="S100" s="182"/>
+      <c r="L100" s="183"/>
+      <c r="M100" s="184"/>
+      <c r="N100" s="184"/>
+      <c r="O100" s="184"/>
+      <c r="P100" s="184"/>
+      <c r="Q100" s="184"/>
+      <c r="R100" s="184"/>
+      <c r="S100" s="185"/>
       <c r="T100" s="171"/>
     </row>
     <row r="101" spans="1:20" s="95" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="166"/>
       <c r="B101" s="166"/>
       <c r="C101" s="166"/>
       <c r="D101" s="166"/>
       <c r="E101" s="166"/>
       <c r="F101" s="166"/>
       <c r="G101" s="166"/>
       <c r="H101" s="166"/>
       <c r="I101" s="166"/>
       <c r="J101" s="86"/>
       <c r="K101" s="163"/>
-      <c r="L101" s="183"/>
-[...6 lines deleted...]
-      <c r="S101" s="185"/>
+      <c r="L101" s="186"/>
+      <c r="M101" s="187"/>
+      <c r="N101" s="187"/>
+      <c r="O101" s="187"/>
+      <c r="P101" s="187"/>
+      <c r="Q101" s="187"/>
+      <c r="R101" s="187"/>
+      <c r="S101" s="188"/>
       <c r="T101" s="163"/>
     </row>
     <row r="102" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="335" t="s">
-[...10 lines deleted...]
-      <c r="J102" s="335"/>
+      <c r="A102" s="247" t="s">
+        <v>504</v>
+      </c>
+      <c r="B102" s="247"/>
+      <c r="C102" s="247"/>
+      <c r="D102" s="247"/>
+      <c r="E102" s="247"/>
+      <c r="F102" s="247"/>
+      <c r="G102" s="247"/>
+      <c r="H102" s="247"/>
+      <c r="I102" s="247"/>
+      <c r="J102" s="247"/>
       <c r="K102" s="111"/>
       <c r="L102" s="111"/>
       <c r="M102" s="111"/>
       <c r="N102" s="111"/>
       <c r="O102" s="111"/>
       <c r="P102" s="111"/>
       <c r="Q102" s="111"/>
       <c r="R102" s="111"/>
       <c r="S102" s="111"/>
       <c r="T102" s="111"/>
     </row>
     <row r="103" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A103" s="82"/>
       <c r="B103" s="82"/>
       <c r="C103" s="82"/>
       <c r="D103" s="83"/>
       <c r="E103" s="81"/>
       <c r="F103" s="81"/>
       <c r="G103" s="81"/>
       <c r="H103" s="81"/>
       <c r="I103" s="81"/>
       <c r="J103" s="81"/>
       <c r="K103" s="115"/>
       <c r="L103" s="115"/>
       <c r="M103" s="115"/>
       <c r="N103" s="115"/>
       <c r="O103" s="115"/>
       <c r="P103" s="115"/>
       <c r="Q103" s="115"/>
       <c r="R103" s="115"/>
       <c r="S103" s="115"/>
       <c r="T103" s="115"/>
     </row>
     <row r="104" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A104" s="82" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B104" s="82"/>
       <c r="C104" s="82"/>
       <c r="D104" s="83"/>
       <c r="E104" s="81"/>
       <c r="F104" s="81"/>
       <c r="G104" s="81"/>
       <c r="H104" s="81"/>
       <c r="I104" s="81"/>
       <c r="J104" s="78" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="K104" s="120"/>
-      <c r="L104" s="240"/>
-[...6 lines deleted...]
-      <c r="S104" s="242"/>
+      <c r="L104" s="338"/>
+      <c r="M104" s="339"/>
+      <c r="N104" s="339"/>
+      <c r="O104" s="339"/>
+      <c r="P104" s="339"/>
+      <c r="Q104" s="339"/>
+      <c r="R104" s="339"/>
+      <c r="S104" s="340"/>
       <c r="T104" s="120"/>
     </row>
     <row r="105" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A105" s="82"/>
       <c r="B105" s="82"/>
       <c r="C105" s="82"/>
       <c r="D105" s="83"/>
       <c r="E105" s="81"/>
       <c r="F105" s="81"/>
       <c r="G105" s="81"/>
       <c r="H105" s="81"/>
       <c r="I105" s="81"/>
       <c r="J105" s="84"/>
       <c r="K105" s="102"/>
-      <c r="L105" s="243"/>
-[...6 lines deleted...]
-      <c r="S105" s="245"/>
+      <c r="L105" s="341"/>
+      <c r="M105" s="342"/>
+      <c r="N105" s="342"/>
+      <c r="O105" s="342"/>
+      <c r="P105" s="342"/>
+      <c r="Q105" s="342"/>
+      <c r="R105" s="342"/>
+      <c r="S105" s="343"/>
       <c r="T105" s="102"/>
     </row>
     <row r="106" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="357" t="s">
-[...9 lines deleted...]
-      <c r="I106" s="357"/>
+      <c r="A106" s="275" t="s">
+        <v>553</v>
+      </c>
+      <c r="B106" s="275"/>
+      <c r="C106" s="275"/>
+      <c r="D106" s="275"/>
+      <c r="E106" s="275"/>
+      <c r="F106" s="275"/>
+      <c r="G106" s="275"/>
+      <c r="H106" s="275"/>
+      <c r="I106" s="275"/>
       <c r="J106" s="78" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="K106" s="120"/>
-      <c r="L106" s="243"/>
-[...6 lines deleted...]
-      <c r="S106" s="245"/>
+      <c r="L106" s="341"/>
+      <c r="M106" s="342"/>
+      <c r="N106" s="342"/>
+      <c r="O106" s="342"/>
+      <c r="P106" s="342"/>
+      <c r="Q106" s="342"/>
+      <c r="R106" s="342"/>
+      <c r="S106" s="343"/>
       <c r="T106" s="120"/>
     </row>
     <row r="107" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="357"/>
-[...7 lines deleted...]
-      <c r="I107" s="357"/>
+      <c r="A107" s="275"/>
+      <c r="B107" s="275"/>
+      <c r="C107" s="275"/>
+      <c r="D107" s="275"/>
+      <c r="E107" s="275"/>
+      <c r="F107" s="275"/>
+      <c r="G107" s="275"/>
+      <c r="H107" s="275"/>
+      <c r="I107" s="275"/>
       <c r="J107" s="81"/>
       <c r="K107" s="115"/>
-      <c r="L107" s="243"/>
-[...6 lines deleted...]
-      <c r="S107" s="245"/>
+      <c r="L107" s="341"/>
+      <c r="M107" s="342"/>
+      <c r="N107" s="342"/>
+      <c r="O107" s="342"/>
+      <c r="P107" s="342"/>
+      <c r="Q107" s="342"/>
+      <c r="R107" s="342"/>
+      <c r="S107" s="343"/>
       <c r="T107" s="115"/>
     </row>
     <row r="108" spans="1:20" s="95" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A108" s="82" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B108" s="82"/>
       <c r="C108" s="82"/>
       <c r="D108" s="83"/>
       <c r="E108" s="81"/>
       <c r="F108" s="81"/>
       <c r="G108" s="81"/>
       <c r="H108" s="81"/>
       <c r="I108" s="81"/>
       <c r="J108" s="78" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="K108" s="120"/>
-      <c r="L108" s="243"/>
-[...6 lines deleted...]
-      <c r="S108" s="245"/>
+      <c r="L108" s="341"/>
+      <c r="M108" s="342"/>
+      <c r="N108" s="342"/>
+      <c r="O108" s="342"/>
+      <c r="P108" s="342"/>
+      <c r="Q108" s="342"/>
+      <c r="R108" s="342"/>
+      <c r="S108" s="343"/>
       <c r="T108" s="120"/>
     </row>
     <row r="109" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="379" t="str">
+      <c r="A109" s="258" t="str">
         <f>IF(OR($J$108="- select -",$J$108=""),"",CONCATENATE("If their Tier 4, Student, or Tier 4 DES visa is still valid, please remind the applicant that they must inform ",IF($J$108="yes","the Student Immigration team","their Tier 4/ Student sponsor")," that they will be applying to switch into the Global Talent visa route."))</f>
         <v/>
       </c>
-      <c r="B109" s="379"/>
-[...6 lines deleted...]
-      <c r="I109" s="379"/>
+      <c r="B109" s="258"/>
+      <c r="C109" s="258"/>
+      <c r="D109" s="258"/>
+      <c r="E109" s="258"/>
+      <c r="F109" s="258"/>
+      <c r="G109" s="258"/>
+      <c r="H109" s="258"/>
+      <c r="I109" s="258"/>
       <c r="J109" s="85"/>
       <c r="K109" s="121"/>
-      <c r="L109" s="243"/>
-[...6 lines deleted...]
-      <c r="S109" s="245"/>
+      <c r="L109" s="341"/>
+      <c r="M109" s="342"/>
+      <c r="N109" s="342"/>
+      <c r="O109" s="342"/>
+      <c r="P109" s="342"/>
+      <c r="Q109" s="342"/>
+      <c r="R109" s="342"/>
+      <c r="S109" s="343"/>
       <c r="T109" s="121"/>
     </row>
     <row r="110" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="379"/>
-[...7 lines deleted...]
-      <c r="I110" s="379"/>
+      <c r="A110" s="258"/>
+      <c r="B110" s="258"/>
+      <c r="C110" s="258"/>
+      <c r="D110" s="258"/>
+      <c r="E110" s="258"/>
+      <c r="F110" s="258"/>
+      <c r="G110" s="258"/>
+      <c r="H110" s="258"/>
+      <c r="I110" s="258"/>
       <c r="J110" s="85"/>
       <c r="K110" s="121"/>
-      <c r="L110" s="243"/>
-[...6 lines deleted...]
-      <c r="S110" s="245"/>
+      <c r="L110" s="341"/>
+      <c r="M110" s="342"/>
+      <c r="N110" s="342"/>
+      <c r="O110" s="342"/>
+      <c r="P110" s="342"/>
+      <c r="Q110" s="342"/>
+      <c r="R110" s="342"/>
+      <c r="S110" s="343"/>
       <c r="T110" s="121"/>
     </row>
     <row r="111" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="380" t="s">
-[...9 lines deleted...]
-      <c r="I111" s="380"/>
+      <c r="A111" s="259" t="s">
+        <v>508</v>
+      </c>
+      <c r="B111" s="259"/>
+      <c r="C111" s="259"/>
+      <c r="D111" s="259"/>
+      <c r="E111" s="259"/>
+      <c r="F111" s="259"/>
+      <c r="G111" s="259"/>
+      <c r="H111" s="259"/>
+      <c r="I111" s="259"/>
       <c r="J111" s="86"/>
       <c r="K111" s="122"/>
-      <c r="L111" s="243"/>
-[...6 lines deleted...]
-      <c r="S111" s="245"/>
+      <c r="L111" s="341"/>
+      <c r="M111" s="342"/>
+      <c r="N111" s="342"/>
+      <c r="O111" s="342"/>
+      <c r="P111" s="342"/>
+      <c r="Q111" s="342"/>
+      <c r="R111" s="342"/>
+      <c r="S111" s="343"/>
       <c r="T111" s="122"/>
     </row>
     <row r="112" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="380"/>
-[...7 lines deleted...]
-      <c r="I112" s="380"/>
+      <c r="A112" s="259"/>
+      <c r="B112" s="259"/>
+      <c r="C112" s="259"/>
+      <c r="D112" s="259"/>
+      <c r="E112" s="259"/>
+      <c r="F112" s="259"/>
+      <c r="G112" s="259"/>
+      <c r="H112" s="259"/>
+      <c r="I112" s="259"/>
       <c r="J112" s="88" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="K112" s="123"/>
-      <c r="L112" s="243"/>
-[...6 lines deleted...]
-      <c r="S112" s="245"/>
+      <c r="L112" s="341"/>
+      <c r="M112" s="342"/>
+      <c r="N112" s="342"/>
+      <c r="O112" s="342"/>
+      <c r="P112" s="342"/>
+      <c r="Q112" s="342"/>
+      <c r="R112" s="342"/>
+      <c r="S112" s="343"/>
       <c r="T112" s="123"/>
     </row>
     <row r="113" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A113" s="380"/>
-[...7 lines deleted...]
-      <c r="I113" s="380"/>
+      <c r="A113" s="259"/>
+      <c r="B113" s="259"/>
+      <c r="C113" s="259"/>
+      <c r="D113" s="259"/>
+      <c r="E113" s="259"/>
+      <c r="F113" s="259"/>
+      <c r="G113" s="259"/>
+      <c r="H113" s="259"/>
+      <c r="I113" s="259"/>
       <c r="J113" s="86"/>
       <c r="K113" s="122"/>
-      <c r="L113" s="243"/>
-[...6 lines deleted...]
-      <c r="S113" s="245"/>
+      <c r="L113" s="341"/>
+      <c r="M113" s="342"/>
+      <c r="N113" s="342"/>
+      <c r="O113" s="342"/>
+      <c r="P113" s="342"/>
+      <c r="Q113" s="342"/>
+      <c r="R113" s="342"/>
+      <c r="S113" s="343"/>
       <c r="T113" s="122"/>
     </row>
     <row r="114" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="336" t="s">
-[...10 lines deleted...]
-      <c r="J114" s="336"/>
+      <c r="A114" s="222" t="s">
+        <v>509</v>
+      </c>
+      <c r="B114" s="222"/>
+      <c r="C114" s="222"/>
+      <c r="D114" s="222"/>
+      <c r="E114" s="222"/>
+      <c r="F114" s="222"/>
+      <c r="G114" s="222"/>
+      <c r="H114" s="222"/>
+      <c r="I114" s="222"/>
+      <c r="J114" s="222"/>
       <c r="K114" s="96"/>
-      <c r="L114" s="243"/>
-[...6 lines deleted...]
-      <c r="S114" s="245"/>
+      <c r="L114" s="341"/>
+      <c r="M114" s="342"/>
+      <c r="N114" s="342"/>
+      <c r="O114" s="342"/>
+      <c r="P114" s="342"/>
+      <c r="Q114" s="342"/>
+      <c r="R114" s="342"/>
+      <c r="S114" s="343"/>
       <c r="T114" s="96"/>
     </row>
     <row r="115" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="336"/>
-[...8 lines deleted...]
-      <c r="J115" s="336"/>
+      <c r="A115" s="222"/>
+      <c r="B115" s="222"/>
+      <c r="C115" s="222"/>
+      <c r="D115" s="222"/>
+      <c r="E115" s="222"/>
+      <c r="F115" s="222"/>
+      <c r="G115" s="222"/>
+      <c r="H115" s="222"/>
+      <c r="I115" s="222"/>
+      <c r="J115" s="222"/>
       <c r="K115" s="96"/>
-      <c r="L115" s="243"/>
-[...6 lines deleted...]
-      <c r="S115" s="245"/>
+      <c r="L115" s="341"/>
+      <c r="M115" s="342"/>
+      <c r="N115" s="342"/>
+      <c r="O115" s="342"/>
+      <c r="P115" s="342"/>
+      <c r="Q115" s="342"/>
+      <c r="R115" s="342"/>
+      <c r="S115" s="343"/>
       <c r="T115" s="96"/>
     </row>
     <row r="116" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A116" s="297"/>
-[...8 lines deleted...]
-      <c r="J116" s="299"/>
+      <c r="A116" s="199"/>
+      <c r="B116" s="200"/>
+      <c r="C116" s="200"/>
+      <c r="D116" s="200"/>
+      <c r="E116" s="200"/>
+      <c r="F116" s="200"/>
+      <c r="G116" s="200"/>
+      <c r="H116" s="200"/>
+      <c r="I116" s="200"/>
+      <c r="J116" s="201"/>
       <c r="K116" s="124"/>
-      <c r="L116" s="243"/>
-[...6 lines deleted...]
-      <c r="S116" s="245"/>
+      <c r="L116" s="341"/>
+      <c r="M116" s="342"/>
+      <c r="N116" s="342"/>
+      <c r="O116" s="342"/>
+      <c r="P116" s="342"/>
+      <c r="Q116" s="342"/>
+      <c r="R116" s="342"/>
+      <c r="S116" s="343"/>
       <c r="T116" s="124"/>
     </row>
     <row r="117" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A117" s="300"/>
-[...8 lines deleted...]
-      <c r="J117" s="302"/>
+      <c r="A117" s="202"/>
+      <c r="B117" s="203"/>
+      <c r="C117" s="203"/>
+      <c r="D117" s="203"/>
+      <c r="E117" s="203"/>
+      <c r="F117" s="203"/>
+      <c r="G117" s="203"/>
+      <c r="H117" s="203"/>
+      <c r="I117" s="203"/>
+      <c r="J117" s="204"/>
       <c r="K117" s="124"/>
-      <c r="L117" s="243"/>
-[...6 lines deleted...]
-      <c r="S117" s="245"/>
+      <c r="L117" s="341"/>
+      <c r="M117" s="342"/>
+      <c r="N117" s="342"/>
+      <c r="O117" s="342"/>
+      <c r="P117" s="342"/>
+      <c r="Q117" s="342"/>
+      <c r="R117" s="342"/>
+      <c r="S117" s="343"/>
       <c r="T117" s="124"/>
     </row>
     <row r="118" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A118" s="300"/>
-[...8 lines deleted...]
-      <c r="J118" s="302"/>
+      <c r="A118" s="202"/>
+      <c r="B118" s="203"/>
+      <c r="C118" s="203"/>
+      <c r="D118" s="203"/>
+      <c r="E118" s="203"/>
+      <c r="F118" s="203"/>
+      <c r="G118" s="203"/>
+      <c r="H118" s="203"/>
+      <c r="I118" s="203"/>
+      <c r="J118" s="204"/>
       <c r="K118" s="124"/>
-      <c r="L118" s="243"/>
-[...6 lines deleted...]
-      <c r="S118" s="245"/>
+      <c r="L118" s="341"/>
+      <c r="M118" s="342"/>
+      <c r="N118" s="342"/>
+      <c r="O118" s="342"/>
+      <c r="P118" s="342"/>
+      <c r="Q118" s="342"/>
+      <c r="R118" s="342"/>
+      <c r="S118" s="343"/>
       <c r="T118" s="124"/>
     </row>
     <row r="119" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="303"/>
-[...8 lines deleted...]
-      <c r="J119" s="305"/>
+      <c r="A119" s="205"/>
+      <c r="B119" s="206"/>
+      <c r="C119" s="206"/>
+      <c r="D119" s="206"/>
+      <c r="E119" s="206"/>
+      <c r="F119" s="206"/>
+      <c r="G119" s="206"/>
+      <c r="H119" s="206"/>
+      <c r="I119" s="206"/>
+      <c r="J119" s="207"/>
       <c r="K119" s="124"/>
-      <c r="L119" s="243"/>
-[...6 lines deleted...]
-      <c r="S119" s="245"/>
+      <c r="L119" s="341"/>
+      <c r="M119" s="342"/>
+      <c r="N119" s="342"/>
+      <c r="O119" s="342"/>
+      <c r="P119" s="342"/>
+      <c r="Q119" s="342"/>
+      <c r="R119" s="342"/>
+      <c r="S119" s="343"/>
       <c r="T119" s="124"/>
     </row>
     <row r="120" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="336" t="s">
-[...10 lines deleted...]
-      <c r="J120" s="336"/>
+      <c r="A120" s="222" t="s">
+        <v>511</v>
+      </c>
+      <c r="B120" s="222"/>
+      <c r="C120" s="222"/>
+      <c r="D120" s="222"/>
+      <c r="E120" s="222"/>
+      <c r="F120" s="222"/>
+      <c r="G120" s="222"/>
+      <c r="H120" s="222"/>
+      <c r="I120" s="222"/>
+      <c r="J120" s="222"/>
       <c r="K120" s="96"/>
-      <c r="L120" s="243"/>
-[...6 lines deleted...]
-      <c r="S120" s="245"/>
+      <c r="L120" s="341"/>
+      <c r="M120" s="342"/>
+      <c r="N120" s="342"/>
+      <c r="O120" s="342"/>
+      <c r="P120" s="342"/>
+      <c r="Q120" s="342"/>
+      <c r="R120" s="342"/>
+      <c r="S120" s="343"/>
       <c r="T120" s="96"/>
     </row>
     <row r="121" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A121" s="336"/>
-[...8 lines deleted...]
-      <c r="J121" s="336"/>
+      <c r="A121" s="222"/>
+      <c r="B121" s="222"/>
+      <c r="C121" s="222"/>
+      <c r="D121" s="222"/>
+      <c r="E121" s="222"/>
+      <c r="F121" s="222"/>
+      <c r="G121" s="222"/>
+      <c r="H121" s="222"/>
+      <c r="I121" s="222"/>
+      <c r="J121" s="222"/>
       <c r="K121" s="96"/>
-      <c r="L121" s="243"/>
-[...6 lines deleted...]
-      <c r="S121" s="245"/>
+      <c r="L121" s="341"/>
+      <c r="M121" s="342"/>
+      <c r="N121" s="342"/>
+      <c r="O121" s="342"/>
+      <c r="P121" s="342"/>
+      <c r="Q121" s="342"/>
+      <c r="R121" s="342"/>
+      <c r="S121" s="343"/>
       <c r="T121" s="96"/>
     </row>
     <row r="122" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A122" s="336"/>
-[...8 lines deleted...]
-      <c r="J122" s="336"/>
+      <c r="A122" s="222"/>
+      <c r="B122" s="222"/>
+      <c r="C122" s="222"/>
+      <c r="D122" s="222"/>
+      <c r="E122" s="222"/>
+      <c r="F122" s="222"/>
+      <c r="G122" s="222"/>
+      <c r="H122" s="222"/>
+      <c r="I122" s="222"/>
+      <c r="J122" s="222"/>
       <c r="K122" s="96"/>
-      <c r="L122" s="243"/>
-[...6 lines deleted...]
-      <c r="S122" s="245"/>
+      <c r="L122" s="341"/>
+      <c r="M122" s="342"/>
+      <c r="N122" s="342"/>
+      <c r="O122" s="342"/>
+      <c r="P122" s="342"/>
+      <c r="Q122" s="342"/>
+      <c r="R122" s="342"/>
+      <c r="S122" s="343"/>
       <c r="T122" s="96"/>
     </row>
     <row r="123" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A123" s="336"/>
-[...8 lines deleted...]
-      <c r="J123" s="336"/>
+      <c r="A123" s="222"/>
+      <c r="B123" s="222"/>
+      <c r="C123" s="222"/>
+      <c r="D123" s="222"/>
+      <c r="E123" s="222"/>
+      <c r="F123" s="222"/>
+      <c r="G123" s="222"/>
+      <c r="H123" s="222"/>
+      <c r="I123" s="222"/>
+      <c r="J123" s="222"/>
       <c r="K123" s="96"/>
-      <c r="L123" s="246"/>
-[...6 lines deleted...]
-      <c r="S123" s="248"/>
+      <c r="L123" s="344"/>
+      <c r="M123" s="345"/>
+      <c r="N123" s="345"/>
+      <c r="O123" s="345"/>
+      <c r="P123" s="345"/>
+      <c r="Q123" s="345"/>
+      <c r="R123" s="345"/>
+      <c r="S123" s="346"/>
       <c r="T123" s="96"/>
     </row>
     <row r="124" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A124" s="87"/>
       <c r="B124" s="87"/>
       <c r="C124" s="87"/>
       <c r="D124" s="87"/>
       <c r="E124" s="87"/>
       <c r="F124" s="87"/>
       <c r="G124" s="87"/>
       <c r="H124" s="87"/>
       <c r="I124" s="87"/>
       <c r="J124" s="87"/>
       <c r="K124" s="96"/>
       <c r="L124" s="96"/>
       <c r="M124" s="96"/>
       <c r="N124" s="96"/>
       <c r="O124" s="96"/>
       <c r="P124" s="96"/>
       <c r="Q124" s="96"/>
       <c r="R124" s="96"/>
       <c r="S124" s="96"/>
       <c r="T124" s="96"/>
     </row>
     <row r="125" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="278" t="s">
-[...10 lines deleted...]
-      <c r="J125" s="278"/>
+      <c r="A125" s="365" t="s">
+        <v>26</v>
+      </c>
+      <c r="B125" s="365"/>
+      <c r="C125" s="365"/>
+      <c r="D125" s="365"/>
+      <c r="E125" s="365"/>
+      <c r="F125" s="365"/>
+      <c r="G125" s="365"/>
+      <c r="H125" s="365"/>
+      <c r="I125" s="365"/>
+      <c r="J125" s="365"/>
       <c r="K125" s="125"/>
       <c r="L125" s="125"/>
       <c r="M125" s="125"/>
       <c r="N125" s="125"/>
       <c r="O125" s="125"/>
       <c r="P125" s="125"/>
       <c r="Q125" s="125"/>
       <c r="R125" s="125"/>
       <c r="S125" s="125"/>
       <c r="T125" s="125"/>
     </row>
     <row r="126" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="19"/>
       <c r="B126" s="19"/>
       <c r="C126" s="19"/>
       <c r="D126" s="19"/>
       <c r="E126" s="19"/>
       <c r="F126" s="19"/>
       <c r="G126" s="19"/>
       <c r="H126" s="19"/>
       <c r="I126" s="19"/>
       <c r="J126" s="19"/>
       <c r="K126" s="110"/>
       <c r="L126" s="110"/>
       <c r="M126" s="110"/>
       <c r="N126" s="110"/>
       <c r="O126" s="110"/>
       <c r="P126" s="110"/>
       <c r="Q126" s="110"/>
       <c r="R126" s="110"/>
       <c r="S126" s="110"/>
       <c r="T126" s="110"/>
     </row>
     <row r="127" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="9"/>
       <c r="B127" s="5"/>
       <c r="C127" s="5"/>
       <c r="D127" s="5"/>
       <c r="E127" s="5"/>
       <c r="F127" s="5"/>
       <c r="G127" s="5"/>
       <c r="H127" s="5"/>
       <c r="I127" s="4"/>
       <c r="J127" s="5"/>
       <c r="K127" s="112"/>
-      <c r="L127" s="177"/>
-[...6 lines deleted...]
-      <c r="S127" s="179"/>
+      <c r="L127" s="180"/>
+      <c r="M127" s="181"/>
+      <c r="N127" s="181"/>
+      <c r="O127" s="181"/>
+      <c r="P127" s="181"/>
+      <c r="Q127" s="181"/>
+      <c r="R127" s="181"/>
+      <c r="S127" s="182"/>
       <c r="T127" s="112"/>
     </row>
     <row r="128" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="1"/>
       <c r="B128" s="1"/>
       <c r="C128" s="1"/>
       <c r="D128" s="1"/>
       <c r="E128" s="1"/>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="76" t="str">
         <f>IF($U$4=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="I128" s="64" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="J128" s="1"/>
       <c r="K128" s="113"/>
-      <c r="L128" s="180"/>
-[...6 lines deleted...]
-      <c r="S128" s="182"/>
+      <c r="L128" s="183"/>
+      <c r="M128" s="184"/>
+      <c r="N128" s="184"/>
+      <c r="O128" s="184"/>
+      <c r="P128" s="184"/>
+      <c r="Q128" s="184"/>
+      <c r="R128" s="184"/>
+      <c r="S128" s="185"/>
       <c r="T128" s="113"/>
     </row>
     <row r="129" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="1"/>
       <c r="B129" s="1"/>
       <c r="C129" s="1"/>
       <c r="D129" s="1"/>
       <c r="E129" s="1"/>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
       <c r="I129" s="16"/>
       <c r="J129" s="1"/>
       <c r="K129" s="113"/>
-      <c r="L129" s="180"/>
-[...6 lines deleted...]
-      <c r="S129" s="182"/>
+      <c r="L129" s="183"/>
+      <c r="M129" s="184"/>
+      <c r="N129" s="184"/>
+      <c r="O129" s="184"/>
+      <c r="P129" s="184"/>
+      <c r="Q129" s="184"/>
+      <c r="R129" s="184"/>
+      <c r="S129" s="185"/>
       <c r="T129" s="113"/>
     </row>
     <row r="130" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="1"/>
       <c r="B130" s="1"/>
       <c r="C130" s="1"/>
       <c r="D130" s="1"/>
       <c r="E130" s="1"/>
       <c r="F130" s="1"/>
       <c r="G130" s="1"/>
       <c r="H130" s="76">
         <f>IF($U$5=TRUE,10,"")</f>
         <v>10</v>
       </c>
       <c r="I130" s="64" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J130" s="1"/>
       <c r="K130" s="113"/>
-      <c r="L130" s="180"/>
-[...6 lines deleted...]
-      <c r="S130" s="182"/>
+      <c r="L130" s="183"/>
+      <c r="M130" s="184"/>
+      <c r="N130" s="184"/>
+      <c r="O130" s="184"/>
+      <c r="P130" s="184"/>
+      <c r="Q130" s="184"/>
+      <c r="R130" s="184"/>
+      <c r="S130" s="185"/>
       <c r="T130" s="113"/>
     </row>
     <row r="131" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="4"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="D131" s="4"/>
       <c r="E131" s="4"/>
       <c r="F131" s="4"/>
       <c r="G131" s="4"/>
       <c r="H131" s="4"/>
       <c r="I131" s="4"/>
       <c r="J131" s="4"/>
       <c r="K131" s="102"/>
-      <c r="L131" s="180"/>
-[...6 lines deleted...]
-      <c r="S131" s="182"/>
+      <c r="L131" s="183"/>
+      <c r="M131" s="184"/>
+      <c r="N131" s="184"/>
+      <c r="O131" s="184"/>
+      <c r="P131" s="184"/>
+      <c r="Q131" s="184"/>
+      <c r="R131" s="184"/>
+      <c r="S131" s="185"/>
       <c r="T131" s="102"/>
     </row>
     <row r="132" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="4"/>
       <c r="B132" s="4"/>
       <c r="C132" s="4"/>
       <c r="D132" s="4"/>
       <c r="E132" s="4"/>
       <c r="F132" s="4"/>
       <c r="G132" s="4"/>
       <c r="H132" s="76" t="str">
         <f>IF($U$6=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="I132" s="64" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J132" s="4"/>
       <c r="K132" s="102"/>
-      <c r="L132" s="183"/>
-[...6 lines deleted...]
-      <c r="S132" s="185"/>
+      <c r="L132" s="186"/>
+      <c r="M132" s="187"/>
+      <c r="N132" s="187"/>
+      <c r="O132" s="187"/>
+      <c r="P132" s="187"/>
+      <c r="Q132" s="187"/>
+      <c r="R132" s="187"/>
+      <c r="S132" s="188"/>
       <c r="T132" s="102"/>
     </row>
     <row r="133" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="4"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="D133" s="4"/>
       <c r="E133" s="4"/>
       <c r="F133" s="4"/>
       <c r="G133" s="4"/>
       <c r="H133" s="4"/>
       <c r="I133" s="4"/>
       <c r="J133" s="4"/>
       <c r="K133" s="102"/>
       <c r="L133" s="102"/>
       <c r="M133" s="102"/>
       <c r="N133" s="102"/>
       <c r="O133" s="102"/>
       <c r="P133" s="102"/>
       <c r="Q133" s="102"/>
       <c r="R133" s="102"/>
       <c r="S133" s="102"/>
       <c r="T133" s="102"/>
     </row>
     <row r="134" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
       <c r="E134" s="4"/>
       <c r="F134" s="4"/>
       <c r="G134" s="4"/>
       <c r="H134" s="4"/>
       <c r="I134" s="4"/>
       <c r="J134" s="4"/>
       <c r="K134" s="102"/>
       <c r="L134" s="102"/>
       <c r="M134" s="102"/>
       <c r="N134" s="102"/>
       <c r="O134" s="102"/>
       <c r="P134" s="102"/>
       <c r="Q134" s="102"/>
       <c r="R134" s="102"/>
       <c r="S134" s="102"/>
       <c r="T134" s="102"/>
     </row>
     <row r="135" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A135" s="295" t="s">
-[...10 lines deleted...]
-      <c r="J135" s="295"/>
+      <c r="A135" s="213" t="s">
+        <v>35</v>
+      </c>
+      <c r="B135" s="213"/>
+      <c r="C135" s="213"/>
+      <c r="D135" s="213"/>
+      <c r="E135" s="213"/>
+      <c r="F135" s="213"/>
+      <c r="G135" s="213"/>
+      <c r="H135" s="213"/>
+      <c r="I135" s="213"/>
+      <c r="J135" s="213"/>
       <c r="K135" s="125"/>
       <c r="L135" s="125"/>
       <c r="M135" s="125"/>
       <c r="N135" s="125"/>
       <c r="O135" s="125"/>
       <c r="P135" s="125"/>
       <c r="Q135" s="125"/>
       <c r="R135" s="125"/>
       <c r="S135" s="125"/>
       <c r="T135" s="125"/>
     </row>
     <row r="136" spans="1:20" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="254" t="s">
-[...10 lines deleted...]
-      <c r="J136" s="254"/>
+      <c r="A136" s="198" t="s">
+        <v>439</v>
+      </c>
+      <c r="B136" s="198"/>
+      <c r="C136" s="198"/>
+      <c r="D136" s="198"/>
+      <c r="E136" s="198"/>
+      <c r="F136" s="198"/>
+      <c r="G136" s="198"/>
+      <c r="H136" s="198"/>
+      <c r="I136" s="198"/>
+      <c r="J136" s="198"/>
       <c r="K136" s="126"/>
-      <c r="L136" s="312"/>
-[...6 lines deleted...]
-      <c r="S136" s="314"/>
+      <c r="L136" s="302"/>
+      <c r="M136" s="303"/>
+      <c r="N136" s="303"/>
+      <c r="O136" s="303"/>
+      <c r="P136" s="303"/>
+      <c r="Q136" s="303"/>
+      <c r="R136" s="303"/>
+      <c r="S136" s="304"/>
       <c r="T136" s="126"/>
     </row>
     <row r="137" spans="1:20" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="254"/>
-[...8 lines deleted...]
-      <c r="J137" s="254"/>
+      <c r="A137" s="198"/>
+      <c r="B137" s="198"/>
+      <c r="C137" s="198"/>
+      <c r="D137" s="198"/>
+      <c r="E137" s="198"/>
+      <c r="F137" s="198"/>
+      <c r="G137" s="198"/>
+      <c r="H137" s="198"/>
+      <c r="I137" s="198"/>
+      <c r="J137" s="198"/>
       <c r="K137" s="126"/>
-      <c r="L137" s="315"/>
-[...6 lines deleted...]
-      <c r="S137" s="317"/>
+      <c r="L137" s="305"/>
+      <c r="M137" s="306"/>
+      <c r="N137" s="306"/>
+      <c r="O137" s="306"/>
+      <c r="P137" s="306"/>
+      <c r="Q137" s="306"/>
+      <c r="R137" s="306"/>
+      <c r="S137" s="307"/>
       <c r="T137" s="126"/>
     </row>
     <row r="138" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A138" s="252" t="s">
-[...10 lines deleted...]
-      <c r="J138" s="252"/>
+      <c r="A138" s="283" t="s">
+        <v>36</v>
+      </c>
+      <c r="B138" s="283"/>
+      <c r="C138" s="283"/>
+      <c r="D138" s="283"/>
+      <c r="E138" s="283"/>
+      <c r="F138" s="283"/>
+      <c r="G138" s="283"/>
+      <c r="H138" s="283"/>
+      <c r="I138" s="283"/>
+      <c r="J138" s="283"/>
       <c r="K138" s="118"/>
-      <c r="L138" s="315"/>
-[...6 lines deleted...]
-      <c r="S138" s="317"/>
+      <c r="L138" s="305"/>
+      <c r="M138" s="306"/>
+      <c r="N138" s="306"/>
+      <c r="O138" s="306"/>
+      <c r="P138" s="306"/>
+      <c r="Q138" s="306"/>
+      <c r="R138" s="306"/>
+      <c r="S138" s="307"/>
       <c r="T138" s="118"/>
     </row>
     <row r="139" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="252"/>
-[...8 lines deleted...]
-      <c r="J139" s="252"/>
+      <c r="A139" s="283"/>
+      <c r="B139" s="283"/>
+      <c r="C139" s="283"/>
+      <c r="D139" s="283"/>
+      <c r="E139" s="283"/>
+      <c r="F139" s="283"/>
+      <c r="G139" s="283"/>
+      <c r="H139" s="283"/>
+      <c r="I139" s="283"/>
+      <c r="J139" s="283"/>
       <c r="K139" s="118"/>
-      <c r="L139" s="315"/>
-[...6 lines deleted...]
-      <c r="S139" s="317"/>
+      <c r="L139" s="305"/>
+      <c r="M139" s="306"/>
+      <c r="N139" s="306"/>
+      <c r="O139" s="306"/>
+      <c r="P139" s="306"/>
+      <c r="Q139" s="306"/>
+      <c r="R139" s="306"/>
+      <c r="S139" s="307"/>
       <c r="T139" s="118"/>
     </row>
     <row r="140" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A140" s="20"/>
       <c r="B140" s="20"/>
       <c r="C140" s="20"/>
       <c r="D140" s="20"/>
       <c r="E140" s="20"/>
       <c r="F140" s="20"/>
       <c r="G140" s="20"/>
       <c r="H140" s="20"/>
       <c r="I140" s="20"/>
       <c r="J140" s="20"/>
       <c r="K140" s="127"/>
-      <c r="L140" s="315"/>
-[...6 lines deleted...]
-      <c r="S140" s="317"/>
+      <c r="L140" s="305"/>
+      <c r="M140" s="306"/>
+      <c r="N140" s="306"/>
+      <c r="O140" s="306"/>
+      <c r="P140" s="306"/>
+      <c r="Q140" s="306"/>
+      <c r="R140" s="306"/>
+      <c r="S140" s="307"/>
       <c r="T140" s="127"/>
     </row>
     <row r="141" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="237" t="s">
-[...9 lines deleted...]
-      <c r="I141" s="378"/>
+      <c r="A141" s="214" t="s">
+        <v>37</v>
+      </c>
+      <c r="B141" s="214"/>
+      <c r="C141" s="214"/>
+      <c r="D141" s="214"/>
+      <c r="E141" s="214"/>
+      <c r="F141" s="214"/>
+      <c r="G141" s="214"/>
+      <c r="H141" s="214"/>
+      <c r="I141" s="257"/>
       <c r="J141" s="23"/>
       <c r="K141" s="115"/>
-      <c r="L141" s="315"/>
-[...6 lines deleted...]
-      <c r="S141" s="317"/>
+      <c r="L141" s="305"/>
+      <c r="M141" s="306"/>
+      <c r="N141" s="306"/>
+      <c r="O141" s="306"/>
+      <c r="P141" s="306"/>
+      <c r="Q141" s="306"/>
+      <c r="R141" s="306"/>
+      <c r="S141" s="307"/>
       <c r="T141" s="115"/>
     </row>
     <row r="142" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A142" s="4"/>
       <c r="B142" s="4"/>
       <c r="C142" s="4"/>
       <c r="D142" s="4"/>
       <c r="E142" s="4"/>
       <c r="F142" s="4"/>
       <c r="G142" s="4"/>
       <c r="H142" s="4"/>
       <c r="I142" s="4"/>
       <c r="J142" s="4"/>
       <c r="K142" s="102"/>
-      <c r="L142" s="315"/>
-[...6 lines deleted...]
-      <c r="S142" s="317"/>
+      <c r="L142" s="305"/>
+      <c r="M142" s="306"/>
+      <c r="N142" s="306"/>
+      <c r="O142" s="306"/>
+      <c r="P142" s="306"/>
+      <c r="Q142" s="306"/>
+      <c r="R142" s="306"/>
+      <c r="S142" s="307"/>
       <c r="T142" s="102"/>
     </row>
     <row r="143" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="237" t="s">
-[...9 lines deleted...]
-      <c r="I143" s="378"/>
+      <c r="A143" s="214" t="s">
+        <v>494</v>
+      </c>
+      <c r="B143" s="214"/>
+      <c r="C143" s="214"/>
+      <c r="D143" s="214"/>
+      <c r="E143" s="214"/>
+      <c r="F143" s="214"/>
+      <c r="G143" s="214"/>
+      <c r="H143" s="214"/>
+      <c r="I143" s="257"/>
       <c r="J143" s="23"/>
       <c r="K143" s="115"/>
-      <c r="L143" s="315"/>
-[...6 lines deleted...]
-      <c r="S143" s="317"/>
+      <c r="L143" s="305"/>
+      <c r="M143" s="306"/>
+      <c r="N143" s="306"/>
+      <c r="O143" s="306"/>
+      <c r="P143" s="306"/>
+      <c r="Q143" s="306"/>
+      <c r="R143" s="306"/>
+      <c r="S143" s="307"/>
       <c r="T143" s="115"/>
     </row>
     <row r="144" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A144" s="4"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
       <c r="E144" s="4"/>
       <c r="F144" s="4"/>
       <c r="G144" s="4"/>
       <c r="H144" s="4"/>
       <c r="I144" s="4"/>
       <c r="J144" s="4"/>
       <c r="K144" s="102"/>
-      <c r="L144" s="315"/>
-[...6 lines deleted...]
-      <c r="S144" s="317"/>
+      <c r="L144" s="305"/>
+      <c r="M144" s="306"/>
+      <c r="N144" s="306"/>
+      <c r="O144" s="306"/>
+      <c r="P144" s="306"/>
+      <c r="Q144" s="306"/>
+      <c r="R144" s="306"/>
+      <c r="S144" s="307"/>
       <c r="T144" s="102"/>
     </row>
     <row r="145" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="237" t="s">
-[...9 lines deleted...]
-      <c r="I145" s="378"/>
+      <c r="A145" s="214" t="s">
+        <v>495</v>
+      </c>
+      <c r="B145" s="214"/>
+      <c r="C145" s="214"/>
+      <c r="D145" s="214"/>
+      <c r="E145" s="214"/>
+      <c r="F145" s="214"/>
+      <c r="G145" s="214"/>
+      <c r="H145" s="214"/>
+      <c r="I145" s="257"/>
       <c r="J145" s="23"/>
       <c r="K145" s="115"/>
-      <c r="L145" s="315"/>
-[...6 lines deleted...]
-      <c r="S145" s="317"/>
+      <c r="L145" s="305"/>
+      <c r="M145" s="306"/>
+      <c r="N145" s="306"/>
+      <c r="O145" s="306"/>
+      <c r="P145" s="306"/>
+      <c r="Q145" s="306"/>
+      <c r="R145" s="306"/>
+      <c r="S145" s="307"/>
       <c r="T145" s="115"/>
     </row>
     <row r="146" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A146" s="4"/>
       <c r="B146" s="4"/>
       <c r="C146" s="4"/>
       <c r="D146" s="4"/>
       <c r="E146" s="4"/>
       <c r="F146" s="4"/>
       <c r="G146" s="4"/>
       <c r="H146" s="4"/>
       <c r="I146" s="4"/>
       <c r="J146" s="4"/>
       <c r="K146" s="102"/>
-      <c r="L146" s="315"/>
-[...6 lines deleted...]
-      <c r="S146" s="317"/>
+      <c r="L146" s="305"/>
+      <c r="M146" s="306"/>
+      <c r="N146" s="306"/>
+      <c r="O146" s="306"/>
+      <c r="P146" s="306"/>
+      <c r="Q146" s="306"/>
+      <c r="R146" s="306"/>
+      <c r="S146" s="307"/>
       <c r="T146" s="102"/>
     </row>
     <row r="147" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="234" t="s">
-[...9 lines deleted...]
-      <c r="I147" s="234"/>
+      <c r="A147" s="221" t="s">
+        <v>496</v>
+      </c>
+      <c r="B147" s="221"/>
+      <c r="C147" s="221"/>
+      <c r="D147" s="221"/>
+      <c r="E147" s="221"/>
+      <c r="F147" s="221"/>
+      <c r="G147" s="221"/>
+      <c r="H147" s="221"/>
+      <c r="I147" s="221"/>
       <c r="J147" s="23"/>
       <c r="K147" s="115"/>
-      <c r="L147" s="315"/>
-[...6 lines deleted...]
-      <c r="S147" s="317"/>
+      <c r="L147" s="305"/>
+      <c r="M147" s="306"/>
+      <c r="N147" s="306"/>
+      <c r="O147" s="306"/>
+      <c r="P147" s="306"/>
+      <c r="Q147" s="306"/>
+      <c r="R147" s="306"/>
+      <c r="S147" s="307"/>
       <c r="T147" s="115"/>
     </row>
     <row r="148" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A148" s="234"/>
-[...7 lines deleted...]
-      <c r="I148" s="234"/>
+      <c r="A148" s="221"/>
+      <c r="B148" s="221"/>
+      <c r="C148" s="221"/>
+      <c r="D148" s="221"/>
+      <c r="E148" s="221"/>
+      <c r="F148" s="221"/>
+      <c r="G148" s="221"/>
+      <c r="H148" s="221"/>
+      <c r="I148" s="221"/>
       <c r="J148" s="4"/>
       <c r="K148" s="102"/>
-      <c r="L148" s="315"/>
-[...6 lines deleted...]
-      <c r="S148" s="317"/>
+      <c r="L148" s="305"/>
+      <c r="M148" s="306"/>
+      <c r="N148" s="306"/>
+      <c r="O148" s="306"/>
+      <c r="P148" s="306"/>
+      <c r="Q148" s="306"/>
+      <c r="R148" s="306"/>
+      <c r="S148" s="307"/>
       <c r="T148" s="102"/>
     </row>
     <row r="149" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A149" s="4"/>
       <c r="B149" s="4"/>
       <c r="C149" s="4"/>
       <c r="D149" s="4"/>
       <c r="E149" s="4"/>
       <c r="F149" s="4"/>
       <c r="G149" s="4"/>
       <c r="H149" s="4"/>
       <c r="I149" s="4"/>
       <c r="J149" s="4"/>
       <c r="K149" s="102"/>
-      <c r="L149" s="315"/>
-[...6 lines deleted...]
-      <c r="S149" s="317"/>
+      <c r="L149" s="305"/>
+      <c r="M149" s="306"/>
+      <c r="N149" s="306"/>
+      <c r="O149" s="306"/>
+      <c r="P149" s="306"/>
+      <c r="Q149" s="306"/>
+      <c r="R149" s="306"/>
+      <c r="S149" s="307"/>
       <c r="T149" s="102"/>
     </row>
     <row r="150" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B150" s="4"/>
       <c r="C150" s="4"/>
       <c r="D150" s="4"/>
       <c r="E150" s="4"/>
       <c r="F150" s="4"/>
       <c r="G150" s="4"/>
       <c r="H150" s="4"/>
       <c r="I150" s="4"/>
       <c r="J150" s="23"/>
       <c r="K150" s="115"/>
-      <c r="L150" s="315"/>
-[...6 lines deleted...]
-      <c r="S150" s="317"/>
+      <c r="L150" s="305"/>
+      <c r="M150" s="306"/>
+      <c r="N150" s="306"/>
+      <c r="O150" s="306"/>
+      <c r="P150" s="306"/>
+      <c r="Q150" s="306"/>
+      <c r="R150" s="306"/>
+      <c r="S150" s="307"/>
       <c r="T150" s="115"/>
     </row>
     <row r="151" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A151" s="4"/>
-      <c r="B151" s="377" t="str">
+      <c r="B151" s="254" t="str">
         <f>IF(OR($U$4&lt;&gt;TRUE,AND($U$4=TRUE,LEFT(TRIM(UPPER($J$141)),1)="Y",LEFT(TRIM(UPPER($J$143)),1)="Y",LEFT(TRIM(UPPER($J$145)),1)="Y",LEFT(TRIM(UPPER($J$147)),1)="Y",LEFT(TRIM(UPPER($J$150)),1)="Y")),"","All of the above criteria must be confirmed in order to proceed")</f>
         <v/>
       </c>
-      <c r="C151" s="377"/>
-[...5 lines deleted...]
-      <c r="I151" s="377"/>
+      <c r="C151" s="254"/>
+      <c r="D151" s="254"/>
+      <c r="E151" s="254"/>
+      <c r="F151" s="254"/>
+      <c r="G151" s="254"/>
+      <c r="H151" s="254"/>
+      <c r="I151" s="254"/>
       <c r="J151" s="4"/>
       <c r="K151" s="102"/>
-      <c r="L151" s="315"/>
-[...6 lines deleted...]
-      <c r="S151" s="317"/>
+      <c r="L151" s="305"/>
+      <c r="M151" s="306"/>
+      <c r="N151" s="306"/>
+      <c r="O151" s="306"/>
+      <c r="P151" s="306"/>
+      <c r="Q151" s="306"/>
+      <c r="R151" s="306"/>
+      <c r="S151" s="307"/>
       <c r="T151" s="102"/>
     </row>
     <row r="152" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A152" s="4"/>
       <c r="B152" s="4"/>
       <c r="C152" s="4"/>
       <c r="D152" s="4"/>
       <c r="E152" s="4"/>
       <c r="F152" s="4"/>
       <c r="G152" s="4"/>
       <c r="H152" s="4"/>
       <c r="I152" s="4"/>
       <c r="J152" s="4"/>
       <c r="K152" s="102"/>
-      <c r="L152" s="315"/>
-[...6 lines deleted...]
-      <c r="S152" s="317"/>
+      <c r="L152" s="305"/>
+      <c r="M152" s="306"/>
+      <c r="N152" s="306"/>
+      <c r="O152" s="306"/>
+      <c r="P152" s="306"/>
+      <c r="Q152" s="306"/>
+      <c r="R152" s="306"/>
+      <c r="S152" s="307"/>
       <c r="T152" s="102"/>
     </row>
     <row r="153" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A153" s="234" t="s">
-[...10 lines deleted...]
-      <c r="J153" s="234"/>
+      <c r="A153" s="221" t="s">
+        <v>38</v>
+      </c>
+      <c r="B153" s="221"/>
+      <c r="C153" s="221"/>
+      <c r="D153" s="221"/>
+      <c r="E153" s="221"/>
+      <c r="F153" s="221"/>
+      <c r="G153" s="221"/>
+      <c r="H153" s="221"/>
+      <c r="I153" s="221"/>
+      <c r="J153" s="221"/>
       <c r="K153" s="103"/>
-      <c r="L153" s="315"/>
-[...6 lines deleted...]
-      <c r="S153" s="317"/>
+      <c r="L153" s="305"/>
+      <c r="M153" s="306"/>
+      <c r="N153" s="306"/>
+      <c r="O153" s="306"/>
+      <c r="P153" s="306"/>
+      <c r="Q153" s="306"/>
+      <c r="R153" s="306"/>
+      <c r="S153" s="307"/>
       <c r="T153" s="103"/>
     </row>
     <row r="154" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="234"/>
-[...8 lines deleted...]
-      <c r="J154" s="234"/>
+      <c r="A154" s="221"/>
+      <c r="B154" s="221"/>
+      <c r="C154" s="221"/>
+      <c r="D154" s="221"/>
+      <c r="E154" s="221"/>
+      <c r="F154" s="221"/>
+      <c r="G154" s="221"/>
+      <c r="H154" s="221"/>
+      <c r="I154" s="221"/>
+      <c r="J154" s="221"/>
       <c r="K154" s="103"/>
-      <c r="L154" s="315"/>
-[...6 lines deleted...]
-      <c r="S154" s="317"/>
+      <c r="L154" s="305"/>
+      <c r="M154" s="306"/>
+      <c r="N154" s="306"/>
+      <c r="O154" s="306"/>
+      <c r="P154" s="306"/>
+      <c r="Q154" s="306"/>
+      <c r="R154" s="306"/>
+      <c r="S154" s="307"/>
       <c r="T154" s="103"/>
     </row>
     <row r="155" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A155" s="368" t="s">
-[...12 lines deleted...]
-      <c r="J155" s="296"/>
+      <c r="A155" s="253" t="s">
+        <v>455</v>
+      </c>
+      <c r="B155" s="253"/>
+      <c r="C155" s="253"/>
+      <c r="D155" s="267" t="s">
+        <v>473</v>
+      </c>
+      <c r="E155" s="267"/>
+      <c r="F155" s="267"/>
+      <c r="G155" s="267"/>
+      <c r="H155" s="267"/>
+      <c r="I155" s="267"/>
+      <c r="J155" s="267"/>
       <c r="K155" s="128"/>
-      <c r="L155" s="318"/>
-[...6 lines deleted...]
-      <c r="S155" s="320"/>
+      <c r="L155" s="308"/>
+      <c r="M155" s="309"/>
+      <c r="N155" s="309"/>
+      <c r="O155" s="309"/>
+      <c r="P155" s="309"/>
+      <c r="Q155" s="309"/>
+      <c r="R155" s="309"/>
+      <c r="S155" s="310"/>
       <c r="T155" s="128"/>
     </row>
     <row r="156" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A156" s="363"/>
-[...8 lines deleted...]
-      <c r="J156" s="363"/>
+      <c r="A156" s="255"/>
+      <c r="B156" s="255"/>
+      <c r="C156" s="255"/>
+      <c r="D156" s="255"/>
+      <c r="E156" s="255"/>
+      <c r="F156" s="255"/>
+      <c r="G156" s="255"/>
+      <c r="H156" s="255"/>
+      <c r="I156" s="255"/>
+      <c r="J156" s="255"/>
       <c r="K156" s="125"/>
       <c r="L156" s="125"/>
       <c r="M156" s="125"/>
       <c r="N156" s="125"/>
       <c r="O156" s="125"/>
       <c r="P156" s="125"/>
       <c r="Q156" s="125"/>
       <c r="R156" s="125"/>
       <c r="S156" s="125"/>
       <c r="T156" s="125"/>
     </row>
     <row r="157" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A157" s="295" t="s">
-[...10 lines deleted...]
-      <c r="J157" s="295"/>
+      <c r="A157" s="213" t="s">
+        <v>39</v>
+      </c>
+      <c r="B157" s="213"/>
+      <c r="C157" s="213"/>
+      <c r="D157" s="213"/>
+      <c r="E157" s="213"/>
+      <c r="F157" s="213"/>
+      <c r="G157" s="213"/>
+      <c r="H157" s="213"/>
+      <c r="I157" s="213"/>
+      <c r="J157" s="213"/>
       <c r="K157" s="125"/>
       <c r="L157" s="125"/>
       <c r="M157" s="125"/>
       <c r="N157" s="125"/>
       <c r="O157" s="125"/>
       <c r="P157" s="125"/>
       <c r="Q157" s="125"/>
       <c r="R157" s="125"/>
       <c r="S157" s="125"/>
       <c r="T157" s="125"/>
     </row>
     <row r="158" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="254" t="s">
-[...10 lines deleted...]
-      <c r="J158" s="254"/>
+      <c r="A158" s="198" t="s">
+        <v>440</v>
+      </c>
+      <c r="B158" s="198"/>
+      <c r="C158" s="198"/>
+      <c r="D158" s="198"/>
+      <c r="E158" s="198"/>
+      <c r="F158" s="198"/>
+      <c r="G158" s="198"/>
+      <c r="H158" s="198"/>
+      <c r="I158" s="198"/>
+      <c r="J158" s="198"/>
       <c r="K158" s="126"/>
-      <c r="L158" s="312"/>
-[...6 lines deleted...]
-      <c r="S158" s="314"/>
+      <c r="L158" s="302"/>
+      <c r="M158" s="303"/>
+      <c r="N158" s="303"/>
+      <c r="O158" s="303"/>
+      <c r="P158" s="303"/>
+      <c r="Q158" s="303"/>
+      <c r="R158" s="303"/>
+      <c r="S158" s="304"/>
       <c r="T158" s="126"/>
     </row>
     <row r="159" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="254"/>
-[...8 lines deleted...]
-      <c r="J159" s="254"/>
+      <c r="A159" s="198"/>
+      <c r="B159" s="198"/>
+      <c r="C159" s="198"/>
+      <c r="D159" s="198"/>
+      <c r="E159" s="198"/>
+      <c r="F159" s="198"/>
+      <c r="G159" s="198"/>
+      <c r="H159" s="198"/>
+      <c r="I159" s="198"/>
+      <c r="J159" s="198"/>
       <c r="K159" s="126"/>
-      <c r="L159" s="315"/>
-[...6 lines deleted...]
-      <c r="S159" s="317"/>
+      <c r="L159" s="305"/>
+      <c r="M159" s="306"/>
+      <c r="N159" s="306"/>
+      <c r="O159" s="306"/>
+      <c r="P159" s="306"/>
+      <c r="Q159" s="306"/>
+      <c r="R159" s="306"/>
+      <c r="S159" s="307"/>
       <c r="T159" s="126"/>
     </row>
     <row r="160" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="342" t="s">
-[...10 lines deleted...]
-      <c r="J160" s="342"/>
+      <c r="A160" s="289" t="s">
+        <v>36</v>
+      </c>
+      <c r="B160" s="289"/>
+      <c r="C160" s="289"/>
+      <c r="D160" s="289"/>
+      <c r="E160" s="289"/>
+      <c r="F160" s="289"/>
+      <c r="G160" s="289"/>
+      <c r="H160" s="289"/>
+      <c r="I160" s="289"/>
+      <c r="J160" s="289"/>
       <c r="K160" s="129"/>
-      <c r="L160" s="315"/>
-[...6 lines deleted...]
-      <c r="S160" s="317"/>
+      <c r="L160" s="305"/>
+      <c r="M160" s="306"/>
+      <c r="N160" s="306"/>
+      <c r="O160" s="306"/>
+      <c r="P160" s="306"/>
+      <c r="Q160" s="306"/>
+      <c r="R160" s="306"/>
+      <c r="S160" s="307"/>
       <c r="T160" s="129"/>
     </row>
     <row r="161" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A161" s="342"/>
-[...8 lines deleted...]
-      <c r="J161" s="342"/>
+      <c r="A161" s="289"/>
+      <c r="B161" s="289"/>
+      <c r="C161" s="289"/>
+      <c r="D161" s="289"/>
+      <c r="E161" s="289"/>
+      <c r="F161" s="289"/>
+      <c r="G161" s="289"/>
+      <c r="H161" s="289"/>
+      <c r="I161" s="289"/>
+      <c r="J161" s="289"/>
       <c r="K161" s="129"/>
-      <c r="L161" s="315"/>
-[...6 lines deleted...]
-      <c r="S161" s="317"/>
+      <c r="L161" s="305"/>
+      <c r="M161" s="306"/>
+      <c r="N161" s="306"/>
+      <c r="O161" s="306"/>
+      <c r="P161" s="306"/>
+      <c r="Q161" s="306"/>
+      <c r="R161" s="306"/>
+      <c r="S161" s="307"/>
       <c r="T161" s="129"/>
     </row>
     <row r="162" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A162" s="50" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B162" s="51"/>
       <c r="C162" s="51"/>
       <c r="D162" s="51"/>
       <c r="E162" s="51"/>
       <c r="F162" s="51"/>
       <c r="G162" s="51"/>
       <c r="H162" s="51"/>
       <c r="I162" s="51"/>
       <c r="J162" s="52"/>
       <c r="K162" s="112"/>
-      <c r="L162" s="315"/>
-[...6 lines deleted...]
-      <c r="S162" s="317"/>
+      <c r="L162" s="305"/>
+      <c r="M162" s="306"/>
+      <c r="N162" s="306"/>
+      <c r="O162" s="306"/>
+      <c r="P162" s="306"/>
+      <c r="Q162" s="306"/>
+      <c r="R162" s="306"/>
+      <c r="S162" s="307"/>
       <c r="T162" s="112"/>
     </row>
     <row r="163" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="345" t="s">
-[...12 lines deleted...]
-      <c r="J163" s="343"/>
+      <c r="A163" s="290" t="s">
+        <v>512</v>
+      </c>
+      <c r="B163" s="291"/>
+      <c r="C163" s="291"/>
+      <c r="D163" s="291"/>
+      <c r="E163" s="291"/>
+      <c r="F163" s="291"/>
+      <c r="G163" s="291"/>
+      <c r="H163" s="215" t="s">
+        <v>436</v>
+      </c>
+      <c r="I163" s="216"/>
+      <c r="J163" s="263"/>
       <c r="K163" s="130"/>
-      <c r="L163" s="315"/>
-[...6 lines deleted...]
-      <c r="S163" s="317"/>
+      <c r="L163" s="305"/>
+      <c r="M163" s="306"/>
+      <c r="N163" s="306"/>
+      <c r="O163" s="306"/>
+      <c r="P163" s="306"/>
+      <c r="Q163" s="306"/>
+      <c r="R163" s="306"/>
+      <c r="S163" s="307"/>
       <c r="T163" s="130"/>
     </row>
     <row r="164" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="345"/>
-[...5 lines deleted...]
-      <c r="G164" s="346"/>
+      <c r="A164" s="290"/>
+      <c r="B164" s="291"/>
+      <c r="C164" s="291"/>
+      <c r="D164" s="291"/>
+      <c r="E164" s="291"/>
+      <c r="F164" s="291"/>
+      <c r="G164" s="291"/>
       <c r="H164" s="53"/>
       <c r="I164" s="49"/>
-      <c r="J164" s="344"/>
+      <c r="J164" s="265"/>
       <c r="K164" s="130"/>
-      <c r="L164" s="315"/>
-[...6 lines deleted...]
-      <c r="S164" s="317"/>
+      <c r="L164" s="305"/>
+      <c r="M164" s="306"/>
+      <c r="N164" s="306"/>
+      <c r="O164" s="306"/>
+      <c r="P164" s="306"/>
+      <c r="Q164" s="306"/>
+      <c r="R164" s="306"/>
+      <c r="S164" s="307"/>
       <c r="T164" s="130"/>
     </row>
     <row r="165" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A165" s="54"/>
       <c r="B165" s="5"/>
       <c r="C165" s="5"/>
       <c r="D165" s="5"/>
       <c r="E165" s="5"/>
       <c r="F165" s="5"/>
       <c r="G165" s="5"/>
       <c r="H165" s="5"/>
       <c r="I165" s="5"/>
       <c r="J165" s="55"/>
       <c r="K165" s="112"/>
-      <c r="L165" s="315"/>
-[...6 lines deleted...]
-      <c r="S165" s="317"/>
+      <c r="L165" s="305"/>
+      <c r="M165" s="306"/>
+      <c r="N165" s="306"/>
+      <c r="O165" s="306"/>
+      <c r="P165" s="306"/>
+      <c r="Q165" s="306"/>
+      <c r="R165" s="306"/>
+      <c r="S165" s="307"/>
       <c r="T165" s="112"/>
     </row>
     <row r="166" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="356" t="s">
-[...10 lines deleted...]
-      <c r="J166" s="343"/>
+      <c r="A166" s="217" t="s">
+        <v>513</v>
+      </c>
+      <c r="B166" s="218"/>
+      <c r="C166" s="218"/>
+      <c r="D166" s="218"/>
+      <c r="E166" s="218"/>
+      <c r="F166" s="218"/>
+      <c r="G166" s="218"/>
+      <c r="H166" s="215"/>
+      <c r="I166" s="216"/>
+      <c r="J166" s="263"/>
       <c r="K166" s="130"/>
-      <c r="L166" s="315"/>
-[...6 lines deleted...]
-      <c r="S166" s="317"/>
+      <c r="L166" s="305"/>
+      <c r="M166" s="306"/>
+      <c r="N166" s="306"/>
+      <c r="O166" s="306"/>
+      <c r="P166" s="306"/>
+      <c r="Q166" s="306"/>
+      <c r="R166" s="306"/>
+      <c r="S166" s="307"/>
       <c r="T166" s="130"/>
     </row>
     <row r="167" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A167" s="356"/>
-[...10 lines deleted...]
-      <c r="J167" s="344"/>
+      <c r="A167" s="217"/>
+      <c r="B167" s="218"/>
+      <c r="C167" s="218"/>
+      <c r="D167" s="218"/>
+      <c r="E167" s="218"/>
+      <c r="F167" s="218"/>
+      <c r="G167" s="218"/>
+      <c r="H167" s="215" t="s">
+        <v>436</v>
+      </c>
+      <c r="I167" s="216"/>
+      <c r="J167" s="265"/>
       <c r="K167" s="130"/>
-      <c r="L167" s="315"/>
-[...6 lines deleted...]
-      <c r="S167" s="317"/>
+      <c r="L167" s="305"/>
+      <c r="M167" s="306"/>
+      <c r="N167" s="306"/>
+      <c r="O167" s="306"/>
+      <c r="P167" s="306"/>
+      <c r="Q167" s="306"/>
+      <c r="R167" s="306"/>
+      <c r="S167" s="307"/>
       <c r="T167" s="130"/>
     </row>
     <row r="168" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A168" s="394"/>
-[...5 lines deleted...]
-      <c r="G168" s="395"/>
+      <c r="A168" s="219"/>
+      <c r="B168" s="220"/>
+      <c r="C168" s="220"/>
+      <c r="D168" s="220"/>
+      <c r="E168" s="220"/>
+      <c r="F168" s="220"/>
+      <c r="G168" s="220"/>
       <c r="H168" s="56"/>
       <c r="I168" s="56"/>
       <c r="J168" s="57"/>
       <c r="K168" s="112"/>
-      <c r="L168" s="315"/>
-[...6 lines deleted...]
-      <c r="S168" s="317"/>
+      <c r="L168" s="305"/>
+      <c r="M168" s="306"/>
+      <c r="N168" s="306"/>
+      <c r="O168" s="306"/>
+      <c r="P168" s="306"/>
+      <c r="Q168" s="306"/>
+      <c r="R168" s="306"/>
+      <c r="S168" s="307"/>
       <c r="T168" s="112"/>
     </row>
     <row r="169" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A169" s="4"/>
       <c r="B169" s="4"/>
       <c r="C169" s="4"/>
       <c r="D169" s="4"/>
       <c r="E169" s="4"/>
       <c r="F169" s="4"/>
       <c r="G169" s="4"/>
       <c r="H169" s="4"/>
       <c r="I169" s="4"/>
       <c r="J169" s="4"/>
       <c r="K169" s="102"/>
-      <c r="L169" s="315"/>
-[...6 lines deleted...]
-      <c r="S169" s="317"/>
+      <c r="L169" s="305"/>
+      <c r="M169" s="306"/>
+      <c r="N169" s="306"/>
+      <c r="O169" s="306"/>
+      <c r="P169" s="306"/>
+      <c r="Q169" s="306"/>
+      <c r="R169" s="306"/>
+      <c r="S169" s="307"/>
       <c r="T169" s="102"/>
     </row>
     <row r="170" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="234" t="s">
-[...9 lines deleted...]
-      <c r="I170" s="234"/>
+      <c r="A170" s="221" t="s">
+        <v>437</v>
+      </c>
+      <c r="B170" s="221"/>
+      <c r="C170" s="221"/>
+      <c r="D170" s="221"/>
+      <c r="E170" s="221"/>
+      <c r="F170" s="221"/>
+      <c r="G170" s="221"/>
+      <c r="H170" s="221"/>
+      <c r="I170" s="221"/>
       <c r="J170" s="68"/>
       <c r="K170" s="130"/>
-      <c r="L170" s="315"/>
-[...6 lines deleted...]
-      <c r="S170" s="317"/>
+      <c r="L170" s="305"/>
+      <c r="M170" s="306"/>
+      <c r="N170" s="306"/>
+      <c r="O170" s="306"/>
+      <c r="P170" s="306"/>
+      <c r="Q170" s="306"/>
+      <c r="R170" s="306"/>
+      <c r="S170" s="307"/>
       <c r="T170" s="130"/>
     </row>
     <row r="171" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A171" s="234"/>
-[...7 lines deleted...]
-      <c r="I171" s="234"/>
+      <c r="A171" s="221"/>
+      <c r="B171" s="221"/>
+      <c r="C171" s="221"/>
+      <c r="D171" s="221"/>
+      <c r="E171" s="221"/>
+      <c r="F171" s="221"/>
+      <c r="G171" s="221"/>
+      <c r="H171" s="221"/>
+      <c r="I171" s="221"/>
       <c r="J171" s="4"/>
       <c r="K171" s="102"/>
-      <c r="L171" s="315"/>
-[...6 lines deleted...]
-      <c r="S171" s="317"/>
+      <c r="L171" s="305"/>
+      <c r="M171" s="306"/>
+      <c r="N171" s="306"/>
+      <c r="O171" s="306"/>
+      <c r="P171" s="306"/>
+      <c r="Q171" s="306"/>
+      <c r="R171" s="306"/>
+      <c r="S171" s="307"/>
       <c r="T171" s="102"/>
     </row>
     <row r="172" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A172" s="4"/>
       <c r="B172" s="4"/>
       <c r="C172" s="4"/>
       <c r="D172" s="4"/>
       <c r="E172" s="4"/>
       <c r="F172" s="4"/>
       <c r="G172" s="4"/>
       <c r="H172" s="4"/>
       <c r="I172" s="4"/>
       <c r="J172" s="4"/>
       <c r="K172" s="102"/>
-      <c r="L172" s="315"/>
-[...6 lines deleted...]
-      <c r="S172" s="317"/>
+      <c r="L172" s="305"/>
+      <c r="M172" s="306"/>
+      <c r="N172" s="306"/>
+      <c r="O172" s="306"/>
+      <c r="P172" s="306"/>
+      <c r="Q172" s="306"/>
+      <c r="R172" s="306"/>
+      <c r="S172" s="307"/>
       <c r="T172" s="102"/>
     </row>
     <row r="173" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="237" t="s">
-[...9 lines deleted...]
-      <c r="I173" s="237"/>
+      <c r="A173" s="214" t="s">
+        <v>438</v>
+      </c>
+      <c r="B173" s="214"/>
+      <c r="C173" s="214"/>
+      <c r="D173" s="214"/>
+      <c r="E173" s="214"/>
+      <c r="F173" s="214"/>
+      <c r="G173" s="214"/>
+      <c r="H173" s="214"/>
+      <c r="I173" s="214"/>
       <c r="J173" s="69"/>
       <c r="K173" s="130"/>
-      <c r="L173" s="315"/>
-[...6 lines deleted...]
-      <c r="S173" s="317"/>
+      <c r="L173" s="305"/>
+      <c r="M173" s="306"/>
+      <c r="N173" s="306"/>
+      <c r="O173" s="306"/>
+      <c r="P173" s="306"/>
+      <c r="Q173" s="306"/>
+      <c r="R173" s="306"/>
+      <c r="S173" s="307"/>
       <c r="T173" s="130"/>
     </row>
     <row r="174" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A174" s="4"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
       <c r="D174" s="4"/>
       <c r="E174" s="4"/>
       <c r="F174" s="4"/>
       <c r="G174" s="4"/>
       <c r="H174" s="4"/>
       <c r="I174" s="4"/>
       <c r="J174" s="4"/>
       <c r="K174" s="102"/>
-      <c r="L174" s="315"/>
-[...6 lines deleted...]
-      <c r="S174" s="317"/>
+      <c r="L174" s="305"/>
+      <c r="M174" s="306"/>
+      <c r="N174" s="306"/>
+      <c r="O174" s="306"/>
+      <c r="P174" s="306"/>
+      <c r="Q174" s="306"/>
+      <c r="R174" s="306"/>
+      <c r="S174" s="307"/>
       <c r="T174" s="102"/>
     </row>
     <row r="175" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="371" t="s">
-[...9 lines deleted...]
-      <c r="I175" s="371"/>
+      <c r="A175" s="231" t="s">
+        <v>537</v>
+      </c>
+      <c r="B175" s="231"/>
+      <c r="C175" s="231"/>
+      <c r="D175" s="231"/>
+      <c r="E175" s="231"/>
+      <c r="F175" s="231"/>
+      <c r="G175" s="231"/>
+      <c r="H175" s="231"/>
+      <c r="I175" s="231"/>
       <c r="J175" s="68"/>
       <c r="K175" s="130"/>
-      <c r="L175" s="315"/>
-[...6 lines deleted...]
-      <c r="S175" s="317"/>
+      <c r="L175" s="305"/>
+      <c r="M175" s="306"/>
+      <c r="N175" s="306"/>
+      <c r="O175" s="306"/>
+      <c r="P175" s="306"/>
+      <c r="Q175" s="306"/>
+      <c r="R175" s="306"/>
+      <c r="S175" s="307"/>
       <c r="T175" s="130"/>
     </row>
     <row r="176" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A176" s="371"/>
-[...7 lines deleted...]
-      <c r="I176" s="371"/>
+      <c r="A176" s="231"/>
+      <c r="B176" s="231"/>
+      <c r="C176" s="231"/>
+      <c r="D176" s="231"/>
+      <c r="E176" s="231"/>
+      <c r="F176" s="231"/>
+      <c r="G176" s="231"/>
+      <c r="H176" s="231"/>
+      <c r="I176" s="231"/>
       <c r="J176" s="2"/>
       <c r="K176" s="102"/>
-      <c r="L176" s="315"/>
-[...6 lines deleted...]
-      <c r="S176" s="317"/>
+      <c r="L176" s="305"/>
+      <c r="M176" s="306"/>
+      <c r="N176" s="306"/>
+      <c r="O176" s="306"/>
+      <c r="P176" s="306"/>
+      <c r="Q176" s="306"/>
+      <c r="R176" s="306"/>
+      <c r="S176" s="307"/>
       <c r="T176" s="102"/>
     </row>
     <row r="177" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A177" s="157"/>
-      <c r="B177" s="385" t="s">
-[...10 lines deleted...]
-      <c r="I177" s="387"/>
+      <c r="B177" s="232" t="s">
+        <v>547</v>
+      </c>
+      <c r="C177" s="232"/>
+      <c r="D177" s="233"/>
+      <c r="E177" s="234"/>
+      <c r="F177" s="235" t="s">
+        <v>548</v>
+      </c>
+      <c r="G177" s="232"/>
+      <c r="H177" s="233"/>
+      <c r="I177" s="234"/>
       <c r="J177" s="155"/>
       <c r="K177" s="102"/>
-      <c r="L177" s="315"/>
-[...6 lines deleted...]
-      <c r="S177" s="317"/>
+      <c r="L177" s="305"/>
+      <c r="M177" s="306"/>
+      <c r="N177" s="306"/>
+      <c r="O177" s="306"/>
+      <c r="P177" s="306"/>
+      <c r="Q177" s="306"/>
+      <c r="R177" s="306"/>
+      <c r="S177" s="307"/>
       <c r="T177" s="102"/>
     </row>
     <row r="178" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A178" s="4"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
       <c r="D178" s="4"/>
       <c r="E178" s="4"/>
       <c r="F178" s="4"/>
       <c r="G178" s="4"/>
       <c r="H178" s="4"/>
       <c r="I178" s="4"/>
       <c r="J178" s="4"/>
       <c r="K178" s="102"/>
-      <c r="L178" s="315"/>
-[...6 lines deleted...]
-      <c r="S178" s="317"/>
+      <c r="L178" s="305"/>
+      <c r="M178" s="306"/>
+      <c r="N178" s="306"/>
+      <c r="O178" s="306"/>
+      <c r="P178" s="306"/>
+      <c r="Q178" s="306"/>
+      <c r="R178" s="306"/>
+      <c r="S178" s="307"/>
       <c r="T178" s="102"/>
     </row>
     <row r="179" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="234" t="s">
-[...9 lines deleted...]
-      <c r="I179" s="234"/>
+      <c r="A179" s="221" t="s">
+        <v>441</v>
+      </c>
+      <c r="B179" s="221"/>
+      <c r="C179" s="221"/>
+      <c r="D179" s="221"/>
+      <c r="E179" s="221"/>
+      <c r="F179" s="221"/>
+      <c r="G179" s="221"/>
+      <c r="H179" s="221"/>
+      <c r="I179" s="221"/>
       <c r="J179" s="68"/>
       <c r="K179" s="130"/>
-      <c r="L179" s="315"/>
-[...6 lines deleted...]
-      <c r="S179" s="317"/>
+      <c r="L179" s="305"/>
+      <c r="M179" s="306"/>
+      <c r="N179" s="306"/>
+      <c r="O179" s="306"/>
+      <c r="P179" s="306"/>
+      <c r="Q179" s="306"/>
+      <c r="R179" s="306"/>
+      <c r="S179" s="307"/>
       <c r="T179" s="130"/>
     </row>
     <row r="180" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="234"/>
-[...7 lines deleted...]
-      <c r="I180" s="234"/>
+      <c r="A180" s="221"/>
+      <c r="B180" s="221"/>
+      <c r="C180" s="221"/>
+      <c r="D180" s="221"/>
+      <c r="E180" s="221"/>
+      <c r="F180" s="221"/>
+      <c r="G180" s="221"/>
+      <c r="H180" s="221"/>
+      <c r="I180" s="221"/>
       <c r="J180" s="4"/>
       <c r="K180" s="102"/>
-      <c r="L180" s="315"/>
-[...6 lines deleted...]
-      <c r="S180" s="317"/>
+      <c r="L180" s="305"/>
+      <c r="M180" s="306"/>
+      <c r="N180" s="306"/>
+      <c r="O180" s="306"/>
+      <c r="P180" s="306"/>
+      <c r="Q180" s="306"/>
+      <c r="R180" s="306"/>
+      <c r="S180" s="307"/>
       <c r="T180" s="102"/>
     </row>
     <row r="181" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="234"/>
-[...7 lines deleted...]
-      <c r="I181" s="234"/>
+      <c r="A181" s="221"/>
+      <c r="B181" s="221"/>
+      <c r="C181" s="221"/>
+      <c r="D181" s="221"/>
+      <c r="E181" s="221"/>
+      <c r="F181" s="221"/>
+      <c r="G181" s="221"/>
+      <c r="H181" s="221"/>
+      <c r="I181" s="221"/>
       <c r="J181" s="4"/>
       <c r="K181" s="102"/>
-      <c r="L181" s="315"/>
-[...6 lines deleted...]
-      <c r="S181" s="317"/>
+      <c r="L181" s="305"/>
+      <c r="M181" s="306"/>
+      <c r="N181" s="306"/>
+      <c r="O181" s="306"/>
+      <c r="P181" s="306"/>
+      <c r="Q181" s="306"/>
+      <c r="R181" s="306"/>
+      <c r="S181" s="307"/>
       <c r="T181" s="102"/>
     </row>
     <row r="182" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A182" s="4"/>
       <c r="B182" s="4"/>
       <c r="C182" s="4"/>
       <c r="D182" s="4"/>
       <c r="E182" s="4"/>
       <c r="F182" s="4"/>
       <c r="G182" s="4"/>
       <c r="H182" s="4"/>
       <c r="I182" s="4"/>
       <c r="J182" s="4"/>
       <c r="K182" s="102"/>
-      <c r="L182" s="315"/>
-[...6 lines deleted...]
-      <c r="S182" s="317"/>
+      <c r="L182" s="305"/>
+      <c r="M182" s="306"/>
+      <c r="N182" s="306"/>
+      <c r="O182" s="306"/>
+      <c r="P182" s="306"/>
+      <c r="Q182" s="306"/>
+      <c r="R182" s="306"/>
+      <c r="S182" s="307"/>
       <c r="T182" s="102"/>
     </row>
     <row r="183" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="237" t="s">
-[...9 lines deleted...]
-      <c r="I183" s="237"/>
+      <c r="A183" s="214" t="s">
+        <v>442</v>
+      </c>
+      <c r="B183" s="214"/>
+      <c r="C183" s="214"/>
+      <c r="D183" s="214"/>
+      <c r="E183" s="214"/>
+      <c r="F183" s="214"/>
+      <c r="G183" s="214"/>
+      <c r="H183" s="214"/>
+      <c r="I183" s="214"/>
       <c r="J183" s="68"/>
       <c r="K183" s="130"/>
-      <c r="L183" s="315"/>
-[...6 lines deleted...]
-      <c r="S183" s="317"/>
+      <c r="L183" s="305"/>
+      <c r="M183" s="306"/>
+      <c r="N183" s="306"/>
+      <c r="O183" s="306"/>
+      <c r="P183" s="306"/>
+      <c r="Q183" s="306"/>
+      <c r="R183" s="306"/>
+      <c r="S183" s="307"/>
       <c r="T183" s="130"/>
     </row>
     <row r="184" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A184" s="4"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
       <c r="E184" s="4"/>
       <c r="F184" s="4"/>
       <c r="G184" s="4"/>
       <c r="H184" s="4"/>
       <c r="I184" s="4"/>
       <c r="J184" s="4"/>
       <c r="K184" s="102"/>
-      <c r="L184" s="315"/>
-[...6 lines deleted...]
-      <c r="S184" s="317"/>
+      <c r="L184" s="305"/>
+      <c r="M184" s="306"/>
+      <c r="N184" s="306"/>
+      <c r="O184" s="306"/>
+      <c r="P184" s="306"/>
+      <c r="Q184" s="306"/>
+      <c r="R184" s="306"/>
+      <c r="S184" s="307"/>
       <c r="T184" s="102"/>
     </row>
     <row r="185" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A185" s="234" t="s">
-[...9 lines deleted...]
-      <c r="I185" s="234"/>
+      <c r="A185" s="221" t="s">
+        <v>443</v>
+      </c>
+      <c r="B185" s="221"/>
+      <c r="C185" s="221"/>
+      <c r="D185" s="221"/>
+      <c r="E185" s="221"/>
+      <c r="F185" s="221"/>
+      <c r="G185" s="221"/>
+      <c r="H185" s="221"/>
+      <c r="I185" s="221"/>
       <c r="J185" s="68"/>
       <c r="K185" s="130"/>
-      <c r="L185" s="315"/>
-[...6 lines deleted...]
-      <c r="S185" s="317"/>
+      <c r="L185" s="305"/>
+      <c r="M185" s="306"/>
+      <c r="N185" s="306"/>
+      <c r="O185" s="306"/>
+      <c r="P185" s="306"/>
+      <c r="Q185" s="306"/>
+      <c r="R185" s="306"/>
+      <c r="S185" s="307"/>
       <c r="T185" s="130"/>
     </row>
     <row r="186" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A186" s="234"/>
-[...7 lines deleted...]
-      <c r="I186" s="234"/>
+      <c r="A186" s="221"/>
+      <c r="B186" s="221"/>
+      <c r="C186" s="221"/>
+      <c r="D186" s="221"/>
+      <c r="E186" s="221"/>
+      <c r="F186" s="221"/>
+      <c r="G186" s="221"/>
+      <c r="H186" s="221"/>
+      <c r="I186" s="221"/>
       <c r="J186" s="4"/>
       <c r="K186" s="102"/>
-      <c r="L186" s="315"/>
-[...6 lines deleted...]
-      <c r="S186" s="317"/>
+      <c r="L186" s="305"/>
+      <c r="M186" s="306"/>
+      <c r="N186" s="306"/>
+      <c r="O186" s="306"/>
+      <c r="P186" s="306"/>
+      <c r="Q186" s="306"/>
+      <c r="R186" s="306"/>
+      <c r="S186" s="307"/>
       <c r="T186" s="102"/>
     </row>
     <row r="187" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A187" s="4"/>
       <c r="B187" s="4"/>
       <c r="C187" s="4"/>
       <c r="D187" s="4"/>
       <c r="E187" s="4"/>
       <c r="F187" s="4"/>
       <c r="G187" s="4"/>
       <c r="H187" s="4"/>
       <c r="I187" s="4"/>
       <c r="J187" s="4"/>
       <c r="K187" s="102"/>
-      <c r="L187" s="315"/>
-[...6 lines deleted...]
-      <c r="S187" s="317"/>
+      <c r="L187" s="305"/>
+      <c r="M187" s="306"/>
+      <c r="N187" s="306"/>
+      <c r="O187" s="306"/>
+      <c r="P187" s="306"/>
+      <c r="Q187" s="306"/>
+      <c r="R187" s="306"/>
+      <c r="S187" s="307"/>
       <c r="T187" s="102"/>
     </row>
     <row r="188" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="234" t="s">
-[...9 lines deleted...]
-      <c r="I188" s="234"/>
+      <c r="A188" s="221" t="s">
+        <v>444</v>
+      </c>
+      <c r="B188" s="221"/>
+      <c r="C188" s="221"/>
+      <c r="D188" s="221"/>
+      <c r="E188" s="221"/>
+      <c r="F188" s="221"/>
+      <c r="G188" s="221"/>
+      <c r="H188" s="221"/>
+      <c r="I188" s="221"/>
       <c r="J188" s="68"/>
       <c r="K188" s="130"/>
-      <c r="L188" s="318"/>
-[...6 lines deleted...]
-      <c r="S188" s="320"/>
+      <c r="L188" s="308"/>
+      <c r="M188" s="309"/>
+      <c r="N188" s="309"/>
+      <c r="O188" s="309"/>
+      <c r="P188" s="309"/>
+      <c r="Q188" s="309"/>
+      <c r="R188" s="309"/>
+      <c r="S188" s="310"/>
       <c r="T188" s="130"/>
     </row>
     <row r="189" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A189" s="234"/>
-[...7 lines deleted...]
-      <c r="I189" s="234"/>
+      <c r="A189" s="221"/>
+      <c r="B189" s="221"/>
+      <c r="C189" s="221"/>
+      <c r="D189" s="221"/>
+      <c r="E189" s="221"/>
+      <c r="F189" s="221"/>
+      <c r="G189" s="221"/>
+      <c r="H189" s="221"/>
+      <c r="I189" s="221"/>
       <c r="J189" s="4"/>
       <c r="K189" s="102"/>
       <c r="L189" s="102"/>
       <c r="M189" s="102"/>
       <c r="N189" s="102"/>
       <c r="O189" s="102"/>
       <c r="P189" s="102"/>
       <c r="Q189" s="102"/>
       <c r="R189" s="102"/>
       <c r="S189" s="102"/>
       <c r="T189" s="102"/>
     </row>
     <row r="190" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A190" s="4"/>
       <c r="B190" s="4"/>
       <c r="C190" s="4"/>
       <c r="D190" s="4"/>
       <c r="E190" s="4"/>
       <c r="F190" s="4"/>
       <c r="G190" s="4"/>
       <c r="H190" s="4"/>
       <c r="I190" s="4"/>
       <c r="J190" s="4"/>
       <c r="K190" s="102"/>
       <c r="L190" s="102"/>
       <c r="M190" s="102"/>
       <c r="N190" s="102"/>
       <c r="O190" s="102"/>
       <c r="P190" s="102"/>
       <c r="Q190" s="102"/>
       <c r="R190" s="102"/>
       <c r="S190" s="102"/>
       <c r="T190" s="102"/>
     </row>
     <row r="191" spans="1:20" s="100" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A191" s="373" t="s">
-[...10 lines deleted...]
-      <c r="J191" s="375"/>
+      <c r="A191" s="248" t="s">
+        <v>446</v>
+      </c>
+      <c r="B191" s="249"/>
+      <c r="C191" s="249"/>
+      <c r="D191" s="249"/>
+      <c r="E191" s="249"/>
+      <c r="F191" s="249"/>
+      <c r="G191" s="249"/>
+      <c r="H191" s="249"/>
+      <c r="I191" s="249"/>
+      <c r="J191" s="250"/>
       <c r="K191" s="131"/>
       <c r="L191" s="131"/>
       <c r="M191" s="131"/>
       <c r="N191" s="131"/>
       <c r="O191" s="131"/>
       <c r="P191" s="131"/>
       <c r="Q191" s="131"/>
       <c r="R191" s="131"/>
       <c r="S191" s="131"/>
       <c r="T191" s="131"/>
     </row>
     <row r="192" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A192" s="352" t="s">
-[...10 lines deleted...]
-      <c r="J192" s="354"/>
+      <c r="A192" s="296" t="s">
+        <v>450</v>
+      </c>
+      <c r="B192" s="297"/>
+      <c r="C192" s="297"/>
+      <c r="D192" s="297"/>
+      <c r="E192" s="297"/>
+      <c r="F192" s="297"/>
+      <c r="G192" s="297"/>
+      <c r="H192" s="297"/>
+      <c r="I192" s="297"/>
+      <c r="J192" s="298"/>
       <c r="K192" s="132"/>
-      <c r="L192" s="177"/>
-[...6 lines deleted...]
-      <c r="S192" s="179"/>
+      <c r="L192" s="180"/>
+      <c r="M192" s="181"/>
+      <c r="N192" s="181"/>
+      <c r="O192" s="181"/>
+      <c r="P192" s="181"/>
+      <c r="Q192" s="181"/>
+      <c r="R192" s="181"/>
+      <c r="S192" s="182"/>
       <c r="T192" s="132"/>
     </row>
     <row r="193" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="352"/>
-[...8 lines deleted...]
-      <c r="J193" s="355"/>
+      <c r="A193" s="296"/>
+      <c r="B193" s="297"/>
+      <c r="C193" s="297"/>
+      <c r="D193" s="297"/>
+      <c r="E193" s="297"/>
+      <c r="F193" s="297"/>
+      <c r="G193" s="297"/>
+      <c r="H193" s="297"/>
+      <c r="I193" s="297"/>
+      <c r="J193" s="299"/>
       <c r="K193" s="132"/>
-      <c r="L193" s="180"/>
-[...6 lines deleted...]
-      <c r="S193" s="182"/>
+      <c r="L193" s="183"/>
+      <c r="M193" s="184"/>
+      <c r="N193" s="184"/>
+      <c r="O193" s="184"/>
+      <c r="P193" s="184"/>
+      <c r="Q193" s="184"/>
+      <c r="R193" s="184"/>
+      <c r="S193" s="185"/>
       <c r="T193" s="132"/>
     </row>
     <row r="194" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A194" s="352"/>
-[...7 lines deleted...]
-      <c r="I194" s="353"/>
+      <c r="A194" s="296"/>
+      <c r="B194" s="297"/>
+      <c r="C194" s="297"/>
+      <c r="D194" s="297"/>
+      <c r="E194" s="297"/>
+      <c r="F194" s="297"/>
+      <c r="G194" s="297"/>
+      <c r="H194" s="297"/>
+      <c r="I194" s="297"/>
       <c r="J194" s="59"/>
       <c r="K194" s="133"/>
-      <c r="L194" s="180"/>
-[...6 lines deleted...]
-      <c r="S194" s="182"/>
+      <c r="L194" s="183"/>
+      <c r="M194" s="184"/>
+      <c r="N194" s="184"/>
+      <c r="O194" s="184"/>
+      <c r="P194" s="184"/>
+      <c r="Q194" s="184"/>
+      <c r="R194" s="184"/>
+      <c r="S194" s="185"/>
       <c r="T194" s="133"/>
     </row>
     <row r="195" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A195" s="60"/>
       <c r="B195" s="61"/>
       <c r="C195" s="61"/>
       <c r="D195" s="61"/>
       <c r="E195" s="61"/>
       <c r="F195" s="61"/>
       <c r="G195" s="61"/>
       <c r="H195" s="61"/>
       <c r="I195" s="61"/>
       <c r="J195" s="59"/>
       <c r="K195" s="133"/>
-      <c r="L195" s="180"/>
-[...6 lines deleted...]
-      <c r="S195" s="182"/>
+      <c r="L195" s="183"/>
+      <c r="M195" s="184"/>
+      <c r="N195" s="184"/>
+      <c r="O195" s="184"/>
+      <c r="P195" s="184"/>
+      <c r="Q195" s="184"/>
+      <c r="R195" s="184"/>
+      <c r="S195" s="185"/>
       <c r="T195" s="133"/>
     </row>
     <row r="196" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A196" s="54"/>
-      <c r="B196" s="204" t="s">
-[...7 lines deleted...]
-      <c r="H196" s="204"/>
+      <c r="B196" s="273" t="s">
+        <v>445</v>
+      </c>
+      <c r="C196" s="273"/>
+      <c r="D196" s="273"/>
+      <c r="E196" s="273"/>
+      <c r="F196" s="273"/>
+      <c r="G196" s="273"/>
+      <c r="H196" s="273"/>
       <c r="I196" s="5"/>
       <c r="J196" s="70"/>
       <c r="K196" s="130"/>
-      <c r="L196" s="180"/>
-[...6 lines deleted...]
-      <c r="S196" s="182"/>
+      <c r="L196" s="183"/>
+      <c r="M196" s="184"/>
+      <c r="N196" s="184"/>
+      <c r="O196" s="184"/>
+      <c r="P196" s="184"/>
+      <c r="Q196" s="184"/>
+      <c r="R196" s="184"/>
+      <c r="S196" s="185"/>
       <c r="T196" s="130"/>
     </row>
     <row r="197" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A197" s="54"/>
-      <c r="B197" s="236" t="s">
-[...7 lines deleted...]
-      <c r="H197" s="236"/>
+      <c r="B197" s="266" t="s">
+        <v>461</v>
+      </c>
+      <c r="C197" s="266"/>
+      <c r="D197" s="266"/>
+      <c r="E197" s="266"/>
+      <c r="F197" s="266"/>
+      <c r="G197" s="266"/>
+      <c r="H197" s="266"/>
       <c r="I197" s="5"/>
       <c r="J197" s="55"/>
       <c r="K197" s="112"/>
-      <c r="L197" s="180"/>
-[...6 lines deleted...]
-      <c r="S197" s="182"/>
+      <c r="L197" s="183"/>
+      <c r="M197" s="184"/>
+      <c r="N197" s="184"/>
+      <c r="O197" s="184"/>
+      <c r="P197" s="184"/>
+      <c r="Q197" s="184"/>
+      <c r="R197" s="184"/>
+      <c r="S197" s="185"/>
       <c r="T197" s="112"/>
     </row>
     <row r="198" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A198" s="54"/>
-      <c r="B198" s="236"/>
-[...7 lines deleted...]
-      <c r="J198" s="367"/>
+      <c r="B198" s="266"/>
+      <c r="C198" s="266"/>
+      <c r="D198" s="266"/>
+      <c r="E198" s="266"/>
+      <c r="F198" s="266"/>
+      <c r="G198" s="266"/>
+      <c r="H198" s="266"/>
+      <c r="I198" s="245"/>
+      <c r="J198" s="246"/>
       <c r="K198" s="134"/>
-      <c r="L198" s="180"/>
-[...6 lines deleted...]
-      <c r="S198" s="182"/>
+      <c r="L198" s="183"/>
+      <c r="M198" s="184"/>
+      <c r="N198" s="184"/>
+      <c r="O198" s="184"/>
+      <c r="P198" s="184"/>
+      <c r="Q198" s="184"/>
+      <c r="R198" s="184"/>
+      <c r="S198" s="185"/>
       <c r="T198" s="134"/>
     </row>
     <row r="199" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A199" s="54"/>
       <c r="B199" s="5"/>
       <c r="C199" s="5"/>
       <c r="D199" s="5"/>
       <c r="E199" s="5"/>
       <c r="F199" s="5"/>
       <c r="G199" s="5"/>
       <c r="H199" s="5"/>
       <c r="I199" s="5"/>
       <c r="J199" s="55"/>
       <c r="K199" s="112"/>
-      <c r="L199" s="180"/>
-[...6 lines deleted...]
-      <c r="S199" s="182"/>
+      <c r="L199" s="183"/>
+      <c r="M199" s="184"/>
+      <c r="N199" s="184"/>
+      <c r="O199" s="184"/>
+      <c r="P199" s="184"/>
+      <c r="Q199" s="184"/>
+      <c r="R199" s="184"/>
+      <c r="S199" s="185"/>
       <c r="T199" s="112"/>
     </row>
     <row r="200" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A200" s="54"/>
-      <c r="B200" s="351" t="s">
-[...8 lines deleted...]
-      <c r="I200" s="351"/>
+      <c r="B200" s="218" t="s">
+        <v>453</v>
+      </c>
+      <c r="C200" s="218"/>
+      <c r="D200" s="218"/>
+      <c r="E200" s="218"/>
+      <c r="F200" s="218"/>
+      <c r="G200" s="218"/>
+      <c r="H200" s="218"/>
+      <c r="I200" s="218"/>
       <c r="J200" s="70"/>
       <c r="K200" s="130"/>
-      <c r="L200" s="180"/>
-[...6 lines deleted...]
-      <c r="S200" s="182"/>
+      <c r="L200" s="183"/>
+      <c r="M200" s="184"/>
+      <c r="N200" s="184"/>
+      <c r="O200" s="184"/>
+      <c r="P200" s="184"/>
+      <c r="Q200" s="184"/>
+      <c r="R200" s="184"/>
+      <c r="S200" s="185"/>
       <c r="T200" s="130"/>
     </row>
     <row r="201" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A201" s="54"/>
-      <c r="B201" s="351"/>
-[...6 lines deleted...]
-      <c r="I201" s="351"/>
+      <c r="B201" s="218"/>
+      <c r="C201" s="218"/>
+      <c r="D201" s="218"/>
+      <c r="E201" s="218"/>
+      <c r="F201" s="218"/>
+      <c r="G201" s="218"/>
+      <c r="H201" s="218"/>
+      <c r="I201" s="218"/>
       <c r="J201" s="55"/>
       <c r="K201" s="112"/>
-      <c r="L201" s="180"/>
-[...6 lines deleted...]
-      <c r="S201" s="182"/>
+      <c r="L201" s="183"/>
+      <c r="M201" s="184"/>
+      <c r="N201" s="184"/>
+      <c r="O201" s="184"/>
+      <c r="P201" s="184"/>
+      <c r="Q201" s="184"/>
+      <c r="R201" s="184"/>
+      <c r="S201" s="185"/>
       <c r="T201" s="112"/>
     </row>
     <row r="202" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A202" s="54"/>
-      <c r="B202" s="351"/>
-[...6 lines deleted...]
-      <c r="I202" s="351"/>
+      <c r="B202" s="218"/>
+      <c r="C202" s="218"/>
+      <c r="D202" s="218"/>
+      <c r="E202" s="218"/>
+      <c r="F202" s="218"/>
+      <c r="G202" s="218"/>
+      <c r="H202" s="218"/>
+      <c r="I202" s="218"/>
       <c r="J202" s="55"/>
       <c r="K202" s="112"/>
-      <c r="L202" s="180"/>
-[...6 lines deleted...]
-      <c r="S202" s="182"/>
+      <c r="L202" s="183"/>
+      <c r="M202" s="184"/>
+      <c r="N202" s="184"/>
+      <c r="O202" s="184"/>
+      <c r="P202" s="184"/>
+      <c r="Q202" s="184"/>
+      <c r="R202" s="184"/>
+      <c r="S202" s="185"/>
       <c r="T202" s="112"/>
     </row>
     <row r="203" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A203" s="54"/>
       <c r="B203" s="5"/>
       <c r="C203" s="5"/>
       <c r="D203" s="5"/>
       <c r="E203" s="5"/>
       <c r="F203" s="5"/>
       <c r="G203" s="5"/>
       <c r="H203" s="5"/>
       <c r="I203" s="5"/>
       <c r="J203" s="55"/>
       <c r="K203" s="112"/>
-      <c r="L203" s="180"/>
-[...6 lines deleted...]
-      <c r="S203" s="182"/>
+      <c r="L203" s="183"/>
+      <c r="M203" s="184"/>
+      <c r="N203" s="184"/>
+      <c r="O203" s="184"/>
+      <c r="P203" s="184"/>
+      <c r="Q203" s="184"/>
+      <c r="R203" s="184"/>
+      <c r="S203" s="185"/>
       <c r="T203" s="112"/>
     </row>
     <row r="204" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A204" s="54"/>
-      <c r="B204" s="351" t="s">
-[...8 lines deleted...]
-      <c r="I204" s="351"/>
+      <c r="B204" s="218" t="s">
+        <v>498</v>
+      </c>
+      <c r="C204" s="218"/>
+      <c r="D204" s="218"/>
+      <c r="E204" s="218"/>
+      <c r="F204" s="218"/>
+      <c r="G204" s="218"/>
+      <c r="H204" s="218"/>
+      <c r="I204" s="218"/>
       <c r="J204" s="70"/>
       <c r="K204" s="130"/>
-      <c r="L204" s="180"/>
-[...6 lines deleted...]
-      <c r="S204" s="182"/>
+      <c r="L204" s="183"/>
+      <c r="M204" s="184"/>
+      <c r="N204" s="184"/>
+      <c r="O204" s="184"/>
+      <c r="P204" s="184"/>
+      <c r="Q204" s="184"/>
+      <c r="R204" s="184"/>
+      <c r="S204" s="185"/>
       <c r="T204" s="130"/>
     </row>
     <row r="205" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A205" s="54"/>
-      <c r="B205" s="351"/>
-[...6 lines deleted...]
-      <c r="I205" s="351"/>
+      <c r="B205" s="218"/>
+      <c r="C205" s="218"/>
+      <c r="D205" s="218"/>
+      <c r="E205" s="218"/>
+      <c r="F205" s="218"/>
+      <c r="G205" s="218"/>
+      <c r="H205" s="218"/>
+      <c r="I205" s="218"/>
       <c r="J205" s="55"/>
       <c r="K205" s="112"/>
-      <c r="L205" s="180"/>
-[...6 lines deleted...]
-      <c r="S205" s="182"/>
+      <c r="L205" s="183"/>
+      <c r="M205" s="184"/>
+      <c r="N205" s="184"/>
+      <c r="O205" s="184"/>
+      <c r="P205" s="184"/>
+      <c r="Q205" s="184"/>
+      <c r="R205" s="184"/>
+      <c r="S205" s="185"/>
       <c r="T205" s="112"/>
     </row>
     <row r="206" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A206" s="54"/>
-      <c r="B206" s="351"/>
-[...6 lines deleted...]
-      <c r="I206" s="351"/>
+      <c r="B206" s="218"/>
+      <c r="C206" s="218"/>
+      <c r="D206" s="218"/>
+      <c r="E206" s="218"/>
+      <c r="F206" s="218"/>
+      <c r="G206" s="218"/>
+      <c r="H206" s="218"/>
+      <c r="I206" s="218"/>
       <c r="J206" s="55"/>
       <c r="K206" s="112"/>
-      <c r="L206" s="180"/>
-[...6 lines deleted...]
-      <c r="S206" s="182"/>
+      <c r="L206" s="183"/>
+      <c r="M206" s="184"/>
+      <c r="N206" s="184"/>
+      <c r="O206" s="184"/>
+      <c r="P206" s="184"/>
+      <c r="Q206" s="184"/>
+      <c r="R206" s="184"/>
+      <c r="S206" s="185"/>
       <c r="T206" s="112"/>
     </row>
     <row r="207" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A207" s="54"/>
       <c r="B207" s="5"/>
       <c r="C207" s="5"/>
       <c r="D207" s="5"/>
       <c r="E207" s="5"/>
       <c r="F207" s="5"/>
       <c r="G207" s="5"/>
       <c r="H207" s="5"/>
       <c r="I207" s="5"/>
       <c r="J207" s="55"/>
       <c r="K207" s="112"/>
-      <c r="L207" s="180"/>
-[...6 lines deleted...]
-      <c r="S207" s="182"/>
+      <c r="L207" s="183"/>
+      <c r="M207" s="184"/>
+      <c r="N207" s="184"/>
+      <c r="O207" s="184"/>
+      <c r="P207" s="184"/>
+      <c r="Q207" s="184"/>
+      <c r="R207" s="184"/>
+      <c r="S207" s="185"/>
       <c r="T207" s="112"/>
     </row>
     <row r="208" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A208" s="62" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B208" s="5"/>
       <c r="C208" s="5"/>
       <c r="D208" s="5"/>
       <c r="E208" s="5"/>
       <c r="F208" s="5"/>
       <c r="G208" s="5"/>
       <c r="H208" s="5"/>
       <c r="I208" s="5"/>
       <c r="J208" s="55"/>
       <c r="K208" s="112"/>
-      <c r="L208" s="180"/>
-[...6 lines deleted...]
-      <c r="S208" s="182"/>
+      <c r="L208" s="183"/>
+      <c r="M208" s="184"/>
+      <c r="N208" s="184"/>
+      <c r="O208" s="184"/>
+      <c r="P208" s="184"/>
+      <c r="Q208" s="184"/>
+      <c r="R208" s="184"/>
+      <c r="S208" s="185"/>
       <c r="T208" s="112"/>
     </row>
     <row r="209" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A209" s="356" t="s">
+      <c r="A209" s="217" t="s">
+        <v>447</v>
+      </c>
+      <c r="B209" s="218"/>
+      <c r="C209" s="218"/>
+      <c r="D209" s="218"/>
+      <c r="E209" s="218"/>
+      <c r="F209" s="218"/>
+      <c r="G209" s="218"/>
+      <c r="H209" s="218"/>
+      <c r="I209" s="218"/>
+      <c r="J209" s="263"/>
+      <c r="K209" s="130"/>
+      <c r="L209" s="183"/>
+      <c r="M209" s="184"/>
+      <c r="N209" s="184"/>
+      <c r="O209" s="184"/>
+      <c r="P209" s="184"/>
+      <c r="Q209" s="184"/>
+      <c r="R209" s="184"/>
+      <c r="S209" s="185"/>
+      <c r="T209" s="130"/>
+    </row>
+    <row r="210" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="217"/>
+      <c r="B210" s="218"/>
+      <c r="C210" s="218"/>
+      <c r="D210" s="218"/>
+      <c r="E210" s="218"/>
+      <c r="F210" s="218"/>
+      <c r="G210" s="218"/>
+      <c r="H210" s="218"/>
+      <c r="I210" s="218"/>
+      <c r="J210" s="264"/>
+      <c r="K210" s="130"/>
+      <c r="L210" s="183"/>
+      <c r="M210" s="184"/>
+      <c r="N210" s="184"/>
+      <c r="O210" s="184"/>
+      <c r="P210" s="184"/>
+      <c r="Q210" s="184"/>
+      <c r="R210" s="184"/>
+      <c r="S210" s="185"/>
+      <c r="T210" s="130"/>
+    </row>
+    <row r="211" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="217"/>
+      <c r="B211" s="218"/>
+      <c r="C211" s="218"/>
+      <c r="D211" s="218"/>
+      <c r="E211" s="218"/>
+      <c r="F211" s="218"/>
+      <c r="G211" s="218"/>
+      <c r="H211" s="218"/>
+      <c r="I211" s="218"/>
+      <c r="J211" s="265"/>
+      <c r="K211" s="130"/>
+      <c r="L211" s="183"/>
+      <c r="M211" s="184"/>
+      <c r="N211" s="184"/>
+      <c r="O211" s="184"/>
+      <c r="P211" s="184"/>
+      <c r="Q211" s="184"/>
+      <c r="R211" s="184"/>
+      <c r="S211" s="185"/>
+      <c r="T211" s="130"/>
+    </row>
+    <row r="212" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A212" s="261" t="s">
         <v>448</v>
       </c>
-      <c r="B209" s="351"/>
-[...64 lines deleted...]
-      <c r="A212" s="364" t="s">
+      <c r="B212" s="262"/>
+      <c r="C212" s="262"/>
+      <c r="D212" s="22" t="s">
         <v>449</v>
-      </c>
-[...3 lines deleted...]
-        <v>450</v>
       </c>
       <c r="E212" s="5"/>
       <c r="F212" s="5"/>
       <c r="G212" s="5"/>
       <c r="H212" s="5"/>
       <c r="I212" s="5"/>
       <c r="J212" s="55"/>
       <c r="K212" s="112"/>
-      <c r="L212" s="180"/>
-[...6 lines deleted...]
-      <c r="S212" s="182"/>
+      <c r="L212" s="183"/>
+      <c r="M212" s="184"/>
+      <c r="N212" s="184"/>
+      <c r="O212" s="184"/>
+      <c r="P212" s="184"/>
+      <c r="Q212" s="184"/>
+      <c r="R212" s="184"/>
+      <c r="S212" s="185"/>
       <c r="T212" s="112"/>
     </row>
     <row r="213" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A213" s="54"/>
       <c r="B213" s="5"/>
       <c r="C213" s="5"/>
       <c r="D213" s="5"/>
       <c r="E213" s="5"/>
       <c r="F213" s="5"/>
       <c r="G213" s="5"/>
       <c r="H213" s="5"/>
       <c r="I213" s="5"/>
       <c r="J213" s="55"/>
       <c r="K213" s="112"/>
-      <c r="L213" s="180"/>
-[...6 lines deleted...]
-      <c r="S213" s="182"/>
+      <c r="L213" s="183"/>
+      <c r="M213" s="184"/>
+      <c r="N213" s="184"/>
+      <c r="O213" s="184"/>
+      <c r="P213" s="184"/>
+      <c r="Q213" s="184"/>
+      <c r="R213" s="184"/>
+      <c r="S213" s="185"/>
       <c r="T213" s="112"/>
     </row>
     <row r="214" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A214" s="54"/>
-      <c r="B214" s="351" t="s">
-[...8 lines deleted...]
-      <c r="I214" s="351"/>
+      <c r="B214" s="218" t="s">
+        <v>451</v>
+      </c>
+      <c r="C214" s="218"/>
+      <c r="D214" s="218"/>
+      <c r="E214" s="218"/>
+      <c r="F214" s="218"/>
+      <c r="G214" s="218"/>
+      <c r="H214" s="218"/>
+      <c r="I214" s="218"/>
       <c r="J214" s="70"/>
       <c r="K214" s="130"/>
-      <c r="L214" s="180"/>
-[...6 lines deleted...]
-      <c r="S214" s="182"/>
+      <c r="L214" s="183"/>
+      <c r="M214" s="184"/>
+      <c r="N214" s="184"/>
+      <c r="O214" s="184"/>
+      <c r="P214" s="184"/>
+      <c r="Q214" s="184"/>
+      <c r="R214" s="184"/>
+      <c r="S214" s="185"/>
       <c r="T214" s="130"/>
     </row>
     <row r="215" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A215" s="54"/>
-      <c r="B215" s="351"/>
-[...6 lines deleted...]
-      <c r="I215" s="351"/>
+      <c r="B215" s="218"/>
+      <c r="C215" s="218"/>
+      <c r="D215" s="218"/>
+      <c r="E215" s="218"/>
+      <c r="F215" s="218"/>
+      <c r="G215" s="218"/>
+      <c r="H215" s="218"/>
+      <c r="I215" s="218"/>
       <c r="J215" s="55"/>
       <c r="K215" s="112"/>
-      <c r="L215" s="180"/>
-[...6 lines deleted...]
-      <c r="S215" s="182"/>
+      <c r="L215" s="183"/>
+      <c r="M215" s="184"/>
+      <c r="N215" s="184"/>
+      <c r="O215" s="184"/>
+      <c r="P215" s="184"/>
+      <c r="Q215" s="184"/>
+      <c r="R215" s="184"/>
+      <c r="S215" s="185"/>
       <c r="T215" s="112"/>
     </row>
     <row r="216" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A216" s="54"/>
-      <c r="B216" s="236" t="s">
-[...7 lines deleted...]
-      <c r="H216" s="236"/>
+      <c r="B216" s="266" t="s">
+        <v>452</v>
+      </c>
+      <c r="C216" s="266"/>
+      <c r="D216" s="266"/>
+      <c r="E216" s="266"/>
+      <c r="F216" s="266"/>
+      <c r="G216" s="266"/>
+      <c r="H216" s="266"/>
       <c r="I216" s="5"/>
       <c r="J216" s="55"/>
       <c r="K216" s="112"/>
-      <c r="L216" s="180"/>
-[...6 lines deleted...]
-      <c r="S216" s="182"/>
+      <c r="L216" s="183"/>
+      <c r="M216" s="184"/>
+      <c r="N216" s="184"/>
+      <c r="O216" s="184"/>
+      <c r="P216" s="184"/>
+      <c r="Q216" s="184"/>
+      <c r="R216" s="184"/>
+      <c r="S216" s="185"/>
       <c r="T216" s="112"/>
     </row>
     <row r="217" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A217" s="54"/>
-      <c r="B217" s="236"/>
-[...7 lines deleted...]
-      <c r="J217" s="367"/>
+      <c r="B217" s="266"/>
+      <c r="C217" s="266"/>
+      <c r="D217" s="266"/>
+      <c r="E217" s="266"/>
+      <c r="F217" s="266"/>
+      <c r="G217" s="266"/>
+      <c r="H217" s="266"/>
+      <c r="I217" s="245"/>
+      <c r="J217" s="246"/>
       <c r="K217" s="134"/>
-      <c r="L217" s="180"/>
-[...6 lines deleted...]
-      <c r="S217" s="182"/>
+      <c r="L217" s="183"/>
+      <c r="M217" s="184"/>
+      <c r="N217" s="184"/>
+      <c r="O217" s="184"/>
+      <c r="P217" s="184"/>
+      <c r="Q217" s="184"/>
+      <c r="R217" s="184"/>
+      <c r="S217" s="185"/>
       <c r="T217" s="134"/>
     </row>
     <row r="218" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A218" s="54"/>
       <c r="B218" s="5"/>
       <c r="C218" s="5"/>
       <c r="D218" s="5"/>
       <c r="E218" s="5"/>
       <c r="F218" s="5"/>
       <c r="G218" s="5"/>
       <c r="H218" s="5"/>
       <c r="I218" s="5"/>
       <c r="J218" s="55"/>
       <c r="K218" s="112"/>
-      <c r="L218" s="180"/>
-[...6 lines deleted...]
-      <c r="S218" s="182"/>
+      <c r="L218" s="183"/>
+      <c r="M218" s="184"/>
+      <c r="N218" s="184"/>
+      <c r="O218" s="184"/>
+      <c r="P218" s="184"/>
+      <c r="Q218" s="184"/>
+      <c r="R218" s="184"/>
+      <c r="S218" s="185"/>
       <c r="T218" s="112"/>
     </row>
     <row r="219" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A219" s="54"/>
-      <c r="B219" s="351" t="s">
-[...8 lines deleted...]
-      <c r="I219" s="351"/>
+      <c r="B219" s="218" t="s">
+        <v>454</v>
+      </c>
+      <c r="C219" s="218"/>
+      <c r="D219" s="218"/>
+      <c r="E219" s="218"/>
+      <c r="F219" s="218"/>
+      <c r="G219" s="218"/>
+      <c r="H219" s="218"/>
+      <c r="I219" s="218"/>
       <c r="J219" s="70"/>
       <c r="K219" s="130"/>
-      <c r="L219" s="180"/>
-[...6 lines deleted...]
-      <c r="S219" s="182"/>
+      <c r="L219" s="183"/>
+      <c r="M219" s="184"/>
+      <c r="N219" s="184"/>
+      <c r="O219" s="184"/>
+      <c r="P219" s="184"/>
+      <c r="Q219" s="184"/>
+      <c r="R219" s="184"/>
+      <c r="S219" s="185"/>
       <c r="T219" s="130"/>
     </row>
     <row r="220" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A220" s="54"/>
-      <c r="B220" s="351"/>
-[...6 lines deleted...]
-      <c r="I220" s="351"/>
+      <c r="B220" s="218"/>
+      <c r="C220" s="218"/>
+      <c r="D220" s="218"/>
+      <c r="E220" s="218"/>
+      <c r="F220" s="218"/>
+      <c r="G220" s="218"/>
+      <c r="H220" s="218"/>
+      <c r="I220" s="218"/>
       <c r="J220" s="55"/>
       <c r="K220" s="112"/>
-      <c r="L220" s="180"/>
-[...6 lines deleted...]
-      <c r="S220" s="182"/>
+      <c r="L220" s="183"/>
+      <c r="M220" s="184"/>
+      <c r="N220" s="184"/>
+      <c r="O220" s="184"/>
+      <c r="P220" s="184"/>
+      <c r="Q220" s="184"/>
+      <c r="R220" s="184"/>
+      <c r="S220" s="185"/>
       <c r="T220" s="112"/>
     </row>
     <row r="221" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A221" s="54"/>
-      <c r="B221" s="351"/>
-[...6 lines deleted...]
-      <c r="I221" s="351"/>
+      <c r="B221" s="218"/>
+      <c r="C221" s="218"/>
+      <c r="D221" s="218"/>
+      <c r="E221" s="218"/>
+      <c r="F221" s="218"/>
+      <c r="G221" s="218"/>
+      <c r="H221" s="218"/>
+      <c r="I221" s="218"/>
       <c r="J221" s="55"/>
       <c r="K221" s="112"/>
-      <c r="L221" s="180"/>
-[...6 lines deleted...]
-      <c r="S221" s="182"/>
+      <c r="L221" s="183"/>
+      <c r="M221" s="184"/>
+      <c r="N221" s="184"/>
+      <c r="O221" s="184"/>
+      <c r="P221" s="184"/>
+      <c r="Q221" s="184"/>
+      <c r="R221" s="184"/>
+      <c r="S221" s="185"/>
       <c r="T221" s="112"/>
     </row>
     <row r="222" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A222" s="63"/>
       <c r="B222" s="56"/>
       <c r="C222" s="56"/>
       <c r="D222" s="56"/>
       <c r="E222" s="56"/>
       <c r="F222" s="56"/>
       <c r="G222" s="56"/>
       <c r="H222" s="56"/>
       <c r="I222" s="56"/>
       <c r="J222" s="57"/>
       <c r="K222" s="112"/>
-      <c r="L222" s="180"/>
-[...6 lines deleted...]
-      <c r="S222" s="182"/>
+      <c r="L222" s="183"/>
+      <c r="M222" s="184"/>
+      <c r="N222" s="184"/>
+      <c r="O222" s="184"/>
+      <c r="P222" s="184"/>
+      <c r="Q222" s="184"/>
+      <c r="R222" s="184"/>
+      <c r="S222" s="185"/>
       <c r="T222" s="112"/>
     </row>
     <row r="223" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A223" s="4"/>
       <c r="B223" s="4"/>
       <c r="C223" s="4"/>
       <c r="D223" s="4"/>
       <c r="E223" s="4"/>
       <c r="F223" s="4"/>
       <c r="G223" s="4"/>
       <c r="H223" s="4"/>
       <c r="I223" s="4"/>
       <c r="J223" s="4"/>
       <c r="K223" s="102"/>
-      <c r="L223" s="180"/>
-[...6 lines deleted...]
-      <c r="S223" s="182"/>
+      <c r="L223" s="183"/>
+      <c r="M223" s="184"/>
+      <c r="N223" s="184"/>
+      <c r="O223" s="184"/>
+      <c r="P223" s="184"/>
+      <c r="Q223" s="184"/>
+      <c r="R223" s="184"/>
+      <c r="S223" s="185"/>
       <c r="T223" s="102"/>
     </row>
     <row r="224" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A224" s="392" t="str">
+      <c r="A224" s="197" t="str">
         <f>IF(OR($U$5&lt;&gt;TRUE,AND(OR(LEFT(TRIM(UPPER($J$163)),1)="Y",LEFT(TRIM(UPPER($J$166)),1)="Y"),LEFT(TRIM(UPPER($J$170)),1)="Y",LEFT(TRIM(UPPER($J$173)),1)="Y",LEFT(TRIM(UPPER($J$175)),1)="Y",LEFT(TRIM(UPPER($J$179)),1)="Y",LEFT(TRIM(UPPER($J$183)),1)="Y",LEFT(TRIM(UPPER($J$185)),1)="Y",LEFT(TRIM(UPPER($J$188)),1)="Y",OR(AND(LEFT(TRIM(UPPER($J$192)),1)="Y",LEFT(TRIM(UPPER($J$196)),1)="Y",I198&lt;&gt;"",LEFT(TRIM(UPPER($J$200)),1)="Y",LEFT(TRIM(UPPER($J$204)),1)="Y"),AND(LEFT(TRIM(UPPER($J$209)),1)="Y",LEFT(TRIM(UPPER($J$214)),1)="Y",$I$217&lt;&gt;"",LEFT(TRIM(UPPER($J$219)),1)="Y")))),"","All of the criteria must be confirmed for the relevant options above in order to proceed")</f>
         <v>All of the criteria must be confirmed for the relevant options above in order to proceed</v>
       </c>
-      <c r="B224" s="392"/>
-[...7 lines deleted...]
-      <c r="J224" s="392"/>
+      <c r="B224" s="197"/>
+      <c r="C224" s="197"/>
+      <c r="D224" s="197"/>
+      <c r="E224" s="197"/>
+      <c r="F224" s="197"/>
+      <c r="G224" s="197"/>
+      <c r="H224" s="197"/>
+      <c r="I224" s="197"/>
+      <c r="J224" s="197"/>
       <c r="K224" s="135"/>
-      <c r="L224" s="180"/>
-[...6 lines deleted...]
-      <c r="S224" s="182"/>
+      <c r="L224" s="183"/>
+      <c r="M224" s="184"/>
+      <c r="N224" s="184"/>
+      <c r="O224" s="184"/>
+      <c r="P224" s="184"/>
+      <c r="Q224" s="184"/>
+      <c r="R224" s="184"/>
+      <c r="S224" s="185"/>
       <c r="T224" s="135"/>
     </row>
     <row r="225" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A225" s="4"/>
       <c r="B225" s="4"/>
       <c r="C225" s="4"/>
       <c r="D225" s="4"/>
       <c r="E225" s="4"/>
       <c r="F225" s="4"/>
       <c r="G225" s="4"/>
       <c r="H225" s="4"/>
       <c r="I225" s="4"/>
       <c r="J225" s="4"/>
       <c r="K225" s="102"/>
-      <c r="L225" s="180"/>
-[...6 lines deleted...]
-      <c r="S225" s="182"/>
+      <c r="L225" s="183"/>
+      <c r="M225" s="184"/>
+      <c r="N225" s="184"/>
+      <c r="O225" s="184"/>
+      <c r="P225" s="184"/>
+      <c r="Q225" s="184"/>
+      <c r="R225" s="184"/>
+      <c r="S225" s="185"/>
       <c r="T225" s="102"/>
     </row>
     <row r="226" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A226" s="234" t="s">
-[...10 lines deleted...]
-      <c r="J226" s="234"/>
+      <c r="A226" s="221" t="s">
+        <v>38</v>
+      </c>
+      <c r="B226" s="221"/>
+      <c r="C226" s="221"/>
+      <c r="D226" s="221"/>
+      <c r="E226" s="221"/>
+      <c r="F226" s="221"/>
+      <c r="G226" s="221"/>
+      <c r="H226" s="221"/>
+      <c r="I226" s="221"/>
+      <c r="J226" s="221"/>
       <c r="K226" s="103"/>
-      <c r="L226" s="180"/>
-[...6 lines deleted...]
-      <c r="S226" s="182"/>
+      <c r="L226" s="183"/>
+      <c r="M226" s="184"/>
+      <c r="N226" s="184"/>
+      <c r="O226" s="184"/>
+      <c r="P226" s="184"/>
+      <c r="Q226" s="184"/>
+      <c r="R226" s="184"/>
+      <c r="S226" s="185"/>
       <c r="T226" s="103"/>
     </row>
     <row r="227" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A227" s="234"/>
-[...8 lines deleted...]
-      <c r="J227" s="234"/>
+      <c r="A227" s="221"/>
+      <c r="B227" s="221"/>
+      <c r="C227" s="221"/>
+      <c r="D227" s="221"/>
+      <c r="E227" s="221"/>
+      <c r="F227" s="221"/>
+      <c r="G227" s="221"/>
+      <c r="H227" s="221"/>
+      <c r="I227" s="221"/>
+      <c r="J227" s="221"/>
       <c r="K227" s="103"/>
-      <c r="L227" s="180"/>
-[...6 lines deleted...]
-      <c r="S227" s="182"/>
+      <c r="L227" s="183"/>
+      <c r="M227" s="184"/>
+      <c r="N227" s="184"/>
+      <c r="O227" s="184"/>
+      <c r="P227" s="184"/>
+      <c r="Q227" s="184"/>
+      <c r="R227" s="184"/>
+      <c r="S227" s="185"/>
       <c r="T227" s="103"/>
     </row>
     <row r="228" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A228" s="368" t="s">
-[...12 lines deleted...]
-      <c r="J228" s="296"/>
+      <c r="A228" s="253" t="s">
+        <v>455</v>
+      </c>
+      <c r="B228" s="253"/>
+      <c r="C228" s="253"/>
+      <c r="D228" s="267" t="s">
+        <v>473</v>
+      </c>
+      <c r="E228" s="267"/>
+      <c r="F228" s="267"/>
+      <c r="G228" s="267"/>
+      <c r="H228" s="267"/>
+      <c r="I228" s="267"/>
+      <c r="J228" s="267"/>
       <c r="K228" s="128"/>
-      <c r="L228" s="183"/>
-[...6 lines deleted...]
-      <c r="S228" s="185"/>
+      <c r="L228" s="186"/>
+      <c r="M228" s="187"/>
+      <c r="N228" s="187"/>
+      <c r="O228" s="187"/>
+      <c r="P228" s="187"/>
+      <c r="Q228" s="187"/>
+      <c r="R228" s="187"/>
+      <c r="S228" s="188"/>
       <c r="T228" s="128"/>
     </row>
     <row r="229" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A229" s="363"/>
-[...8 lines deleted...]
-      <c r="J229" s="363"/>
+      <c r="A229" s="255"/>
+      <c r="B229" s="255"/>
+      <c r="C229" s="255"/>
+      <c r="D229" s="255"/>
+      <c r="E229" s="255"/>
+      <c r="F229" s="255"/>
+      <c r="G229" s="255"/>
+      <c r="H229" s="255"/>
+      <c r="I229" s="255"/>
+      <c r="J229" s="255"/>
       <c r="K229" s="125"/>
       <c r="L229" s="125"/>
       <c r="M229" s="125"/>
       <c r="N229" s="125"/>
       <c r="O229" s="125"/>
       <c r="P229" s="125"/>
       <c r="Q229" s="125"/>
       <c r="R229" s="125"/>
       <c r="S229" s="125"/>
       <c r="T229" s="125"/>
     </row>
     <row r="230" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A230" s="295" t="s">
-[...10 lines deleted...]
-      <c r="J230" s="295"/>
+      <c r="A230" s="213" t="s">
+        <v>456</v>
+      </c>
+      <c r="B230" s="213"/>
+      <c r="C230" s="213"/>
+      <c r="D230" s="213"/>
+      <c r="E230" s="213"/>
+      <c r="F230" s="213"/>
+      <c r="G230" s="213"/>
+      <c r="H230" s="213"/>
+      <c r="I230" s="213"/>
+      <c r="J230" s="213"/>
       <c r="K230" s="125"/>
       <c r="L230" s="153"/>
       <c r="M230" s="153"/>
       <c r="N230" s="153"/>
       <c r="O230" s="153"/>
       <c r="P230" s="153"/>
       <c r="Q230" s="153"/>
       <c r="R230" s="153"/>
       <c r="S230" s="153"/>
       <c r="T230" s="125"/>
     </row>
     <row r="231" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A231" s="284" t="s">
-[...10 lines deleted...]
-      <c r="J231" s="284"/>
+      <c r="A231" s="210" t="s">
+        <v>457</v>
+      </c>
+      <c r="B231" s="210"/>
+      <c r="C231" s="210"/>
+      <c r="D231" s="210"/>
+      <c r="E231" s="210"/>
+      <c r="F231" s="210"/>
+      <c r="G231" s="210"/>
+      <c r="H231" s="210"/>
+      <c r="I231" s="210"/>
+      <c r="J231" s="210"/>
       <c r="K231" s="136"/>
       <c r="L231" s="153"/>
       <c r="M231" s="153"/>
       <c r="N231" s="153"/>
       <c r="O231" s="153"/>
       <c r="P231" s="153"/>
       <c r="Q231" s="153"/>
       <c r="R231" s="153"/>
       <c r="S231" s="153"/>
       <c r="T231" s="136"/>
     </row>
     <row r="232" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A232" s="307" t="s">
+      <c r="A232" s="208" t="s">
+        <v>458</v>
+      </c>
+      <c r="B232" s="208"/>
+      <c r="C232" s="208"/>
+      <c r="D232" s="208"/>
+      <c r="E232" s="208"/>
+      <c r="F232" s="208"/>
+      <c r="G232" s="210" t="s">
         <v>459</v>
       </c>
-      <c r="B232" s="307"/>
-[...9 lines deleted...]
-      <c r="J232" s="284"/>
+      <c r="H232" s="210"/>
+      <c r="I232" s="210"/>
+      <c r="J232" s="210"/>
       <c r="K232" s="136"/>
       <c r="L232" s="153"/>
       <c r="M232" s="153"/>
       <c r="N232" s="153"/>
       <c r="O232" s="153"/>
       <c r="P232" s="153"/>
       <c r="Q232" s="153"/>
       <c r="R232" s="153"/>
       <c r="S232" s="153"/>
       <c r="T232" s="136"/>
     </row>
     <row r="233" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A233" s="237" t="s">
-[...3 lines deleted...]
-      <c r="C233" s="237"/>
+      <c r="A233" s="214" t="s">
+        <v>460</v>
+      </c>
+      <c r="B233" s="214"/>
+      <c r="C233" s="214"/>
       <c r="D233" s="4"/>
       <c r="E233" s="4"/>
       <c r="F233" s="4"/>
       <c r="G233" s="4"/>
       <c r="H233" s="4"/>
       <c r="I233" s="4"/>
       <c r="J233" s="4"/>
       <c r="K233" s="102"/>
       <c r="L233" s="153"/>
       <c r="M233" s="153"/>
       <c r="N233" s="153"/>
       <c r="O233" s="153"/>
       <c r="P233" s="153"/>
       <c r="Q233" s="153"/>
       <c r="R233" s="153"/>
       <c r="S233" s="153"/>
       <c r="T233" s="102"/>
     </row>
     <row r="234" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A234" s="4"/>
       <c r="B234" s="4"/>
       <c r="C234" s="4"/>
       <c r="D234" s="4"/>
       <c r="E234" s="4"/>
       <c r="F234" s="4"/>
       <c r="G234" s="4"/>
       <c r="H234" s="4"/>
       <c r="I234" s="4"/>
       <c r="J234" s="4"/>
       <c r="K234" s="102"/>
-      <c r="L234" s="321"/>
-[...6 lines deleted...]
-      <c r="S234" s="323"/>
+      <c r="L234" s="311"/>
+      <c r="M234" s="312"/>
+      <c r="N234" s="312"/>
+      <c r="O234" s="312"/>
+      <c r="P234" s="312"/>
+      <c r="Q234" s="312"/>
+      <c r="R234" s="312"/>
+      <c r="S234" s="313"/>
       <c r="T234" s="102"/>
     </row>
     <row r="235" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A235" s="21" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B235" s="4"/>
       <c r="C235" s="4"/>
       <c r="D235" s="4"/>
       <c r="E235" s="4"/>
       <c r="F235" s="4"/>
       <c r="G235" s="4"/>
       <c r="H235" s="4"/>
-      <c r="I235" s="238"/>
-      <c r="J235" s="239"/>
+      <c r="I235" s="245"/>
+      <c r="J235" s="337"/>
       <c r="K235" s="134"/>
-      <c r="L235" s="324"/>
-[...6 lines deleted...]
-      <c r="S235" s="326"/>
+      <c r="L235" s="314"/>
+      <c r="M235" s="315"/>
+      <c r="N235" s="315"/>
+      <c r="O235" s="315"/>
+      <c r="P235" s="315"/>
+      <c r="Q235" s="315"/>
+      <c r="R235" s="315"/>
+      <c r="S235" s="316"/>
       <c r="T235" s="134"/>
     </row>
     <row r="236" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A236" s="4"/>
       <c r="B236" s="4"/>
       <c r="C236" s="4"/>
       <c r="D236" s="4"/>
       <c r="E236" s="4"/>
       <c r="F236" s="4"/>
       <c r="G236" s="4"/>
       <c r="H236" s="4"/>
       <c r="I236" s="4"/>
       <c r="J236" s="4"/>
       <c r="K236" s="102"/>
-      <c r="L236" s="324"/>
-[...6 lines deleted...]
-      <c r="S236" s="326"/>
+      <c r="L236" s="314"/>
+      <c r="M236" s="315"/>
+      <c r="N236" s="315"/>
+      <c r="O236" s="315"/>
+      <c r="P236" s="315"/>
+      <c r="Q236" s="315"/>
+      <c r="R236" s="315"/>
+      <c r="S236" s="316"/>
       <c r="T236" s="102"/>
     </row>
     <row r="237" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A237" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J237" s="299"/>
+      <c r="A237" s="211" t="s">
+        <v>462</v>
+      </c>
+      <c r="B237" s="211"/>
+      <c r="C237" s="211"/>
+      <c r="D237" s="211"/>
+      <c r="E237" s="211"/>
+      <c r="F237" s="199"/>
+      <c r="G237" s="200"/>
+      <c r="H237" s="200"/>
+      <c r="I237" s="200"/>
+      <c r="J237" s="201"/>
       <c r="K237" s="124"/>
-      <c r="L237" s="324"/>
-[...6 lines deleted...]
-      <c r="S237" s="326"/>
+      <c r="L237" s="314"/>
+      <c r="M237" s="315"/>
+      <c r="N237" s="315"/>
+      <c r="O237" s="315"/>
+      <c r="P237" s="315"/>
+      <c r="Q237" s="315"/>
+      <c r="R237" s="315"/>
+      <c r="S237" s="316"/>
       <c r="T237" s="124"/>
     </row>
     <row r="238" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A238" s="235"/>
-[...8 lines deleted...]
-      <c r="J238" s="302"/>
+      <c r="A238" s="211"/>
+      <c r="B238" s="211"/>
+      <c r="C238" s="211"/>
+      <c r="D238" s="211"/>
+      <c r="E238" s="211"/>
+      <c r="F238" s="202"/>
+      <c r="G238" s="203"/>
+      <c r="H238" s="203"/>
+      <c r="I238" s="203"/>
+      <c r="J238" s="204"/>
       <c r="K238" s="124"/>
-      <c r="L238" s="324"/>
-[...6 lines deleted...]
-      <c r="S238" s="326"/>
+      <c r="L238" s="314"/>
+      <c r="M238" s="315"/>
+      <c r="N238" s="315"/>
+      <c r="O238" s="315"/>
+      <c r="P238" s="315"/>
+      <c r="Q238" s="315"/>
+      <c r="R238" s="315"/>
+      <c r="S238" s="316"/>
       <c r="T238" s="124"/>
     </row>
     <row r="239" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A239" s="235"/>
-[...8 lines deleted...]
-      <c r="J239" s="302"/>
+      <c r="A239" s="211"/>
+      <c r="B239" s="211"/>
+      <c r="C239" s="211"/>
+      <c r="D239" s="211"/>
+      <c r="E239" s="211"/>
+      <c r="F239" s="202"/>
+      <c r="G239" s="203"/>
+      <c r="H239" s="203"/>
+      <c r="I239" s="203"/>
+      <c r="J239" s="204"/>
       <c r="K239" s="124"/>
-      <c r="L239" s="324"/>
-[...6 lines deleted...]
-      <c r="S239" s="326"/>
+      <c r="L239" s="314"/>
+      <c r="M239" s="315"/>
+      <c r="N239" s="315"/>
+      <c r="O239" s="315"/>
+      <c r="P239" s="315"/>
+      <c r="Q239" s="315"/>
+      <c r="R239" s="315"/>
+      <c r="S239" s="316"/>
       <c r="T239" s="124"/>
     </row>
     <row r="240" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A240" s="235"/>
-[...8 lines deleted...]
-      <c r="J240" s="302"/>
+      <c r="A240" s="211"/>
+      <c r="B240" s="211"/>
+      <c r="C240" s="211"/>
+      <c r="D240" s="211"/>
+      <c r="E240" s="211"/>
+      <c r="F240" s="202"/>
+      <c r="G240" s="203"/>
+      <c r="H240" s="203"/>
+      <c r="I240" s="203"/>
+      <c r="J240" s="204"/>
       <c r="K240" s="124"/>
-      <c r="L240" s="324"/>
-[...6 lines deleted...]
-      <c r="S240" s="326"/>
+      <c r="L240" s="314"/>
+      <c r="M240" s="315"/>
+      <c r="N240" s="315"/>
+      <c r="O240" s="315"/>
+      <c r="P240" s="315"/>
+      <c r="Q240" s="315"/>
+      <c r="R240" s="315"/>
+      <c r="S240" s="316"/>
       <c r="T240" s="124"/>
     </row>
     <row r="241" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A241" s="235"/>
-[...8 lines deleted...]
-      <c r="J241" s="302"/>
+      <c r="A241" s="211"/>
+      <c r="B241" s="211"/>
+      <c r="C241" s="211"/>
+      <c r="D241" s="211"/>
+      <c r="E241" s="211"/>
+      <c r="F241" s="202"/>
+      <c r="G241" s="203"/>
+      <c r="H241" s="203"/>
+      <c r="I241" s="203"/>
+      <c r="J241" s="204"/>
       <c r="K241" s="124"/>
-      <c r="L241" s="324"/>
-[...6 lines deleted...]
-      <c r="S241" s="326"/>
+      <c r="L241" s="314"/>
+      <c r="M241" s="315"/>
+      <c r="N241" s="315"/>
+      <c r="O241" s="315"/>
+      <c r="P241" s="315"/>
+      <c r="Q241" s="315"/>
+      <c r="R241" s="315"/>
+      <c r="S241" s="316"/>
       <c r="T241" s="124"/>
     </row>
     <row r="242" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A242" s="235"/>
-[...8 lines deleted...]
-      <c r="J242" s="302"/>
+      <c r="A242" s="211"/>
+      <c r="B242" s="211"/>
+      <c r="C242" s="211"/>
+      <c r="D242" s="211"/>
+      <c r="E242" s="211"/>
+      <c r="F242" s="202"/>
+      <c r="G242" s="203"/>
+      <c r="H242" s="203"/>
+      <c r="I242" s="203"/>
+      <c r="J242" s="204"/>
       <c r="K242" s="124"/>
-      <c r="L242" s="324"/>
-[...6 lines deleted...]
-      <c r="S242" s="326"/>
+      <c r="L242" s="314"/>
+      <c r="M242" s="315"/>
+      <c r="N242" s="315"/>
+      <c r="O242" s="315"/>
+      <c r="P242" s="315"/>
+      <c r="Q242" s="315"/>
+      <c r="R242" s="315"/>
+      <c r="S242" s="316"/>
       <c r="T242" s="124"/>
     </row>
     <row r="243" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="4"/>
       <c r="B243" s="4"/>
       <c r="C243" s="4"/>
       <c r="D243" s="4"/>
       <c r="E243" s="4"/>
-      <c r="F243" s="300"/>
-[...3 lines deleted...]
-      <c r="J243" s="302"/>
+      <c r="F243" s="202"/>
+      <c r="G243" s="203"/>
+      <c r="H243" s="203"/>
+      <c r="I243" s="203"/>
+      <c r="J243" s="204"/>
       <c r="K243" s="124"/>
-      <c r="L243" s="324"/>
-[...6 lines deleted...]
-      <c r="S243" s="326"/>
+      <c r="L243" s="314"/>
+      <c r="M243" s="315"/>
+      <c r="N243" s="315"/>
+      <c r="O243" s="315"/>
+      <c r="P243" s="315"/>
+      <c r="Q243" s="315"/>
+      <c r="R243" s="315"/>
+      <c r="S243" s="316"/>
       <c r="T243" s="124"/>
     </row>
     <row r="244" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A244" s="4"/>
       <c r="B244" s="4"/>
       <c r="C244" s="4"/>
       <c r="D244" s="4"/>
       <c r="E244" s="4"/>
-      <c r="F244" s="303"/>
-[...3 lines deleted...]
-      <c r="J244" s="305"/>
+      <c r="F244" s="205"/>
+      <c r="G244" s="206"/>
+      <c r="H244" s="206"/>
+      <c r="I244" s="206"/>
+      <c r="J244" s="207"/>
       <c r="K244" s="124"/>
-      <c r="L244" s="327"/>
-[...6 lines deleted...]
-      <c r="S244" s="329"/>
+      <c r="L244" s="317"/>
+      <c r="M244" s="318"/>
+      <c r="N244" s="318"/>
+      <c r="O244" s="318"/>
+      <c r="P244" s="318"/>
+      <c r="Q244" s="318"/>
+      <c r="R244" s="318"/>
+      <c r="S244" s="319"/>
       <c r="T244" s="124"/>
     </row>
     <row r="245" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4"/>
       <c r="B245" s="4"/>
       <c r="C245" s="4"/>
       <c r="D245" s="4"/>
       <c r="E245" s="4"/>
       <c r="F245" s="4"/>
       <c r="G245" s="4"/>
       <c r="H245" s="4"/>
       <c r="I245" s="4"/>
       <c r="J245" s="4"/>
       <c r="K245" s="102"/>
       <c r="L245" s="102"/>
       <c r="M245" s="102"/>
       <c r="N245" s="102"/>
       <c r="O245" s="102"/>
       <c r="P245" s="102"/>
       <c r="Q245" s="102"/>
       <c r="R245" s="102"/>
       <c r="S245" s="102"/>
       <c r="T245" s="102"/>
     </row>
     <row r="246" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A246" s="4"/>
       <c r="B246" s="4"/>
       <c r="C246" s="4"/>
       <c r="D246" s="4"/>
       <c r="E246" s="4"/>
       <c r="F246" s="4"/>
       <c r="G246" s="4"/>
       <c r="H246" s="4"/>
       <c r="I246" s="4"/>
       <c r="J246" s="4"/>
       <c r="K246" s="102"/>
       <c r="L246" s="102"/>
       <c r="M246" s="102"/>
       <c r="N246" s="102"/>
       <c r="O246" s="102"/>
       <c r="P246" s="102"/>
       <c r="Q246" s="102"/>
       <c r="R246" s="102"/>
       <c r="S246" s="102"/>
       <c r="T246" s="102"/>
     </row>
     <row r="247" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A247" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J247" s="299"/>
+      <c r="A247" s="211" t="s">
+        <v>540</v>
+      </c>
+      <c r="B247" s="211"/>
+      <c r="C247" s="211"/>
+      <c r="D247" s="211"/>
+      <c r="E247" s="336"/>
+      <c r="F247" s="199"/>
+      <c r="G247" s="200"/>
+      <c r="H247" s="200"/>
+      <c r="I247" s="200"/>
+      <c r="J247" s="201"/>
       <c r="K247" s="124"/>
-      <c r="L247" s="177"/>
-[...6 lines deleted...]
-      <c r="S247" s="179"/>
+      <c r="L247" s="180"/>
+      <c r="M247" s="181"/>
+      <c r="N247" s="181"/>
+      <c r="O247" s="181"/>
+      <c r="P247" s="181"/>
+      <c r="Q247" s="181"/>
+      <c r="R247" s="181"/>
+      <c r="S247" s="182"/>
       <c r="T247" s="124"/>
     </row>
     <row r="248" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A248" s="235"/>
-[...8 lines deleted...]
-      <c r="J248" s="302"/>
+      <c r="A248" s="211"/>
+      <c r="B248" s="211"/>
+      <c r="C248" s="211"/>
+      <c r="D248" s="211"/>
+      <c r="E248" s="336"/>
+      <c r="F248" s="202"/>
+      <c r="G248" s="203"/>
+      <c r="H248" s="203"/>
+      <c r="I248" s="203"/>
+      <c r="J248" s="204"/>
       <c r="K248" s="124"/>
-      <c r="L248" s="180"/>
-[...6 lines deleted...]
-      <c r="S248" s="182"/>
+      <c r="L248" s="183"/>
+      <c r="M248" s="184"/>
+      <c r="N248" s="184"/>
+      <c r="O248" s="184"/>
+      <c r="P248" s="184"/>
+      <c r="Q248" s="184"/>
+      <c r="R248" s="184"/>
+      <c r="S248" s="185"/>
       <c r="T248" s="124"/>
     </row>
     <row r="249" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A249" s="235"/>
-[...8 lines deleted...]
-      <c r="J249" s="302"/>
+      <c r="A249" s="211"/>
+      <c r="B249" s="211"/>
+      <c r="C249" s="211"/>
+      <c r="D249" s="211"/>
+      <c r="E249" s="336"/>
+      <c r="F249" s="202"/>
+      <c r="G249" s="203"/>
+      <c r="H249" s="203"/>
+      <c r="I249" s="203"/>
+      <c r="J249" s="204"/>
       <c r="K249" s="124"/>
-      <c r="L249" s="180"/>
-[...6 lines deleted...]
-      <c r="S249" s="182"/>
+      <c r="L249" s="183"/>
+      <c r="M249" s="184"/>
+      <c r="N249" s="184"/>
+      <c r="O249" s="184"/>
+      <c r="P249" s="184"/>
+      <c r="Q249" s="184"/>
+      <c r="R249" s="184"/>
+      <c r="S249" s="185"/>
       <c r="T249" s="124"/>
     </row>
     <row r="250" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A250" s="235"/>
-[...8 lines deleted...]
-      <c r="J250" s="302"/>
+      <c r="A250" s="211"/>
+      <c r="B250" s="211"/>
+      <c r="C250" s="211"/>
+      <c r="D250" s="211"/>
+      <c r="E250" s="336"/>
+      <c r="F250" s="202"/>
+      <c r="G250" s="203"/>
+      <c r="H250" s="203"/>
+      <c r="I250" s="203"/>
+      <c r="J250" s="204"/>
       <c r="K250" s="124"/>
-      <c r="L250" s="180"/>
-[...6 lines deleted...]
-      <c r="S250" s="182"/>
+      <c r="L250" s="183"/>
+      <c r="M250" s="184"/>
+      <c r="N250" s="184"/>
+      <c r="O250" s="184"/>
+      <c r="P250" s="184"/>
+      <c r="Q250" s="184"/>
+      <c r="R250" s="184"/>
+      <c r="S250" s="185"/>
       <c r="T250" s="124"/>
     </row>
     <row r="251" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A251" s="235"/>
-[...8 lines deleted...]
-      <c r="J251" s="302"/>
+      <c r="A251" s="211"/>
+      <c r="B251" s="211"/>
+      <c r="C251" s="211"/>
+      <c r="D251" s="211"/>
+      <c r="E251" s="336"/>
+      <c r="F251" s="202"/>
+      <c r="G251" s="203"/>
+      <c r="H251" s="203"/>
+      <c r="I251" s="203"/>
+      <c r="J251" s="204"/>
       <c r="K251" s="124"/>
-      <c r="L251" s="180"/>
-[...6 lines deleted...]
-      <c r="S251" s="182"/>
+      <c r="L251" s="183"/>
+      <c r="M251" s="184"/>
+      <c r="N251" s="184"/>
+      <c r="O251" s="184"/>
+      <c r="P251" s="184"/>
+      <c r="Q251" s="184"/>
+      <c r="R251" s="184"/>
+      <c r="S251" s="185"/>
       <c r="T251" s="124"/>
     </row>
     <row r="252" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A252" s="235"/>
-[...8 lines deleted...]
-      <c r="J252" s="302"/>
+      <c r="A252" s="211"/>
+      <c r="B252" s="211"/>
+      <c r="C252" s="211"/>
+      <c r="D252" s="211"/>
+      <c r="E252" s="336"/>
+      <c r="F252" s="202"/>
+      <c r="G252" s="203"/>
+      <c r="H252" s="203"/>
+      <c r="I252" s="203"/>
+      <c r="J252" s="204"/>
       <c r="K252" s="124"/>
-      <c r="L252" s="180"/>
-[...6 lines deleted...]
-      <c r="S252" s="182"/>
+      <c r="L252" s="183"/>
+      <c r="M252" s="184"/>
+      <c r="N252" s="184"/>
+      <c r="O252" s="184"/>
+      <c r="P252" s="184"/>
+      <c r="Q252" s="184"/>
+      <c r="R252" s="184"/>
+      <c r="S252" s="185"/>
       <c r="T252" s="124"/>
     </row>
     <row r="253" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A253" s="235"/>
-[...8 lines deleted...]
-      <c r="J253" s="302"/>
+      <c r="A253" s="211"/>
+      <c r="B253" s="211"/>
+      <c r="C253" s="211"/>
+      <c r="D253" s="211"/>
+      <c r="E253" s="336"/>
+      <c r="F253" s="202"/>
+      <c r="G253" s="203"/>
+      <c r="H253" s="203"/>
+      <c r="I253" s="203"/>
+      <c r="J253" s="204"/>
       <c r="K253" s="124"/>
-      <c r="L253" s="180"/>
-[...6 lines deleted...]
-      <c r="S253" s="182"/>
+      <c r="L253" s="183"/>
+      <c r="M253" s="184"/>
+      <c r="N253" s="184"/>
+      <c r="O253" s="184"/>
+      <c r="P253" s="184"/>
+      <c r="Q253" s="184"/>
+      <c r="R253" s="184"/>
+      <c r="S253" s="185"/>
       <c r="T253" s="124"/>
     </row>
     <row r="254" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="73"/>
       <c r="B254" s="73"/>
       <c r="C254" s="73"/>
       <c r="D254" s="73"/>
       <c r="E254" s="74"/>
-      <c r="F254" s="300"/>
-[...3 lines deleted...]
-      <c r="J254" s="302"/>
+      <c r="F254" s="202"/>
+      <c r="G254" s="203"/>
+      <c r="H254" s="203"/>
+      <c r="I254" s="203"/>
+      <c r="J254" s="204"/>
       <c r="K254" s="124"/>
-      <c r="L254" s="180"/>
-[...6 lines deleted...]
-      <c r="S254" s="182"/>
+      <c r="L254" s="183"/>
+      <c r="M254" s="184"/>
+      <c r="N254" s="184"/>
+      <c r="O254" s="184"/>
+      <c r="P254" s="184"/>
+      <c r="Q254" s="184"/>
+      <c r="R254" s="184"/>
+      <c r="S254" s="185"/>
       <c r="T254" s="124"/>
     </row>
     <row r="255" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A255" s="37"/>
       <c r="B255" s="37"/>
       <c r="C255" s="37"/>
       <c r="D255" s="37"/>
       <c r="E255" s="37"/>
-      <c r="F255" s="303"/>
-[...3 lines deleted...]
-      <c r="J255" s="305"/>
+      <c r="F255" s="205"/>
+      <c r="G255" s="206"/>
+      <c r="H255" s="206"/>
+      <c r="I255" s="206"/>
+      <c r="J255" s="207"/>
       <c r="K255" s="124"/>
-      <c r="L255" s="183"/>
-[...6 lines deleted...]
-      <c r="S255" s="185"/>
+      <c r="L255" s="186"/>
+      <c r="M255" s="187"/>
+      <c r="N255" s="187"/>
+      <c r="O255" s="187"/>
+      <c r="P255" s="187"/>
+      <c r="Q255" s="187"/>
+      <c r="R255" s="187"/>
+      <c r="S255" s="188"/>
       <c r="T255" s="124"/>
     </row>
     <row r="256" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A256" s="4"/>
       <c r="B256" s="4"/>
       <c r="C256" s="4"/>
       <c r="D256" s="4"/>
       <c r="E256" s="4"/>
       <c r="F256" s="4"/>
       <c r="G256" s="4"/>
       <c r="H256" s="4"/>
       <c r="I256" s="4"/>
       <c r="J256" s="4"/>
       <c r="K256" s="102"/>
       <c r="L256" s="102"/>
       <c r="M256" s="102"/>
       <c r="N256" s="102"/>
       <c r="O256" s="102"/>
       <c r="P256" s="102"/>
       <c r="Q256" s="102"/>
       <c r="R256" s="102"/>
       <c r="S256" s="102"/>
       <c r="T256" s="102"/>
     </row>
     <row r="257" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A257" s="254" t="s">
-[...10 lines deleted...]
-      <c r="J257" s="299"/>
+      <c r="A257" s="198" t="s">
+        <v>463</v>
+      </c>
+      <c r="B257" s="198"/>
+      <c r="C257" s="198"/>
+      <c r="D257" s="198"/>
+      <c r="E257" s="212"/>
+      <c r="F257" s="199"/>
+      <c r="G257" s="200"/>
+      <c r="H257" s="200"/>
+      <c r="I257" s="200"/>
+      <c r="J257" s="201"/>
       <c r="K257" s="124"/>
-      <c r="L257" s="177"/>
-[...6 lines deleted...]
-      <c r="S257" s="179"/>
+      <c r="L257" s="180"/>
+      <c r="M257" s="181"/>
+      <c r="N257" s="181"/>
+      <c r="O257" s="181"/>
+      <c r="P257" s="181"/>
+      <c r="Q257" s="181"/>
+      <c r="R257" s="181"/>
+      <c r="S257" s="182"/>
       <c r="T257" s="124"/>
     </row>
     <row r="258" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A258" s="254"/>
-[...8 lines deleted...]
-      <c r="J258" s="302"/>
+      <c r="A258" s="198"/>
+      <c r="B258" s="198"/>
+      <c r="C258" s="198"/>
+      <c r="D258" s="198"/>
+      <c r="E258" s="212"/>
+      <c r="F258" s="202"/>
+      <c r="G258" s="203"/>
+      <c r="H258" s="203"/>
+      <c r="I258" s="203"/>
+      <c r="J258" s="204"/>
       <c r="K258" s="124"/>
-      <c r="L258" s="180"/>
-[...6 lines deleted...]
-      <c r="S258" s="182"/>
+      <c r="L258" s="183"/>
+      <c r="M258" s="184"/>
+      <c r="N258" s="184"/>
+      <c r="O258" s="184"/>
+      <c r="P258" s="184"/>
+      <c r="Q258" s="184"/>
+      <c r="R258" s="184"/>
+      <c r="S258" s="185"/>
       <c r="T258" s="124"/>
     </row>
     <row r="259" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A259" s="254"/>
-[...8 lines deleted...]
-      <c r="J259" s="302"/>
+      <c r="A259" s="198"/>
+      <c r="B259" s="198"/>
+      <c r="C259" s="198"/>
+      <c r="D259" s="198"/>
+      <c r="E259" s="212"/>
+      <c r="F259" s="202"/>
+      <c r="G259" s="203"/>
+      <c r="H259" s="203"/>
+      <c r="I259" s="203"/>
+      <c r="J259" s="204"/>
       <c r="K259" s="124"/>
-      <c r="L259" s="180"/>
-[...6 lines deleted...]
-      <c r="S259" s="182"/>
+      <c r="L259" s="183"/>
+      <c r="M259" s="184"/>
+      <c r="N259" s="184"/>
+      <c r="O259" s="184"/>
+      <c r="P259" s="184"/>
+      <c r="Q259" s="184"/>
+      <c r="R259" s="184"/>
+      <c r="S259" s="185"/>
       <c r="T259" s="124"/>
     </row>
     <row r="260" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A260" s="254"/>
-[...8 lines deleted...]
-      <c r="J260" s="302"/>
+      <c r="A260" s="198"/>
+      <c r="B260" s="198"/>
+      <c r="C260" s="198"/>
+      <c r="D260" s="198"/>
+      <c r="E260" s="212"/>
+      <c r="F260" s="202"/>
+      <c r="G260" s="203"/>
+      <c r="H260" s="203"/>
+      <c r="I260" s="203"/>
+      <c r="J260" s="204"/>
       <c r="K260" s="124"/>
-      <c r="L260" s="180"/>
-[...6 lines deleted...]
-      <c r="S260" s="182"/>
+      <c r="L260" s="183"/>
+      <c r="M260" s="184"/>
+      <c r="N260" s="184"/>
+      <c r="O260" s="184"/>
+      <c r="P260" s="184"/>
+      <c r="Q260" s="184"/>
+      <c r="R260" s="184"/>
+      <c r="S260" s="185"/>
       <c r="T260" s="124"/>
     </row>
     <row r="261" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A261" s="254"/>
-[...8 lines deleted...]
-      <c r="J261" s="302"/>
+      <c r="A261" s="198"/>
+      <c r="B261" s="198"/>
+      <c r="C261" s="198"/>
+      <c r="D261" s="198"/>
+      <c r="E261" s="212"/>
+      <c r="F261" s="202"/>
+      <c r="G261" s="203"/>
+      <c r="H261" s="203"/>
+      <c r="I261" s="203"/>
+      <c r="J261" s="204"/>
       <c r="K261" s="124"/>
-      <c r="L261" s="180"/>
-[...6 lines deleted...]
-      <c r="S261" s="182"/>
+      <c r="L261" s="183"/>
+      <c r="M261" s="184"/>
+      <c r="N261" s="184"/>
+      <c r="O261" s="184"/>
+      <c r="P261" s="184"/>
+      <c r="Q261" s="184"/>
+      <c r="R261" s="184"/>
+      <c r="S261" s="185"/>
       <c r="T261" s="124"/>
     </row>
     <row r="262" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A262" s="254"/>
-[...8 lines deleted...]
-      <c r="J262" s="302"/>
+      <c r="A262" s="198"/>
+      <c r="B262" s="198"/>
+      <c r="C262" s="198"/>
+      <c r="D262" s="198"/>
+      <c r="E262" s="212"/>
+      <c r="F262" s="202"/>
+      <c r="G262" s="203"/>
+      <c r="H262" s="203"/>
+      <c r="I262" s="203"/>
+      <c r="J262" s="204"/>
       <c r="K262" s="124"/>
-      <c r="L262" s="180"/>
-[...6 lines deleted...]
-      <c r="S262" s="182"/>
+      <c r="L262" s="183"/>
+      <c r="M262" s="184"/>
+      <c r="N262" s="184"/>
+      <c r="O262" s="184"/>
+      <c r="P262" s="184"/>
+      <c r="Q262" s="184"/>
+      <c r="R262" s="184"/>
+      <c r="S262" s="185"/>
       <c r="T262" s="124"/>
     </row>
     <row r="263" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A263" s="254"/>
-[...8 lines deleted...]
-      <c r="J263" s="302"/>
+      <c r="A263" s="198"/>
+      <c r="B263" s="198"/>
+      <c r="C263" s="198"/>
+      <c r="D263" s="198"/>
+      <c r="E263" s="212"/>
+      <c r="F263" s="202"/>
+      <c r="G263" s="203"/>
+      <c r="H263" s="203"/>
+      <c r="I263" s="203"/>
+      <c r="J263" s="204"/>
       <c r="K263" s="124"/>
-      <c r="L263" s="180"/>
-[...6 lines deleted...]
-      <c r="S263" s="182"/>
+      <c r="L263" s="183"/>
+      <c r="M263" s="184"/>
+      <c r="N263" s="184"/>
+      <c r="O263" s="184"/>
+      <c r="P263" s="184"/>
+      <c r="Q263" s="184"/>
+      <c r="R263" s="184"/>
+      <c r="S263" s="185"/>
       <c r="T263" s="124"/>
     </row>
     <row r="264" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A264" s="254"/>
-[...8 lines deleted...]
-      <c r="J264" s="302"/>
+      <c r="A264" s="198"/>
+      <c r="B264" s="198"/>
+      <c r="C264" s="198"/>
+      <c r="D264" s="198"/>
+      <c r="E264" s="212"/>
+      <c r="F264" s="202"/>
+      <c r="G264" s="203"/>
+      <c r="H264" s="203"/>
+      <c r="I264" s="203"/>
+      <c r="J264" s="204"/>
       <c r="K264" s="124"/>
-      <c r="L264" s="180"/>
-[...6 lines deleted...]
-      <c r="S264" s="182"/>
+      <c r="L264" s="183"/>
+      <c r="M264" s="184"/>
+      <c r="N264" s="184"/>
+      <c r="O264" s="184"/>
+      <c r="P264" s="184"/>
+      <c r="Q264" s="184"/>
+      <c r="R264" s="184"/>
+      <c r="S264" s="185"/>
       <c r="T264" s="124"/>
     </row>
     <row r="265" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="71"/>
       <c r="B265" s="71"/>
       <c r="C265" s="71"/>
       <c r="D265" s="71"/>
       <c r="E265" s="77"/>
-      <c r="F265" s="300"/>
-[...3 lines deleted...]
-      <c r="J265" s="302"/>
+      <c r="F265" s="202"/>
+      <c r="G265" s="203"/>
+      <c r="H265" s="203"/>
+      <c r="I265" s="203"/>
+      <c r="J265" s="204"/>
       <c r="K265" s="124"/>
-      <c r="L265" s="180"/>
-[...6 lines deleted...]
-      <c r="S265" s="182"/>
+      <c r="L265" s="183"/>
+      <c r="M265" s="184"/>
+      <c r="N265" s="184"/>
+      <c r="O265" s="184"/>
+      <c r="P265" s="184"/>
+      <c r="Q265" s="184"/>
+      <c r="R265" s="184"/>
+      <c r="S265" s="185"/>
       <c r="T265" s="124"/>
     </row>
     <row r="266" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A266" s="4"/>
       <c r="B266" s="4"/>
       <c r="C266" s="4"/>
       <c r="D266" s="4"/>
       <c r="E266" s="4"/>
-      <c r="F266" s="303"/>
-[...3 lines deleted...]
-      <c r="J266" s="305"/>
+      <c r="F266" s="205"/>
+      <c r="G266" s="206"/>
+      <c r="H266" s="206"/>
+      <c r="I266" s="206"/>
+      <c r="J266" s="207"/>
       <c r="K266" s="124"/>
-      <c r="L266" s="183"/>
-[...6 lines deleted...]
-      <c r="S266" s="185"/>
+      <c r="L266" s="186"/>
+      <c r="M266" s="187"/>
+      <c r="N266" s="187"/>
+      <c r="O266" s="187"/>
+      <c r="P266" s="187"/>
+      <c r="Q266" s="187"/>
+      <c r="R266" s="187"/>
+      <c r="S266" s="188"/>
       <c r="T266" s="124"/>
     </row>
     <row r="267" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A267" s="4"/>
       <c r="B267" s="4"/>
       <c r="C267" s="4"/>
       <c r="D267" s="4"/>
       <c r="E267" s="4"/>
       <c r="F267" s="75"/>
       <c r="G267" s="75"/>
       <c r="H267" s="75"/>
       <c r="I267" s="75"/>
       <c r="J267" s="75"/>
       <c r="K267" s="124"/>
       <c r="L267" s="124"/>
       <c r="M267" s="124"/>
       <c r="N267" s="124"/>
       <c r="O267" s="124"/>
       <c r="P267" s="124"/>
       <c r="Q267" s="124"/>
       <c r="R267" s="124"/>
       <c r="S267" s="124"/>
       <c r="T267" s="124"/>
     </row>
     <row r="268" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A268" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J268" s="299"/>
+      <c r="A268" s="211" t="s">
+        <v>465</v>
+      </c>
+      <c r="B268" s="211"/>
+      <c r="C268" s="211"/>
+      <c r="D268" s="211"/>
+      <c r="E268" s="211"/>
+      <c r="F268" s="199"/>
+      <c r="G268" s="200"/>
+      <c r="H268" s="200"/>
+      <c r="I268" s="200"/>
+      <c r="J268" s="201"/>
       <c r="K268" s="124"/>
-      <c r="L268" s="177"/>
-[...6 lines deleted...]
-      <c r="S268" s="179"/>
+      <c r="L268" s="180"/>
+      <c r="M268" s="181"/>
+      <c r="N268" s="181"/>
+      <c r="O268" s="181"/>
+      <c r="P268" s="181"/>
+      <c r="Q268" s="181"/>
+      <c r="R268" s="181"/>
+      <c r="S268" s="182"/>
       <c r="T268" s="124"/>
     </row>
     <row r="269" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A269" s="235"/>
-[...8 lines deleted...]
-      <c r="J269" s="302"/>
+      <c r="A269" s="211"/>
+      <c r="B269" s="211"/>
+      <c r="C269" s="211"/>
+      <c r="D269" s="211"/>
+      <c r="E269" s="211"/>
+      <c r="F269" s="202"/>
+      <c r="G269" s="203"/>
+      <c r="H269" s="203"/>
+      <c r="I269" s="203"/>
+      <c r="J269" s="204"/>
       <c r="K269" s="124"/>
-      <c r="L269" s="180"/>
-[...6 lines deleted...]
-      <c r="S269" s="182"/>
+      <c r="L269" s="183"/>
+      <c r="M269" s="184"/>
+      <c r="N269" s="184"/>
+      <c r="O269" s="184"/>
+      <c r="P269" s="184"/>
+      <c r="Q269" s="184"/>
+      <c r="R269" s="184"/>
+      <c r="S269" s="185"/>
       <c r="T269" s="124"/>
     </row>
     <row r="270" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A270" s="235"/>
-[...8 lines deleted...]
-      <c r="J270" s="302"/>
+      <c r="A270" s="211"/>
+      <c r="B270" s="211"/>
+      <c r="C270" s="211"/>
+      <c r="D270" s="211"/>
+      <c r="E270" s="211"/>
+      <c r="F270" s="202"/>
+      <c r="G270" s="203"/>
+      <c r="H270" s="203"/>
+      <c r="I270" s="203"/>
+      <c r="J270" s="204"/>
       <c r="K270" s="124"/>
-      <c r="L270" s="180"/>
-[...6 lines deleted...]
-      <c r="S270" s="182"/>
+      <c r="L270" s="183"/>
+      <c r="M270" s="184"/>
+      <c r="N270" s="184"/>
+      <c r="O270" s="184"/>
+      <c r="P270" s="184"/>
+      <c r="Q270" s="184"/>
+      <c r="R270" s="184"/>
+      <c r="S270" s="185"/>
       <c r="T270" s="124"/>
     </row>
     <row r="271" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A271" s="235"/>
-[...8 lines deleted...]
-      <c r="J271" s="302"/>
+      <c r="A271" s="211"/>
+      <c r="B271" s="211"/>
+      <c r="C271" s="211"/>
+      <c r="D271" s="211"/>
+      <c r="E271" s="211"/>
+      <c r="F271" s="202"/>
+      <c r="G271" s="203"/>
+      <c r="H271" s="203"/>
+      <c r="I271" s="203"/>
+      <c r="J271" s="204"/>
       <c r="K271" s="124"/>
-      <c r="L271" s="180"/>
-[...6 lines deleted...]
-      <c r="S271" s="182"/>
+      <c r="L271" s="183"/>
+      <c r="M271" s="184"/>
+      <c r="N271" s="184"/>
+      <c r="O271" s="184"/>
+      <c r="P271" s="184"/>
+      <c r="Q271" s="184"/>
+      <c r="R271" s="184"/>
+      <c r="S271" s="185"/>
       <c r="T271" s="124"/>
     </row>
     <row r="272" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A272" s="235"/>
-[...8 lines deleted...]
-      <c r="J272" s="302"/>
+      <c r="A272" s="211"/>
+      <c r="B272" s="211"/>
+      <c r="C272" s="211"/>
+      <c r="D272" s="211"/>
+      <c r="E272" s="211"/>
+      <c r="F272" s="202"/>
+      <c r="G272" s="203"/>
+      <c r="H272" s="203"/>
+      <c r="I272" s="203"/>
+      <c r="J272" s="204"/>
       <c r="K272" s="124"/>
-      <c r="L272" s="180"/>
-[...6 lines deleted...]
-      <c r="S272" s="182"/>
+      <c r="L272" s="183"/>
+      <c r="M272" s="184"/>
+      <c r="N272" s="184"/>
+      <c r="O272" s="184"/>
+      <c r="P272" s="184"/>
+      <c r="Q272" s="184"/>
+      <c r="R272" s="184"/>
+      <c r="S272" s="185"/>
       <c r="T272" s="124"/>
     </row>
     <row r="273" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A273" s="235"/>
-[...8 lines deleted...]
-      <c r="J273" s="302"/>
+      <c r="A273" s="211"/>
+      <c r="B273" s="211"/>
+      <c r="C273" s="211"/>
+      <c r="D273" s="211"/>
+      <c r="E273" s="211"/>
+      <c r="F273" s="202"/>
+      <c r="G273" s="203"/>
+      <c r="H273" s="203"/>
+      <c r="I273" s="203"/>
+      <c r="J273" s="204"/>
       <c r="K273" s="124"/>
-      <c r="L273" s="180"/>
-[...6 lines deleted...]
-      <c r="S273" s="182"/>
+      <c r="L273" s="183"/>
+      <c r="M273" s="184"/>
+      <c r="N273" s="184"/>
+      <c r="O273" s="184"/>
+      <c r="P273" s="184"/>
+      <c r="Q273" s="184"/>
+      <c r="R273" s="184"/>
+      <c r="S273" s="185"/>
       <c r="T273" s="124"/>
     </row>
     <row r="274" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="73"/>
       <c r="B274" s="73"/>
       <c r="C274" s="73"/>
       <c r="D274" s="73"/>
       <c r="E274" s="73"/>
-      <c r="F274" s="300"/>
-[...3 lines deleted...]
-      <c r="J274" s="302"/>
+      <c r="F274" s="202"/>
+      <c r="G274" s="203"/>
+      <c r="H274" s="203"/>
+      <c r="I274" s="203"/>
+      <c r="J274" s="204"/>
       <c r="K274" s="124"/>
-      <c r="L274" s="180"/>
-[...6 lines deleted...]
-      <c r="S274" s="182"/>
+      <c r="L274" s="183"/>
+      <c r="M274" s="184"/>
+      <c r="N274" s="184"/>
+      <c r="O274" s="184"/>
+      <c r="P274" s="184"/>
+      <c r="Q274" s="184"/>
+      <c r="R274" s="184"/>
+      <c r="S274" s="185"/>
       <c r="T274" s="124"/>
     </row>
     <row r="275" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="48"/>
       <c r="B275" s="48"/>
       <c r="C275" s="48"/>
       <c r="D275" s="48"/>
       <c r="E275" s="48"/>
-      <c r="F275" s="300"/>
-[...3 lines deleted...]
-      <c r="J275" s="302"/>
+      <c r="F275" s="202"/>
+      <c r="G275" s="203"/>
+      <c r="H275" s="203"/>
+      <c r="I275" s="203"/>
+      <c r="J275" s="204"/>
       <c r="K275" s="124"/>
-      <c r="L275" s="180"/>
-[...6 lines deleted...]
-      <c r="S275" s="182"/>
+      <c r="L275" s="183"/>
+      <c r="M275" s="184"/>
+      <c r="N275" s="184"/>
+      <c r="O275" s="184"/>
+      <c r="P275" s="184"/>
+      <c r="Q275" s="184"/>
+      <c r="R275" s="184"/>
+      <c r="S275" s="185"/>
       <c r="T275" s="124"/>
     </row>
     <row r="276" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A276" s="4"/>
       <c r="B276" s="4"/>
       <c r="C276" s="4"/>
       <c r="D276" s="4"/>
       <c r="E276" s="4"/>
-      <c r="F276" s="303"/>
-[...3 lines deleted...]
-      <c r="J276" s="305"/>
+      <c r="F276" s="205"/>
+      <c r="G276" s="206"/>
+      <c r="H276" s="206"/>
+      <c r="I276" s="206"/>
+      <c r="J276" s="207"/>
       <c r="K276" s="124"/>
-      <c r="L276" s="183"/>
-[...6 lines deleted...]
-      <c r="S276" s="185"/>
+      <c r="L276" s="186"/>
+      <c r="M276" s="187"/>
+      <c r="N276" s="187"/>
+      <c r="O276" s="187"/>
+      <c r="P276" s="187"/>
+      <c r="Q276" s="187"/>
+      <c r="R276" s="187"/>
+      <c r="S276" s="188"/>
       <c r="T276" s="124"/>
     </row>
     <row r="277" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A277" s="4"/>
       <c r="B277" s="4"/>
       <c r="C277" s="4"/>
       <c r="D277" s="4"/>
       <c r="E277" s="4"/>
       <c r="F277" s="4"/>
       <c r="G277" s="4"/>
       <c r="H277" s="4"/>
       <c r="I277" s="4"/>
       <c r="J277" s="4"/>
       <c r="K277" s="102"/>
       <c r="L277" s="102"/>
       <c r="M277" s="102"/>
       <c r="N277" s="102"/>
       <c r="O277" s="102"/>
       <c r="P277" s="102"/>
       <c r="Q277" s="102"/>
       <c r="R277" s="102"/>
       <c r="S277" s="102"/>
       <c r="T277" s="102"/>
     </row>
     <row r="278" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A278" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J278" s="299"/>
+      <c r="A278" s="211" t="s">
+        <v>466</v>
+      </c>
+      <c r="B278" s="211"/>
+      <c r="C278" s="211"/>
+      <c r="D278" s="211"/>
+      <c r="E278" s="211"/>
+      <c r="F278" s="199"/>
+      <c r="G278" s="200"/>
+      <c r="H278" s="200"/>
+      <c r="I278" s="200"/>
+      <c r="J278" s="201"/>
       <c r="K278" s="124"/>
-      <c r="L278" s="177"/>
-[...6 lines deleted...]
-      <c r="S278" s="179"/>
+      <c r="L278" s="180"/>
+      <c r="M278" s="181"/>
+      <c r="N278" s="181"/>
+      <c r="O278" s="181"/>
+      <c r="P278" s="181"/>
+      <c r="Q278" s="181"/>
+      <c r="R278" s="181"/>
+      <c r="S278" s="182"/>
       <c r="T278" s="124"/>
     </row>
     <row r="279" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A279" s="235"/>
-[...8 lines deleted...]
-      <c r="J279" s="302"/>
+      <c r="A279" s="211"/>
+      <c r="B279" s="211"/>
+      <c r="C279" s="211"/>
+      <c r="D279" s="211"/>
+      <c r="E279" s="211"/>
+      <c r="F279" s="202"/>
+      <c r="G279" s="203"/>
+      <c r="H279" s="203"/>
+      <c r="I279" s="203"/>
+      <c r="J279" s="204"/>
       <c r="K279" s="124"/>
-      <c r="L279" s="180"/>
-[...6 lines deleted...]
-      <c r="S279" s="182"/>
+      <c r="L279" s="183"/>
+      <c r="M279" s="184"/>
+      <c r="N279" s="184"/>
+      <c r="O279" s="184"/>
+      <c r="P279" s="184"/>
+      <c r="Q279" s="184"/>
+      <c r="R279" s="184"/>
+      <c r="S279" s="185"/>
       <c r="T279" s="124"/>
     </row>
     <row r="280" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A280" s="235"/>
-[...8 lines deleted...]
-      <c r="J280" s="302"/>
+      <c r="A280" s="211"/>
+      <c r="B280" s="211"/>
+      <c r="C280" s="211"/>
+      <c r="D280" s="211"/>
+      <c r="E280" s="211"/>
+      <c r="F280" s="202"/>
+      <c r="G280" s="203"/>
+      <c r="H280" s="203"/>
+      <c r="I280" s="203"/>
+      <c r="J280" s="204"/>
       <c r="K280" s="124"/>
-      <c r="L280" s="180"/>
-[...6 lines deleted...]
-      <c r="S280" s="182"/>
+      <c r="L280" s="183"/>
+      <c r="M280" s="184"/>
+      <c r="N280" s="184"/>
+      <c r="O280" s="184"/>
+      <c r="P280" s="184"/>
+      <c r="Q280" s="184"/>
+      <c r="R280" s="184"/>
+      <c r="S280" s="185"/>
       <c r="T280" s="124"/>
     </row>
     <row r="281" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A281" s="235"/>
-[...8 lines deleted...]
-      <c r="J281" s="302"/>
+      <c r="A281" s="211"/>
+      <c r="B281" s="211"/>
+      <c r="C281" s="211"/>
+      <c r="D281" s="211"/>
+      <c r="E281" s="211"/>
+      <c r="F281" s="202"/>
+      <c r="G281" s="203"/>
+      <c r="H281" s="203"/>
+      <c r="I281" s="203"/>
+      <c r="J281" s="204"/>
       <c r="K281" s="124"/>
-      <c r="L281" s="180"/>
-[...6 lines deleted...]
-      <c r="S281" s="182"/>
+      <c r="L281" s="183"/>
+      <c r="M281" s="184"/>
+      <c r="N281" s="184"/>
+      <c r="O281" s="184"/>
+      <c r="P281" s="184"/>
+      <c r="Q281" s="184"/>
+      <c r="R281" s="184"/>
+      <c r="S281" s="185"/>
       <c r="T281" s="124"/>
     </row>
     <row r="282" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A282" s="235"/>
-[...8 lines deleted...]
-      <c r="J282" s="302"/>
+      <c r="A282" s="211"/>
+      <c r="B282" s="211"/>
+      <c r="C282" s="211"/>
+      <c r="D282" s="211"/>
+      <c r="E282" s="211"/>
+      <c r="F282" s="202"/>
+      <c r="G282" s="203"/>
+      <c r="H282" s="203"/>
+      <c r="I282" s="203"/>
+      <c r="J282" s="204"/>
       <c r="K282" s="124"/>
-      <c r="L282" s="180"/>
-[...6 lines deleted...]
-      <c r="S282" s="182"/>
+      <c r="L282" s="183"/>
+      <c r="M282" s="184"/>
+      <c r="N282" s="184"/>
+      <c r="O282" s="184"/>
+      <c r="P282" s="184"/>
+      <c r="Q282" s="184"/>
+      <c r="R282" s="184"/>
+      <c r="S282" s="185"/>
       <c r="T282" s="124"/>
     </row>
     <row r="283" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A283" s="235"/>
-[...8 lines deleted...]
-      <c r="J283" s="302"/>
+      <c r="A283" s="211"/>
+      <c r="B283" s="211"/>
+      <c r="C283" s="211"/>
+      <c r="D283" s="211"/>
+      <c r="E283" s="211"/>
+      <c r="F283" s="202"/>
+      <c r="G283" s="203"/>
+      <c r="H283" s="203"/>
+      <c r="I283" s="203"/>
+      <c r="J283" s="204"/>
       <c r="K283" s="124"/>
-      <c r="L283" s="180"/>
-[...6 lines deleted...]
-      <c r="S283" s="182"/>
+      <c r="L283" s="183"/>
+      <c r="M283" s="184"/>
+      <c r="N283" s="184"/>
+      <c r="O283" s="184"/>
+      <c r="P283" s="184"/>
+      <c r="Q283" s="184"/>
+      <c r="R283" s="184"/>
+      <c r="S283" s="185"/>
       <c r="T283" s="124"/>
     </row>
     <row r="284" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A284" s="73"/>
       <c r="B284" s="73"/>
       <c r="C284" s="73"/>
       <c r="D284" s="73"/>
       <c r="E284" s="73"/>
-      <c r="F284" s="300"/>
-[...3 lines deleted...]
-      <c r="J284" s="302"/>
+      <c r="F284" s="202"/>
+      <c r="G284" s="203"/>
+      <c r="H284" s="203"/>
+      <c r="I284" s="203"/>
+      <c r="J284" s="204"/>
       <c r="K284" s="124"/>
-      <c r="L284" s="180"/>
-[...6 lines deleted...]
-      <c r="S284" s="182"/>
+      <c r="L284" s="183"/>
+      <c r="M284" s="184"/>
+      <c r="N284" s="184"/>
+      <c r="O284" s="184"/>
+      <c r="P284" s="184"/>
+      <c r="Q284" s="184"/>
+      <c r="R284" s="184"/>
+      <c r="S284" s="185"/>
       <c r="T284" s="124"/>
     </row>
     <row r="285" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="48"/>
       <c r="B285" s="48"/>
       <c r="C285" s="48"/>
       <c r="D285" s="48"/>
       <c r="E285" s="48"/>
-      <c r="F285" s="300"/>
-[...3 lines deleted...]
-      <c r="J285" s="302"/>
+      <c r="F285" s="202"/>
+      <c r="G285" s="203"/>
+      <c r="H285" s="203"/>
+      <c r="I285" s="203"/>
+      <c r="J285" s="204"/>
       <c r="K285" s="124"/>
-      <c r="L285" s="180"/>
-[...6 lines deleted...]
-      <c r="S285" s="182"/>
+      <c r="L285" s="183"/>
+      <c r="M285" s="184"/>
+      <c r="N285" s="184"/>
+      <c r="O285" s="184"/>
+      <c r="P285" s="184"/>
+      <c r="Q285" s="184"/>
+      <c r="R285" s="184"/>
+      <c r="S285" s="185"/>
       <c r="T285" s="124"/>
     </row>
     <row r="286" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A286" s="4"/>
       <c r="B286" s="4"/>
       <c r="C286" s="4"/>
       <c r="D286" s="4"/>
       <c r="E286" s="4"/>
-      <c r="F286" s="303"/>
-[...3 lines deleted...]
-      <c r="J286" s="305"/>
+      <c r="F286" s="205"/>
+      <c r="G286" s="206"/>
+      <c r="H286" s="206"/>
+      <c r="I286" s="206"/>
+      <c r="J286" s="207"/>
       <c r="K286" s="124"/>
-      <c r="L286" s="183"/>
-[...6 lines deleted...]
-      <c r="S286" s="185"/>
+      <c r="L286" s="186"/>
+      <c r="M286" s="187"/>
+      <c r="N286" s="187"/>
+      <c r="O286" s="187"/>
+      <c r="P286" s="187"/>
+      <c r="Q286" s="187"/>
+      <c r="R286" s="187"/>
+      <c r="S286" s="188"/>
       <c r="T286" s="124"/>
     </row>
     <row r="287" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A287" s="4"/>
       <c r="B287" s="4"/>
       <c r="C287" s="4"/>
       <c r="D287" s="4"/>
       <c r="E287" s="4"/>
       <c r="F287" s="4"/>
       <c r="G287" s="4"/>
       <c r="H287" s="4"/>
       <c r="I287" s="4"/>
       <c r="J287" s="4"/>
       <c r="K287" s="102"/>
       <c r="L287" s="102"/>
       <c r="M287" s="102"/>
       <c r="N287" s="102"/>
       <c r="O287" s="102"/>
       <c r="P287" s="102"/>
       <c r="Q287" s="102"/>
       <c r="R287" s="102"/>
       <c r="S287" s="102"/>
       <c r="T287" s="102"/>
     </row>
     <row r="288" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A288" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J288" s="299"/>
+      <c r="A288" s="211" t="s">
+        <v>467</v>
+      </c>
+      <c r="B288" s="211"/>
+      <c r="C288" s="211"/>
+      <c r="D288" s="211"/>
+      <c r="E288" s="211"/>
+      <c r="F288" s="199"/>
+      <c r="G288" s="200"/>
+      <c r="H288" s="200"/>
+      <c r="I288" s="200"/>
+      <c r="J288" s="201"/>
       <c r="K288" s="124"/>
-      <c r="L288" s="177"/>
-[...6 lines deleted...]
-      <c r="S288" s="179"/>
+      <c r="L288" s="180"/>
+      <c r="M288" s="181"/>
+      <c r="N288" s="181"/>
+      <c r="O288" s="181"/>
+      <c r="P288" s="181"/>
+      <c r="Q288" s="181"/>
+      <c r="R288" s="181"/>
+      <c r="S288" s="182"/>
       <c r="T288" s="124"/>
     </row>
     <row r="289" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A289" s="235"/>
-[...8 lines deleted...]
-      <c r="J289" s="302"/>
+      <c r="A289" s="211"/>
+      <c r="B289" s="211"/>
+      <c r="C289" s="211"/>
+      <c r="D289" s="211"/>
+      <c r="E289" s="211"/>
+      <c r="F289" s="202"/>
+      <c r="G289" s="203"/>
+      <c r="H289" s="203"/>
+      <c r="I289" s="203"/>
+      <c r="J289" s="204"/>
       <c r="K289" s="124"/>
-      <c r="L289" s="180"/>
-[...6 lines deleted...]
-      <c r="S289" s="182"/>
+      <c r="L289" s="183"/>
+      <c r="M289" s="184"/>
+      <c r="N289" s="184"/>
+      <c r="O289" s="184"/>
+      <c r="P289" s="184"/>
+      <c r="Q289" s="184"/>
+      <c r="R289" s="184"/>
+      <c r="S289" s="185"/>
       <c r="T289" s="124"/>
     </row>
     <row r="290" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A290" s="235"/>
-[...8 lines deleted...]
-      <c r="J290" s="302"/>
+      <c r="A290" s="211"/>
+      <c r="B290" s="211"/>
+      <c r="C290" s="211"/>
+      <c r="D290" s="211"/>
+      <c r="E290" s="211"/>
+      <c r="F290" s="202"/>
+      <c r="G290" s="203"/>
+      <c r="H290" s="203"/>
+      <c r="I290" s="203"/>
+      <c r="J290" s="204"/>
       <c r="K290" s="124"/>
-      <c r="L290" s="180"/>
-[...6 lines deleted...]
-      <c r="S290" s="182"/>
+      <c r="L290" s="183"/>
+      <c r="M290" s="184"/>
+      <c r="N290" s="184"/>
+      <c r="O290" s="184"/>
+      <c r="P290" s="184"/>
+      <c r="Q290" s="184"/>
+      <c r="R290" s="184"/>
+      <c r="S290" s="185"/>
       <c r="T290" s="124"/>
     </row>
     <row r="291" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A291" s="235"/>
-[...8 lines deleted...]
-      <c r="J291" s="302"/>
+      <c r="A291" s="211"/>
+      <c r="B291" s="211"/>
+      <c r="C291" s="211"/>
+      <c r="D291" s="211"/>
+      <c r="E291" s="211"/>
+      <c r="F291" s="202"/>
+      <c r="G291" s="203"/>
+      <c r="H291" s="203"/>
+      <c r="I291" s="203"/>
+      <c r="J291" s="204"/>
       <c r="K291" s="124"/>
-      <c r="L291" s="180"/>
-[...6 lines deleted...]
-      <c r="S291" s="182"/>
+      <c r="L291" s="183"/>
+      <c r="M291" s="184"/>
+      <c r="N291" s="184"/>
+      <c r="O291" s="184"/>
+      <c r="P291" s="184"/>
+      <c r="Q291" s="184"/>
+      <c r="R291" s="184"/>
+      <c r="S291" s="185"/>
       <c r="T291" s="124"/>
     </row>
     <row r="292" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A292" s="235"/>
-[...8 lines deleted...]
-      <c r="J292" s="302"/>
+      <c r="A292" s="211"/>
+      <c r="B292" s="211"/>
+      <c r="C292" s="211"/>
+      <c r="D292" s="211"/>
+      <c r="E292" s="211"/>
+      <c r="F292" s="202"/>
+      <c r="G292" s="203"/>
+      <c r="H292" s="203"/>
+      <c r="I292" s="203"/>
+      <c r="J292" s="204"/>
       <c r="K292" s="124"/>
-      <c r="L292" s="180"/>
-[...6 lines deleted...]
-      <c r="S292" s="182"/>
+      <c r="L292" s="183"/>
+      <c r="M292" s="184"/>
+      <c r="N292" s="184"/>
+      <c r="O292" s="184"/>
+      <c r="P292" s="184"/>
+      <c r="Q292" s="184"/>
+      <c r="R292" s="184"/>
+      <c r="S292" s="185"/>
       <c r="T292" s="124"/>
     </row>
     <row r="293" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A293" s="73"/>
       <c r="B293" s="73"/>
       <c r="C293" s="73"/>
       <c r="D293" s="73"/>
       <c r="E293" s="73"/>
-      <c r="F293" s="300"/>
-[...3 lines deleted...]
-      <c r="J293" s="302"/>
+      <c r="F293" s="202"/>
+      <c r="G293" s="203"/>
+      <c r="H293" s="203"/>
+      <c r="I293" s="203"/>
+      <c r="J293" s="204"/>
       <c r="K293" s="124"/>
-      <c r="L293" s="180"/>
-[...6 lines deleted...]
-      <c r="S293" s="182"/>
+      <c r="L293" s="183"/>
+      <c r="M293" s="184"/>
+      <c r="N293" s="184"/>
+      <c r="O293" s="184"/>
+      <c r="P293" s="184"/>
+      <c r="Q293" s="184"/>
+      <c r="R293" s="184"/>
+      <c r="S293" s="185"/>
       <c r="T293" s="124"/>
     </row>
     <row r="294" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A294" s="73"/>
       <c r="B294" s="73"/>
       <c r="C294" s="73"/>
       <c r="D294" s="73"/>
       <c r="E294" s="73"/>
-      <c r="F294" s="300"/>
-[...3 lines deleted...]
-      <c r="J294" s="302"/>
+      <c r="F294" s="202"/>
+      <c r="G294" s="203"/>
+      <c r="H294" s="203"/>
+      <c r="I294" s="203"/>
+      <c r="J294" s="204"/>
       <c r="K294" s="124"/>
-      <c r="L294" s="180"/>
-[...6 lines deleted...]
-      <c r="S294" s="182"/>
+      <c r="L294" s="183"/>
+      <c r="M294" s="184"/>
+      <c r="N294" s="184"/>
+      <c r="O294" s="184"/>
+      <c r="P294" s="184"/>
+      <c r="Q294" s="184"/>
+      <c r="R294" s="184"/>
+      <c r="S294" s="185"/>
       <c r="T294" s="124"/>
     </row>
     <row r="295" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A295" s="73"/>
       <c r="B295" s="73"/>
       <c r="C295" s="73"/>
       <c r="D295" s="73"/>
       <c r="E295" s="73"/>
-      <c r="F295" s="300"/>
-[...3 lines deleted...]
-      <c r="J295" s="302"/>
+      <c r="F295" s="202"/>
+      <c r="G295" s="203"/>
+      <c r="H295" s="203"/>
+      <c r="I295" s="203"/>
+      <c r="J295" s="204"/>
       <c r="K295" s="124"/>
-      <c r="L295" s="180"/>
-[...6 lines deleted...]
-      <c r="S295" s="182"/>
+      <c r="L295" s="183"/>
+      <c r="M295" s="184"/>
+      <c r="N295" s="184"/>
+      <c r="O295" s="184"/>
+      <c r="P295" s="184"/>
+      <c r="Q295" s="184"/>
+      <c r="R295" s="184"/>
+      <c r="S295" s="185"/>
       <c r="T295" s="124"/>
     </row>
     <row r="296" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A296" s="58"/>
       <c r="B296" s="58"/>
       <c r="C296" s="58"/>
       <c r="D296" s="58"/>
       <c r="E296" s="58"/>
-      <c r="F296" s="300"/>
-[...3 lines deleted...]
-      <c r="J296" s="302"/>
+      <c r="F296" s="202"/>
+      <c r="G296" s="203"/>
+      <c r="H296" s="203"/>
+      <c r="I296" s="203"/>
+      <c r="J296" s="204"/>
       <c r="K296" s="124"/>
-      <c r="L296" s="180"/>
-[...6 lines deleted...]
-      <c r="S296" s="182"/>
+      <c r="L296" s="183"/>
+      <c r="M296" s="184"/>
+      <c r="N296" s="184"/>
+      <c r="O296" s="184"/>
+      <c r="P296" s="184"/>
+      <c r="Q296" s="184"/>
+      <c r="R296" s="184"/>
+      <c r="S296" s="185"/>
       <c r="T296" s="124"/>
     </row>
     <row r="297" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A297" s="4"/>
       <c r="B297" s="4"/>
       <c r="C297" s="4"/>
       <c r="D297" s="4"/>
       <c r="E297" s="4"/>
-      <c r="F297" s="300"/>
-[...3 lines deleted...]
-      <c r="J297" s="302"/>
+      <c r="F297" s="202"/>
+      <c r="G297" s="203"/>
+      <c r="H297" s="203"/>
+      <c r="I297" s="203"/>
+      <c r="J297" s="204"/>
       <c r="K297" s="124"/>
-      <c r="L297" s="180"/>
-[...6 lines deleted...]
-      <c r="S297" s="182"/>
+      <c r="L297" s="183"/>
+      <c r="M297" s="184"/>
+      <c r="N297" s="184"/>
+      <c r="O297" s="184"/>
+      <c r="P297" s="184"/>
+      <c r="Q297" s="184"/>
+      <c r="R297" s="184"/>
+      <c r="S297" s="185"/>
       <c r="T297" s="124"/>
     </row>
     <row r="298" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A298" s="4"/>
       <c r="B298" s="4"/>
       <c r="C298" s="4"/>
       <c r="D298" s="4"/>
       <c r="E298" s="4"/>
-      <c r="F298" s="303"/>
-[...3 lines deleted...]
-      <c r="J298" s="305"/>
+      <c r="F298" s="205"/>
+      <c r="G298" s="206"/>
+      <c r="H298" s="206"/>
+      <c r="I298" s="206"/>
+      <c r="J298" s="207"/>
       <c r="K298" s="124"/>
-      <c r="L298" s="183"/>
-[...6 lines deleted...]
-      <c r="S298" s="185"/>
+      <c r="L298" s="186"/>
+      <c r="M298" s="187"/>
+      <c r="N298" s="187"/>
+      <c r="O298" s="187"/>
+      <c r="P298" s="187"/>
+      <c r="Q298" s="187"/>
+      <c r="R298" s="187"/>
+      <c r="S298" s="188"/>
       <c r="T298" s="124"/>
     </row>
     <row r="299" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A299" s="4"/>
       <c r="B299" s="4"/>
       <c r="C299" s="4"/>
       <c r="D299" s="4"/>
       <c r="E299" s="4"/>
       <c r="F299" s="4"/>
       <c r="G299" s="4"/>
       <c r="H299" s="4"/>
       <c r="I299" s="4"/>
       <c r="J299" s="4"/>
       <c r="K299" s="102"/>
       <c r="L299" s="102"/>
       <c r="M299" s="102"/>
       <c r="N299" s="102"/>
       <c r="O299" s="102"/>
       <c r="P299" s="102"/>
       <c r="Q299" s="102"/>
       <c r="R299" s="102"/>
       <c r="S299" s="102"/>
       <c r="T299" s="102"/>
     </row>
     <row r="300" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A300" s="4"/>
       <c r="B300" s="4"/>
       <c r="C300" s="4"/>
       <c r="D300" s="4"/>
       <c r="E300" s="4"/>
       <c r="F300" s="4"/>
       <c r="G300" s="4"/>
       <c r="H300" s="4"/>
       <c r="I300" s="4"/>
       <c r="J300" s="4"/>
       <c r="K300" s="102"/>
       <c r="L300" s="102"/>
       <c r="M300" s="102"/>
       <c r="N300" s="102"/>
       <c r="O300" s="102"/>
       <c r="P300" s="102"/>
       <c r="Q300" s="102"/>
       <c r="R300" s="102"/>
       <c r="S300" s="102"/>
       <c r="T300" s="102"/>
     </row>
     <row r="301" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A301" s="254" t="s">
-[...10 lines deleted...]
-      <c r="J301" s="299"/>
+      <c r="A301" s="198" t="s">
+        <v>468</v>
+      </c>
+      <c r="B301" s="198"/>
+      <c r="C301" s="198"/>
+      <c r="D301" s="198"/>
+      <c r="E301" s="198"/>
+      <c r="F301" s="199"/>
+      <c r="G301" s="200"/>
+      <c r="H301" s="200"/>
+      <c r="I301" s="200"/>
+      <c r="J301" s="201"/>
       <c r="K301" s="124"/>
-      <c r="L301" s="177"/>
-[...6 lines deleted...]
-      <c r="S301" s="179"/>
+      <c r="L301" s="180"/>
+      <c r="M301" s="181"/>
+      <c r="N301" s="181"/>
+      <c r="O301" s="181"/>
+      <c r="P301" s="181"/>
+      <c r="Q301" s="181"/>
+      <c r="R301" s="181"/>
+      <c r="S301" s="182"/>
       <c r="T301" s="124"/>
     </row>
     <row r="302" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A302" s="254"/>
-[...8 lines deleted...]
-      <c r="J302" s="302"/>
+      <c r="A302" s="198"/>
+      <c r="B302" s="198"/>
+      <c r="C302" s="198"/>
+      <c r="D302" s="198"/>
+      <c r="E302" s="198"/>
+      <c r="F302" s="202"/>
+      <c r="G302" s="203"/>
+      <c r="H302" s="203"/>
+      <c r="I302" s="203"/>
+      <c r="J302" s="204"/>
       <c r="K302" s="124"/>
-      <c r="L302" s="180"/>
-[...6 lines deleted...]
-      <c r="S302" s="182"/>
+      <c r="L302" s="183"/>
+      <c r="M302" s="184"/>
+      <c r="N302" s="184"/>
+      <c r="O302" s="184"/>
+      <c r="P302" s="184"/>
+      <c r="Q302" s="184"/>
+      <c r="R302" s="184"/>
+      <c r="S302" s="185"/>
       <c r="T302" s="124"/>
     </row>
     <row r="303" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A303" s="254"/>
-[...8 lines deleted...]
-      <c r="J303" s="302"/>
+      <c r="A303" s="198"/>
+      <c r="B303" s="198"/>
+      <c r="C303" s="198"/>
+      <c r="D303" s="198"/>
+      <c r="E303" s="198"/>
+      <c r="F303" s="202"/>
+      <c r="G303" s="203"/>
+      <c r="H303" s="203"/>
+      <c r="I303" s="203"/>
+      <c r="J303" s="204"/>
       <c r="K303" s="124"/>
-      <c r="L303" s="180"/>
-[...6 lines deleted...]
-      <c r="S303" s="182"/>
+      <c r="L303" s="183"/>
+      <c r="M303" s="184"/>
+      <c r="N303" s="184"/>
+      <c r="O303" s="184"/>
+      <c r="P303" s="184"/>
+      <c r="Q303" s="184"/>
+      <c r="R303" s="184"/>
+      <c r="S303" s="185"/>
       <c r="T303" s="124"/>
     </row>
     <row r="304" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A304" s="254"/>
-[...8 lines deleted...]
-      <c r="J304" s="302"/>
+      <c r="A304" s="198"/>
+      <c r="B304" s="198"/>
+      <c r="C304" s="198"/>
+      <c r="D304" s="198"/>
+      <c r="E304" s="198"/>
+      <c r="F304" s="202"/>
+      <c r="G304" s="203"/>
+      <c r="H304" s="203"/>
+      <c r="I304" s="203"/>
+      <c r="J304" s="204"/>
       <c r="K304" s="124"/>
-      <c r="L304" s="180"/>
-[...6 lines deleted...]
-      <c r="S304" s="182"/>
+      <c r="L304" s="183"/>
+      <c r="M304" s="184"/>
+      <c r="N304" s="184"/>
+      <c r="O304" s="184"/>
+      <c r="P304" s="184"/>
+      <c r="Q304" s="184"/>
+      <c r="R304" s="184"/>
+      <c r="S304" s="185"/>
       <c r="T304" s="124"/>
     </row>
     <row r="305" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A305" s="254"/>
-[...8 lines deleted...]
-      <c r="J305" s="302"/>
+      <c r="A305" s="198"/>
+      <c r="B305" s="198"/>
+      <c r="C305" s="198"/>
+      <c r="D305" s="198"/>
+      <c r="E305" s="198"/>
+      <c r="F305" s="202"/>
+      <c r="G305" s="203"/>
+      <c r="H305" s="203"/>
+      <c r="I305" s="203"/>
+      <c r="J305" s="204"/>
       <c r="K305" s="124"/>
-      <c r="L305" s="180"/>
-[...6 lines deleted...]
-      <c r="S305" s="182"/>
+      <c r="L305" s="183"/>
+      <c r="M305" s="184"/>
+      <c r="N305" s="184"/>
+      <c r="O305" s="184"/>
+      <c r="P305" s="184"/>
+      <c r="Q305" s="184"/>
+      <c r="R305" s="184"/>
+      <c r="S305" s="185"/>
       <c r="T305" s="124"/>
     </row>
     <row r="306" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A306" s="254"/>
-[...8 lines deleted...]
-      <c r="J306" s="302"/>
+      <c r="A306" s="198"/>
+      <c r="B306" s="198"/>
+      <c r="C306" s="198"/>
+      <c r="D306" s="198"/>
+      <c r="E306" s="198"/>
+      <c r="F306" s="202"/>
+      <c r="G306" s="203"/>
+      <c r="H306" s="203"/>
+      <c r="I306" s="203"/>
+      <c r="J306" s="204"/>
       <c r="K306" s="124"/>
-      <c r="L306" s="180"/>
-[...6 lines deleted...]
-      <c r="S306" s="182"/>
+      <c r="L306" s="183"/>
+      <c r="M306" s="184"/>
+      <c r="N306" s="184"/>
+      <c r="O306" s="184"/>
+      <c r="P306" s="184"/>
+      <c r="Q306" s="184"/>
+      <c r="R306" s="184"/>
+      <c r="S306" s="185"/>
       <c r="T306" s="124"/>
     </row>
     <row r="307" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A307" s="254"/>
-[...8 lines deleted...]
-      <c r="J307" s="302"/>
+      <c r="A307" s="198"/>
+      <c r="B307" s="198"/>
+      <c r="C307" s="198"/>
+      <c r="D307" s="198"/>
+      <c r="E307" s="198"/>
+      <c r="F307" s="202"/>
+      <c r="G307" s="203"/>
+      <c r="H307" s="203"/>
+      <c r="I307" s="203"/>
+      <c r="J307" s="204"/>
       <c r="K307" s="124"/>
-      <c r="L307" s="180"/>
-[...6 lines deleted...]
-      <c r="S307" s="182"/>
+      <c r="L307" s="183"/>
+      <c r="M307" s="184"/>
+      <c r="N307" s="184"/>
+      <c r="O307" s="184"/>
+      <c r="P307" s="184"/>
+      <c r="Q307" s="184"/>
+      <c r="R307" s="184"/>
+      <c r="S307" s="185"/>
       <c r="T307" s="124"/>
     </row>
     <row r="308" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A308" s="254"/>
-[...8 lines deleted...]
-      <c r="J308" s="302"/>
+      <c r="A308" s="198"/>
+      <c r="B308" s="198"/>
+      <c r="C308" s="198"/>
+      <c r="D308" s="198"/>
+      <c r="E308" s="198"/>
+      <c r="F308" s="202"/>
+      <c r="G308" s="203"/>
+      <c r="H308" s="203"/>
+      <c r="I308" s="203"/>
+      <c r="J308" s="204"/>
       <c r="K308" s="124"/>
-      <c r="L308" s="180"/>
-[...6 lines deleted...]
-      <c r="S308" s="182"/>
+      <c r="L308" s="183"/>
+      <c r="M308" s="184"/>
+      <c r="N308" s="184"/>
+      <c r="O308" s="184"/>
+      <c r="P308" s="184"/>
+      <c r="Q308" s="184"/>
+      <c r="R308" s="184"/>
+      <c r="S308" s="185"/>
       <c r="T308" s="124"/>
     </row>
     <row r="309" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A309" s="4"/>
       <c r="B309" s="4"/>
       <c r="C309" s="4"/>
       <c r="D309" s="4"/>
       <c r="E309" s="4"/>
-      <c r="F309" s="300"/>
-[...3 lines deleted...]
-      <c r="J309" s="302"/>
+      <c r="F309" s="202"/>
+      <c r="G309" s="203"/>
+      <c r="H309" s="203"/>
+      <c r="I309" s="203"/>
+      <c r="J309" s="204"/>
       <c r="K309" s="124"/>
-      <c r="L309" s="180"/>
-[...6 lines deleted...]
-      <c r="S309" s="182"/>
+      <c r="L309" s="183"/>
+      <c r="M309" s="184"/>
+      <c r="N309" s="184"/>
+      <c r="O309" s="184"/>
+      <c r="P309" s="184"/>
+      <c r="Q309" s="184"/>
+      <c r="R309" s="184"/>
+      <c r="S309" s="185"/>
       <c r="T309" s="124"/>
     </row>
     <row r="310" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A310" s="4"/>
       <c r="B310" s="4"/>
       <c r="C310" s="4"/>
       <c r="D310" s="4"/>
       <c r="E310" s="4"/>
-      <c r="F310" s="300"/>
-[...3 lines deleted...]
-      <c r="J310" s="302"/>
+      <c r="F310" s="202"/>
+      <c r="G310" s="203"/>
+      <c r="H310" s="203"/>
+      <c r="I310" s="203"/>
+      <c r="J310" s="204"/>
       <c r="K310" s="124"/>
-      <c r="L310" s="180"/>
-[...6 lines deleted...]
-      <c r="S310" s="182"/>
+      <c r="L310" s="183"/>
+      <c r="M310" s="184"/>
+      <c r="N310" s="184"/>
+      <c r="O310" s="184"/>
+      <c r="P310" s="184"/>
+      <c r="Q310" s="184"/>
+      <c r="R310" s="184"/>
+      <c r="S310" s="185"/>
       <c r="T310" s="124"/>
     </row>
     <row r="311" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A311" s="4"/>
       <c r="B311" s="4"/>
       <c r="C311" s="4"/>
       <c r="D311" s="4"/>
       <c r="E311" s="4"/>
-      <c r="F311" s="300"/>
-[...3 lines deleted...]
-      <c r="J311" s="302"/>
+      <c r="F311" s="202"/>
+      <c r="G311" s="203"/>
+      <c r="H311" s="203"/>
+      <c r="I311" s="203"/>
+      <c r="J311" s="204"/>
       <c r="K311" s="124"/>
-      <c r="L311" s="180"/>
-[...6 lines deleted...]
-      <c r="S311" s="182"/>
+      <c r="L311" s="183"/>
+      <c r="M311" s="184"/>
+      <c r="N311" s="184"/>
+      <c r="O311" s="184"/>
+      <c r="P311" s="184"/>
+      <c r="Q311" s="184"/>
+      <c r="R311" s="184"/>
+      <c r="S311" s="185"/>
       <c r="T311" s="124"/>
     </row>
     <row r="312" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A312" s="4"/>
       <c r="B312" s="4"/>
       <c r="C312" s="4"/>
       <c r="D312" s="4"/>
       <c r="E312" s="4"/>
-      <c r="F312" s="303"/>
-[...3 lines deleted...]
-      <c r="J312" s="305"/>
+      <c r="F312" s="205"/>
+      <c r="G312" s="206"/>
+      <c r="H312" s="206"/>
+      <c r="I312" s="206"/>
+      <c r="J312" s="207"/>
       <c r="K312" s="124"/>
-      <c r="L312" s="183"/>
-[...6 lines deleted...]
-      <c r="S312" s="185"/>
+      <c r="L312" s="186"/>
+      <c r="M312" s="187"/>
+      <c r="N312" s="187"/>
+      <c r="O312" s="187"/>
+      <c r="P312" s="187"/>
+      <c r="Q312" s="187"/>
+      <c r="R312" s="187"/>
+      <c r="S312" s="188"/>
       <c r="T312" s="124"/>
     </row>
     <row r="313" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A313" s="4"/>
       <c r="B313" s="4"/>
       <c r="C313" s="4"/>
       <c r="D313" s="4"/>
       <c r="E313" s="4"/>
       <c r="F313" s="4"/>
       <c r="G313" s="4"/>
       <c r="H313" s="4"/>
       <c r="I313" s="4"/>
       <c r="J313" s="4"/>
       <c r="K313" s="102"/>
       <c r="L313" s="102"/>
       <c r="M313" s="102"/>
       <c r="N313" s="102"/>
       <c r="O313" s="102"/>
       <c r="P313" s="102"/>
       <c r="Q313" s="102"/>
       <c r="R313" s="102"/>
       <c r="S313" s="102"/>
       <c r="T313" s="102"/>
     </row>
     <row r="314" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A314" s="393" t="s">
-[...10 lines deleted...]
-      <c r="J314" s="393"/>
+      <c r="A314" s="209" t="s">
+        <v>469</v>
+      </c>
+      <c r="B314" s="209"/>
+      <c r="C314" s="209"/>
+      <c r="D314" s="209"/>
+      <c r="E314" s="209"/>
+      <c r="F314" s="209"/>
+      <c r="G314" s="209"/>
+      <c r="H314" s="209"/>
+      <c r="I314" s="209"/>
+      <c r="J314" s="209"/>
       <c r="K314" s="137"/>
       <c r="L314" s="137"/>
       <c r="M314" s="137"/>
       <c r="N314" s="137"/>
       <c r="O314" s="137"/>
       <c r="P314" s="137"/>
       <c r="Q314" s="137"/>
       <c r="R314" s="137"/>
       <c r="S314" s="137"/>
       <c r="T314" s="137"/>
     </row>
     <row r="315" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A315" s="307" t="s">
+      <c r="A315" s="208" t="s">
+        <v>470</v>
+      </c>
+      <c r="B315" s="208"/>
+      <c r="C315" s="208"/>
+      <c r="D315" s="208"/>
+      <c r="E315" s="208"/>
+      <c r="F315" s="208"/>
+      <c r="G315" s="210" t="s">
         <v>471</v>
       </c>
-      <c r="B315" s="307"/>
-[...7 lines deleted...]
-      <c r="H315" s="284"/>
+      <c r="H315" s="210"/>
       <c r="I315" s="48"/>
       <c r="J315" s="48"/>
       <c r="K315" s="98"/>
       <c r="L315" s="98"/>
       <c r="M315" s="98"/>
       <c r="N315" s="98"/>
       <c r="O315" s="98"/>
       <c r="P315" s="98"/>
       <c r="Q315" s="98"/>
       <c r="R315" s="98"/>
       <c r="S315" s="98"/>
       <c r="T315" s="98"/>
     </row>
     <row r="316" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A316" s="4"/>
       <c r="B316" s="4"/>
       <c r="C316" s="4"/>
       <c r="D316" s="4"/>
       <c r="E316" s="4"/>
       <c r="F316" s="4"/>
       <c r="G316" s="4"/>
       <c r="H316" s="4"/>
       <c r="I316" s="4"/>
       <c r="J316" s="4"/>
       <c r="K316" s="102"/>
       <c r="L316" s="102"/>
       <c r="M316" s="102"/>
       <c r="N316" s="102"/>
       <c r="O316" s="102"/>
       <c r="P316" s="102"/>
       <c r="Q316" s="102"/>
       <c r="R316" s="102"/>
       <c r="S316" s="102"/>
       <c r="T316" s="102"/>
     </row>
     <row r="317" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A317" s="4"/>
       <c r="B317" s="4"/>
       <c r="C317" s="4"/>
       <c r="D317" s="4"/>
       <c r="E317" s="4"/>
       <c r="F317" s="4"/>
       <c r="G317" s="4"/>
       <c r="H317" s="4"/>
       <c r="I317" s="4"/>
       <c r="J317" s="4"/>
       <c r="K317" s="102"/>
-      <c r="L317" s="177"/>
-[...6 lines deleted...]
-      <c r="S317" s="179"/>
+      <c r="L317" s="180"/>
+      <c r="M317" s="181"/>
+      <c r="N317" s="181"/>
+      <c r="O317" s="181"/>
+      <c r="P317" s="181"/>
+      <c r="Q317" s="181"/>
+      <c r="R317" s="181"/>
+      <c r="S317" s="182"/>
       <c r="T317" s="102"/>
     </row>
     <row r="318" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A318" s="4"/>
       <c r="B318" s="4"/>
       <c r="C318" s="4"/>
       <c r="D318" s="4"/>
       <c r="E318" s="4"/>
       <c r="F318" s="4"/>
       <c r="G318" s="4"/>
       <c r="H318" s="16" t="str">
         <f>IF($U$8=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="I318" s="4"/>
       <c r="J318" s="4"/>
       <c r="K318" s="102"/>
-      <c r="L318" s="180"/>
-[...6 lines deleted...]
-      <c r="S318" s="182"/>
+      <c r="L318" s="183"/>
+      <c r="M318" s="184"/>
+      <c r="N318" s="184"/>
+      <c r="O318" s="184"/>
+      <c r="P318" s="184"/>
+      <c r="Q318" s="184"/>
+      <c r="R318" s="184"/>
+      <c r="S318" s="185"/>
       <c r="T318" s="102"/>
     </row>
     <row r="319" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A319" s="4"/>
       <c r="B319" s="4"/>
       <c r="C319" s="4"/>
       <c r="D319" s="4"/>
       <c r="E319" s="4"/>
       <c r="F319" s="4"/>
       <c r="G319" s="4"/>
       <c r="H319" s="2"/>
       <c r="I319" s="4"/>
       <c r="J319" s="4"/>
       <c r="K319" s="102"/>
-      <c r="L319" s="180"/>
-[...6 lines deleted...]
-      <c r="S319" s="182"/>
+      <c r="L319" s="183"/>
+      <c r="M319" s="184"/>
+      <c r="N319" s="184"/>
+      <c r="O319" s="184"/>
+      <c r="P319" s="184"/>
+      <c r="Q319" s="184"/>
+      <c r="R319" s="184"/>
+      <c r="S319" s="185"/>
       <c r="T319" s="102"/>
     </row>
     <row r="320" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A320" s="4"/>
       <c r="B320" s="4"/>
       <c r="C320" s="4"/>
       <c r="D320" s="4"/>
       <c r="E320" s="4"/>
       <c r="F320" s="4"/>
       <c r="G320" s="4"/>
       <c r="H320" s="16" t="str">
         <f>IF($U$9=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="I320" s="4"/>
       <c r="J320" s="4"/>
       <c r="K320" s="102"/>
-      <c r="L320" s="180"/>
-[...6 lines deleted...]
-      <c r="S320" s="182"/>
+      <c r="L320" s="183"/>
+      <c r="M320" s="184"/>
+      <c r="N320" s="184"/>
+      <c r="O320" s="184"/>
+      <c r="P320" s="184"/>
+      <c r="Q320" s="184"/>
+      <c r="R320" s="184"/>
+      <c r="S320" s="185"/>
       <c r="T320" s="102"/>
     </row>
     <row r="321" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A321" s="4"/>
       <c r="B321" s="4"/>
       <c r="C321" s="4"/>
       <c r="D321" s="4"/>
       <c r="E321" s="4"/>
       <c r="F321" s="4"/>
       <c r="G321" s="4"/>
       <c r="H321" s="2"/>
       <c r="I321" s="4"/>
       <c r="J321" s="4"/>
       <c r="K321" s="102"/>
-      <c r="L321" s="180"/>
-[...6 lines deleted...]
-      <c r="S321" s="182"/>
+      <c r="L321" s="183"/>
+      <c r="M321" s="184"/>
+      <c r="N321" s="184"/>
+      <c r="O321" s="184"/>
+      <c r="P321" s="184"/>
+      <c r="Q321" s="184"/>
+      <c r="R321" s="184"/>
+      <c r="S321" s="185"/>
       <c r="T321" s="102"/>
     </row>
     <row r="322" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A322" s="4"/>
       <c r="B322" s="4"/>
       <c r="C322" s="4"/>
       <c r="D322" s="4"/>
       <c r="E322" s="4"/>
       <c r="F322" s="4"/>
       <c r="G322" s="4"/>
       <c r="H322" s="4"/>
       <c r="I322" s="4"/>
       <c r="J322" s="4"/>
       <c r="K322" s="102"/>
-      <c r="L322" s="183"/>
-[...6 lines deleted...]
-      <c r="S322" s="185"/>
+      <c r="L322" s="186"/>
+      <c r="M322" s="187"/>
+      <c r="N322" s="187"/>
+      <c r="O322" s="187"/>
+      <c r="P322" s="187"/>
+      <c r="Q322" s="187"/>
+      <c r="R322" s="187"/>
+      <c r="S322" s="188"/>
       <c r="T322" s="102"/>
     </row>
     <row r="323" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A323" s="4"/>
       <c r="B323" s="4"/>
       <c r="C323" s="4"/>
       <c r="D323" s="4"/>
       <c r="E323" s="4"/>
       <c r="F323" s="4"/>
       <c r="G323" s="4"/>
       <c r="H323" s="4"/>
       <c r="I323" s="4"/>
       <c r="J323" s="4"/>
       <c r="K323" s="102"/>
       <c r="L323" s="102"/>
       <c r="M323" s="102"/>
       <c r="N323" s="102"/>
       <c r="O323" s="102"/>
       <c r="P323" s="102"/>
       <c r="Q323" s="102"/>
       <c r="R323" s="102"/>
       <c r="S323" s="102"/>
       <c r="T323" s="102"/>
     </row>
     <row r="324" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A324" s="368" t="s">
-[...12 lines deleted...]
-      <c r="J324" s="296"/>
+      <c r="A324" s="253" t="s">
+        <v>455</v>
+      </c>
+      <c r="B324" s="253"/>
+      <c r="C324" s="253"/>
+      <c r="D324" s="267" t="s">
+        <v>473</v>
+      </c>
+      <c r="E324" s="267"/>
+      <c r="F324" s="267"/>
+      <c r="G324" s="267"/>
+      <c r="H324" s="267"/>
+      <c r="I324" s="267"/>
+      <c r="J324" s="267"/>
       <c r="K324" s="128"/>
       <c r="L324" s="128"/>
       <c r="M324" s="128"/>
       <c r="N324" s="128"/>
       <c r="O324" s="128"/>
       <c r="P324" s="128"/>
       <c r="Q324" s="128"/>
       <c r="R324" s="128"/>
       <c r="S324" s="128"/>
       <c r="T324" s="128"/>
     </row>
     <row r="325" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A325" s="4"/>
       <c r="B325" s="4"/>
       <c r="C325" s="4"/>
       <c r="D325" s="4"/>
       <c r="E325" s="4"/>
       <c r="F325" s="4"/>
       <c r="G325" s="4"/>
       <c r="H325" s="4"/>
       <c r="I325" s="4"/>
       <c r="J325" s="4"/>
       <c r="K325" s="102"/>
       <c r="L325" s="102"/>
       <c r="M325" s="102"/>
       <c r="N325" s="102"/>
       <c r="O325" s="102"/>
       <c r="P325" s="102"/>
       <c r="Q325" s="102"/>
       <c r="R325" s="102"/>
       <c r="S325" s="102"/>
       <c r="T325" s="102"/>
     </row>
     <row r="326" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A326" s="295" t="s">
-[...10 lines deleted...]
-      <c r="J326" s="295"/>
+      <c r="A326" s="213" t="s">
+        <v>472</v>
+      </c>
+      <c r="B326" s="213"/>
+      <c r="C326" s="213"/>
+      <c r="D326" s="213"/>
+      <c r="E326" s="213"/>
+      <c r="F326" s="213"/>
+      <c r="G326" s="213"/>
+      <c r="H326" s="213"/>
+      <c r="I326" s="213"/>
+      <c r="J326" s="213"/>
       <c r="K326" s="125"/>
       <c r="L326" s="125"/>
       <c r="M326" s="125"/>
       <c r="N326" s="125"/>
       <c r="O326" s="125"/>
       <c r="P326" s="125"/>
       <c r="Q326" s="125"/>
       <c r="R326" s="125"/>
       <c r="S326" s="125"/>
       <c r="T326" s="125"/>
     </row>
     <row r="327" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A327" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J327" s="288"/>
+      <c r="A327" s="211" t="s">
+        <v>499</v>
+      </c>
+      <c r="B327" s="211"/>
+      <c r="C327" s="211"/>
+      <c r="D327" s="211"/>
+      <c r="E327" s="211"/>
+      <c r="F327" s="211"/>
+      <c r="G327" s="211"/>
+      <c r="H327" s="211"/>
+      <c r="I327" s="328"/>
+      <c r="J327" s="329"/>
       <c r="K327" s="132"/>
-      <c r="L327" s="177"/>
-[...6 lines deleted...]
-      <c r="S327" s="179"/>
+      <c r="L327" s="180"/>
+      <c r="M327" s="181"/>
+      <c r="N327" s="181"/>
+      <c r="O327" s="181"/>
+      <c r="P327" s="181"/>
+      <c r="Q327" s="181"/>
+      <c r="R327" s="181"/>
+      <c r="S327" s="182"/>
       <c r="T327" s="132"/>
     </row>
     <row r="328" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A328" s="235"/>
-[...8 lines deleted...]
-      <c r="J328" s="290"/>
+      <c r="A328" s="211"/>
+      <c r="B328" s="211"/>
+      <c r="C328" s="211"/>
+      <c r="D328" s="211"/>
+      <c r="E328" s="211"/>
+      <c r="F328" s="211"/>
+      <c r="G328" s="211"/>
+      <c r="H328" s="211"/>
+      <c r="I328" s="330"/>
+      <c r="J328" s="331"/>
       <c r="K328" s="132"/>
-      <c r="L328" s="180"/>
-[...6 lines deleted...]
-      <c r="S328" s="182"/>
+      <c r="L328" s="183"/>
+      <c r="M328" s="184"/>
+      <c r="N328" s="184"/>
+      <c r="O328" s="184"/>
+      <c r="P328" s="184"/>
+      <c r="Q328" s="184"/>
+      <c r="R328" s="184"/>
+      <c r="S328" s="185"/>
       <c r="T328" s="132"/>
     </row>
     <row r="329" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A329" s="235"/>
-[...6 lines deleted...]
-      <c r="H329" s="235"/>
+      <c r="A329" s="211"/>
+      <c r="B329" s="211"/>
+      <c r="C329" s="211"/>
+      <c r="D329" s="211"/>
+      <c r="E329" s="211"/>
+      <c r="F329" s="211"/>
+      <c r="G329" s="211"/>
+      <c r="H329" s="211"/>
       <c r="I329" s="48"/>
       <c r="J329" s="4"/>
       <c r="K329" s="102"/>
-      <c r="L329" s="180"/>
-[...6 lines deleted...]
-      <c r="S329" s="182"/>
+      <c r="L329" s="183"/>
+      <c r="M329" s="184"/>
+      <c r="N329" s="184"/>
+      <c r="O329" s="184"/>
+      <c r="P329" s="184"/>
+      <c r="Q329" s="184"/>
+      <c r="R329" s="184"/>
+      <c r="S329" s="185"/>
       <c r="T329" s="102"/>
     </row>
     <row r="330" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A330" s="235"/>
-[...6 lines deleted...]
-      <c r="H330" s="235"/>
+      <c r="A330" s="211"/>
+      <c r="B330" s="211"/>
+      <c r="C330" s="211"/>
+      <c r="D330" s="211"/>
+      <c r="E330" s="211"/>
+      <c r="F330" s="211"/>
+      <c r="G330" s="211"/>
+      <c r="H330" s="211"/>
       <c r="I330" s="4"/>
       <c r="J330" s="4"/>
       <c r="K330" s="102"/>
-      <c r="L330" s="180"/>
-[...6 lines deleted...]
-      <c r="S330" s="182"/>
+      <c r="L330" s="183"/>
+      <c r="M330" s="184"/>
+      <c r="N330" s="184"/>
+      <c r="O330" s="184"/>
+      <c r="P330" s="184"/>
+      <c r="Q330" s="184"/>
+      <c r="R330" s="184"/>
+      <c r="S330" s="185"/>
       <c r="T330" s="102"/>
     </row>
     <row r="331" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A331" s="235" t="s">
-[...10 lines deleted...]
-      <c r="J331" s="292"/>
+      <c r="A331" s="211" t="s">
+        <v>474</v>
+      </c>
+      <c r="B331" s="211"/>
+      <c r="C331" s="211"/>
+      <c r="D331" s="211"/>
+      <c r="E331" s="211"/>
+      <c r="F331" s="211"/>
+      <c r="G331" s="211"/>
+      <c r="H331" s="211"/>
+      <c r="I331" s="332"/>
+      <c r="J331" s="333"/>
       <c r="K331" s="130"/>
-      <c r="L331" s="180"/>
-[...6 lines deleted...]
-      <c r="S331" s="182"/>
+      <c r="L331" s="183"/>
+      <c r="M331" s="184"/>
+      <c r="N331" s="184"/>
+      <c r="O331" s="184"/>
+      <c r="P331" s="184"/>
+      <c r="Q331" s="184"/>
+      <c r="R331" s="184"/>
+      <c r="S331" s="185"/>
       <c r="T331" s="130"/>
     </row>
     <row r="332" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A332" s="235"/>
-[...8 lines deleted...]
-      <c r="J332" s="294"/>
+      <c r="A332" s="211"/>
+      <c r="B332" s="211"/>
+      <c r="C332" s="211"/>
+      <c r="D332" s="211"/>
+      <c r="E332" s="211"/>
+      <c r="F332" s="211"/>
+      <c r="G332" s="211"/>
+      <c r="H332" s="211"/>
+      <c r="I332" s="334"/>
+      <c r="J332" s="335"/>
       <c r="K332" s="130"/>
-      <c r="L332" s="180"/>
-[...6 lines deleted...]
-      <c r="S332" s="182"/>
+      <c r="L332" s="183"/>
+      <c r="M332" s="184"/>
+      <c r="N332" s="184"/>
+      <c r="O332" s="184"/>
+      <c r="P332" s="184"/>
+      <c r="Q332" s="184"/>
+      <c r="R332" s="184"/>
+      <c r="S332" s="185"/>
       <c r="T332" s="130"/>
     </row>
     <row r="333" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A333" s="235"/>
-[...6 lines deleted...]
-      <c r="H333" s="235"/>
+      <c r="A333" s="211"/>
+      <c r="B333" s="211"/>
+      <c r="C333" s="211"/>
+      <c r="D333" s="211"/>
+      <c r="E333" s="211"/>
+      <c r="F333" s="211"/>
+      <c r="G333" s="211"/>
+      <c r="H333" s="211"/>
       <c r="I333" s="4"/>
       <c r="J333" s="4"/>
       <c r="K333" s="102"/>
-      <c r="L333" s="180"/>
-[...6 lines deleted...]
-      <c r="S333" s="182"/>
+      <c r="L333" s="183"/>
+      <c r="M333" s="184"/>
+      <c r="N333" s="184"/>
+      <c r="O333" s="184"/>
+      <c r="P333" s="184"/>
+      <c r="Q333" s="184"/>
+      <c r="R333" s="184"/>
+      <c r="S333" s="185"/>
       <c r="T333" s="102"/>
     </row>
     <row r="334" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A334" s="235"/>
-[...6 lines deleted...]
-      <c r="H334" s="235"/>
+      <c r="A334" s="211"/>
+      <c r="B334" s="211"/>
+      <c r="C334" s="211"/>
+      <c r="D334" s="211"/>
+      <c r="E334" s="211"/>
+      <c r="F334" s="211"/>
+      <c r="G334" s="211"/>
+      <c r="H334" s="211"/>
       <c r="I334" s="4"/>
       <c r="J334" s="4"/>
       <c r="K334" s="102"/>
-      <c r="L334" s="180"/>
-[...6 lines deleted...]
-      <c r="S334" s="182"/>
+      <c r="L334" s="183"/>
+      <c r="M334" s="184"/>
+      <c r="N334" s="184"/>
+      <c r="O334" s="184"/>
+      <c r="P334" s="184"/>
+      <c r="Q334" s="184"/>
+      <c r="R334" s="184"/>
+      <c r="S334" s="185"/>
       <c r="T334" s="102"/>
     </row>
     <row r="335" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A335" s="285" t="s">
-[...10 lines deleted...]
-      <c r="J335" s="285"/>
+      <c r="A335" s="326" t="s">
+        <v>475</v>
+      </c>
+      <c r="B335" s="326"/>
+      <c r="C335" s="326"/>
+      <c r="D335" s="326"/>
+      <c r="E335" s="326"/>
+      <c r="F335" s="326"/>
+      <c r="G335" s="326"/>
+      <c r="H335" s="326"/>
+      <c r="I335" s="326"/>
+      <c r="J335" s="326"/>
       <c r="K335" s="96"/>
-      <c r="L335" s="180"/>
-[...6 lines deleted...]
-      <c r="S335" s="182"/>
+      <c r="L335" s="183"/>
+      <c r="M335" s="184"/>
+      <c r="N335" s="184"/>
+      <c r="O335" s="184"/>
+      <c r="P335" s="184"/>
+      <c r="Q335" s="184"/>
+      <c r="R335" s="184"/>
+      <c r="S335" s="185"/>
       <c r="T335" s="96"/>
     </row>
     <row r="336" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A336" s="285"/>
-[...8 lines deleted...]
-      <c r="J336" s="285"/>
+      <c r="A336" s="326"/>
+      <c r="B336" s="326"/>
+      <c r="C336" s="326"/>
+      <c r="D336" s="326"/>
+      <c r="E336" s="326"/>
+      <c r="F336" s="326"/>
+      <c r="G336" s="326"/>
+      <c r="H336" s="326"/>
+      <c r="I336" s="326"/>
+      <c r="J336" s="326"/>
       <c r="K336" s="96"/>
-      <c r="L336" s="180"/>
-[...6 lines deleted...]
-      <c r="S336" s="182"/>
+      <c r="L336" s="183"/>
+      <c r="M336" s="184"/>
+      <c r="N336" s="184"/>
+      <c r="O336" s="184"/>
+      <c r="P336" s="184"/>
+      <c r="Q336" s="184"/>
+      <c r="R336" s="184"/>
+      <c r="S336" s="185"/>
       <c r="T336" s="96"/>
     </row>
     <row r="337" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A337" s="285"/>
-[...8 lines deleted...]
-      <c r="J337" s="285"/>
+      <c r="A337" s="326"/>
+      <c r="B337" s="326"/>
+      <c r="C337" s="326"/>
+      <c r="D337" s="326"/>
+      <c r="E337" s="326"/>
+      <c r="F337" s="326"/>
+      <c r="G337" s="326"/>
+      <c r="H337" s="326"/>
+      <c r="I337" s="326"/>
+      <c r="J337" s="326"/>
       <c r="K337" s="96"/>
-      <c r="L337" s="180"/>
-[...6 lines deleted...]
-      <c r="S337" s="182"/>
+      <c r="L337" s="183"/>
+      <c r="M337" s="184"/>
+      <c r="N337" s="184"/>
+      <c r="O337" s="184"/>
+      <c r="P337" s="184"/>
+      <c r="Q337" s="184"/>
+      <c r="R337" s="184"/>
+      <c r="S337" s="185"/>
       <c r="T337" s="96"/>
     </row>
     <row r="338" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A338" s="285"/>
-[...8 lines deleted...]
-      <c r="J338" s="285"/>
+      <c r="A338" s="326"/>
+      <c r="B338" s="326"/>
+      <c r="C338" s="326"/>
+      <c r="D338" s="326"/>
+      <c r="E338" s="326"/>
+      <c r="F338" s="326"/>
+      <c r="G338" s="326"/>
+      <c r="H338" s="326"/>
+      <c r="I338" s="326"/>
+      <c r="J338" s="326"/>
       <c r="K338" s="96"/>
-      <c r="L338" s="180"/>
-[...6 lines deleted...]
-      <c r="S338" s="182"/>
+      <c r="L338" s="183"/>
+      <c r="M338" s="184"/>
+      <c r="N338" s="184"/>
+      <c r="O338" s="184"/>
+      <c r="P338" s="184"/>
+      <c r="Q338" s="184"/>
+      <c r="R338" s="184"/>
+      <c r="S338" s="185"/>
       <c r="T338" s="96"/>
     </row>
     <row r="339" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A339" s="285"/>
-[...8 lines deleted...]
-      <c r="J339" s="285"/>
+      <c r="A339" s="326"/>
+      <c r="B339" s="326"/>
+      <c r="C339" s="326"/>
+      <c r="D339" s="326"/>
+      <c r="E339" s="326"/>
+      <c r="F339" s="326"/>
+      <c r="G339" s="326"/>
+      <c r="H339" s="326"/>
+      <c r="I339" s="326"/>
+      <c r="J339" s="326"/>
       <c r="K339" s="96"/>
-      <c r="L339" s="183"/>
-[...6 lines deleted...]
-      <c r="S339" s="185"/>
+      <c r="L339" s="186"/>
+      <c r="M339" s="187"/>
+      <c r="N339" s="187"/>
+      <c r="O339" s="187"/>
+      <c r="P339" s="187"/>
+      <c r="Q339" s="187"/>
+      <c r="R339" s="187"/>
+      <c r="S339" s="188"/>
       <c r="T339" s="96"/>
     </row>
     <row r="340" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A340" s="285"/>
-[...8 lines deleted...]
-      <c r="J340" s="285"/>
+      <c r="A340" s="326"/>
+      <c r="B340" s="326"/>
+      <c r="C340" s="326"/>
+      <c r="D340" s="326"/>
+      <c r="E340" s="326"/>
+      <c r="F340" s="326"/>
+      <c r="G340" s="326"/>
+      <c r="H340" s="326"/>
+      <c r="I340" s="326"/>
+      <c r="J340" s="326"/>
       <c r="K340" s="96"/>
       <c r="L340" s="96"/>
       <c r="M340" s="96"/>
       <c r="N340" s="96"/>
       <c r="O340" s="96"/>
       <c r="P340" s="96"/>
       <c r="Q340" s="96"/>
       <c r="R340" s="96"/>
       <c r="S340" s="96"/>
       <c r="T340" s="96"/>
     </row>
     <row r="341" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A341" s="286" t="s">
-[...10 lines deleted...]
-      <c r="J341" s="286"/>
+      <c r="A341" s="327" t="s">
+        <v>592</v>
+      </c>
+      <c r="B341" s="327"/>
+      <c r="C341" s="327"/>
+      <c r="D341" s="327"/>
+      <c r="E341" s="327"/>
+      <c r="F341" s="327"/>
+      <c r="G341" s="327"/>
+      <c r="H341" s="327"/>
+      <c r="I341" s="327"/>
+      <c r="J341" s="327"/>
       <c r="K341" s="125"/>
       <c r="L341" s="125"/>
       <c r="M341" s="125"/>
       <c r="N341" s="125"/>
       <c r="O341" s="125"/>
       <c r="P341" s="125"/>
       <c r="Q341" s="125"/>
       <c r="R341" s="125"/>
       <c r="S341" s="125"/>
       <c r="T341" s="125"/>
     </row>
     <row r="342" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="12" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B342" s="4"/>
       <c r="C342" s="4"/>
       <c r="D342" s="4"/>
       <c r="E342" s="4"/>
       <c r="F342" s="4"/>
       <c r="G342" s="4"/>
       <c r="H342" s="4"/>
       <c r="I342" s="4"/>
       <c r="J342" s="4"/>
       <c r="K342" s="102"/>
       <c r="L342" s="102"/>
       <c r="M342" s="102"/>
       <c r="N342" s="102"/>
       <c r="O342" s="102"/>
       <c r="P342" s="102"/>
       <c r="Q342" s="102"/>
       <c r="R342" s="102"/>
       <c r="S342" s="102"/>
       <c r="T342" s="102"/>
     </row>
     <row r="343" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A343" s="283" t="s">
-[...3 lines deleted...]
-      <c r="C343" s="283"/>
+      <c r="A343" s="325" t="s">
+        <v>488</v>
+      </c>
+      <c r="B343" s="325"/>
+      <c r="C343" s="325"/>
       <c r="D343" s="4"/>
       <c r="E343" s="4"/>
       <c r="F343" s="4"/>
       <c r="G343" s="4"/>
       <c r="H343" s="4"/>
       <c r="I343" s="4"/>
       <c r="J343" s="4"/>
       <c r="K343" s="102"/>
-      <c r="L343" s="177"/>
-[...6 lines deleted...]
-      <c r="S343" s="179"/>
+      <c r="L343" s="180"/>
+      <c r="M343" s="181"/>
+      <c r="N343" s="181"/>
+      <c r="O343" s="181"/>
+      <c r="P343" s="181"/>
+      <c r="Q343" s="181"/>
+      <c r="R343" s="181"/>
+      <c r="S343" s="182"/>
       <c r="T343" s="102"/>
     </row>
     <row r="344" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A344" s="65"/>
       <c r="B344" s="65"/>
       <c r="C344" s="65"/>
       <c r="D344" s="4"/>
       <c r="E344" s="4"/>
       <c r="F344" s="4"/>
       <c r="G344" s="4"/>
       <c r="H344" s="4"/>
       <c r="I344" s="4"/>
       <c r="J344" s="4"/>
       <c r="K344" s="102"/>
-      <c r="L344" s="180"/>
-[...6 lines deleted...]
-      <c r="S344" s="182"/>
+      <c r="L344" s="183"/>
+      <c r="M344" s="184"/>
+      <c r="N344" s="184"/>
+      <c r="O344" s="184"/>
+      <c r="P344" s="184"/>
+      <c r="Q344" s="184"/>
+      <c r="R344" s="184"/>
+      <c r="S344" s="185"/>
       <c r="T344" s="102"/>
     </row>
     <row r="345" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="4"/>
-      <c r="B345" s="235" t="s">
-[...8 lines deleted...]
-      <c r="I345" s="235"/>
+      <c r="B345" s="211" t="s">
+        <v>489</v>
+      </c>
+      <c r="C345" s="211"/>
+      <c r="D345" s="211"/>
+      <c r="E345" s="211"/>
+      <c r="F345" s="211"/>
+      <c r="G345" s="211"/>
+      <c r="H345" s="211"/>
+      <c r="I345" s="211"/>
       <c r="J345" s="16" t="str">
         <f>IF($U$12=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K345" s="138"/>
-      <c r="L345" s="180"/>
-[...6 lines deleted...]
-      <c r="S345" s="182"/>
+      <c r="L345" s="183"/>
+      <c r="M345" s="184"/>
+      <c r="N345" s="184"/>
+      <c r="O345" s="184"/>
+      <c r="P345" s="184"/>
+      <c r="Q345" s="184"/>
+      <c r="R345" s="184"/>
+      <c r="S345" s="185"/>
       <c r="T345" s="138"/>
     </row>
     <row r="346" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A346" s="4"/>
-      <c r="B346" s="235"/>
-[...6 lines deleted...]
-      <c r="I346" s="235"/>
+      <c r="B346" s="211"/>
+      <c r="C346" s="211"/>
+      <c r="D346" s="211"/>
+      <c r="E346" s="211"/>
+      <c r="F346" s="211"/>
+      <c r="G346" s="211"/>
+      <c r="H346" s="211"/>
+      <c r="I346" s="211"/>
       <c r="J346" s="4"/>
       <c r="K346" s="102"/>
-      <c r="L346" s="180"/>
-[...6 lines deleted...]
-      <c r="S346" s="182"/>
+      <c r="L346" s="183"/>
+      <c r="M346" s="184"/>
+      <c r="N346" s="184"/>
+      <c r="O346" s="184"/>
+      <c r="P346" s="184"/>
+      <c r="Q346" s="184"/>
+      <c r="R346" s="184"/>
+      <c r="S346" s="185"/>
       <c r="T346" s="102"/>
     </row>
     <row r="347" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A347" s="4"/>
       <c r="B347" s="4"/>
       <c r="C347" s="4"/>
       <c r="D347" s="4"/>
       <c r="E347" s="4"/>
       <c r="F347" s="4"/>
       <c r="G347" s="4"/>
       <c r="H347" s="4"/>
       <c r="I347" s="4"/>
       <c r="J347" s="4"/>
       <c r="K347" s="102"/>
-      <c r="L347" s="180"/>
-[...6 lines deleted...]
-      <c r="S347" s="182"/>
+      <c r="L347" s="183"/>
+      <c r="M347" s="184"/>
+      <c r="N347" s="184"/>
+      <c r="O347" s="184"/>
+      <c r="P347" s="184"/>
+      <c r="Q347" s="184"/>
+      <c r="R347" s="184"/>
+      <c r="S347" s="185"/>
       <c r="T347" s="102"/>
     </row>
     <row r="348" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A348" s="4"/>
-      <c r="B348" s="235" t="s">
-[...8 lines deleted...]
-      <c r="I348" s="235"/>
+      <c r="B348" s="211" t="s">
+        <v>578</v>
+      </c>
+      <c r="C348" s="211"/>
+      <c r="D348" s="211"/>
+      <c r="E348" s="211"/>
+      <c r="F348" s="211"/>
+      <c r="G348" s="211"/>
+      <c r="H348" s="211"/>
+      <c r="I348" s="211"/>
       <c r="J348" s="16" t="str">
         <f>IF($U$13=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K348" s="138"/>
-      <c r="L348" s="180"/>
-[...6 lines deleted...]
-      <c r="S348" s="182"/>
+      <c r="L348" s="183"/>
+      <c r="M348" s="184"/>
+      <c r="N348" s="184"/>
+      <c r="O348" s="184"/>
+      <c r="P348" s="184"/>
+      <c r="Q348" s="184"/>
+      <c r="R348" s="184"/>
+      <c r="S348" s="185"/>
       <c r="T348" s="138"/>
     </row>
     <row r="349" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A349" s="4"/>
-      <c r="B349" s="235"/>
-[...6 lines deleted...]
-      <c r="I349" s="235"/>
+      <c r="B349" s="211"/>
+      <c r="C349" s="211"/>
+      <c r="D349" s="211"/>
+      <c r="E349" s="211"/>
+      <c r="F349" s="211"/>
+      <c r="G349" s="211"/>
+      <c r="H349" s="211"/>
+      <c r="I349" s="211"/>
       <c r="J349" s="4"/>
       <c r="K349" s="102"/>
-      <c r="L349" s="180"/>
-[...6 lines deleted...]
-      <c r="S349" s="182"/>
+      <c r="L349" s="183"/>
+      <c r="M349" s="184"/>
+      <c r="N349" s="184"/>
+      <c r="O349" s="184"/>
+      <c r="P349" s="184"/>
+      <c r="Q349" s="184"/>
+      <c r="R349" s="184"/>
+      <c r="S349" s="185"/>
       <c r="T349" s="102"/>
     </row>
     <row r="350" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A350" s="4"/>
       <c r="B350" s="168"/>
       <c r="C350" s="168"/>
       <c r="D350" s="168"/>
       <c r="E350" s="168"/>
       <c r="F350" s="168"/>
       <c r="G350" s="168"/>
       <c r="H350" s="168"/>
       <c r="I350" s="168"/>
       <c r="J350" s="4"/>
       <c r="K350" s="102"/>
-      <c r="L350" s="180"/>
-[...6 lines deleted...]
-      <c r="S350" s="182"/>
+      <c r="L350" s="183"/>
+      <c r="M350" s="184"/>
+      <c r="N350" s="184"/>
+      <c r="O350" s="184"/>
+      <c r="P350" s="184"/>
+      <c r="Q350" s="184"/>
+      <c r="R350" s="184"/>
+      <c r="S350" s="185"/>
       <c r="T350" s="102"/>
     </row>
     <row r="351" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A351" s="4"/>
-      <c r="B351" s="237" t="s">
-[...10 lines deleted...]
-      <c r="I351" s="372"/>
+      <c r="B351" s="214" t="s">
+        <v>586</v>
+      </c>
+      <c r="C351" s="214"/>
+      <c r="D351" s="214"/>
+      <c r="E351" s="214"/>
+      <c r="F351" s="214"/>
+      <c r="G351" s="270" t="s">
+        <v>585</v>
+      </c>
+      <c r="H351" s="270"/>
+      <c r="I351" s="270"/>
       <c r="J351" s="16" t="str">
         <f>IF($U$14=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K351" s="102"/>
-      <c r="L351" s="180"/>
-[...6 lines deleted...]
-      <c r="S351" s="182"/>
+      <c r="L351" s="183"/>
+      <c r="M351" s="184"/>
+      <c r="N351" s="184"/>
+      <c r="O351" s="184"/>
+      <c r="P351" s="184"/>
+      <c r="Q351" s="184"/>
+      <c r="R351" s="184"/>
+      <c r="S351" s="185"/>
       <c r="T351" s="102"/>
     </row>
     <row r="352" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="4"/>
-      <c r="B352" s="371" t="s">
-[...8 lines deleted...]
-      <c r="I352" s="371"/>
+      <c r="B352" s="231" t="s">
+        <v>584</v>
+      </c>
+      <c r="C352" s="231"/>
+      <c r="D352" s="231"/>
+      <c r="E352" s="231"/>
+      <c r="F352" s="231"/>
+      <c r="G352" s="231"/>
+      <c r="H352" s="231"/>
+      <c r="I352" s="231"/>
       <c r="J352" s="4"/>
       <c r="K352" s="102"/>
-      <c r="L352" s="180"/>
-[...6 lines deleted...]
-      <c r="S352" s="182"/>
+      <c r="L352" s="183"/>
+      <c r="M352" s="184"/>
+      <c r="N352" s="184"/>
+      <c r="O352" s="184"/>
+      <c r="P352" s="184"/>
+      <c r="Q352" s="184"/>
+      <c r="R352" s="184"/>
+      <c r="S352" s="185"/>
       <c r="T352" s="102"/>
     </row>
     <row r="353" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A353" s="4"/>
-      <c r="B353" s="371"/>
-[...6 lines deleted...]
-      <c r="I353" s="371"/>
+      <c r="B353" s="231"/>
+      <c r="C353" s="231"/>
+      <c r="D353" s="231"/>
+      <c r="E353" s="231"/>
+      <c r="F353" s="231"/>
+      <c r="G353" s="231"/>
+      <c r="H353" s="231"/>
+      <c r="I353" s="231"/>
       <c r="J353" s="4"/>
       <c r="K353" s="102"/>
-      <c r="L353" s="180"/>
-[...6 lines deleted...]
-      <c r="S353" s="182"/>
+      <c r="L353" s="183"/>
+      <c r="M353" s="184"/>
+      <c r="N353" s="184"/>
+      <c r="O353" s="184"/>
+      <c r="P353" s="184"/>
+      <c r="Q353" s="184"/>
+      <c r="R353" s="184"/>
+      <c r="S353" s="185"/>
       <c r="T353" s="102"/>
     </row>
     <row r="354" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A354" s="4"/>
-      <c r="B354" s="371"/>
-[...6 lines deleted...]
-      <c r="I354" s="371"/>
+      <c r="B354" s="231"/>
+      <c r="C354" s="231"/>
+      <c r="D354" s="231"/>
+      <c r="E354" s="231"/>
+      <c r="F354" s="231"/>
+      <c r="G354" s="231"/>
+      <c r="H354" s="231"/>
+      <c r="I354" s="231"/>
       <c r="J354" s="4"/>
       <c r="K354" s="102"/>
-      <c r="L354" s="180"/>
-[...6 lines deleted...]
-      <c r="S354" s="182"/>
+      <c r="L354" s="183"/>
+      <c r="M354" s="184"/>
+      <c r="N354" s="184"/>
+      <c r="O354" s="184"/>
+      <c r="P354" s="184"/>
+      <c r="Q354" s="184"/>
+      <c r="R354" s="184"/>
+      <c r="S354" s="185"/>
       <c r="T354" s="102"/>
     </row>
     <row r="355" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A355" s="4"/>
-      <c r="B355" s="371"/>
-[...6 lines deleted...]
-      <c r="I355" s="371"/>
+      <c r="B355" s="231"/>
+      <c r="C355" s="231"/>
+      <c r="D355" s="231"/>
+      <c r="E355" s="231"/>
+      <c r="F355" s="231"/>
+      <c r="G355" s="231"/>
+      <c r="H355" s="231"/>
+      <c r="I355" s="231"/>
       <c r="J355" s="4"/>
       <c r="K355" s="102"/>
-      <c r="L355" s="180"/>
-[...6 lines deleted...]
-      <c r="S355" s="182"/>
+      <c r="L355" s="183"/>
+      <c r="M355" s="184"/>
+      <c r="N355" s="184"/>
+      <c r="O355" s="184"/>
+      <c r="P355" s="184"/>
+      <c r="Q355" s="184"/>
+      <c r="R355" s="184"/>
+      <c r="S355" s="185"/>
       <c r="T355" s="102"/>
     </row>
     <row r="356" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A356" s="4"/>
-      <c r="B356" s="370" t="s">
-[...6 lines deleted...]
-      <c r="G356" s="370"/>
+      <c r="B356" s="269" t="s">
+        <v>581</v>
+      </c>
+      <c r="C356" s="269"/>
+      <c r="D356" s="269"/>
+      <c r="E356" s="269"/>
+      <c r="F356" s="269"/>
+      <c r="G356" s="269"/>
       <c r="H356" s="168"/>
       <c r="I356" s="168"/>
       <c r="J356" s="4"/>
       <c r="K356" s="102"/>
-      <c r="L356" s="180"/>
-[...6 lines deleted...]
-      <c r="S356" s="182"/>
+      <c r="L356" s="183"/>
+      <c r="M356" s="184"/>
+      <c r="N356" s="184"/>
+      <c r="O356" s="184"/>
+      <c r="P356" s="184"/>
+      <c r="Q356" s="184"/>
+      <c r="R356" s="184"/>
+      <c r="S356" s="185"/>
       <c r="T356" s="102"/>
     </row>
     <row r="357" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A357" s="4"/>
       <c r="B357" s="4"/>
       <c r="C357" s="4"/>
       <c r="D357" s="4"/>
       <c r="E357" s="4"/>
       <c r="F357" s="4"/>
       <c r="G357" s="4"/>
       <c r="H357" s="4"/>
       <c r="I357" s="4"/>
       <c r="J357" s="4"/>
       <c r="K357" s="102"/>
-      <c r="L357" s="180"/>
-[...6 lines deleted...]
-      <c r="S357" s="182"/>
+      <c r="L357" s="183"/>
+      <c r="M357" s="184"/>
+      <c r="N357" s="184"/>
+      <c r="O357" s="184"/>
+      <c r="P357" s="184"/>
+      <c r="Q357" s="184"/>
+      <c r="R357" s="184"/>
+      <c r="S357" s="185"/>
       <c r="T357" s="102"/>
     </row>
     <row r="358" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="4"/>
-      <c r="B358" s="284" t="s">
-[...6 lines deleted...]
-      <c r="G358" s="284"/>
+      <c r="B358" s="210" t="s">
+        <v>490</v>
+      </c>
+      <c r="C358" s="210"/>
+      <c r="D358" s="210"/>
+      <c r="E358" s="210"/>
+      <c r="F358" s="210"/>
+      <c r="G358" s="210"/>
       <c r="H358" s="4"/>
       <c r="I358" s="4"/>
       <c r="J358" s="16" t="str">
         <f>IF($U$15=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K358" s="138"/>
-      <c r="L358" s="183"/>
-[...6 lines deleted...]
-      <c r="S358" s="185"/>
+      <c r="L358" s="186"/>
+      <c r="M358" s="187"/>
+      <c r="N358" s="187"/>
+      <c r="O358" s="187"/>
+      <c r="P358" s="187"/>
+      <c r="Q358" s="187"/>
+      <c r="R358" s="187"/>
+      <c r="S358" s="188"/>
       <c r="T358" s="138"/>
     </row>
     <row r="359" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A359" s="4"/>
       <c r="B359" s="4"/>
       <c r="C359" s="4"/>
       <c r="D359" s="4"/>
       <c r="E359" s="4"/>
       <c r="F359" s="4"/>
       <c r="G359" s="4"/>
       <c r="H359" s="4"/>
       <c r="I359" s="4"/>
       <c r="J359" s="4"/>
       <c r="K359" s="102"/>
       <c r="L359" s="102"/>
       <c r="M359" s="102"/>
       <c r="N359" s="102"/>
       <c r="O359" s="102"/>
       <c r="P359" s="102"/>
       <c r="Q359" s="102"/>
       <c r="R359" s="102"/>
       <c r="S359" s="102"/>
       <c r="T359" s="102"/>
     </row>
     <row r="360" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A360" s="4"/>
       <c r="B360" s="4"/>
       <c r="C360" s="4"/>
       <c r="D360" s="4"/>
       <c r="E360" s="4"/>
       <c r="F360" s="4"/>
       <c r="G360" s="4"/>
       <c r="H360" s="4"/>
       <c r="I360" s="4"/>
       <c r="J360" s="4"/>
       <c r="K360" s="102"/>
       <c r="L360" s="102"/>
       <c r="M360" s="102"/>
       <c r="N360" s="102"/>
       <c r="O360" s="102"/>
       <c r="P360" s="102"/>
       <c r="Q360" s="102"/>
       <c r="R360" s="102"/>
       <c r="S360" s="102"/>
       <c r="T360" s="102"/>
     </row>
     <row r="361" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="4"/>
-      <c r="B361" s="234" t="s">
-[...8 lines deleted...]
-      <c r="I361" s="234"/>
+      <c r="B361" s="221" t="s">
+        <v>510</v>
+      </c>
+      <c r="C361" s="221"/>
+      <c r="D361" s="221"/>
+      <c r="E361" s="221"/>
+      <c r="F361" s="221"/>
+      <c r="G361" s="221"/>
+      <c r="H361" s="221"/>
+      <c r="I361" s="221"/>
       <c r="J361" s="16" t="str">
         <f>IF($U$16=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K361" s="138"/>
-      <c r="L361" s="186"/>
-[...6 lines deleted...]
-      <c r="S361" s="188"/>
+      <c r="L361" s="366"/>
+      <c r="M361" s="367"/>
+      <c r="N361" s="367"/>
+      <c r="O361" s="367"/>
+      <c r="P361" s="367"/>
+      <c r="Q361" s="367"/>
+      <c r="R361" s="367"/>
+      <c r="S361" s="368"/>
       <c r="T361" s="138"/>
     </row>
     <row r="362" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A362" s="4"/>
-      <c r="B362" s="234"/>
-[...6 lines deleted...]
-      <c r="I362" s="234"/>
+      <c r="B362" s="221"/>
+      <c r="C362" s="221"/>
+      <c r="D362" s="221"/>
+      <c r="E362" s="221"/>
+      <c r="F362" s="221"/>
+      <c r="G362" s="221"/>
+      <c r="H362" s="221"/>
+      <c r="I362" s="221"/>
       <c r="J362" s="4"/>
       <c r="K362" s="102"/>
-      <c r="L362" s="189"/>
-[...6 lines deleted...]
-      <c r="S362" s="191"/>
+      <c r="L362" s="369"/>
+      <c r="M362" s="370"/>
+      <c r="N362" s="370"/>
+      <c r="O362" s="370"/>
+      <c r="P362" s="370"/>
+      <c r="Q362" s="370"/>
+      <c r="R362" s="370"/>
+      <c r="S362" s="371"/>
       <c r="T362" s="102"/>
     </row>
     <row r="363" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A363" s="4"/>
-      <c r="B363" s="234"/>
-[...6 lines deleted...]
-      <c r="I363" s="234"/>
+      <c r="B363" s="221"/>
+      <c r="C363" s="221"/>
+      <c r="D363" s="221"/>
+      <c r="E363" s="221"/>
+      <c r="F363" s="221"/>
+      <c r="G363" s="221"/>
+      <c r="H363" s="221"/>
+      <c r="I363" s="221"/>
       <c r="J363" s="4"/>
       <c r="K363" s="102"/>
-      <c r="L363" s="189"/>
-[...6 lines deleted...]
-      <c r="S363" s="191"/>
+      <c r="L363" s="369"/>
+      <c r="M363" s="370"/>
+      <c r="N363" s="370"/>
+      <c r="O363" s="370"/>
+      <c r="P363" s="370"/>
+      <c r="Q363" s="370"/>
+      <c r="R363" s="370"/>
+      <c r="S363" s="371"/>
       <c r="T363" s="102"/>
     </row>
     <row r="364" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A364" s="4"/>
-      <c r="B364" s="234"/>
-[...6 lines deleted...]
-      <c r="I364" s="234"/>
+      <c r="B364" s="221"/>
+      <c r="C364" s="221"/>
+      <c r="D364" s="221"/>
+      <c r="E364" s="221"/>
+      <c r="F364" s="221"/>
+      <c r="G364" s="221"/>
+      <c r="H364" s="221"/>
+      <c r="I364" s="221"/>
       <c r="J364" s="4"/>
       <c r="K364" s="102"/>
-      <c r="L364" s="189"/>
-[...6 lines deleted...]
-      <c r="S364" s="191"/>
+      <c r="L364" s="369"/>
+      <c r="M364" s="370"/>
+      <c r="N364" s="370"/>
+      <c r="O364" s="370"/>
+      <c r="P364" s="370"/>
+      <c r="Q364" s="370"/>
+      <c r="R364" s="370"/>
+      <c r="S364" s="371"/>
       <c r="T364" s="102"/>
     </row>
     <row r="365" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A365" s="4"/>
-      <c r="B365" s="234"/>
-[...6 lines deleted...]
-      <c r="I365" s="234"/>
+      <c r="B365" s="221"/>
+      <c r="C365" s="221"/>
+      <c r="D365" s="221"/>
+      <c r="E365" s="221"/>
+      <c r="F365" s="221"/>
+      <c r="G365" s="221"/>
+      <c r="H365" s="221"/>
+      <c r="I365" s="221"/>
       <c r="J365" s="4"/>
       <c r="K365" s="102"/>
-      <c r="L365" s="189"/>
-[...6 lines deleted...]
-      <c r="S365" s="191"/>
+      <c r="L365" s="369"/>
+      <c r="M365" s="370"/>
+      <c r="N365" s="370"/>
+      <c r="O365" s="370"/>
+      <c r="P365" s="370"/>
+      <c r="Q365" s="370"/>
+      <c r="R365" s="370"/>
+      <c r="S365" s="371"/>
       <c r="T365" s="102"/>
     </row>
     <row r="366" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A366" s="4"/>
-      <c r="B366" s="234"/>
-[...6 lines deleted...]
-      <c r="I366" s="234"/>
+      <c r="B366" s="221"/>
+      <c r="C366" s="221"/>
+      <c r="D366" s="221"/>
+      <c r="E366" s="221"/>
+      <c r="F366" s="221"/>
+      <c r="G366" s="221"/>
+      <c r="H366" s="221"/>
+      <c r="I366" s="221"/>
       <c r="J366" s="4"/>
       <c r="K366" s="102"/>
-      <c r="L366" s="189"/>
-[...6 lines deleted...]
-      <c r="S366" s="191"/>
+      <c r="L366" s="369"/>
+      <c r="M366" s="370"/>
+      <c r="N366" s="370"/>
+      <c r="O366" s="370"/>
+      <c r="P366" s="370"/>
+      <c r="Q366" s="370"/>
+      <c r="R366" s="370"/>
+      <c r="S366" s="371"/>
       <c r="T366" s="102"/>
     </row>
     <row r="367" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A367" s="4"/>
-      <c r="B367" s="234"/>
-[...6 lines deleted...]
-      <c r="I367" s="234"/>
+      <c r="B367" s="221"/>
+      <c r="C367" s="221"/>
+      <c r="D367" s="221"/>
+      <c r="E367" s="221"/>
+      <c r="F367" s="221"/>
+      <c r="G367" s="221"/>
+      <c r="H367" s="221"/>
+      <c r="I367" s="221"/>
       <c r="J367" s="4"/>
       <c r="K367" s="102"/>
-      <c r="L367" s="189"/>
-[...6 lines deleted...]
-      <c r="S367" s="191"/>
+      <c r="L367" s="369"/>
+      <c r="M367" s="370"/>
+      <c r="N367" s="370"/>
+      <c r="O367" s="370"/>
+      <c r="P367" s="370"/>
+      <c r="Q367" s="370"/>
+      <c r="R367" s="370"/>
+      <c r="S367" s="371"/>
       <c r="T367" s="102"/>
     </row>
     <row r="368" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A368" s="4"/>
-      <c r="B368" s="234"/>
-[...6 lines deleted...]
-      <c r="I368" s="234"/>
+      <c r="B368" s="221"/>
+      <c r="C368" s="221"/>
+      <c r="D368" s="221"/>
+      <c r="E368" s="221"/>
+      <c r="F368" s="221"/>
+      <c r="G368" s="221"/>
+      <c r="H368" s="221"/>
+      <c r="I368" s="221"/>
       <c r="J368" s="4"/>
       <c r="K368" s="102"/>
-      <c r="L368" s="189"/>
-[...6 lines deleted...]
-      <c r="S368" s="191"/>
+      <c r="L368" s="369"/>
+      <c r="M368" s="370"/>
+      <c r="N368" s="370"/>
+      <c r="O368" s="370"/>
+      <c r="P368" s="370"/>
+      <c r="Q368" s="370"/>
+      <c r="R368" s="370"/>
+      <c r="S368" s="371"/>
       <c r="T368" s="102"/>
     </row>
     <row r="369" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A369" s="4"/>
       <c r="B369" s="3"/>
       <c r="C369" s="3"/>
       <c r="D369" s="3"/>
       <c r="E369" s="3"/>
       <c r="F369" s="3"/>
       <c r="G369" s="3"/>
       <c r="H369" s="3"/>
       <c r="I369" s="3"/>
       <c r="J369" s="4"/>
       <c r="K369" s="102"/>
-      <c r="L369" s="189"/>
-[...6 lines deleted...]
-      <c r="S369" s="191"/>
+      <c r="L369" s="369"/>
+      <c r="M369" s="370"/>
+      <c r="N369" s="370"/>
+      <c r="O369" s="370"/>
+      <c r="P369" s="370"/>
+      <c r="Q369" s="370"/>
+      <c r="R369" s="370"/>
+      <c r="S369" s="371"/>
       <c r="T369" s="102"/>
     </row>
     <row r="370" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A370" s="283" t="s">
-[...10 lines deleted...]
-      <c r="J370" s="283"/>
+      <c r="A370" s="325" t="s">
+        <v>541</v>
+      </c>
+      <c r="B370" s="325"/>
+      <c r="C370" s="325"/>
+      <c r="D370" s="325"/>
+      <c r="E370" s="325"/>
+      <c r="F370" s="325"/>
+      <c r="G370" s="325"/>
+      <c r="H370" s="325"/>
+      <c r="I370" s="325"/>
+      <c r="J370" s="325"/>
       <c r="K370" s="139"/>
-      <c r="L370" s="189"/>
-[...6 lines deleted...]
-      <c r="S370" s="191"/>
+      <c r="L370" s="369"/>
+      <c r="M370" s="370"/>
+      <c r="N370" s="370"/>
+      <c r="O370" s="370"/>
+      <c r="P370" s="370"/>
+      <c r="Q370" s="370"/>
+      <c r="R370" s="370"/>
+      <c r="S370" s="371"/>
       <c r="T370" s="139"/>
     </row>
     <row r="371" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A371" s="65"/>
       <c r="B371" s="65"/>
       <c r="C371" s="65"/>
       <c r="D371" s="65"/>
       <c r="E371" s="65"/>
       <c r="F371" s="65"/>
       <c r="G371" s="65"/>
       <c r="H371" s="65"/>
       <c r="I371" s="65"/>
       <c r="J371" s="65"/>
       <c r="K371" s="139"/>
-      <c r="L371" s="189"/>
-[...6 lines deleted...]
-      <c r="S371" s="191"/>
+      <c r="L371" s="369"/>
+      <c r="M371" s="370"/>
+      <c r="N371" s="370"/>
+      <c r="O371" s="370"/>
+      <c r="P371" s="370"/>
+      <c r="Q371" s="370"/>
+      <c r="R371" s="370"/>
+      <c r="S371" s="371"/>
       <c r="T371" s="139"/>
     </row>
     <row r="372" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A372" s="4"/>
-      <c r="B372" s="237" t="s">
-[...7 lines deleted...]
-      <c r="H372" s="237"/>
+      <c r="B372" s="214" t="s">
+        <v>491</v>
+      </c>
+      <c r="C372" s="214"/>
+      <c r="D372" s="214"/>
+      <c r="E372" s="214"/>
+      <c r="F372" s="214"/>
+      <c r="G372" s="214"/>
+      <c r="H372" s="214"/>
       <c r="I372" s="4"/>
       <c r="J372" s="16" t="str">
         <f>IF($U$18=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K372" s="138"/>
-      <c r="L372" s="189"/>
-[...6 lines deleted...]
-      <c r="S372" s="191"/>
+      <c r="L372" s="369"/>
+      <c r="M372" s="370"/>
+      <c r="N372" s="370"/>
+      <c r="O372" s="370"/>
+      <c r="P372" s="370"/>
+      <c r="Q372" s="370"/>
+      <c r="R372" s="370"/>
+      <c r="S372" s="371"/>
       <c r="T372" s="138"/>
     </row>
     <row r="373" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A373" s="4"/>
       <c r="B373" s="4"/>
       <c r="C373" s="4"/>
       <c r="D373" s="4"/>
       <c r="E373" s="4"/>
       <c r="F373" s="4"/>
       <c r="G373" s="4"/>
       <c r="H373" s="4"/>
       <c r="I373" s="4"/>
       <c r="J373" s="4"/>
       <c r="K373" s="102"/>
-      <c r="L373" s="189"/>
-[...6 lines deleted...]
-      <c r="S373" s="191"/>
+      <c r="L373" s="369"/>
+      <c r="M373" s="370"/>
+      <c r="N373" s="370"/>
+      <c r="O373" s="370"/>
+      <c r="P373" s="370"/>
+      <c r="Q373" s="370"/>
+      <c r="R373" s="370"/>
+      <c r="S373" s="371"/>
       <c r="T373" s="102"/>
     </row>
     <row r="374" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="4"/>
-      <c r="B374" s="234" t="s">
-[...8 lines deleted...]
-      <c r="I374" s="234"/>
+      <c r="B374" s="221" t="s">
+        <v>514</v>
+      </c>
+      <c r="C374" s="221"/>
+      <c r="D374" s="221"/>
+      <c r="E374" s="221"/>
+      <c r="F374" s="221"/>
+      <c r="G374" s="221"/>
+      <c r="H374" s="221"/>
+      <c r="I374" s="221"/>
       <c r="J374" s="16" t="str">
         <f>IF($U$19=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K374" s="138"/>
-      <c r="L374" s="189"/>
-[...6 lines deleted...]
-      <c r="S374" s="191"/>
+      <c r="L374" s="369"/>
+      <c r="M374" s="370"/>
+      <c r="N374" s="370"/>
+      <c r="O374" s="370"/>
+      <c r="P374" s="370"/>
+      <c r="Q374" s="370"/>
+      <c r="R374" s="370"/>
+      <c r="S374" s="371"/>
       <c r="T374" s="138"/>
     </row>
     <row r="375" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A375" s="4"/>
-      <c r="B375" s="234"/>
-[...6 lines deleted...]
-      <c r="I375" s="234"/>
+      <c r="B375" s="221"/>
+      <c r="C375" s="221"/>
+      <c r="D375" s="221"/>
+      <c r="E375" s="221"/>
+      <c r="F375" s="221"/>
+      <c r="G375" s="221"/>
+      <c r="H375" s="221"/>
+      <c r="I375" s="221"/>
       <c r="J375" s="4"/>
       <c r="K375" s="102"/>
-      <c r="L375" s="189"/>
-[...6 lines deleted...]
-      <c r="S375" s="191"/>
+      <c r="L375" s="369"/>
+      <c r="M375" s="370"/>
+      <c r="N375" s="370"/>
+      <c r="O375" s="370"/>
+      <c r="P375" s="370"/>
+      <c r="Q375" s="370"/>
+      <c r="R375" s="370"/>
+      <c r="S375" s="371"/>
       <c r="T375" s="102"/>
     </row>
     <row r="376" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A376" s="4"/>
       <c r="B376" s="66"/>
       <c r="C376" s="66"/>
       <c r="D376" s="66"/>
       <c r="E376" s="66"/>
       <c r="F376" s="66"/>
       <c r="G376" s="66"/>
       <c r="H376" s="66"/>
       <c r="I376" s="66"/>
       <c r="J376" s="4"/>
       <c r="K376" s="102"/>
-      <c r="L376" s="189"/>
-[...6 lines deleted...]
-      <c r="S376" s="191"/>
+      <c r="L376" s="369"/>
+      <c r="M376" s="370"/>
+      <c r="N376" s="370"/>
+      <c r="O376" s="370"/>
+      <c r="P376" s="370"/>
+      <c r="Q376" s="370"/>
+      <c r="R376" s="370"/>
+      <c r="S376" s="371"/>
       <c r="T376" s="102"/>
     </row>
     <row r="377" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A377" s="283" t="s">
-[...10 lines deleted...]
-      <c r="J377" s="283"/>
+      <c r="A377" s="325" t="s">
+        <v>542</v>
+      </c>
+      <c r="B377" s="325"/>
+      <c r="C377" s="325"/>
+      <c r="D377" s="325"/>
+      <c r="E377" s="325"/>
+      <c r="F377" s="325"/>
+      <c r="G377" s="325"/>
+      <c r="H377" s="325"/>
+      <c r="I377" s="325"/>
+      <c r="J377" s="325"/>
       <c r="K377" s="139"/>
-      <c r="L377" s="189"/>
-[...6 lines deleted...]
-      <c r="S377" s="191"/>
+      <c r="L377" s="369"/>
+      <c r="M377" s="370"/>
+      <c r="N377" s="370"/>
+      <c r="O377" s="370"/>
+      <c r="P377" s="370"/>
+      <c r="Q377" s="370"/>
+      <c r="R377" s="370"/>
+      <c r="S377" s="371"/>
       <c r="T377" s="139"/>
     </row>
     <row r="378" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A378" s="65"/>
       <c r="B378" s="65"/>
       <c r="C378" s="65"/>
       <c r="D378" s="65"/>
       <c r="E378" s="65"/>
       <c r="F378" s="65"/>
       <c r="G378" s="65"/>
       <c r="H378" s="65"/>
       <c r="I378" s="65"/>
       <c r="J378" s="65"/>
       <c r="K378" s="139"/>
-      <c r="L378" s="189"/>
-[...6 lines deleted...]
-      <c r="S378" s="191"/>
+      <c r="L378" s="369"/>
+      <c r="M378" s="370"/>
+      <c r="N378" s="370"/>
+      <c r="O378" s="370"/>
+      <c r="P378" s="370"/>
+      <c r="Q378" s="370"/>
+      <c r="R378" s="370"/>
+      <c r="S378" s="371"/>
       <c r="T378" s="139"/>
     </row>
     <row r="379" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="4"/>
-      <c r="B379" s="237" t="s">
-[...7 lines deleted...]
-      <c r="H379" s="237"/>
+      <c r="B379" s="214" t="s">
+        <v>491</v>
+      </c>
+      <c r="C379" s="214"/>
+      <c r="D379" s="214"/>
+      <c r="E379" s="214"/>
+      <c r="F379" s="214"/>
+      <c r="G379" s="214"/>
+      <c r="H379" s="214"/>
       <c r="I379" s="4"/>
       <c r="J379" s="16" t="str">
         <f>IF($U$22=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K379" s="138"/>
-      <c r="L379" s="189"/>
-[...6 lines deleted...]
-      <c r="S379" s="191"/>
+      <c r="L379" s="369"/>
+      <c r="M379" s="370"/>
+      <c r="N379" s="370"/>
+      <c r="O379" s="370"/>
+      <c r="P379" s="370"/>
+      <c r="Q379" s="370"/>
+      <c r="R379" s="370"/>
+      <c r="S379" s="371"/>
       <c r="T379" s="138"/>
     </row>
     <row r="380" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A380" s="4"/>
       <c r="B380" s="4"/>
       <c r="C380" s="4"/>
       <c r="D380" s="4"/>
       <c r="E380" s="4"/>
       <c r="F380" s="4"/>
       <c r="G380" s="4"/>
       <c r="H380" s="4"/>
       <c r="I380" s="4"/>
       <c r="J380" s="4"/>
       <c r="K380" s="102"/>
-      <c r="L380" s="189"/>
-[...6 lines deleted...]
-      <c r="S380" s="191"/>
+      <c r="L380" s="369"/>
+      <c r="M380" s="370"/>
+      <c r="N380" s="370"/>
+      <c r="O380" s="370"/>
+      <c r="P380" s="370"/>
+      <c r="Q380" s="370"/>
+      <c r="R380" s="370"/>
+      <c r="S380" s="371"/>
       <c r="T380" s="102"/>
     </row>
     <row r="381" spans="1:20" s="95" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="4"/>
-      <c r="B381" s="234" t="s">
-[...5 lines deleted...]
-      <c r="F381" s="234"/>
+      <c r="B381" s="221" t="s">
+        <v>492</v>
+      </c>
+      <c r="C381" s="221"/>
+      <c r="D381" s="221"/>
+      <c r="E381" s="221"/>
+      <c r="F381" s="221"/>
       <c r="G381" s="4"/>
       <c r="H381" s="4"/>
       <c r="I381" s="4"/>
       <c r="J381" s="16" t="str">
         <f>IF($U$23=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K381" s="138"/>
-      <c r="L381" s="189"/>
-[...6 lines deleted...]
-      <c r="S381" s="191"/>
+      <c r="L381" s="369"/>
+      <c r="M381" s="370"/>
+      <c r="N381" s="370"/>
+      <c r="O381" s="370"/>
+      <c r="P381" s="370"/>
+      <c r="Q381" s="370"/>
+      <c r="R381" s="370"/>
+      <c r="S381" s="371"/>
       <c r="T381" s="138"/>
     </row>
     <row r="382" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A382" s="4"/>
-      <c r="B382" s="234"/>
-[...3 lines deleted...]
-      <c r="F382" s="234"/>
+      <c r="B382" s="221"/>
+      <c r="C382" s="221"/>
+      <c r="D382" s="221"/>
+      <c r="E382" s="221"/>
+      <c r="F382" s="221"/>
       <c r="G382" s="4"/>
       <c r="H382" s="4"/>
       <c r="I382" s="4"/>
       <c r="J382" s="4"/>
       <c r="K382" s="102"/>
-      <c r="L382" s="189"/>
-[...6 lines deleted...]
-      <c r="S382" s="191"/>
+      <c r="L382" s="369"/>
+      <c r="M382" s="370"/>
+      <c r="N382" s="370"/>
+      <c r="O382" s="370"/>
+      <c r="P382" s="370"/>
+      <c r="Q382" s="370"/>
+      <c r="R382" s="370"/>
+      <c r="S382" s="371"/>
       <c r="T382" s="102"/>
     </row>
     <row r="383" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A383" s="4"/>
       <c r="B383" s="67"/>
       <c r="C383" s="67"/>
       <c r="D383" s="67"/>
       <c r="E383" s="67"/>
       <c r="F383" s="67"/>
       <c r="G383" s="4"/>
       <c r="H383" s="4"/>
       <c r="I383" s="4"/>
       <c r="J383" s="4"/>
       <c r="K383" s="102"/>
-      <c r="L383" s="189"/>
-[...6 lines deleted...]
-      <c r="S383" s="191"/>
+      <c r="L383" s="369"/>
+      <c r="M383" s="370"/>
+      <c r="N383" s="370"/>
+      <c r="O383" s="370"/>
+      <c r="P383" s="370"/>
+      <c r="Q383" s="370"/>
+      <c r="R383" s="370"/>
+      <c r="S383" s="371"/>
       <c r="T383" s="102"/>
     </row>
     <row r="384" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="4"/>
-      <c r="B384" s="234" t="s">
-[...5 lines deleted...]
-      <c r="F384" s="234"/>
+      <c r="B384" s="221" t="s">
+        <v>501</v>
+      </c>
+      <c r="C384" s="221"/>
+      <c r="D384" s="221"/>
+      <c r="E384" s="221"/>
+      <c r="F384" s="221"/>
       <c r="G384" s="4"/>
       <c r="H384" s="4"/>
       <c r="I384" s="4"/>
       <c r="J384" s="16" t="str">
         <f>IF($U$24=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K384" s="138"/>
-      <c r="L384" s="189"/>
-[...6 lines deleted...]
-      <c r="S384" s="191"/>
+      <c r="L384" s="369"/>
+      <c r="M384" s="370"/>
+      <c r="N384" s="370"/>
+      <c r="O384" s="370"/>
+      <c r="P384" s="370"/>
+      <c r="Q384" s="370"/>
+      <c r="R384" s="370"/>
+      <c r="S384" s="371"/>
       <c r="T384" s="138"/>
     </row>
     <row r="385" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A385" s="4"/>
-      <c r="B385" s="234"/>
-[...3 lines deleted...]
-      <c r="F385" s="234"/>
+      <c r="B385" s="221"/>
+      <c r="C385" s="221"/>
+      <c r="D385" s="221"/>
+      <c r="E385" s="221"/>
+      <c r="F385" s="221"/>
       <c r="G385" s="4"/>
       <c r="H385" s="4"/>
       <c r="I385" s="4"/>
       <c r="J385" s="4"/>
       <c r="K385" s="102"/>
-      <c r="L385" s="189"/>
-[...6 lines deleted...]
-      <c r="S385" s="191"/>
+      <c r="L385" s="369"/>
+      <c r="M385" s="370"/>
+      <c r="N385" s="370"/>
+      <c r="O385" s="370"/>
+      <c r="P385" s="370"/>
+      <c r="Q385" s="370"/>
+      <c r="R385" s="370"/>
+      <c r="S385" s="371"/>
       <c r="T385" s="102"/>
     </row>
     <row r="386" spans="1:20" s="95" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A386" s="155"/>
       <c r="B386" s="154"/>
       <c r="C386" s="154"/>
       <c r="D386" s="154"/>
       <c r="E386" s="154"/>
       <c r="F386" s="154"/>
       <c r="G386" s="155"/>
       <c r="H386" s="155"/>
       <c r="I386" s="155"/>
       <c r="J386" s="155"/>
       <c r="K386" s="102"/>
-      <c r="L386" s="189"/>
-[...6 lines deleted...]
-      <c r="S386" s="191"/>
+      <c r="L386" s="369"/>
+      <c r="M386" s="370"/>
+      <c r="N386" s="370"/>
+      <c r="O386" s="370"/>
+      <c r="P386" s="370"/>
+      <c r="Q386" s="370"/>
+      <c r="R386" s="370"/>
+      <c r="S386" s="371"/>
       <c r="T386" s="102"/>
     </row>
     <row r="387" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A387" s="155"/>
-      <c r="B387" s="234" t="s">
-[...8 lines deleted...]
-      <c r="I387" s="234"/>
+      <c r="B387" s="221" t="s">
+        <v>549</v>
+      </c>
+      <c r="C387" s="221"/>
+      <c r="D387" s="221"/>
+      <c r="E387" s="221"/>
+      <c r="F387" s="221"/>
+      <c r="G387" s="221"/>
+      <c r="H387" s="221"/>
+      <c r="I387" s="221"/>
       <c r="J387" s="160" t="str">
         <f>IF($U$25=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K387" s="102"/>
-      <c r="L387" s="189"/>
-[...6 lines deleted...]
-      <c r="S387" s="191"/>
+      <c r="L387" s="369"/>
+      <c r="M387" s="370"/>
+      <c r="N387" s="370"/>
+      <c r="O387" s="370"/>
+      <c r="P387" s="370"/>
+      <c r="Q387" s="370"/>
+      <c r="R387" s="370"/>
+      <c r="S387" s="371"/>
       <c r="T387" s="102"/>
     </row>
     <row r="388" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A388" s="155"/>
-      <c r="B388" s="234"/>
-[...6 lines deleted...]
-      <c r="I388" s="234"/>
+      <c r="B388" s="221"/>
+      <c r="C388" s="221"/>
+      <c r="D388" s="221"/>
+      <c r="E388" s="221"/>
+      <c r="F388" s="221"/>
+      <c r="G388" s="221"/>
+      <c r="H388" s="221"/>
+      <c r="I388" s="221"/>
       <c r="J388" s="155"/>
       <c r="K388" s="102"/>
-      <c r="L388" s="189"/>
-[...6 lines deleted...]
-      <c r="S388" s="191"/>
+      <c r="L388" s="369"/>
+      <c r="M388" s="370"/>
+      <c r="N388" s="370"/>
+      <c r="O388" s="370"/>
+      <c r="P388" s="370"/>
+      <c r="Q388" s="370"/>
+      <c r="R388" s="370"/>
+      <c r="S388" s="371"/>
       <c r="T388" s="102"/>
     </row>
     <row r="389" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A389" s="155"/>
       <c r="B389" s="154"/>
       <c r="C389" s="154"/>
       <c r="D389" s="154"/>
       <c r="E389" s="154"/>
       <c r="F389" s="154"/>
       <c r="G389" s="155"/>
       <c r="H389" s="155"/>
       <c r="I389" s="155"/>
       <c r="J389" s="155"/>
       <c r="K389" s="102"/>
-      <c r="L389" s="189"/>
-[...6 lines deleted...]
-      <c r="S389" s="191"/>
+      <c r="L389" s="369"/>
+      <c r="M389" s="370"/>
+      <c r="N389" s="370"/>
+      <c r="O389" s="370"/>
+      <c r="P389" s="370"/>
+      <c r="Q389" s="370"/>
+      <c r="R389" s="370"/>
+      <c r="S389" s="371"/>
       <c r="T389" s="102"/>
     </row>
     <row r="390" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A390" s="155"/>
-      <c r="B390" s="234" t="s">
-[...7 lines deleted...]
-      <c r="H390" s="234"/>
+      <c r="B390" s="221" t="s">
+        <v>550</v>
+      </c>
+      <c r="C390" s="221"/>
+      <c r="D390" s="221"/>
+      <c r="E390" s="221"/>
+      <c r="F390" s="221"/>
+      <c r="G390" s="221"/>
+      <c r="H390" s="221"/>
       <c r="I390" s="155"/>
       <c r="J390" s="160" t="str">
         <f>IF($U$26=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K390" s="102"/>
-      <c r="L390" s="189"/>
-[...6 lines deleted...]
-      <c r="S390" s="191"/>
+      <c r="L390" s="369"/>
+      <c r="M390" s="370"/>
+      <c r="N390" s="370"/>
+      <c r="O390" s="370"/>
+      <c r="P390" s="370"/>
+      <c r="Q390" s="370"/>
+      <c r="R390" s="370"/>
+      <c r="S390" s="371"/>
       <c r="T390" s="102"/>
     </row>
     <row r="391" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A391" s="155"/>
-      <c r="B391" s="234"/>
-[...5 lines deleted...]
-      <c r="H391" s="234"/>
+      <c r="B391" s="221"/>
+      <c r="C391" s="221"/>
+      <c r="D391" s="221"/>
+      <c r="E391" s="221"/>
+      <c r="F391" s="221"/>
+      <c r="G391" s="221"/>
+      <c r="H391" s="221"/>
       <c r="I391" s="155"/>
       <c r="J391" s="155"/>
       <c r="K391" s="102"/>
-      <c r="L391" s="189"/>
-[...6 lines deleted...]
-      <c r="S391" s="191"/>
+      <c r="L391" s="369"/>
+      <c r="M391" s="370"/>
+      <c r="N391" s="370"/>
+      <c r="O391" s="370"/>
+      <c r="P391" s="370"/>
+      <c r="Q391" s="370"/>
+      <c r="R391" s="370"/>
+      <c r="S391" s="371"/>
       <c r="T391" s="102"/>
     </row>
     <row r="392" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A392" s="155"/>
       <c r="B392" s="154"/>
       <c r="C392" s="154"/>
       <c r="D392" s="154"/>
       <c r="E392" s="154"/>
       <c r="F392" s="154"/>
       <c r="G392" s="155"/>
       <c r="H392" s="155"/>
       <c r="I392" s="155"/>
       <c r="J392" s="155"/>
       <c r="K392" s="102"/>
-      <c r="L392" s="189"/>
-[...6 lines deleted...]
-      <c r="S392" s="191"/>
+      <c r="L392" s="369"/>
+      <c r="M392" s="370"/>
+      <c r="N392" s="370"/>
+      <c r="O392" s="370"/>
+      <c r="P392" s="370"/>
+      <c r="Q392" s="370"/>
+      <c r="R392" s="370"/>
+      <c r="S392" s="371"/>
       <c r="T392" s="102"/>
     </row>
     <row r="393" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A393" s="155"/>
       <c r="B393" s="158"/>
       <c r="C393" s="158"/>
       <c r="D393" s="158"/>
       <c r="E393" s="158"/>
       <c r="F393" s="158"/>
       <c r="G393" s="155"/>
       <c r="H393" s="155"/>
       <c r="I393" s="155"/>
       <c r="J393" s="155"/>
       <c r="K393" s="102"/>
-      <c r="L393" s="192"/>
-[...6 lines deleted...]
-      <c r="S393" s="194"/>
+      <c r="L393" s="372"/>
+      <c r="M393" s="373"/>
+      <c r="N393" s="373"/>
+      <c r="O393" s="373"/>
+      <c r="P393" s="373"/>
+      <c r="Q393" s="373"/>
+      <c r="R393" s="373"/>
+      <c r="S393" s="374"/>
       <c r="T393" s="102"/>
     </row>
     <row r="394" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A394" s="335" t="s">
-[...10 lines deleted...]
-      <c r="J394" s="335"/>
+      <c r="A394" s="247" t="s">
+        <v>413</v>
+      </c>
+      <c r="B394" s="247"/>
+      <c r="C394" s="247"/>
+      <c r="D394" s="247"/>
+      <c r="E394" s="247"/>
+      <c r="F394" s="247"/>
+      <c r="G394" s="247"/>
+      <c r="H394" s="247"/>
+      <c r="I394" s="247"/>
+      <c r="J394" s="247"/>
       <c r="K394" s="125"/>
       <c r="L394" s="125"/>
       <c r="M394" s="125"/>
       <c r="N394" s="125"/>
       <c r="O394" s="125"/>
       <c r="P394" s="125"/>
       <c r="Q394" s="125"/>
       <c r="R394" s="125"/>
       <c r="S394" s="125"/>
       <c r="T394" s="125"/>
     </row>
     <row r="395" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A395" s="4"/>
       <c r="B395" s="4"/>
       <c r="C395" s="4"/>
       <c r="D395" s="4"/>
       <c r="E395" s="4"/>
       <c r="F395" s="4"/>
       <c r="G395" s="4"/>
       <c r="H395" s="4"/>
       <c r="I395" s="4"/>
       <c r="J395" s="4"/>
       <c r="K395" s="102"/>
       <c r="L395" s="102"/>
       <c r="M395" s="102"/>
       <c r="N395" s="102"/>
       <c r="O395" s="102"/>
       <c r="P395" s="102"/>
       <c r="Q395" s="102"/>
       <c r="R395" s="102"/>
       <c r="S395" s="102"/>
       <c r="T395" s="102"/>
     </row>
     <row r="396" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A396" s="234" t="s">
-[...10 lines deleted...]
-      <c r="J396" s="234"/>
+      <c r="A396" s="221" t="s">
+        <v>589</v>
+      </c>
+      <c r="B396" s="221"/>
+      <c r="C396" s="221"/>
+      <c r="D396" s="221"/>
+      <c r="E396" s="221"/>
+      <c r="F396" s="221"/>
+      <c r="G396" s="221"/>
+      <c r="H396" s="221"/>
+      <c r="I396" s="221"/>
+      <c r="J396" s="221"/>
       <c r="K396" s="103"/>
       <c r="L396" s="103"/>
       <c r="M396" s="103"/>
       <c r="N396" s="103"/>
       <c r="O396" s="103"/>
       <c r="P396" s="103"/>
       <c r="Q396" s="103"/>
       <c r="R396" s="103"/>
       <c r="S396" s="103"/>
       <c r="T396" s="103"/>
     </row>
     <row r="397" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A397" s="234"/>
-[...8 lines deleted...]
-      <c r="J397" s="234"/>
+      <c r="A397" s="221"/>
+      <c r="B397" s="221"/>
+      <c r="C397" s="221"/>
+      <c r="D397" s="221"/>
+      <c r="E397" s="221"/>
+      <c r="F397" s="221"/>
+      <c r="G397" s="221"/>
+      <c r="H397" s="221"/>
+      <c r="I397" s="221"/>
+      <c r="J397" s="221"/>
       <c r="K397" s="103"/>
       <c r="L397" s="103"/>
       <c r="M397" s="103"/>
       <c r="N397" s="103"/>
       <c r="O397" s="103"/>
       <c r="P397" s="103"/>
       <c r="Q397" s="103"/>
       <c r="R397" s="103"/>
       <c r="S397" s="103"/>
       <c r="T397" s="103"/>
     </row>
     <row r="398" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A398" s="234"/>
-[...8 lines deleted...]
-      <c r="J398" s="234"/>
+      <c r="A398" s="221"/>
+      <c r="B398" s="221"/>
+      <c r="C398" s="221"/>
+      <c r="D398" s="221"/>
+      <c r="E398" s="221"/>
+      <c r="F398" s="221"/>
+      <c r="G398" s="221"/>
+      <c r="H398" s="221"/>
+      <c r="I398" s="221"/>
+      <c r="J398" s="221"/>
       <c r="K398" s="103"/>
       <c r="L398" s="103"/>
       <c r="M398" s="103"/>
       <c r="N398" s="103"/>
       <c r="O398" s="103"/>
       <c r="P398" s="103"/>
       <c r="Q398" s="103"/>
       <c r="R398" s="103"/>
       <c r="S398" s="103"/>
       <c r="T398" s="103"/>
     </row>
     <row r="399" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A399" s="234"/>
-[...8 lines deleted...]
-      <c r="J399" s="234"/>
+      <c r="A399" s="221"/>
+      <c r="B399" s="221"/>
+      <c r="C399" s="221"/>
+      <c r="D399" s="221"/>
+      <c r="E399" s="221"/>
+      <c r="F399" s="221"/>
+      <c r="G399" s="221"/>
+      <c r="H399" s="221"/>
+      <c r="I399" s="221"/>
+      <c r="J399" s="221"/>
       <c r="K399" s="103"/>
       <c r="L399" s="103"/>
       <c r="M399" s="103"/>
       <c r="N399" s="103"/>
       <c r="O399" s="103"/>
       <c r="P399" s="103"/>
       <c r="Q399" s="103"/>
       <c r="R399" s="103"/>
       <c r="S399" s="103"/>
       <c r="T399" s="103"/>
     </row>
     <row r="400" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A400" s="4"/>
       <c r="B400" s="4"/>
       <c r="C400" s="4"/>
       <c r="D400" s="4"/>
       <c r="E400" s="4"/>
       <c r="F400" s="4"/>
       <c r="G400" s="4"/>
       <c r="H400" s="4"/>
       <c r="I400" s="4"/>
       <c r="J400" s="4"/>
       <c r="K400" s="102"/>
       <c r="L400" s="102"/>
       <c r="M400" s="102"/>
       <c r="N400" s="102"/>
       <c r="O400" s="102"/>
       <c r="P400" s="102"/>
       <c r="Q400" s="102"/>
       <c r="R400" s="102"/>
       <c r="S400" s="102"/>
       <c r="T400" s="102"/>
     </row>
     <row r="401" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A401" s="219" t="s">
-[...10 lines deleted...]
-      <c r="J401" s="221"/>
+      <c r="A401" s="236" t="s">
+        <v>554</v>
+      </c>
+      <c r="B401" s="237"/>
+      <c r="C401" s="237"/>
+      <c r="D401" s="237"/>
+      <c r="E401" s="237"/>
+      <c r="F401" s="237"/>
+      <c r="G401" s="237"/>
+      <c r="H401" s="237"/>
+      <c r="I401" s="237"/>
+      <c r="J401" s="238"/>
       <c r="K401" s="119"/>
       <c r="L401" s="119"/>
       <c r="M401" s="119"/>
       <c r="N401" s="119"/>
       <c r="O401" s="119"/>
       <c r="P401" s="119"/>
       <c r="Q401" s="119"/>
       <c r="R401" s="119"/>
       <c r="S401" s="119"/>
       <c r="T401" s="119"/>
     </row>
     <row r="402" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A402" s="222"/>
-[...8 lines deleted...]
-      <c r="J402" s="224"/>
+      <c r="A402" s="239"/>
+      <c r="B402" s="240"/>
+      <c r="C402" s="240"/>
+      <c r="D402" s="240"/>
+      <c r="E402" s="240"/>
+      <c r="F402" s="240"/>
+      <c r="G402" s="240"/>
+      <c r="H402" s="240"/>
+      <c r="I402" s="240"/>
+      <c r="J402" s="241"/>
       <c r="K402" s="119"/>
       <c r="L402" s="119"/>
       <c r="M402" s="119"/>
       <c r="N402" s="119"/>
       <c r="O402" s="119"/>
       <c r="P402" s="119"/>
       <c r="Q402" s="119"/>
       <c r="R402" s="119"/>
       <c r="S402" s="119"/>
       <c r="T402" s="119"/>
     </row>
     <row r="403" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A403" s="225"/>
-[...8 lines deleted...]
-      <c r="J403" s="227"/>
+      <c r="A403" s="242"/>
+      <c r="B403" s="243"/>
+      <c r="C403" s="243"/>
+      <c r="D403" s="243"/>
+      <c r="E403" s="243"/>
+      <c r="F403" s="243"/>
+      <c r="G403" s="243"/>
+      <c r="H403" s="243"/>
+      <c r="I403" s="243"/>
+      <c r="J403" s="244"/>
       <c r="K403" s="119"/>
       <c r="L403" s="119"/>
       <c r="M403" s="119"/>
       <c r="N403" s="119"/>
       <c r="O403" s="119"/>
       <c r="P403" s="119"/>
       <c r="Q403" s="119"/>
       <c r="R403" s="119"/>
       <c r="S403" s="119"/>
       <c r="T403" s="119"/>
     </row>
     <row r="404" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A404" s="219" t="s">
-[...10 lines deleted...]
-      <c r="J404" s="221"/>
+      <c r="A404" s="236" t="s">
+        <v>433</v>
+      </c>
+      <c r="B404" s="237"/>
+      <c r="C404" s="237"/>
+      <c r="D404" s="237"/>
+      <c r="E404" s="237"/>
+      <c r="F404" s="237"/>
+      <c r="G404" s="237"/>
+      <c r="H404" s="237"/>
+      <c r="I404" s="237"/>
+      <c r="J404" s="238"/>
       <c r="K404" s="119"/>
-      <c r="L404" s="177"/>
-[...6 lines deleted...]
-      <c r="S404" s="179"/>
+      <c r="L404" s="180"/>
+      <c r="M404" s="181"/>
+      <c r="N404" s="181"/>
+      <c r="O404" s="181"/>
+      <c r="P404" s="181"/>
+      <c r="Q404" s="181"/>
+      <c r="R404" s="181"/>
+      <c r="S404" s="182"/>
       <c r="T404" s="119"/>
     </row>
     <row r="405" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A405" s="225"/>
-[...8 lines deleted...]
-      <c r="J405" s="227"/>
+      <c r="A405" s="242"/>
+      <c r="B405" s="243"/>
+      <c r="C405" s="243"/>
+      <c r="D405" s="243"/>
+      <c r="E405" s="243"/>
+      <c r="F405" s="243"/>
+      <c r="G405" s="243"/>
+      <c r="H405" s="243"/>
+      <c r="I405" s="243"/>
+      <c r="J405" s="244"/>
       <c r="K405" s="119"/>
-      <c r="L405" s="180"/>
-[...6 lines deleted...]
-      <c r="S405" s="182"/>
+      <c r="L405" s="183"/>
+      <c r="M405" s="184"/>
+      <c r="N405" s="184"/>
+      <c r="O405" s="184"/>
+      <c r="P405" s="184"/>
+      <c r="Q405" s="184"/>
+      <c r="R405" s="184"/>
+      <c r="S405" s="185"/>
       <c r="T405" s="119"/>
     </row>
     <row r="406" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A406" s="37"/>
       <c r="B406" s="37"/>
       <c r="C406" s="37"/>
       <c r="D406" s="37"/>
       <c r="E406" s="37"/>
       <c r="F406" s="37"/>
       <c r="G406" s="37"/>
       <c r="H406" s="37"/>
       <c r="I406" s="37"/>
       <c r="J406" s="37"/>
       <c r="K406" s="140"/>
-      <c r="L406" s="180"/>
-[...6 lines deleted...]
-      <c r="S406" s="182"/>
+      <c r="L406" s="183"/>
+      <c r="M406" s="184"/>
+      <c r="N406" s="184"/>
+      <c r="O406" s="184"/>
+      <c r="P406" s="184"/>
+      <c r="Q406" s="184"/>
+      <c r="R406" s="184"/>
+      <c r="S406" s="185"/>
       <c r="T406" s="140"/>
     </row>
     <row r="407" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A407" s="21" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B407" s="5"/>
       <c r="C407" s="5"/>
       <c r="D407" s="5"/>
       <c r="E407" s="5"/>
       <c r="F407" s="5"/>
       <c r="G407" s="2"/>
       <c r="H407" s="47"/>
       <c r="I407" s="47"/>
       <c r="J407" s="5"/>
       <c r="K407" s="112"/>
-      <c r="L407" s="180"/>
-[...6 lines deleted...]
-      <c r="S407" s="182"/>
+      <c r="L407" s="183"/>
+      <c r="M407" s="184"/>
+      <c r="N407" s="184"/>
+      <c r="O407" s="184"/>
+      <c r="P407" s="184"/>
+      <c r="Q407" s="184"/>
+      <c r="R407" s="184"/>
+      <c r="S407" s="185"/>
       <c r="T407" s="112"/>
     </row>
     <row r="408" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A408" s="384" t="str">
+      <c r="A408" s="230" t="str">
         <f>IFERROR(IF($B$410&lt;&gt;"",VLOOKUP(LEFT($B$410,2),'Cost Centre list'!$A$4:$B$204,2,FALSE),""),"")</f>
         <v/>
       </c>
-      <c r="B408" s="384"/>
-[...7 lines deleted...]
-      <c r="J408" s="384"/>
+      <c r="B408" s="230"/>
+      <c r="C408" s="230"/>
+      <c r="D408" s="230"/>
+      <c r="E408" s="230"/>
+      <c r="F408" s="230"/>
+      <c r="G408" s="230"/>
+      <c r="H408" s="230"/>
+      <c r="I408" s="230"/>
+      <c r="J408" s="230"/>
       <c r="K408" s="141"/>
-      <c r="L408" s="180"/>
-[...6 lines deleted...]
-      <c r="S408" s="182"/>
+      <c r="L408" s="183"/>
+      <c r="M408" s="184"/>
+      <c r="N408" s="184"/>
+      <c r="O408" s="184"/>
+      <c r="P408" s="184"/>
+      <c r="Q408" s="184"/>
+      <c r="R408" s="184"/>
+      <c r="S408" s="185"/>
       <c r="T408" s="141"/>
     </row>
     <row r="409" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A409" s="5"/>
-      <c r="B409" s="229" t="s">
+      <c r="B409" s="395" t="s">
+        <v>424</v>
+      </c>
+      <c r="C409" s="395"/>
+      <c r="D409" s="395" t="s">
         <v>425</v>
       </c>
-      <c r="C409" s="229"/>
-      <c r="D409" s="229" t="s">
+      <c r="E409" s="395"/>
+      <c r="F409" s="38" t="s">
         <v>426</v>
       </c>
-      <c r="E409" s="229"/>
-      <c r="F409" s="38" t="s">
+      <c r="G409" s="39" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="H409" s="39"/>
       <c r="I409" s="38" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J409" s="5"/>
       <c r="K409" s="112"/>
-      <c r="L409" s="180"/>
-[...6 lines deleted...]
-      <c r="S409" s="182"/>
+      <c r="L409" s="183"/>
+      <c r="M409" s="184"/>
+      <c r="N409" s="184"/>
+      <c r="O409" s="184"/>
+      <c r="P409" s="184"/>
+      <c r="Q409" s="184"/>
+      <c r="R409" s="184"/>
+      <c r="S409" s="185"/>
       <c r="T409" s="112"/>
     </row>
     <row r="410" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A410" s="40"/>
-      <c r="B410" s="230"/>
-[...1 lines deleted...]
-      <c r="D410" s="232">
+      <c r="B410" s="396"/>
+      <c r="C410" s="397"/>
+      <c r="D410" s="398">
         <v>85210</v>
       </c>
-      <c r="E410" s="232"/>
+      <c r="E410" s="398"/>
       <c r="F410" s="41" t="s">
+        <v>429</v>
+      </c>
+      <c r="G410" s="397" t="s">
         <v>430</v>
       </c>
-      <c r="G410" s="231" t="s">
-[...2 lines deleted...]
-      <c r="H410" s="231"/>
+      <c r="H410" s="397"/>
       <c r="I410" s="42">
         <v>10</v>
       </c>
       <c r="J410" s="40"/>
       <c r="K410" s="112"/>
-      <c r="L410" s="180"/>
-[...6 lines deleted...]
-      <c r="S410" s="182"/>
+      <c r="L410" s="183"/>
+      <c r="M410" s="184"/>
+      <c r="N410" s="184"/>
+      <c r="O410" s="184"/>
+      <c r="P410" s="184"/>
+      <c r="Q410" s="184"/>
+      <c r="R410" s="184"/>
+      <c r="S410" s="185"/>
       <c r="T410" s="112"/>
     </row>
     <row r="411" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A411" s="5"/>
-      <c r="B411" s="233" t="s">
-[...2 lines deleted...]
-      <c r="C411" s="233"/>
+      <c r="B411" s="399" t="s">
+        <v>431</v>
+      </c>
+      <c r="C411" s="399"/>
       <c r="D411" s="5"/>
       <c r="E411" s="5"/>
       <c r="F411" s="5"/>
-      <c r="G411" s="218" t="s">
-[...2 lines deleted...]
-      <c r="H411" s="218"/>
+      <c r="G411" s="393" t="s">
+        <v>432</v>
+      </c>
+      <c r="H411" s="393"/>
       <c r="I411" s="5"/>
       <c r="J411" s="5"/>
       <c r="K411" s="112"/>
-      <c r="L411" s="180"/>
-[...6 lines deleted...]
-      <c r="S411" s="182"/>
+      <c r="L411" s="183"/>
+      <c r="M411" s="184"/>
+      <c r="N411" s="184"/>
+      <c r="O411" s="184"/>
+      <c r="P411" s="184"/>
+      <c r="Q411" s="184"/>
+      <c r="R411" s="184"/>
+      <c r="S411" s="185"/>
       <c r="T411" s="112"/>
     </row>
     <row r="412" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A412" s="5"/>
       <c r="B412" s="43" t="str">
         <f>CONCATENATE(IF(LEN($B$410)&lt;&gt;6,"must be 6 characters",""),IF(ISNUMBER(FIND("999",$B$410))," / can't use 999 code ! ",""))</f>
         <v>must be 6 characters</v>
       </c>
       <c r="C412" s="40"/>
       <c r="D412" s="44"/>
       <c r="E412" s="5"/>
       <c r="F412" s="5"/>
       <c r="G412" s="44" t="str">
         <f>IF(LEN($G$410)&lt;&gt;5,"must be 5 characters","")</f>
         <v/>
       </c>
       <c r="H412" s="5"/>
       <c r="I412" s="5"/>
       <c r="J412" s="5"/>
       <c r="K412" s="112"/>
-      <c r="L412" s="180"/>
-[...6 lines deleted...]
-      <c r="S412" s="182"/>
+      <c r="L412" s="183"/>
+      <c r="M412" s="184"/>
+      <c r="N412" s="184"/>
+      <c r="O412" s="184"/>
+      <c r="P412" s="184"/>
+      <c r="Q412" s="184"/>
+      <c r="R412" s="184"/>
+      <c r="S412" s="185"/>
       <c r="T412" s="112"/>
     </row>
     <row r="413" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A413" s="5"/>
       <c r="B413" s="5"/>
       <c r="C413" s="5"/>
       <c r="D413" s="5"/>
       <c r="E413" s="5"/>
       <c r="F413" s="5"/>
       <c r="G413" s="5"/>
       <c r="H413" s="5"/>
       <c r="I413" s="5"/>
       <c r="J413" s="5"/>
       <c r="K413" s="112"/>
-      <c r="L413" s="183"/>
-[...6 lines deleted...]
-      <c r="S413" s="185"/>
+      <c r="L413" s="186"/>
+      <c r="M413" s="187"/>
+      <c r="N413" s="187"/>
+      <c r="O413" s="187"/>
+      <c r="P413" s="187"/>
+      <c r="Q413" s="187"/>
+      <c r="R413" s="187"/>
+      <c r="S413" s="188"/>
       <c r="T413" s="112"/>
     </row>
     <row r="414" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A414" s="219" t="s">
-[...10 lines deleted...]
-      <c r="J414" s="221"/>
+      <c r="A414" s="236" t="s">
+        <v>422</v>
+      </c>
+      <c r="B414" s="237"/>
+      <c r="C414" s="237"/>
+      <c r="D414" s="237"/>
+      <c r="E414" s="237"/>
+      <c r="F414" s="237"/>
+      <c r="G414" s="237"/>
+      <c r="H414" s="237"/>
+      <c r="I414" s="237"/>
+      <c r="J414" s="238"/>
       <c r="K414" s="119"/>
       <c r="L414" s="119"/>
       <c r="M414" s="119"/>
       <c r="N414" s="119"/>
       <c r="O414" s="119"/>
       <c r="P414" s="119"/>
       <c r="Q414" s="119"/>
       <c r="R414" s="119"/>
       <c r="S414" s="119"/>
       <c r="T414" s="119"/>
     </row>
     <row r="415" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A415" s="222"/>
-[...8 lines deleted...]
-      <c r="J415" s="224"/>
+      <c r="A415" s="239"/>
+      <c r="B415" s="240"/>
+      <c r="C415" s="240"/>
+      <c r="D415" s="240"/>
+      <c r="E415" s="240"/>
+      <c r="F415" s="240"/>
+      <c r="G415" s="240"/>
+      <c r="H415" s="240"/>
+      <c r="I415" s="240"/>
+      <c r="J415" s="241"/>
       <c r="K415" s="119"/>
       <c r="L415" s="119"/>
       <c r="M415" s="119"/>
       <c r="N415" s="119"/>
       <c r="O415" s="119"/>
       <c r="P415" s="119"/>
       <c r="Q415" s="119"/>
       <c r="R415" s="119"/>
       <c r="S415" s="119"/>
       <c r="T415" s="119"/>
     </row>
     <row r="416" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A416" s="225"/>
-[...8 lines deleted...]
-      <c r="J416" s="227"/>
+      <c r="A416" s="242"/>
+      <c r="B416" s="243"/>
+      <c r="C416" s="243"/>
+      <c r="D416" s="243"/>
+      <c r="E416" s="243"/>
+      <c r="F416" s="243"/>
+      <c r="G416" s="243"/>
+      <c r="H416" s="243"/>
+      <c r="I416" s="243"/>
+      <c r="J416" s="244"/>
       <c r="K416" s="119"/>
       <c r="L416" s="119"/>
       <c r="M416" s="119"/>
       <c r="N416" s="119"/>
       <c r="O416" s="119"/>
       <c r="P416" s="119"/>
       <c r="Q416" s="119"/>
       <c r="R416" s="119"/>
       <c r="S416" s="119"/>
       <c r="T416" s="119"/>
     </row>
     <row r="417" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A417" s="206" t="s">
-[...10 lines deleted...]
-      <c r="J417" s="208"/>
+      <c r="A417" s="384" t="s">
+        <v>416</v>
+      </c>
+      <c r="B417" s="385"/>
+      <c r="C417" s="385"/>
+      <c r="D417" s="385"/>
+      <c r="E417" s="385"/>
+      <c r="F417" s="385"/>
+      <c r="G417" s="385"/>
+      <c r="H417" s="385"/>
+      <c r="I417" s="385"/>
+      <c r="J417" s="386"/>
       <c r="K417" s="142"/>
       <c r="L417" s="142"/>
       <c r="M417" s="142"/>
       <c r="N417" s="142"/>
       <c r="O417" s="142"/>
       <c r="P417" s="142"/>
       <c r="Q417" s="142"/>
       <c r="R417" s="142"/>
       <c r="S417" s="142"/>
       <c r="T417" s="142"/>
     </row>
     <row r="418" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A418" s="209"/>
-[...8 lines deleted...]
-      <c r="J418" s="211"/>
+      <c r="A418" s="387"/>
+      <c r="B418" s="388"/>
+      <c r="C418" s="388"/>
+      <c r="D418" s="388"/>
+      <c r="E418" s="388"/>
+      <c r="F418" s="388"/>
+      <c r="G418" s="388"/>
+      <c r="H418" s="388"/>
+      <c r="I418" s="388"/>
+      <c r="J418" s="389"/>
       <c r="K418" s="142"/>
       <c r="L418" s="142"/>
       <c r="M418" s="142"/>
       <c r="N418" s="142"/>
       <c r="O418" s="142"/>
       <c r="P418" s="142"/>
       <c r="Q418" s="142"/>
       <c r="R418" s="142"/>
       <c r="S418" s="142"/>
       <c r="T418" s="142"/>
     </row>
     <row r="419" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A419" s="212"/>
-[...8 lines deleted...]
-      <c r="J419" s="214"/>
+      <c r="A419" s="390"/>
+      <c r="B419" s="391"/>
+      <c r="C419" s="391"/>
+      <c r="D419" s="391"/>
+      <c r="E419" s="391"/>
+      <c r="F419" s="391"/>
+      <c r="G419" s="391"/>
+      <c r="H419" s="391"/>
+      <c r="I419" s="391"/>
+      <c r="J419" s="392"/>
       <c r="K419" s="142"/>
-      <c r="L419" s="195"/>
-[...6 lines deleted...]
-      <c r="S419" s="197"/>
+      <c r="L419" s="375"/>
+      <c r="M419" s="376"/>
+      <c r="N419" s="376"/>
+      <c r="O419" s="376"/>
+      <c r="P419" s="376"/>
+      <c r="Q419" s="376"/>
+      <c r="R419" s="376"/>
+      <c r="S419" s="377"/>
       <c r="T419" s="142"/>
     </row>
     <row r="420" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A420" s="45"/>
       <c r="B420" s="45"/>
       <c r="C420" s="45"/>
       <c r="D420" s="45"/>
       <c r="E420" s="45"/>
       <c r="F420" s="45"/>
       <c r="G420" s="45"/>
       <c r="H420" s="45"/>
       <c r="I420" s="45"/>
       <c r="J420" s="45"/>
       <c r="K420" s="142"/>
-      <c r="L420" s="198"/>
-[...6 lines deleted...]
-      <c r="S420" s="200"/>
+      <c r="L420" s="378"/>
+      <c r="M420" s="379"/>
+      <c r="N420" s="379"/>
+      <c r="O420" s="379"/>
+      <c r="P420" s="379"/>
+      <c r="Q420" s="379"/>
+      <c r="R420" s="379"/>
+      <c r="S420" s="380"/>
       <c r="T420" s="142"/>
     </row>
     <row r="421" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A421" s="45"/>
       <c r="B421" s="45"/>
       <c r="C421" s="45"/>
       <c r="D421" s="45"/>
       <c r="E421" s="45"/>
       <c r="F421" s="45"/>
       <c r="G421" s="45"/>
       <c r="H421" s="45"/>
       <c r="I421" s="45"/>
       <c r="J421" s="45"/>
       <c r="K421" s="142"/>
-      <c r="L421" s="198"/>
-[...6 lines deleted...]
-      <c r="S421" s="200"/>
+      <c r="L421" s="378"/>
+      <c r="M421" s="379"/>
+      <c r="N421" s="379"/>
+      <c r="O421" s="379"/>
+      <c r="P421" s="379"/>
+      <c r="Q421" s="379"/>
+      <c r="R421" s="379"/>
+      <c r="S421" s="380"/>
       <c r="T421" s="142"/>
     </row>
     <row r="422" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A422" s="5"/>
       <c r="B422" s="36"/>
       <c r="C422" s="36" t="s">
-        <v>418</v>
-[...6 lines deleted...]
-      <c r="I422" s="217"/>
+        <v>417</v>
+      </c>
+      <c r="D422" s="191"/>
+      <c r="E422" s="192"/>
+      <c r="F422" s="192"/>
+      <c r="G422" s="192"/>
+      <c r="H422" s="192"/>
+      <c r="I422" s="193"/>
       <c r="J422" s="5"/>
       <c r="K422" s="112"/>
-      <c r="L422" s="198"/>
-[...6 lines deleted...]
-      <c r="S422" s="200"/>
+      <c r="L422" s="378"/>
+      <c r="M422" s="379"/>
+      <c r="N422" s="379"/>
+      <c r="O422" s="379"/>
+      <c r="P422" s="379"/>
+      <c r="Q422" s="379"/>
+      <c r="R422" s="379"/>
+      <c r="S422" s="380"/>
       <c r="T422" s="112"/>
     </row>
     <row r="423" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A423" s="5"/>
       <c r="B423" s="36"/>
       <c r="C423" s="36" t="s">
-        <v>419</v>
-[...6 lines deleted...]
-      <c r="I423" s="217"/>
+        <v>418</v>
+      </c>
+      <c r="D423" s="191"/>
+      <c r="E423" s="192"/>
+      <c r="F423" s="192"/>
+      <c r="G423" s="192"/>
+      <c r="H423" s="192"/>
+      <c r="I423" s="193"/>
       <c r="J423" s="5"/>
       <c r="K423" s="112"/>
-      <c r="L423" s="198"/>
-[...6 lines deleted...]
-      <c r="S423" s="200"/>
+      <c r="L423" s="378"/>
+      <c r="M423" s="379"/>
+      <c r="N423" s="379"/>
+      <c r="O423" s="379"/>
+      <c r="P423" s="379"/>
+      <c r="Q423" s="379"/>
+      <c r="R423" s="379"/>
+      <c r="S423" s="380"/>
       <c r="T423" s="112"/>
     </row>
     <row r="424" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A424" s="5"/>
       <c r="B424" s="36"/>
       <c r="C424" s="36" t="s">
-        <v>420</v>
-[...6 lines deleted...]
-      <c r="I424" s="273"/>
+        <v>419</v>
+      </c>
+      <c r="D424" s="227"/>
+      <c r="E424" s="228"/>
+      <c r="F424" s="228"/>
+      <c r="G424" s="228"/>
+      <c r="H424" s="228"/>
+      <c r="I424" s="229"/>
       <c r="J424" s="5"/>
       <c r="K424" s="112"/>
-      <c r="L424" s="198"/>
-[...6 lines deleted...]
-      <c r="S424" s="200"/>
+      <c r="L424" s="378"/>
+      <c r="M424" s="379"/>
+      <c r="N424" s="379"/>
+      <c r="O424" s="379"/>
+      <c r="P424" s="379"/>
+      <c r="Q424" s="379"/>
+      <c r="R424" s="379"/>
+      <c r="S424" s="380"/>
       <c r="T424" s="112"/>
     </row>
     <row r="425" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A425" s="5"/>
       <c r="B425" s="36"/>
       <c r="C425" s="36" t="s">
-        <v>435</v>
-[...6 lines deleted...]
-      <c r="I425" s="217"/>
+        <v>434</v>
+      </c>
+      <c r="D425" s="191"/>
+      <c r="E425" s="192"/>
+      <c r="F425" s="192"/>
+      <c r="G425" s="192"/>
+      <c r="H425" s="192"/>
+      <c r="I425" s="193"/>
       <c r="J425" s="5"/>
       <c r="K425" s="112"/>
-      <c r="L425" s="198"/>
-[...6 lines deleted...]
-      <c r="S425" s="200"/>
+      <c r="L425" s="378"/>
+      <c r="M425" s="379"/>
+      <c r="N425" s="379"/>
+      <c r="O425" s="379"/>
+      <c r="P425" s="379"/>
+      <c r="Q425" s="379"/>
+      <c r="R425" s="379"/>
+      <c r="S425" s="380"/>
       <c r="T425" s="112"/>
     </row>
     <row r="426" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A426" s="5"/>
       <c r="B426" s="36"/>
       <c r="C426" s="36" t="s">
-        <v>421</v>
-[...6 lines deleted...]
-      <c r="I426" s="391"/>
+        <v>420</v>
+      </c>
+      <c r="D426" s="194"/>
+      <c r="E426" s="195"/>
+      <c r="F426" s="195"/>
+      <c r="G426" s="195"/>
+      <c r="H426" s="195"/>
+      <c r="I426" s="196"/>
       <c r="J426" s="5"/>
       <c r="K426" s="112"/>
-      <c r="L426" s="198"/>
-[...6 lines deleted...]
-      <c r="S426" s="200"/>
+      <c r="L426" s="378"/>
+      <c r="M426" s="379"/>
+      <c r="N426" s="379"/>
+      <c r="O426" s="379"/>
+      <c r="P426" s="379"/>
+      <c r="Q426" s="379"/>
+      <c r="R426" s="379"/>
+      <c r="S426" s="380"/>
       <c r="T426" s="112"/>
     </row>
     <row r="427" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A427" s="5"/>
       <c r="B427" s="36"/>
       <c r="C427" s="36" t="s">
-        <v>422</v>
-[...6 lines deleted...]
-      <c r="I427" s="217"/>
+        <v>421</v>
+      </c>
+      <c r="D427" s="268"/>
+      <c r="E427" s="192"/>
+      <c r="F427" s="192"/>
+      <c r="G427" s="192"/>
+      <c r="H427" s="192"/>
+      <c r="I427" s="193"/>
       <c r="J427" s="5"/>
       <c r="K427" s="112"/>
-      <c r="L427" s="198"/>
-[...6 lines deleted...]
-      <c r="S427" s="200"/>
+      <c r="L427" s="378"/>
+      <c r="M427" s="379"/>
+      <c r="N427" s="379"/>
+      <c r="O427" s="379"/>
+      <c r="P427" s="379"/>
+      <c r="Q427" s="379"/>
+      <c r="R427" s="379"/>
+      <c r="S427" s="380"/>
       <c r="T427" s="112"/>
     </row>
     <row r="428" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A428" s="5"/>
       <c r="B428" s="5"/>
       <c r="C428" s="5"/>
-      <c r="D428" s="228" t="str">
+      <c r="D428" s="394" t="str">
         <f>IF($D$809&lt;&gt;"",IF(OR(LEFT($D$809,1)=" ",RIGHT($D$809,1)=" "),"Please remove space at beginning or end of email address",IF(RIGHT($D$809,9)&lt;&gt;".ox.ac.uk","Please list Oxford email address","")),"")</f>
         <v/>
       </c>
-      <c r="E428" s="228"/>
-[...3 lines deleted...]
-      <c r="I428" s="228"/>
+      <c r="E428" s="394"/>
+      <c r="F428" s="394"/>
+      <c r="G428" s="394"/>
+      <c r="H428" s="394"/>
+      <c r="I428" s="394"/>
       <c r="J428" s="5"/>
       <c r="K428" s="112"/>
-      <c r="L428" s="198"/>
-[...6 lines deleted...]
-      <c r="S428" s="200"/>
+      <c r="L428" s="378"/>
+      <c r="M428" s="379"/>
+      <c r="N428" s="379"/>
+      <c r="O428" s="379"/>
+      <c r="P428" s="379"/>
+      <c r="Q428" s="379"/>
+      <c r="R428" s="379"/>
+      <c r="S428" s="380"/>
       <c r="T428" s="112"/>
     </row>
     <row r="429" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A429" s="5"/>
       <c r="B429" s="5"/>
       <c r="C429" s="5"/>
       <c r="D429" s="46"/>
       <c r="E429" s="46"/>
       <c r="F429" s="46"/>
       <c r="G429" s="46"/>
       <c r="H429" s="46"/>
       <c r="I429" s="46"/>
       <c r="J429" s="5"/>
       <c r="K429" s="112"/>
-      <c r="L429" s="201"/>
-[...6 lines deleted...]
-      <c r="S429" s="203"/>
+      <c r="L429" s="381"/>
+      <c r="M429" s="382"/>
+      <c r="N429" s="382"/>
+      <c r="O429" s="382"/>
+      <c r="P429" s="382"/>
+      <c r="Q429" s="382"/>
+      <c r="R429" s="382"/>
+      <c r="S429" s="383"/>
       <c r="T429" s="112"/>
     </row>
     <row r="430" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A430" s="4" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B430" s="4"/>
       <c r="C430" s="4"/>
       <c r="D430" s="4"/>
       <c r="E430" s="4"/>
       <c r="F430" s="4"/>
       <c r="G430" s="4"/>
       <c r="H430" s="4"/>
       <c r="I430" s="4"/>
       <c r="J430" s="4"/>
       <c r="K430" s="102"/>
       <c r="L430" s="102"/>
       <c r="M430" s="102"/>
       <c r="N430" s="102"/>
       <c r="O430" s="102"/>
       <c r="P430" s="102"/>
       <c r="Q430" s="102"/>
       <c r="R430" s="102"/>
       <c r="S430" s="102"/>
       <c r="T430" s="102"/>
     </row>
     <row r="431" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A431" s="4" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B431" s="4"/>
       <c r="C431" s="4"/>
       <c r="D431" s="4"/>
       <c r="E431" s="4"/>
       <c r="F431" s="4"/>
       <c r="G431" s="4"/>
       <c r="H431" s="4"/>
       <c r="I431" s="4"/>
       <c r="J431" s="4"/>
       <c r="K431" s="102"/>
       <c r="L431" s="102"/>
       <c r="M431" s="102"/>
       <c r="N431" s="102"/>
       <c r="O431" s="102"/>
       <c r="P431" s="102"/>
       <c r="Q431" s="102"/>
       <c r="R431" s="102"/>
       <c r="S431" s="102"/>
       <c r="T431" s="102"/>
     </row>
     <row r="432" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A432" s="4"/>
       <c r="B432" s="4"/>
       <c r="C432" s="4"/>
@@ -19454,602 +19489,603 @@
       <c r="T432" s="102"/>
     </row>
     <row r="433" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A433" s="4"/>
       <c r="B433" s="4"/>
       <c r="C433" s="4"/>
       <c r="D433" s="4"/>
       <c r="E433" s="4"/>
       <c r="F433" s="4"/>
       <c r="G433" s="4"/>
       <c r="H433" s="4"/>
       <c r="I433" s="4"/>
       <c r="J433" s="4"/>
       <c r="K433" s="102"/>
       <c r="L433" s="102"/>
       <c r="M433" s="102"/>
       <c r="N433" s="102"/>
       <c r="O433" s="102"/>
       <c r="P433" s="102"/>
       <c r="Q433" s="102"/>
       <c r="R433" s="102"/>
       <c r="S433" s="102"/>
       <c r="T433" s="102"/>
     </row>
     <row r="434" spans="1:20" s="95" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A434" s="347" t="s">
+      <c r="A434" s="292" t="s">
         <v>4</v>
       </c>
-      <c r="B434" s="347"/>
-      <c r="C434" s="347"/>
+      <c r="B434" s="292"/>
+      <c r="C434" s="292"/>
       <c r="D434" s="5"/>
       <c r="E434" s="5"/>
       <c r="F434" s="5"/>
       <c r="G434" s="5"/>
       <c r="H434" s="6"/>
       <c r="I434" s="6"/>
       <c r="J434" s="7"/>
       <c r="K434" s="143"/>
       <c r="L434" s="143"/>
       <c r="M434" s="143"/>
       <c r="N434" s="143"/>
       <c r="O434" s="143"/>
       <c r="P434" s="143"/>
       <c r="Q434" s="143"/>
       <c r="R434" s="143"/>
       <c r="S434" s="143"/>
       <c r="T434" s="143"/>
     </row>
     <row r="435" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A435" s="348" t="s">
+      <c r="A435" s="293" t="s">
         <v>5</v>
       </c>
-      <c r="B435" s="348"/>
-[...1 lines deleted...]
-      <c r="D435" s="348"/>
+      <c r="B435" s="293"/>
+      <c r="C435" s="293"/>
+      <c r="D435" s="293"/>
       <c r="E435" s="11"/>
       <c r="F435" s="5"/>
       <c r="G435" s="5"/>
       <c r="H435" s="7"/>
       <c r="I435" s="7"/>
       <c r="J435" s="7"/>
       <c r="K435" s="143"/>
       <c r="L435" s="143"/>
       <c r="M435" s="143"/>
       <c r="N435" s="143"/>
       <c r="O435" s="143"/>
       <c r="P435" s="143"/>
       <c r="Q435" s="143"/>
       <c r="R435" s="143"/>
       <c r="S435" s="143"/>
       <c r="T435" s="143"/>
     </row>
     <row r="436" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A436" s="8"/>
       <c r="B436" s="8"/>
       <c r="C436" s="8"/>
       <c r="D436" s="8"/>
       <c r="E436" s="8"/>
       <c r="F436" s="5"/>
       <c r="G436" s="5"/>
       <c r="H436" s="7"/>
       <c r="I436" s="7"/>
       <c r="J436" s="7"/>
       <c r="K436" s="143"/>
       <c r="L436" s="143"/>
       <c r="M436" s="143"/>
       <c r="N436" s="143"/>
       <c r="O436" s="143"/>
       <c r="P436" s="143"/>
       <c r="Q436" s="143"/>
       <c r="R436" s="143"/>
       <c r="S436" s="143"/>
       <c r="T436" s="143"/>
     </row>
     <row r="437" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A437" s="4"/>
-      <c r="B437" s="237" t="s">
-[...9 lines deleted...]
-      <c r="H437" s="237"/>
+      <c r="B437" s="214" t="s">
+        <v>598</v>
+      </c>
+      <c r="C437" s="294"/>
+      <c r="D437" s="294"/>
+      <c r="E437" s="294"/>
+      <c r="F437" s="214" t="s">
+        <v>571</v>
+      </c>
+      <c r="G437" s="214"/>
+      <c r="H437" s="214"/>
       <c r="I437" s="161"/>
       <c r="J437" s="161"/>
       <c r="K437" s="144"/>
       <c r="L437" s="144"/>
       <c r="M437" s="144"/>
       <c r="N437" s="144"/>
       <c r="O437" s="144"/>
       <c r="P437" s="144"/>
       <c r="Q437" s="144"/>
       <c r="R437" s="144"/>
       <c r="S437" s="144"/>
       <c r="T437" s="144"/>
     </row>
     <row r="438" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A438" s="4"/>
-      <c r="B438" s="350" t="s">
-[...9 lines deleted...]
-      <c r="H438" s="205"/>
+      <c r="B438" s="295" t="s">
+        <v>595</v>
+      </c>
+      <c r="C438" s="295"/>
+      <c r="D438" s="295"/>
+      <c r="E438" s="295"/>
+      <c r="F438" s="225" t="s">
+        <v>577</v>
+      </c>
+      <c r="G438" s="225"/>
+      <c r="H438" s="225"/>
       <c r="I438" s="91"/>
       <c r="J438" s="91"/>
       <c r="K438" s="145"/>
       <c r="L438" s="145"/>
       <c r="M438" s="145"/>
       <c r="N438" s="145"/>
       <c r="O438" s="145"/>
       <c r="P438" s="145"/>
       <c r="Q438" s="145"/>
       <c r="R438" s="145"/>
       <c r="S438" s="145"/>
       <c r="T438" s="145"/>
     </row>
     <row r="439" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A439" s="12"/>
-      <c r="B439" s="334" t="s">
-[...9 lines deleted...]
-      <c r="J439" s="334"/>
+      <c r="B439" s="260" t="s">
+        <v>528</v>
+      </c>
+      <c r="C439" s="260"/>
+      <c r="D439" s="260"/>
+      <c r="E439" s="260"/>
+      <c r="F439" s="260"/>
+      <c r="G439" s="260"/>
+      <c r="H439" s="260"/>
+      <c r="I439" s="260"/>
+      <c r="J439" s="260"/>
       <c r="K439" s="111"/>
       <c r="L439" s="111"/>
       <c r="M439" s="111"/>
       <c r="N439" s="111"/>
       <c r="O439" s="111"/>
       <c r="P439" s="111"/>
       <c r="Q439" s="111"/>
       <c r="R439" s="111"/>
       <c r="S439" s="111"/>
       <c r="T439" s="111"/>
     </row>
     <row r="440" spans="1:20" s="146" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A440" s="4"/>
       <c r="B440" s="4"/>
       <c r="C440" s="4"/>
       <c r="D440" s="4"/>
       <c r="E440" s="4"/>
       <c r="F440" s="4"/>
       <c r="G440" s="4"/>
       <c r="H440" s="4"/>
       <c r="I440" s="4"/>
       <c r="J440" s="4"/>
       <c r="K440" s="102"/>
       <c r="L440" s="102"/>
       <c r="M440" s="102"/>
       <c r="N440" s="102"/>
       <c r="O440" s="102"/>
       <c r="P440" s="102"/>
       <c r="Q440" s="102"/>
       <c r="R440" s="102"/>
       <c r="S440" s="102"/>
       <c r="T440" s="102"/>
     </row>
     <row r="441" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A441" s="4"/>
-      <c r="B441" s="204" t="s">
+      <c r="B441" s="273" t="s">
+        <v>529</v>
+      </c>
+      <c r="C441" s="273"/>
+      <c r="D441" s="273"/>
+      <c r="E441" s="4"/>
+      <c r="F441" s="226" t="s">
         <v>531</v>
       </c>
-      <c r="C441" s="204"/>
-[...6 lines deleted...]
-      <c r="H441" s="383"/>
+      <c r="G441" s="226"/>
+      <c r="H441" s="226"/>
       <c r="I441" s="89"/>
       <c r="J441" s="89"/>
       <c r="K441" s="147"/>
       <c r="L441" s="147"/>
       <c r="M441" s="147"/>
       <c r="N441" s="147"/>
       <c r="O441" s="147"/>
       <c r="P441" s="147"/>
       <c r="Q441" s="147"/>
       <c r="R441" s="147"/>
       <c r="S441" s="147"/>
       <c r="T441" s="147"/>
     </row>
     <row r="442" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A442" s="10"/>
-      <c r="B442" s="205" t="s">
+      <c r="B442" s="225" t="s">
+        <v>530</v>
+      </c>
+      <c r="C442" s="225"/>
+      <c r="D442" s="225"/>
+      <c r="E442" s="4"/>
+      <c r="F442" s="225" t="s">
         <v>532</v>
       </c>
-      <c r="C442" s="205"/>
-[...6 lines deleted...]
-      <c r="H442" s="205"/>
+      <c r="G442" s="225"/>
+      <c r="H442" s="225"/>
       <c r="I442" s="90"/>
       <c r="J442" s="90"/>
       <c r="K442" s="148"/>
       <c r="L442" s="148"/>
       <c r="M442" s="148"/>
       <c r="N442" s="148"/>
       <c r="O442" s="148"/>
       <c r="P442" s="148"/>
       <c r="Q442" s="148"/>
       <c r="R442" s="148"/>
       <c r="S442" s="148"/>
       <c r="T442" s="148"/>
     </row>
     <row r="443" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A443" s="4"/>
-      <c r="B443" s="334" t="s">
-[...9 lines deleted...]
-      <c r="J443" s="334"/>
+      <c r="B443" s="260" t="s">
+        <v>527</v>
+      </c>
+      <c r="C443" s="260"/>
+      <c r="D443" s="260"/>
+      <c r="E443" s="260"/>
+      <c r="F443" s="260"/>
+      <c r="G443" s="260"/>
+      <c r="H443" s="260"/>
+      <c r="I443" s="260"/>
+      <c r="J443" s="260"/>
       <c r="K443" s="111"/>
       <c r="L443" s="111"/>
       <c r="M443" s="111"/>
       <c r="N443" s="111"/>
       <c r="O443" s="111"/>
       <c r="P443" s="111"/>
       <c r="Q443" s="111"/>
       <c r="R443" s="111"/>
       <c r="S443" s="111"/>
       <c r="T443" s="111"/>
     </row>
     <row r="444" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A444" s="4"/>
       <c r="B444" s="72"/>
       <c r="C444" s="72"/>
       <c r="D444" s="72"/>
       <c r="E444" s="72"/>
       <c r="F444" s="72"/>
       <c r="G444" s="72"/>
       <c r="H444" s="72"/>
       <c r="I444" s="72"/>
       <c r="J444" s="72"/>
       <c r="K444" s="149"/>
       <c r="L444" s="149"/>
       <c r="M444" s="149"/>
       <c r="N444" s="149"/>
       <c r="O444" s="149"/>
       <c r="P444" s="149"/>
       <c r="Q444" s="149"/>
       <c r="R444" s="149"/>
       <c r="S444" s="149"/>
       <c r="T444" s="149"/>
     </row>
     <row r="445" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A445" s="4"/>
       <c r="B445" s="5"/>
       <c r="C445" s="5"/>
       <c r="D445" s="5"/>
       <c r="E445" s="4"/>
       <c r="F445" s="4"/>
       <c r="G445" s="4"/>
       <c r="H445" s="4"/>
       <c r="I445" s="13"/>
       <c r="J445" s="14" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="K445" s="150"/>
       <c r="L445" s="150"/>
       <c r="M445" s="150"/>
       <c r="N445" s="150"/>
       <c r="O445" s="150"/>
       <c r="P445" s="150"/>
       <c r="Q445" s="150"/>
       <c r="R445" s="150"/>
       <c r="S445" s="150"/>
       <c r="T445" s="150"/>
     </row>
     <row r="446" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A446" s="2"/>
       <c r="B446" s="5"/>
       <c r="C446" s="5"/>
       <c r="D446" s="5"/>
       <c r="E446" s="5"/>
       <c r="F446" s="5"/>
       <c r="G446" s="5"/>
       <c r="H446" s="5"/>
-      <c r="I446" s="337">
-[...2 lines deleted...]
-      <c r="J446" s="337"/>
+      <c r="I446" s="284">
+        <v>45979</v>
+      </c>
+      <c r="J446" s="284"/>
       <c r="K446" s="151"/>
       <c r="L446" s="151"/>
       <c r="M446" s="151"/>
       <c r="N446" s="151"/>
       <c r="O446" s="151"/>
       <c r="P446" s="151"/>
       <c r="Q446" s="151"/>
       <c r="R446" s="151"/>
       <c r="S446" s="151"/>
       <c r="T446" s="151"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/fc+rcSH5064LTZaw/v7qqRZ5oB7US8DEVkMt1m0yspkagxKhk3pUPCAXCE4+1GDzmwz9Z3UQ07YT2unw3HozQ==" saltValue="hRRnjL1vmILihpq1cLKFBA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="g/bPAW44apMHH418bz8T/LQmhliCHbf9msX8A7Kt5s/v1EmORUDANxKmjUcKxL7qBwY7U/e7dj8Arq5uy4Mb6w==" saltValue="/Lh25Ak96+zGIzZM4kzpLQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange password="D920" sqref="L29:S429" name="SIT Notes and Comments" securityDescriptor="O:WDG:WDD:(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-14779)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-21730)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38373)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38374)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-39544)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-44782)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-50719)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-6263)"/>
   </protectedRanges>
-  <mergeCells count="233">
+  <mergeCells count="234">
+    <mergeCell ref="L317:S322"/>
+    <mergeCell ref="L327:S339"/>
+    <mergeCell ref="L343:S358"/>
+    <mergeCell ref="L361:S393"/>
+    <mergeCell ref="L404:S413"/>
+    <mergeCell ref="L419:S429"/>
+    <mergeCell ref="B441:D441"/>
+    <mergeCell ref="B442:D442"/>
+    <mergeCell ref="A417:J419"/>
+    <mergeCell ref="D422:I422"/>
+    <mergeCell ref="D423:I423"/>
+    <mergeCell ref="G411:H411"/>
+    <mergeCell ref="A401:J403"/>
+    <mergeCell ref="A404:J405"/>
+    <mergeCell ref="D428:I428"/>
+    <mergeCell ref="B409:C409"/>
+    <mergeCell ref="D409:E409"/>
+    <mergeCell ref="B410:C410"/>
+    <mergeCell ref="D410:E410"/>
+    <mergeCell ref="G410:H410"/>
+    <mergeCell ref="B411:C411"/>
+    <mergeCell ref="B361:I368"/>
+    <mergeCell ref="B384:F385"/>
+    <mergeCell ref="B348:I349"/>
+    <mergeCell ref="B197:H198"/>
+    <mergeCell ref="A233:C233"/>
+    <mergeCell ref="I235:J235"/>
+    <mergeCell ref="L63:S68"/>
+    <mergeCell ref="L72:S80"/>
+    <mergeCell ref="L104:S123"/>
+    <mergeCell ref="L127:S132"/>
+    <mergeCell ref="E46:J46"/>
+    <mergeCell ref="A65:J66"/>
+    <mergeCell ref="A70:J70"/>
+    <mergeCell ref="A72:D73"/>
+    <mergeCell ref="E72:J74"/>
+    <mergeCell ref="G50:J50"/>
+    <mergeCell ref="G51:J51"/>
+    <mergeCell ref="A76:D76"/>
+    <mergeCell ref="E76:J76"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="E77:J77"/>
+    <mergeCell ref="E68:J68"/>
+    <mergeCell ref="E79:J80"/>
+    <mergeCell ref="A79:D80"/>
+    <mergeCell ref="A125:J125"/>
+    <mergeCell ref="A48:D48"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="A21:J21"/>
+    <mergeCell ref="A23:D23"/>
+    <mergeCell ref="A38:J38"/>
+    <mergeCell ref="A35:J37"/>
+    <mergeCell ref="B374:I375"/>
+    <mergeCell ref="A377:J377"/>
+    <mergeCell ref="B379:H379"/>
+    <mergeCell ref="B381:F382"/>
+    <mergeCell ref="A370:J370"/>
+    <mergeCell ref="B372:H372"/>
+    <mergeCell ref="B345:I346"/>
+    <mergeCell ref="B358:G358"/>
+    <mergeCell ref="A335:J340"/>
+    <mergeCell ref="A341:J341"/>
+    <mergeCell ref="A343:C343"/>
+    <mergeCell ref="A327:H330"/>
+    <mergeCell ref="I327:J328"/>
+    <mergeCell ref="A331:H334"/>
+    <mergeCell ref="I331:J332"/>
+    <mergeCell ref="A326:J326"/>
+    <mergeCell ref="D155:J155"/>
+    <mergeCell ref="F247:J255"/>
+    <mergeCell ref="A247:E253"/>
+    <mergeCell ref="A232:F232"/>
+    <mergeCell ref="B196:H196"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="A29:J29"/>
+    <mergeCell ref="L301:S312"/>
+    <mergeCell ref="H167:I167"/>
+    <mergeCell ref="A2:J4"/>
+    <mergeCell ref="A6:J7"/>
+    <mergeCell ref="L136:S155"/>
+    <mergeCell ref="L158:S188"/>
+    <mergeCell ref="L192:S228"/>
+    <mergeCell ref="L234:S244"/>
+    <mergeCell ref="L247:S255"/>
+    <mergeCell ref="L257:S266"/>
+    <mergeCell ref="L268:S276"/>
+    <mergeCell ref="L278:S286"/>
+    <mergeCell ref="L288:S298"/>
+    <mergeCell ref="E23:H23"/>
+    <mergeCell ref="L2:S2"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="L29:S36"/>
+    <mergeCell ref="L40:S51"/>
+    <mergeCell ref="A62:J62"/>
+    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="E64:J64"/>
+    <mergeCell ref="A138:J139"/>
+    <mergeCell ref="A82:J82"/>
+    <mergeCell ref="A88:J90"/>
+    <mergeCell ref="I446:J446"/>
+    <mergeCell ref="A17:J18"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A8:J9"/>
+    <mergeCell ref="A10:J12"/>
+    <mergeCell ref="A14:J14"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="G15:J15"/>
+    <mergeCell ref="A158:J159"/>
+    <mergeCell ref="A160:J161"/>
+    <mergeCell ref="J163:J164"/>
+    <mergeCell ref="J166:J167"/>
+    <mergeCell ref="A163:G164"/>
+    <mergeCell ref="A434:C434"/>
+    <mergeCell ref="A435:D435"/>
+    <mergeCell ref="B437:E437"/>
+    <mergeCell ref="B438:E438"/>
+    <mergeCell ref="B204:I206"/>
+    <mergeCell ref="A192:I194"/>
+    <mergeCell ref="J192:J193"/>
+    <mergeCell ref="A209:I211"/>
+    <mergeCell ref="A135:J135"/>
+    <mergeCell ref="A136:J137"/>
+    <mergeCell ref="A44:D44"/>
+    <mergeCell ref="E44:J44"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="E45:J45"/>
+    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="A83:J84"/>
+    <mergeCell ref="E48:J48"/>
+    <mergeCell ref="A47:D47"/>
+    <mergeCell ref="A106:I107"/>
+    <mergeCell ref="E49:J49"/>
+    <mergeCell ref="A91:J94"/>
+    <mergeCell ref="A53:J53"/>
+    <mergeCell ref="A54:I57"/>
+    <mergeCell ref="J54:J55"/>
+    <mergeCell ref="A58:I61"/>
+    <mergeCell ref="J59:J60"/>
+    <mergeCell ref="A100:J100"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="B443:J443"/>
+    <mergeCell ref="B439:J439"/>
+    <mergeCell ref="A229:J229"/>
+    <mergeCell ref="A230:J230"/>
+    <mergeCell ref="A231:J231"/>
+    <mergeCell ref="B219:I221"/>
+    <mergeCell ref="A226:J227"/>
+    <mergeCell ref="A212:C212"/>
+    <mergeCell ref="J209:J211"/>
+    <mergeCell ref="B214:I215"/>
+    <mergeCell ref="B216:H217"/>
+    <mergeCell ref="I217:J217"/>
+    <mergeCell ref="D228:J228"/>
+    <mergeCell ref="A228:C228"/>
+    <mergeCell ref="A324:C324"/>
+    <mergeCell ref="D324:J324"/>
+    <mergeCell ref="D427:I427"/>
+    <mergeCell ref="B390:H391"/>
+    <mergeCell ref="B356:G356"/>
+    <mergeCell ref="B352:I355"/>
+    <mergeCell ref="B351:F351"/>
+    <mergeCell ref="G351:I351"/>
+    <mergeCell ref="A185:I186"/>
+    <mergeCell ref="A188:I189"/>
+    <mergeCell ref="A191:J191"/>
+    <mergeCell ref="A237:E242"/>
+    <mergeCell ref="A26:J27"/>
+    <mergeCell ref="A24:J24"/>
+    <mergeCell ref="A147:I148"/>
+    <mergeCell ref="A153:J154"/>
+    <mergeCell ref="A155:C155"/>
+    <mergeCell ref="B151:I151"/>
+    <mergeCell ref="A156:J156"/>
+    <mergeCell ref="A40:J41"/>
+    <mergeCell ref="A43:G43"/>
+    <mergeCell ref="H43:J43"/>
+    <mergeCell ref="A141:I141"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A102:J102"/>
+    <mergeCell ref="A109:I110"/>
+    <mergeCell ref="A111:I113"/>
+    <mergeCell ref="A114:J115"/>
+    <mergeCell ref="A120:J123"/>
+    <mergeCell ref="A170:I171"/>
+    <mergeCell ref="A116:J119"/>
+    <mergeCell ref="A179:I181"/>
+    <mergeCell ref="A85:J87"/>
+    <mergeCell ref="A95:I96"/>
+    <mergeCell ref="J95:J96"/>
+    <mergeCell ref="A98:I98"/>
+    <mergeCell ref="F442:H442"/>
+    <mergeCell ref="F441:H441"/>
+    <mergeCell ref="F437:H437"/>
+    <mergeCell ref="F438:H438"/>
+    <mergeCell ref="D424:I424"/>
+    <mergeCell ref="A408:J408"/>
+    <mergeCell ref="A175:I176"/>
+    <mergeCell ref="B177:C177"/>
+    <mergeCell ref="D177:E177"/>
+    <mergeCell ref="F177:G177"/>
+    <mergeCell ref="H177:I177"/>
+    <mergeCell ref="A414:J416"/>
+    <mergeCell ref="A396:J399"/>
+    <mergeCell ref="I198:J198"/>
+    <mergeCell ref="B200:I202"/>
+    <mergeCell ref="G232:J232"/>
+    <mergeCell ref="B387:I388"/>
+    <mergeCell ref="A394:J394"/>
+    <mergeCell ref="A183:I183"/>
     <mergeCell ref="L83:S101"/>
     <mergeCell ref="E20:H20"/>
     <mergeCell ref="D425:I425"/>
     <mergeCell ref="D426:I426"/>
     <mergeCell ref="A224:J224"/>
     <mergeCell ref="A301:E308"/>
     <mergeCell ref="F301:J312"/>
     <mergeCell ref="A315:F315"/>
     <mergeCell ref="A314:J314"/>
     <mergeCell ref="G315:H315"/>
     <mergeCell ref="A278:E283"/>
     <mergeCell ref="F278:J286"/>
     <mergeCell ref="A288:E292"/>
     <mergeCell ref="F288:J298"/>
     <mergeCell ref="F257:J266"/>
     <mergeCell ref="A257:E264"/>
     <mergeCell ref="A268:E273"/>
     <mergeCell ref="F268:J276"/>
     <mergeCell ref="F237:J244"/>
     <mergeCell ref="A157:J157"/>
     <mergeCell ref="A173:I173"/>
     <mergeCell ref="H163:I163"/>
     <mergeCell ref="H166:I166"/>
     <mergeCell ref="A166:G168"/>
-    <mergeCell ref="A179:I181"/>
-[...207 lines deleted...]
-    <mergeCell ref="B348:I349"/>
   </mergeCells>
   <conditionalFormatting sqref="I32:I33">
     <cfRule type="iconSet" priority="58">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:J46">
     <cfRule type="expression" dxfId="23" priority="57">
       <formula>$E$46&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A50:J51">
     <cfRule type="expression" dxfId="22" priority="56">
       <formula>$U$1=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I129">
     <cfRule type="iconSet" priority="55">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
@@ -20298,608 +20334,612 @@
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E49:J49">
     <cfRule type="expression" dxfId="1" priority="3">
       <formula>LEFT($E$49,3)="App"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J351">
     <cfRule type="iconSet" priority="2">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J59:J60">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$J$58="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="7">
+  <dataValidations count="8">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date input error!" error="Please enter a date in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="D424:I424" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>DATE(YEAR(TODAY())-1,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>TODAY()</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J108 J112 J104 J54:J55 J58" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"'- select -,Yes,No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J106" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>"'- select -,Yes they did,Yes they do,No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J95:J96" xr:uid="{D2AE5C24-2123-466D-BFCB-68EED2793223}">
       <formula1>"'- select -,Yes,still discussing,not yet"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J98:J99" xr:uid="{1EB65070-6D1E-4907-A26E-8A510CFE93E8}">
       <formula1>"'- select -,1 yr,2 yrs,3 yrs,4 yrs,5 yrs,undecided"</formula1>
     </dataValidation>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date of birth error" error="Please enter date of birth in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E47:J47" xr:uid="{28F1DF8B-D6B6-40C1-B27E-0AFCA0573B09}">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date of birth error" error="Please enter date of birth in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E47:F47" xr:uid="{28F1DF8B-D6B6-40C1-B27E-0AFCA0573B09}">
       <formula1>DATE(YEAR(TODAY())-80,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>DATE(YEAR(TODAY())-16,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry error!" error="Please enter number of children, if none select 'No' in the field above and leave this field blank" sqref="J59:J60" xr:uid="{47AD3C4B-2B2A-4938-8827-A969BC422CFC}">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H47" xr:uid="{8022FCAB-557F-4BF0-AED3-839CD3E34694}">
+      <formula1>"'- select -,Male,Female"</formula1>
+    </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="G15:J15" r:id="rId1" display="tim.currie@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A435" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
-    <hyperlink ref="B438" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="B438" r:id="rId3" display="angelina.pelova@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="B442" r:id="rId4" display="mailto:solveig.alsaker@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
     <hyperlink ref="I128" location="'Global Talent application form'!A91" display="go to route 1" xr:uid="{00000000-0004-0000-0100-000004000000}"/>
     <hyperlink ref="I130" location="'Global Talent application form'!A118" display="go to route 2" xr:uid="{00000000-0004-0000-0100-000005000000}"/>
     <hyperlink ref="I132" location="'Global Talent application form'!A191" display="go to route 3" xr:uid="{00000000-0004-0000-0100-000006000000}"/>
     <hyperlink ref="H163:I163" r:id="rId5" display="endorsed funders" xr:uid="{00000000-0004-0000-0100-000007000000}"/>
     <hyperlink ref="A212:C212" r:id="rId6" location="directlyincurred" display="directly incurred costs" xr:uid="{00000000-0004-0000-0100-000008000000}"/>
     <hyperlink ref="D155:H155" location="'Global Talent application form'!A215" display="Payment and Authorisation section" xr:uid="{00000000-0004-0000-0100-000009000000}"/>
     <hyperlink ref="D228:H228" location="'Global Talent application form'!A215" display="Payment and Authorisation section" xr:uid="{00000000-0004-0000-0100-00000A000000}"/>
     <hyperlink ref="A232:F232" r:id="rId7" location="collapse1920761" display="full Exceptional Talent or Exceptional Promise criteria" xr:uid="{00000000-0004-0000-0100-00000B000000}"/>
     <hyperlink ref="A315:F315" r:id="rId8" location="collapse1920761" display="full Exceptional Talent or Exceptional Promise criteria" xr:uid="{00000000-0004-0000-0100-00000C000000}"/>
     <hyperlink ref="D155:J155" location="'Global Talent application form'!A272" display="Confirmation from Head of Department/ Faculty/ College section" xr:uid="{00000000-0004-0000-0100-00000D000000}"/>
     <hyperlink ref="D228:J228" location="'Global Talent application form'!A272" display="Confirmation from Head of Department/ Faculty/ College section" xr:uid="{00000000-0004-0000-0100-00000E000000}"/>
     <hyperlink ref="D324:H324" location="'Global Talent application form'!A215" display="Payment and Authorisation section" xr:uid="{00000000-0004-0000-0100-00000F000000}"/>
     <hyperlink ref="D324:J324" location="'Global Talent application form'!A272" display="Confirmation from Head of Department/ Faculty/ College section" xr:uid="{00000000-0004-0000-0100-000010000000}"/>
     <hyperlink ref="H167:I167" r:id="rId9" display="endorsed funders" xr:uid="{00000000-0004-0000-0100-000011000000}"/>
     <hyperlink ref="G15" r:id="rId10" xr:uid="{00000000-0004-0000-0100-000012000000}"/>
     <hyperlink ref="F438:H438" r:id="rId11" display="paul.deeble@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000013000000}"/>
     <hyperlink ref="B442:D442" r:id="rId12" display="lyn.davis@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000014000000}"/>
     <hyperlink ref="F442:H442" r:id="rId13" display="richard.birt@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000015000000}"/>
     <hyperlink ref="F438" r:id="rId14" xr:uid="{2C35646D-51B4-41A6-A8FD-4F9B1CE1A951}"/>
     <hyperlink ref="G351:I351" r:id="rId15" display="(found on the SIT website)" xr:uid="{5D95458D-7AD4-4D79-94DF-F3DEEB99807E}"/>
+    <hyperlink ref="B438:E438" r:id="rId16" display="angelina.escott@admin.ox.ac.uk" xr:uid="{50F8BFFB-2255-47B9-8E92-87D4F4370A46}"/>
   </hyperlinks>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.23622047244094491" bottom="0.51181102362204722" header="0" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="86" fitToHeight="3" orientation="portrait" r:id="rId16"/>
+  <pageSetup paperSize="9" scale="86" fitToHeight="3" orientation="portrait" r:id="rId17"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;K00-027Updated April 2025&amp;R&amp;K00-027page &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;K00-026Updated November 2025&amp;R&amp;K00-026page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="7" manualBreakCount="7">
     <brk id="52" max="9" man="1"/>
     <brk id="110" max="9" man="1"/>
     <brk id="174" max="9" man="1"/>
     <brk id="229" max="9" man="1"/>
     <brk id="287" max="9" man="1"/>
     <brk id="340" max="9" man="1"/>
     <brk id="393" max="9" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="F410:G410" numberStoredAsText="1"/>
   </ignoredErrors>
-  <drawing r:id="rId17"/>
-  <legacyDrawing r:id="rId18"/>
+  <drawing r:id="rId18"/>
+  <legacyDrawing r:id="rId19"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1036" r:id="rId19" name="GTroute3">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="U6" r:id="rId20">
+        <control shapeId="1041" r:id="rId20" name="GTPromise">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U9" r:id="rId21">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>2</xdr:col>
+                <xdr:colOff>47625</xdr:colOff>
+                <xdr:row>318</xdr:row>
+                <xdr:rowOff>152400</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>6</xdr:col>
+                <xdr:colOff>352425</xdr:colOff>
+                <xdr:row>320</xdr:row>
+                <xdr:rowOff>85725</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1041" r:id="rId20" name="GTPromise"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1040" r:id="rId22" name="GTTalent">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U8" r:id="rId23">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>2</xdr:col>
+                <xdr:colOff>57150</xdr:colOff>
+                <xdr:row>316</xdr:row>
+                <xdr:rowOff>133350</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>6</xdr:col>
+                <xdr:colOff>342900</xdr:colOff>
+                <xdr:row>318</xdr:row>
+                <xdr:rowOff>114300</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1040" r:id="rId22" name="GTTalent"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1026" r:id="rId24" name="OptionButton1">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U1" r:id="rId25">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>333375</xdr:colOff>
+                <xdr:row>30</xdr:row>
+                <xdr:rowOff>104775</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>476250</xdr:colOff>
+                <xdr:row>32</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1026" r:id="rId24" name="OptionButton1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1027" r:id="rId26" name="OptionButton2">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U2" r:id="rId27">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>333375</xdr:colOff>
+                <xdr:row>31</xdr:row>
+                <xdr:rowOff>209550</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>485775</xdr:colOff>
+                <xdr:row>33</xdr:row>
+                <xdr:rowOff>76200</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1027" r:id="rId26" name="OptionButton2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1034" r:id="rId28" name="GTroute1">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U4" r:id="rId29">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>126</xdr:row>
+                <xdr:rowOff>95250</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>333375</xdr:colOff>
+                <xdr:row>128</xdr:row>
+                <xdr:rowOff>95250</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1034" r:id="rId28" name="GTroute1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1035" r:id="rId30" name="GTroute2">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U5" r:id="rId31">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>128</xdr:row>
+                <xdr:rowOff>104775</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>6</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>130</xdr:row>
+                <xdr:rowOff>85725</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1035" r:id="rId30" name="GTroute2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1036" r:id="rId32" name="GTroute3">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U6" r:id="rId33">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>390525</xdr:colOff>
                 <xdr:row>130</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>6</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>132</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1036" r:id="rId19" name="GTroute3"/>
+        <control shapeId="1036" r:id="rId32" name="GTroute3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1035" r:id="rId21" name="GTroute2">
-[...149 lines deleted...]
-        <control shapeId="1025" r:id="rId33" name="Group Box 1">
+        <control shapeId="1025" r:id="rId34" name="Group Box 1">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>609600</xdr:colOff>
                 <xdr:row>30</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
-                <xdr:col>8</xdr:col>
-                <xdr:colOff>0</xdr:colOff>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>647700</xdr:colOff>
                 <xdr:row>33</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1031" r:id="rId34" name="Group Box 7">
+        <control shapeId="1031" r:id="rId35" name="Group Box 7">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>257175</xdr:colOff>
                 <xdr:row>125</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
-                <xdr:colOff>361950</xdr:colOff>
+                <xdr:colOff>47625</xdr:colOff>
                 <xdr:row>133</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1039" r:id="rId35" name="Group Box 15">
+        <control shapeId="1039" r:id="rId36" name="Group Box 15">
           <controlPr defaultSize="0" autoFill="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>316</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>390525</xdr:colOff>
+                <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>321</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1042" r:id="rId36" name="Check Box 18">
+        <control shapeId="1042" r:id="rId37" name="Check Box 18">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>344</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
                 <xdr:row>345</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1043" r:id="rId37" name="Check Box 19">
+        <control shapeId="1043" r:id="rId38" name="Check Box 19">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>347</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
                 <xdr:row>348</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1044" r:id="rId38" name="Check Box 20">
+        <control shapeId="1044" r:id="rId39" name="Check Box 20">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>356</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
                 <xdr:row>357</xdr:row>
                 <xdr:rowOff>228600</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1045" r:id="rId39" name="Check Box 21">
+        <control shapeId="1045" r:id="rId40" name="Check Box 21">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>360</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
                 <xdr:row>361</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1046" r:id="rId40" name="Check Box 22">
+        <control shapeId="1046" r:id="rId41" name="Check Box 22">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>370</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>372</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1047" r:id="rId41" name="Check Box 23">
+        <control shapeId="1047" r:id="rId42" name="Check Box 23">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>372</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>374</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1049" r:id="rId42" name="Check Box 25">
+        <control shapeId="1049" r:id="rId43" name="Check Box 25">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>378</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1050" r:id="rId43" name="Check Box 26">
+        <control shapeId="1050" r:id="rId44" name="Check Box 26">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>379</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>381</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1051" r:id="rId44" name="Check Box 27">
+        <control shapeId="1051" r:id="rId45" name="Check Box 27">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>382</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>384</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1052" r:id="rId45" name="Check Box 28">
+        <control shapeId="1052" r:id="rId46" name="Check Box 28">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>386</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>387</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1053" r:id="rId46" name="Check Box 29">
+        <control shapeId="1053" r:id="rId47" name="Check Box 29">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>238125</xdr:colOff>
                 <xdr:row>389</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>390</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1054" r:id="rId47" name="Check Box 30">
+        <control shapeId="1054" r:id="rId48" name="Check Box 30">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>349</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>350</xdr:row>
                 <xdr:rowOff>209550</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">