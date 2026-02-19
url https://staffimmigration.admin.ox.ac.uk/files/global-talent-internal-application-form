--- v1 (2025-11-28)
+++ v2 (2026-02-19)
@@ -39,133 +39,135 @@
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Staff Immigration Team\Tier 1 Global Talent\Supporting Docs\Process Documents overarch all routes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{318A9DA5-A4AD-4AA0-AA25-75239D7EC85A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CCFEFEE3-48F0-4BCB-A432-EEF8646B56CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="DC0E" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cost Centre list" sheetId="2" r:id="rId1"/>
     <sheet name="Global Talent application form" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="cc">#REF!</definedName>
     <definedName name="csDesignMode">1</definedName>
     <definedName name="date">#REF!</definedName>
     <definedName name="exp">#REF!</definedName>
     <definedName name="invoicedate">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Global Talent application form'!$A:$J</definedName>
     <definedName name="sub">#REF!</definedName>
     <definedName name="subjective">#REF!</definedName>
     <definedName name="table">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="N54" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="A408" i="1" l="1"/>
+  <c r="A25" i="1" l="1"/>
+  <c r="A21" i="1"/>
+  <c r="N56" i="1"/>
+  <c r="J63" i="1"/>
+  <c r="J353" i="1" l="1"/>
+  <c r="J350" i="1"/>
+  <c r="E51" i="1"/>
+  <c r="A410" i="1" l="1"/>
   <c r="E20" i="1" l="1"/>
-  <c r="J390" i="1"/>
-  <c r="J387" i="1"/>
+  <c r="J392" i="1"/>
+  <c r="J389" i="1"/>
   <c r="S4" i="1" l="1"/>
   <c r="T3" i="1"/>
-  <c r="A224" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="J384" i="1" l="1"/>
+  <c r="A226" i="1" l="1"/>
+  <c r="B153" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="A111" i="1" l="1"/>
+  <c r="J386" i="1" l="1"/>
   <c r="A20" i="1"/>
-  <c r="A23" i="1"/>
-[...1 lines deleted...]
-  <c r="I32" i="1"/>
+  <c r="A24" i="1"/>
+  <c r="I35" i="1" l="1"/>
+  <c r="I34" i="1"/>
+  <c r="J383" i="1"/>
   <c r="J381" i="1"/>
-  <c r="J379" i="1"/>
+  <c r="J376" i="1"/>
   <c r="J374" i="1"/>
-  <c r="J372" i="1"/>
-[...3 lines deleted...]
-  <c r="H318" i="1"/>
+  <c r="J363" i="1"/>
+  <c r="J360" i="1"/>
+  <c r="J347" i="1"/>
   <c r="H320" i="1"/>
-  <c r="G412" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="D428" i="1"/>
+  <c r="H322" i="1"/>
+  <c r="G414" i="1" l="1"/>
+  <c r="B414" i="1"/>
+  <c r="D430" i="1"/>
+  <c r="H134" i="1"/>
   <c r="H132" i="1"/>
   <c r="H130" i="1"/>
-  <c r="H128" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="619" uniqueCount="601">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="605">
   <si>
     <t>GLOBAL TALENT INTERNAL APPLICATION FORM</t>
   </si>
   <si>
     <t>Please complete this form when considering individuals for endorsement under Global Talent from the Designated Competent Bodies’ - British Academy, Royal Society, Royal Academy of Engineering and UK Research and Innovation (UKRI). Individuals should be requesting endorsement either:</t>
   </si>
   <si>
     <t>For applications under the ‘Individual Fellowships’ (accelerated route) or to the Arts Council UK or Tech</t>
   </si>
   <si>
     <t xml:space="preserve">Signed applications, along with the necessary supporting documents, should be sent via email to the Staff Immigration Team at: </t>
   </si>
   <si>
     <t>Staff Immigration Team</t>
   </si>
   <si>
     <t>https://staffimmigration.admin.ox.ac.uk/</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t xml:space="preserve">It is important that the information provided in this application form is accurate and completed in full as this information will be used by the Staff Immigration Team to progress an application for endorsement. </t>
   </si>
   <si>
@@ -3426,53 +3428,50 @@
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>[document]</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>-dd-mm-yy.pdf)</t>
     </r>
   </si>
   <si>
     <t>Visa holders must not travel to the UK before their visa start date !</t>
   </si>
   <si>
-    <t>Version 1.7</t>
-[...1 lines deleted...]
-  <si>
     <t>angelina.escott@admin.ox.ac.uk</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Does the applicant have a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>partner</t>
     </r>
     <r>
@@ -3534,50 +3533,65 @@
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>If yes, how many?</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Children are only granted visas if both parents have or applying for visas/ status in the UK, or if the parent they are dependant on is their sole surviving parent, or has sole custody/ responsibility for them.</t>
     </r>
   </si>
   <si>
     <t>Angelina Escott</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>visa forms only list Male or Female</t>
+  </si>
+  <si>
+    <t>Version 1.8</t>
+  </si>
+  <si>
+    <t>Kara Updale</t>
+  </si>
+  <si>
+    <t>kara.updale@admin.ox.ac.uk</t>
+  </si>
+  <si>
+    <t>Sufia Nadeem</t>
+  </si>
+  <si>
+    <t>sufia.nadeem@admin.ox.ac.uk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -4359,51 +4373,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF7030A0"/>
       </left>
       <right style="thin">
         <color rgb="FF7030A0"/>
       </right>
       <top style="thin">
         <color rgb="FF7030A0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7030A0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="402">
+  <cellXfs count="403">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4803,779 +4817,782 @@
     <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="5" borderId="26" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="47" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="47" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="34" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="35" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="34" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="35" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...590 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="24">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FF7030A0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.499984740745262"/>
@@ -5842,124 +5859,124 @@
 <file path=xl/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX5.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX6.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX7.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$22" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$23" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$23" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$24" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$24" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$26" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$25" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$27" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$26" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$28" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$14" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$12" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$13" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$15" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$16" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$18" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$U$19" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>609600</xdr:colOff>
-          <xdr:row>30</xdr:row>
+          <xdr:row>32</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>33</xdr:row>
+          <xdr:row>35</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Group Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000001040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -5986,57 +6003,57 @@
               <a:r>
                 <a:rPr lang="en-GB" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>OUT- or IN- Country application</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>333375</xdr:colOff>
-          <xdr:row>30</xdr:row>
+          <xdr:row>32</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
-          <xdr:row>32</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1026" name="OptionButton1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6044,57 +6061,57 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>333375</xdr:colOff>
-          <xdr:row>31</xdr:row>
+          <xdr:row>33</xdr:row>
           <xdr:rowOff>209550</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
-          <xdr:row>33</xdr:row>
+          <xdr:row>35</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="OptionButton2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6102,114 +6119,114 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>257175</xdr:colOff>
-          <xdr:row>125</xdr:row>
+          <xdr:row>127</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
-          <xdr:row>133</xdr:row>
+          <xdr:row>135</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1031" name="Group Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1031"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000007040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
-          <xdr:row>126</xdr:row>
+          <xdr:row>128</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>333375</xdr:colOff>
-          <xdr:row>128</xdr:row>
+          <xdr:row>130</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1034" name="GTroute1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1034"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6217,57 +6234,57 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
-          <xdr:row>128</xdr:row>
+          <xdr:row>130</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
-          <xdr:row>130</xdr:row>
+          <xdr:row>132</xdr:row>
           <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1035" name="GTroute2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1035"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6275,57 +6292,57 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
-          <xdr:row>130</xdr:row>
+          <xdr:row>132</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
-          <xdr:row>132</xdr:row>
+          <xdr:row>134</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1036" name="GTroute3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1036"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6333,114 +6350,114 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
-          <xdr:row>316</xdr:row>
+          <xdr:row>318</xdr:row>
           <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>321</xdr:row>
+          <xdr:row>323</xdr:row>
           <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1039" name="Group Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1039"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
-          <xdr:row>316</xdr:row>
+          <xdr:row>318</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>342900</xdr:colOff>
-          <xdr:row>318</xdr:row>
+          <xdr:row>320</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1040" name="GTTalent" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1040"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000010040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6448,57 +6465,57 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
-          <xdr:row>318</xdr:row>
+          <xdr:row>320</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>352425</xdr:colOff>
-          <xdr:row>320</xdr:row>
+          <xdr:row>322</xdr:row>
           <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1041" name="GTPromise" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1041"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000011040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6506,57 +6523,57 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>344</xdr:row>
+          <xdr:row>346</xdr:row>
           <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>504825</xdr:colOff>
-          <xdr:row>345</xdr:row>
+          <xdr:row>347</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1042" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1042"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000012040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6573,57 +6590,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>347</xdr:row>
+          <xdr:row>349</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>504825</xdr:colOff>
-          <xdr:row>348</xdr:row>
+          <xdr:row>350</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1043" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1043"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000013040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6640,57 +6657,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>356</xdr:row>
+          <xdr:row>358</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>504825</xdr:colOff>
-          <xdr:row>357</xdr:row>
+          <xdr:row>359</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1044" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1044"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000014040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6707,57 +6724,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>200025</xdr:colOff>
-          <xdr:row>360</xdr:row>
+          <xdr:row>362</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>504825</xdr:colOff>
-          <xdr:row>361</xdr:row>
+          <xdr:row>363</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1045" name="Check Box 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1045"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000015040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6774,57 +6791,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>370</xdr:row>
+          <xdr:row>372</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
-          <xdr:row>372</xdr:row>
+          <xdr:row>374</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1046" name="Check Box 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1046"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000016040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6841,57 +6858,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>372</xdr:row>
+          <xdr:row>374</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
-          <xdr:row>374</xdr:row>
+          <xdr:row>376</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1047" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1047"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000017040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6908,57 +6925,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>377</xdr:row>
+          <xdr:row>379</xdr:row>
           <xdr:rowOff>123825</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
-          <xdr:row>378</xdr:row>
+          <xdr:row>380</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1049" name="Check Box 25" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1049"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000019040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -6975,57 +6992,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>379</xdr:row>
+          <xdr:row>381</xdr:row>
           <xdr:rowOff>161925</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
-          <xdr:row>381</xdr:row>
+          <xdr:row>383</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1050" name="Check Box 26" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1050"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -7042,57 +7059,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>382</xdr:row>
+          <xdr:row>384</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
-          <xdr:row>384</xdr:row>
+          <xdr:row>386</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1051" name="Check Box 27" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1051"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -7109,57 +7126,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
-          <xdr:row>386</xdr:row>
+          <xdr:row>388</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
-          <xdr:row>387</xdr:row>
+          <xdr:row>389</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1052" name="Check Box 28" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1052"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -7176,57 +7193,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
-          <xdr:row>389</xdr:row>
+          <xdr:row>391</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>561975</xdr:colOff>
-          <xdr:row>390</xdr:row>
+          <xdr:row>392</xdr:row>
           <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1053" name="Check Box 29" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1053"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001D040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -7243,57 +7260,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>349</xdr:row>
+          <xdr:row>351</xdr:row>
           <xdr:rowOff>161925</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>542925</xdr:colOff>
-          <xdr:row>350</xdr:row>
+          <xdr:row>352</xdr:row>
           <xdr:rowOff>209550</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1054" name="Check Box 30" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1054"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001E040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -7569,51 +7586,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.currie@admin.ox.ac.uk?subject=Global%20Talent:%20Individual%20Fellowship%20/%20Arts%20Council%20/%20Tech%20Nation%20query" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-w-immigration-rules-for-workers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/tier-1-client-care-and-condition-form" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.crook@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solveig.alsaker@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/tier-1-client-care-and-condition-form" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.crook@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solveig.alsaker@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solveig.alsaker@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/ukri-endorsement-endorsed-funders-global-talent-visa/uk-research-and-innovation-endorsed-funders" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.currie@admin.ox.ac.uk?subject=Global%20Talent:%20Individual%20Fellowship%20/%20Arts%20Council%20/%20Tech%20Nation%20query" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-w-immigration-rules-for-workers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B237"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="25" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" style="25" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="156" t="s">
         <v>560</v>
       </c>
@@ -9353,11605 +9370,11762 @@
     <row r="234" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A234" s="30"/>
       <c r="B234" s="31"/>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A235" s="30"/>
       <c r="B235" s="31"/>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A236" s="29"/>
       <c r="B236" s="29"/>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A237" s="35"/>
       <c r="B237" s="34"/>
     </row>
   </sheetData>
   <sheetProtection password="DC0E" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:AD446"/>
+  <dimension ref="A1:AD452"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="9.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="9.5703125" style="2" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="2" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="2" customWidth="1"/>
     <col min="9" max="9" width="10.85546875" style="2" customWidth="1"/>
     <col min="10" max="10" width="12.28515625" style="2" customWidth="1"/>
     <col min="11" max="20" width="9.140625" style="17" customWidth="1"/>
     <col min="21" max="30" width="9.140625" style="2" hidden="1" customWidth="1"/>
     <col min="31" max="16384" width="8.7109375" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" s="95" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="286" t="s">
+      <c r="A1" s="345" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="286"/>
-[...7 lines deleted...]
-      <c r="J1" s="286"/>
+      <c r="B1" s="345"/>
+      <c r="C1" s="345"/>
+      <c r="D1" s="345"/>
+      <c r="E1" s="345"/>
+      <c r="F1" s="345"/>
+      <c r="G1" s="345"/>
+      <c r="H1" s="345"/>
+      <c r="I1" s="345"/>
+      <c r="J1" s="345"/>
       <c r="K1" s="93"/>
       <c r="L1" s="93"/>
       <c r="M1" s="93"/>
       <c r="N1" s="93"/>
       <c r="O1" s="93"/>
       <c r="P1" s="93"/>
       <c r="Q1" s="93"/>
       <c r="R1" s="93"/>
       <c r="S1" s="93"/>
       <c r="T1" s="93"/>
       <c r="U1" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V1" s="95" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:22" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="211" t="s">
+      <c r="A2" s="241" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="211"/>
-[...7 lines deleted...]
-      <c r="J2" s="211"/>
+      <c r="B2" s="241"/>
+      <c r="C2" s="241"/>
+      <c r="D2" s="241"/>
+      <c r="E2" s="241"/>
+      <c r="F2" s="241"/>
+      <c r="G2" s="241"/>
+      <c r="H2" s="241"/>
+      <c r="I2" s="241"/>
+      <c r="J2" s="241"/>
       <c r="K2" s="96"/>
-      <c r="L2" s="320" t="s">
+      <c r="L2" s="336" t="s">
         <v>536</v>
       </c>
-      <c r="M2" s="321"/>
-[...5 lines deleted...]
-      <c r="S2" s="321"/>
+      <c r="M2" s="337"/>
+      <c r="N2" s="337"/>
+      <c r="O2" s="337"/>
+      <c r="P2" s="337"/>
+      <c r="Q2" s="337"/>
+      <c r="R2" s="337"/>
+      <c r="S2" s="337"/>
       <c r="T2" s="96"/>
       <c r="U2" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V2" s="95" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:22" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="211"/>
-[...8 lines deleted...]
-      <c r="J3" s="211"/>
+      <c r="A3" s="241"/>
+      <c r="B3" s="241"/>
+      <c r="C3" s="241"/>
+      <c r="D3" s="241"/>
+      <c r="E3" s="241"/>
+      <c r="F3" s="241"/>
+      <c r="G3" s="241"/>
+      <c r="H3" s="241"/>
+      <c r="I3" s="241"/>
+      <c r="J3" s="241"/>
       <c r="K3" s="96"/>
       <c r="L3" s="96"/>
       <c r="M3" s="96"/>
       <c r="N3" s="96"/>
       <c r="O3" s="96"/>
       <c r="P3" s="96"/>
       <c r="Q3" s="96"/>
       <c r="R3" s="96"/>
       <c r="S3" s="96"/>
       <c r="T3" s="152" t="str">
-        <f>$J$445</f>
-        <v>Version 1.7</v>
+        <f>$J$451</f>
+        <v>Version 1.8</v>
       </c>
     </row>
     <row r="4" spans="1:22" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="211"/>
-[...8 lines deleted...]
-      <c r="J4" s="211"/>
+      <c r="A4" s="241"/>
+      <c r="B4" s="241"/>
+      <c r="C4" s="241"/>
+      <c r="D4" s="241"/>
+      <c r="E4" s="241"/>
+      <c r="F4" s="241"/>
+      <c r="G4" s="241"/>
+      <c r="H4" s="241"/>
+      <c r="I4" s="241"/>
+      <c r="J4" s="241"/>
       <c r="K4" s="96"/>
       <c r="L4" s="96"/>
       <c r="M4" s="96"/>
       <c r="N4" s="96"/>
       <c r="O4" s="96"/>
       <c r="P4" s="96"/>
       <c r="Q4" s="96"/>
       <c r="R4" s="96"/>
-      <c r="S4" s="322">
-[...3 lines deleted...]
-      <c r="T4" s="323"/>
+      <c r="S4" s="338">
+        <f>$I$452</f>
+        <v>46031</v>
+      </c>
+      <c r="T4" s="339"/>
       <c r="U4" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V4" s="95" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:22" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="48"/>
       <c r="B5" s="48"/>
       <c r="C5" s="48"/>
       <c r="D5" s="48"/>
       <c r="E5" s="48"/>
       <c r="F5" s="48"/>
       <c r="G5" s="48"/>
       <c r="H5" s="48"/>
       <c r="I5" s="48"/>
       <c r="J5" s="48"/>
       <c r="K5" s="98"/>
       <c r="L5" s="98"/>
       <c r="M5" s="98"/>
       <c r="N5" s="98"/>
       <c r="O5" s="98"/>
       <c r="P5" s="98"/>
       <c r="Q5" s="98"/>
       <c r="R5" s="98"/>
       <c r="S5" s="98"/>
       <c r="T5" s="98"/>
       <c r="U5" s="99" t="b">
         <v>1</v>
       </c>
       <c r="V5" s="95" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:22" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="211" t="s">
+      <c r="A6" s="241" t="s">
         <v>582</v>
       </c>
-      <c r="B6" s="211"/>
-[...7 lines deleted...]
-      <c r="J6" s="211"/>
+      <c r="B6" s="241"/>
+      <c r="C6" s="241"/>
+      <c r="D6" s="241"/>
+      <c r="E6" s="241"/>
+      <c r="F6" s="241"/>
+      <c r="G6" s="241"/>
+      <c r="H6" s="241"/>
+      <c r="I6" s="241"/>
+      <c r="J6" s="241"/>
       <c r="K6" s="96"/>
       <c r="L6" s="96"/>
       <c r="M6" s="96"/>
       <c r="N6" s="96"/>
       <c r="O6" s="96"/>
       <c r="P6" s="96"/>
       <c r="Q6" s="96"/>
       <c r="R6" s="96"/>
       <c r="S6" s="96"/>
       <c r="T6" s="96"/>
       <c r="U6" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V6" s="95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="211"/>
-[...8 lines deleted...]
-      <c r="J7" s="211"/>
+      <c r="A7" s="241"/>
+      <c r="B7" s="241"/>
+      <c r="C7" s="241"/>
+      <c r="D7" s="241"/>
+      <c r="E7" s="241"/>
+      <c r="F7" s="241"/>
+      <c r="G7" s="241"/>
+      <c r="H7" s="241"/>
+      <c r="I7" s="241"/>
+      <c r="J7" s="241"/>
       <c r="K7" s="96"/>
       <c r="L7" s="96"/>
       <c r="M7" s="96"/>
       <c r="N7" s="96"/>
       <c r="O7" s="96"/>
       <c r="P7" s="96"/>
       <c r="Q7" s="96"/>
       <c r="R7" s="96"/>
       <c r="S7" s="96"/>
       <c r="T7" s="96"/>
     </row>
     <row r="8" spans="1:22" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="285" t="s">
+      <c r="A8" s="344" t="s">
         <v>583</v>
       </c>
-      <c r="B8" s="285"/>
-[...7 lines deleted...]
-      <c r="J8" s="285"/>
+      <c r="B8" s="344"/>
+      <c r="C8" s="344"/>
+      <c r="D8" s="344"/>
+      <c r="E8" s="344"/>
+      <c r="F8" s="344"/>
+      <c r="G8" s="344"/>
+      <c r="H8" s="344"/>
+      <c r="I8" s="344"/>
+      <c r="J8" s="344"/>
       <c r="K8" s="96"/>
       <c r="L8" s="96"/>
       <c r="M8" s="96"/>
       <c r="N8" s="96"/>
       <c r="O8" s="96"/>
       <c r="P8" s="96"/>
       <c r="Q8" s="96"/>
       <c r="R8" s="96"/>
       <c r="S8" s="96"/>
       <c r="T8" s="96"/>
       <c r="U8" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V8" s="95" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="9" spans="1:22" s="95" customFormat="1" ht="21.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="285"/>
-[...8 lines deleted...]
-      <c r="J9" s="285"/>
+      <c r="A9" s="344"/>
+      <c r="B9" s="344"/>
+      <c r="C9" s="344"/>
+      <c r="D9" s="344"/>
+      <c r="E9" s="344"/>
+      <c r="F9" s="344"/>
+      <c r="G9" s="344"/>
+      <c r="H9" s="344"/>
+      <c r="I9" s="344"/>
+      <c r="J9" s="344"/>
       <c r="K9" s="96"/>
       <c r="L9" s="96"/>
       <c r="M9" s="96"/>
       <c r="N9" s="96"/>
       <c r="O9" s="96"/>
       <c r="P9" s="96"/>
       <c r="Q9" s="96"/>
       <c r="R9" s="96"/>
       <c r="S9" s="96"/>
       <c r="T9" s="96"/>
       <c r="U9" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V9" s="95" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="10" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="211" t="s">
+      <c r="A10" s="241" t="s">
         <v>535</v>
       </c>
-      <c r="B10" s="211"/>
-[...7 lines deleted...]
-      <c r="J10" s="211"/>
+      <c r="B10" s="241"/>
+      <c r="C10" s="241"/>
+      <c r="D10" s="241"/>
+      <c r="E10" s="241"/>
+      <c r="F10" s="241"/>
+      <c r="G10" s="241"/>
+      <c r="H10" s="241"/>
+      <c r="I10" s="241"/>
+      <c r="J10" s="241"/>
       <c r="K10" s="96"/>
       <c r="L10" s="96"/>
       <c r="M10" s="96"/>
       <c r="N10" s="96"/>
       <c r="O10" s="96"/>
       <c r="P10" s="96"/>
       <c r="Q10" s="96"/>
       <c r="R10" s="96"/>
       <c r="S10" s="96"/>
       <c r="T10" s="96"/>
     </row>
     <row r="11" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="211"/>
-[...8 lines deleted...]
-      <c r="J11" s="211"/>
+      <c r="A11" s="241"/>
+      <c r="B11" s="241"/>
+      <c r="C11" s="241"/>
+      <c r="D11" s="241"/>
+      <c r="E11" s="241"/>
+      <c r="F11" s="241"/>
+      <c r="G11" s="241"/>
+      <c r="H11" s="241"/>
+      <c r="I11" s="241"/>
+      <c r="J11" s="241"/>
       <c r="K11" s="96"/>
       <c r="L11" s="96"/>
       <c r="M11" s="96"/>
       <c r="N11" s="96"/>
       <c r="O11" s="96"/>
       <c r="P11" s="96"/>
       <c r="Q11" s="96"/>
       <c r="R11" s="96"/>
       <c r="S11" s="96"/>
       <c r="T11" s="96"/>
       <c r="U11" s="100" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="12" spans="1:22" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="211"/>
-[...8 lines deleted...]
-      <c r="J12" s="211"/>
+      <c r="A12" s="241"/>
+      <c r="B12" s="241"/>
+      <c r="C12" s="241"/>
+      <c r="D12" s="241"/>
+      <c r="E12" s="241"/>
+      <c r="F12" s="241"/>
+      <c r="G12" s="241"/>
+      <c r="H12" s="241"/>
+      <c r="I12" s="241"/>
+      <c r="J12" s="241"/>
       <c r="K12" s="96"/>
       <c r="L12" s="96"/>
       <c r="M12" s="96"/>
       <c r="N12" s="96"/>
       <c r="O12" s="96"/>
       <c r="P12" s="96"/>
       <c r="Q12" s="96"/>
       <c r="R12" s="96"/>
       <c r="S12" s="96"/>
       <c r="T12" s="96"/>
       <c r="U12" s="101" t="b">
         <v>0</v>
       </c>
       <c r="V12" s="100" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="13" spans="1:22" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="102"/>
       <c r="L13" s="102"/>
       <c r="M13" s="102"/>
       <c r="N13" s="102"/>
       <c r="O13" s="102"/>
       <c r="P13" s="102"/>
       <c r="Q13" s="102"/>
       <c r="R13" s="102"/>
       <c r="S13" s="102"/>
       <c r="T13" s="102"/>
       <c r="U13" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V13" s="100" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="14" spans="1:22" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="221" t="s">
+      <c r="A14" s="240" t="s">
         <v>2</v>
       </c>
-      <c r="B14" s="221"/>
-[...7 lines deleted...]
-      <c r="J14" s="221"/>
+      <c r="B14" s="240"/>
+      <c r="C14" s="240"/>
+      <c r="D14" s="240"/>
+      <c r="E14" s="240"/>
+      <c r="F14" s="240"/>
+      <c r="G14" s="240"/>
+      <c r="H14" s="240"/>
+      <c r="I14" s="240"/>
+      <c r="J14" s="240"/>
       <c r="K14" s="103"/>
       <c r="L14" s="103"/>
       <c r="M14" s="103"/>
       <c r="N14" s="103"/>
       <c r="O14" s="103"/>
       <c r="P14" s="103"/>
       <c r="Q14" s="103"/>
       <c r="R14" s="103"/>
       <c r="S14" s="103"/>
       <c r="T14" s="103"/>
       <c r="U14" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V14" s="95" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="15" spans="1:22" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="287" t="s">
+      <c r="A15" s="346" t="s">
         <v>538</v>
       </c>
-      <c r="B15" s="287"/>
-[...4 lines deleted...]
-      <c r="G15" s="288" t="s">
+      <c r="B15" s="346"/>
+      <c r="C15" s="346"/>
+      <c r="D15" s="346"/>
+      <c r="E15" s="346"/>
+      <c r="F15" s="346"/>
+      <c r="G15" s="347" t="s">
         <v>539</v>
       </c>
-      <c r="H15" s="288"/>
-[...1 lines deleted...]
-      <c r="J15" s="288"/>
+      <c r="H15" s="347"/>
+      <c r="I15" s="347"/>
+      <c r="J15" s="347"/>
       <c r="K15" s="104"/>
       <c r="L15" s="104"/>
       <c r="M15" s="104"/>
       <c r="N15" s="104"/>
       <c r="O15" s="104"/>
       <c r="P15" s="104"/>
       <c r="Q15" s="104"/>
       <c r="R15" s="104"/>
       <c r="S15" s="104"/>
       <c r="T15" s="104"/>
       <c r="U15" s="99" t="b">
         <v>0</v>
       </c>
       <c r="V15" s="95" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="16" spans="1:22" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="102"/>
       <c r="L16" s="102"/>
       <c r="M16" s="102"/>
       <c r="N16" s="102"/>
       <c r="O16" s="102"/>
       <c r="P16" s="102"/>
       <c r="Q16" s="102"/>
       <c r="R16" s="102"/>
       <c r="S16" s="102"/>
       <c r="T16" s="102"/>
       <c r="U16" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V16" s="95" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="17" spans="1:23" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="285" t="s">
+      <c r="A17" s="344" t="s">
         <v>3</v>
       </c>
-      <c r="B17" s="285"/>
-[...7 lines deleted...]
-      <c r="J17" s="285"/>
+      <c r="B17" s="344"/>
+      <c r="C17" s="344"/>
+      <c r="D17" s="344"/>
+      <c r="E17" s="344"/>
+      <c r="F17" s="344"/>
+      <c r="G17" s="344"/>
+      <c r="H17" s="344"/>
+      <c r="I17" s="344"/>
+      <c r="J17" s="344"/>
       <c r="K17" s="96"/>
       <c r="L17" s="96"/>
       <c r="M17" s="96"/>
       <c r="N17" s="96"/>
       <c r="O17" s="96"/>
       <c r="P17" s="96"/>
       <c r="Q17" s="96"/>
       <c r="R17" s="96"/>
       <c r="S17" s="96"/>
       <c r="T17" s="96"/>
       <c r="U17" s="95" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="18" spans="1:23" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="285"/>
-[...8 lines deleted...]
-      <c r="J18" s="285"/>
+      <c r="A18" s="344"/>
+      <c r="B18" s="344"/>
+      <c r="C18" s="344"/>
+      <c r="D18" s="344"/>
+      <c r="E18" s="344"/>
+      <c r="F18" s="344"/>
+      <c r="G18" s="344"/>
+      <c r="H18" s="344"/>
+      <c r="I18" s="344"/>
+      <c r="J18" s="344"/>
       <c r="K18" s="96"/>
       <c r="L18" s="96"/>
       <c r="M18" s="96"/>
       <c r="N18" s="96"/>
       <c r="O18" s="96"/>
       <c r="P18" s="96"/>
       <c r="Q18" s="96"/>
       <c r="R18" s="96"/>
       <c r="S18" s="96"/>
       <c r="T18" s="96"/>
       <c r="U18" s="94" t="b">
         <v>0</v>
       </c>
       <c r="V18" s="95" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="19" spans="1:23" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
       <c r="J19" s="4"/>
       <c r="K19" s="102"/>
       <c r="L19" s="102"/>
       <c r="M19" s="102"/>
       <c r="N19" s="102"/>
       <c r="O19" s="102"/>
       <c r="P19" s="102"/>
       <c r="Q19" s="102"/>
       <c r="R19" s="102"/>
       <c r="S19" s="102"/>
       <c r="T19" s="102"/>
       <c r="U19" s="97" t="b">
         <v>0</v>
       </c>
       <c r="V19" s="95" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="20" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="300" t="str">
-        <f>HYPERLINK("mailto:" &amp; $B$438 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$B$438)</f>
+      <c r="A20" s="288" t="str">
+        <f>HYPERLINK("mailto:" &amp; $B$440 &amp; "?subject=Global Talent application - " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46),$B$440)</f>
         <v>angelina.escott@admin.ox.ac.uk</v>
       </c>
-      <c r="B20" s="301"/>
-[...3 lines deleted...]
-        <f>HYPERLINK("mailto:" &amp; $F$438 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$F$438)</f>
+      <c r="B20" s="289"/>
+      <c r="C20" s="289"/>
+      <c r="D20" s="289"/>
+      <c r="E20" s="288" t="str">
+        <f>HYPERLINK("mailto:" &amp; $F$440 &amp; "?subject=Global Talent application - " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46),$F$440)</f>
         <v>paul.deeble@admin.ox.ac.uk</v>
       </c>
-      <c r="F20" s="190"/>
-[...1 lines deleted...]
-      <c r="H20" s="190"/>
+      <c r="F20" s="289"/>
+      <c r="G20" s="289"/>
+      <c r="H20" s="289"/>
       <c r="I20" s="92"/>
       <c r="J20" s="92"/>
       <c r="K20" s="105"/>
       <c r="L20" s="105"/>
       <c r="M20" s="105"/>
       <c r="N20" s="105"/>
       <c r="O20" s="105"/>
       <c r="P20" s="105"/>
       <c r="Q20" s="105"/>
       <c r="R20" s="105"/>
       <c r="S20" s="105"/>
       <c r="T20" s="105"/>
     </row>
-    <row r="21" spans="1:23" s="95" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="252" t="s">
+    <row r="21" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="288" t="str">
+        <f>HYPERLINK("mailto:" &amp; $B$442 &amp; "?subject=Global Talent application - " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46),$B$442)</f>
+        <v>kara.updale@admin.ox.ac.uk</v>
+      </c>
+      <c r="B21" s="289"/>
+      <c r="C21" s="289"/>
+      <c r="D21" s="289"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="4"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="4"/>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4"/>
+      <c r="K21" s="105"/>
+      <c r="L21" s="105"/>
+      <c r="M21" s="105"/>
+      <c r="N21" s="105"/>
+      <c r="O21" s="105"/>
+      <c r="P21" s="105"/>
+      <c r="Q21" s="105"/>
+      <c r="R21" s="105"/>
+      <c r="S21" s="105"/>
+      <c r="T21" s="105"/>
+    </row>
+    <row r="22" spans="1:23" s="95" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="287" t="s">
         <v>533</v>
       </c>
-      <c r="B21" s="252"/>
-[...18 lines deleted...]
-      <c r="U21" s="95" t="s">
+      <c r="B22" s="287"/>
+      <c r="C22" s="287"/>
+      <c r="D22" s="287"/>
+      <c r="E22" s="287"/>
+      <c r="F22" s="287"/>
+      <c r="G22" s="287"/>
+      <c r="H22" s="287"/>
+      <c r="I22" s="287"/>
+      <c r="J22" s="287"/>
+      <c r="K22" s="106"/>
+      <c r="L22" s="106"/>
+      <c r="M22" s="106"/>
+      <c r="N22" s="106"/>
+      <c r="O22" s="106"/>
+      <c r="P22" s="106"/>
+      <c r="Q22" s="106"/>
+      <c r="R22" s="106"/>
+      <c r="S22" s="106"/>
+      <c r="T22" s="106"/>
+      <c r="U22" s="95" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="22" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-      <c r="U22" s="94" t="b">
+    <row r="23" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="4"/>
+      <c r="C23" s="4"/>
+      <c r="D23" s="4"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="15"/>
+      <c r="G23" s="4"/>
+      <c r="H23" s="4"/>
+      <c r="I23" s="4"/>
+      <c r="J23" s="4"/>
+      <c r="K23" s="102"/>
+      <c r="L23" s="102"/>
+      <c r="M23" s="102"/>
+      <c r="N23" s="102"/>
+      <c r="O23" s="102"/>
+      <c r="P23" s="102"/>
+      <c r="Q23" s="102"/>
+      <c r="R23" s="102"/>
+      <c r="S23" s="102"/>
+      <c r="T23" s="102"/>
+      <c r="U23" s="94" t="b">
         <v>0</v>
       </c>
-      <c r="V22" s="95" t="s">
+      <c r="V23" s="95" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="23" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <f>HYPERLINK("mailto:" &amp; $B$442 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$B$442)</f>
+    <row r="24" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="288" t="str">
+        <f>HYPERLINK("mailto:" &amp; $B$446 &amp; "?subject=Global Talent application - " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46),$B$446)</f>
         <v>lyn.davis@admin.ox.ac.uk</v>
       </c>
-      <c r="B23" s="190"/>
-[...3 lines deleted...]
-        <f>HYPERLINK("mailto:" &amp; $F$442 &amp; "?subject=Global Talent application - " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$43) &amp; " " &amp; PROPER($E$45) &amp; " " &amp; UPPER($E$44),$F$442)</f>
+      <c r="B24" s="289"/>
+      <c r="C24" s="289"/>
+      <c r="D24" s="289"/>
+      <c r="E24" s="288" t="str">
+        <f>HYPERLINK("mailto:" &amp; $F$446 &amp; "?subject=Global Talent application - " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46),$F$446)</f>
         <v>richard.birt@admin.ox.ac.uk</v>
       </c>
-      <c r="F23" s="190"/>
-[...14 lines deleted...]
-      <c r="U23" s="99" t="b">
+      <c r="F24" s="289"/>
+      <c r="G24" s="289"/>
+      <c r="H24" s="289"/>
+      <c r="I24" s="92"/>
+      <c r="J24" s="92"/>
+      <c r="K24" s="105"/>
+      <c r="L24" s="105"/>
+      <c r="M24" s="105"/>
+      <c r="N24" s="105"/>
+      <c r="O24" s="105"/>
+      <c r="P24" s="105"/>
+      <c r="Q24" s="105"/>
+      <c r="R24" s="105"/>
+      <c r="S24" s="105"/>
+      <c r="T24" s="105"/>
+      <c r="U24" s="99" t="b">
         <v>0</v>
       </c>
-      <c r="V23" s="95" t="s">
+      <c r="V24" s="95" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="24" spans="1:23" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="252" t="s">
+    <row r="25" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="288" t="str">
+        <f>HYPERLINK("mailto:" &amp; $B$448 &amp; "?subject=Global Talent application - " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46) &amp; "&amp;body=Please find attached an internal Global Talent application for " &amp; PROPER($H$45) &amp; " " &amp; PROPER($E$47) &amp; " " &amp; UPPER($E$46),$B$448)</f>
+        <v>sufia.nadeem@admin.ox.ac.uk</v>
+      </c>
+      <c r="B25" s="289"/>
+      <c r="C25" s="289"/>
+      <c r="D25" s="289"/>
+      <c r="E25" s="180"/>
+      <c r="F25" s="181"/>
+      <c r="G25" s="181"/>
+      <c r="H25" s="181"/>
+      <c r="I25" s="92"/>
+      <c r="J25" s="92"/>
+      <c r="K25" s="105"/>
+      <c r="L25" s="105"/>
+      <c r="M25" s="105"/>
+      <c r="N25" s="105"/>
+      <c r="O25" s="105"/>
+      <c r="P25" s="105"/>
+      <c r="Q25" s="105"/>
+      <c r="R25" s="105"/>
+      <c r="S25" s="105"/>
+      <c r="T25" s="105"/>
+      <c r="U25" s="159"/>
+    </row>
+    <row r="26" spans="1:23" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="287" t="s">
         <v>534</v>
       </c>
-      <c r="B24" s="252"/>
-[...18 lines deleted...]
-      <c r="U24" s="159" t="b">
+      <c r="B26" s="287"/>
+      <c r="C26" s="287"/>
+      <c r="D26" s="287"/>
+      <c r="E26" s="287"/>
+      <c r="F26" s="287"/>
+      <c r="G26" s="287"/>
+      <c r="H26" s="287"/>
+      <c r="I26" s="287"/>
+      <c r="J26" s="287"/>
+      <c r="K26" s="106"/>
+      <c r="L26" s="106"/>
+      <c r="M26" s="106"/>
+      <c r="N26" s="106"/>
+      <c r="O26" s="106"/>
+      <c r="P26" s="106"/>
+      <c r="Q26" s="106"/>
+      <c r="R26" s="106"/>
+      <c r="S26" s="106"/>
+      <c r="T26" s="106"/>
+      <c r="U26" s="159" t="b">
         <v>0</v>
       </c>
-      <c r="V24" s="95" t="s">
+      <c r="V26" s="95" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="25" spans="1:23" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...20 lines deleted...]
-      <c r="U25" s="99" t="b">
+    <row r="27" spans="1:23" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="18"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+      <c r="K27" s="107"/>
+      <c r="L27" s="107"/>
+      <c r="M27" s="107"/>
+      <c r="N27" s="107"/>
+      <c r="O27" s="107"/>
+      <c r="P27" s="107"/>
+      <c r="Q27" s="107"/>
+      <c r="R27" s="107"/>
+      <c r="S27" s="107"/>
+      <c r="T27" s="107"/>
+      <c r="U27" s="99" t="b">
         <v>0</v>
       </c>
-      <c r="V25" s="95" t="s">
+      <c r="V27" s="95" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="26" spans="1:23" s="109" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="251" t="s">
+    <row r="28" spans="1:23" s="109" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="383" t="s">
         <v>7</v>
       </c>
-      <c r="B26" s="251"/>
-[...18 lines deleted...]
-      <c r="U26" s="97" t="b">
+      <c r="B28" s="383"/>
+      <c r="C28" s="383"/>
+      <c r="D28" s="383"/>
+      <c r="E28" s="383"/>
+      <c r="F28" s="383"/>
+      <c r="G28" s="383"/>
+      <c r="H28" s="383"/>
+      <c r="I28" s="383"/>
+      <c r="J28" s="383"/>
+      <c r="K28" s="108"/>
+      <c r="L28" s="108"/>
+      <c r="M28" s="108"/>
+      <c r="N28" s="108"/>
+      <c r="O28" s="108"/>
+      <c r="P28" s="108"/>
+      <c r="Q28" s="108"/>
+      <c r="R28" s="108"/>
+      <c r="S28" s="108"/>
+      <c r="T28" s="108"/>
+      <c r="U28" s="97" t="b">
         <v>0</v>
       </c>
-      <c r="V26" s="95" t="s">
+      <c r="V28" s="95" t="s">
         <v>552</v>
       </c>
-      <c r="W26" s="95"/>
-[...69 lines deleted...]
-    <row r="30" spans="1:23" s="95" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="W28" s="95"/>
+    </row>
+    <row r="29" spans="1:23" s="109" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="383"/>
+      <c r="B29" s="383"/>
+      <c r="C29" s="383"/>
+      <c r="D29" s="383"/>
+      <c r="E29" s="383"/>
+      <c r="F29" s="383"/>
+      <c r="G29" s="383"/>
+      <c r="H29" s="383"/>
+      <c r="I29" s="383"/>
+      <c r="J29" s="383"/>
+      <c r="K29" s="108"/>
+      <c r="L29" s="108"/>
+      <c r="M29" s="108"/>
+      <c r="N29" s="108"/>
+      <c r="O29" s="108"/>
+      <c r="P29" s="108"/>
+      <c r="Q29" s="108"/>
+      <c r="R29" s="108"/>
+      <c r="S29" s="108"/>
+      <c r="T29" s="108"/>
+    </row>
+    <row r="30" spans="1:23" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="19"/>
       <c r="B30" s="19"/>
       <c r="C30" s="19"/>
       <c r="D30" s="19"/>
       <c r="E30" s="19"/>
       <c r="F30" s="19"/>
       <c r="G30" s="19"/>
       <c r="H30" s="19"/>
       <c r="I30" s="19"/>
       <c r="J30" s="19"/>
       <c r="K30" s="110"/>
-      <c r="L30" s="305"/>
-[...6 lines deleted...]
-      <c r="S30" s="307"/>
+      <c r="L30" s="110"/>
+      <c r="M30" s="110"/>
+      <c r="N30" s="110"/>
+      <c r="O30" s="110"/>
+      <c r="P30" s="110"/>
+      <c r="Q30" s="110"/>
+      <c r="R30" s="110"/>
+      <c r="S30" s="110"/>
       <c r="T30" s="110"/>
     </row>
     <row r="31" spans="1:23" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A31" s="9"/>
-[...70 lines deleted...]
-    <row r="34" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="259" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" s="259"/>
+      <c r="C31" s="259"/>
+      <c r="D31" s="259"/>
+      <c r="E31" s="259"/>
+      <c r="F31" s="259"/>
+      <c r="G31" s="259"/>
+      <c r="H31" s="259"/>
+      <c r="I31" s="259"/>
+      <c r="J31" s="259"/>
+      <c r="K31" s="111"/>
+      <c r="L31" s="318"/>
+      <c r="M31" s="319"/>
+      <c r="N31" s="319"/>
+      <c r="O31" s="319"/>
+      <c r="P31" s="319"/>
+      <c r="Q31" s="319"/>
+      <c r="R31" s="319"/>
+      <c r="S31" s="320"/>
+      <c r="T31" s="111"/>
+    </row>
+    <row r="32" spans="1:23" s="95" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="19"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="19"/>
+      <c r="F32" s="19"/>
+      <c r="G32" s="19"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="19"/>
+      <c r="J32" s="19"/>
+      <c r="K32" s="110"/>
+      <c r="L32" s="321"/>
+      <c r="M32" s="322"/>
+      <c r="N32" s="322"/>
+      <c r="O32" s="322"/>
+      <c r="P32" s="322"/>
+      <c r="Q32" s="322"/>
+      <c r="R32" s="322"/>
+      <c r="S32" s="323"/>
+      <c r="T32" s="110"/>
+    </row>
+    <row r="33" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="9"/>
+      <c r="B33" s="5"/>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="5"/>
+      <c r="K33" s="112"/>
+      <c r="L33" s="321"/>
+      <c r="M33" s="322"/>
+      <c r="N33" s="322"/>
+      <c r="O33" s="322"/>
+      <c r="P33" s="322"/>
+      <c r="Q33" s="322"/>
+      <c r="R33" s="322"/>
+      <c r="S33" s="323"/>
+      <c r="T33" s="112"/>
+    </row>
+    <row r="34" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
-      <c r="I34" s="2"/>
+      <c r="I34" s="16" t="str">
+        <f>IFERROR(IF($U$1=TRUE,10,""),"")</f>
+        <v/>
+      </c>
       <c r="J34" s="1"/>
       <c r="K34" s="113"/>
-      <c r="L34" s="305"/>
-[...6 lines deleted...]
-      <c r="S34" s="307"/>
+      <c r="L34" s="321"/>
+      <c r="M34" s="322"/>
+      <c r="N34" s="322"/>
+      <c r="O34" s="322"/>
+      <c r="P34" s="322"/>
+      <c r="Q34" s="322"/>
+      <c r="R34" s="322"/>
+      <c r="S34" s="323"/>
       <c r="T34" s="113"/>
     </row>
-    <row r="35" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="324" t="s">
+    <row r="35" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="1"/>
+      <c r="B35" s="1"/>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="16" t="str">
+        <f>IFERROR(IF($U$2=TRUE,10,""),"")</f>
+        <v/>
+      </c>
+      <c r="J35" s="1"/>
+      <c r="K35" s="113"/>
+      <c r="L35" s="321"/>
+      <c r="M35" s="322"/>
+      <c r="N35" s="322"/>
+      <c r="O35" s="322"/>
+      <c r="P35" s="322"/>
+      <c r="Q35" s="322"/>
+      <c r="R35" s="322"/>
+      <c r="S35" s="323"/>
+      <c r="T35" s="113"/>
+    </row>
+    <row r="36" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="1"/>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="113"/>
+      <c r="L36" s="321"/>
+      <c r="M36" s="322"/>
+      <c r="N36" s="322"/>
+      <c r="O36" s="322"/>
+      <c r="P36" s="322"/>
+      <c r="Q36" s="322"/>
+      <c r="R36" s="322"/>
+      <c r="S36" s="323"/>
+      <c r="T36" s="113"/>
+    </row>
+    <row r="37" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="290" t="s">
         <v>502</v>
       </c>
-      <c r="B35" s="324"/>
-[...51 lines deleted...]
-      <c r="J37" s="324"/>
+      <c r="B37" s="290"/>
+      <c r="C37" s="290"/>
+      <c r="D37" s="290"/>
+      <c r="E37" s="290"/>
+      <c r="F37" s="290"/>
+      <c r="G37" s="290"/>
+      <c r="H37" s="290"/>
+      <c r="I37" s="290"/>
+      <c r="J37" s="290"/>
       <c r="K37" s="114"/>
-      <c r="L37" s="114"/>
-[...6 lines deleted...]
-      <c r="S37" s="114"/>
+      <c r="L37" s="321"/>
+      <c r="M37" s="322"/>
+      <c r="N37" s="322"/>
+      <c r="O37" s="322"/>
+      <c r="P37" s="322"/>
+      <c r="Q37" s="322"/>
+      <c r="R37" s="322"/>
+      <c r="S37" s="323"/>
       <c r="T37" s="114"/>
     </row>
-    <row r="38" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A38" s="277" t="s">
+    <row r="38" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="290"/>
+      <c r="B38" s="290"/>
+      <c r="C38" s="290"/>
+      <c r="D38" s="290"/>
+      <c r="E38" s="290"/>
+      <c r="F38" s="290"/>
+      <c r="G38" s="290"/>
+      <c r="H38" s="290"/>
+      <c r="I38" s="290"/>
+      <c r="J38" s="290"/>
+      <c r="K38" s="114"/>
+      <c r="L38" s="324"/>
+      <c r="M38" s="325"/>
+      <c r="N38" s="325"/>
+      <c r="O38" s="325"/>
+      <c r="P38" s="325"/>
+      <c r="Q38" s="325"/>
+      <c r="R38" s="325"/>
+      <c r="S38" s="326"/>
+      <c r="T38" s="114"/>
+    </row>
+    <row r="39" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="290"/>
+      <c r="B39" s="290"/>
+      <c r="C39" s="290"/>
+      <c r="D39" s="290"/>
+      <c r="E39" s="290"/>
+      <c r="F39" s="290"/>
+      <c r="G39" s="290"/>
+      <c r="H39" s="290"/>
+      <c r="I39" s="290"/>
+      <c r="J39" s="290"/>
+      <c r="K39" s="114"/>
+      <c r="L39" s="114"/>
+      <c r="M39" s="114"/>
+      <c r="N39" s="114"/>
+      <c r="O39" s="114"/>
+      <c r="P39" s="114"/>
+      <c r="Q39" s="114"/>
+      <c r="R39" s="114"/>
+      <c r="S39" s="114"/>
+      <c r="T39" s="114"/>
+    </row>
+    <row r="40" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A40" s="259" t="s">
         <v>9</v>
       </c>
-      <c r="B38" s="277"/>
-[...42 lines deleted...]
-      <c r="A40" s="221" t="s">
+      <c r="B40" s="259"/>
+      <c r="C40" s="259"/>
+      <c r="D40" s="259"/>
+      <c r="E40" s="259"/>
+      <c r="F40" s="259"/>
+      <c r="G40" s="259"/>
+      <c r="H40" s="259"/>
+      <c r="I40" s="259"/>
+      <c r="J40" s="259"/>
+      <c r="K40" s="111"/>
+      <c r="L40" s="111"/>
+      <c r="M40" s="111"/>
+      <c r="N40" s="111"/>
+      <c r="O40" s="111"/>
+      <c r="P40" s="111"/>
+      <c r="Q40" s="111"/>
+      <c r="R40" s="111"/>
+      <c r="S40" s="111"/>
+      <c r="T40" s="111"/>
+    </row>
+    <row r="41" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="4"/>
+      <c r="B41" s="4"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="4"/>
+      <c r="E41" s="4"/>
+      <c r="F41" s="4"/>
+      <c r="G41" s="4"/>
+      <c r="H41" s="4"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="4"/>
+      <c r="K41" s="102"/>
+      <c r="L41" s="102"/>
+      <c r="M41" s="102"/>
+      <c r="N41" s="102"/>
+      <c r="O41" s="102"/>
+      <c r="P41" s="102"/>
+      <c r="Q41" s="102"/>
+      <c r="R41" s="102"/>
+      <c r="S41" s="102"/>
+      <c r="T41" s="102"/>
+    </row>
+    <row r="42" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="240" t="s">
         <v>10</v>
       </c>
-      <c r="B40" s="221"/>
-[...52 lines deleted...]
-      <c r="K42" s="102"/>
+      <c r="B42" s="240"/>
+      <c r="C42" s="240"/>
+      <c r="D42" s="240"/>
+      <c r="E42" s="240"/>
+      <c r="F42" s="240"/>
+      <c r="G42" s="240"/>
+      <c r="H42" s="240"/>
+      <c r="I42" s="240"/>
+      <c r="J42" s="240"/>
+      <c r="K42" s="103"/>
       <c r="L42" s="183"/>
       <c r="M42" s="184"/>
       <c r="N42" s="184"/>
       <c r="O42" s="184"/>
       <c r="P42" s="184"/>
       <c r="Q42" s="184"/>
       <c r="R42" s="184"/>
       <c r="S42" s="185"/>
-      <c r="T42" s="102"/>
-[...2 lines deleted...]
-      <c r="A43" s="256" t="s">
+      <c r="T42" s="103"/>
+    </row>
+    <row r="43" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="240"/>
+      <c r="B43" s="240"/>
+      <c r="C43" s="240"/>
+      <c r="D43" s="240"/>
+      <c r="E43" s="240"/>
+      <c r="F43" s="240"/>
+      <c r="G43" s="240"/>
+      <c r="H43" s="240"/>
+      <c r="I43" s="240"/>
+      <c r="J43" s="240"/>
+      <c r="K43" s="103"/>
+      <c r="L43" s="186"/>
+      <c r="M43" s="187"/>
+      <c r="N43" s="187"/>
+      <c r="O43" s="187"/>
+      <c r="P43" s="187"/>
+      <c r="Q43" s="187"/>
+      <c r="R43" s="187"/>
+      <c r="S43" s="188"/>
+      <c r="T43" s="103"/>
+    </row>
+    <row r="44" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="4"/>
+      <c r="C44" s="4"/>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="4"/>
+      <c r="I44" s="4"/>
+      <c r="J44" s="4"/>
+      <c r="K44" s="102"/>
+      <c r="L44" s="186"/>
+      <c r="M44" s="187"/>
+      <c r="N44" s="187"/>
+      <c r="O44" s="187"/>
+      <c r="P44" s="187"/>
+      <c r="Q44" s="187"/>
+      <c r="R44" s="187"/>
+      <c r="S44" s="188"/>
+      <c r="T44" s="102"/>
+    </row>
+    <row r="45" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="276" t="s">
         <v>12</v>
       </c>
-      <c r="B43" s="256"/>
-[...20 lines deleted...]
-      <c r="A44" s="256" t="s">
+      <c r="B45" s="276"/>
+      <c r="C45" s="276"/>
+      <c r="D45" s="276"/>
+      <c r="E45" s="276"/>
+      <c r="F45" s="276"/>
+      <c r="G45" s="276"/>
+      <c r="H45" s="221"/>
+      <c r="I45" s="222"/>
+      <c r="J45" s="223"/>
+      <c r="K45" s="115"/>
+      <c r="L45" s="186"/>
+      <c r="M45" s="187"/>
+      <c r="N45" s="187"/>
+      <c r="O45" s="187"/>
+      <c r="P45" s="187"/>
+      <c r="Q45" s="187"/>
+      <c r="R45" s="187"/>
+      <c r="S45" s="188"/>
+      <c r="T45" s="115"/>
+    </row>
+    <row r="46" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="276" t="s">
         <v>11</v>
       </c>
-      <c r="B44" s="256"/>
-[...20 lines deleted...]
-      <c r="A45" s="273" t="s">
+      <c r="B46" s="276"/>
+      <c r="C46" s="276"/>
+      <c r="D46" s="276"/>
+      <c r="E46" s="221"/>
+      <c r="F46" s="222"/>
+      <c r="G46" s="222"/>
+      <c r="H46" s="281"/>
+      <c r="I46" s="281"/>
+      <c r="J46" s="282"/>
+      <c r="K46" s="115"/>
+      <c r="L46" s="186"/>
+      <c r="M46" s="187"/>
+      <c r="N46" s="187"/>
+      <c r="O46" s="187"/>
+      <c r="P46" s="187"/>
+      <c r="Q46" s="187"/>
+      <c r="R46" s="187"/>
+      <c r="S46" s="188"/>
+      <c r="T46" s="115"/>
+    </row>
+    <row r="47" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="210" t="s">
         <v>13</v>
       </c>
-      <c r="B45" s="273"/>
-[...20 lines deleted...]
-      <c r="A46" s="273" t="s">
+      <c r="B47" s="210"/>
+      <c r="C47" s="210"/>
+      <c r="D47" s="210"/>
+      <c r="E47" s="221"/>
+      <c r="F47" s="222"/>
+      <c r="G47" s="222"/>
+      <c r="H47" s="222"/>
+      <c r="I47" s="222"/>
+      <c r="J47" s="223"/>
+      <c r="K47" s="115"/>
+      <c r="L47" s="186"/>
+      <c r="M47" s="187"/>
+      <c r="N47" s="187"/>
+      <c r="O47" s="187"/>
+      <c r="P47" s="187"/>
+      <c r="Q47" s="187"/>
+      <c r="R47" s="187"/>
+      <c r="S47" s="188"/>
+      <c r="T47" s="115"/>
+    </row>
+    <row r="48" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="210" t="s">
         <v>14</v>
       </c>
-      <c r="B46" s="273"/>
-[...20 lines deleted...]
-      <c r="A47" s="256" t="s">
+      <c r="B48" s="210"/>
+      <c r="C48" s="210"/>
+      <c r="D48" s="210"/>
+      <c r="E48" s="255"/>
+      <c r="F48" s="256"/>
+      <c r="G48" s="256"/>
+      <c r="H48" s="256"/>
+      <c r="I48" s="256"/>
+      <c r="J48" s="257"/>
+      <c r="K48" s="115"/>
+      <c r="L48" s="186"/>
+      <c r="M48" s="187"/>
+      <c r="N48" s="187"/>
+      <c r="O48" s="187"/>
+      <c r="P48" s="187"/>
+      <c r="Q48" s="187"/>
+      <c r="R48" s="187"/>
+      <c r="S48" s="188"/>
+      <c r="T48" s="115"/>
+    </row>
+    <row r="49" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="276" t="s">
         <v>15</v>
       </c>
-      <c r="B47" s="256"/>
-[...4 lines deleted...]
-      <c r="G47" s="178" t="s">
+      <c r="B49" s="276"/>
+      <c r="C49" s="276"/>
+      <c r="D49" s="276"/>
+      <c r="E49" s="277"/>
+      <c r="F49" s="279"/>
+      <c r="G49" s="178" t="s">
+        <v>598</v>
+      </c>
+      <c r="H49" s="179" t="s">
+        <v>507</v>
+      </c>
+      <c r="I49" s="285" t="s">
         <v>599</v>
       </c>
-      <c r="H47" s="179" t="s">
-[...18 lines deleted...]
-      <c r="A48" s="256" t="s">
+      <c r="J49" s="286"/>
+      <c r="K49" s="116"/>
+      <c r="L49" s="186"/>
+      <c r="M49" s="187"/>
+      <c r="N49" s="187"/>
+      <c r="O49" s="187"/>
+      <c r="P49" s="187"/>
+      <c r="Q49" s="187"/>
+      <c r="R49" s="187"/>
+      <c r="S49" s="188"/>
+      <c r="T49" s="116"/>
+    </row>
+    <row r="50" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="276" t="s">
         <v>16</v>
       </c>
-      <c r="B48" s="256"/>
-[...56 lines deleted...]
-      <c r="J50" s="361"/>
+      <c r="B50" s="276"/>
+      <c r="C50" s="276"/>
+      <c r="D50" s="276"/>
+      <c r="E50" s="280"/>
+      <c r="F50" s="281"/>
+      <c r="G50" s="281"/>
+      <c r="H50" s="281"/>
+      <c r="I50" s="281"/>
+      <c r="J50" s="282"/>
       <c r="K50" s="115"/>
-      <c r="L50" s="183"/>
-[...6 lines deleted...]
-      <c r="S50" s="185"/>
+      <c r="L50" s="186"/>
+      <c r="M50" s="187"/>
+      <c r="N50" s="187"/>
+      <c r="O50" s="187"/>
+      <c r="P50" s="187"/>
+      <c r="Q50" s="187"/>
+      <c r="R50" s="187"/>
+      <c r="S50" s="188"/>
       <c r="T50" s="115"/>
     </row>
-    <row r="51" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      </c>
+    <row r="51" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="4"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
-      <c r="E51" s="4"/>
-[...3 lines deleted...]
-      <c r="I51" s="363"/>
+      <c r="E51" s="364" t="str">
+        <f ca="1">IFERROR(IF($E$49&lt;&gt;"",IF(YEAR($E$49)&gt;(YEAR($I$452)-16),YEAR($I$452)-YEAR($E$49)&amp;" years old?",IF(YEAR($E$49)&lt;(YEAR($I$452)-80),YEAR($I$452)-YEAR($E$49)&amp;" years old?","Applicant is " &amp; DATEDIF($E$49,TODAY(),"y") &amp; " years &amp; " &amp; DATEDIF($E$49,TODAY(),"ym") &amp; " months old")),""),"DATE ENTRY ERROR!")</f>
+        <v/>
+      </c>
+      <c r="F51" s="364"/>
+      <c r="G51" s="364"/>
+      <c r="H51" s="364"/>
+      <c r="I51" s="364"/>
       <c r="J51" s="364"/>
-      <c r="K51" s="117"/>
+      <c r="K51" s="102"/>
       <c r="L51" s="186"/>
       <c r="M51" s="187"/>
       <c r="N51" s="187"/>
       <c r="O51" s="187"/>
       <c r="P51" s="187"/>
       <c r="Q51" s="187"/>
       <c r="R51" s="187"/>
       <c r="S51" s="188"/>
-      <c r="T51" s="117"/>
-[...2 lines deleted...]
-      <c r="A52" s="4"/>
+      <c r="T51" s="102"/>
+    </row>
+    <row r="52" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="21" t="s">
+        <v>503</v>
+      </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
-      <c r="G52" s="4"/>
-[...36 lines deleted...]
-      <c r="T53" s="102"/>
+      <c r="G52" s="270"/>
+      <c r="H52" s="271"/>
+      <c r="I52" s="271"/>
+      <c r="J52" s="272"/>
+      <c r="K52" s="115"/>
+      <c r="L52" s="186"/>
+      <c r="M52" s="187"/>
+      <c r="N52" s="187"/>
+      <c r="O52" s="187"/>
+      <c r="P52" s="187"/>
+      <c r="Q52" s="187"/>
+      <c r="R52" s="187"/>
+      <c r="S52" s="188"/>
+      <c r="T52" s="115"/>
+    </row>
+    <row r="53" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B53" s="4"/>
+      <c r="C53" s="4"/>
+      <c r="D53" s="4"/>
+      <c r="E53" s="4"/>
+      <c r="F53" s="4"/>
+      <c r="G53" s="273"/>
+      <c r="H53" s="274"/>
+      <c r="I53" s="274"/>
+      <c r="J53" s="275"/>
+      <c r="K53" s="117"/>
+      <c r="L53" s="189"/>
+      <c r="M53" s="190"/>
+      <c r="N53" s="190"/>
+      <c r="O53" s="190"/>
+      <c r="P53" s="190"/>
+      <c r="Q53" s="190"/>
+      <c r="R53" s="190"/>
+      <c r="S53" s="191"/>
+      <c r="T53" s="117"/>
     </row>
     <row r="54" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="211" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="A54" s="4"/>
+      <c r="B54" s="4"/>
+      <c r="C54" s="4"/>
+      <c r="D54" s="4"/>
+      <c r="E54" s="4"/>
+      <c r="F54" s="4"/>
+      <c r="G54" s="4"/>
+      <c r="H54" s="4"/>
+      <c r="I54" s="4"/>
+      <c r="J54" s="4"/>
       <c r="K54" s="102"/>
       <c r="L54" s="102"/>
-      <c r="M54" s="175" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="M54" s="102"/>
+      <c r="N54" s="102"/>
       <c r="O54" s="102"/>
       <c r="P54" s="102"/>
       <c r="Q54" s="102"/>
       <c r="R54" s="102"/>
       <c r="S54" s="102"/>
       <c r="T54" s="102"/>
     </row>
-    <row r="55" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J55" s="279"/>
+    <row r="55" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="259" t="s">
+        <v>590</v>
+      </c>
+      <c r="B55" s="259"/>
+      <c r="C55" s="259"/>
+      <c r="D55" s="259"/>
+      <c r="E55" s="259"/>
+      <c r="F55" s="259"/>
+      <c r="G55" s="259"/>
+      <c r="H55" s="259"/>
+      <c r="I55" s="259"/>
+      <c r="J55" s="259"/>
       <c r="K55" s="102"/>
       <c r="L55" s="102"/>
       <c r="M55" s="102"/>
       <c r="N55" s="102"/>
       <c r="O55" s="102"/>
       <c r="P55" s="102"/>
       <c r="Q55" s="102"/>
       <c r="R55" s="102"/>
       <c r="S55" s="102"/>
       <c r="T55" s="102"/>
     </row>
     <row r="56" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="211"/>
-[...8 lines deleted...]
-      <c r="J56" s="172"/>
+      <c r="A56" s="241" t="s">
+        <v>595</v>
+      </c>
+      <c r="B56" s="241"/>
+      <c r="C56" s="241"/>
+      <c r="D56" s="241"/>
+      <c r="E56" s="241"/>
+      <c r="F56" s="241"/>
+      <c r="G56" s="241"/>
+      <c r="H56" s="241"/>
+      <c r="I56" s="241"/>
+      <c r="J56" s="365" t="s">
+        <v>507</v>
+      </c>
       <c r="K56" s="102"/>
       <c r="L56" s="102"/>
-      <c r="M56" s="102"/>
-      <c r="N56" s="102"/>
+      <c r="M56" s="175" t="s">
+        <v>591</v>
+      </c>
+      <c r="N56" s="176">
+        <f>IF($J$56="Yes",1,0)+IF(AND($J$60="Yes",$J$61&lt;&gt;""),$J$61,0)</f>
+        <v>0</v>
+      </c>
       <c r="O56" s="102"/>
       <c r="P56" s="102"/>
       <c r="Q56" s="102"/>
       <c r="R56" s="102"/>
       <c r="S56" s="102"/>
       <c r="T56" s="102"/>
     </row>
-    <row r="57" spans="1:20" s="95" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J57" s="172"/>
+    <row r="57" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="241"/>
+      <c r="B57" s="241"/>
+      <c r="C57" s="241"/>
+      <c r="D57" s="241"/>
+      <c r="E57" s="241"/>
+      <c r="F57" s="241"/>
+      <c r="G57" s="241"/>
+      <c r="H57" s="241"/>
+      <c r="I57" s="241"/>
+      <c r="J57" s="366"/>
       <c r="K57" s="102"/>
       <c r="L57" s="102"/>
       <c r="M57" s="102"/>
       <c r="N57" s="102"/>
       <c r="O57" s="102"/>
       <c r="P57" s="102"/>
       <c r="Q57" s="102"/>
       <c r="R57" s="102"/>
       <c r="S57" s="102"/>
       <c r="T57" s="102"/>
     </row>
-    <row r="58" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      </c>
+    <row r="58" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="241"/>
+      <c r="B58" s="241"/>
+      <c r="C58" s="241"/>
+      <c r="D58" s="241"/>
+      <c r="E58" s="241"/>
+      <c r="F58" s="241"/>
+      <c r="G58" s="241"/>
+      <c r="H58" s="241"/>
+      <c r="I58" s="241"/>
+      <c r="J58" s="172"/>
       <c r="K58" s="102"/>
       <c r="L58" s="102"/>
       <c r="M58" s="102"/>
       <c r="N58" s="102"/>
       <c r="O58" s="102"/>
       <c r="P58" s="102"/>
       <c r="Q58" s="102"/>
       <c r="R58" s="102"/>
       <c r="S58" s="102"/>
       <c r="T58" s="102"/>
     </row>
-    <row r="59" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J59" s="280"/>
+    <row r="59" spans="1:20" s="95" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="241"/>
+      <c r="B59" s="241"/>
+      <c r="C59" s="241"/>
+      <c r="D59" s="241"/>
+      <c r="E59" s="241"/>
+      <c r="F59" s="241"/>
+      <c r="G59" s="241"/>
+      <c r="H59" s="241"/>
+      <c r="I59" s="241"/>
+      <c r="J59" s="172"/>
       <c r="K59" s="102"/>
       <c r="L59" s="102"/>
       <c r="M59" s="102"/>
       <c r="N59" s="102"/>
       <c r="O59" s="102"/>
       <c r="P59" s="102"/>
       <c r="Q59" s="102"/>
       <c r="R59" s="102"/>
       <c r="S59" s="102"/>
       <c r="T59" s="102"/>
     </row>
-    <row r="60" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J60" s="281"/>
+    <row r="60" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="241" t="s">
+        <v>596</v>
+      </c>
+      <c r="B60" s="241"/>
+      <c r="C60" s="241"/>
+      <c r="D60" s="241"/>
+      <c r="E60" s="241"/>
+      <c r="F60" s="241"/>
+      <c r="G60" s="241"/>
+      <c r="H60" s="241"/>
+      <c r="I60" s="241"/>
+      <c r="J60" s="173" t="s">
+        <v>507</v>
+      </c>
       <c r="K60" s="102"/>
       <c r="L60" s="102"/>
       <c r="M60" s="102"/>
       <c r="N60" s="102"/>
       <c r="O60" s="102"/>
       <c r="P60" s="102"/>
       <c r="Q60" s="102"/>
       <c r="R60" s="102"/>
       <c r="S60" s="102"/>
       <c r="T60" s="102"/>
     </row>
-    <row r="61" spans="1:20" s="95" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      </c>
+    <row r="61" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="241"/>
+      <c r="B61" s="241"/>
+      <c r="C61" s="241"/>
+      <c r="D61" s="241"/>
+      <c r="E61" s="241"/>
+      <c r="F61" s="241"/>
+      <c r="G61" s="241"/>
+      <c r="H61" s="241"/>
+      <c r="I61" s="241"/>
+      <c r="J61" s="367"/>
       <c r="K61" s="102"/>
       <c r="L61" s="102"/>
       <c r="M61" s="102"/>
       <c r="N61" s="102"/>
       <c r="O61" s="102"/>
       <c r="P61" s="102"/>
       <c r="Q61" s="102"/>
       <c r="R61" s="102"/>
       <c r="S61" s="102"/>
       <c r="T61" s="102"/>
     </row>
-    <row r="62" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A62" s="277" t="s">
+    <row r="62" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="241"/>
+      <c r="B62" s="241"/>
+      <c r="C62" s="241"/>
+      <c r="D62" s="241"/>
+      <c r="E62" s="241"/>
+      <c r="F62" s="241"/>
+      <c r="G62" s="241"/>
+      <c r="H62" s="241"/>
+      <c r="I62" s="241"/>
+      <c r="J62" s="368"/>
+      <c r="K62" s="102"/>
+      <c r="L62" s="102"/>
+      <c r="M62" s="102"/>
+      <c r="N62" s="102"/>
+      <c r="O62" s="102"/>
+      <c r="P62" s="102"/>
+      <c r="Q62" s="102"/>
+      <c r="R62" s="102"/>
+      <c r="S62" s="102"/>
+      <c r="T62" s="102"/>
+    </row>
+    <row r="63" spans="1:20" s="95" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="241"/>
+      <c r="B63" s="241"/>
+      <c r="C63" s="241"/>
+      <c r="D63" s="241"/>
+      <c r="E63" s="241"/>
+      <c r="F63" s="241"/>
+      <c r="G63" s="241"/>
+      <c r="H63" s="241"/>
+      <c r="I63" s="241"/>
+      <c r="J63" s="174" t="str">
+        <f>IF(AND($J$60="Yes",$J$61=""),"enter no. of kids","")</f>
+        <v/>
+      </c>
+      <c r="K63" s="102"/>
+      <c r="L63" s="102"/>
+      <c r="M63" s="102"/>
+      <c r="N63" s="102"/>
+      <c r="O63" s="102"/>
+      <c r="P63" s="102"/>
+      <c r="Q63" s="102"/>
+      <c r="R63" s="102"/>
+      <c r="S63" s="102"/>
+      <c r="T63" s="102"/>
+    </row>
+    <row r="64" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="259" t="s">
         <v>18</v>
       </c>
-      <c r="B62" s="277"/>
-[...78 lines deleted...]
-      <c r="K65" s="118"/>
+      <c r="B64" s="259"/>
+      <c r="C64" s="259"/>
+      <c r="D64" s="259"/>
+      <c r="E64" s="259"/>
+      <c r="F64" s="259"/>
+      <c r="G64" s="259"/>
+      <c r="H64" s="259"/>
+      <c r="I64" s="259"/>
+      <c r="J64" s="259"/>
+      <c r="K64" s="111"/>
+      <c r="L64" s="111"/>
+      <c r="M64" s="111"/>
+      <c r="N64" s="111"/>
+      <c r="O64" s="111"/>
+      <c r="P64" s="111"/>
+      <c r="Q64" s="111"/>
+      <c r="R64" s="111"/>
+      <c r="S64" s="111"/>
+      <c r="T64" s="111"/>
+    </row>
+    <row r="65" spans="1:20" s="95" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="4"/>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4"/>
+      <c r="D65" s="4"/>
+      <c r="E65" s="4"/>
+      <c r="F65" s="4"/>
+      <c r="G65" s="4"/>
+      <c r="H65" s="4"/>
+      <c r="I65" s="4"/>
+      <c r="J65" s="4"/>
+      <c r="K65" s="102"/>
       <c r="L65" s="183"/>
       <c r="M65" s="184"/>
       <c r="N65" s="184"/>
       <c r="O65" s="184"/>
       <c r="P65" s="184"/>
       <c r="Q65" s="184"/>
       <c r="R65" s="184"/>
       <c r="S65" s="185"/>
-      <c r="T65" s="118"/>
-[...58 lines deleted...]
-      <c r="K68" s="115"/>
+      <c r="T65" s="102"/>
+    </row>
+    <row r="66" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="340" t="s">
+        <v>20</v>
+      </c>
+      <c r="B66" s="340"/>
+      <c r="C66" s="340"/>
+      <c r="D66" s="340"/>
+      <c r="E66" s="221"/>
+      <c r="F66" s="222"/>
+      <c r="G66" s="222"/>
+      <c r="H66" s="222"/>
+      <c r="I66" s="222"/>
+      <c r="J66" s="223"/>
+      <c r="K66" s="115"/>
+      <c r="L66" s="186"/>
+      <c r="M66" s="187"/>
+      <c r="N66" s="187"/>
+      <c r="O66" s="187"/>
+      <c r="P66" s="187"/>
+      <c r="Q66" s="187"/>
+      <c r="R66" s="187"/>
+      <c r="S66" s="188"/>
+      <c r="T66" s="115"/>
+    </row>
+    <row r="67" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="258" t="s">
+        <v>493</v>
+      </c>
+      <c r="B67" s="258"/>
+      <c r="C67" s="258"/>
+      <c r="D67" s="258"/>
+      <c r="E67" s="258"/>
+      <c r="F67" s="258"/>
+      <c r="G67" s="258"/>
+      <c r="H67" s="258"/>
+      <c r="I67" s="258"/>
+      <c r="J67" s="258"/>
+      <c r="K67" s="118"/>
+      <c r="L67" s="186"/>
+      <c r="M67" s="187"/>
+      <c r="N67" s="187"/>
+      <c r="O67" s="187"/>
+      <c r="P67" s="187"/>
+      <c r="Q67" s="187"/>
+      <c r="R67" s="187"/>
+      <c r="S67" s="188"/>
+      <c r="T67" s="118"/>
+    </row>
+    <row r="68" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="258"/>
+      <c r="B68" s="258"/>
+      <c r="C68" s="258"/>
+      <c r="D68" s="258"/>
+      <c r="E68" s="258"/>
+      <c r="F68" s="258"/>
+      <c r="G68" s="258"/>
+      <c r="H68" s="258"/>
+      <c r="I68" s="258"/>
+      <c r="J68" s="258"/>
+      <c r="K68" s="118"/>
       <c r="L68" s="186"/>
       <c r="M68" s="187"/>
       <c r="N68" s="187"/>
       <c r="O68" s="187"/>
       <c r="P68" s="187"/>
       <c r="Q68" s="187"/>
       <c r="R68" s="187"/>
       <c r="S68" s="188"/>
-      <c r="T68" s="115"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:20" s="95" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="T68" s="118"/>
+    </row>
+    <row r="69" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A69" s="4"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="4"/>
       <c r="H69" s="4"/>
       <c r="I69" s="4"/>
       <c r="J69" s="4"/>
       <c r="K69" s="102"/>
-      <c r="L69" s="102"/>
-[...6 lines deleted...]
-      <c r="S69" s="102"/>
+      <c r="L69" s="186"/>
+      <c r="M69" s="187"/>
+      <c r="N69" s="187"/>
+      <c r="O69" s="187"/>
+      <c r="P69" s="187"/>
+      <c r="Q69" s="187"/>
+      <c r="R69" s="187"/>
+      <c r="S69" s="188"/>
       <c r="T69" s="102"/>
     </row>
-    <row r="70" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-    <row r="71" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B70" s="4"/>
+      <c r="C70" s="4"/>
+      <c r="D70" s="4"/>
+      <c r="E70" s="221"/>
+      <c r="F70" s="222"/>
+      <c r="G70" s="222"/>
+      <c r="H70" s="222"/>
+      <c r="I70" s="222"/>
+      <c r="J70" s="223"/>
+      <c r="K70" s="115"/>
+      <c r="L70" s="189"/>
+      <c r="M70" s="190"/>
+      <c r="N70" s="190"/>
+      <c r="O70" s="190"/>
+      <c r="P70" s="190"/>
+      <c r="Q70" s="190"/>
+      <c r="R70" s="190"/>
+      <c r="S70" s="191"/>
+      <c r="T70" s="115"/>
+    </row>
+    <row r="71" spans="1:20" s="95" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="4"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
       <c r="I71" s="4"/>
       <c r="J71" s="4"/>
       <c r="K71" s="102"/>
       <c r="L71" s="102"/>
       <c r="M71" s="102"/>
       <c r="N71" s="102"/>
       <c r="O71" s="102"/>
       <c r="P71" s="102"/>
       <c r="Q71" s="102"/>
       <c r="R71" s="102"/>
       <c r="S71" s="102"/>
       <c r="T71" s="102"/>
     </row>
-    <row r="72" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="198" t="s">
+    <row r="72" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="259" t="s">
+        <v>21</v>
+      </c>
+      <c r="B72" s="259"/>
+      <c r="C72" s="259"/>
+      <c r="D72" s="259"/>
+      <c r="E72" s="259"/>
+      <c r="F72" s="259"/>
+      <c r="G72" s="259"/>
+      <c r="H72" s="259"/>
+      <c r="I72" s="259"/>
+      <c r="J72" s="259"/>
+      <c r="K72" s="111"/>
+      <c r="L72" s="111"/>
+      <c r="M72" s="111"/>
+      <c r="N72" s="111"/>
+      <c r="O72" s="111"/>
+      <c r="P72" s="111"/>
+      <c r="Q72" s="111"/>
+      <c r="R72" s="111"/>
+      <c r="S72" s="111"/>
+      <c r="T72" s="111"/>
+    </row>
+    <row r="73" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="4"/>
+      <c r="B73" s="4"/>
+      <c r="C73" s="4"/>
+      <c r="D73" s="4"/>
+      <c r="E73" s="4"/>
+      <c r="F73" s="4"/>
+      <c r="G73" s="4"/>
+      <c r="H73" s="4"/>
+      <c r="I73" s="4"/>
+      <c r="J73" s="4"/>
+      <c r="K73" s="102"/>
+      <c r="L73" s="102"/>
+      <c r="M73" s="102"/>
+      <c r="N73" s="102"/>
+      <c r="O73" s="102"/>
+      <c r="P73" s="102"/>
+      <c r="Q73" s="102"/>
+      <c r="R73" s="102"/>
+      <c r="S73" s="102"/>
+      <c r="T73" s="102"/>
+    </row>
+    <row r="74" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="260" t="s">
         <v>22</v>
       </c>
-      <c r="B72" s="198"/>
-[...51 lines deleted...]
-      <c r="J74" s="358"/>
+      <c r="B74" s="260"/>
+      <c r="C74" s="260"/>
+      <c r="D74" s="260"/>
+      <c r="E74" s="261"/>
+      <c r="F74" s="262"/>
+      <c r="G74" s="262"/>
+      <c r="H74" s="262"/>
+      <c r="I74" s="262"/>
+      <c r="J74" s="263"/>
       <c r="K74" s="119"/>
       <c r="L74" s="183"/>
       <c r="M74" s="184"/>
       <c r="N74" s="184"/>
       <c r="O74" s="184"/>
       <c r="P74" s="184"/>
       <c r="Q74" s="184"/>
       <c r="R74" s="184"/>
       <c r="S74" s="185"/>
       <c r="T74" s="119"/>
     </row>
-    <row r="75" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-      <c r="A76" s="256" t="s">
+    <row r="75" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="260"/>
+      <c r="B75" s="260"/>
+      <c r="C75" s="260"/>
+      <c r="D75" s="260"/>
+      <c r="E75" s="264"/>
+      <c r="F75" s="265"/>
+      <c r="G75" s="265"/>
+      <c r="H75" s="265"/>
+      <c r="I75" s="265"/>
+      <c r="J75" s="266"/>
+      <c r="K75" s="119"/>
+      <c r="L75" s="186"/>
+      <c r="M75" s="187"/>
+      <c r="N75" s="187"/>
+      <c r="O75" s="187"/>
+      <c r="P75" s="187"/>
+      <c r="Q75" s="187"/>
+      <c r="R75" s="187"/>
+      <c r="S75" s="188"/>
+      <c r="T75" s="119"/>
+    </row>
+    <row r="76" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="4"/>
+      <c r="B76" s="4"/>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4"/>
+      <c r="E76" s="267"/>
+      <c r="F76" s="268"/>
+      <c r="G76" s="268"/>
+      <c r="H76" s="268"/>
+      <c r="I76" s="268"/>
+      <c r="J76" s="269"/>
+      <c r="K76" s="119"/>
+      <c r="L76" s="186"/>
+      <c r="M76" s="187"/>
+      <c r="N76" s="187"/>
+      <c r="O76" s="187"/>
+      <c r="P76" s="187"/>
+      <c r="Q76" s="187"/>
+      <c r="R76" s="187"/>
+      <c r="S76" s="188"/>
+      <c r="T76" s="119"/>
+    </row>
+    <row r="77" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="4"/>
+      <c r="B77" s="4"/>
+      <c r="C77" s="4"/>
+      <c r="D77" s="4"/>
+      <c r="E77" s="4"/>
+      <c r="F77" s="4"/>
+      <c r="G77" s="4"/>
+      <c r="H77" s="4"/>
+      <c r="I77" s="4"/>
+      <c r="J77" s="4"/>
+      <c r="K77" s="102"/>
+      <c r="L77" s="186"/>
+      <c r="M77" s="187"/>
+      <c r="N77" s="187"/>
+      <c r="O77" s="187"/>
+      <c r="P77" s="187"/>
+      <c r="Q77" s="187"/>
+      <c r="R77" s="187"/>
+      <c r="S77" s="188"/>
+      <c r="T77" s="102"/>
+    </row>
+    <row r="78" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="276" t="s">
         <v>23</v>
       </c>
-      <c r="B76" s="256"/>
-[...20 lines deleted...]
-      <c r="A77" s="256" t="s">
+      <c r="B78" s="276"/>
+      <c r="C78" s="276"/>
+      <c r="D78" s="276"/>
+      <c r="E78" s="277"/>
+      <c r="F78" s="278"/>
+      <c r="G78" s="278"/>
+      <c r="H78" s="278"/>
+      <c r="I78" s="278"/>
+      <c r="J78" s="279"/>
+      <c r="K78" s="116"/>
+      <c r="L78" s="186"/>
+      <c r="M78" s="187"/>
+      <c r="N78" s="187"/>
+      <c r="O78" s="187"/>
+      <c r="P78" s="187"/>
+      <c r="Q78" s="187"/>
+      <c r="R78" s="187"/>
+      <c r="S78" s="188"/>
+      <c r="T78" s="116"/>
+    </row>
+    <row r="79" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="276" t="s">
         <v>24</v>
       </c>
-      <c r="B77" s="256"/>
-[...76 lines deleted...]
-      <c r="K80" s="115"/>
+      <c r="B79" s="276"/>
+      <c r="C79" s="276"/>
+      <c r="D79" s="276"/>
+      <c r="E79" s="277"/>
+      <c r="F79" s="278"/>
+      <c r="G79" s="278"/>
+      <c r="H79" s="278"/>
+      <c r="I79" s="278"/>
+      <c r="J79" s="279"/>
+      <c r="K79" s="116"/>
+      <c r="L79" s="186"/>
+      <c r="M79" s="187"/>
+      <c r="N79" s="187"/>
+      <c r="O79" s="187"/>
+      <c r="P79" s="187"/>
+      <c r="Q79" s="187"/>
+      <c r="R79" s="187"/>
+      <c r="S79" s="188"/>
+      <c r="T79" s="116"/>
+    </row>
+    <row r="80" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="4"/>
+      <c r="B80" s="4"/>
+      <c r="C80" s="4"/>
+      <c r="D80" s="4"/>
+      <c r="E80" s="4"/>
+      <c r="F80" s="4"/>
+      <c r="G80" s="4"/>
+      <c r="H80" s="4"/>
+      <c r="I80" s="4"/>
+      <c r="J80" s="4"/>
+      <c r="K80" s="102"/>
       <c r="L80" s="186"/>
       <c r="M80" s="187"/>
       <c r="N80" s="187"/>
       <c r="O80" s="187"/>
       <c r="P80" s="187"/>
       <c r="Q80" s="187"/>
       <c r="R80" s="187"/>
       <c r="S80" s="188"/>
-      <c r="T80" s="115"/>
+      <c r="T80" s="102"/>
     </row>
     <row r="81" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="79"/>
-[...8 lines deleted...]
-      <c r="J81" s="81"/>
+      <c r="A81" s="260" t="s">
+        <v>25</v>
+      </c>
+      <c r="B81" s="260"/>
+      <c r="C81" s="260"/>
+      <c r="D81" s="283"/>
+      <c r="E81" s="255"/>
+      <c r="F81" s="256"/>
+      <c r="G81" s="256"/>
+      <c r="H81" s="256"/>
+      <c r="I81" s="256"/>
+      <c r="J81" s="257"/>
       <c r="K81" s="115"/>
-      <c r="L81" s="115"/>
-[...6 lines deleted...]
-      <c r="S81" s="115"/>
+      <c r="L81" s="186"/>
+      <c r="M81" s="187"/>
+      <c r="N81" s="187"/>
+      <c r="O81" s="187"/>
+      <c r="P81" s="187"/>
+      <c r="Q81" s="187"/>
+      <c r="R81" s="187"/>
+      <c r="S81" s="188"/>
       <c r="T81" s="115"/>
     </row>
-    <row r="82" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="247" t="s">
+    <row r="82" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="260"/>
+      <c r="B82" s="260"/>
+      <c r="C82" s="260"/>
+      <c r="D82" s="283"/>
+      <c r="E82" s="280"/>
+      <c r="F82" s="281"/>
+      <c r="G82" s="281"/>
+      <c r="H82" s="281"/>
+      <c r="I82" s="281"/>
+      <c r="J82" s="282"/>
+      <c r="K82" s="115"/>
+      <c r="L82" s="189"/>
+      <c r="M82" s="190"/>
+      <c r="N82" s="190"/>
+      <c r="O82" s="190"/>
+      <c r="P82" s="190"/>
+      <c r="Q82" s="190"/>
+      <c r="R82" s="190"/>
+      <c r="S82" s="191"/>
+      <c r="T82" s="115"/>
+    </row>
+    <row r="83" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="79"/>
+      <c r="B83" s="79"/>
+      <c r="C83" s="79"/>
+      <c r="D83" s="80"/>
+      <c r="E83" s="81"/>
+      <c r="F83" s="81"/>
+      <c r="G83" s="81"/>
+      <c r="H83" s="81"/>
+      <c r="I83" s="81"/>
+      <c r="J83" s="81"/>
+      <c r="K83" s="115"/>
+      <c r="L83" s="115"/>
+      <c r="M83" s="115"/>
+      <c r="N83" s="115"/>
+      <c r="O83" s="115"/>
+      <c r="P83" s="115"/>
+      <c r="Q83" s="115"/>
+      <c r="R83" s="115"/>
+      <c r="S83" s="115"/>
+      <c r="T83" s="115"/>
+    </row>
+    <row r="84" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="341" t="s">
         <v>572</v>
       </c>
-      <c r="B82" s="247"/>
-[...20 lines deleted...]
-      <c r="A83" s="222" t="s">
+      <c r="B84" s="341"/>
+      <c r="C84" s="341"/>
+      <c r="D84" s="341"/>
+      <c r="E84" s="341"/>
+      <c r="F84" s="341"/>
+      <c r="G84" s="341"/>
+      <c r="H84" s="341"/>
+      <c r="I84" s="341"/>
+      <c r="J84" s="341"/>
+      <c r="K84" s="163"/>
+      <c r="L84" s="163"/>
+      <c r="M84" s="163"/>
+      <c r="N84" s="163"/>
+      <c r="O84" s="163"/>
+      <c r="P84" s="163"/>
+      <c r="Q84" s="163"/>
+      <c r="R84" s="163"/>
+      <c r="S84" s="163"/>
+      <c r="T84" s="163"/>
+    </row>
+    <row r="85" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="342" t="s">
         <v>573</v>
       </c>
-      <c r="B83" s="222"/>
-[...53 lines deleted...]
-      <c r="J85" s="222"/>
+      <c r="B85" s="342"/>
+      <c r="C85" s="342"/>
+      <c r="D85" s="342"/>
+      <c r="E85" s="342"/>
+      <c r="F85" s="342"/>
+      <c r="G85" s="342"/>
+      <c r="H85" s="342"/>
+      <c r="I85" s="342"/>
+      <c r="J85" s="342"/>
       <c r="K85" s="163"/>
       <c r="L85" s="183"/>
       <c r="M85" s="184"/>
       <c r="N85" s="184"/>
       <c r="O85" s="184"/>
       <c r="P85" s="184"/>
       <c r="Q85" s="184"/>
       <c r="R85" s="184"/>
       <c r="S85" s="185"/>
       <c r="T85" s="163"/>
     </row>
-    <row r="86" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J86" s="222"/>
+    <row r="86" spans="1:20" s="95" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="342"/>
+      <c r="B86" s="342"/>
+      <c r="C86" s="342"/>
+      <c r="D86" s="342"/>
+      <c r="E86" s="342"/>
+      <c r="F86" s="342"/>
+      <c r="G86" s="342"/>
+      <c r="H86" s="342"/>
+      <c r="I86" s="342"/>
+      <c r="J86" s="342"/>
       <c r="K86" s="163"/>
-      <c r="L86" s="183"/>
-[...6 lines deleted...]
-      <c r="S86" s="185"/>
+      <c r="L86" s="186"/>
+      <c r="M86" s="187"/>
+      <c r="N86" s="187"/>
+      <c r="O86" s="187"/>
+      <c r="P86" s="187"/>
+      <c r="Q86" s="187"/>
+      <c r="R86" s="187"/>
+      <c r="S86" s="188"/>
       <c r="T86" s="163"/>
     </row>
-    <row r="87" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J87" s="222"/>
+    <row r="87" spans="1:20" s="95" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="342" t="s">
+        <v>574</v>
+      </c>
+      <c r="B87" s="342"/>
+      <c r="C87" s="342"/>
+      <c r="D87" s="342"/>
+      <c r="E87" s="342"/>
+      <c r="F87" s="342"/>
+      <c r="G87" s="342"/>
+      <c r="H87" s="342"/>
+      <c r="I87" s="342"/>
+      <c r="J87" s="342"/>
       <c r="K87" s="163"/>
-      <c r="L87" s="183"/>
-[...6 lines deleted...]
-      <c r="S87" s="185"/>
+      <c r="L87" s="186"/>
+      <c r="M87" s="187"/>
+      <c r="N87" s="187"/>
+      <c r="O87" s="187"/>
+      <c r="P87" s="187"/>
+      <c r="Q87" s="187"/>
+      <c r="R87" s="187"/>
+      <c r="S87" s="188"/>
       <c r="T87" s="163"/>
     </row>
     <row r="88" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="222" t="s">
+      <c r="A88" s="342"/>
+      <c r="B88" s="342"/>
+      <c r="C88" s="342"/>
+      <c r="D88" s="342"/>
+      <c r="E88" s="342"/>
+      <c r="F88" s="342"/>
+      <c r="G88" s="342"/>
+      <c r="H88" s="342"/>
+      <c r="I88" s="342"/>
+      <c r="J88" s="342"/>
+      <c r="K88" s="163"/>
+      <c r="L88" s="186"/>
+      <c r="M88" s="187"/>
+      <c r="N88" s="187"/>
+      <c r="O88" s="187"/>
+      <c r="P88" s="187"/>
+      <c r="Q88" s="187"/>
+      <c r="R88" s="187"/>
+      <c r="S88" s="188"/>
+      <c r="T88" s="163"/>
+    </row>
+    <row r="89" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="342"/>
+      <c r="B89" s="342"/>
+      <c r="C89" s="342"/>
+      <c r="D89" s="342"/>
+      <c r="E89" s="342"/>
+      <c r="F89" s="342"/>
+      <c r="G89" s="342"/>
+      <c r="H89" s="342"/>
+      <c r="I89" s="342"/>
+      <c r="J89" s="342"/>
+      <c r="K89" s="163"/>
+      <c r="L89" s="186"/>
+      <c r="M89" s="187"/>
+      <c r="N89" s="187"/>
+      <c r="O89" s="187"/>
+      <c r="P89" s="187"/>
+      <c r="Q89" s="187"/>
+      <c r="R89" s="187"/>
+      <c r="S89" s="188"/>
+      <c r="T89" s="163"/>
+    </row>
+    <row r="90" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="342" t="s">
         <v>575</v>
       </c>
-      <c r="B88" s="222"/>
-[...51 lines deleted...]
-      <c r="J90" s="222"/>
+      <c r="B90" s="342"/>
+      <c r="C90" s="342"/>
+      <c r="D90" s="342"/>
+      <c r="E90" s="342"/>
+      <c r="F90" s="342"/>
+      <c r="G90" s="342"/>
+      <c r="H90" s="342"/>
+      <c r="I90" s="342"/>
+      <c r="J90" s="342"/>
       <c r="K90" s="163"/>
-      <c r="L90" s="183"/>
-[...6 lines deleted...]
-      <c r="S90" s="185"/>
+      <c r="L90" s="186"/>
+      <c r="M90" s="187"/>
+      <c r="N90" s="187"/>
+      <c r="O90" s="187"/>
+      <c r="P90" s="187"/>
+      <c r="Q90" s="187"/>
+      <c r="R90" s="187"/>
+      <c r="S90" s="188"/>
       <c r="T90" s="163"/>
     </row>
-    <row r="91" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="275" t="s">
+    <row r="91" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="342"/>
+      <c r="B91" s="342"/>
+      <c r="C91" s="342"/>
+      <c r="D91" s="342"/>
+      <c r="E91" s="342"/>
+      <c r="F91" s="342"/>
+      <c r="G91" s="342"/>
+      <c r="H91" s="342"/>
+      <c r="I91" s="342"/>
+      <c r="J91" s="342"/>
+      <c r="K91" s="163"/>
+      <c r="L91" s="186"/>
+      <c r="M91" s="187"/>
+      <c r="N91" s="187"/>
+      <c r="O91" s="187"/>
+      <c r="P91" s="187"/>
+      <c r="Q91" s="187"/>
+      <c r="R91" s="187"/>
+      <c r="S91" s="188"/>
+      <c r="T91" s="163"/>
+    </row>
+    <row r="92" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="342"/>
+      <c r="B92" s="342"/>
+      <c r="C92" s="342"/>
+      <c r="D92" s="342"/>
+      <c r="E92" s="342"/>
+      <c r="F92" s="342"/>
+      <c r="G92" s="342"/>
+      <c r="H92" s="342"/>
+      <c r="I92" s="342"/>
+      <c r="J92" s="342"/>
+      <c r="K92" s="163"/>
+      <c r="L92" s="186"/>
+      <c r="M92" s="187"/>
+      <c r="N92" s="187"/>
+      <c r="O92" s="187"/>
+      <c r="P92" s="187"/>
+      <c r="Q92" s="187"/>
+      <c r="R92" s="187"/>
+      <c r="S92" s="188"/>
+      <c r="T92" s="163"/>
+    </row>
+    <row r="93" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="363" t="s">
         <v>588</v>
       </c>
-      <c r="B91" s="275"/>
-[...73 lines deleted...]
-      <c r="J94" s="275"/>
+      <c r="B93" s="363"/>
+      <c r="C93" s="363"/>
+      <c r="D93" s="363"/>
+      <c r="E93" s="363"/>
+      <c r="F93" s="363"/>
+      <c r="G93" s="363"/>
+      <c r="H93" s="363"/>
+      <c r="I93" s="363"/>
+      <c r="J93" s="363"/>
+      <c r="K93" s="169"/>
+      <c r="L93" s="186"/>
+      <c r="M93" s="187"/>
+      <c r="N93" s="187"/>
+      <c r="O93" s="187"/>
+      <c r="P93" s="187"/>
+      <c r="Q93" s="187"/>
+      <c r="R93" s="187"/>
+      <c r="S93" s="188"/>
+      <c r="T93" s="169"/>
+    </row>
+    <row r="94" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="363"/>
+      <c r="B94" s="363"/>
+      <c r="C94" s="363"/>
+      <c r="D94" s="363"/>
+      <c r="E94" s="363"/>
+      <c r="F94" s="363"/>
+      <c r="G94" s="363"/>
+      <c r="H94" s="363"/>
+      <c r="I94" s="363"/>
+      <c r="J94" s="363"/>
       <c r="K94" s="169"/>
-      <c r="L94" s="183"/>
-[...6 lines deleted...]
-      <c r="S94" s="185"/>
+      <c r="L94" s="186"/>
+      <c r="M94" s="187"/>
+      <c r="N94" s="187"/>
+      <c r="O94" s="187"/>
+      <c r="P94" s="187"/>
+      <c r="Q94" s="187"/>
+      <c r="R94" s="187"/>
+      <c r="S94" s="188"/>
       <c r="T94" s="169"/>
     </row>
-    <row r="95" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="222" t="s">
+    <row r="95" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="363"/>
+      <c r="B95" s="363"/>
+      <c r="C95" s="363"/>
+      <c r="D95" s="363"/>
+      <c r="E95" s="363"/>
+      <c r="F95" s="363"/>
+      <c r="G95" s="363"/>
+      <c r="H95" s="363"/>
+      <c r="I95" s="363"/>
+      <c r="J95" s="363"/>
+      <c r="K95" s="171"/>
+      <c r="L95" s="186"/>
+      <c r="M95" s="187"/>
+      <c r="N95" s="187"/>
+      <c r="O95" s="187"/>
+      <c r="P95" s="187"/>
+      <c r="Q95" s="187"/>
+      <c r="R95" s="187"/>
+      <c r="S95" s="188"/>
+      <c r="T95" s="171"/>
+    </row>
+    <row r="96" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="363"/>
+      <c r="B96" s="363"/>
+      <c r="C96" s="363"/>
+      <c r="D96" s="363"/>
+      <c r="E96" s="363"/>
+      <c r="F96" s="363"/>
+      <c r="G96" s="363"/>
+      <c r="H96" s="363"/>
+      <c r="I96" s="363"/>
+      <c r="J96" s="363"/>
+      <c r="K96" s="169"/>
+      <c r="L96" s="186"/>
+      <c r="M96" s="187"/>
+      <c r="N96" s="187"/>
+      <c r="O96" s="187"/>
+      <c r="P96" s="187"/>
+      <c r="Q96" s="187"/>
+      <c r="R96" s="187"/>
+      <c r="S96" s="188"/>
+      <c r="T96" s="169"/>
+    </row>
+    <row r="97" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="342" t="s">
         <v>587</v>
       </c>
-      <c r="B95" s="222"/>
-[...7 lines deleted...]
-      <c r="J95" s="223" t="s">
+      <c r="B97" s="342"/>
+      <c r="C97" s="342"/>
+      <c r="D97" s="342"/>
+      <c r="E97" s="342"/>
+      <c r="F97" s="342"/>
+      <c r="G97" s="342"/>
+      <c r="H97" s="342"/>
+      <c r="I97" s="342"/>
+      <c r="J97" s="388" t="s">
         <v>507</v>
       </c>
-      <c r="K95" s="163"/>
-[...42 lines deleted...]
-      <c r="J97" s="167"/>
       <c r="K97" s="163"/>
-      <c r="L97" s="183"/>
-[...6 lines deleted...]
-      <c r="S97" s="185"/>
+      <c r="L97" s="186"/>
+      <c r="M97" s="187"/>
+      <c r="N97" s="187"/>
+      <c r="O97" s="187"/>
+      <c r="P97" s="187"/>
+      <c r="Q97" s="187"/>
+      <c r="R97" s="187"/>
+      <c r="S97" s="188"/>
       <c r="T97" s="163"/>
     </row>
-    <row r="98" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="222" t="s">
+    <row r="98" spans="1:20" s="95" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="342"/>
+      <c r="B98" s="342"/>
+      <c r="C98" s="342"/>
+      <c r="D98" s="342"/>
+      <c r="E98" s="342"/>
+      <c r="F98" s="342"/>
+      <c r="G98" s="342"/>
+      <c r="H98" s="342"/>
+      <c r="I98" s="342"/>
+      <c r="J98" s="389"/>
+      <c r="K98" s="163"/>
+      <c r="L98" s="186"/>
+      <c r="M98" s="187"/>
+      <c r="N98" s="187"/>
+      <c r="O98" s="187"/>
+      <c r="P98" s="187"/>
+      <c r="Q98" s="187"/>
+      <c r="R98" s="187"/>
+      <c r="S98" s="188"/>
+      <c r="T98" s="163"/>
+    </row>
+    <row r="99" spans="1:20" s="95" customFormat="1" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="162"/>
+      <c r="B99" s="162"/>
+      <c r="C99" s="162"/>
+      <c r="D99" s="162"/>
+      <c r="E99" s="162"/>
+      <c r="F99" s="162"/>
+      <c r="G99" s="162"/>
+      <c r="H99" s="162"/>
+      <c r="I99" s="162"/>
+      <c r="J99" s="167"/>
+      <c r="K99" s="163"/>
+      <c r="L99" s="186"/>
+      <c r="M99" s="187"/>
+      <c r="N99" s="187"/>
+      <c r="O99" s="187"/>
+      <c r="P99" s="187"/>
+      <c r="Q99" s="187"/>
+      <c r="R99" s="187"/>
+      <c r="S99" s="188"/>
+      <c r="T99" s="163"/>
+    </row>
+    <row r="100" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="342" t="s">
         <v>576</v>
       </c>
-      <c r="B98" s="222"/>
-[...7 lines deleted...]
-      <c r="J98" s="88" t="s">
+      <c r="B100" s="342"/>
+      <c r="C100" s="342"/>
+      <c r="D100" s="342"/>
+      <c r="E100" s="342"/>
+      <c r="F100" s="342"/>
+      <c r="G100" s="342"/>
+      <c r="H100" s="342"/>
+      <c r="I100" s="342"/>
+      <c r="J100" s="88" t="s">
         <v>507</v>
       </c>
-      <c r="K98" s="163"/>
-[...67 lines deleted...]
-      <c r="K101" s="163"/>
+      <c r="K100" s="163"/>
+      <c r="L100" s="186"/>
+      <c r="M100" s="187"/>
+      <c r="N100" s="187"/>
+      <c r="O100" s="187"/>
+      <c r="P100" s="187"/>
+      <c r="Q100" s="187"/>
+      <c r="R100" s="187"/>
+      <c r="S100" s="188"/>
+      <c r="T100" s="163"/>
+    </row>
+    <row r="101" spans="1:20" s="95" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="170"/>
+      <c r="B101" s="170"/>
+      <c r="C101" s="170"/>
+      <c r="D101" s="170"/>
+      <c r="E101" s="170"/>
+      <c r="F101" s="170"/>
+      <c r="G101" s="170"/>
+      <c r="H101" s="170"/>
+      <c r="I101" s="170"/>
+      <c r="J101" s="177"/>
+      <c r="K101" s="171"/>
       <c r="L101" s="186"/>
       <c r="M101" s="187"/>
       <c r="N101" s="187"/>
       <c r="O101" s="187"/>
       <c r="P101" s="187"/>
       <c r="Q101" s="187"/>
       <c r="R101" s="187"/>
       <c r="S101" s="188"/>
-      <c r="T101" s="163"/>
+      <c r="T101" s="171"/>
     </row>
     <row r="102" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="247" t="s">
+      <c r="A102" s="369" t="s">
+        <v>593</v>
+      </c>
+      <c r="B102" s="369"/>
+      <c r="C102" s="369"/>
+      <c r="D102" s="369"/>
+      <c r="E102" s="369"/>
+      <c r="F102" s="369"/>
+      <c r="G102" s="369"/>
+      <c r="H102" s="369"/>
+      <c r="I102" s="369"/>
+      <c r="J102" s="369"/>
+      <c r="K102" s="171"/>
+      <c r="L102" s="186"/>
+      <c r="M102" s="187"/>
+      <c r="N102" s="187"/>
+      <c r="O102" s="187"/>
+      <c r="P102" s="187"/>
+      <c r="Q102" s="187"/>
+      <c r="R102" s="187"/>
+      <c r="S102" s="188"/>
+      <c r="T102" s="171"/>
+    </row>
+    <row r="103" spans="1:20" s="95" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="166"/>
+      <c r="B103" s="166"/>
+      <c r="C103" s="166"/>
+      <c r="D103" s="166"/>
+      <c r="E103" s="166"/>
+      <c r="F103" s="166"/>
+      <c r="G103" s="166"/>
+      <c r="H103" s="166"/>
+      <c r="I103" s="166"/>
+      <c r="J103" s="86"/>
+      <c r="K103" s="163"/>
+      <c r="L103" s="189"/>
+      <c r="M103" s="190"/>
+      <c r="N103" s="190"/>
+      <c r="O103" s="190"/>
+      <c r="P103" s="190"/>
+      <c r="Q103" s="190"/>
+      <c r="R103" s="190"/>
+      <c r="S103" s="191"/>
+      <c r="T103" s="163"/>
+    </row>
+    <row r="104" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="341" t="s">
         <v>504</v>
       </c>
-      <c r="B102" s="247"/>
-[...65 lines deleted...]
-      <c r="T104" s="120"/>
+      <c r="B104" s="341"/>
+      <c r="C104" s="341"/>
+      <c r="D104" s="341"/>
+      <c r="E104" s="341"/>
+      <c r="F104" s="341"/>
+      <c r="G104" s="341"/>
+      <c r="H104" s="341"/>
+      <c r="I104" s="341"/>
+      <c r="J104" s="341"/>
+      <c r="K104" s="111"/>
+      <c r="L104" s="111"/>
+      <c r="M104" s="111"/>
+      <c r="N104" s="111"/>
+      <c r="O104" s="111"/>
+      <c r="P104" s="111"/>
+      <c r="Q104" s="111"/>
+      <c r="R104" s="111"/>
+      <c r="S104" s="111"/>
+      <c r="T104" s="111"/>
     </row>
     <row r="105" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A105" s="82"/>
       <c r="B105" s="82"/>
       <c r="C105" s="82"/>
       <c r="D105" s="83"/>
       <c r="E105" s="81"/>
       <c r="F105" s="81"/>
       <c r="G105" s="81"/>
       <c r="H105" s="81"/>
       <c r="I105" s="81"/>
-      <c r="J105" s="84"/>
-[...9 lines deleted...]
-      <c r="T105" s="102"/>
+      <c r="J105" s="81"/>
+      <c r="K105" s="115"/>
+      <c r="L105" s="115"/>
+      <c r="M105" s="115"/>
+      <c r="N105" s="115"/>
+      <c r="O105" s="115"/>
+      <c r="P105" s="115"/>
+      <c r="Q105" s="115"/>
+      <c r="R105" s="115"/>
+      <c r="S105" s="115"/>
+      <c r="T105" s="115"/>
     </row>
     <row r="106" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="275" t="s">
-[...9 lines deleted...]
-      <c r="I106" s="275"/>
+      <c r="A106" s="82" t="s">
+        <v>505</v>
+      </c>
+      <c r="B106" s="82"/>
+      <c r="C106" s="82"/>
+      <c r="D106" s="83"/>
+      <c r="E106" s="81"/>
+      <c r="F106" s="81"/>
+      <c r="G106" s="81"/>
+      <c r="H106" s="81"/>
+      <c r="I106" s="81"/>
       <c r="J106" s="78" t="s">
         <v>507</v>
       </c>
       <c r="K106" s="120"/>
-      <c r="L106" s="341"/>
-[...6 lines deleted...]
-      <c r="S106" s="343"/>
+      <c r="L106" s="246"/>
+      <c r="M106" s="247"/>
+      <c r="N106" s="247"/>
+      <c r="O106" s="247"/>
+      <c r="P106" s="247"/>
+      <c r="Q106" s="247"/>
+      <c r="R106" s="247"/>
+      <c r="S106" s="248"/>
       <c r="T106" s="120"/>
     </row>
-    <row r="107" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...32 lines deleted...]
-      <c r="I108" s="81"/>
+    <row r="107" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="82"/>
+      <c r="B107" s="82"/>
+      <c r="C107" s="82"/>
+      <c r="D107" s="83"/>
+      <c r="E107" s="81"/>
+      <c r="F107" s="81"/>
+      <c r="G107" s="81"/>
+      <c r="H107" s="81"/>
+      <c r="I107" s="81"/>
+      <c r="J107" s="84"/>
+      <c r="K107" s="102"/>
+      <c r="L107" s="249"/>
+      <c r="M107" s="250"/>
+      <c r="N107" s="250"/>
+      <c r="O107" s="250"/>
+      <c r="P107" s="250"/>
+      <c r="Q107" s="250"/>
+      <c r="R107" s="250"/>
+      <c r="S107" s="251"/>
+      <c r="T107" s="102"/>
+    </row>
+    <row r="108" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="363" t="s">
+        <v>553</v>
+      </c>
+      <c r="B108" s="363"/>
+      <c r="C108" s="363"/>
+      <c r="D108" s="363"/>
+      <c r="E108" s="363"/>
+      <c r="F108" s="363"/>
+      <c r="G108" s="363"/>
+      <c r="H108" s="363"/>
+      <c r="I108" s="363"/>
       <c r="J108" s="78" t="s">
         <v>507</v>
       </c>
       <c r="K108" s="120"/>
-      <c r="L108" s="341"/>
-[...6 lines deleted...]
-      <c r="S108" s="343"/>
+      <c r="L108" s="249"/>
+      <c r="M108" s="250"/>
+      <c r="N108" s="250"/>
+      <c r="O108" s="250"/>
+      <c r="P108" s="250"/>
+      <c r="Q108" s="250"/>
+      <c r="R108" s="250"/>
+      <c r="S108" s="251"/>
       <c r="T108" s="120"/>
     </row>
-    <row r="109" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <f>IF(OR($J$108="- select -",$J$108=""),"",CONCATENATE("If their Tier 4, Student, or Tier 4 DES visa is still valid, please remind the applicant that they must inform ",IF($J$108="yes","the Student Immigration team","their Tier 4/ Student sponsor")," that they will be applying to switch into the Global Talent visa route."))</f>
+    <row r="109" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="363"/>
+      <c r="B109" s="363"/>
+      <c r="C109" s="363"/>
+      <c r="D109" s="363"/>
+      <c r="E109" s="363"/>
+      <c r="F109" s="363"/>
+      <c r="G109" s="363"/>
+      <c r="H109" s="363"/>
+      <c r="I109" s="363"/>
+      <c r="J109" s="81"/>
+      <c r="K109" s="115"/>
+      <c r="L109" s="249"/>
+      <c r="M109" s="250"/>
+      <c r="N109" s="250"/>
+      <c r="O109" s="250"/>
+      <c r="P109" s="250"/>
+      <c r="Q109" s="250"/>
+      <c r="R109" s="250"/>
+      <c r="S109" s="251"/>
+      <c r="T109" s="115"/>
+    </row>
+    <row r="110" spans="1:20" s="95" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="82" t="s">
+        <v>506</v>
+      </c>
+      <c r="B110" s="82"/>
+      <c r="C110" s="82"/>
+      <c r="D110" s="83"/>
+      <c r="E110" s="81"/>
+      <c r="F110" s="81"/>
+      <c r="G110" s="81"/>
+      <c r="H110" s="81"/>
+      <c r="I110" s="81"/>
+      <c r="J110" s="78" t="s">
+        <v>507</v>
+      </c>
+      <c r="K110" s="120"/>
+      <c r="L110" s="249"/>
+      <c r="M110" s="250"/>
+      <c r="N110" s="250"/>
+      <c r="O110" s="250"/>
+      <c r="P110" s="250"/>
+      <c r="Q110" s="250"/>
+      <c r="R110" s="250"/>
+      <c r="S110" s="251"/>
+      <c r="T110" s="120"/>
+    </row>
+    <row r="111" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="386" t="str">
+        <f>IF(OR($J$110="- select -",$J$110=""),"",CONCATENATE("If their Tier 4, Student, or Tier 4 DES visa is still valid, please remind the applicant that they must inform ",IF($J$110="yes","the Student Immigration team","their Tier 4/ Student sponsor")," that they will be applying to switch into the Global Talent visa route."))</f>
         <v/>
       </c>
-      <c r="B109" s="258"/>
-[...42 lines deleted...]
-      <c r="A111" s="259" t="s">
+      <c r="B111" s="386"/>
+      <c r="C111" s="386"/>
+      <c r="D111" s="386"/>
+      <c r="E111" s="386"/>
+      <c r="F111" s="386"/>
+      <c r="G111" s="386"/>
+      <c r="H111" s="386"/>
+      <c r="I111" s="386"/>
+      <c r="J111" s="85"/>
+      <c r="K111" s="121"/>
+      <c r="L111" s="249"/>
+      <c r="M111" s="250"/>
+      <c r="N111" s="250"/>
+      <c r="O111" s="250"/>
+      <c r="P111" s="250"/>
+      <c r="Q111" s="250"/>
+      <c r="R111" s="250"/>
+      <c r="S111" s="251"/>
+      <c r="T111" s="121"/>
+    </row>
+    <row r="112" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="386"/>
+      <c r="B112" s="386"/>
+      <c r="C112" s="386"/>
+      <c r="D112" s="386"/>
+      <c r="E112" s="386"/>
+      <c r="F112" s="386"/>
+      <c r="G112" s="386"/>
+      <c r="H112" s="386"/>
+      <c r="I112" s="386"/>
+      <c r="J112" s="85"/>
+      <c r="K112" s="121"/>
+      <c r="L112" s="249"/>
+      <c r="M112" s="250"/>
+      <c r="N112" s="250"/>
+      <c r="O112" s="250"/>
+      <c r="P112" s="250"/>
+      <c r="Q112" s="250"/>
+      <c r="R112" s="250"/>
+      <c r="S112" s="251"/>
+      <c r="T112" s="121"/>
+    </row>
+    <row r="113" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="387" t="s">
         <v>508</v>
       </c>
-      <c r="B111" s="259"/>
-[...52 lines deleted...]
-      <c r="I113" s="259"/>
+      <c r="B113" s="387"/>
+      <c r="C113" s="387"/>
+      <c r="D113" s="387"/>
+      <c r="E113" s="387"/>
+      <c r="F113" s="387"/>
+      <c r="G113" s="387"/>
+      <c r="H113" s="387"/>
+      <c r="I113" s="387"/>
       <c r="J113" s="86"/>
       <c r="K113" s="122"/>
-      <c r="L113" s="341"/>
-[...6 lines deleted...]
-      <c r="S113" s="343"/>
+      <c r="L113" s="249"/>
+      <c r="M113" s="250"/>
+      <c r="N113" s="250"/>
+      <c r="O113" s="250"/>
+      <c r="P113" s="250"/>
+      <c r="Q113" s="250"/>
+      <c r="R113" s="250"/>
+      <c r="S113" s="251"/>
       <c r="T113" s="122"/>
     </row>
-    <row r="114" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="222" t="s">
+    <row r="114" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="387"/>
+      <c r="B114" s="387"/>
+      <c r="C114" s="387"/>
+      <c r="D114" s="387"/>
+      <c r="E114" s="387"/>
+      <c r="F114" s="387"/>
+      <c r="G114" s="387"/>
+      <c r="H114" s="387"/>
+      <c r="I114" s="387"/>
+      <c r="J114" s="88" t="s">
+        <v>507</v>
+      </c>
+      <c r="K114" s="123"/>
+      <c r="L114" s="249"/>
+      <c r="M114" s="250"/>
+      <c r="N114" s="250"/>
+      <c r="O114" s="250"/>
+      <c r="P114" s="250"/>
+      <c r="Q114" s="250"/>
+      <c r="R114" s="250"/>
+      <c r="S114" s="251"/>
+      <c r="T114" s="123"/>
+    </row>
+    <row r="115" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="387"/>
+      <c r="B115" s="387"/>
+      <c r="C115" s="387"/>
+      <c r="D115" s="387"/>
+      <c r="E115" s="387"/>
+      <c r="F115" s="387"/>
+      <c r="G115" s="387"/>
+      <c r="H115" s="387"/>
+      <c r="I115" s="387"/>
+      <c r="J115" s="86"/>
+      <c r="K115" s="122"/>
+      <c r="L115" s="249"/>
+      <c r="M115" s="250"/>
+      <c r="N115" s="250"/>
+      <c r="O115" s="250"/>
+      <c r="P115" s="250"/>
+      <c r="Q115" s="250"/>
+      <c r="R115" s="250"/>
+      <c r="S115" s="251"/>
+      <c r="T115" s="122"/>
+    </row>
+    <row r="116" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="342" t="s">
         <v>509</v>
       </c>
-      <c r="B114" s="222"/>
-[...83 lines deleted...]
-      <c r="T117" s="124"/>
+      <c r="B116" s="342"/>
+      <c r="C116" s="342"/>
+      <c r="D116" s="342"/>
+      <c r="E116" s="342"/>
+      <c r="F116" s="342"/>
+      <c r="G116" s="342"/>
+      <c r="H116" s="342"/>
+      <c r="I116" s="342"/>
+      <c r="J116" s="342"/>
+      <c r="K116" s="96"/>
+      <c r="L116" s="249"/>
+      <c r="M116" s="250"/>
+      <c r="N116" s="250"/>
+      <c r="O116" s="250"/>
+      <c r="P116" s="250"/>
+      <c r="Q116" s="250"/>
+      <c r="R116" s="250"/>
+      <c r="S116" s="251"/>
+      <c r="T116" s="96"/>
+    </row>
+    <row r="117" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="342"/>
+      <c r="B117" s="342"/>
+      <c r="C117" s="342"/>
+      <c r="D117" s="342"/>
+      <c r="E117" s="342"/>
+      <c r="F117" s="342"/>
+      <c r="G117" s="342"/>
+      <c r="H117" s="342"/>
+      <c r="I117" s="342"/>
+      <c r="J117" s="342"/>
+      <c r="K117" s="96"/>
+      <c r="L117" s="249"/>
+      <c r="M117" s="250"/>
+      <c r="N117" s="250"/>
+      <c r="O117" s="250"/>
+      <c r="P117" s="250"/>
+      <c r="Q117" s="250"/>
+      <c r="R117" s="250"/>
+      <c r="S117" s="251"/>
+      <c r="T117" s="96"/>
     </row>
     <row r="118" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A118" s="202"/>
-[...8 lines deleted...]
-      <c r="J118" s="204"/>
+      <c r="A118" s="305"/>
+      <c r="B118" s="306"/>
+      <c r="C118" s="306"/>
+      <c r="D118" s="306"/>
+      <c r="E118" s="306"/>
+      <c r="F118" s="306"/>
+      <c r="G118" s="306"/>
+      <c r="H118" s="306"/>
+      <c r="I118" s="306"/>
+      <c r="J118" s="307"/>
       <c r="K118" s="124"/>
-      <c r="L118" s="341"/>
-[...6 lines deleted...]
-      <c r="S118" s="343"/>
+      <c r="L118" s="249"/>
+      <c r="M118" s="250"/>
+      <c r="N118" s="250"/>
+      <c r="O118" s="250"/>
+      <c r="P118" s="250"/>
+      <c r="Q118" s="250"/>
+      <c r="R118" s="250"/>
+      <c r="S118" s="251"/>
       <c r="T118" s="124"/>
     </row>
-    <row r="119" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J119" s="207"/>
+    <row r="119" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="308"/>
+      <c r="B119" s="309"/>
+      <c r="C119" s="309"/>
+      <c r="D119" s="309"/>
+      <c r="E119" s="309"/>
+      <c r="F119" s="309"/>
+      <c r="G119" s="309"/>
+      <c r="H119" s="309"/>
+      <c r="I119" s="309"/>
+      <c r="J119" s="310"/>
       <c r="K119" s="124"/>
-      <c r="L119" s="341"/>
-[...6 lines deleted...]
-      <c r="S119" s="343"/>
+      <c r="L119" s="249"/>
+      <c r="M119" s="250"/>
+      <c r="N119" s="250"/>
+      <c r="O119" s="250"/>
+      <c r="P119" s="250"/>
+      <c r="Q119" s="250"/>
+      <c r="R119" s="250"/>
+      <c r="S119" s="251"/>
       <c r="T119" s="124"/>
     </row>
     <row r="120" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="222" t="s">
+      <c r="A120" s="308"/>
+      <c r="B120" s="309"/>
+      <c r="C120" s="309"/>
+      <c r="D120" s="309"/>
+      <c r="E120" s="309"/>
+      <c r="F120" s="309"/>
+      <c r="G120" s="309"/>
+      <c r="H120" s="309"/>
+      <c r="I120" s="309"/>
+      <c r="J120" s="310"/>
+      <c r="K120" s="124"/>
+      <c r="L120" s="249"/>
+      <c r="M120" s="250"/>
+      <c r="N120" s="250"/>
+      <c r="O120" s="250"/>
+      <c r="P120" s="250"/>
+      <c r="Q120" s="250"/>
+      <c r="R120" s="250"/>
+      <c r="S120" s="251"/>
+      <c r="T120" s="124"/>
+    </row>
+    <row r="121" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="311"/>
+      <c r="B121" s="312"/>
+      <c r="C121" s="312"/>
+      <c r="D121" s="312"/>
+      <c r="E121" s="312"/>
+      <c r="F121" s="312"/>
+      <c r="G121" s="312"/>
+      <c r="H121" s="312"/>
+      <c r="I121" s="312"/>
+      <c r="J121" s="313"/>
+      <c r="K121" s="124"/>
+      <c r="L121" s="249"/>
+      <c r="M121" s="250"/>
+      <c r="N121" s="250"/>
+      <c r="O121" s="250"/>
+      <c r="P121" s="250"/>
+      <c r="Q121" s="250"/>
+      <c r="R121" s="250"/>
+      <c r="S121" s="251"/>
+      <c r="T121" s="124"/>
+    </row>
+    <row r="122" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="342" t="s">
         <v>511</v>
       </c>
-      <c r="B120" s="222"/>
-[...51 lines deleted...]
-      <c r="J122" s="222"/>
+      <c r="B122" s="342"/>
+      <c r="C122" s="342"/>
+      <c r="D122" s="342"/>
+      <c r="E122" s="342"/>
+      <c r="F122" s="342"/>
+      <c r="G122" s="342"/>
+      <c r="H122" s="342"/>
+      <c r="I122" s="342"/>
+      <c r="J122" s="342"/>
       <c r="K122" s="96"/>
-      <c r="L122" s="341"/>
-[...6 lines deleted...]
-      <c r="S122" s="343"/>
+      <c r="L122" s="249"/>
+      <c r="M122" s="250"/>
+      <c r="N122" s="250"/>
+      <c r="O122" s="250"/>
+      <c r="P122" s="250"/>
+      <c r="Q122" s="250"/>
+      <c r="R122" s="250"/>
+      <c r="S122" s="251"/>
       <c r="T122" s="96"/>
     </row>
-    <row r="123" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J123" s="222"/>
+    <row r="123" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="342"/>
+      <c r="B123" s="342"/>
+      <c r="C123" s="342"/>
+      <c r="D123" s="342"/>
+      <c r="E123" s="342"/>
+      <c r="F123" s="342"/>
+      <c r="G123" s="342"/>
+      <c r="H123" s="342"/>
+      <c r="I123" s="342"/>
+      <c r="J123" s="342"/>
       <c r="K123" s="96"/>
-      <c r="L123" s="344"/>
-[...6 lines deleted...]
-      <c r="S123" s="346"/>
+      <c r="L123" s="249"/>
+      <c r="M123" s="250"/>
+      <c r="N123" s="250"/>
+      <c r="O123" s="250"/>
+      <c r="P123" s="250"/>
+      <c r="Q123" s="250"/>
+      <c r="R123" s="250"/>
+      <c r="S123" s="251"/>
       <c r="T123" s="96"/>
     </row>
-    <row r="124" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J124" s="87"/>
+    <row r="124" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="342"/>
+      <c r="B124" s="342"/>
+      <c r="C124" s="342"/>
+      <c r="D124" s="342"/>
+      <c r="E124" s="342"/>
+      <c r="F124" s="342"/>
+      <c r="G124" s="342"/>
+      <c r="H124" s="342"/>
+      <c r="I124" s="342"/>
+      <c r="J124" s="342"/>
       <c r="K124" s="96"/>
-      <c r="L124" s="96"/>
-[...6 lines deleted...]
-      <c r="S124" s="96"/>
+      <c r="L124" s="249"/>
+      <c r="M124" s="250"/>
+      <c r="N124" s="250"/>
+      <c r="O124" s="250"/>
+      <c r="P124" s="250"/>
+      <c r="Q124" s="250"/>
+      <c r="R124" s="250"/>
+      <c r="S124" s="251"/>
       <c r="T124" s="96"/>
     </row>
-    <row r="125" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="365" t="s">
+    <row r="125" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="342"/>
+      <c r="B125" s="342"/>
+      <c r="C125" s="342"/>
+      <c r="D125" s="342"/>
+      <c r="E125" s="342"/>
+      <c r="F125" s="342"/>
+      <c r="G125" s="342"/>
+      <c r="H125" s="342"/>
+      <c r="I125" s="342"/>
+      <c r="J125" s="342"/>
+      <c r="K125" s="96"/>
+      <c r="L125" s="252"/>
+      <c r="M125" s="253"/>
+      <c r="N125" s="253"/>
+      <c r="O125" s="253"/>
+      <c r="P125" s="253"/>
+      <c r="Q125" s="253"/>
+      <c r="R125" s="253"/>
+      <c r="S125" s="254"/>
+      <c r="T125" s="96"/>
+    </row>
+    <row r="126" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="87"/>
+      <c r="B126" s="87"/>
+      <c r="C126" s="87"/>
+      <c r="D126" s="87"/>
+      <c r="E126" s="87"/>
+      <c r="F126" s="87"/>
+      <c r="G126" s="87"/>
+      <c r="H126" s="87"/>
+      <c r="I126" s="87"/>
+      <c r="J126" s="87"/>
+      <c r="K126" s="96"/>
+      <c r="L126" s="96"/>
+      <c r="M126" s="96"/>
+      <c r="N126" s="96"/>
+      <c r="O126" s="96"/>
+      <c r="P126" s="96"/>
+      <c r="Q126" s="96"/>
+      <c r="R126" s="96"/>
+      <c r="S126" s="96"/>
+      <c r="T126" s="96"/>
+    </row>
+    <row r="127" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="284" t="s">
         <v>26</v>
       </c>
-      <c r="B125" s="365"/>
-[...101 lines deleted...]
-      <c r="K129" s="113"/>
+      <c r="B127" s="284"/>
+      <c r="C127" s="284"/>
+      <c r="D127" s="284"/>
+      <c r="E127" s="284"/>
+      <c r="F127" s="284"/>
+      <c r="G127" s="284"/>
+      <c r="H127" s="284"/>
+      <c r="I127" s="284"/>
+      <c r="J127" s="284"/>
+      <c r="K127" s="125"/>
+      <c r="L127" s="125"/>
+      <c r="M127" s="125"/>
+      <c r="N127" s="125"/>
+      <c r="O127" s="125"/>
+      <c r="P127" s="125"/>
+      <c r="Q127" s="125"/>
+      <c r="R127" s="125"/>
+      <c r="S127" s="125"/>
+      <c r="T127" s="125"/>
+    </row>
+    <row r="128" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="19"/>
+      <c r="B128" s="19"/>
+      <c r="C128" s="19"/>
+      <c r="D128" s="19"/>
+      <c r="E128" s="19"/>
+      <c r="F128" s="19"/>
+      <c r="G128" s="19"/>
+      <c r="H128" s="19"/>
+      <c r="I128" s="19"/>
+      <c r="J128" s="19"/>
+      <c r="K128" s="110"/>
+      <c r="L128" s="110"/>
+      <c r="M128" s="110"/>
+      <c r="N128" s="110"/>
+      <c r="O128" s="110"/>
+      <c r="P128" s="110"/>
+      <c r="Q128" s="110"/>
+      <c r="R128" s="110"/>
+      <c r="S128" s="110"/>
+      <c r="T128" s="110"/>
+    </row>
+    <row r="129" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="9"/>
+      <c r="B129" s="5"/>
+      <c r="C129" s="5"/>
+      <c r="D129" s="5"/>
+      <c r="E129" s="5"/>
+      <c r="F129" s="5"/>
+      <c r="G129" s="5"/>
+      <c r="H129" s="5"/>
+      <c r="I129" s="4"/>
+      <c r="J129" s="5"/>
+      <c r="K129" s="112"/>
       <c r="L129" s="183"/>
       <c r="M129" s="184"/>
       <c r="N129" s="184"/>
       <c r="O129" s="184"/>
       <c r="P129" s="184"/>
       <c r="Q129" s="184"/>
       <c r="R129" s="184"/>
       <c r="S129" s="185"/>
-      <c r="T129" s="113"/>
+      <c r="T129" s="112"/>
     </row>
     <row r="130" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="1"/>
       <c r="B130" s="1"/>
       <c r="C130" s="1"/>
       <c r="D130" s="1"/>
       <c r="E130" s="1"/>
       <c r="F130" s="1"/>
       <c r="G130" s="1"/>
-      <c r="H130" s="76">
+      <c r="H130" s="76" t="str">
+        <f>IF($U$4=TRUE,10,"")</f>
+        <v/>
+      </c>
+      <c r="I130" s="64" t="s">
+        <v>34</v>
+      </c>
+      <c r="J130" s="1"/>
+      <c r="K130" s="113"/>
+      <c r="L130" s="186"/>
+      <c r="M130" s="187"/>
+      <c r="N130" s="187"/>
+      <c r="O130" s="187"/>
+      <c r="P130" s="187"/>
+      <c r="Q130" s="187"/>
+      <c r="R130" s="187"/>
+      <c r="S130" s="188"/>
+      <c r="T130" s="113"/>
+    </row>
+    <row r="131" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="1"/>
+      <c r="B131" s="1"/>
+      <c r="C131" s="1"/>
+      <c r="D131" s="1"/>
+      <c r="E131" s="1"/>
+      <c r="F131" s="1"/>
+      <c r="G131" s="1"/>
+      <c r="H131" s="1"/>
+      <c r="I131" s="16"/>
+      <c r="J131" s="1"/>
+      <c r="K131" s="113"/>
+      <c r="L131" s="186"/>
+      <c r="M131" s="187"/>
+      <c r="N131" s="187"/>
+      <c r="O131" s="187"/>
+      <c r="P131" s="187"/>
+      <c r="Q131" s="187"/>
+      <c r="R131" s="187"/>
+      <c r="S131" s="188"/>
+      <c r="T131" s="113"/>
+    </row>
+    <row r="132" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="1"/>
+      <c r="B132" s="1"/>
+      <c r="C132" s="1"/>
+      <c r="D132" s="1"/>
+      <c r="E132" s="1"/>
+      <c r="F132" s="1"/>
+      <c r="G132" s="1"/>
+      <c r="H132" s="76">
         <f>IF($U$5=TRUE,10,"")</f>
         <v>10</v>
       </c>
-      <c r="I130" s="64" t="s">
+      <c r="I132" s="64" t="s">
         <v>33</v>
       </c>
-      <c r="J130" s="1"/>
-[...49 lines deleted...]
-      <c r="K132" s="102"/>
+      <c r="J132" s="1"/>
+      <c r="K132" s="113"/>
       <c r="L132" s="186"/>
       <c r="M132" s="187"/>
       <c r="N132" s="187"/>
       <c r="O132" s="187"/>
       <c r="P132" s="187"/>
       <c r="Q132" s="187"/>
       <c r="R132" s="187"/>
       <c r="S132" s="188"/>
-      <c r="T132" s="102"/>
+      <c r="T132" s="113"/>
     </row>
     <row r="133" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="4"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="D133" s="4"/>
       <c r="E133" s="4"/>
       <c r="F133" s="4"/>
       <c r="G133" s="4"/>
       <c r="H133" s="4"/>
       <c r="I133" s="4"/>
       <c r="J133" s="4"/>
       <c r="K133" s="102"/>
-      <c r="L133" s="102"/>
-[...6 lines deleted...]
-      <c r="S133" s="102"/>
+      <c r="L133" s="186"/>
+      <c r="M133" s="187"/>
+      <c r="N133" s="187"/>
+      <c r="O133" s="187"/>
+      <c r="P133" s="187"/>
+      <c r="Q133" s="187"/>
+      <c r="R133" s="187"/>
+      <c r="S133" s="188"/>
       <c r="T133" s="102"/>
     </row>
-    <row r="134" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
       <c r="E134" s="4"/>
       <c r="F134" s="4"/>
       <c r="G134" s="4"/>
-      <c r="H134" s="4"/>
-      <c r="I134" s="4"/>
+      <c r="H134" s="76" t="str">
+        <f>IF($U$6=TRUE,10,"")</f>
+        <v/>
+      </c>
+      <c r="I134" s="64" t="s">
+        <v>32</v>
+      </c>
       <c r="J134" s="4"/>
       <c r="K134" s="102"/>
-      <c r="L134" s="102"/>
-[...6 lines deleted...]
-      <c r="S134" s="102"/>
+      <c r="L134" s="189"/>
+      <c r="M134" s="190"/>
+      <c r="N134" s="190"/>
+      <c r="O134" s="190"/>
+      <c r="P134" s="190"/>
+      <c r="Q134" s="190"/>
+      <c r="R134" s="190"/>
+      <c r="S134" s="191"/>
       <c r="T134" s="102"/>
     </row>
-    <row r="135" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A135" s="213" t="s">
+    <row r="135" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="4"/>
+      <c r="B135" s="4"/>
+      <c r="C135" s="4"/>
+      <c r="D135" s="4"/>
+      <c r="E135" s="4"/>
+      <c r="F135" s="4"/>
+      <c r="G135" s="4"/>
+      <c r="H135" s="4"/>
+      <c r="I135" s="4"/>
+      <c r="J135" s="4"/>
+      <c r="K135" s="102"/>
+      <c r="L135" s="102"/>
+      <c r="M135" s="102"/>
+      <c r="N135" s="102"/>
+      <c r="O135" s="102"/>
+      <c r="P135" s="102"/>
+      <c r="Q135" s="102"/>
+      <c r="R135" s="102"/>
+      <c r="S135" s="102"/>
+      <c r="T135" s="102"/>
+    </row>
+    <row r="136" spans="1:20" s="95" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="4"/>
+      <c r="B136" s="4"/>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4"/>
+      <c r="E136" s="4"/>
+      <c r="F136" s="4"/>
+      <c r="G136" s="4"/>
+      <c r="H136" s="4"/>
+      <c r="I136" s="4"/>
+      <c r="J136" s="4"/>
+      <c r="K136" s="102"/>
+      <c r="L136" s="102"/>
+      <c r="M136" s="102"/>
+      <c r="N136" s="102"/>
+      <c r="O136" s="102"/>
+      <c r="P136" s="102"/>
+      <c r="Q136" s="102"/>
+      <c r="R136" s="102"/>
+      <c r="S136" s="102"/>
+      <c r="T136" s="102"/>
+    </row>
+    <row r="137" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A137" s="303" t="s">
         <v>35</v>
       </c>
-      <c r="B135" s="213"/>
-[...20 lines deleted...]
-      <c r="A136" s="198" t="s">
+      <c r="B137" s="303"/>
+      <c r="C137" s="303"/>
+      <c r="D137" s="303"/>
+      <c r="E137" s="303"/>
+      <c r="F137" s="303"/>
+      <c r="G137" s="303"/>
+      <c r="H137" s="303"/>
+      <c r="I137" s="303"/>
+      <c r="J137" s="303"/>
+      <c r="K137" s="125"/>
+      <c r="L137" s="125"/>
+      <c r="M137" s="125"/>
+      <c r="N137" s="125"/>
+      <c r="O137" s="125"/>
+      <c r="P137" s="125"/>
+      <c r="Q137" s="125"/>
+      <c r="R137" s="125"/>
+      <c r="S137" s="125"/>
+      <c r="T137" s="125"/>
+    </row>
+    <row r="138" spans="1:20" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="260" t="s">
         <v>439</v>
       </c>
-      <c r="B136" s="198"/>
-[...42 lines deleted...]
-      <c r="A138" s="283" t="s">
+      <c r="B138" s="260"/>
+      <c r="C138" s="260"/>
+      <c r="D138" s="260"/>
+      <c r="E138" s="260"/>
+      <c r="F138" s="260"/>
+      <c r="G138" s="260"/>
+      <c r="H138" s="260"/>
+      <c r="I138" s="260"/>
+      <c r="J138" s="260"/>
+      <c r="K138" s="126"/>
+      <c r="L138" s="318"/>
+      <c r="M138" s="319"/>
+      <c r="N138" s="319"/>
+      <c r="O138" s="319"/>
+      <c r="P138" s="319"/>
+      <c r="Q138" s="319"/>
+      <c r="R138" s="319"/>
+      <c r="S138" s="320"/>
+      <c r="T138" s="126"/>
+    </row>
+    <row r="139" spans="1:20" s="100" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="260"/>
+      <c r="B139" s="260"/>
+      <c r="C139" s="260"/>
+      <c r="D139" s="260"/>
+      <c r="E139" s="260"/>
+      <c r="F139" s="260"/>
+      <c r="G139" s="260"/>
+      <c r="H139" s="260"/>
+      <c r="I139" s="260"/>
+      <c r="J139" s="260"/>
+      <c r="K139" s="126"/>
+      <c r="L139" s="321"/>
+      <c r="M139" s="322"/>
+      <c r="N139" s="322"/>
+      <c r="O139" s="322"/>
+      <c r="P139" s="322"/>
+      <c r="Q139" s="322"/>
+      <c r="R139" s="322"/>
+      <c r="S139" s="323"/>
+      <c r="T139" s="126"/>
+    </row>
+    <row r="140" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="258" t="s">
         <v>36</v>
       </c>
-      <c r="B138" s="283"/>
-[...64 lines deleted...]
-      <c r="A141" s="214" t="s">
+      <c r="B140" s="258"/>
+      <c r="C140" s="258"/>
+      <c r="D140" s="258"/>
+      <c r="E140" s="258"/>
+      <c r="F140" s="258"/>
+      <c r="G140" s="258"/>
+      <c r="H140" s="258"/>
+      <c r="I140" s="258"/>
+      <c r="J140" s="258"/>
+      <c r="K140" s="118"/>
+      <c r="L140" s="321"/>
+      <c r="M140" s="322"/>
+      <c r="N140" s="322"/>
+      <c r="O140" s="322"/>
+      <c r="P140" s="322"/>
+      <c r="Q140" s="322"/>
+      <c r="R140" s="322"/>
+      <c r="S140" s="323"/>
+      <c r="T140" s="118"/>
+    </row>
+    <row r="141" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="258"/>
+      <c r="B141" s="258"/>
+      <c r="C141" s="258"/>
+      <c r="D141" s="258"/>
+      <c r="E141" s="258"/>
+      <c r="F141" s="258"/>
+      <c r="G141" s="258"/>
+      <c r="H141" s="258"/>
+      <c r="I141" s="258"/>
+      <c r="J141" s="258"/>
+      <c r="K141" s="118"/>
+      <c r="L141" s="321"/>
+      <c r="M141" s="322"/>
+      <c r="N141" s="322"/>
+      <c r="O141" s="322"/>
+      <c r="P141" s="322"/>
+      <c r="Q141" s="322"/>
+      <c r="R141" s="322"/>
+      <c r="S141" s="323"/>
+      <c r="T141" s="118"/>
+    </row>
+    <row r="142" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="20"/>
+      <c r="B142" s="20"/>
+      <c r="C142" s="20"/>
+      <c r="D142" s="20"/>
+      <c r="E142" s="20"/>
+      <c r="F142" s="20"/>
+      <c r="G142" s="20"/>
+      <c r="H142" s="20"/>
+      <c r="I142" s="20"/>
+      <c r="J142" s="20"/>
+      <c r="K142" s="127"/>
+      <c r="L142" s="321"/>
+      <c r="M142" s="322"/>
+      <c r="N142" s="322"/>
+      <c r="O142" s="322"/>
+      <c r="P142" s="322"/>
+      <c r="Q142" s="322"/>
+      <c r="R142" s="322"/>
+      <c r="S142" s="323"/>
+      <c r="T142" s="127"/>
+    </row>
+    <row r="143" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="243" t="s">
         <v>37</v>
       </c>
-      <c r="B141" s="214"/>
-[...52 lines deleted...]
-      <c r="I143" s="257"/>
+      <c r="B143" s="243"/>
+      <c r="C143" s="243"/>
+      <c r="D143" s="243"/>
+      <c r="E143" s="243"/>
+      <c r="F143" s="243"/>
+      <c r="G143" s="243"/>
+      <c r="H143" s="243"/>
+      <c r="I143" s="385"/>
       <c r="J143" s="23"/>
       <c r="K143" s="115"/>
-      <c r="L143" s="305"/>
-[...6 lines deleted...]
-      <c r="S143" s="307"/>
+      <c r="L143" s="321"/>
+      <c r="M143" s="322"/>
+      <c r="N143" s="322"/>
+      <c r="O143" s="322"/>
+      <c r="P143" s="322"/>
+      <c r="Q143" s="322"/>
+      <c r="R143" s="322"/>
+      <c r="S143" s="323"/>
       <c r="T143" s="115"/>
     </row>
     <row r="144" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A144" s="4"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
       <c r="E144" s="4"/>
       <c r="F144" s="4"/>
       <c r="G144" s="4"/>
       <c r="H144" s="4"/>
       <c r="I144" s="4"/>
       <c r="J144" s="4"/>
       <c r="K144" s="102"/>
-      <c r="L144" s="305"/>
-[...6 lines deleted...]
-      <c r="S144" s="307"/>
+      <c r="L144" s="321"/>
+      <c r="M144" s="322"/>
+      <c r="N144" s="322"/>
+      <c r="O144" s="322"/>
+      <c r="P144" s="322"/>
+      <c r="Q144" s="322"/>
+      <c r="R144" s="322"/>
+      <c r="S144" s="323"/>
       <c r="T144" s="102"/>
     </row>
     <row r="145" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="214" t="s">
-[...9 lines deleted...]
-      <c r="I145" s="257"/>
+      <c r="A145" s="243" t="s">
+        <v>494</v>
+      </c>
+      <c r="B145" s="243"/>
+      <c r="C145" s="243"/>
+      <c r="D145" s="243"/>
+      <c r="E145" s="243"/>
+      <c r="F145" s="243"/>
+      <c r="G145" s="243"/>
+      <c r="H145" s="243"/>
+      <c r="I145" s="385"/>
       <c r="J145" s="23"/>
       <c r="K145" s="115"/>
-      <c r="L145" s="305"/>
-[...6 lines deleted...]
-      <c r="S145" s="307"/>
+      <c r="L145" s="321"/>
+      <c r="M145" s="322"/>
+      <c r="N145" s="322"/>
+      <c r="O145" s="322"/>
+      <c r="P145" s="322"/>
+      <c r="Q145" s="322"/>
+      <c r="R145" s="322"/>
+      <c r="S145" s="323"/>
       <c r="T145" s="115"/>
     </row>
     <row r="146" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A146" s="4"/>
       <c r="B146" s="4"/>
       <c r="C146" s="4"/>
       <c r="D146" s="4"/>
       <c r="E146" s="4"/>
       <c r="F146" s="4"/>
       <c r="G146" s="4"/>
       <c r="H146" s="4"/>
       <c r="I146" s="4"/>
       <c r="J146" s="4"/>
       <c r="K146" s="102"/>
-      <c r="L146" s="305"/>
-[...6 lines deleted...]
-      <c r="S146" s="307"/>
+      <c r="L146" s="321"/>
+      <c r="M146" s="322"/>
+      <c r="N146" s="322"/>
+      <c r="O146" s="322"/>
+      <c r="P146" s="322"/>
+      <c r="Q146" s="322"/>
+      <c r="R146" s="322"/>
+      <c r="S146" s="323"/>
       <c r="T146" s="102"/>
     </row>
-    <row r="147" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="I147" s="221"/>
+    <row r="147" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="243" t="s">
+        <v>495</v>
+      </c>
+      <c r="B147" s="243"/>
+      <c r="C147" s="243"/>
+      <c r="D147" s="243"/>
+      <c r="E147" s="243"/>
+      <c r="F147" s="243"/>
+      <c r="G147" s="243"/>
+      <c r="H147" s="243"/>
+      <c r="I147" s="385"/>
       <c r="J147" s="23"/>
       <c r="K147" s="115"/>
-      <c r="L147" s="305"/>
-[...6 lines deleted...]
-      <c r="S147" s="307"/>
+      <c r="L147" s="321"/>
+      <c r="M147" s="322"/>
+      <c r="N147" s="322"/>
+      <c r="O147" s="322"/>
+      <c r="P147" s="322"/>
+      <c r="Q147" s="322"/>
+      <c r="R147" s="322"/>
+      <c r="S147" s="323"/>
       <c r="T147" s="115"/>
     </row>
-    <row r="148" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="I148" s="221"/>
+    <row r="148" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="4"/>
+      <c r="B148" s="4"/>
+      <c r="C148" s="4"/>
+      <c r="D148" s="4"/>
+      <c r="E148" s="4"/>
+      <c r="F148" s="4"/>
+      <c r="G148" s="4"/>
+      <c r="H148" s="4"/>
+      <c r="I148" s="4"/>
       <c r="J148" s="4"/>
       <c r="K148" s="102"/>
-      <c r="L148" s="305"/>
-[...6 lines deleted...]
-      <c r="S148" s="307"/>
+      <c r="L148" s="321"/>
+      <c r="M148" s="322"/>
+      <c r="N148" s="322"/>
+      <c r="O148" s="322"/>
+      <c r="P148" s="322"/>
+      <c r="Q148" s="322"/>
+      <c r="R148" s="322"/>
+      <c r="S148" s="323"/>
       <c r="T148" s="102"/>
     </row>
-    <row r="149" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...45 lines deleted...]
-    <row r="151" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="240" t="s">
+        <v>496</v>
+      </c>
+      <c r="B149" s="240"/>
+      <c r="C149" s="240"/>
+      <c r="D149" s="240"/>
+      <c r="E149" s="240"/>
+      <c r="F149" s="240"/>
+      <c r="G149" s="240"/>
+      <c r="H149" s="240"/>
+      <c r="I149" s="240"/>
+      <c r="J149" s="23"/>
+      <c r="K149" s="115"/>
+      <c r="L149" s="321"/>
+      <c r="M149" s="322"/>
+      <c r="N149" s="322"/>
+      <c r="O149" s="322"/>
+      <c r="P149" s="322"/>
+      <c r="Q149" s="322"/>
+      <c r="R149" s="322"/>
+      <c r="S149" s="323"/>
+      <c r="T149" s="115"/>
+    </row>
+    <row r="150" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="240"/>
+      <c r="B150" s="240"/>
+      <c r="C150" s="240"/>
+      <c r="D150" s="240"/>
+      <c r="E150" s="240"/>
+      <c r="F150" s="240"/>
+      <c r="G150" s="240"/>
+      <c r="H150" s="240"/>
+      <c r="I150" s="240"/>
+      <c r="J150" s="4"/>
+      <c r="K150" s="102"/>
+      <c r="L150" s="321"/>
+      <c r="M150" s="322"/>
+      <c r="N150" s="322"/>
+      <c r="O150" s="322"/>
+      <c r="P150" s="322"/>
+      <c r="Q150" s="322"/>
+      <c r="R150" s="322"/>
+      <c r="S150" s="323"/>
+      <c r="T150" s="102"/>
+    </row>
+    <row r="151" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A151" s="4"/>
-      <c r="B151" s="254" t="str">
-[...9 lines deleted...]
-      <c r="I151" s="254"/>
+      <c r="B151" s="4"/>
+      <c r="C151" s="4"/>
+      <c r="D151" s="4"/>
+      <c r="E151" s="4"/>
+      <c r="F151" s="4"/>
+      <c r="G151" s="4"/>
+      <c r="H151" s="4"/>
+      <c r="I151" s="4"/>
       <c r="J151" s="4"/>
       <c r="K151" s="102"/>
-      <c r="L151" s="305"/>
-[...6 lines deleted...]
-      <c r="S151" s="307"/>
+      <c r="L151" s="321"/>
+      <c r="M151" s="322"/>
+      <c r="N151" s="322"/>
+      <c r="O151" s="322"/>
+      <c r="P151" s="322"/>
+      <c r="Q151" s="322"/>
+      <c r="R151" s="322"/>
+      <c r="S151" s="323"/>
       <c r="T151" s="102"/>
     </row>
-    <row r="152" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A152" s="4"/>
+    <row r="152" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="4" t="s">
+        <v>497</v>
+      </c>
       <c r="B152" s="4"/>
       <c r="C152" s="4"/>
       <c r="D152" s="4"/>
       <c r="E152" s="4"/>
       <c r="F152" s="4"/>
       <c r="G152" s="4"/>
       <c r="H152" s="4"/>
       <c r="I152" s="4"/>
-      <c r="J152" s="4"/>
-[...12 lines deleted...]
-      <c r="A153" s="221" t="s">
+      <c r="J152" s="23"/>
+      <c r="K152" s="115"/>
+      <c r="L152" s="321"/>
+      <c r="M152" s="322"/>
+      <c r="N152" s="322"/>
+      <c r="O152" s="322"/>
+      <c r="P152" s="322"/>
+      <c r="Q152" s="322"/>
+      <c r="R152" s="322"/>
+      <c r="S152" s="323"/>
+      <c r="T152" s="115"/>
+    </row>
+    <row r="153" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A153" s="4"/>
+      <c r="B153" s="384" t="str">
+        <f>IF(OR($U$4&lt;&gt;TRUE,AND($U$4=TRUE,LEFT(TRIM(UPPER($J$143)),1)="Y",LEFT(TRIM(UPPER($J$145)),1)="Y",LEFT(TRIM(UPPER($J$147)),1)="Y",LEFT(TRIM(UPPER($J$149)),1)="Y",LEFT(TRIM(UPPER($J$152)),1)="Y")),"","All of the above criteria must be confirmed in order to proceed")</f>
+        <v/>
+      </c>
+      <c r="C153" s="384"/>
+      <c r="D153" s="384"/>
+      <c r="E153" s="384"/>
+      <c r="F153" s="384"/>
+      <c r="G153" s="384"/>
+      <c r="H153" s="384"/>
+      <c r="I153" s="384"/>
+      <c r="J153" s="4"/>
+      <c r="K153" s="102"/>
+      <c r="L153" s="321"/>
+      <c r="M153" s="322"/>
+      <c r="N153" s="322"/>
+      <c r="O153" s="322"/>
+      <c r="P153" s="322"/>
+      <c r="Q153" s="322"/>
+      <c r="R153" s="322"/>
+      <c r="S153" s="323"/>
+      <c r="T153" s="102"/>
+    </row>
+    <row r="154" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="4"/>
+      <c r="B154" s="4"/>
+      <c r="C154" s="4"/>
+      <c r="D154" s="4"/>
+      <c r="E154" s="4"/>
+      <c r="F154" s="4"/>
+      <c r="G154" s="4"/>
+      <c r="H154" s="4"/>
+      <c r="I154" s="4"/>
+      <c r="J154" s="4"/>
+      <c r="K154" s="102"/>
+      <c r="L154" s="321"/>
+      <c r="M154" s="322"/>
+      <c r="N154" s="322"/>
+      <c r="O154" s="322"/>
+      <c r="P154" s="322"/>
+      <c r="Q154" s="322"/>
+      <c r="R154" s="322"/>
+      <c r="S154" s="323"/>
+      <c r="T154" s="102"/>
+    </row>
+    <row r="155" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="240" t="s">
         <v>38</v>
       </c>
-      <c r="B153" s="221"/>
-[...42 lines deleted...]
-      <c r="A155" s="253" t="s">
+      <c r="B155" s="240"/>
+      <c r="C155" s="240"/>
+      <c r="D155" s="240"/>
+      <c r="E155" s="240"/>
+      <c r="F155" s="240"/>
+      <c r="G155" s="240"/>
+      <c r="H155" s="240"/>
+      <c r="I155" s="240"/>
+      <c r="J155" s="240"/>
+      <c r="K155" s="103"/>
+      <c r="L155" s="321"/>
+      <c r="M155" s="322"/>
+      <c r="N155" s="322"/>
+      <c r="O155" s="322"/>
+      <c r="P155" s="322"/>
+      <c r="Q155" s="322"/>
+      <c r="R155" s="322"/>
+      <c r="S155" s="323"/>
+      <c r="T155" s="103"/>
+    </row>
+    <row r="156" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="240"/>
+      <c r="B156" s="240"/>
+      <c r="C156" s="240"/>
+      <c r="D156" s="240"/>
+      <c r="E156" s="240"/>
+      <c r="F156" s="240"/>
+      <c r="G156" s="240"/>
+      <c r="H156" s="240"/>
+      <c r="I156" s="240"/>
+      <c r="J156" s="240"/>
+      <c r="K156" s="103"/>
+      <c r="L156" s="321"/>
+      <c r="M156" s="322"/>
+      <c r="N156" s="322"/>
+      <c r="O156" s="322"/>
+      <c r="P156" s="322"/>
+      <c r="Q156" s="322"/>
+      <c r="R156" s="322"/>
+      <c r="S156" s="323"/>
+      <c r="T156" s="103"/>
+    </row>
+    <row r="157" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A157" s="375" t="s">
         <v>455</v>
       </c>
-      <c r="B155" s="253"/>
-[...1 lines deleted...]
-      <c r="D155" s="267" t="s">
+      <c r="B157" s="375"/>
+      <c r="C157" s="375"/>
+      <c r="D157" s="304" t="s">
         <v>473</v>
       </c>
-      <c r="E155" s="267"/>
-[...39 lines deleted...]
-      <c r="A157" s="213" t="s">
+      <c r="E157" s="304"/>
+      <c r="F157" s="304"/>
+      <c r="G157" s="304"/>
+      <c r="H157" s="304"/>
+      <c r="I157" s="304"/>
+      <c r="J157" s="304"/>
+      <c r="K157" s="128"/>
+      <c r="L157" s="324"/>
+      <c r="M157" s="325"/>
+      <c r="N157" s="325"/>
+      <c r="O157" s="325"/>
+      <c r="P157" s="325"/>
+      <c r="Q157" s="325"/>
+      <c r="R157" s="325"/>
+      <c r="S157" s="326"/>
+      <c r="T157" s="128"/>
+    </row>
+    <row r="158" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A158" s="370"/>
+      <c r="B158" s="370"/>
+      <c r="C158" s="370"/>
+      <c r="D158" s="370"/>
+      <c r="E158" s="370"/>
+      <c r="F158" s="370"/>
+      <c r="G158" s="370"/>
+      <c r="H158" s="370"/>
+      <c r="I158" s="370"/>
+      <c r="J158" s="370"/>
+      <c r="K158" s="125"/>
+      <c r="L158" s="125"/>
+      <c r="M158" s="125"/>
+      <c r="N158" s="125"/>
+      <c r="O158" s="125"/>
+      <c r="P158" s="125"/>
+      <c r="Q158" s="125"/>
+      <c r="R158" s="125"/>
+      <c r="S158" s="125"/>
+      <c r="T158" s="125"/>
+    </row>
+    <row r="159" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A159" s="303" t="s">
         <v>39</v>
       </c>
-      <c r="B157" s="213"/>
-[...20 lines deleted...]
-      <c r="A158" s="198" t="s">
+      <c r="B159" s="303"/>
+      <c r="C159" s="303"/>
+      <c r="D159" s="303"/>
+      <c r="E159" s="303"/>
+      <c r="F159" s="303"/>
+      <c r="G159" s="303"/>
+      <c r="H159" s="303"/>
+      <c r="I159" s="303"/>
+      <c r="J159" s="303"/>
+      <c r="K159" s="125"/>
+      <c r="L159" s="125"/>
+      <c r="M159" s="125"/>
+      <c r="N159" s="125"/>
+      <c r="O159" s="125"/>
+      <c r="P159" s="125"/>
+      <c r="Q159" s="125"/>
+      <c r="R159" s="125"/>
+      <c r="S159" s="125"/>
+      <c r="T159" s="125"/>
+    </row>
+    <row r="160" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="260" t="s">
         <v>440</v>
       </c>
-      <c r="B158" s="198"/>
-[...42 lines deleted...]
-      <c r="A160" s="289" t="s">
+      <c r="B160" s="260"/>
+      <c r="C160" s="260"/>
+      <c r="D160" s="260"/>
+      <c r="E160" s="260"/>
+      <c r="F160" s="260"/>
+      <c r="G160" s="260"/>
+      <c r="H160" s="260"/>
+      <c r="I160" s="260"/>
+      <c r="J160" s="260"/>
+      <c r="K160" s="126"/>
+      <c r="L160" s="318"/>
+      <c r="M160" s="319"/>
+      <c r="N160" s="319"/>
+      <c r="O160" s="319"/>
+      <c r="P160" s="319"/>
+      <c r="Q160" s="319"/>
+      <c r="R160" s="319"/>
+      <c r="S160" s="320"/>
+      <c r="T160" s="126"/>
+    </row>
+    <row r="161" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="260"/>
+      <c r="B161" s="260"/>
+      <c r="C161" s="260"/>
+      <c r="D161" s="260"/>
+      <c r="E161" s="260"/>
+      <c r="F161" s="260"/>
+      <c r="G161" s="260"/>
+      <c r="H161" s="260"/>
+      <c r="I161" s="260"/>
+      <c r="J161" s="260"/>
+      <c r="K161" s="126"/>
+      <c r="L161" s="321"/>
+      <c r="M161" s="322"/>
+      <c r="N161" s="322"/>
+      <c r="O161" s="322"/>
+      <c r="P161" s="322"/>
+      <c r="Q161" s="322"/>
+      <c r="R161" s="322"/>
+      <c r="S161" s="323"/>
+      <c r="T161" s="126"/>
+    </row>
+    <row r="162" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="348" t="s">
         <v>36</v>
       </c>
-      <c r="B160" s="289"/>
-[...42 lines deleted...]
-      <c r="A162" s="50" t="s">
+      <c r="B162" s="348"/>
+      <c r="C162" s="348"/>
+      <c r="D162" s="348"/>
+      <c r="E162" s="348"/>
+      <c r="F162" s="348"/>
+      <c r="G162" s="348"/>
+      <c r="H162" s="348"/>
+      <c r="I162" s="348"/>
+      <c r="J162" s="348"/>
+      <c r="K162" s="129"/>
+      <c r="L162" s="321"/>
+      <c r="M162" s="322"/>
+      <c r="N162" s="322"/>
+      <c r="O162" s="322"/>
+      <c r="P162" s="322"/>
+      <c r="Q162" s="322"/>
+      <c r="R162" s="322"/>
+      <c r="S162" s="323"/>
+      <c r="T162" s="129"/>
+    </row>
+    <row r="163" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="348"/>
+      <c r="B163" s="348"/>
+      <c r="C163" s="348"/>
+      <c r="D163" s="348"/>
+      <c r="E163" s="348"/>
+      <c r="F163" s="348"/>
+      <c r="G163" s="348"/>
+      <c r="H163" s="348"/>
+      <c r="I163" s="348"/>
+      <c r="J163" s="348"/>
+      <c r="K163" s="129"/>
+      <c r="L163" s="321"/>
+      <c r="M163" s="322"/>
+      <c r="N163" s="322"/>
+      <c r="O163" s="322"/>
+      <c r="P163" s="322"/>
+      <c r="Q163" s="322"/>
+      <c r="R163" s="322"/>
+      <c r="S163" s="323"/>
+      <c r="T163" s="129"/>
+    </row>
+    <row r="164" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="50" t="s">
         <v>435</v>
       </c>
-      <c r="B162" s="51"/>
-[...20 lines deleted...]
-      <c r="A163" s="290" t="s">
+      <c r="B164" s="51"/>
+      <c r="C164" s="51"/>
+      <c r="D164" s="51"/>
+      <c r="E164" s="51"/>
+      <c r="F164" s="51"/>
+      <c r="G164" s="51"/>
+      <c r="H164" s="51"/>
+      <c r="I164" s="51"/>
+      <c r="J164" s="52"/>
+      <c r="K164" s="112"/>
+      <c r="L164" s="321"/>
+      <c r="M164" s="322"/>
+      <c r="N164" s="322"/>
+      <c r="O164" s="322"/>
+      <c r="P164" s="322"/>
+      <c r="Q164" s="322"/>
+      <c r="R164" s="322"/>
+      <c r="S164" s="323"/>
+      <c r="T164" s="112"/>
+    </row>
+    <row r="165" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="351" t="s">
         <v>512</v>
       </c>
-      <c r="B163" s="291"/>
-[...5 lines deleted...]
-      <c r="H163" s="215" t="s">
+      <c r="B165" s="352"/>
+      <c r="C165" s="352"/>
+      <c r="D165" s="352"/>
+      <c r="E165" s="352"/>
+      <c r="F165" s="352"/>
+      <c r="G165" s="352"/>
+      <c r="H165" s="316" t="s">
         <v>436</v>
       </c>
-      <c r="I163" s="216"/>
-[...57 lines deleted...]
-      <c r="A166" s="217" t="s">
+      <c r="I165" s="317"/>
+      <c r="J165" s="349"/>
+      <c r="K165" s="130"/>
+      <c r="L165" s="321"/>
+      <c r="M165" s="322"/>
+      <c r="N165" s="322"/>
+      <c r="O165" s="322"/>
+      <c r="P165" s="322"/>
+      <c r="Q165" s="322"/>
+      <c r="R165" s="322"/>
+      <c r="S165" s="323"/>
+      <c r="T165" s="130"/>
+    </row>
+    <row r="166" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="351"/>
+      <c r="B166" s="352"/>
+      <c r="C166" s="352"/>
+      <c r="D166" s="352"/>
+      <c r="E166" s="352"/>
+      <c r="F166" s="352"/>
+      <c r="G166" s="352"/>
+      <c r="H166" s="53"/>
+      <c r="I166" s="49"/>
+      <c r="J166" s="350"/>
+      <c r="K166" s="130"/>
+      <c r="L166" s="321"/>
+      <c r="M166" s="322"/>
+      <c r="N166" s="322"/>
+      <c r="O166" s="322"/>
+      <c r="P166" s="322"/>
+      <c r="Q166" s="322"/>
+      <c r="R166" s="322"/>
+      <c r="S166" s="323"/>
+      <c r="T166" s="130"/>
+    </row>
+    <row r="167" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="54"/>
+      <c r="B167" s="5"/>
+      <c r="C167" s="5"/>
+      <c r="D167" s="5"/>
+      <c r="E167" s="5"/>
+      <c r="F167" s="5"/>
+      <c r="G167" s="5"/>
+      <c r="H167" s="5"/>
+      <c r="I167" s="5"/>
+      <c r="J167" s="55"/>
+      <c r="K167" s="112"/>
+      <c r="L167" s="321"/>
+      <c r="M167" s="322"/>
+      <c r="N167" s="322"/>
+      <c r="O167" s="322"/>
+      <c r="P167" s="322"/>
+      <c r="Q167" s="322"/>
+      <c r="R167" s="322"/>
+      <c r="S167" s="323"/>
+      <c r="T167" s="112"/>
+    </row>
+    <row r="168" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="362" t="s">
         <v>513</v>
       </c>
-      <c r="B166" s="218"/>
-[...27 lines deleted...]
-      <c r="H167" s="215" t="s">
+      <c r="B168" s="357"/>
+      <c r="C168" s="357"/>
+      <c r="D168" s="357"/>
+      <c r="E168" s="357"/>
+      <c r="F168" s="357"/>
+      <c r="G168" s="357"/>
+      <c r="H168" s="316"/>
+      <c r="I168" s="317"/>
+      <c r="J168" s="349"/>
+      <c r="K168" s="130"/>
+      <c r="L168" s="321"/>
+      <c r="M168" s="322"/>
+      <c r="N168" s="322"/>
+      <c r="O168" s="322"/>
+      <c r="P168" s="322"/>
+      <c r="Q168" s="322"/>
+      <c r="R168" s="322"/>
+      <c r="S168" s="323"/>
+      <c r="T168" s="130"/>
+    </row>
+    <row r="169" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="362"/>
+      <c r="B169" s="357"/>
+      <c r="C169" s="357"/>
+      <c r="D169" s="357"/>
+      <c r="E169" s="357"/>
+      <c r="F169" s="357"/>
+      <c r="G169" s="357"/>
+      <c r="H169" s="316" t="s">
         <v>436</v>
       </c>
-      <c r="I167" s="216"/>
-[...89 lines deleted...]
-      <c r="I171" s="221"/>
+      <c r="I169" s="317"/>
+      <c r="J169" s="350"/>
+      <c r="K169" s="130"/>
+      <c r="L169" s="321"/>
+      <c r="M169" s="322"/>
+      <c r="N169" s="322"/>
+      <c r="O169" s="322"/>
+      <c r="P169" s="322"/>
+      <c r="Q169" s="322"/>
+      <c r="R169" s="322"/>
+      <c r="S169" s="323"/>
+      <c r="T169" s="130"/>
+    </row>
+    <row r="170" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="401"/>
+      <c r="B170" s="402"/>
+      <c r="C170" s="402"/>
+      <c r="D170" s="402"/>
+      <c r="E170" s="402"/>
+      <c r="F170" s="402"/>
+      <c r="G170" s="402"/>
+      <c r="H170" s="56"/>
+      <c r="I170" s="56"/>
+      <c r="J170" s="57"/>
+      <c r="K170" s="112"/>
+      <c r="L170" s="321"/>
+      <c r="M170" s="322"/>
+      <c r="N170" s="322"/>
+      <c r="O170" s="322"/>
+      <c r="P170" s="322"/>
+      <c r="Q170" s="322"/>
+      <c r="R170" s="322"/>
+      <c r="S170" s="323"/>
+      <c r="T170" s="112"/>
+    </row>
+    <row r="171" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="4"/>
+      <c r="B171" s="4"/>
+      <c r="C171" s="4"/>
+      <c r="D171" s="4"/>
+      <c r="E171" s="4"/>
+      <c r="F171" s="4"/>
+      <c r="G171" s="4"/>
+      <c r="H171" s="4"/>
+      <c r="I171" s="4"/>
       <c r="J171" s="4"/>
       <c r="K171" s="102"/>
-      <c r="L171" s="305"/>
-[...6 lines deleted...]
-      <c r="S171" s="307"/>
+      <c r="L171" s="321"/>
+      <c r="M171" s="322"/>
+      <c r="N171" s="322"/>
+      <c r="O171" s="322"/>
+      <c r="P171" s="322"/>
+      <c r="Q171" s="322"/>
+      <c r="R171" s="322"/>
+      <c r="S171" s="323"/>
       <c r="T171" s="102"/>
     </row>
     <row r="172" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="4"/>
-[...42 lines deleted...]
-      <c r="T173" s="130"/>
+      <c r="A172" s="240" t="s">
+        <v>437</v>
+      </c>
+      <c r="B172" s="240"/>
+      <c r="C172" s="240"/>
+      <c r="D172" s="240"/>
+      <c r="E172" s="240"/>
+      <c r="F172" s="240"/>
+      <c r="G172" s="240"/>
+      <c r="H172" s="240"/>
+      <c r="I172" s="240"/>
+      <c r="J172" s="68"/>
+      <c r="K172" s="130"/>
+      <c r="L172" s="321"/>
+      <c r="M172" s="322"/>
+      <c r="N172" s="322"/>
+      <c r="O172" s="322"/>
+      <c r="P172" s="322"/>
+      <c r="Q172" s="322"/>
+      <c r="R172" s="322"/>
+      <c r="S172" s="323"/>
+      <c r="T172" s="130"/>
+    </row>
+    <row r="173" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="240"/>
+      <c r="B173" s="240"/>
+      <c r="C173" s="240"/>
+      <c r="D173" s="240"/>
+      <c r="E173" s="240"/>
+      <c r="F173" s="240"/>
+      <c r="G173" s="240"/>
+      <c r="H173" s="240"/>
+      <c r="I173" s="240"/>
+      <c r="J173" s="4"/>
+      <c r="K173" s="102"/>
+      <c r="L173" s="321"/>
+      <c r="M173" s="322"/>
+      <c r="N173" s="322"/>
+      <c r="O173" s="322"/>
+      <c r="P173" s="322"/>
+      <c r="Q173" s="322"/>
+      <c r="R173" s="322"/>
+      <c r="S173" s="323"/>
+      <c r="T173" s="102"/>
     </row>
     <row r="174" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A174" s="4"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
       <c r="D174" s="4"/>
       <c r="E174" s="4"/>
       <c r="F174" s="4"/>
       <c r="G174" s="4"/>
       <c r="H174" s="4"/>
       <c r="I174" s="4"/>
       <c r="J174" s="4"/>
       <c r="K174" s="102"/>
-      <c r="L174" s="305"/>
-[...6 lines deleted...]
-      <c r="S174" s="307"/>
+      <c r="L174" s="321"/>
+      <c r="M174" s="322"/>
+      <c r="N174" s="322"/>
+      <c r="O174" s="322"/>
+      <c r="P174" s="322"/>
+      <c r="Q174" s="322"/>
+      <c r="R174" s="322"/>
+      <c r="S174" s="323"/>
       <c r="T174" s="102"/>
     </row>
-    <row r="175" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="231" t="s">
+    <row r="175" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="243" t="s">
+        <v>438</v>
+      </c>
+      <c r="B175" s="243"/>
+      <c r="C175" s="243"/>
+      <c r="D175" s="243"/>
+      <c r="E175" s="243"/>
+      <c r="F175" s="243"/>
+      <c r="G175" s="243"/>
+      <c r="H175" s="243"/>
+      <c r="I175" s="243"/>
+      <c r="J175" s="69"/>
+      <c r="K175" s="130"/>
+      <c r="L175" s="321"/>
+      <c r="M175" s="322"/>
+      <c r="N175" s="322"/>
+      <c r="O175" s="322"/>
+      <c r="P175" s="322"/>
+      <c r="Q175" s="322"/>
+      <c r="R175" s="322"/>
+      <c r="S175" s="323"/>
+      <c r="T175" s="130"/>
+    </row>
+    <row r="176" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="4"/>
+      <c r="B176" s="4"/>
+      <c r="C176" s="4"/>
+      <c r="D176" s="4"/>
+      <c r="E176" s="4"/>
+      <c r="F176" s="4"/>
+      <c r="G176" s="4"/>
+      <c r="H176" s="4"/>
+      <c r="I176" s="4"/>
+      <c r="J176" s="4"/>
+      <c r="K176" s="102"/>
+      <c r="L176" s="321"/>
+      <c r="M176" s="322"/>
+      <c r="N176" s="322"/>
+      <c r="O176" s="322"/>
+      <c r="P176" s="322"/>
+      <c r="Q176" s="322"/>
+      <c r="R176" s="322"/>
+      <c r="S176" s="323"/>
+      <c r="T176" s="102"/>
+    </row>
+    <row r="177" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="378" t="s">
         <v>537</v>
       </c>
-      <c r="B175" s="231"/>
-[...43 lines deleted...]
-      <c r="B177" s="232" t="s">
+      <c r="B177" s="378"/>
+      <c r="C177" s="378"/>
+      <c r="D177" s="378"/>
+      <c r="E177" s="378"/>
+      <c r="F177" s="378"/>
+      <c r="G177" s="378"/>
+      <c r="H177" s="378"/>
+      <c r="I177" s="378"/>
+      <c r="J177" s="68"/>
+      <c r="K177" s="130"/>
+      <c r="L177" s="321"/>
+      <c r="M177" s="322"/>
+      <c r="N177" s="322"/>
+      <c r="O177" s="322"/>
+      <c r="P177" s="322"/>
+      <c r="Q177" s="322"/>
+      <c r="R177" s="322"/>
+      <c r="S177" s="323"/>
+      <c r="T177" s="130"/>
+    </row>
+    <row r="178" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="378"/>
+      <c r="B178" s="378"/>
+      <c r="C178" s="378"/>
+      <c r="D178" s="378"/>
+      <c r="E178" s="378"/>
+      <c r="F178" s="378"/>
+      <c r="G178" s="378"/>
+      <c r="H178" s="378"/>
+      <c r="I178" s="378"/>
+      <c r="J178" s="2"/>
+      <c r="K178" s="102"/>
+      <c r="L178" s="321"/>
+      <c r="M178" s="322"/>
+      <c r="N178" s="322"/>
+      <c r="O178" s="322"/>
+      <c r="P178" s="322"/>
+      <c r="Q178" s="322"/>
+      <c r="R178" s="322"/>
+      <c r="S178" s="323"/>
+      <c r="T178" s="102"/>
+    </row>
+    <row r="179" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="157"/>
+      <c r="B179" s="392" t="s">
         <v>547</v>
       </c>
-      <c r="C177" s="232"/>
-[...2 lines deleted...]
-      <c r="F177" s="235" t="s">
+      <c r="C179" s="392"/>
+      <c r="D179" s="393"/>
+      <c r="E179" s="394"/>
+      <c r="F179" s="395" t="s">
         <v>548</v>
       </c>
-      <c r="G177" s="232"/>
-[...69 lines deleted...]
-      <c r="I180" s="221"/>
+      <c r="G179" s="392"/>
+      <c r="H179" s="393"/>
+      <c r="I179" s="394"/>
+      <c r="J179" s="155"/>
+      <c r="K179" s="102"/>
+      <c r="L179" s="321"/>
+      <c r="M179" s="322"/>
+      <c r="N179" s="322"/>
+      <c r="O179" s="322"/>
+      <c r="P179" s="322"/>
+      <c r="Q179" s="322"/>
+      <c r="R179" s="322"/>
+      <c r="S179" s="323"/>
+      <c r="T179" s="102"/>
+    </row>
+    <row r="180" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="4"/>
+      <c r="B180" s="4"/>
+      <c r="C180" s="4"/>
+      <c r="D180" s="4"/>
+      <c r="E180" s="4"/>
+      <c r="F180" s="4"/>
+      <c r="G180" s="4"/>
+      <c r="H180" s="4"/>
+      <c r="I180" s="4"/>
       <c r="J180" s="4"/>
       <c r="K180" s="102"/>
-      <c r="L180" s="305"/>
-[...6 lines deleted...]
-      <c r="S180" s="307"/>
+      <c r="L180" s="321"/>
+      <c r="M180" s="322"/>
+      <c r="N180" s="322"/>
+      <c r="O180" s="322"/>
+      <c r="P180" s="322"/>
+      <c r="Q180" s="322"/>
+      <c r="R180" s="322"/>
+      <c r="S180" s="323"/>
       <c r="T180" s="102"/>
     </row>
-    <row r="181" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...30 lines deleted...]
-      <c r="I182" s="4"/>
+    <row r="181" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="240" t="s">
+        <v>441</v>
+      </c>
+      <c r="B181" s="240"/>
+      <c r="C181" s="240"/>
+      <c r="D181" s="240"/>
+      <c r="E181" s="240"/>
+      <c r="F181" s="240"/>
+      <c r="G181" s="240"/>
+      <c r="H181" s="240"/>
+      <c r="I181" s="240"/>
+      <c r="J181" s="68"/>
+      <c r="K181" s="130"/>
+      <c r="L181" s="321"/>
+      <c r="M181" s="322"/>
+      <c r="N181" s="322"/>
+      <c r="O181" s="322"/>
+      <c r="P181" s="322"/>
+      <c r="Q181" s="322"/>
+      <c r="R181" s="322"/>
+      <c r="S181" s="323"/>
+      <c r="T181" s="130"/>
+    </row>
+    <row r="182" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="240"/>
+      <c r="B182" s="240"/>
+      <c r="C182" s="240"/>
+      <c r="D182" s="240"/>
+      <c r="E182" s="240"/>
+      <c r="F182" s="240"/>
+      <c r="G182" s="240"/>
+      <c r="H182" s="240"/>
+      <c r="I182" s="240"/>
       <c r="J182" s="4"/>
       <c r="K182" s="102"/>
-      <c r="L182" s="305"/>
-[...6 lines deleted...]
-      <c r="S182" s="307"/>
+      <c r="L182" s="321"/>
+      <c r="M182" s="322"/>
+      <c r="N182" s="322"/>
+      <c r="O182" s="322"/>
+      <c r="P182" s="322"/>
+      <c r="Q182" s="322"/>
+      <c r="R182" s="322"/>
+      <c r="S182" s="323"/>
       <c r="T182" s="102"/>
     </row>
-    <row r="183" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="T183" s="130"/>
+    <row r="183" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="240"/>
+      <c r="B183" s="240"/>
+      <c r="C183" s="240"/>
+      <c r="D183" s="240"/>
+      <c r="E183" s="240"/>
+      <c r="F183" s="240"/>
+      <c r="G183" s="240"/>
+      <c r="H183" s="240"/>
+      <c r="I183" s="240"/>
+      <c r="J183" s="4"/>
+      <c r="K183" s="102"/>
+      <c r="L183" s="321"/>
+      <c r="M183" s="322"/>
+      <c r="N183" s="322"/>
+      <c r="O183" s="322"/>
+      <c r="P183" s="322"/>
+      <c r="Q183" s="322"/>
+      <c r="R183" s="322"/>
+      <c r="S183" s="323"/>
+      <c r="T183" s="102"/>
     </row>
     <row r="184" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A184" s="4"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
       <c r="E184" s="4"/>
       <c r="F184" s="4"/>
       <c r="G184" s="4"/>
       <c r="H184" s="4"/>
       <c r="I184" s="4"/>
       <c r="J184" s="4"/>
       <c r="K184" s="102"/>
-      <c r="L184" s="305"/>
-[...6 lines deleted...]
-      <c r="S184" s="307"/>
+      <c r="L184" s="321"/>
+      <c r="M184" s="322"/>
+      <c r="N184" s="322"/>
+      <c r="O184" s="322"/>
+      <c r="P184" s="322"/>
+      <c r="Q184" s="322"/>
+      <c r="R184" s="322"/>
+      <c r="S184" s="323"/>
       <c r="T184" s="102"/>
     </row>
     <row r="185" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A185" s="221" t="s">
-[...9 lines deleted...]
-      <c r="I185" s="221"/>
+      <c r="A185" s="243" t="s">
+        <v>442</v>
+      </c>
+      <c r="B185" s="243"/>
+      <c r="C185" s="243"/>
+      <c r="D185" s="243"/>
+      <c r="E185" s="243"/>
+      <c r="F185" s="243"/>
+      <c r="G185" s="243"/>
+      <c r="H185" s="243"/>
+      <c r="I185" s="243"/>
       <c r="J185" s="68"/>
       <c r="K185" s="130"/>
-      <c r="L185" s="305"/>
-[...6 lines deleted...]
-      <c r="S185" s="307"/>
+      <c r="L185" s="321"/>
+      <c r="M185" s="322"/>
+      <c r="N185" s="322"/>
+      <c r="O185" s="322"/>
+      <c r="P185" s="322"/>
+      <c r="Q185" s="322"/>
+      <c r="R185" s="322"/>
+      <c r="S185" s="323"/>
       <c r="T185" s="130"/>
     </row>
-    <row r="186" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="I186" s="221"/>
+    <row r="186" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="4"/>
+      <c r="B186" s="4"/>
+      <c r="C186" s="4"/>
+      <c r="D186" s="4"/>
+      <c r="E186" s="4"/>
+      <c r="F186" s="4"/>
+      <c r="G186" s="4"/>
+      <c r="H186" s="4"/>
+      <c r="I186" s="4"/>
       <c r="J186" s="4"/>
       <c r="K186" s="102"/>
-      <c r="L186" s="305"/>
-[...6 lines deleted...]
-      <c r="S186" s="307"/>
+      <c r="L186" s="321"/>
+      <c r="M186" s="322"/>
+      <c r="N186" s="322"/>
+      <c r="O186" s="322"/>
+      <c r="P186" s="322"/>
+      <c r="Q186" s="322"/>
+      <c r="R186" s="322"/>
+      <c r="S186" s="323"/>
       <c r="T186" s="102"/>
     </row>
     <row r="187" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A187" s="4"/>
-[...53 lines deleted...]
-      <c r="I189" s="221"/>
+      <c r="A187" s="240" t="s">
+        <v>443</v>
+      </c>
+      <c r="B187" s="240"/>
+      <c r="C187" s="240"/>
+      <c r="D187" s="240"/>
+      <c r="E187" s="240"/>
+      <c r="F187" s="240"/>
+      <c r="G187" s="240"/>
+      <c r="H187" s="240"/>
+      <c r="I187" s="240"/>
+      <c r="J187" s="68"/>
+      <c r="K187" s="130"/>
+      <c r="L187" s="321"/>
+      <c r="M187" s="322"/>
+      <c r="N187" s="322"/>
+      <c r="O187" s="322"/>
+      <c r="P187" s="322"/>
+      <c r="Q187" s="322"/>
+      <c r="R187" s="322"/>
+      <c r="S187" s="323"/>
+      <c r="T187" s="130"/>
+    </row>
+    <row r="188" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="240"/>
+      <c r="B188" s="240"/>
+      <c r="C188" s="240"/>
+      <c r="D188" s="240"/>
+      <c r="E188" s="240"/>
+      <c r="F188" s="240"/>
+      <c r="G188" s="240"/>
+      <c r="H188" s="240"/>
+      <c r="I188" s="240"/>
+      <c r="J188" s="4"/>
+      <c r="K188" s="102"/>
+      <c r="L188" s="321"/>
+      <c r="M188" s="322"/>
+      <c r="N188" s="322"/>
+      <c r="O188" s="322"/>
+      <c r="P188" s="322"/>
+      <c r="Q188" s="322"/>
+      <c r="R188" s="322"/>
+      <c r="S188" s="323"/>
+      <c r="T188" s="102"/>
+    </row>
+    <row r="189" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="4"/>
+      <c r="B189" s="4"/>
+      <c r="C189" s="4"/>
+      <c r="D189" s="4"/>
+      <c r="E189" s="4"/>
+      <c r="F189" s="4"/>
+      <c r="G189" s="4"/>
+      <c r="H189" s="4"/>
+      <c r="I189" s="4"/>
       <c r="J189" s="4"/>
       <c r="K189" s="102"/>
-      <c r="L189" s="102"/>
-[...6 lines deleted...]
-      <c r="S189" s="102"/>
+      <c r="L189" s="321"/>
+      <c r="M189" s="322"/>
+      <c r="N189" s="322"/>
+      <c r="O189" s="322"/>
+      <c r="P189" s="322"/>
+      <c r="Q189" s="322"/>
+      <c r="R189" s="322"/>
+      <c r="S189" s="323"/>
       <c r="T189" s="102"/>
     </row>
-    <row r="190" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="A191" s="248" t="s">
+    <row r="190" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="240" t="s">
+        <v>444</v>
+      </c>
+      <c r="B190" s="240"/>
+      <c r="C190" s="240"/>
+      <c r="D190" s="240"/>
+      <c r="E190" s="240"/>
+      <c r="F190" s="240"/>
+      <c r="G190" s="240"/>
+      <c r="H190" s="240"/>
+      <c r="I190" s="240"/>
+      <c r="J190" s="68"/>
+      <c r="K190" s="130"/>
+      <c r="L190" s="324"/>
+      <c r="M190" s="325"/>
+      <c r="N190" s="325"/>
+      <c r="O190" s="325"/>
+      <c r="P190" s="325"/>
+      <c r="Q190" s="325"/>
+      <c r="R190" s="325"/>
+      <c r="S190" s="326"/>
+      <c r="T190" s="130"/>
+    </row>
+    <row r="191" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="240"/>
+      <c r="B191" s="240"/>
+      <c r="C191" s="240"/>
+      <c r="D191" s="240"/>
+      <c r="E191" s="240"/>
+      <c r="F191" s="240"/>
+      <c r="G191" s="240"/>
+      <c r="H191" s="240"/>
+      <c r="I191" s="240"/>
+      <c r="J191" s="4"/>
+      <c r="K191" s="102"/>
+      <c r="L191" s="102"/>
+      <c r="M191" s="102"/>
+      <c r="N191" s="102"/>
+      <c r="O191" s="102"/>
+      <c r="P191" s="102"/>
+      <c r="Q191" s="102"/>
+      <c r="R191" s="102"/>
+      <c r="S191" s="102"/>
+      <c r="T191" s="102"/>
+    </row>
+    <row r="192" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="4"/>
+      <c r="B192" s="4"/>
+      <c r="C192" s="4"/>
+      <c r="D192" s="4"/>
+      <c r="E192" s="4"/>
+      <c r="F192" s="4"/>
+      <c r="G192" s="4"/>
+      <c r="H192" s="4"/>
+      <c r="I192" s="4"/>
+      <c r="J192" s="4"/>
+      <c r="K192" s="102"/>
+      <c r="L192" s="102"/>
+      <c r="M192" s="102"/>
+      <c r="N192" s="102"/>
+      <c r="O192" s="102"/>
+      <c r="P192" s="102"/>
+      <c r="Q192" s="102"/>
+      <c r="R192" s="102"/>
+      <c r="S192" s="102"/>
+      <c r="T192" s="102"/>
+    </row>
+    <row r="193" spans="1:20" s="100" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="380" t="s">
         <v>446</v>
       </c>
-      <c r="B191" s="249"/>
-[...20 lines deleted...]
-      <c r="A192" s="296" t="s">
+      <c r="B193" s="381"/>
+      <c r="C193" s="381"/>
+      <c r="D193" s="381"/>
+      <c r="E193" s="381"/>
+      <c r="F193" s="381"/>
+      <c r="G193" s="381"/>
+      <c r="H193" s="381"/>
+      <c r="I193" s="381"/>
+      <c r="J193" s="382"/>
+      <c r="K193" s="131"/>
+      <c r="L193" s="131"/>
+      <c r="M193" s="131"/>
+      <c r="N193" s="131"/>
+      <c r="O193" s="131"/>
+      <c r="P193" s="131"/>
+      <c r="Q193" s="131"/>
+      <c r="R193" s="131"/>
+      <c r="S193" s="131"/>
+      <c r="T193" s="131"/>
+    </row>
+    <row r="194" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="358" t="s">
         <v>450</v>
       </c>
-      <c r="B192" s="297"/>
-[...52 lines deleted...]
-      <c r="K194" s="133"/>
+      <c r="B194" s="359"/>
+      <c r="C194" s="359"/>
+      <c r="D194" s="359"/>
+      <c r="E194" s="359"/>
+      <c r="F194" s="359"/>
+      <c r="G194" s="359"/>
+      <c r="H194" s="359"/>
+      <c r="I194" s="359"/>
+      <c r="J194" s="360"/>
+      <c r="K194" s="132"/>
       <c r="L194" s="183"/>
       <c r="M194" s="184"/>
       <c r="N194" s="184"/>
       <c r="O194" s="184"/>
       <c r="P194" s="184"/>
       <c r="Q194" s="184"/>
       <c r="R194" s="184"/>
       <c r="S194" s="185"/>
-      <c r="T194" s="133"/>
+      <c r="T194" s="132"/>
     </row>
     <row r="195" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A195" s="60"/>
-[...22 lines deleted...]
-      <c r="B196" s="273" t="s">
+      <c r="A195" s="358"/>
+      <c r="B195" s="359"/>
+      <c r="C195" s="359"/>
+      <c r="D195" s="359"/>
+      <c r="E195" s="359"/>
+      <c r="F195" s="359"/>
+      <c r="G195" s="359"/>
+      <c r="H195" s="359"/>
+      <c r="I195" s="359"/>
+      <c r="J195" s="361"/>
+      <c r="K195" s="132"/>
+      <c r="L195" s="186"/>
+      <c r="M195" s="187"/>
+      <c r="N195" s="187"/>
+      <c r="O195" s="187"/>
+      <c r="P195" s="187"/>
+      <c r="Q195" s="187"/>
+      <c r="R195" s="187"/>
+      <c r="S195" s="188"/>
+      <c r="T195" s="132"/>
+    </row>
+    <row r="196" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="358"/>
+      <c r="B196" s="359"/>
+      <c r="C196" s="359"/>
+      <c r="D196" s="359"/>
+      <c r="E196" s="359"/>
+      <c r="F196" s="359"/>
+      <c r="G196" s="359"/>
+      <c r="H196" s="359"/>
+      <c r="I196" s="359"/>
+      <c r="J196" s="59"/>
+      <c r="K196" s="133"/>
+      <c r="L196" s="186"/>
+      <c r="M196" s="187"/>
+      <c r="N196" s="187"/>
+      <c r="O196" s="187"/>
+      <c r="P196" s="187"/>
+      <c r="Q196" s="187"/>
+      <c r="R196" s="187"/>
+      <c r="S196" s="188"/>
+      <c r="T196" s="133"/>
+    </row>
+    <row r="197" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="60"/>
+      <c r="B197" s="61"/>
+      <c r="C197" s="61"/>
+      <c r="D197" s="61"/>
+      <c r="E197" s="61"/>
+      <c r="F197" s="61"/>
+      <c r="G197" s="61"/>
+      <c r="H197" s="61"/>
+      <c r="I197" s="61"/>
+      <c r="J197" s="59"/>
+      <c r="K197" s="133"/>
+      <c r="L197" s="186"/>
+      <c r="M197" s="187"/>
+      <c r="N197" s="187"/>
+      <c r="O197" s="187"/>
+      <c r="P197" s="187"/>
+      <c r="Q197" s="187"/>
+      <c r="R197" s="187"/>
+      <c r="S197" s="188"/>
+      <c r="T197" s="133"/>
+    </row>
+    <row r="198" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="54"/>
+      <c r="B198" s="210" t="s">
         <v>445</v>
       </c>
-      <c r="C196" s="273"/>
-[...62 lines deleted...]
-      <c r="T198" s="134"/>
+      <c r="C198" s="210"/>
+      <c r="D198" s="210"/>
+      <c r="E198" s="210"/>
+      <c r="F198" s="210"/>
+      <c r="G198" s="210"/>
+      <c r="H198" s="210"/>
+      <c r="I198" s="5"/>
+      <c r="J198" s="70"/>
+      <c r="K198" s="130"/>
+      <c r="L198" s="186"/>
+      <c r="M198" s="187"/>
+      <c r="N198" s="187"/>
+      <c r="O198" s="187"/>
+      <c r="P198" s="187"/>
+      <c r="Q198" s="187"/>
+      <c r="R198" s="187"/>
+      <c r="S198" s="188"/>
+      <c r="T198" s="130"/>
     </row>
     <row r="199" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A199" s="54"/>
-      <c r="B199" s="5"/>
-[...5 lines deleted...]
-      <c r="H199" s="5"/>
+      <c r="B199" s="242" t="s">
+        <v>461</v>
+      </c>
+      <c r="C199" s="242"/>
+      <c r="D199" s="242"/>
+      <c r="E199" s="242"/>
+      <c r="F199" s="242"/>
+      <c r="G199" s="242"/>
+      <c r="H199" s="242"/>
       <c r="I199" s="5"/>
       <c r="J199" s="55"/>
       <c r="K199" s="112"/>
-      <c r="L199" s="183"/>
-[...6 lines deleted...]
-      <c r="S199" s="185"/>
+      <c r="L199" s="186"/>
+      <c r="M199" s="187"/>
+      <c r="N199" s="187"/>
+      <c r="O199" s="187"/>
+      <c r="P199" s="187"/>
+      <c r="Q199" s="187"/>
+      <c r="R199" s="187"/>
+      <c r="S199" s="188"/>
       <c r="T199" s="112"/>
     </row>
-    <row r="200" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A200" s="54"/>
-      <c r="B200" s="218" t="s">
-[...21 lines deleted...]
-    <row r="201" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="242"/>
+      <c r="C200" s="242"/>
+      <c r="D200" s="242"/>
+      <c r="E200" s="242"/>
+      <c r="F200" s="242"/>
+      <c r="G200" s="242"/>
+      <c r="H200" s="242"/>
+      <c r="I200" s="244"/>
+      <c r="J200" s="374"/>
+      <c r="K200" s="134"/>
+      <c r="L200" s="186"/>
+      <c r="M200" s="187"/>
+      <c r="N200" s="187"/>
+      <c r="O200" s="187"/>
+      <c r="P200" s="187"/>
+      <c r="Q200" s="187"/>
+      <c r="R200" s="187"/>
+      <c r="S200" s="188"/>
+      <c r="T200" s="134"/>
+    </row>
+    <row r="201" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A201" s="54"/>
-      <c r="B201" s="218"/>
-[...6 lines deleted...]
-      <c r="I201" s="218"/>
+      <c r="B201" s="5"/>
+      <c r="C201" s="5"/>
+      <c r="D201" s="5"/>
+      <c r="E201" s="5"/>
+      <c r="F201" s="5"/>
+      <c r="G201" s="5"/>
+      <c r="H201" s="5"/>
+      <c r="I201" s="5"/>
       <c r="J201" s="55"/>
       <c r="K201" s="112"/>
-      <c r="L201" s="183"/>
-[...6 lines deleted...]
-      <c r="S201" s="185"/>
+      <c r="L201" s="186"/>
+      <c r="M201" s="187"/>
+      <c r="N201" s="187"/>
+      <c r="O201" s="187"/>
+      <c r="P201" s="187"/>
+      <c r="Q201" s="187"/>
+      <c r="R201" s="187"/>
+      <c r="S201" s="188"/>
       <c r="T201" s="112"/>
     </row>
-    <row r="202" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="202" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A202" s="54"/>
-      <c r="B202" s="218"/>
-[...19 lines deleted...]
-    <row r="203" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B202" s="357" t="s">
+        <v>453</v>
+      </c>
+      <c r="C202" s="357"/>
+      <c r="D202" s="357"/>
+      <c r="E202" s="357"/>
+      <c r="F202" s="357"/>
+      <c r="G202" s="357"/>
+      <c r="H202" s="357"/>
+      <c r="I202" s="357"/>
+      <c r="J202" s="70"/>
+      <c r="K202" s="130"/>
+      <c r="L202" s="186"/>
+      <c r="M202" s="187"/>
+      <c r="N202" s="187"/>
+      <c r="O202" s="187"/>
+      <c r="P202" s="187"/>
+      <c r="Q202" s="187"/>
+      <c r="R202" s="187"/>
+      <c r="S202" s="188"/>
+      <c r="T202" s="130"/>
+    </row>
+    <row r="203" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A203" s="54"/>
-      <c r="B203" s="5"/>
-[...6 lines deleted...]
-      <c r="I203" s="5"/>
+      <c r="B203" s="357"/>
+      <c r="C203" s="357"/>
+      <c r="D203" s="357"/>
+      <c r="E203" s="357"/>
+      <c r="F203" s="357"/>
+      <c r="G203" s="357"/>
+      <c r="H203" s="357"/>
+      <c r="I203" s="357"/>
       <c r="J203" s="55"/>
       <c r="K203" s="112"/>
-      <c r="L203" s="183"/>
-[...6 lines deleted...]
-      <c r="S203" s="185"/>
+      <c r="L203" s="186"/>
+      <c r="M203" s="187"/>
+      <c r="N203" s="187"/>
+      <c r="O203" s="187"/>
+      <c r="P203" s="187"/>
+      <c r="Q203" s="187"/>
+      <c r="R203" s="187"/>
+      <c r="S203" s="188"/>
       <c r="T203" s="112"/>
     </row>
-    <row r="204" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A204" s="54"/>
-      <c r="B204" s="218" t="s">
-[...21 lines deleted...]
-    <row r="205" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B204" s="357"/>
+      <c r="C204" s="357"/>
+      <c r="D204" s="357"/>
+      <c r="E204" s="357"/>
+      <c r="F204" s="357"/>
+      <c r="G204" s="357"/>
+      <c r="H204" s="357"/>
+      <c r="I204" s="357"/>
+      <c r="J204" s="55"/>
+      <c r="K204" s="112"/>
+      <c r="L204" s="186"/>
+      <c r="M204" s="187"/>
+      <c r="N204" s="187"/>
+      <c r="O204" s="187"/>
+      <c r="P204" s="187"/>
+      <c r="Q204" s="187"/>
+      <c r="R204" s="187"/>
+      <c r="S204" s="188"/>
+      <c r="T204" s="112"/>
+    </row>
+    <row r="205" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A205" s="54"/>
-      <c r="B205" s="218"/>
-[...6 lines deleted...]
-      <c r="I205" s="218"/>
+      <c r="B205" s="5"/>
+      <c r="C205" s="5"/>
+      <c r="D205" s="5"/>
+      <c r="E205" s="5"/>
+      <c r="F205" s="5"/>
+      <c r="G205" s="5"/>
+      <c r="H205" s="5"/>
+      <c r="I205" s="5"/>
       <c r="J205" s="55"/>
       <c r="K205" s="112"/>
-      <c r="L205" s="183"/>
-[...6 lines deleted...]
-      <c r="S205" s="185"/>
+      <c r="L205" s="186"/>
+      <c r="M205" s="187"/>
+      <c r="N205" s="187"/>
+      <c r="O205" s="187"/>
+      <c r="P205" s="187"/>
+      <c r="Q205" s="187"/>
+      <c r="R205" s="187"/>
+      <c r="S205" s="188"/>
       <c r="T205" s="112"/>
     </row>
-    <row r="206" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A206" s="54"/>
-      <c r="B206" s="218"/>
-[...17 lines deleted...]
-      <c r="T206" s="112"/>
+      <c r="B206" s="357" t="s">
+        <v>498</v>
+      </c>
+      <c r="C206" s="357"/>
+      <c r="D206" s="357"/>
+      <c r="E206" s="357"/>
+      <c r="F206" s="357"/>
+      <c r="G206" s="357"/>
+      <c r="H206" s="357"/>
+      <c r="I206" s="357"/>
+      <c r="J206" s="70"/>
+      <c r="K206" s="130"/>
+      <c r="L206" s="186"/>
+      <c r="M206" s="187"/>
+      <c r="N206" s="187"/>
+      <c r="O206" s="187"/>
+      <c r="P206" s="187"/>
+      <c r="Q206" s="187"/>
+      <c r="R206" s="187"/>
+      <c r="S206" s="188"/>
+      <c r="T206" s="130"/>
     </row>
     <row r="207" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A207" s="54"/>
-      <c r="B207" s="5"/>
-[...6 lines deleted...]
-      <c r="I207" s="5"/>
+      <c r="B207" s="357"/>
+      <c r="C207" s="357"/>
+      <c r="D207" s="357"/>
+      <c r="E207" s="357"/>
+      <c r="F207" s="357"/>
+      <c r="G207" s="357"/>
+      <c r="H207" s="357"/>
+      <c r="I207" s="357"/>
       <c r="J207" s="55"/>
       <c r="K207" s="112"/>
-      <c r="L207" s="183"/>
-[...6 lines deleted...]
-      <c r="S207" s="185"/>
+      <c r="L207" s="186"/>
+      <c r="M207" s="187"/>
+      <c r="N207" s="187"/>
+      <c r="O207" s="187"/>
+      <c r="P207" s="187"/>
+      <c r="Q207" s="187"/>
+      <c r="R207" s="187"/>
+      <c r="S207" s="188"/>
       <c r="T207" s="112"/>
     </row>
-    <row r="208" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="I208" s="5"/>
+    <row r="208" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="54"/>
+      <c r="B208" s="357"/>
+      <c r="C208" s="357"/>
+      <c r="D208" s="357"/>
+      <c r="E208" s="357"/>
+      <c r="F208" s="357"/>
+      <c r="G208" s="357"/>
+      <c r="H208" s="357"/>
+      <c r="I208" s="357"/>
       <c r="J208" s="55"/>
       <c r="K208" s="112"/>
-      <c r="L208" s="183"/>
-[...6 lines deleted...]
-      <c r="S208" s="185"/>
+      <c r="L208" s="186"/>
+      <c r="M208" s="187"/>
+      <c r="N208" s="187"/>
+      <c r="O208" s="187"/>
+      <c r="P208" s="187"/>
+      <c r="Q208" s="187"/>
+      <c r="R208" s="187"/>
+      <c r="S208" s="188"/>
       <c r="T208" s="112"/>
     </row>
     <row r="209" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A209" s="217" t="s">
+      <c r="A209" s="54"/>
+      <c r="B209" s="5"/>
+      <c r="C209" s="5"/>
+      <c r="D209" s="5"/>
+      <c r="E209" s="5"/>
+      <c r="F209" s="5"/>
+      <c r="G209" s="5"/>
+      <c r="H209" s="5"/>
+      <c r="I209" s="5"/>
+      <c r="J209" s="55"/>
+      <c r="K209" s="112"/>
+      <c r="L209" s="186"/>
+      <c r="M209" s="187"/>
+      <c r="N209" s="187"/>
+      <c r="O209" s="187"/>
+      <c r="P209" s="187"/>
+      <c r="Q209" s="187"/>
+      <c r="R209" s="187"/>
+      <c r="S209" s="188"/>
+      <c r="T209" s="112"/>
+    </row>
+    <row r="210" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="B210" s="5"/>
+      <c r="C210" s="5"/>
+      <c r="D210" s="5"/>
+      <c r="E210" s="5"/>
+      <c r="F210" s="5"/>
+      <c r="G210" s="5"/>
+      <c r="H210" s="5"/>
+      <c r="I210" s="5"/>
+      <c r="J210" s="55"/>
+      <c r="K210" s="112"/>
+      <c r="L210" s="186"/>
+      <c r="M210" s="187"/>
+      <c r="N210" s="187"/>
+      <c r="O210" s="187"/>
+      <c r="P210" s="187"/>
+      <c r="Q210" s="187"/>
+      <c r="R210" s="187"/>
+      <c r="S210" s="188"/>
+      <c r="T210" s="112"/>
+    </row>
+    <row r="211" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="362" t="s">
         <v>447</v>
       </c>
-      <c r="B209" s="218"/>
-[...51 lines deleted...]
-      <c r="J211" s="265"/>
+      <c r="B211" s="357"/>
+      <c r="C211" s="357"/>
+      <c r="D211" s="357"/>
+      <c r="E211" s="357"/>
+      <c r="F211" s="357"/>
+      <c r="G211" s="357"/>
+      <c r="H211" s="357"/>
+      <c r="I211" s="357"/>
+      <c r="J211" s="349"/>
       <c r="K211" s="130"/>
-      <c r="L211" s="183"/>
-[...6 lines deleted...]
-      <c r="S211" s="185"/>
+      <c r="L211" s="186"/>
+      <c r="M211" s="187"/>
+      <c r="N211" s="187"/>
+      <c r="O211" s="187"/>
+      <c r="P211" s="187"/>
+      <c r="Q211" s="187"/>
+      <c r="R211" s="187"/>
+      <c r="S211" s="188"/>
       <c r="T211" s="130"/>
     </row>
-    <row r="212" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A212" s="261" t="s">
+    <row r="212" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="362"/>
+      <c r="B212" s="357"/>
+      <c r="C212" s="357"/>
+      <c r="D212" s="357"/>
+      <c r="E212" s="357"/>
+      <c r="F212" s="357"/>
+      <c r="G212" s="357"/>
+      <c r="H212" s="357"/>
+      <c r="I212" s="357"/>
+      <c r="J212" s="373"/>
+      <c r="K212" s="130"/>
+      <c r="L212" s="186"/>
+      <c r="M212" s="187"/>
+      <c r="N212" s="187"/>
+      <c r="O212" s="187"/>
+      <c r="P212" s="187"/>
+      <c r="Q212" s="187"/>
+      <c r="R212" s="187"/>
+      <c r="S212" s="188"/>
+      <c r="T212" s="130"/>
+    </row>
+    <row r="213" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="362"/>
+      <c r="B213" s="357"/>
+      <c r="C213" s="357"/>
+      <c r="D213" s="357"/>
+      <c r="E213" s="357"/>
+      <c r="F213" s="357"/>
+      <c r="G213" s="357"/>
+      <c r="H213" s="357"/>
+      <c r="I213" s="357"/>
+      <c r="J213" s="350"/>
+      <c r="K213" s="130"/>
+      <c r="L213" s="186"/>
+      <c r="M213" s="187"/>
+      <c r="N213" s="187"/>
+      <c r="O213" s="187"/>
+      <c r="P213" s="187"/>
+      <c r="Q213" s="187"/>
+      <c r="R213" s="187"/>
+      <c r="S213" s="188"/>
+      <c r="T213" s="130"/>
+    </row>
+    <row r="214" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A214" s="371" t="s">
         <v>448</v>
       </c>
-      <c r="B212" s="262"/>
-[...1 lines deleted...]
-      <c r="D212" s="22" t="s">
+      <c r="B214" s="372"/>
+      <c r="C214" s="372"/>
+      <c r="D214" s="22" t="s">
         <v>449</v>
       </c>
-      <c r="E212" s="5"/>
-[...62 lines deleted...]
-    <row r="215" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E214" s="5"/>
+      <c r="F214" s="5"/>
+      <c r="G214" s="5"/>
+      <c r="H214" s="5"/>
+      <c r="I214" s="5"/>
+      <c r="J214" s="55"/>
+      <c r="K214" s="112"/>
+      <c r="L214" s="186"/>
+      <c r="M214" s="187"/>
+      <c r="N214" s="187"/>
+      <c r="O214" s="187"/>
+      <c r="P214" s="187"/>
+      <c r="Q214" s="187"/>
+      <c r="R214" s="187"/>
+      <c r="S214" s="188"/>
+      <c r="T214" s="112"/>
+    </row>
+    <row r="215" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A215" s="54"/>
-      <c r="B215" s="218"/>
-[...6 lines deleted...]
-      <c r="I215" s="218"/>
+      <c r="B215" s="5"/>
+      <c r="C215" s="5"/>
+      <c r="D215" s="5"/>
+      <c r="E215" s="5"/>
+      <c r="F215" s="5"/>
+      <c r="G215" s="5"/>
+      <c r="H215" s="5"/>
+      <c r="I215" s="5"/>
       <c r="J215" s="55"/>
       <c r="K215" s="112"/>
-      <c r="L215" s="183"/>
-[...6 lines deleted...]
-      <c r="S215" s="185"/>
+      <c r="L215" s="186"/>
+      <c r="M215" s="187"/>
+      <c r="N215" s="187"/>
+      <c r="O215" s="187"/>
+      <c r="P215" s="187"/>
+      <c r="Q215" s="187"/>
+      <c r="R215" s="187"/>
+      <c r="S215" s="188"/>
       <c r="T215" s="112"/>
     </row>
-    <row r="216" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A216" s="54"/>
-      <c r="B216" s="266" t="s">
-[...21 lines deleted...]
-    <row r="217" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B216" s="357" t="s">
+        <v>451</v>
+      </c>
+      <c r="C216" s="357"/>
+      <c r="D216" s="357"/>
+      <c r="E216" s="357"/>
+      <c r="F216" s="357"/>
+      <c r="G216" s="357"/>
+      <c r="H216" s="357"/>
+      <c r="I216" s="357"/>
+      <c r="J216" s="70"/>
+      <c r="K216" s="130"/>
+      <c r="L216" s="186"/>
+      <c r="M216" s="187"/>
+      <c r="N216" s="187"/>
+      <c r="O216" s="187"/>
+      <c r="P216" s="187"/>
+      <c r="Q216" s="187"/>
+      <c r="R216" s="187"/>
+      <c r="S216" s="188"/>
+      <c r="T216" s="130"/>
+    </row>
+    <row r="217" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A217" s="54"/>
-      <c r="B217" s="266"/>
-[...17 lines deleted...]
-      <c r="T217" s="134"/>
+      <c r="B217" s="357"/>
+      <c r="C217" s="357"/>
+      <c r="D217" s="357"/>
+      <c r="E217" s="357"/>
+      <c r="F217" s="357"/>
+      <c r="G217" s="357"/>
+      <c r="H217" s="357"/>
+      <c r="I217" s="357"/>
+      <c r="J217" s="55"/>
+      <c r="K217" s="112"/>
+      <c r="L217" s="186"/>
+      <c r="M217" s="187"/>
+      <c r="N217" s="187"/>
+      <c r="O217" s="187"/>
+      <c r="P217" s="187"/>
+      <c r="Q217" s="187"/>
+      <c r="R217" s="187"/>
+      <c r="S217" s="188"/>
+      <c r="T217" s="112"/>
     </row>
     <row r="218" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A218" s="54"/>
-      <c r="B218" s="5"/>
-[...5 lines deleted...]
-      <c r="H218" s="5"/>
+      <c r="B218" s="242" t="s">
+        <v>452</v>
+      </c>
+      <c r="C218" s="242"/>
+      <c r="D218" s="242"/>
+      <c r="E218" s="242"/>
+      <c r="F218" s="242"/>
+      <c r="G218" s="242"/>
+      <c r="H218" s="242"/>
       <c r="I218" s="5"/>
       <c r="J218" s="55"/>
       <c r="K218" s="112"/>
-      <c r="L218" s="183"/>
-[...6 lines deleted...]
-      <c r="S218" s="185"/>
+      <c r="L218" s="186"/>
+      <c r="M218" s="187"/>
+      <c r="N218" s="187"/>
+      <c r="O218" s="187"/>
+      <c r="P218" s="187"/>
+      <c r="Q218" s="187"/>
+      <c r="R218" s="187"/>
+      <c r="S218" s="188"/>
       <c r="T218" s="112"/>
     </row>
-    <row r="219" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A219" s="54"/>
-      <c r="B219" s="218" t="s">
-[...21 lines deleted...]
-    <row r="220" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="242"/>
+      <c r="C219" s="242"/>
+      <c r="D219" s="242"/>
+      <c r="E219" s="242"/>
+      <c r="F219" s="242"/>
+      <c r="G219" s="242"/>
+      <c r="H219" s="242"/>
+      <c r="I219" s="244"/>
+      <c r="J219" s="374"/>
+      <c r="K219" s="134"/>
+      <c r="L219" s="186"/>
+      <c r="M219" s="187"/>
+      <c r="N219" s="187"/>
+      <c r="O219" s="187"/>
+      <c r="P219" s="187"/>
+      <c r="Q219" s="187"/>
+      <c r="R219" s="187"/>
+      <c r="S219" s="188"/>
+      <c r="T219" s="134"/>
+    </row>
+    <row r="220" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A220" s="54"/>
-      <c r="B220" s="218"/>
-[...6 lines deleted...]
-      <c r="I220" s="218"/>
+      <c r="B220" s="5"/>
+      <c r="C220" s="5"/>
+      <c r="D220" s="5"/>
+      <c r="E220" s="5"/>
+      <c r="F220" s="5"/>
+      <c r="G220" s="5"/>
+      <c r="H220" s="5"/>
+      <c r="I220" s="5"/>
       <c r="J220" s="55"/>
       <c r="K220" s="112"/>
-      <c r="L220" s="183"/>
-[...6 lines deleted...]
-      <c r="S220" s="185"/>
+      <c r="L220" s="186"/>
+      <c r="M220" s="187"/>
+      <c r="N220" s="187"/>
+      <c r="O220" s="187"/>
+      <c r="P220" s="187"/>
+      <c r="Q220" s="187"/>
+      <c r="R220" s="187"/>
+      <c r="S220" s="188"/>
       <c r="T220" s="112"/>
     </row>
-    <row r="221" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="221" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A221" s="54"/>
-      <c r="B221" s="218"/>
-[...17 lines deleted...]
-      <c r="T221" s="112"/>
+      <c r="B221" s="357" t="s">
+        <v>454</v>
+      </c>
+      <c r="C221" s="357"/>
+      <c r="D221" s="357"/>
+      <c r="E221" s="357"/>
+      <c r="F221" s="357"/>
+      <c r="G221" s="357"/>
+      <c r="H221" s="357"/>
+      <c r="I221" s="357"/>
+      <c r="J221" s="70"/>
+      <c r="K221" s="130"/>
+      <c r="L221" s="186"/>
+      <c r="M221" s="187"/>
+      <c r="N221" s="187"/>
+      <c r="O221" s="187"/>
+      <c r="P221" s="187"/>
+      <c r="Q221" s="187"/>
+      <c r="R221" s="187"/>
+      <c r="S221" s="188"/>
+      <c r="T221" s="130"/>
     </row>
     <row r="222" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A222" s="63"/>
-[...8 lines deleted...]
-      <c r="J222" s="57"/>
+      <c r="A222" s="54"/>
+      <c r="B222" s="357"/>
+      <c r="C222" s="357"/>
+      <c r="D222" s="357"/>
+      <c r="E222" s="357"/>
+      <c r="F222" s="357"/>
+      <c r="G222" s="357"/>
+      <c r="H222" s="357"/>
+      <c r="I222" s="357"/>
+      <c r="J222" s="55"/>
       <c r="K222" s="112"/>
-      <c r="L222" s="183"/>
-[...6 lines deleted...]
-      <c r="S222" s="185"/>
+      <c r="L222" s="186"/>
+      <c r="M222" s="187"/>
+      <c r="N222" s="187"/>
+      <c r="O222" s="187"/>
+      <c r="P222" s="187"/>
+      <c r="Q222" s="187"/>
+      <c r="R222" s="187"/>
+      <c r="S222" s="188"/>
       <c r="T222" s="112"/>
     </row>
     <row r="223" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A223" s="4"/>
-[...43 lines deleted...]
-      <c r="T224" s="135"/>
+      <c r="A223" s="54"/>
+      <c r="B223" s="357"/>
+      <c r="C223" s="357"/>
+      <c r="D223" s="357"/>
+      <c r="E223" s="357"/>
+      <c r="F223" s="357"/>
+      <c r="G223" s="357"/>
+      <c r="H223" s="357"/>
+      <c r="I223" s="357"/>
+      <c r="J223" s="55"/>
+      <c r="K223" s="112"/>
+      <c r="L223" s="186"/>
+      <c r="M223" s="187"/>
+      <c r="N223" s="187"/>
+      <c r="O223" s="187"/>
+      <c r="P223" s="187"/>
+      <c r="Q223" s="187"/>
+      <c r="R223" s="187"/>
+      <c r="S223" s="188"/>
+      <c r="T223" s="112"/>
+    </row>
+    <row r="224" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="63"/>
+      <c r="B224" s="56"/>
+      <c r="C224" s="56"/>
+      <c r="D224" s="56"/>
+      <c r="E224" s="56"/>
+      <c r="F224" s="56"/>
+      <c r="G224" s="56"/>
+      <c r="H224" s="56"/>
+      <c r="I224" s="56"/>
+      <c r="J224" s="57"/>
+      <c r="K224" s="112"/>
+      <c r="L224" s="186"/>
+      <c r="M224" s="187"/>
+      <c r="N224" s="187"/>
+      <c r="O224" s="187"/>
+      <c r="P224" s="187"/>
+      <c r="Q224" s="187"/>
+      <c r="R224" s="187"/>
+      <c r="S224" s="188"/>
+      <c r="T224" s="112"/>
     </row>
     <row r="225" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A225" s="4"/>
       <c r="B225" s="4"/>
       <c r="C225" s="4"/>
       <c r="D225" s="4"/>
       <c r="E225" s="4"/>
       <c r="F225" s="4"/>
       <c r="G225" s="4"/>
       <c r="H225" s="4"/>
       <c r="I225" s="4"/>
       <c r="J225" s="4"/>
       <c r="K225" s="102"/>
-      <c r="L225" s="183"/>
-[...6 lines deleted...]
-      <c r="S225" s="185"/>
+      <c r="L225" s="186"/>
+      <c r="M225" s="187"/>
+      <c r="N225" s="187"/>
+      <c r="O225" s="187"/>
+      <c r="P225" s="187"/>
+      <c r="Q225" s="187"/>
+      <c r="R225" s="187"/>
+      <c r="S225" s="188"/>
       <c r="T225" s="102"/>
     </row>
-    <row r="226" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A226" s="221" t="s">
+    <row r="226" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A226" s="399" t="str">
+        <f>IF(OR($U$5&lt;&gt;TRUE,AND(OR(LEFT(TRIM(UPPER($J$165)),1)="Y",LEFT(TRIM(UPPER($J$168)),1)="Y"),LEFT(TRIM(UPPER($J$172)),1)="Y",LEFT(TRIM(UPPER($J$175)),1)="Y",LEFT(TRIM(UPPER($J$177)),1)="Y",LEFT(TRIM(UPPER($J$181)),1)="Y",LEFT(TRIM(UPPER($J$185)),1)="Y",LEFT(TRIM(UPPER($J$187)),1)="Y",LEFT(TRIM(UPPER($J$190)),1)="Y",OR(AND(LEFT(TRIM(UPPER($J$194)),1)="Y",LEFT(TRIM(UPPER($J$198)),1)="Y",I200&lt;&gt;"",LEFT(TRIM(UPPER($J$202)),1)="Y",LEFT(TRIM(UPPER($J$206)),1)="Y"),AND(LEFT(TRIM(UPPER($J$211)),1)="Y",LEFT(TRIM(UPPER($J$216)),1)="Y",$I$219&lt;&gt;"",LEFT(TRIM(UPPER($J$221)),1)="Y")))),"","All of the criteria must be confirmed for the relevant options above in order to proceed")</f>
+        <v>All of the criteria must be confirmed for the relevant options above in order to proceed</v>
+      </c>
+      <c r="B226" s="399"/>
+      <c r="C226" s="399"/>
+      <c r="D226" s="399"/>
+      <c r="E226" s="399"/>
+      <c r="F226" s="399"/>
+      <c r="G226" s="399"/>
+      <c r="H226" s="399"/>
+      <c r="I226" s="399"/>
+      <c r="J226" s="399"/>
+      <c r="K226" s="135"/>
+      <c r="L226" s="186"/>
+      <c r="M226" s="187"/>
+      <c r="N226" s="187"/>
+      <c r="O226" s="187"/>
+      <c r="P226" s="187"/>
+      <c r="Q226" s="187"/>
+      <c r="R226" s="187"/>
+      <c r="S226" s="188"/>
+      <c r="T226" s="135"/>
+    </row>
+    <row r="227" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="4"/>
+      <c r="B227" s="4"/>
+      <c r="C227" s="4"/>
+      <c r="D227" s="4"/>
+      <c r="E227" s="4"/>
+      <c r="F227" s="4"/>
+      <c r="G227" s="4"/>
+      <c r="H227" s="4"/>
+      <c r="I227" s="4"/>
+      <c r="J227" s="4"/>
+      <c r="K227" s="102"/>
+      <c r="L227" s="186"/>
+      <c r="M227" s="187"/>
+      <c r="N227" s="187"/>
+      <c r="O227" s="187"/>
+      <c r="P227" s="187"/>
+      <c r="Q227" s="187"/>
+      <c r="R227" s="187"/>
+      <c r="S227" s="188"/>
+      <c r="T227" s="102"/>
+    </row>
+    <row r="228" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="240" t="s">
         <v>38</v>
       </c>
-      <c r="B226" s="221"/>
-[...56 lines deleted...]
-      <c r="K228" s="128"/>
+      <c r="B228" s="240"/>
+      <c r="C228" s="240"/>
+      <c r="D228" s="240"/>
+      <c r="E228" s="240"/>
+      <c r="F228" s="240"/>
+      <c r="G228" s="240"/>
+      <c r="H228" s="240"/>
+      <c r="I228" s="240"/>
+      <c r="J228" s="240"/>
+      <c r="K228" s="103"/>
       <c r="L228" s="186"/>
       <c r="M228" s="187"/>
       <c r="N228" s="187"/>
       <c r="O228" s="187"/>
       <c r="P228" s="187"/>
       <c r="Q228" s="187"/>
       <c r="R228" s="187"/>
       <c r="S228" s="188"/>
-      <c r="T228" s="128"/>
-[...24 lines deleted...]
-      <c r="A230" s="213" t="s">
+      <c r="T228" s="103"/>
+    </row>
+    <row r="229" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="240"/>
+      <c r="B229" s="240"/>
+      <c r="C229" s="240"/>
+      <c r="D229" s="240"/>
+      <c r="E229" s="240"/>
+      <c r="F229" s="240"/>
+      <c r="G229" s="240"/>
+      <c r="H229" s="240"/>
+      <c r="I229" s="240"/>
+      <c r="J229" s="240"/>
+      <c r="K229" s="103"/>
+      <c r="L229" s="186"/>
+      <c r="M229" s="187"/>
+      <c r="N229" s="187"/>
+      <c r="O229" s="187"/>
+      <c r="P229" s="187"/>
+      <c r="Q229" s="187"/>
+      <c r="R229" s="187"/>
+      <c r="S229" s="188"/>
+      <c r="T229" s="103"/>
+    </row>
+    <row r="230" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A230" s="375" t="s">
+        <v>455</v>
+      </c>
+      <c r="B230" s="375"/>
+      <c r="C230" s="375"/>
+      <c r="D230" s="304" t="s">
+        <v>473</v>
+      </c>
+      <c r="E230" s="304"/>
+      <c r="F230" s="304"/>
+      <c r="G230" s="304"/>
+      <c r="H230" s="304"/>
+      <c r="I230" s="304"/>
+      <c r="J230" s="304"/>
+      <c r="K230" s="128"/>
+      <c r="L230" s="189"/>
+      <c r="M230" s="190"/>
+      <c r="N230" s="190"/>
+      <c r="O230" s="190"/>
+      <c r="P230" s="190"/>
+      <c r="Q230" s="190"/>
+      <c r="R230" s="190"/>
+      <c r="S230" s="191"/>
+      <c r="T230" s="128"/>
+    </row>
+    <row r="231" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A231" s="370"/>
+      <c r="B231" s="370"/>
+      <c r="C231" s="370"/>
+      <c r="D231" s="370"/>
+      <c r="E231" s="370"/>
+      <c r="F231" s="370"/>
+      <c r="G231" s="370"/>
+      <c r="H231" s="370"/>
+      <c r="I231" s="370"/>
+      <c r="J231" s="370"/>
+      <c r="K231" s="125"/>
+      <c r="L231" s="125"/>
+      <c r="M231" s="125"/>
+      <c r="N231" s="125"/>
+      <c r="O231" s="125"/>
+      <c r="P231" s="125"/>
+      <c r="Q231" s="125"/>
+      <c r="R231" s="125"/>
+      <c r="S231" s="125"/>
+      <c r="T231" s="125"/>
+    </row>
+    <row r="232" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A232" s="303" t="s">
         <v>456</v>
       </c>
-      <c r="B230" s="213"/>
-[...58 lines deleted...]
-      <c r="K232" s="136"/>
+      <c r="B232" s="303"/>
+      <c r="C232" s="303"/>
+      <c r="D232" s="303"/>
+      <c r="E232" s="303"/>
+      <c r="F232" s="303"/>
+      <c r="G232" s="303"/>
+      <c r="H232" s="303"/>
+      <c r="I232" s="303"/>
+      <c r="J232" s="303"/>
+      <c r="K232" s="125"/>
       <c r="L232" s="153"/>
       <c r="M232" s="153"/>
       <c r="N232" s="153"/>
       <c r="O232" s="153"/>
       <c r="P232" s="153"/>
       <c r="Q232" s="153"/>
       <c r="R232" s="153"/>
       <c r="S232" s="153"/>
-      <c r="T232" s="136"/>
+      <c r="T232" s="125"/>
     </row>
     <row r="233" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A233" s="214" t="s">
-[...11 lines deleted...]
-      <c r="K233" s="102"/>
+      <c r="A233" s="292" t="s">
+        <v>457</v>
+      </c>
+      <c r="B233" s="292"/>
+      <c r="C233" s="292"/>
+      <c r="D233" s="292"/>
+      <c r="E233" s="292"/>
+      <c r="F233" s="292"/>
+      <c r="G233" s="292"/>
+      <c r="H233" s="292"/>
+      <c r="I233" s="292"/>
+      <c r="J233" s="292"/>
+      <c r="K233" s="136"/>
       <c r="L233" s="153"/>
       <c r="M233" s="153"/>
       <c r="N233" s="153"/>
       <c r="O233" s="153"/>
       <c r="P233" s="153"/>
       <c r="Q233" s="153"/>
       <c r="R233" s="153"/>
       <c r="S233" s="153"/>
-      <c r="T233" s="102"/>
-[...28 lines deleted...]
-      <c r="C235" s="4"/>
+      <c r="T233" s="136"/>
+    </row>
+    <row r="234" spans="1:20" s="100" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="315" t="s">
+        <v>458</v>
+      </c>
+      <c r="B234" s="315"/>
+      <c r="C234" s="315"/>
+      <c r="D234" s="315"/>
+      <c r="E234" s="315"/>
+      <c r="F234" s="315"/>
+      <c r="G234" s="292" t="s">
+        <v>459</v>
+      </c>
+      <c r="H234" s="292"/>
+      <c r="I234" s="292"/>
+      <c r="J234" s="292"/>
+      <c r="K234" s="136"/>
+      <c r="L234" s="153"/>
+      <c r="M234" s="153"/>
+      <c r="N234" s="153"/>
+      <c r="O234" s="153"/>
+      <c r="P234" s="153"/>
+      <c r="Q234" s="153"/>
+      <c r="R234" s="153"/>
+      <c r="S234" s="153"/>
+      <c r="T234" s="136"/>
+    </row>
+    <row r="235" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="243" t="s">
+        <v>460</v>
+      </c>
+      <c r="B235" s="243"/>
+      <c r="C235" s="243"/>
       <c r="D235" s="4"/>
       <c r="E235" s="4"/>
       <c r="F235" s="4"/>
       <c r="G235" s="4"/>
       <c r="H235" s="4"/>
-      <c r="I235" s="245"/>
-[...10 lines deleted...]
-      <c r="T235" s="134"/>
+      <c r="I235" s="4"/>
+      <c r="J235" s="4"/>
+      <c r="K235" s="102"/>
+      <c r="L235" s="153"/>
+      <c r="M235" s="153"/>
+      <c r="N235" s="153"/>
+      <c r="O235" s="153"/>
+      <c r="P235" s="153"/>
+      <c r="Q235" s="153"/>
+      <c r="R235" s="153"/>
+      <c r="S235" s="153"/>
+      <c r="T235" s="102"/>
     </row>
     <row r="236" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A236" s="4"/>
       <c r="B236" s="4"/>
       <c r="C236" s="4"/>
       <c r="D236" s="4"/>
       <c r="E236" s="4"/>
       <c r="F236" s="4"/>
       <c r="G236" s="4"/>
       <c r="H236" s="4"/>
       <c r="I236" s="4"/>
       <c r="J236" s="4"/>
       <c r="K236" s="102"/>
-      <c r="L236" s="314"/>
-[...6 lines deleted...]
-      <c r="S236" s="316"/>
+      <c r="L236" s="327"/>
+      <c r="M236" s="328"/>
+      <c r="N236" s="328"/>
+      <c r="O236" s="328"/>
+      <c r="P236" s="328"/>
+      <c r="Q236" s="328"/>
+      <c r="R236" s="328"/>
+      <c r="S236" s="329"/>
       <c r="T236" s="102"/>
     </row>
-    <row r="237" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A237" s="211" t="s">
+    <row r="237" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="21" t="s">
+        <v>464</v>
+      </c>
+      <c r="B237" s="4"/>
+      <c r="C237" s="4"/>
+      <c r="D237" s="4"/>
+      <c r="E237" s="4"/>
+      <c r="F237" s="4"/>
+      <c r="G237" s="4"/>
+      <c r="H237" s="4"/>
+      <c r="I237" s="244"/>
+      <c r="J237" s="245"/>
+      <c r="K237" s="134"/>
+      <c r="L237" s="330"/>
+      <c r="M237" s="331"/>
+      <c r="N237" s="331"/>
+      <c r="O237" s="331"/>
+      <c r="P237" s="331"/>
+      <c r="Q237" s="331"/>
+      <c r="R237" s="331"/>
+      <c r="S237" s="332"/>
+      <c r="T237" s="134"/>
+    </row>
+    <row r="238" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="4"/>
+      <c r="B238" s="4"/>
+      <c r="C238" s="4"/>
+      <c r="D238" s="4"/>
+      <c r="E238" s="4"/>
+      <c r="F238" s="4"/>
+      <c r="G238" s="4"/>
+      <c r="H238" s="4"/>
+      <c r="I238" s="4"/>
+      <c r="J238" s="4"/>
+      <c r="K238" s="102"/>
+      <c r="L238" s="330"/>
+      <c r="M238" s="331"/>
+      <c r="N238" s="331"/>
+      <c r="O238" s="331"/>
+      <c r="P238" s="331"/>
+      <c r="Q238" s="331"/>
+      <c r="R238" s="331"/>
+      <c r="S238" s="332"/>
+      <c r="T238" s="102"/>
+    </row>
+    <row r="239" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="241" t="s">
         <v>462</v>
       </c>
-      <c r="B237" s="211"/>
-[...51 lines deleted...]
-      <c r="J239" s="204"/>
+      <c r="B239" s="241"/>
+      <c r="C239" s="241"/>
+      <c r="D239" s="241"/>
+      <c r="E239" s="241"/>
+      <c r="F239" s="305"/>
+      <c r="G239" s="306"/>
+      <c r="H239" s="306"/>
+      <c r="I239" s="306"/>
+      <c r="J239" s="307"/>
       <c r="K239" s="124"/>
-      <c r="L239" s="314"/>
-[...6 lines deleted...]
-      <c r="S239" s="316"/>
+      <c r="L239" s="330"/>
+      <c r="M239" s="331"/>
+      <c r="N239" s="331"/>
+      <c r="O239" s="331"/>
+      <c r="P239" s="331"/>
+      <c r="Q239" s="331"/>
+      <c r="R239" s="331"/>
+      <c r="S239" s="332"/>
       <c r="T239" s="124"/>
     </row>
     <row r="240" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A240" s="211"/>
-[...8 lines deleted...]
-      <c r="J240" s="204"/>
+      <c r="A240" s="241"/>
+      <c r="B240" s="241"/>
+      <c r="C240" s="241"/>
+      <c r="D240" s="241"/>
+      <c r="E240" s="241"/>
+      <c r="F240" s="308"/>
+      <c r="G240" s="309"/>
+      <c r="H240" s="309"/>
+      <c r="I240" s="309"/>
+      <c r="J240" s="310"/>
       <c r="K240" s="124"/>
-      <c r="L240" s="314"/>
-[...6 lines deleted...]
-      <c r="S240" s="316"/>
+      <c r="L240" s="330"/>
+      <c r="M240" s="331"/>
+      <c r="N240" s="331"/>
+      <c r="O240" s="331"/>
+      <c r="P240" s="331"/>
+      <c r="Q240" s="331"/>
+      <c r="R240" s="331"/>
+      <c r="S240" s="332"/>
       <c r="T240" s="124"/>
     </row>
     <row r="241" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A241" s="211"/>
-[...8 lines deleted...]
-      <c r="J241" s="204"/>
+      <c r="A241" s="241"/>
+      <c r="B241" s="241"/>
+      <c r="C241" s="241"/>
+      <c r="D241" s="241"/>
+      <c r="E241" s="241"/>
+      <c r="F241" s="308"/>
+      <c r="G241" s="309"/>
+      <c r="H241" s="309"/>
+      <c r="I241" s="309"/>
+      <c r="J241" s="310"/>
       <c r="K241" s="124"/>
-      <c r="L241" s="314"/>
-[...6 lines deleted...]
-      <c r="S241" s="316"/>
+      <c r="L241" s="330"/>
+      <c r="M241" s="331"/>
+      <c r="N241" s="331"/>
+      <c r="O241" s="331"/>
+      <c r="P241" s="331"/>
+      <c r="Q241" s="331"/>
+      <c r="R241" s="331"/>
+      <c r="S241" s="332"/>
       <c r="T241" s="124"/>
     </row>
     <row r="242" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A242" s="211"/>
-[...8 lines deleted...]
-      <c r="J242" s="204"/>
+      <c r="A242" s="241"/>
+      <c r="B242" s="241"/>
+      <c r="C242" s="241"/>
+      <c r="D242" s="241"/>
+      <c r="E242" s="241"/>
+      <c r="F242" s="308"/>
+      <c r="G242" s="309"/>
+      <c r="H242" s="309"/>
+      <c r="I242" s="309"/>
+      <c r="J242" s="310"/>
       <c r="K242" s="124"/>
-      <c r="L242" s="314"/>
-[...6 lines deleted...]
-      <c r="S242" s="316"/>
+      <c r="L242" s="330"/>
+      <c r="M242" s="331"/>
+      <c r="N242" s="331"/>
+      <c r="O242" s="331"/>
+      <c r="P242" s="331"/>
+      <c r="Q242" s="331"/>
+      <c r="R242" s="331"/>
+      <c r="S242" s="332"/>
       <c r="T242" s="124"/>
     </row>
     <row r="243" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A243" s="4"/>
-[...8 lines deleted...]
-      <c r="J243" s="204"/>
+      <c r="A243" s="241"/>
+      <c r="B243" s="241"/>
+      <c r="C243" s="241"/>
+      <c r="D243" s="241"/>
+      <c r="E243" s="241"/>
+      <c r="F243" s="308"/>
+      <c r="G243" s="309"/>
+      <c r="H243" s="309"/>
+      <c r="I243" s="309"/>
+      <c r="J243" s="310"/>
       <c r="K243" s="124"/>
-      <c r="L243" s="314"/>
-[...6 lines deleted...]
-      <c r="S243" s="316"/>
+      <c r="L243" s="330"/>
+      <c r="M243" s="331"/>
+      <c r="N243" s="331"/>
+      <c r="O243" s="331"/>
+      <c r="P243" s="331"/>
+      <c r="Q243" s="331"/>
+      <c r="R243" s="331"/>
+      <c r="S243" s="332"/>
       <c r="T243" s="124"/>
     </row>
-    <row r="244" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J244" s="207"/>
+    <row r="244" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="241"/>
+      <c r="B244" s="241"/>
+      <c r="C244" s="241"/>
+      <c r="D244" s="241"/>
+      <c r="E244" s="241"/>
+      <c r="F244" s="308"/>
+      <c r="G244" s="309"/>
+      <c r="H244" s="309"/>
+      <c r="I244" s="309"/>
+      <c r="J244" s="310"/>
       <c r="K244" s="124"/>
-      <c r="L244" s="317"/>
-[...6 lines deleted...]
-      <c r="S244" s="319"/>
+      <c r="L244" s="330"/>
+      <c r="M244" s="331"/>
+      <c r="N244" s="331"/>
+      <c r="O244" s="331"/>
+      <c r="P244" s="331"/>
+      <c r="Q244" s="331"/>
+      <c r="R244" s="331"/>
+      <c r="S244" s="332"/>
       <c r="T244" s="124"/>
     </row>
-    <row r="245" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="245" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4"/>
       <c r="B245" s="4"/>
       <c r="C245" s="4"/>
       <c r="D245" s="4"/>
       <c r="E245" s="4"/>
-      <c r="F245" s="4"/>
-[...15 lines deleted...]
-    <row r="246" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="F245" s="308"/>
+      <c r="G245" s="309"/>
+      <c r="H245" s="309"/>
+      <c r="I245" s="309"/>
+      <c r="J245" s="310"/>
+      <c r="K245" s="124"/>
+      <c r="L245" s="330"/>
+      <c r="M245" s="331"/>
+      <c r="N245" s="331"/>
+      <c r="O245" s="331"/>
+      <c r="P245" s="331"/>
+      <c r="Q245" s="331"/>
+      <c r="R245" s="331"/>
+      <c r="S245" s="332"/>
+      <c r="T245" s="124"/>
+    </row>
+    <row r="246" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A246" s="4"/>
       <c r="B246" s="4"/>
       <c r="C246" s="4"/>
       <c r="D246" s="4"/>
       <c r="E246" s="4"/>
-      <c r="F246" s="4"/>
-[...16 lines deleted...]
-      <c r="A247" s="211" t="s">
+      <c r="F246" s="311"/>
+      <c r="G246" s="312"/>
+      <c r="H246" s="312"/>
+      <c r="I246" s="312"/>
+      <c r="J246" s="313"/>
+      <c r="K246" s="124"/>
+      <c r="L246" s="333"/>
+      <c r="M246" s="334"/>
+      <c r="N246" s="334"/>
+      <c r="O246" s="334"/>
+      <c r="P246" s="334"/>
+      <c r="Q246" s="334"/>
+      <c r="R246" s="334"/>
+      <c r="S246" s="335"/>
+      <c r="T246" s="124"/>
+    </row>
+    <row r="247" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="4"/>
+      <c r="B247" s="4"/>
+      <c r="C247" s="4"/>
+      <c r="D247" s="4"/>
+      <c r="E247" s="4"/>
+      <c r="F247" s="4"/>
+      <c r="G247" s="4"/>
+      <c r="H247" s="4"/>
+      <c r="I247" s="4"/>
+      <c r="J247" s="4"/>
+      <c r="K247" s="102"/>
+      <c r="L247" s="102"/>
+      <c r="M247" s="102"/>
+      <c r="N247" s="102"/>
+      <c r="O247" s="102"/>
+      <c r="P247" s="102"/>
+      <c r="Q247" s="102"/>
+      <c r="R247" s="102"/>
+      <c r="S247" s="102"/>
+      <c r="T247" s="102"/>
+    </row>
+    <row r="248" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="4"/>
+      <c r="B248" s="4"/>
+      <c r="C248" s="4"/>
+      <c r="D248" s="4"/>
+      <c r="E248" s="4"/>
+      <c r="F248" s="4"/>
+      <c r="G248" s="4"/>
+      <c r="H248" s="4"/>
+      <c r="I248" s="4"/>
+      <c r="J248" s="4"/>
+      <c r="K248" s="102"/>
+      <c r="L248" s="102"/>
+      <c r="M248" s="102"/>
+      <c r="N248" s="102"/>
+      <c r="O248" s="102"/>
+      <c r="P248" s="102"/>
+      <c r="Q248" s="102"/>
+      <c r="R248" s="102"/>
+      <c r="S248" s="102"/>
+      <c r="T248" s="102"/>
+    </row>
+    <row r="249" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="241" t="s">
         <v>540</v>
       </c>
-      <c r="B247" s="211"/>
-[...51 lines deleted...]
-      <c r="J249" s="204"/>
+      <c r="B249" s="241"/>
+      <c r="C249" s="241"/>
+      <c r="D249" s="241"/>
+      <c r="E249" s="314"/>
+      <c r="F249" s="305"/>
+      <c r="G249" s="306"/>
+      <c r="H249" s="306"/>
+      <c r="I249" s="306"/>
+      <c r="J249" s="307"/>
       <c r="K249" s="124"/>
       <c r="L249" s="183"/>
       <c r="M249" s="184"/>
       <c r="N249" s="184"/>
       <c r="O249" s="184"/>
       <c r="P249" s="184"/>
       <c r="Q249" s="184"/>
       <c r="R249" s="184"/>
       <c r="S249" s="185"/>
       <c r="T249" s="124"/>
     </row>
     <row r="250" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A250" s="211"/>
-[...8 lines deleted...]
-      <c r="J250" s="204"/>
+      <c r="A250" s="241"/>
+      <c r="B250" s="241"/>
+      <c r="C250" s="241"/>
+      <c r="D250" s="241"/>
+      <c r="E250" s="314"/>
+      <c r="F250" s="308"/>
+      <c r="G250" s="309"/>
+      <c r="H250" s="309"/>
+      <c r="I250" s="309"/>
+      <c r="J250" s="310"/>
       <c r="K250" s="124"/>
-      <c r="L250" s="183"/>
-[...6 lines deleted...]
-      <c r="S250" s="185"/>
+      <c r="L250" s="186"/>
+      <c r="M250" s="187"/>
+      <c r="N250" s="187"/>
+      <c r="O250" s="187"/>
+      <c r="P250" s="187"/>
+      <c r="Q250" s="187"/>
+      <c r="R250" s="187"/>
+      <c r="S250" s="188"/>
       <c r="T250" s="124"/>
     </row>
     <row r="251" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A251" s="211"/>
-[...8 lines deleted...]
-      <c r="J251" s="204"/>
+      <c r="A251" s="241"/>
+      <c r="B251" s="241"/>
+      <c r="C251" s="241"/>
+      <c r="D251" s="241"/>
+      <c r="E251" s="314"/>
+      <c r="F251" s="308"/>
+      <c r="G251" s="309"/>
+      <c r="H251" s="309"/>
+      <c r="I251" s="309"/>
+      <c r="J251" s="310"/>
       <c r="K251" s="124"/>
-      <c r="L251" s="183"/>
-[...6 lines deleted...]
-      <c r="S251" s="185"/>
+      <c r="L251" s="186"/>
+      <c r="M251" s="187"/>
+      <c r="N251" s="187"/>
+      <c r="O251" s="187"/>
+      <c r="P251" s="187"/>
+      <c r="Q251" s="187"/>
+      <c r="R251" s="187"/>
+      <c r="S251" s="188"/>
       <c r="T251" s="124"/>
     </row>
     <row r="252" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A252" s="211"/>
-[...8 lines deleted...]
-      <c r="J252" s="204"/>
+      <c r="A252" s="241"/>
+      <c r="B252" s="241"/>
+      <c r="C252" s="241"/>
+      <c r="D252" s="241"/>
+      <c r="E252" s="314"/>
+      <c r="F252" s="308"/>
+      <c r="G252" s="309"/>
+      <c r="H252" s="309"/>
+      <c r="I252" s="309"/>
+      <c r="J252" s="310"/>
       <c r="K252" s="124"/>
-      <c r="L252" s="183"/>
-[...6 lines deleted...]
-      <c r="S252" s="185"/>
+      <c r="L252" s="186"/>
+      <c r="M252" s="187"/>
+      <c r="N252" s="187"/>
+      <c r="O252" s="187"/>
+      <c r="P252" s="187"/>
+      <c r="Q252" s="187"/>
+      <c r="R252" s="187"/>
+      <c r="S252" s="188"/>
       <c r="T252" s="124"/>
     </row>
     <row r="253" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A253" s="211"/>
-[...8 lines deleted...]
-      <c r="J253" s="204"/>
+      <c r="A253" s="241"/>
+      <c r="B253" s="241"/>
+      <c r="C253" s="241"/>
+      <c r="D253" s="241"/>
+      <c r="E253" s="314"/>
+      <c r="F253" s="308"/>
+      <c r="G253" s="309"/>
+      <c r="H253" s="309"/>
+      <c r="I253" s="309"/>
+      <c r="J253" s="310"/>
       <c r="K253" s="124"/>
-      <c r="L253" s="183"/>
-[...6 lines deleted...]
-      <c r="S253" s="185"/>
+      <c r="L253" s="186"/>
+      <c r="M253" s="187"/>
+      <c r="N253" s="187"/>
+      <c r="O253" s="187"/>
+      <c r="P253" s="187"/>
+      <c r="Q253" s="187"/>
+      <c r="R253" s="187"/>
+      <c r="S253" s="188"/>
       <c r="T253" s="124"/>
     </row>
     <row r="254" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A254" s="73"/>
-[...8 lines deleted...]
-      <c r="J254" s="204"/>
+      <c r="A254" s="241"/>
+      <c r="B254" s="241"/>
+      <c r="C254" s="241"/>
+      <c r="D254" s="241"/>
+      <c r="E254" s="314"/>
+      <c r="F254" s="308"/>
+      <c r="G254" s="309"/>
+      <c r="H254" s="309"/>
+      <c r="I254" s="309"/>
+      <c r="J254" s="310"/>
       <c r="K254" s="124"/>
-      <c r="L254" s="183"/>
-[...6 lines deleted...]
-      <c r="S254" s="185"/>
+      <c r="L254" s="186"/>
+      <c r="M254" s="187"/>
+      <c r="N254" s="187"/>
+      <c r="O254" s="187"/>
+      <c r="P254" s="187"/>
+      <c r="Q254" s="187"/>
+      <c r="R254" s="187"/>
+      <c r="S254" s="188"/>
       <c r="T254" s="124"/>
     </row>
-    <row r="255" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J255" s="207"/>
+    <row r="255" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="241"/>
+      <c r="B255" s="241"/>
+      <c r="C255" s="241"/>
+      <c r="D255" s="241"/>
+      <c r="E255" s="314"/>
+      <c r="F255" s="308"/>
+      <c r="G255" s="309"/>
+      <c r="H255" s="309"/>
+      <c r="I255" s="309"/>
+      <c r="J255" s="310"/>
       <c r="K255" s="124"/>
       <c r="L255" s="186"/>
       <c r="M255" s="187"/>
       <c r="N255" s="187"/>
       <c r="O255" s="187"/>
       <c r="P255" s="187"/>
       <c r="Q255" s="187"/>
       <c r="R255" s="187"/>
       <c r="S255" s="188"/>
       <c r="T255" s="124"/>
     </row>
-    <row r="256" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-      <c r="A257" s="198" t="s">
+    <row r="256" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="73"/>
+      <c r="B256" s="73"/>
+      <c r="C256" s="73"/>
+      <c r="D256" s="73"/>
+      <c r="E256" s="74"/>
+      <c r="F256" s="308"/>
+      <c r="G256" s="309"/>
+      <c r="H256" s="309"/>
+      <c r="I256" s="309"/>
+      <c r="J256" s="310"/>
+      <c r="K256" s="124"/>
+      <c r="L256" s="186"/>
+      <c r="M256" s="187"/>
+      <c r="N256" s="187"/>
+      <c r="O256" s="187"/>
+      <c r="P256" s="187"/>
+      <c r="Q256" s="187"/>
+      <c r="R256" s="187"/>
+      <c r="S256" s="188"/>
+      <c r="T256" s="124"/>
+    </row>
+    <row r="257" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="37"/>
+      <c r="B257" s="37"/>
+      <c r="C257" s="37"/>
+      <c r="D257" s="37"/>
+      <c r="E257" s="37"/>
+      <c r="F257" s="311"/>
+      <c r="G257" s="312"/>
+      <c r="H257" s="312"/>
+      <c r="I257" s="312"/>
+      <c r="J257" s="313"/>
+      <c r="K257" s="124"/>
+      <c r="L257" s="189"/>
+      <c r="M257" s="190"/>
+      <c r="N257" s="190"/>
+      <c r="O257" s="190"/>
+      <c r="P257" s="190"/>
+      <c r="Q257" s="190"/>
+      <c r="R257" s="190"/>
+      <c r="S257" s="191"/>
+      <c r="T257" s="124"/>
+    </row>
+    <row r="258" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="4"/>
+      <c r="B258" s="4"/>
+      <c r="C258" s="4"/>
+      <c r="D258" s="4"/>
+      <c r="E258" s="4"/>
+      <c r="F258" s="4"/>
+      <c r="G258" s="4"/>
+      <c r="H258" s="4"/>
+      <c r="I258" s="4"/>
+      <c r="J258" s="4"/>
+      <c r="K258" s="102"/>
+      <c r="L258" s="102"/>
+      <c r="M258" s="102"/>
+      <c r="N258" s="102"/>
+      <c r="O258" s="102"/>
+      <c r="P258" s="102"/>
+      <c r="Q258" s="102"/>
+      <c r="R258" s="102"/>
+      <c r="S258" s="102"/>
+      <c r="T258" s="102"/>
+    </row>
+    <row r="259" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="260" t="s">
         <v>463</v>
       </c>
-      <c r="B257" s="198"/>
-[...51 lines deleted...]
-      <c r="J259" s="204"/>
+      <c r="B259" s="260"/>
+      <c r="C259" s="260"/>
+      <c r="D259" s="260"/>
+      <c r="E259" s="283"/>
+      <c r="F259" s="305"/>
+      <c r="G259" s="306"/>
+      <c r="H259" s="306"/>
+      <c r="I259" s="306"/>
+      <c r="J259" s="307"/>
       <c r="K259" s="124"/>
       <c r="L259" s="183"/>
       <c r="M259" s="184"/>
       <c r="N259" s="184"/>
       <c r="O259" s="184"/>
       <c r="P259" s="184"/>
       <c r="Q259" s="184"/>
       <c r="R259" s="184"/>
       <c r="S259" s="185"/>
       <c r="T259" s="124"/>
     </row>
     <row r="260" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A260" s="198"/>
-[...8 lines deleted...]
-      <c r="J260" s="204"/>
+      <c r="A260" s="260"/>
+      <c r="B260" s="260"/>
+      <c r="C260" s="260"/>
+      <c r="D260" s="260"/>
+      <c r="E260" s="283"/>
+      <c r="F260" s="308"/>
+      <c r="G260" s="309"/>
+      <c r="H260" s="309"/>
+      <c r="I260" s="309"/>
+      <c r="J260" s="310"/>
       <c r="K260" s="124"/>
-      <c r="L260" s="183"/>
-[...6 lines deleted...]
-      <c r="S260" s="185"/>
+      <c r="L260" s="186"/>
+      <c r="M260" s="187"/>
+      <c r="N260" s="187"/>
+      <c r="O260" s="187"/>
+      <c r="P260" s="187"/>
+      <c r="Q260" s="187"/>
+      <c r="R260" s="187"/>
+      <c r="S260" s="188"/>
       <c r="T260" s="124"/>
     </row>
     <row r="261" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A261" s="198"/>
-[...8 lines deleted...]
-      <c r="J261" s="204"/>
+      <c r="A261" s="260"/>
+      <c r="B261" s="260"/>
+      <c r="C261" s="260"/>
+      <c r="D261" s="260"/>
+      <c r="E261" s="283"/>
+      <c r="F261" s="308"/>
+      <c r="G261" s="309"/>
+      <c r="H261" s="309"/>
+      <c r="I261" s="309"/>
+      <c r="J261" s="310"/>
       <c r="K261" s="124"/>
-      <c r="L261" s="183"/>
-[...6 lines deleted...]
-      <c r="S261" s="185"/>
+      <c r="L261" s="186"/>
+      <c r="M261" s="187"/>
+      <c r="N261" s="187"/>
+      <c r="O261" s="187"/>
+      <c r="P261" s="187"/>
+      <c r="Q261" s="187"/>
+      <c r="R261" s="187"/>
+      <c r="S261" s="188"/>
       <c r="T261" s="124"/>
     </row>
     <row r="262" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A262" s="198"/>
-[...8 lines deleted...]
-      <c r="J262" s="204"/>
+      <c r="A262" s="260"/>
+      <c r="B262" s="260"/>
+      <c r="C262" s="260"/>
+      <c r="D262" s="260"/>
+      <c r="E262" s="283"/>
+      <c r="F262" s="308"/>
+      <c r="G262" s="309"/>
+      <c r="H262" s="309"/>
+      <c r="I262" s="309"/>
+      <c r="J262" s="310"/>
       <c r="K262" s="124"/>
-      <c r="L262" s="183"/>
-[...6 lines deleted...]
-      <c r="S262" s="185"/>
+      <c r="L262" s="186"/>
+      <c r="M262" s="187"/>
+      <c r="N262" s="187"/>
+      <c r="O262" s="187"/>
+      <c r="P262" s="187"/>
+      <c r="Q262" s="187"/>
+      <c r="R262" s="187"/>
+      <c r="S262" s="188"/>
       <c r="T262" s="124"/>
     </row>
     <row r="263" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A263" s="198"/>
-[...8 lines deleted...]
-      <c r="J263" s="204"/>
+      <c r="A263" s="260"/>
+      <c r="B263" s="260"/>
+      <c r="C263" s="260"/>
+      <c r="D263" s="260"/>
+      <c r="E263" s="283"/>
+      <c r="F263" s="308"/>
+      <c r="G263" s="309"/>
+      <c r="H263" s="309"/>
+      <c r="I263" s="309"/>
+      <c r="J263" s="310"/>
       <c r="K263" s="124"/>
-      <c r="L263" s="183"/>
-[...6 lines deleted...]
-      <c r="S263" s="185"/>
+      <c r="L263" s="186"/>
+      <c r="M263" s="187"/>
+      <c r="N263" s="187"/>
+      <c r="O263" s="187"/>
+      <c r="P263" s="187"/>
+      <c r="Q263" s="187"/>
+      <c r="R263" s="187"/>
+      <c r="S263" s="188"/>
       <c r="T263" s="124"/>
     </row>
     <row r="264" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A264" s="198"/>
-[...8 lines deleted...]
-      <c r="J264" s="204"/>
+      <c r="A264" s="260"/>
+      <c r="B264" s="260"/>
+      <c r="C264" s="260"/>
+      <c r="D264" s="260"/>
+      <c r="E264" s="283"/>
+      <c r="F264" s="308"/>
+      <c r="G264" s="309"/>
+      <c r="H264" s="309"/>
+      <c r="I264" s="309"/>
+      <c r="J264" s="310"/>
       <c r="K264" s="124"/>
-      <c r="L264" s="183"/>
-[...6 lines deleted...]
-      <c r="S264" s="185"/>
+      <c r="L264" s="186"/>
+      <c r="M264" s="187"/>
+      <c r="N264" s="187"/>
+      <c r="O264" s="187"/>
+      <c r="P264" s="187"/>
+      <c r="Q264" s="187"/>
+      <c r="R264" s="187"/>
+      <c r="S264" s="188"/>
       <c r="T264" s="124"/>
     </row>
     <row r="265" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A265" s="71"/>
-[...8 lines deleted...]
-      <c r="J265" s="204"/>
+      <c r="A265" s="260"/>
+      <c r="B265" s="260"/>
+      <c r="C265" s="260"/>
+      <c r="D265" s="260"/>
+      <c r="E265" s="283"/>
+      <c r="F265" s="308"/>
+      <c r="G265" s="309"/>
+      <c r="H265" s="309"/>
+      <c r="I265" s="309"/>
+      <c r="J265" s="310"/>
       <c r="K265" s="124"/>
-      <c r="L265" s="183"/>
-[...6 lines deleted...]
-      <c r="S265" s="185"/>
+      <c r="L265" s="186"/>
+      <c r="M265" s="187"/>
+      <c r="N265" s="187"/>
+      <c r="O265" s="187"/>
+      <c r="P265" s="187"/>
+      <c r="Q265" s="187"/>
+      <c r="R265" s="187"/>
+      <c r="S265" s="188"/>
       <c r="T265" s="124"/>
     </row>
-    <row r="266" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J266" s="207"/>
+    <row r="266" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="260"/>
+      <c r="B266" s="260"/>
+      <c r="C266" s="260"/>
+      <c r="D266" s="260"/>
+      <c r="E266" s="283"/>
+      <c r="F266" s="308"/>
+      <c r="G266" s="309"/>
+      <c r="H266" s="309"/>
+      <c r="I266" s="309"/>
+      <c r="J266" s="310"/>
       <c r="K266" s="124"/>
       <c r="L266" s="186"/>
       <c r="M266" s="187"/>
       <c r="N266" s="187"/>
       <c r="O266" s="187"/>
       <c r="P266" s="187"/>
       <c r="Q266" s="187"/>
       <c r="R266" s="187"/>
       <c r="S266" s="188"/>
       <c r="T266" s="124"/>
     </row>
-    <row r="267" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J267" s="75"/>
+    <row r="267" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="71"/>
+      <c r="B267" s="71"/>
+      <c r="C267" s="71"/>
+      <c r="D267" s="71"/>
+      <c r="E267" s="77"/>
+      <c r="F267" s="308"/>
+      <c r="G267" s="309"/>
+      <c r="H267" s="309"/>
+      <c r="I267" s="309"/>
+      <c r="J267" s="310"/>
       <c r="K267" s="124"/>
-      <c r="L267" s="124"/>
-[...6 lines deleted...]
-      <c r="S267" s="124"/>
+      <c r="L267" s="186"/>
+      <c r="M267" s="187"/>
+      <c r="N267" s="187"/>
+      <c r="O267" s="187"/>
+      <c r="P267" s="187"/>
+      <c r="Q267" s="187"/>
+      <c r="R267" s="187"/>
+      <c r="S267" s="188"/>
       <c r="T267" s="124"/>
     </row>
-    <row r="268" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A268" s="211" t="s">
+    <row r="268" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="4"/>
+      <c r="B268" s="4"/>
+      <c r="C268" s="4"/>
+      <c r="D268" s="4"/>
+      <c r="E268" s="4"/>
+      <c r="F268" s="311"/>
+      <c r="G268" s="312"/>
+      <c r="H268" s="312"/>
+      <c r="I268" s="312"/>
+      <c r="J268" s="313"/>
+      <c r="K268" s="124"/>
+      <c r="L268" s="189"/>
+      <c r="M268" s="190"/>
+      <c r="N268" s="190"/>
+      <c r="O268" s="190"/>
+      <c r="P268" s="190"/>
+      <c r="Q268" s="190"/>
+      <c r="R268" s="190"/>
+      <c r="S268" s="191"/>
+      <c r="T268" s="124"/>
+    </row>
+    <row r="269" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="4"/>
+      <c r="B269" s="4"/>
+      <c r="C269" s="4"/>
+      <c r="D269" s="4"/>
+      <c r="E269" s="4"/>
+      <c r="F269" s="75"/>
+      <c r="G269" s="75"/>
+      <c r="H269" s="75"/>
+      <c r="I269" s="75"/>
+      <c r="J269" s="75"/>
+      <c r="K269" s="124"/>
+      <c r="L269" s="124"/>
+      <c r="M269" s="124"/>
+      <c r="N269" s="124"/>
+      <c r="O269" s="124"/>
+      <c r="P269" s="124"/>
+      <c r="Q269" s="124"/>
+      <c r="R269" s="124"/>
+      <c r="S269" s="124"/>
+      <c r="T269" s="124"/>
+    </row>
+    <row r="270" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="241" t="s">
         <v>465</v>
       </c>
-      <c r="B268" s="211"/>
-[...51 lines deleted...]
-      <c r="J270" s="204"/>
+      <c r="B270" s="241"/>
+      <c r="C270" s="241"/>
+      <c r="D270" s="241"/>
+      <c r="E270" s="241"/>
+      <c r="F270" s="305"/>
+      <c r="G270" s="306"/>
+      <c r="H270" s="306"/>
+      <c r="I270" s="306"/>
+      <c r="J270" s="307"/>
       <c r="K270" s="124"/>
       <c r="L270" s="183"/>
       <c r="M270" s="184"/>
       <c r="N270" s="184"/>
       <c r="O270" s="184"/>
       <c r="P270" s="184"/>
       <c r="Q270" s="184"/>
       <c r="R270" s="184"/>
       <c r="S270" s="185"/>
       <c r="T270" s="124"/>
     </row>
     <row r="271" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A271" s="211"/>
-[...8 lines deleted...]
-      <c r="J271" s="204"/>
+      <c r="A271" s="241"/>
+      <c r="B271" s="241"/>
+      <c r="C271" s="241"/>
+      <c r="D271" s="241"/>
+      <c r="E271" s="241"/>
+      <c r="F271" s="308"/>
+      <c r="G271" s="309"/>
+      <c r="H271" s="309"/>
+      <c r="I271" s="309"/>
+      <c r="J271" s="310"/>
       <c r="K271" s="124"/>
-      <c r="L271" s="183"/>
-[...6 lines deleted...]
-      <c r="S271" s="185"/>
+      <c r="L271" s="186"/>
+      <c r="M271" s="187"/>
+      <c r="N271" s="187"/>
+      <c r="O271" s="187"/>
+      <c r="P271" s="187"/>
+      <c r="Q271" s="187"/>
+      <c r="R271" s="187"/>
+      <c r="S271" s="188"/>
       <c r="T271" s="124"/>
     </row>
     <row r="272" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A272" s="211"/>
-[...8 lines deleted...]
-      <c r="J272" s="204"/>
+      <c r="A272" s="241"/>
+      <c r="B272" s="241"/>
+      <c r="C272" s="241"/>
+      <c r="D272" s="241"/>
+      <c r="E272" s="241"/>
+      <c r="F272" s="308"/>
+      <c r="G272" s="309"/>
+      <c r="H272" s="309"/>
+      <c r="I272" s="309"/>
+      <c r="J272" s="310"/>
       <c r="K272" s="124"/>
-      <c r="L272" s="183"/>
-[...6 lines deleted...]
-      <c r="S272" s="185"/>
+      <c r="L272" s="186"/>
+      <c r="M272" s="187"/>
+      <c r="N272" s="187"/>
+      <c r="O272" s="187"/>
+      <c r="P272" s="187"/>
+      <c r="Q272" s="187"/>
+      <c r="R272" s="187"/>
+      <c r="S272" s="188"/>
       <c r="T272" s="124"/>
     </row>
     <row r="273" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A273" s="211"/>
-[...8 lines deleted...]
-      <c r="J273" s="204"/>
+      <c r="A273" s="241"/>
+      <c r="B273" s="241"/>
+      <c r="C273" s="241"/>
+      <c r="D273" s="241"/>
+      <c r="E273" s="241"/>
+      <c r="F273" s="308"/>
+      <c r="G273" s="309"/>
+      <c r="H273" s="309"/>
+      <c r="I273" s="309"/>
+      <c r="J273" s="310"/>
       <c r="K273" s="124"/>
-      <c r="L273" s="183"/>
-[...6 lines deleted...]
-      <c r="S273" s="185"/>
+      <c r="L273" s="186"/>
+      <c r="M273" s="187"/>
+      <c r="N273" s="187"/>
+      <c r="O273" s="187"/>
+      <c r="P273" s="187"/>
+      <c r="Q273" s="187"/>
+      <c r="R273" s="187"/>
+      <c r="S273" s="188"/>
       <c r="T273" s="124"/>
     </row>
     <row r="274" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A274" s="73"/>
-[...8 lines deleted...]
-      <c r="J274" s="204"/>
+      <c r="A274" s="241"/>
+      <c r="B274" s="241"/>
+      <c r="C274" s="241"/>
+      <c r="D274" s="241"/>
+      <c r="E274" s="241"/>
+      <c r="F274" s="308"/>
+      <c r="G274" s="309"/>
+      <c r="H274" s="309"/>
+      <c r="I274" s="309"/>
+      <c r="J274" s="310"/>
       <c r="K274" s="124"/>
-      <c r="L274" s="183"/>
-[...6 lines deleted...]
-      <c r="S274" s="185"/>
+      <c r="L274" s="186"/>
+      <c r="M274" s="187"/>
+      <c r="N274" s="187"/>
+      <c r="O274" s="187"/>
+      <c r="P274" s="187"/>
+      <c r="Q274" s="187"/>
+      <c r="R274" s="187"/>
+      <c r="S274" s="188"/>
       <c r="T274" s="124"/>
     </row>
     <row r="275" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A275" s="48"/>
-[...8 lines deleted...]
-      <c r="J275" s="204"/>
+      <c r="A275" s="241"/>
+      <c r="B275" s="241"/>
+      <c r="C275" s="241"/>
+      <c r="D275" s="241"/>
+      <c r="E275" s="241"/>
+      <c r="F275" s="308"/>
+      <c r="G275" s="309"/>
+      <c r="H275" s="309"/>
+      <c r="I275" s="309"/>
+      <c r="J275" s="310"/>
       <c r="K275" s="124"/>
-      <c r="L275" s="183"/>
-[...6 lines deleted...]
-      <c r="S275" s="185"/>
+      <c r="L275" s="186"/>
+      <c r="M275" s="187"/>
+      <c r="N275" s="187"/>
+      <c r="O275" s="187"/>
+      <c r="P275" s="187"/>
+      <c r="Q275" s="187"/>
+      <c r="R275" s="187"/>
+      <c r="S275" s="188"/>
       <c r="T275" s="124"/>
     </row>
-    <row r="276" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J276" s="207"/>
+    <row r="276" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="73"/>
+      <c r="B276" s="73"/>
+      <c r="C276" s="73"/>
+      <c r="D276" s="73"/>
+      <c r="E276" s="73"/>
+      <c r="F276" s="308"/>
+      <c r="G276" s="309"/>
+      <c r="H276" s="309"/>
+      <c r="I276" s="309"/>
+      <c r="J276" s="310"/>
       <c r="K276" s="124"/>
       <c r="L276" s="186"/>
       <c r="M276" s="187"/>
       <c r="N276" s="187"/>
       <c r="O276" s="187"/>
       <c r="P276" s="187"/>
       <c r="Q276" s="187"/>
       <c r="R276" s="187"/>
       <c r="S276" s="188"/>
       <c r="T276" s="124"/>
     </row>
-    <row r="277" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-      <c r="A278" s="211" t="s">
+    <row r="277" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="48"/>
+      <c r="B277" s="48"/>
+      <c r="C277" s="48"/>
+      <c r="D277" s="48"/>
+      <c r="E277" s="48"/>
+      <c r="F277" s="308"/>
+      <c r="G277" s="309"/>
+      <c r="H277" s="309"/>
+      <c r="I277" s="309"/>
+      <c r="J277" s="310"/>
+      <c r="K277" s="124"/>
+      <c r="L277" s="186"/>
+      <c r="M277" s="187"/>
+      <c r="N277" s="187"/>
+      <c r="O277" s="187"/>
+      <c r="P277" s="187"/>
+      <c r="Q277" s="187"/>
+      <c r="R277" s="187"/>
+      <c r="S277" s="188"/>
+      <c r="T277" s="124"/>
+    </row>
+    <row r="278" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="4"/>
+      <c r="B278" s="4"/>
+      <c r="C278" s="4"/>
+      <c r="D278" s="4"/>
+      <c r="E278" s="4"/>
+      <c r="F278" s="311"/>
+      <c r="G278" s="312"/>
+      <c r="H278" s="312"/>
+      <c r="I278" s="312"/>
+      <c r="J278" s="313"/>
+      <c r="K278" s="124"/>
+      <c r="L278" s="189"/>
+      <c r="M278" s="190"/>
+      <c r="N278" s="190"/>
+      <c r="O278" s="190"/>
+      <c r="P278" s="190"/>
+      <c r="Q278" s="190"/>
+      <c r="R278" s="190"/>
+      <c r="S278" s="191"/>
+      <c r="T278" s="124"/>
+    </row>
+    <row r="279" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="4"/>
+      <c r="B279" s="4"/>
+      <c r="C279" s="4"/>
+      <c r="D279" s="4"/>
+      <c r="E279" s="4"/>
+      <c r="F279" s="4"/>
+      <c r="G279" s="4"/>
+      <c r="H279" s="4"/>
+      <c r="I279" s="4"/>
+      <c r="J279" s="4"/>
+      <c r="K279" s="102"/>
+      <c r="L279" s="102"/>
+      <c r="M279" s="102"/>
+      <c r="N279" s="102"/>
+      <c r="O279" s="102"/>
+      <c r="P279" s="102"/>
+      <c r="Q279" s="102"/>
+      <c r="R279" s="102"/>
+      <c r="S279" s="102"/>
+      <c r="T279" s="102"/>
+    </row>
+    <row r="280" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="241" t="s">
         <v>466</v>
       </c>
-      <c r="B278" s="211"/>
-[...51 lines deleted...]
-      <c r="J280" s="204"/>
+      <c r="B280" s="241"/>
+      <c r="C280" s="241"/>
+      <c r="D280" s="241"/>
+      <c r="E280" s="241"/>
+      <c r="F280" s="305"/>
+      <c r="G280" s="306"/>
+      <c r="H280" s="306"/>
+      <c r="I280" s="306"/>
+      <c r="J280" s="307"/>
       <c r="K280" s="124"/>
       <c r="L280" s="183"/>
       <c r="M280" s="184"/>
       <c r="N280" s="184"/>
       <c r="O280" s="184"/>
       <c r="P280" s="184"/>
       <c r="Q280" s="184"/>
       <c r="R280" s="184"/>
       <c r="S280" s="185"/>
       <c r="T280" s="124"/>
     </row>
     <row r="281" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A281" s="211"/>
-[...8 lines deleted...]
-      <c r="J281" s="204"/>
+      <c r="A281" s="241"/>
+      <c r="B281" s="241"/>
+      <c r="C281" s="241"/>
+      <c r="D281" s="241"/>
+      <c r="E281" s="241"/>
+      <c r="F281" s="308"/>
+      <c r="G281" s="309"/>
+      <c r="H281" s="309"/>
+      <c r="I281" s="309"/>
+      <c r="J281" s="310"/>
       <c r="K281" s="124"/>
-      <c r="L281" s="183"/>
-[...6 lines deleted...]
-      <c r="S281" s="185"/>
+      <c r="L281" s="186"/>
+      <c r="M281" s="187"/>
+      <c r="N281" s="187"/>
+      <c r="O281" s="187"/>
+      <c r="P281" s="187"/>
+      <c r="Q281" s="187"/>
+      <c r="R281" s="187"/>
+      <c r="S281" s="188"/>
       <c r="T281" s="124"/>
     </row>
     <row r="282" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A282" s="211"/>
-[...8 lines deleted...]
-      <c r="J282" s="204"/>
+      <c r="A282" s="241"/>
+      <c r="B282" s="241"/>
+      <c r="C282" s="241"/>
+      <c r="D282" s="241"/>
+      <c r="E282" s="241"/>
+      <c r="F282" s="308"/>
+      <c r="G282" s="309"/>
+      <c r="H282" s="309"/>
+      <c r="I282" s="309"/>
+      <c r="J282" s="310"/>
       <c r="K282" s="124"/>
-      <c r="L282" s="183"/>
-[...6 lines deleted...]
-      <c r="S282" s="185"/>
+      <c r="L282" s="186"/>
+      <c r="M282" s="187"/>
+      <c r="N282" s="187"/>
+      <c r="O282" s="187"/>
+      <c r="P282" s="187"/>
+      <c r="Q282" s="187"/>
+      <c r="R282" s="187"/>
+      <c r="S282" s="188"/>
       <c r="T282" s="124"/>
     </row>
     <row r="283" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A283" s="211"/>
-[...8 lines deleted...]
-      <c r="J283" s="204"/>
+      <c r="A283" s="241"/>
+      <c r="B283" s="241"/>
+      <c r="C283" s="241"/>
+      <c r="D283" s="241"/>
+      <c r="E283" s="241"/>
+      <c r="F283" s="308"/>
+      <c r="G283" s="309"/>
+      <c r="H283" s="309"/>
+      <c r="I283" s="309"/>
+      <c r="J283" s="310"/>
       <c r="K283" s="124"/>
-      <c r="L283" s="183"/>
-[...6 lines deleted...]
-      <c r="S283" s="185"/>
+      <c r="L283" s="186"/>
+      <c r="M283" s="187"/>
+      <c r="N283" s="187"/>
+      <c r="O283" s="187"/>
+      <c r="P283" s="187"/>
+      <c r="Q283" s="187"/>
+      <c r="R283" s="187"/>
+      <c r="S283" s="188"/>
       <c r="T283" s="124"/>
     </row>
     <row r="284" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A284" s="73"/>
-[...8 lines deleted...]
-      <c r="J284" s="204"/>
+      <c r="A284" s="241"/>
+      <c r="B284" s="241"/>
+      <c r="C284" s="241"/>
+      <c r="D284" s="241"/>
+      <c r="E284" s="241"/>
+      <c r="F284" s="308"/>
+      <c r="G284" s="309"/>
+      <c r="H284" s="309"/>
+      <c r="I284" s="309"/>
+      <c r="J284" s="310"/>
       <c r="K284" s="124"/>
-      <c r="L284" s="183"/>
-[...6 lines deleted...]
-      <c r="S284" s="185"/>
+      <c r="L284" s="186"/>
+      <c r="M284" s="187"/>
+      <c r="N284" s="187"/>
+      <c r="O284" s="187"/>
+      <c r="P284" s="187"/>
+      <c r="Q284" s="187"/>
+      <c r="R284" s="187"/>
+      <c r="S284" s="188"/>
       <c r="T284" s="124"/>
     </row>
     <row r="285" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A285" s="48"/>
-[...8 lines deleted...]
-      <c r="J285" s="204"/>
+      <c r="A285" s="241"/>
+      <c r="B285" s="241"/>
+      <c r="C285" s="241"/>
+      <c r="D285" s="241"/>
+      <c r="E285" s="241"/>
+      <c r="F285" s="308"/>
+      <c r="G285" s="309"/>
+      <c r="H285" s="309"/>
+      <c r="I285" s="309"/>
+      <c r="J285" s="310"/>
       <c r="K285" s="124"/>
-      <c r="L285" s="183"/>
-[...6 lines deleted...]
-      <c r="S285" s="185"/>
+      <c r="L285" s="186"/>
+      <c r="M285" s="187"/>
+      <c r="N285" s="187"/>
+      <c r="O285" s="187"/>
+      <c r="P285" s="187"/>
+      <c r="Q285" s="187"/>
+      <c r="R285" s="187"/>
+      <c r="S285" s="188"/>
       <c r="T285" s="124"/>
     </row>
-    <row r="286" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J286" s="207"/>
+    <row r="286" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="73"/>
+      <c r="B286" s="73"/>
+      <c r="C286" s="73"/>
+      <c r="D286" s="73"/>
+      <c r="E286" s="73"/>
+      <c r="F286" s="308"/>
+      <c r="G286" s="309"/>
+      <c r="H286" s="309"/>
+      <c r="I286" s="309"/>
+      <c r="J286" s="310"/>
       <c r="K286" s="124"/>
       <c r="L286" s="186"/>
       <c r="M286" s="187"/>
       <c r="N286" s="187"/>
       <c r="O286" s="187"/>
       <c r="P286" s="187"/>
       <c r="Q286" s="187"/>
       <c r="R286" s="187"/>
       <c r="S286" s="188"/>
       <c r="T286" s="124"/>
     </row>
-    <row r="287" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-      <c r="A288" s="211" t="s">
+    <row r="287" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="48"/>
+      <c r="B287" s="48"/>
+      <c r="C287" s="48"/>
+      <c r="D287" s="48"/>
+      <c r="E287" s="48"/>
+      <c r="F287" s="308"/>
+      <c r="G287" s="309"/>
+      <c r="H287" s="309"/>
+      <c r="I287" s="309"/>
+      <c r="J287" s="310"/>
+      <c r="K287" s="124"/>
+      <c r="L287" s="186"/>
+      <c r="M287" s="187"/>
+      <c r="N287" s="187"/>
+      <c r="O287" s="187"/>
+      <c r="P287" s="187"/>
+      <c r="Q287" s="187"/>
+      <c r="R287" s="187"/>
+      <c r="S287" s="188"/>
+      <c r="T287" s="124"/>
+    </row>
+    <row r="288" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="4"/>
+      <c r="B288" s="4"/>
+      <c r="C288" s="4"/>
+      <c r="D288" s="4"/>
+      <c r="E288" s="4"/>
+      <c r="F288" s="311"/>
+      <c r="G288" s="312"/>
+      <c r="H288" s="312"/>
+      <c r="I288" s="312"/>
+      <c r="J288" s="313"/>
+      <c r="K288" s="124"/>
+      <c r="L288" s="189"/>
+      <c r="M288" s="190"/>
+      <c r="N288" s="190"/>
+      <c r="O288" s="190"/>
+      <c r="P288" s="190"/>
+      <c r="Q288" s="190"/>
+      <c r="R288" s="190"/>
+      <c r="S288" s="191"/>
+      <c r="T288" s="124"/>
+    </row>
+    <row r="289" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="4"/>
+      <c r="B289" s="4"/>
+      <c r="C289" s="4"/>
+      <c r="D289" s="4"/>
+      <c r="E289" s="4"/>
+      <c r="F289" s="4"/>
+      <c r="G289" s="4"/>
+      <c r="H289" s="4"/>
+      <c r="I289" s="4"/>
+      <c r="J289" s="4"/>
+      <c r="K289" s="102"/>
+      <c r="L289" s="102"/>
+      <c r="M289" s="102"/>
+      <c r="N289" s="102"/>
+      <c r="O289" s="102"/>
+      <c r="P289" s="102"/>
+      <c r="Q289" s="102"/>
+      <c r="R289" s="102"/>
+      <c r="S289" s="102"/>
+      <c r="T289" s="102"/>
+    </row>
+    <row r="290" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="241" t="s">
         <v>467</v>
       </c>
-      <c r="B288" s="211"/>
-[...51 lines deleted...]
-      <c r="J290" s="204"/>
+      <c r="B290" s="241"/>
+      <c r="C290" s="241"/>
+      <c r="D290" s="241"/>
+      <c r="E290" s="241"/>
+      <c r="F290" s="305"/>
+      <c r="G290" s="306"/>
+      <c r="H290" s="306"/>
+      <c r="I290" s="306"/>
+      <c r="J290" s="307"/>
       <c r="K290" s="124"/>
       <c r="L290" s="183"/>
       <c r="M290" s="184"/>
       <c r="N290" s="184"/>
       <c r="O290" s="184"/>
       <c r="P290" s="184"/>
       <c r="Q290" s="184"/>
       <c r="R290" s="184"/>
       <c r="S290" s="185"/>
       <c r="T290" s="124"/>
     </row>
     <row r="291" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A291" s="211"/>
-[...8 lines deleted...]
-      <c r="J291" s="204"/>
+      <c r="A291" s="241"/>
+      <c r="B291" s="241"/>
+      <c r="C291" s="241"/>
+      <c r="D291" s="241"/>
+      <c r="E291" s="241"/>
+      <c r="F291" s="308"/>
+      <c r="G291" s="309"/>
+      <c r="H291" s="309"/>
+      <c r="I291" s="309"/>
+      <c r="J291" s="310"/>
       <c r="K291" s="124"/>
-      <c r="L291" s="183"/>
-[...6 lines deleted...]
-      <c r="S291" s="185"/>
+      <c r="L291" s="186"/>
+      <c r="M291" s="187"/>
+      <c r="N291" s="187"/>
+      <c r="O291" s="187"/>
+      <c r="P291" s="187"/>
+      <c r="Q291" s="187"/>
+      <c r="R291" s="187"/>
+      <c r="S291" s="188"/>
       <c r="T291" s="124"/>
     </row>
     <row r="292" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A292" s="211"/>
-[...8 lines deleted...]
-      <c r="J292" s="204"/>
+      <c r="A292" s="241"/>
+      <c r="B292" s="241"/>
+      <c r="C292" s="241"/>
+      <c r="D292" s="241"/>
+      <c r="E292" s="241"/>
+      <c r="F292" s="308"/>
+      <c r="G292" s="309"/>
+      <c r="H292" s="309"/>
+      <c r="I292" s="309"/>
+      <c r="J292" s="310"/>
       <c r="K292" s="124"/>
-      <c r="L292" s="183"/>
-[...6 lines deleted...]
-      <c r="S292" s="185"/>
+      <c r="L292" s="186"/>
+      <c r="M292" s="187"/>
+      <c r="N292" s="187"/>
+      <c r="O292" s="187"/>
+      <c r="P292" s="187"/>
+      <c r="Q292" s="187"/>
+      <c r="R292" s="187"/>
+      <c r="S292" s="188"/>
       <c r="T292" s="124"/>
     </row>
     <row r="293" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A293" s="73"/>
-[...8 lines deleted...]
-      <c r="J293" s="204"/>
+      <c r="A293" s="241"/>
+      <c r="B293" s="241"/>
+      <c r="C293" s="241"/>
+      <c r="D293" s="241"/>
+      <c r="E293" s="241"/>
+      <c r="F293" s="308"/>
+      <c r="G293" s="309"/>
+      <c r="H293" s="309"/>
+      <c r="I293" s="309"/>
+      <c r="J293" s="310"/>
       <c r="K293" s="124"/>
-      <c r="L293" s="183"/>
-[...6 lines deleted...]
-      <c r="S293" s="185"/>
+      <c r="L293" s="186"/>
+      <c r="M293" s="187"/>
+      <c r="N293" s="187"/>
+      <c r="O293" s="187"/>
+      <c r="P293" s="187"/>
+      <c r="Q293" s="187"/>
+      <c r="R293" s="187"/>
+      <c r="S293" s="188"/>
       <c r="T293" s="124"/>
     </row>
     <row r="294" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A294" s="73"/>
-[...8 lines deleted...]
-      <c r="J294" s="204"/>
+      <c r="A294" s="241"/>
+      <c r="B294" s="241"/>
+      <c r="C294" s="241"/>
+      <c r="D294" s="241"/>
+      <c r="E294" s="241"/>
+      <c r="F294" s="308"/>
+      <c r="G294" s="309"/>
+      <c r="H294" s="309"/>
+      <c r="I294" s="309"/>
+      <c r="J294" s="310"/>
       <c r="K294" s="124"/>
-      <c r="L294" s="183"/>
-[...6 lines deleted...]
-      <c r="S294" s="185"/>
+      <c r="L294" s="186"/>
+      <c r="M294" s="187"/>
+      <c r="N294" s="187"/>
+      <c r="O294" s="187"/>
+      <c r="P294" s="187"/>
+      <c r="Q294" s="187"/>
+      <c r="R294" s="187"/>
+      <c r="S294" s="188"/>
       <c r="T294" s="124"/>
     </row>
     <row r="295" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A295" s="73"/>
       <c r="B295" s="73"/>
       <c r="C295" s="73"/>
       <c r="D295" s="73"/>
       <c r="E295" s="73"/>
-      <c r="F295" s="202"/>
-[...3 lines deleted...]
-      <c r="J295" s="204"/>
+      <c r="F295" s="308"/>
+      <c r="G295" s="309"/>
+      <c r="H295" s="309"/>
+      <c r="I295" s="309"/>
+      <c r="J295" s="310"/>
       <c r="K295" s="124"/>
-      <c r="L295" s="183"/>
-[...6 lines deleted...]
-      <c r="S295" s="185"/>
+      <c r="L295" s="186"/>
+      <c r="M295" s="187"/>
+      <c r="N295" s="187"/>
+      <c r="O295" s="187"/>
+      <c r="P295" s="187"/>
+      <c r="Q295" s="187"/>
+      <c r="R295" s="187"/>
+      <c r="S295" s="188"/>
       <c r="T295" s="124"/>
     </row>
     <row r="296" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A296" s="58"/>
-[...8 lines deleted...]
-      <c r="J296" s="204"/>
+      <c r="A296" s="73"/>
+      <c r="B296" s="73"/>
+      <c r="C296" s="73"/>
+      <c r="D296" s="73"/>
+      <c r="E296" s="73"/>
+      <c r="F296" s="308"/>
+      <c r="G296" s="309"/>
+      <c r="H296" s="309"/>
+      <c r="I296" s="309"/>
+      <c r="J296" s="310"/>
       <c r="K296" s="124"/>
-      <c r="L296" s="183"/>
-[...6 lines deleted...]
-      <c r="S296" s="185"/>
+      <c r="L296" s="186"/>
+      <c r="M296" s="187"/>
+      <c r="N296" s="187"/>
+      <c r="O296" s="187"/>
+      <c r="P296" s="187"/>
+      <c r="Q296" s="187"/>
+      <c r="R296" s="187"/>
+      <c r="S296" s="188"/>
       <c r="T296" s="124"/>
     </row>
     <row r="297" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A297" s="4"/>
-[...8 lines deleted...]
-      <c r="J297" s="204"/>
+      <c r="A297" s="73"/>
+      <c r="B297" s="73"/>
+      <c r="C297" s="73"/>
+      <c r="D297" s="73"/>
+      <c r="E297" s="73"/>
+      <c r="F297" s="308"/>
+      <c r="G297" s="309"/>
+      <c r="H297" s="309"/>
+      <c r="I297" s="309"/>
+      <c r="J297" s="310"/>
       <c r="K297" s="124"/>
-      <c r="L297" s="183"/>
-[...6 lines deleted...]
-      <c r="S297" s="185"/>
+      <c r="L297" s="186"/>
+      <c r="M297" s="187"/>
+      <c r="N297" s="187"/>
+      <c r="O297" s="187"/>
+      <c r="P297" s="187"/>
+      <c r="Q297" s="187"/>
+      <c r="R297" s="187"/>
+      <c r="S297" s="188"/>
       <c r="T297" s="124"/>
     </row>
-    <row r="298" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J298" s="207"/>
+    <row r="298" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A298" s="58"/>
+      <c r="B298" s="58"/>
+      <c r="C298" s="58"/>
+      <c r="D298" s="58"/>
+      <c r="E298" s="58"/>
+      <c r="F298" s="308"/>
+      <c r="G298" s="309"/>
+      <c r="H298" s="309"/>
+      <c r="I298" s="309"/>
+      <c r="J298" s="310"/>
       <c r="K298" s="124"/>
       <c r="L298" s="186"/>
       <c r="M298" s="187"/>
       <c r="N298" s="187"/>
       <c r="O298" s="187"/>
       <c r="P298" s="187"/>
       <c r="Q298" s="187"/>
       <c r="R298" s="187"/>
       <c r="S298" s="188"/>
       <c r="T298" s="124"/>
     </row>
     <row r="299" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A299" s="4"/>
       <c r="B299" s="4"/>
       <c r="C299" s="4"/>
       <c r="D299" s="4"/>
       <c r="E299" s="4"/>
-      <c r="F299" s="4"/>
-[...13 lines deleted...]
-      <c r="T299" s="102"/>
+      <c r="F299" s="308"/>
+      <c r="G299" s="309"/>
+      <c r="H299" s="309"/>
+      <c r="I299" s="309"/>
+      <c r="J299" s="310"/>
+      <c r="K299" s="124"/>
+      <c r="L299" s="186"/>
+      <c r="M299" s="187"/>
+      <c r="N299" s="187"/>
+      <c r="O299" s="187"/>
+      <c r="P299" s="187"/>
+      <c r="Q299" s="187"/>
+      <c r="R299" s="187"/>
+      <c r="S299" s="188"/>
+      <c r="T299" s="124"/>
     </row>
     <row r="300" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A300" s="4"/>
       <c r="B300" s="4"/>
       <c r="C300" s="4"/>
       <c r="D300" s="4"/>
       <c r="E300" s="4"/>
-      <c r="F300" s="4"/>
-[...13 lines deleted...]
-      <c r="T300" s="102"/>
+      <c r="F300" s="311"/>
+      <c r="G300" s="312"/>
+      <c r="H300" s="312"/>
+      <c r="I300" s="312"/>
+      <c r="J300" s="313"/>
+      <c r="K300" s="124"/>
+      <c r="L300" s="189"/>
+      <c r="M300" s="190"/>
+      <c r="N300" s="190"/>
+      <c r="O300" s="190"/>
+      <c r="P300" s="190"/>
+      <c r="Q300" s="190"/>
+      <c r="R300" s="190"/>
+      <c r="S300" s="191"/>
+      <c r="T300" s="124"/>
     </row>
     <row r="301" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A301" s="198" t="s">
+      <c r="A301" s="4"/>
+      <c r="B301" s="4"/>
+      <c r="C301" s="4"/>
+      <c r="D301" s="4"/>
+      <c r="E301" s="4"/>
+      <c r="F301" s="4"/>
+      <c r="G301" s="4"/>
+      <c r="H301" s="4"/>
+      <c r="I301" s="4"/>
+      <c r="J301" s="4"/>
+      <c r="K301" s="102"/>
+      <c r="L301" s="102"/>
+      <c r="M301" s="102"/>
+      <c r="N301" s="102"/>
+      <c r="O301" s="102"/>
+      <c r="P301" s="102"/>
+      <c r="Q301" s="102"/>
+      <c r="R301" s="102"/>
+      <c r="S301" s="102"/>
+      <c r="T301" s="102"/>
+    </row>
+    <row r="302" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="4"/>
+      <c r="B302" s="4"/>
+      <c r="C302" s="4"/>
+      <c r="D302" s="4"/>
+      <c r="E302" s="4"/>
+      <c r="F302" s="4"/>
+      <c r="G302" s="4"/>
+      <c r="H302" s="4"/>
+      <c r="I302" s="4"/>
+      <c r="J302" s="4"/>
+      <c r="K302" s="102"/>
+      <c r="L302" s="102"/>
+      <c r="M302" s="102"/>
+      <c r="N302" s="102"/>
+      <c r="O302" s="102"/>
+      <c r="P302" s="102"/>
+      <c r="Q302" s="102"/>
+      <c r="R302" s="102"/>
+      <c r="S302" s="102"/>
+      <c r="T302" s="102"/>
+    </row>
+    <row r="303" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="260" t="s">
         <v>468</v>
       </c>
-      <c r="B301" s="198"/>
-[...51 lines deleted...]
-      <c r="J303" s="204"/>
+      <c r="B303" s="260"/>
+      <c r="C303" s="260"/>
+      <c r="D303" s="260"/>
+      <c r="E303" s="260"/>
+      <c r="F303" s="305"/>
+      <c r="G303" s="306"/>
+      <c r="H303" s="306"/>
+      <c r="I303" s="306"/>
+      <c r="J303" s="307"/>
       <c r="K303" s="124"/>
       <c r="L303" s="183"/>
       <c r="M303" s="184"/>
       <c r="N303" s="184"/>
       <c r="O303" s="184"/>
       <c r="P303" s="184"/>
       <c r="Q303" s="184"/>
       <c r="R303" s="184"/>
       <c r="S303" s="185"/>
       <c r="T303" s="124"/>
     </row>
     <row r="304" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A304" s="198"/>
-[...8 lines deleted...]
-      <c r="J304" s="204"/>
+      <c r="A304" s="260"/>
+      <c r="B304" s="260"/>
+      <c r="C304" s="260"/>
+      <c r="D304" s="260"/>
+      <c r="E304" s="260"/>
+      <c r="F304" s="308"/>
+      <c r="G304" s="309"/>
+      <c r="H304" s="309"/>
+      <c r="I304" s="309"/>
+      <c r="J304" s="310"/>
       <c r="K304" s="124"/>
-      <c r="L304" s="183"/>
-[...6 lines deleted...]
-      <c r="S304" s="185"/>
+      <c r="L304" s="186"/>
+      <c r="M304" s="187"/>
+      <c r="N304" s="187"/>
+      <c r="O304" s="187"/>
+      <c r="P304" s="187"/>
+      <c r="Q304" s="187"/>
+      <c r="R304" s="187"/>
+      <c r="S304" s="188"/>
       <c r="T304" s="124"/>
     </row>
     <row r="305" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A305" s="198"/>
-[...8 lines deleted...]
-      <c r="J305" s="204"/>
+      <c r="A305" s="260"/>
+      <c r="B305" s="260"/>
+      <c r="C305" s="260"/>
+      <c r="D305" s="260"/>
+      <c r="E305" s="260"/>
+      <c r="F305" s="308"/>
+      <c r="G305" s="309"/>
+      <c r="H305" s="309"/>
+      <c r="I305" s="309"/>
+      <c r="J305" s="310"/>
       <c r="K305" s="124"/>
-      <c r="L305" s="183"/>
-[...6 lines deleted...]
-      <c r="S305" s="185"/>
+      <c r="L305" s="186"/>
+      <c r="M305" s="187"/>
+      <c r="N305" s="187"/>
+      <c r="O305" s="187"/>
+      <c r="P305" s="187"/>
+      <c r="Q305" s="187"/>
+      <c r="R305" s="187"/>
+      <c r="S305" s="188"/>
       <c r="T305" s="124"/>
     </row>
     <row r="306" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A306" s="198"/>
-[...8 lines deleted...]
-      <c r="J306" s="204"/>
+      <c r="A306" s="260"/>
+      <c r="B306" s="260"/>
+      <c r="C306" s="260"/>
+      <c r="D306" s="260"/>
+      <c r="E306" s="260"/>
+      <c r="F306" s="308"/>
+      <c r="G306" s="309"/>
+      <c r="H306" s="309"/>
+      <c r="I306" s="309"/>
+      <c r="J306" s="310"/>
       <c r="K306" s="124"/>
-      <c r="L306" s="183"/>
-[...6 lines deleted...]
-      <c r="S306" s="185"/>
+      <c r="L306" s="186"/>
+      <c r="M306" s="187"/>
+      <c r="N306" s="187"/>
+      <c r="O306" s="187"/>
+      <c r="P306" s="187"/>
+      <c r="Q306" s="187"/>
+      <c r="R306" s="187"/>
+      <c r="S306" s="188"/>
       <c r="T306" s="124"/>
     </row>
     <row r="307" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A307" s="198"/>
-[...8 lines deleted...]
-      <c r="J307" s="204"/>
+      <c r="A307" s="260"/>
+      <c r="B307" s="260"/>
+      <c r="C307" s="260"/>
+      <c r="D307" s="260"/>
+      <c r="E307" s="260"/>
+      <c r="F307" s="308"/>
+      <c r="G307" s="309"/>
+      <c r="H307" s="309"/>
+      <c r="I307" s="309"/>
+      <c r="J307" s="310"/>
       <c r="K307" s="124"/>
-      <c r="L307" s="183"/>
-[...6 lines deleted...]
-      <c r="S307" s="185"/>
+      <c r="L307" s="186"/>
+      <c r="M307" s="187"/>
+      <c r="N307" s="187"/>
+      <c r="O307" s="187"/>
+      <c r="P307" s="187"/>
+      <c r="Q307" s="187"/>
+      <c r="R307" s="187"/>
+      <c r="S307" s="188"/>
       <c r="T307" s="124"/>
     </row>
     <row r="308" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A308" s="198"/>
-[...8 lines deleted...]
-      <c r="J308" s="204"/>
+      <c r="A308" s="260"/>
+      <c r="B308" s="260"/>
+      <c r="C308" s="260"/>
+      <c r="D308" s="260"/>
+      <c r="E308" s="260"/>
+      <c r="F308" s="308"/>
+      <c r="G308" s="309"/>
+      <c r="H308" s="309"/>
+      <c r="I308" s="309"/>
+      <c r="J308" s="310"/>
       <c r="K308" s="124"/>
-      <c r="L308" s="183"/>
-[...6 lines deleted...]
-      <c r="S308" s="185"/>
+      <c r="L308" s="186"/>
+      <c r="M308" s="187"/>
+      <c r="N308" s="187"/>
+      <c r="O308" s="187"/>
+      <c r="P308" s="187"/>
+      <c r="Q308" s="187"/>
+      <c r="R308" s="187"/>
+      <c r="S308" s="188"/>
       <c r="T308" s="124"/>
     </row>
     <row r="309" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A309" s="4"/>
-[...8 lines deleted...]
-      <c r="J309" s="204"/>
+      <c r="A309" s="260"/>
+      <c r="B309" s="260"/>
+      <c r="C309" s="260"/>
+      <c r="D309" s="260"/>
+      <c r="E309" s="260"/>
+      <c r="F309" s="308"/>
+      <c r="G309" s="309"/>
+      <c r="H309" s="309"/>
+      <c r="I309" s="309"/>
+      <c r="J309" s="310"/>
       <c r="K309" s="124"/>
-      <c r="L309" s="183"/>
-[...6 lines deleted...]
-      <c r="S309" s="185"/>
+      <c r="L309" s="186"/>
+      <c r="M309" s="187"/>
+      <c r="N309" s="187"/>
+      <c r="O309" s="187"/>
+      <c r="P309" s="187"/>
+      <c r="Q309" s="187"/>
+      <c r="R309" s="187"/>
+      <c r="S309" s="188"/>
       <c r="T309" s="124"/>
     </row>
     <row r="310" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A310" s="4"/>
-[...8 lines deleted...]
-      <c r="J310" s="204"/>
+      <c r="A310" s="260"/>
+      <c r="B310" s="260"/>
+      <c r="C310" s="260"/>
+      <c r="D310" s="260"/>
+      <c r="E310" s="260"/>
+      <c r="F310" s="308"/>
+      <c r="G310" s="309"/>
+      <c r="H310" s="309"/>
+      <c r="I310" s="309"/>
+      <c r="J310" s="310"/>
       <c r="K310" s="124"/>
-      <c r="L310" s="183"/>
-[...6 lines deleted...]
-      <c r="S310" s="185"/>
+      <c r="L310" s="186"/>
+      <c r="M310" s="187"/>
+      <c r="N310" s="187"/>
+      <c r="O310" s="187"/>
+      <c r="P310" s="187"/>
+      <c r="Q310" s="187"/>
+      <c r="R310" s="187"/>
+      <c r="S310" s="188"/>
       <c r="T310" s="124"/>
     </row>
     <row r="311" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A311" s="4"/>
       <c r="B311" s="4"/>
       <c r="C311" s="4"/>
       <c r="D311" s="4"/>
       <c r="E311" s="4"/>
-      <c r="F311" s="202"/>
-[...3 lines deleted...]
-      <c r="J311" s="204"/>
+      <c r="F311" s="308"/>
+      <c r="G311" s="309"/>
+      <c r="H311" s="309"/>
+      <c r="I311" s="309"/>
+      <c r="J311" s="310"/>
       <c r="K311" s="124"/>
-      <c r="L311" s="183"/>
-[...6 lines deleted...]
-      <c r="S311" s="185"/>
+      <c r="L311" s="186"/>
+      <c r="M311" s="187"/>
+      <c r="N311" s="187"/>
+      <c r="O311" s="187"/>
+      <c r="P311" s="187"/>
+      <c r="Q311" s="187"/>
+      <c r="R311" s="187"/>
+      <c r="S311" s="188"/>
       <c r="T311" s="124"/>
     </row>
-    <row r="312" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A312" s="4"/>
       <c r="B312" s="4"/>
       <c r="C312" s="4"/>
       <c r="D312" s="4"/>
       <c r="E312" s="4"/>
-      <c r="F312" s="205"/>
-[...3 lines deleted...]
-      <c r="J312" s="207"/>
+      <c r="F312" s="308"/>
+      <c r="G312" s="309"/>
+      <c r="H312" s="309"/>
+      <c r="I312" s="309"/>
+      <c r="J312" s="310"/>
       <c r="K312" s="124"/>
       <c r="L312" s="186"/>
       <c r="M312" s="187"/>
       <c r="N312" s="187"/>
       <c r="O312" s="187"/>
       <c r="P312" s="187"/>
       <c r="Q312" s="187"/>
       <c r="R312" s="187"/>
       <c r="S312" s="188"/>
       <c r="T312" s="124"/>
     </row>
     <row r="313" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A313" s="4"/>
       <c r="B313" s="4"/>
       <c r="C313" s="4"/>
       <c r="D313" s="4"/>
       <c r="E313" s="4"/>
-      <c r="F313" s="4"/>
-[...16 lines deleted...]
-      <c r="A314" s="209" t="s">
+      <c r="F313" s="308"/>
+      <c r="G313" s="309"/>
+      <c r="H313" s="309"/>
+      <c r="I313" s="309"/>
+      <c r="J313" s="310"/>
+      <c r="K313" s="124"/>
+      <c r="L313" s="186"/>
+      <c r="M313" s="187"/>
+      <c r="N313" s="187"/>
+      <c r="O313" s="187"/>
+      <c r="P313" s="187"/>
+      <c r="Q313" s="187"/>
+      <c r="R313" s="187"/>
+      <c r="S313" s="188"/>
+      <c r="T313" s="124"/>
+    </row>
+    <row r="314" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="4"/>
+      <c r="B314" s="4"/>
+      <c r="C314" s="4"/>
+      <c r="D314" s="4"/>
+      <c r="E314" s="4"/>
+      <c r="F314" s="311"/>
+      <c r="G314" s="312"/>
+      <c r="H314" s="312"/>
+      <c r="I314" s="312"/>
+      <c r="J314" s="313"/>
+      <c r="K314" s="124"/>
+      <c r="L314" s="189"/>
+      <c r="M314" s="190"/>
+      <c r="N314" s="190"/>
+      <c r="O314" s="190"/>
+      <c r="P314" s="190"/>
+      <c r="Q314" s="190"/>
+      <c r="R314" s="190"/>
+      <c r="S314" s="191"/>
+      <c r="T314" s="124"/>
+    </row>
+    <row r="315" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="4"/>
+      <c r="B315" s="4"/>
+      <c r="C315" s="4"/>
+      <c r="D315" s="4"/>
+      <c r="E315" s="4"/>
+      <c r="F315" s="4"/>
+      <c r="G315" s="4"/>
+      <c r="H315" s="4"/>
+      <c r="I315" s="4"/>
+      <c r="J315" s="4"/>
+      <c r="K315" s="102"/>
+      <c r="L315" s="102"/>
+      <c r="M315" s="102"/>
+      <c r="N315" s="102"/>
+      <c r="O315" s="102"/>
+      <c r="P315" s="102"/>
+      <c r="Q315" s="102"/>
+      <c r="R315" s="102"/>
+      <c r="S315" s="102"/>
+      <c r="T315" s="102"/>
+    </row>
+    <row r="316" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="400" t="s">
         <v>469</v>
       </c>
-      <c r="B314" s="209"/>
-[...20 lines deleted...]
-      <c r="A315" s="208" t="s">
+      <c r="B316" s="400"/>
+      <c r="C316" s="400"/>
+      <c r="D316" s="400"/>
+      <c r="E316" s="400"/>
+      <c r="F316" s="400"/>
+      <c r="G316" s="400"/>
+      <c r="H316" s="400"/>
+      <c r="I316" s="400"/>
+      <c r="J316" s="400"/>
+      <c r="K316" s="137"/>
+      <c r="L316" s="137"/>
+      <c r="M316" s="137"/>
+      <c r="N316" s="137"/>
+      <c r="O316" s="137"/>
+      <c r="P316" s="137"/>
+      <c r="Q316" s="137"/>
+      <c r="R316" s="137"/>
+      <c r="S316" s="137"/>
+      <c r="T316" s="137"/>
+    </row>
+    <row r="317" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="315" t="s">
         <v>470</v>
       </c>
-      <c r="B315" s="208"/>
-[...4 lines deleted...]
-      <c r="G315" s="210" t="s">
+      <c r="B317" s="315"/>
+      <c r="C317" s="315"/>
+      <c r="D317" s="315"/>
+      <c r="E317" s="315"/>
+      <c r="F317" s="315"/>
+      <c r="G317" s="292" t="s">
         <v>471</v>
       </c>
-      <c r="H315" s="210"/>
-[...57 lines deleted...]
-    <row r="318" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="H317" s="292"/>
+      <c r="I317" s="48"/>
+      <c r="J317" s="48"/>
+      <c r="K317" s="98"/>
+      <c r="L317" s="98"/>
+      <c r="M317" s="98"/>
+      <c r="N317" s="98"/>
+      <c r="O317" s="98"/>
+      <c r="P317" s="98"/>
+      <c r="Q317" s="98"/>
+      <c r="R317" s="98"/>
+      <c r="S317" s="98"/>
+      <c r="T317" s="98"/>
+    </row>
+    <row r="318" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A318" s="4"/>
       <c r="B318" s="4"/>
       <c r="C318" s="4"/>
       <c r="D318" s="4"/>
       <c r="E318" s="4"/>
       <c r="F318" s="4"/>
       <c r="G318" s="4"/>
-      <c r="H318" s="16" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="H318" s="4"/>
       <c r="I318" s="4"/>
       <c r="J318" s="4"/>
       <c r="K318" s="102"/>
-      <c r="L318" s="183"/>
-[...6 lines deleted...]
-      <c r="S318" s="185"/>
+      <c r="L318" s="102"/>
+      <c r="M318" s="102"/>
+      <c r="N318" s="102"/>
+      <c r="O318" s="102"/>
+      <c r="P318" s="102"/>
+      <c r="Q318" s="102"/>
+      <c r="R318" s="102"/>
+      <c r="S318" s="102"/>
       <c r="T318" s="102"/>
     </row>
     <row r="319" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A319" s="4"/>
       <c r="B319" s="4"/>
       <c r="C319" s="4"/>
       <c r="D319" s="4"/>
       <c r="E319" s="4"/>
       <c r="F319" s="4"/>
       <c r="G319" s="4"/>
-      <c r="H319" s="2"/>
+      <c r="H319" s="4"/>
       <c r="I319" s="4"/>
       <c r="J319" s="4"/>
       <c r="K319" s="102"/>
       <c r="L319" s="183"/>
       <c r="M319" s="184"/>
       <c r="N319" s="184"/>
       <c r="O319" s="184"/>
       <c r="P319" s="184"/>
       <c r="Q319" s="184"/>
       <c r="R319" s="184"/>
       <c r="S319" s="185"/>
       <c r="T319" s="102"/>
     </row>
     <row r="320" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A320" s="4"/>
       <c r="B320" s="4"/>
       <c r="C320" s="4"/>
       <c r="D320" s="4"/>
       <c r="E320" s="4"/>
       <c r="F320" s="4"/>
       <c r="G320" s="4"/>
       <c r="H320" s="16" t="str">
-        <f>IF($U$9=TRUE,10,"")</f>
+        <f>IF($U$8=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="I320" s="4"/>
       <c r="J320" s="4"/>
       <c r="K320" s="102"/>
-      <c r="L320" s="183"/>
-[...6 lines deleted...]
-      <c r="S320" s="185"/>
+      <c r="L320" s="186"/>
+      <c r="M320" s="187"/>
+      <c r="N320" s="187"/>
+      <c r="O320" s="187"/>
+      <c r="P320" s="187"/>
+      <c r="Q320" s="187"/>
+      <c r="R320" s="187"/>
+      <c r="S320" s="188"/>
       <c r="T320" s="102"/>
     </row>
     <row r="321" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A321" s="4"/>
       <c r="B321" s="4"/>
       <c r="C321" s="4"/>
       <c r="D321" s="4"/>
       <c r="E321" s="4"/>
       <c r="F321" s="4"/>
       <c r="G321" s="4"/>
       <c r="H321" s="2"/>
       <c r="I321" s="4"/>
       <c r="J321" s="4"/>
       <c r="K321" s="102"/>
-      <c r="L321" s="183"/>
-[...6 lines deleted...]
-      <c r="S321" s="185"/>
+      <c r="L321" s="186"/>
+      <c r="M321" s="187"/>
+      <c r="N321" s="187"/>
+      <c r="O321" s="187"/>
+      <c r="P321" s="187"/>
+      <c r="Q321" s="187"/>
+      <c r="R321" s="187"/>
+      <c r="S321" s="188"/>
       <c r="T321" s="102"/>
     </row>
-    <row r="322" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="322" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A322" s="4"/>
       <c r="B322" s="4"/>
       <c r="C322" s="4"/>
       <c r="D322" s="4"/>
       <c r="E322" s="4"/>
       <c r="F322" s="4"/>
       <c r="G322" s="4"/>
-      <c r="H322" s="4"/>
+      <c r="H322" s="16" t="str">
+        <f>IF($U$9=TRUE,10,"")</f>
+        <v/>
+      </c>
       <c r="I322" s="4"/>
       <c r="J322" s="4"/>
       <c r="K322" s="102"/>
       <c r="L322" s="186"/>
       <c r="M322" s="187"/>
       <c r="N322" s="187"/>
       <c r="O322" s="187"/>
       <c r="P322" s="187"/>
       <c r="Q322" s="187"/>
       <c r="R322" s="187"/>
       <c r="S322" s="188"/>
       <c r="T322" s="102"/>
     </row>
     <row r="323" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A323" s="4"/>
       <c r="B323" s="4"/>
       <c r="C323" s="4"/>
       <c r="D323" s="4"/>
       <c r="E323" s="4"/>
       <c r="F323" s="4"/>
       <c r="G323" s="4"/>
-      <c r="H323" s="4"/>
+      <c r="H323" s="2"/>
       <c r="I323" s="4"/>
       <c r="J323" s="4"/>
       <c r="K323" s="102"/>
-      <c r="L323" s="102"/>
-[...6 lines deleted...]
-      <c r="S323" s="102"/>
+      <c r="L323" s="186"/>
+      <c r="M323" s="187"/>
+      <c r="N323" s="187"/>
+      <c r="O323" s="187"/>
+      <c r="P323" s="187"/>
+      <c r="Q323" s="187"/>
+      <c r="R323" s="187"/>
+      <c r="S323" s="188"/>
       <c r="T323" s="102"/>
     </row>
-    <row r="324" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="T324" s="128"/>
+    <row r="324" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="4"/>
+      <c r="B324" s="4"/>
+      <c r="C324" s="4"/>
+      <c r="D324" s="4"/>
+      <c r="E324" s="4"/>
+      <c r="F324" s="4"/>
+      <c r="G324" s="4"/>
+      <c r="H324" s="4"/>
+      <c r="I324" s="4"/>
+      <c r="J324" s="4"/>
+      <c r="K324" s="102"/>
+      <c r="L324" s="189"/>
+      <c r="M324" s="190"/>
+      <c r="N324" s="190"/>
+      <c r="O324" s="190"/>
+      <c r="P324" s="190"/>
+      <c r="Q324" s="190"/>
+      <c r="R324" s="190"/>
+      <c r="S324" s="191"/>
+      <c r="T324" s="102"/>
     </row>
     <row r="325" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A325" s="4"/>
       <c r="B325" s="4"/>
       <c r="C325" s="4"/>
       <c r="D325" s="4"/>
       <c r="E325" s="4"/>
       <c r="F325" s="4"/>
       <c r="G325" s="4"/>
       <c r="H325" s="4"/>
       <c r="I325" s="4"/>
       <c r="J325" s="4"/>
       <c r="K325" s="102"/>
       <c r="L325" s="102"/>
       <c r="M325" s="102"/>
       <c r="N325" s="102"/>
       <c r="O325" s="102"/>
       <c r="P325" s="102"/>
       <c r="Q325" s="102"/>
       <c r="R325" s="102"/>
       <c r="S325" s="102"/>
       <c r="T325" s="102"/>
     </row>
-    <row r="326" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A326" s="213" t="s">
+    <row r="326" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A326" s="375" t="s">
+        <v>455</v>
+      </c>
+      <c r="B326" s="375"/>
+      <c r="C326" s="375"/>
+      <c r="D326" s="304" t="s">
+        <v>473</v>
+      </c>
+      <c r="E326" s="304"/>
+      <c r="F326" s="304"/>
+      <c r="G326" s="304"/>
+      <c r="H326" s="304"/>
+      <c r="I326" s="304"/>
+      <c r="J326" s="304"/>
+      <c r="K326" s="128"/>
+      <c r="L326" s="128"/>
+      <c r="M326" s="128"/>
+      <c r="N326" s="128"/>
+      <c r="O326" s="128"/>
+      <c r="P326" s="128"/>
+      <c r="Q326" s="128"/>
+      <c r="R326" s="128"/>
+      <c r="S326" s="128"/>
+      <c r="T326" s="128"/>
+    </row>
+    <row r="327" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="4"/>
+      <c r="B327" s="4"/>
+      <c r="C327" s="4"/>
+      <c r="D327" s="4"/>
+      <c r="E327" s="4"/>
+      <c r="F327" s="4"/>
+      <c r="G327" s="4"/>
+      <c r="H327" s="4"/>
+      <c r="I327" s="4"/>
+      <c r="J327" s="4"/>
+      <c r="K327" s="102"/>
+      <c r="L327" s="102"/>
+      <c r="M327" s="102"/>
+      <c r="N327" s="102"/>
+      <c r="O327" s="102"/>
+      <c r="P327" s="102"/>
+      <c r="Q327" s="102"/>
+      <c r="R327" s="102"/>
+      <c r="S327" s="102"/>
+      <c r="T327" s="102"/>
+    </row>
+    <row r="328" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="303" t="s">
         <v>472</v>
       </c>
-      <c r="B326" s="213"/>
-[...20 lines deleted...]
-      <c r="A327" s="211" t="s">
+      <c r="B328" s="303"/>
+      <c r="C328" s="303"/>
+      <c r="D328" s="303"/>
+      <c r="E328" s="303"/>
+      <c r="F328" s="303"/>
+      <c r="G328" s="303"/>
+      <c r="H328" s="303"/>
+      <c r="I328" s="303"/>
+      <c r="J328" s="303"/>
+      <c r="K328" s="125"/>
+      <c r="L328" s="125"/>
+      <c r="M328" s="125"/>
+      <c r="N328" s="125"/>
+      <c r="O328" s="125"/>
+      <c r="P328" s="125"/>
+      <c r="Q328" s="125"/>
+      <c r="R328" s="125"/>
+      <c r="S328" s="125"/>
+      <c r="T328" s="125"/>
+    </row>
+    <row r="329" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="241" t="s">
         <v>499</v>
       </c>
-      <c r="B327" s="211"/>
-[...52 lines deleted...]
-      <c r="K329" s="102"/>
+      <c r="B329" s="241"/>
+      <c r="C329" s="241"/>
+      <c r="D329" s="241"/>
+      <c r="E329" s="241"/>
+      <c r="F329" s="241"/>
+      <c r="G329" s="241"/>
+      <c r="H329" s="241"/>
+      <c r="I329" s="295"/>
+      <c r="J329" s="296"/>
+      <c r="K329" s="132"/>
       <c r="L329" s="183"/>
       <c r="M329" s="184"/>
       <c r="N329" s="184"/>
       <c r="O329" s="184"/>
       <c r="P329" s="184"/>
       <c r="Q329" s="184"/>
       <c r="R329" s="184"/>
       <c r="S329" s="185"/>
-      <c r="T329" s="102"/>
+      <c r="T329" s="132"/>
     </row>
     <row r="330" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A330" s="211"/>
-[...21 lines deleted...]
-      <c r="A331" s="211" t="s">
+      <c r="A330" s="241"/>
+      <c r="B330" s="241"/>
+      <c r="C330" s="241"/>
+      <c r="D330" s="241"/>
+      <c r="E330" s="241"/>
+      <c r="F330" s="241"/>
+      <c r="G330" s="241"/>
+      <c r="H330" s="241"/>
+      <c r="I330" s="297"/>
+      <c r="J330" s="298"/>
+      <c r="K330" s="132"/>
+      <c r="L330" s="186"/>
+      <c r="M330" s="187"/>
+      <c r="N330" s="187"/>
+      <c r="O330" s="187"/>
+      <c r="P330" s="187"/>
+      <c r="Q330" s="187"/>
+      <c r="R330" s="187"/>
+      <c r="S330" s="188"/>
+      <c r="T330" s="132"/>
+    </row>
+    <row r="331" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="241"/>
+      <c r="B331" s="241"/>
+      <c r="C331" s="241"/>
+      <c r="D331" s="241"/>
+      <c r="E331" s="241"/>
+      <c r="F331" s="241"/>
+      <c r="G331" s="241"/>
+      <c r="H331" s="241"/>
+      <c r="I331" s="48"/>
+      <c r="J331" s="4"/>
+      <c r="K331" s="102"/>
+      <c r="L331" s="186"/>
+      <c r="M331" s="187"/>
+      <c r="N331" s="187"/>
+      <c r="O331" s="187"/>
+      <c r="P331" s="187"/>
+      <c r="Q331" s="187"/>
+      <c r="R331" s="187"/>
+      <c r="S331" s="188"/>
+      <c r="T331" s="102"/>
+    </row>
+    <row r="332" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="241"/>
+      <c r="B332" s="241"/>
+      <c r="C332" s="241"/>
+      <c r="D332" s="241"/>
+      <c r="E332" s="241"/>
+      <c r="F332" s="241"/>
+      <c r="G332" s="241"/>
+      <c r="H332" s="241"/>
+      <c r="I332" s="4"/>
+      <c r="J332" s="4"/>
+      <c r="K332" s="102"/>
+      <c r="L332" s="186"/>
+      <c r="M332" s="187"/>
+      <c r="N332" s="187"/>
+      <c r="O332" s="187"/>
+      <c r="P332" s="187"/>
+      <c r="Q332" s="187"/>
+      <c r="R332" s="187"/>
+      <c r="S332" s="188"/>
+      <c r="T332" s="102"/>
+    </row>
+    <row r="333" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="241" t="s">
         <v>474</v>
       </c>
-      <c r="B331" s="211"/>
-[...86 lines deleted...]
-      <c r="A335" s="326" t="s">
+      <c r="B333" s="241"/>
+      <c r="C333" s="241"/>
+      <c r="D333" s="241"/>
+      <c r="E333" s="241"/>
+      <c r="F333" s="241"/>
+      <c r="G333" s="241"/>
+      <c r="H333" s="241"/>
+      <c r="I333" s="299"/>
+      <c r="J333" s="300"/>
+      <c r="K333" s="130"/>
+      <c r="L333" s="186"/>
+      <c r="M333" s="187"/>
+      <c r="N333" s="187"/>
+      <c r="O333" s="187"/>
+      <c r="P333" s="187"/>
+      <c r="Q333" s="187"/>
+      <c r="R333" s="187"/>
+      <c r="S333" s="188"/>
+      <c r="T333" s="130"/>
+    </row>
+    <row r="334" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="241"/>
+      <c r="B334" s="241"/>
+      <c r="C334" s="241"/>
+      <c r="D334" s="241"/>
+      <c r="E334" s="241"/>
+      <c r="F334" s="241"/>
+      <c r="G334" s="241"/>
+      <c r="H334" s="241"/>
+      <c r="I334" s="301"/>
+      <c r="J334" s="302"/>
+      <c r="K334" s="130"/>
+      <c r="L334" s="186"/>
+      <c r="M334" s="187"/>
+      <c r="N334" s="187"/>
+      <c r="O334" s="187"/>
+      <c r="P334" s="187"/>
+      <c r="Q334" s="187"/>
+      <c r="R334" s="187"/>
+      <c r="S334" s="188"/>
+      <c r="T334" s="130"/>
+    </row>
+    <row r="335" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="241"/>
+      <c r="B335" s="241"/>
+      <c r="C335" s="241"/>
+      <c r="D335" s="241"/>
+      <c r="E335" s="241"/>
+      <c r="F335" s="241"/>
+      <c r="G335" s="241"/>
+      <c r="H335" s="241"/>
+      <c r="I335" s="4"/>
+      <c r="J335" s="4"/>
+      <c r="K335" s="102"/>
+      <c r="L335" s="186"/>
+      <c r="M335" s="187"/>
+      <c r="N335" s="187"/>
+      <c r="O335" s="187"/>
+      <c r="P335" s="187"/>
+      <c r="Q335" s="187"/>
+      <c r="R335" s="187"/>
+      <c r="S335" s="188"/>
+      <c r="T335" s="102"/>
+    </row>
+    <row r="336" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="241"/>
+      <c r="B336" s="241"/>
+      <c r="C336" s="241"/>
+      <c r="D336" s="241"/>
+      <c r="E336" s="241"/>
+      <c r="F336" s="241"/>
+      <c r="G336" s="241"/>
+      <c r="H336" s="241"/>
+      <c r="I336" s="4"/>
+      <c r="J336" s="4"/>
+      <c r="K336" s="102"/>
+      <c r="L336" s="186"/>
+      <c r="M336" s="187"/>
+      <c r="N336" s="187"/>
+      <c r="O336" s="187"/>
+      <c r="P336" s="187"/>
+      <c r="Q336" s="187"/>
+      <c r="R336" s="187"/>
+      <c r="S336" s="188"/>
+      <c r="T336" s="102"/>
+    </row>
+    <row r="337" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="293" t="s">
         <v>475</v>
       </c>
-      <c r="B335" s="326"/>
-[...51 lines deleted...]
-      <c r="J337" s="326"/>
+      <c r="B337" s="293"/>
+      <c r="C337" s="293"/>
+      <c r="D337" s="293"/>
+      <c r="E337" s="293"/>
+      <c r="F337" s="293"/>
+      <c r="G337" s="293"/>
+      <c r="H337" s="293"/>
+      <c r="I337" s="293"/>
+      <c r="J337" s="293"/>
       <c r="K337" s="96"/>
-      <c r="L337" s="183"/>
-[...6 lines deleted...]
-      <c r="S337" s="185"/>
+      <c r="L337" s="186"/>
+      <c r="M337" s="187"/>
+      <c r="N337" s="187"/>
+      <c r="O337" s="187"/>
+      <c r="P337" s="187"/>
+      <c r="Q337" s="187"/>
+      <c r="R337" s="187"/>
+      <c r="S337" s="188"/>
       <c r="T337" s="96"/>
     </row>
     <row r="338" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A338" s="326"/>
-[...8 lines deleted...]
-      <c r="J338" s="326"/>
+      <c r="A338" s="293"/>
+      <c r="B338" s="293"/>
+      <c r="C338" s="293"/>
+      <c r="D338" s="293"/>
+      <c r="E338" s="293"/>
+      <c r="F338" s="293"/>
+      <c r="G338" s="293"/>
+      <c r="H338" s="293"/>
+      <c r="I338" s="293"/>
+      <c r="J338" s="293"/>
       <c r="K338" s="96"/>
-      <c r="L338" s="183"/>
-[...6 lines deleted...]
-      <c r="S338" s="185"/>
+      <c r="L338" s="186"/>
+      <c r="M338" s="187"/>
+      <c r="N338" s="187"/>
+      <c r="O338" s="187"/>
+      <c r="P338" s="187"/>
+      <c r="Q338" s="187"/>
+      <c r="R338" s="187"/>
+      <c r="S338" s="188"/>
       <c r="T338" s="96"/>
     </row>
     <row r="339" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A339" s="326"/>
-[...8 lines deleted...]
-      <c r="J339" s="326"/>
+      <c r="A339" s="293"/>
+      <c r="B339" s="293"/>
+      <c r="C339" s="293"/>
+      <c r="D339" s="293"/>
+      <c r="E339" s="293"/>
+      <c r="F339" s="293"/>
+      <c r="G339" s="293"/>
+      <c r="H339" s="293"/>
+      <c r="I339" s="293"/>
+      <c r="J339" s="293"/>
       <c r="K339" s="96"/>
       <c r="L339" s="186"/>
       <c r="M339" s="187"/>
       <c r="N339" s="187"/>
       <c r="O339" s="187"/>
       <c r="P339" s="187"/>
       <c r="Q339" s="187"/>
       <c r="R339" s="187"/>
       <c r="S339" s="188"/>
       <c r="T339" s="96"/>
     </row>
-    <row r="340" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J340" s="326"/>
+    <row r="340" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="293"/>
+      <c r="B340" s="293"/>
+      <c r="C340" s="293"/>
+      <c r="D340" s="293"/>
+      <c r="E340" s="293"/>
+      <c r="F340" s="293"/>
+      <c r="G340" s="293"/>
+      <c r="H340" s="293"/>
+      <c r="I340" s="293"/>
+      <c r="J340" s="293"/>
       <c r="K340" s="96"/>
-      <c r="L340" s="96"/>
-[...6 lines deleted...]
-      <c r="S340" s="96"/>
+      <c r="L340" s="186"/>
+      <c r="M340" s="187"/>
+      <c r="N340" s="187"/>
+      <c r="O340" s="187"/>
+      <c r="P340" s="187"/>
+      <c r="Q340" s="187"/>
+      <c r="R340" s="187"/>
+      <c r="S340" s="188"/>
       <c r="T340" s="96"/>
     </row>
-    <row r="341" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A341" s="327" t="s">
+    <row r="341" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A341" s="293"/>
+      <c r="B341" s="293"/>
+      <c r="C341" s="293"/>
+      <c r="D341" s="293"/>
+      <c r="E341" s="293"/>
+      <c r="F341" s="293"/>
+      <c r="G341" s="293"/>
+      <c r="H341" s="293"/>
+      <c r="I341" s="293"/>
+      <c r="J341" s="293"/>
+      <c r="K341" s="96"/>
+      <c r="L341" s="189"/>
+      <c r="M341" s="190"/>
+      <c r="N341" s="190"/>
+      <c r="O341" s="190"/>
+      <c r="P341" s="190"/>
+      <c r="Q341" s="190"/>
+      <c r="R341" s="190"/>
+      <c r="S341" s="191"/>
+      <c r="T341" s="96"/>
+    </row>
+    <row r="342" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A342" s="293"/>
+      <c r="B342" s="293"/>
+      <c r="C342" s="293"/>
+      <c r="D342" s="293"/>
+      <c r="E342" s="293"/>
+      <c r="F342" s="293"/>
+      <c r="G342" s="293"/>
+      <c r="H342" s="293"/>
+      <c r="I342" s="293"/>
+      <c r="J342" s="293"/>
+      <c r="K342" s="96"/>
+      <c r="L342" s="96"/>
+      <c r="M342" s="96"/>
+      <c r="N342" s="96"/>
+      <c r="O342" s="96"/>
+      <c r="P342" s="96"/>
+      <c r="Q342" s="96"/>
+      <c r="R342" s="96"/>
+      <c r="S342" s="96"/>
+      <c r="T342" s="96"/>
+    </row>
+    <row r="343" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A343" s="294" t="s">
         <v>592</v>
       </c>
-      <c r="B341" s="327"/>
-[...20 lines deleted...]
-      <c r="A342" s="12" t="s">
+      <c r="B343" s="294"/>
+      <c r="C343" s="294"/>
+      <c r="D343" s="294"/>
+      <c r="E343" s="294"/>
+      <c r="F343" s="294"/>
+      <c r="G343" s="294"/>
+      <c r="H343" s="294"/>
+      <c r="I343" s="294"/>
+      <c r="J343" s="294"/>
+      <c r="K343" s="125"/>
+      <c r="L343" s="125"/>
+      <c r="M343" s="125"/>
+      <c r="N343" s="125"/>
+      <c r="O343" s="125"/>
+      <c r="P343" s="125"/>
+      <c r="Q343" s="125"/>
+      <c r="R343" s="125"/>
+      <c r="S343" s="125"/>
+      <c r="T343" s="125"/>
+    </row>
+    <row r="344" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A344" s="12" t="s">
         <v>487</v>
       </c>
-      <c r="B342" s="4"/>
-[...46 lines deleted...]
-      <c r="C344" s="65"/>
+      <c r="B344" s="4"/>
+      <c r="C344" s="4"/>
       <c r="D344" s="4"/>
       <c r="E344" s="4"/>
       <c r="F344" s="4"/>
       <c r="G344" s="4"/>
       <c r="H344" s="4"/>
       <c r="I344" s="4"/>
       <c r="J344" s="4"/>
       <c r="K344" s="102"/>
-      <c r="L344" s="183"/>
-[...6 lines deleted...]
-      <c r="S344" s="185"/>
+      <c r="L344" s="102"/>
+      <c r="M344" s="102"/>
+      <c r="N344" s="102"/>
+      <c r="O344" s="102"/>
+      <c r="P344" s="102"/>
+      <c r="Q344" s="102"/>
+      <c r="R344" s="102"/>
+      <c r="S344" s="102"/>
       <c r="T344" s="102"/>
     </row>
-    <row r="345" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="K345" s="138"/>
+    <row r="345" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="291" t="s">
+        <v>488</v>
+      </c>
+      <c r="B345" s="291"/>
+      <c r="C345" s="291"/>
+      <c r="D345" s="4"/>
+      <c r="E345" s="4"/>
+      <c r="F345" s="4"/>
+      <c r="G345" s="4"/>
+      <c r="H345" s="4"/>
+      <c r="I345" s="4"/>
+      <c r="J345" s="4"/>
+      <c r="K345" s="102"/>
       <c r="L345" s="183"/>
       <c r="M345" s="184"/>
       <c r="N345" s="184"/>
       <c r="O345" s="184"/>
       <c r="P345" s="184"/>
       <c r="Q345" s="184"/>
       <c r="R345" s="184"/>
       <c r="S345" s="185"/>
-      <c r="T345" s="138"/>
-[...10 lines deleted...]
-      <c r="I346" s="211"/>
+      <c r="T345" s="102"/>
+    </row>
+    <row r="346" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="65"/>
+      <c r="B346" s="65"/>
+      <c r="C346" s="65"/>
+      <c r="D346" s="4"/>
+      <c r="E346" s="4"/>
+      <c r="F346" s="4"/>
+      <c r="G346" s="4"/>
+      <c r="H346" s="4"/>
+      <c r="I346" s="4"/>
       <c r="J346" s="4"/>
       <c r="K346" s="102"/>
-      <c r="L346" s="183"/>
-[...6 lines deleted...]
-      <c r="S346" s="185"/>
+      <c r="L346" s="186"/>
+      <c r="M346" s="187"/>
+      <c r="N346" s="187"/>
+      <c r="O346" s="187"/>
+      <c r="P346" s="187"/>
+      <c r="Q346" s="187"/>
+      <c r="R346" s="187"/>
+      <c r="S346" s="188"/>
       <c r="T346" s="102"/>
     </row>
-    <row r="347" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="347" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A347" s="4"/>
-      <c r="B347" s="4"/>
-[...19 lines deleted...]
-    <row r="348" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="241" t="s">
+        <v>489</v>
+      </c>
+      <c r="C347" s="241"/>
+      <c r="D347" s="241"/>
+      <c r="E347" s="241"/>
+      <c r="F347" s="241"/>
+      <c r="G347" s="241"/>
+      <c r="H347" s="241"/>
+      <c r="I347" s="241"/>
+      <c r="J347" s="16" t="str">
+        <f>IF($U$12=TRUE,10,"")</f>
+        <v/>
+      </c>
+      <c r="K347" s="138"/>
+      <c r="L347" s="186"/>
+      <c r="M347" s="187"/>
+      <c r="N347" s="187"/>
+      <c r="O347" s="187"/>
+      <c r="P347" s="187"/>
+      <c r="Q347" s="187"/>
+      <c r="R347" s="187"/>
+      <c r="S347" s="188"/>
+      <c r="T347" s="138"/>
+    </row>
+    <row r="348" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A348" s="4"/>
-      <c r="B348" s="211" t="s">
+      <c r="B348" s="241"/>
+      <c r="C348" s="241"/>
+      <c r="D348" s="241"/>
+      <c r="E348" s="241"/>
+      <c r="F348" s="241"/>
+      <c r="G348" s="241"/>
+      <c r="H348" s="241"/>
+      <c r="I348" s="241"/>
+      <c r="J348" s="4"/>
+      <c r="K348" s="102"/>
+      <c r="L348" s="186"/>
+      <c r="M348" s="187"/>
+      <c r="N348" s="187"/>
+      <c r="O348" s="187"/>
+      <c r="P348" s="187"/>
+      <c r="Q348" s="187"/>
+      <c r="R348" s="187"/>
+      <c r="S348" s="188"/>
+      <c r="T348" s="102"/>
+    </row>
+    <row r="349" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A349" s="4"/>
+      <c r="B349" s="4"/>
+      <c r="C349" s="4"/>
+      <c r="D349" s="4"/>
+      <c r="E349" s="4"/>
+      <c r="F349" s="4"/>
+      <c r="G349" s="4"/>
+      <c r="H349" s="4"/>
+      <c r="I349" s="4"/>
+      <c r="J349" s="4"/>
+      <c r="K349" s="102"/>
+      <c r="L349" s="186"/>
+      <c r="M349" s="187"/>
+      <c r="N349" s="187"/>
+      <c r="O349" s="187"/>
+      <c r="P349" s="187"/>
+      <c r="Q349" s="187"/>
+      <c r="R349" s="187"/>
+      <c r="S349" s="188"/>
+      <c r="T349" s="102"/>
+    </row>
+    <row r="350" spans="1:20" s="95" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="4"/>
+      <c r="B350" s="241" t="s">
         <v>578</v>
       </c>
-      <c r="C348" s="211"/>
-[...6 lines deleted...]
-      <c r="J348" s="16" t="str">
+      <c r="C350" s="241"/>
+      <c r="D350" s="241"/>
+      <c r="E350" s="241"/>
+      <c r="F350" s="241"/>
+      <c r="G350" s="241"/>
+      <c r="H350" s="241"/>
+      <c r="I350" s="241"/>
+      <c r="J350" s="16" t="str">
         <f>IF($U$13=TRUE,10,"")</f>
         <v/>
       </c>
-      <c r="K348" s="138"/>
-[...54 lines deleted...]
-    <row r="351" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K350" s="138"/>
+      <c r="L350" s="186"/>
+      <c r="M350" s="187"/>
+      <c r="N350" s="187"/>
+      <c r="O350" s="187"/>
+      <c r="P350" s="187"/>
+      <c r="Q350" s="187"/>
+      <c r="R350" s="187"/>
+      <c r="S350" s="188"/>
+      <c r="T350" s="138"/>
+    </row>
+    <row r="351" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A351" s="4"/>
-      <c r="B351" s="214" t="s">
+      <c r="B351" s="241"/>
+      <c r="C351" s="241"/>
+      <c r="D351" s="241"/>
+      <c r="E351" s="241"/>
+      <c r="F351" s="241"/>
+      <c r="G351" s="241"/>
+      <c r="H351" s="241"/>
+      <c r="I351" s="241"/>
+      <c r="J351" s="4"/>
+      <c r="K351" s="102"/>
+      <c r="L351" s="186"/>
+      <c r="M351" s="187"/>
+      <c r="N351" s="187"/>
+      <c r="O351" s="187"/>
+      <c r="P351" s="187"/>
+      <c r="Q351" s="187"/>
+      <c r="R351" s="187"/>
+      <c r="S351" s="188"/>
+      <c r="T351" s="102"/>
+    </row>
+    <row r="352" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="4"/>
+      <c r="B352" s="168"/>
+      <c r="C352" s="168"/>
+      <c r="D352" s="168"/>
+      <c r="E352" s="168"/>
+      <c r="F352" s="168"/>
+      <c r="G352" s="168"/>
+      <c r="H352" s="168"/>
+      <c r="I352" s="168"/>
+      <c r="J352" s="4"/>
+      <c r="K352" s="102"/>
+      <c r="L352" s="186"/>
+      <c r="M352" s="187"/>
+      <c r="N352" s="187"/>
+      <c r="O352" s="187"/>
+      <c r="P352" s="187"/>
+      <c r="Q352" s="187"/>
+      <c r="R352" s="187"/>
+      <c r="S352" s="188"/>
+      <c r="T352" s="102"/>
+    </row>
+    <row r="353" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="4"/>
+      <c r="B353" s="243" t="s">
         <v>586</v>
       </c>
-      <c r="C351" s="214"/>
-[...3 lines deleted...]
-      <c r="G351" s="270" t="s">
+      <c r="C353" s="243"/>
+      <c r="D353" s="243"/>
+      <c r="E353" s="243"/>
+      <c r="F353" s="243"/>
+      <c r="G353" s="379" t="s">
         <v>585</v>
       </c>
-      <c r="H351" s="270"/>
-[...1 lines deleted...]
-      <c r="J351" s="16" t="str">
+      <c r="H353" s="379"/>
+      <c r="I353" s="379"/>
+      <c r="J353" s="16" t="str">
         <f>IF($U$14=TRUE,10,"")</f>
         <v/>
       </c>
-      <c r="K351" s="102"/>
-[...12 lines deleted...]
-      <c r="B352" s="231" t="s">
+      <c r="K353" s="102"/>
+      <c r="L353" s="186"/>
+      <c r="M353" s="187"/>
+      <c r="N353" s="187"/>
+      <c r="O353" s="187"/>
+      <c r="P353" s="187"/>
+      <c r="Q353" s="187"/>
+      <c r="R353" s="187"/>
+      <c r="S353" s="188"/>
+      <c r="T353" s="102"/>
+    </row>
+    <row r="354" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A354" s="4"/>
+      <c r="B354" s="378" t="s">
         <v>584</v>
       </c>
-      <c r="C352" s="231"/>
-[...49 lines deleted...]
-      <c r="I354" s="231"/>
+      <c r="C354" s="378"/>
+      <c r="D354" s="378"/>
+      <c r="E354" s="378"/>
+      <c r="F354" s="378"/>
+      <c r="G354" s="378"/>
+      <c r="H354" s="378"/>
+      <c r="I354" s="378"/>
       <c r="J354" s="4"/>
       <c r="K354" s="102"/>
-      <c r="L354" s="183"/>
-[...6 lines deleted...]
-      <c r="S354" s="185"/>
+      <c r="L354" s="186"/>
+      <c r="M354" s="187"/>
+      <c r="N354" s="187"/>
+      <c r="O354" s="187"/>
+      <c r="P354" s="187"/>
+      <c r="Q354" s="187"/>
+      <c r="R354" s="187"/>
+      <c r="S354" s="188"/>
       <c r="T354" s="102"/>
     </row>
     <row r="355" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A355" s="4"/>
-      <c r="B355" s="231"/>
-[...6 lines deleted...]
-      <c r="I355" s="231"/>
+      <c r="B355" s="378"/>
+      <c r="C355" s="378"/>
+      <c r="D355" s="378"/>
+      <c r="E355" s="378"/>
+      <c r="F355" s="378"/>
+      <c r="G355" s="378"/>
+      <c r="H355" s="378"/>
+      <c r="I355" s="378"/>
       <c r="J355" s="4"/>
       <c r="K355" s="102"/>
-      <c r="L355" s="183"/>
-[...6 lines deleted...]
-      <c r="S355" s="185"/>
+      <c r="L355" s="186"/>
+      <c r="M355" s="187"/>
+      <c r="N355" s="187"/>
+      <c r="O355" s="187"/>
+      <c r="P355" s="187"/>
+      <c r="Q355" s="187"/>
+      <c r="R355" s="187"/>
+      <c r="S355" s="188"/>
       <c r="T355" s="102"/>
     </row>
     <row r="356" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A356" s="4"/>
-      <c r="B356" s="269" t="s">
-[...8 lines deleted...]
-      <c r="I356" s="168"/>
+      <c r="B356" s="378"/>
+      <c r="C356" s="378"/>
+      <c r="D356" s="378"/>
+      <c r="E356" s="378"/>
+      <c r="F356" s="378"/>
+      <c r="G356" s="378"/>
+      <c r="H356" s="378"/>
+      <c r="I356" s="378"/>
       <c r="J356" s="4"/>
       <c r="K356" s="102"/>
-      <c r="L356" s="183"/>
-[...6 lines deleted...]
-      <c r="S356" s="185"/>
+      <c r="L356" s="186"/>
+      <c r="M356" s="187"/>
+      <c r="N356" s="187"/>
+      <c r="O356" s="187"/>
+      <c r="P356" s="187"/>
+      <c r="Q356" s="187"/>
+      <c r="R356" s="187"/>
+      <c r="S356" s="188"/>
       <c r="T356" s="102"/>
     </row>
     <row r="357" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A357" s="4"/>
-      <c r="B357" s="4"/>
-[...6 lines deleted...]
-      <c r="I357" s="4"/>
+      <c r="B357" s="378"/>
+      <c r="C357" s="378"/>
+      <c r="D357" s="378"/>
+      <c r="E357" s="378"/>
+      <c r="F357" s="378"/>
+      <c r="G357" s="378"/>
+      <c r="H357" s="378"/>
+      <c r="I357" s="378"/>
       <c r="J357" s="4"/>
       <c r="K357" s="102"/>
-      <c r="L357" s="183"/>
-[...6 lines deleted...]
-      <c r="S357" s="185"/>
+      <c r="L357" s="186"/>
+      <c r="M357" s="187"/>
+      <c r="N357" s="187"/>
+      <c r="O357" s="187"/>
+      <c r="P357" s="187"/>
+      <c r="Q357" s="187"/>
+      <c r="R357" s="187"/>
+      <c r="S357" s="188"/>
       <c r="T357" s="102"/>
     </row>
-    <row r="358" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="358" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A358" s="4"/>
-      <c r="B358" s="210" t="s">
-[...13 lines deleted...]
-      <c r="K358" s="138"/>
+      <c r="B358" s="377" t="s">
+        <v>581</v>
+      </c>
+      <c r="C358" s="377"/>
+      <c r="D358" s="377"/>
+      <c r="E358" s="377"/>
+      <c r="F358" s="377"/>
+      <c r="G358" s="377"/>
+      <c r="H358" s="168"/>
+      <c r="I358" s="168"/>
+      <c r="J358" s="4"/>
+      <c r="K358" s="102"/>
       <c r="L358" s="186"/>
       <c r="M358" s="187"/>
       <c r="N358" s="187"/>
       <c r="O358" s="187"/>
       <c r="P358" s="187"/>
       <c r="Q358" s="187"/>
       <c r="R358" s="187"/>
       <c r="S358" s="188"/>
-      <c r="T358" s="138"/>
+      <c r="T358" s="102"/>
     </row>
     <row r="359" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A359" s="4"/>
       <c r="B359" s="4"/>
       <c r="C359" s="4"/>
       <c r="D359" s="4"/>
       <c r="E359" s="4"/>
       <c r="F359" s="4"/>
       <c r="G359" s="4"/>
       <c r="H359" s="4"/>
       <c r="I359" s="4"/>
       <c r="J359" s="4"/>
       <c r="K359" s="102"/>
-      <c r="L359" s="102"/>
-[...6 lines deleted...]
-      <c r="S359" s="102"/>
+      <c r="L359" s="186"/>
+      <c r="M359" s="187"/>
+      <c r="N359" s="187"/>
+      <c r="O359" s="187"/>
+      <c r="P359" s="187"/>
+      <c r="Q359" s="187"/>
+      <c r="R359" s="187"/>
+      <c r="S359" s="188"/>
       <c r="T359" s="102"/>
     </row>
-    <row r="360" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="360" spans="1:20" s="95" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="4"/>
-      <c r="B360" s="4"/>
-[...4 lines deleted...]
-      <c r="G360" s="4"/>
+      <c r="B360" s="292" t="s">
+        <v>490</v>
+      </c>
+      <c r="C360" s="292"/>
+      <c r="D360" s="292"/>
+      <c r="E360" s="292"/>
+      <c r="F360" s="292"/>
+      <c r="G360" s="292"/>
       <c r="H360" s="4"/>
       <c r="I360" s="4"/>
-      <c r="J360" s="4"/>
-[...11 lines deleted...]
-    <row r="361" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J360" s="16" t="str">
+        <f>IF($U$15=TRUE,10,"")</f>
+        <v/>
+      </c>
+      <c r="K360" s="138"/>
+      <c r="L360" s="189"/>
+      <c r="M360" s="190"/>
+      <c r="N360" s="190"/>
+      <c r="O360" s="190"/>
+      <c r="P360" s="190"/>
+      <c r="Q360" s="190"/>
+      <c r="R360" s="190"/>
+      <c r="S360" s="191"/>
+      <c r="T360" s="138"/>
+    </row>
+    <row r="361" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A361" s="4"/>
-      <c r="B361" s="221" t="s">
+      <c r="B361" s="4"/>
+      <c r="C361" s="4"/>
+      <c r="D361" s="4"/>
+      <c r="E361" s="4"/>
+      <c r="F361" s="4"/>
+      <c r="G361" s="4"/>
+      <c r="H361" s="4"/>
+      <c r="I361" s="4"/>
+      <c r="J361" s="4"/>
+      <c r="K361" s="102"/>
+      <c r="L361" s="102"/>
+      <c r="M361" s="102"/>
+      <c r="N361" s="102"/>
+      <c r="O361" s="102"/>
+      <c r="P361" s="102"/>
+      <c r="Q361" s="102"/>
+      <c r="R361" s="102"/>
+      <c r="S361" s="102"/>
+      <c r="T361" s="102"/>
+    </row>
+    <row r="362" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="4"/>
+      <c r="B362" s="4"/>
+      <c r="C362" s="4"/>
+      <c r="D362" s="4"/>
+      <c r="E362" s="4"/>
+      <c r="F362" s="4"/>
+      <c r="G362" s="4"/>
+      <c r="H362" s="4"/>
+      <c r="I362" s="4"/>
+      <c r="J362" s="4"/>
+      <c r="K362" s="102"/>
+      <c r="L362" s="102"/>
+      <c r="M362" s="102"/>
+      <c r="N362" s="102"/>
+      <c r="O362" s="102"/>
+      <c r="P362" s="102"/>
+      <c r="Q362" s="102"/>
+      <c r="R362" s="102"/>
+      <c r="S362" s="102"/>
+      <c r="T362" s="102"/>
+    </row>
+    <row r="363" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="4"/>
+      <c r="B363" s="240" t="s">
         <v>510</v>
       </c>
-      <c r="C361" s="221"/>
-[...6 lines deleted...]
-      <c r="J361" s="16" t="str">
+      <c r="C363" s="240"/>
+      <c r="D363" s="240"/>
+      <c r="E363" s="240"/>
+      <c r="F363" s="240"/>
+      <c r="G363" s="240"/>
+      <c r="H363" s="240"/>
+      <c r="I363" s="240"/>
+      <c r="J363" s="16" t="str">
         <f>IF($U$16=TRUE,10,"")</f>
         <v/>
       </c>
-      <c r="K361" s="138"/>
-[...52 lines deleted...]
-      <c r="T363" s="102"/>
+      <c r="K363" s="138"/>
+      <c r="L363" s="192"/>
+      <c r="M363" s="193"/>
+      <c r="N363" s="193"/>
+      <c r="O363" s="193"/>
+      <c r="P363" s="193"/>
+      <c r="Q363" s="193"/>
+      <c r="R363" s="193"/>
+      <c r="S363" s="194"/>
+      <c r="T363" s="138"/>
     </row>
     <row r="364" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A364" s="4"/>
-      <c r="B364" s="221"/>
-[...6 lines deleted...]
-      <c r="I364" s="221"/>
+      <c r="B364" s="240"/>
+      <c r="C364" s="240"/>
+      <c r="D364" s="240"/>
+      <c r="E364" s="240"/>
+      <c r="F364" s="240"/>
+      <c r="G364" s="240"/>
+      <c r="H364" s="240"/>
+      <c r="I364" s="240"/>
       <c r="J364" s="4"/>
       <c r="K364" s="102"/>
-      <c r="L364" s="369"/>
-[...6 lines deleted...]
-      <c r="S364" s="371"/>
+      <c r="L364" s="195"/>
+      <c r="M364" s="196"/>
+      <c r="N364" s="196"/>
+      <c r="O364" s="196"/>
+      <c r="P364" s="196"/>
+      <c r="Q364" s="196"/>
+      <c r="R364" s="196"/>
+      <c r="S364" s="197"/>
       <c r="T364" s="102"/>
     </row>
     <row r="365" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A365" s="4"/>
-      <c r="B365" s="221"/>
-[...6 lines deleted...]
-      <c r="I365" s="221"/>
+      <c r="B365" s="240"/>
+      <c r="C365" s="240"/>
+      <c r="D365" s="240"/>
+      <c r="E365" s="240"/>
+      <c r="F365" s="240"/>
+      <c r="G365" s="240"/>
+      <c r="H365" s="240"/>
+      <c r="I365" s="240"/>
       <c r="J365" s="4"/>
       <c r="K365" s="102"/>
-      <c r="L365" s="369"/>
-[...6 lines deleted...]
-      <c r="S365" s="371"/>
+      <c r="L365" s="195"/>
+      <c r="M365" s="196"/>
+      <c r="N365" s="196"/>
+      <c r="O365" s="196"/>
+      <c r="P365" s="196"/>
+      <c r="Q365" s="196"/>
+      <c r="R365" s="196"/>
+      <c r="S365" s="197"/>
       <c r="T365" s="102"/>
     </row>
     <row r="366" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A366" s="4"/>
-      <c r="B366" s="221"/>
-[...6 lines deleted...]
-      <c r="I366" s="221"/>
+      <c r="B366" s="240"/>
+      <c r="C366" s="240"/>
+      <c r="D366" s="240"/>
+      <c r="E366" s="240"/>
+      <c r="F366" s="240"/>
+      <c r="G366" s="240"/>
+      <c r="H366" s="240"/>
+      <c r="I366" s="240"/>
       <c r="J366" s="4"/>
       <c r="K366" s="102"/>
-      <c r="L366" s="369"/>
-[...6 lines deleted...]
-      <c r="S366" s="371"/>
+      <c r="L366" s="195"/>
+      <c r="M366" s="196"/>
+      <c r="N366" s="196"/>
+      <c r="O366" s="196"/>
+      <c r="P366" s="196"/>
+      <c r="Q366" s="196"/>
+      <c r="R366" s="196"/>
+      <c r="S366" s="197"/>
       <c r="T366" s="102"/>
     </row>
     <row r="367" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A367" s="4"/>
-      <c r="B367" s="221"/>
-[...6 lines deleted...]
-      <c r="I367" s="221"/>
+      <c r="B367" s="240"/>
+      <c r="C367" s="240"/>
+      <c r="D367" s="240"/>
+      <c r="E367" s="240"/>
+      <c r="F367" s="240"/>
+      <c r="G367" s="240"/>
+      <c r="H367" s="240"/>
+      <c r="I367" s="240"/>
       <c r="J367" s="4"/>
       <c r="K367" s="102"/>
-      <c r="L367" s="369"/>
-[...6 lines deleted...]
-      <c r="S367" s="371"/>
+      <c r="L367" s="195"/>
+      <c r="M367" s="196"/>
+      <c r="N367" s="196"/>
+      <c r="O367" s="196"/>
+      <c r="P367" s="196"/>
+      <c r="Q367" s="196"/>
+      <c r="R367" s="196"/>
+      <c r="S367" s="197"/>
       <c r="T367" s="102"/>
     </row>
     <row r="368" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A368" s="4"/>
-      <c r="B368" s="221"/>
-[...6 lines deleted...]
-      <c r="I368" s="221"/>
+      <c r="B368" s="240"/>
+      <c r="C368" s="240"/>
+      <c r="D368" s="240"/>
+      <c r="E368" s="240"/>
+      <c r="F368" s="240"/>
+      <c r="G368" s="240"/>
+      <c r="H368" s="240"/>
+      <c r="I368" s="240"/>
       <c r="J368" s="4"/>
       <c r="K368" s="102"/>
-      <c r="L368" s="369"/>
-[...6 lines deleted...]
-      <c r="S368" s="371"/>
+      <c r="L368" s="195"/>
+      <c r="M368" s="196"/>
+      <c r="N368" s="196"/>
+      <c r="O368" s="196"/>
+      <c r="P368" s="196"/>
+      <c r="Q368" s="196"/>
+      <c r="R368" s="196"/>
+      <c r="S368" s="197"/>
       <c r="T368" s="102"/>
     </row>
     <row r="369" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A369" s="4"/>
-      <c r="B369" s="3"/>
-[...6 lines deleted...]
-      <c r="I369" s="3"/>
+      <c r="B369" s="240"/>
+      <c r="C369" s="240"/>
+      <c r="D369" s="240"/>
+      <c r="E369" s="240"/>
+      <c r="F369" s="240"/>
+      <c r="G369" s="240"/>
+      <c r="H369" s="240"/>
+      <c r="I369" s="240"/>
       <c r="J369" s="4"/>
       <c r="K369" s="102"/>
-      <c r="L369" s="369"/>
-[...6 lines deleted...]
-      <c r="S369" s="371"/>
+      <c r="L369" s="195"/>
+      <c r="M369" s="196"/>
+      <c r="N369" s="196"/>
+      <c r="O369" s="196"/>
+      <c r="P369" s="196"/>
+      <c r="Q369" s="196"/>
+      <c r="R369" s="196"/>
+      <c r="S369" s="197"/>
       <c r="T369" s="102"/>
     </row>
-    <row r="370" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A370" s="325" t="s">
+    <row r="370" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="4"/>
+      <c r="B370" s="240"/>
+      <c r="C370" s="240"/>
+      <c r="D370" s="240"/>
+      <c r="E370" s="240"/>
+      <c r="F370" s="240"/>
+      <c r="G370" s="240"/>
+      <c r="H370" s="240"/>
+      <c r="I370" s="240"/>
+      <c r="J370" s="4"/>
+      <c r="K370" s="102"/>
+      <c r="L370" s="195"/>
+      <c r="M370" s="196"/>
+      <c r="N370" s="196"/>
+      <c r="O370" s="196"/>
+      <c r="P370" s="196"/>
+      <c r="Q370" s="196"/>
+      <c r="R370" s="196"/>
+      <c r="S370" s="197"/>
+      <c r="T370" s="102"/>
+    </row>
+    <row r="371" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="4"/>
+      <c r="B371" s="3"/>
+      <c r="C371" s="3"/>
+      <c r="D371" s="3"/>
+      <c r="E371" s="3"/>
+      <c r="F371" s="3"/>
+      <c r="G371" s="3"/>
+      <c r="H371" s="3"/>
+      <c r="I371" s="3"/>
+      <c r="J371" s="4"/>
+      <c r="K371" s="102"/>
+      <c r="L371" s="195"/>
+      <c r="M371" s="196"/>
+      <c r="N371" s="196"/>
+      <c r="O371" s="196"/>
+      <c r="P371" s="196"/>
+      <c r="Q371" s="196"/>
+      <c r="R371" s="196"/>
+      <c r="S371" s="197"/>
+      <c r="T371" s="102"/>
+    </row>
+    <row r="372" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="291" t="s">
         <v>541</v>
       </c>
-      <c r="B370" s="325"/>
-[...43 lines deleted...]
-      <c r="B372" s="214" t="s">
+      <c r="B372" s="291"/>
+      <c r="C372" s="291"/>
+      <c r="D372" s="291"/>
+      <c r="E372" s="291"/>
+      <c r="F372" s="291"/>
+      <c r="G372" s="291"/>
+      <c r="H372" s="291"/>
+      <c r="I372" s="291"/>
+      <c r="J372" s="291"/>
+      <c r="K372" s="139"/>
+      <c r="L372" s="195"/>
+      <c r="M372" s="196"/>
+      <c r="N372" s="196"/>
+      <c r="O372" s="196"/>
+      <c r="P372" s="196"/>
+      <c r="Q372" s="196"/>
+      <c r="R372" s="196"/>
+      <c r="S372" s="197"/>
+      <c r="T372" s="139"/>
+    </row>
+    <row r="373" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="65"/>
+      <c r="B373" s="65"/>
+      <c r="C373" s="65"/>
+      <c r="D373" s="65"/>
+      <c r="E373" s="65"/>
+      <c r="F373" s="65"/>
+      <c r="G373" s="65"/>
+      <c r="H373" s="65"/>
+      <c r="I373" s="65"/>
+      <c r="J373" s="65"/>
+      <c r="K373" s="139"/>
+      <c r="L373" s="195"/>
+      <c r="M373" s="196"/>
+      <c r="N373" s="196"/>
+      <c r="O373" s="196"/>
+      <c r="P373" s="196"/>
+      <c r="Q373" s="196"/>
+      <c r="R373" s="196"/>
+      <c r="S373" s="197"/>
+      <c r="T373" s="139"/>
+    </row>
+    <row r="374" spans="1:20" s="95" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A374" s="4"/>
+      <c r="B374" s="243" t="s">
         <v>491</v>
       </c>
-      <c r="C372" s="214"/>
-[...6 lines deleted...]
-      <c r="J372" s="16" t="str">
+      <c r="C374" s="243"/>
+      <c r="D374" s="243"/>
+      <c r="E374" s="243"/>
+      <c r="F374" s="243"/>
+      <c r="G374" s="243"/>
+      <c r="H374" s="243"/>
+      <c r="I374" s="4"/>
+      <c r="J374" s="16" t="str">
         <f>IF($U$18=TRUE,10,"")</f>
         <v/>
       </c>
-      <c r="K372" s="138"/>
-[...34 lines deleted...]
-      <c r="B374" s="221" t="s">
+      <c r="K374" s="138"/>
+      <c r="L374" s="195"/>
+      <c r="M374" s="196"/>
+      <c r="N374" s="196"/>
+      <c r="O374" s="196"/>
+      <c r="P374" s="196"/>
+      <c r="Q374" s="196"/>
+      <c r="R374" s="196"/>
+      <c r="S374" s="197"/>
+      <c r="T374" s="138"/>
+    </row>
+    <row r="375" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="4"/>
+      <c r="B375" s="4"/>
+      <c r="C375" s="4"/>
+      <c r="D375" s="4"/>
+      <c r="E375" s="4"/>
+      <c r="F375" s="4"/>
+      <c r="G375" s="4"/>
+      <c r="H375" s="4"/>
+      <c r="I375" s="4"/>
+      <c r="J375" s="4"/>
+      <c r="K375" s="102"/>
+      <c r="L375" s="195"/>
+      <c r="M375" s="196"/>
+      <c r="N375" s="196"/>
+      <c r="O375" s="196"/>
+      <c r="P375" s="196"/>
+      <c r="Q375" s="196"/>
+      <c r="R375" s="196"/>
+      <c r="S375" s="197"/>
+      <c r="T375" s="102"/>
+    </row>
+    <row r="376" spans="1:20" s="95" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="4"/>
+      <c r="B376" s="240" t="s">
         <v>514</v>
       </c>
-      <c r="C374" s="221"/>
-[...6 lines deleted...]
-      <c r="J374" s="16" t="str">
+      <c r="C376" s="240"/>
+      <c r="D376" s="240"/>
+      <c r="E376" s="240"/>
+      <c r="F376" s="240"/>
+      <c r="G376" s="240"/>
+      <c r="H376" s="240"/>
+      <c r="I376" s="240"/>
+      <c r="J376" s="16" t="str">
         <f>IF($U$19=TRUE,10,"")</f>
         <v/>
       </c>
-      <c r="K374" s="138"/>
-[...55 lines deleted...]
-      <c r="A377" s="325" t="s">
+      <c r="K376" s="138"/>
+      <c r="L376" s="195"/>
+      <c r="M376" s="196"/>
+      <c r="N376" s="196"/>
+      <c r="O376" s="196"/>
+      <c r="P376" s="196"/>
+      <c r="Q376" s="196"/>
+      <c r="R376" s="196"/>
+      <c r="S376" s="197"/>
+      <c r="T376" s="138"/>
+    </row>
+    <row r="377" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="4"/>
+      <c r="B377" s="240"/>
+      <c r="C377" s="240"/>
+      <c r="D377" s="240"/>
+      <c r="E377" s="240"/>
+      <c r="F377" s="240"/>
+      <c r="G377" s="240"/>
+      <c r="H377" s="240"/>
+      <c r="I377" s="240"/>
+      <c r="J377" s="4"/>
+      <c r="K377" s="102"/>
+      <c r="L377" s="195"/>
+      <c r="M377" s="196"/>
+      <c r="N377" s="196"/>
+      <c r="O377" s="196"/>
+      <c r="P377" s="196"/>
+      <c r="Q377" s="196"/>
+      <c r="R377" s="196"/>
+      <c r="S377" s="197"/>
+      <c r="T377" s="102"/>
+    </row>
+    <row r="378" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A378" s="4"/>
+      <c r="B378" s="66"/>
+      <c r="C378" s="66"/>
+      <c r="D378" s="66"/>
+      <c r="E378" s="66"/>
+      <c r="F378" s="66"/>
+      <c r="G378" s="66"/>
+      <c r="H378" s="66"/>
+      <c r="I378" s="66"/>
+      <c r="J378" s="4"/>
+      <c r="K378" s="102"/>
+      <c r="L378" s="195"/>
+      <c r="M378" s="196"/>
+      <c r="N378" s="196"/>
+      <c r="O378" s="196"/>
+      <c r="P378" s="196"/>
+      <c r="Q378" s="196"/>
+      <c r="R378" s="196"/>
+      <c r="S378" s="197"/>
+      <c r="T378" s="102"/>
+    </row>
+    <row r="379" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A379" s="291" t="s">
         <v>542</v>
       </c>
-      <c r="B377" s="325"/>
-[...43 lines deleted...]
-      <c r="B379" s="214" t="s">
+      <c r="B379" s="291"/>
+      <c r="C379" s="291"/>
+      <c r="D379" s="291"/>
+      <c r="E379" s="291"/>
+      <c r="F379" s="291"/>
+      <c r="G379" s="291"/>
+      <c r="H379" s="291"/>
+      <c r="I379" s="291"/>
+      <c r="J379" s="291"/>
+      <c r="K379" s="139"/>
+      <c r="L379" s="195"/>
+      <c r="M379" s="196"/>
+      <c r="N379" s="196"/>
+      <c r="O379" s="196"/>
+      <c r="P379" s="196"/>
+      <c r="Q379" s="196"/>
+      <c r="R379" s="196"/>
+      <c r="S379" s="197"/>
+      <c r="T379" s="139"/>
+    </row>
+    <row r="380" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="65"/>
+      <c r="B380" s="65"/>
+      <c r="C380" s="65"/>
+      <c r="D380" s="65"/>
+      <c r="E380" s="65"/>
+      <c r="F380" s="65"/>
+      <c r="G380" s="65"/>
+      <c r="H380" s="65"/>
+      <c r="I380" s="65"/>
+      <c r="J380" s="65"/>
+      <c r="K380" s="139"/>
+      <c r="L380" s="195"/>
+      <c r="M380" s="196"/>
+      <c r="N380" s="196"/>
+      <c r="O380" s="196"/>
+      <c r="P380" s="196"/>
+      <c r="Q380" s="196"/>
+      <c r="R380" s="196"/>
+      <c r="S380" s="197"/>
+      <c r="T380" s="139"/>
+    </row>
+    <row r="381" spans="1:20" s="95" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="4"/>
+      <c r="B381" s="243" t="s">
         <v>491</v>
       </c>
-      <c r="C379" s="214"/>
-[...53 lines deleted...]
-      <c r="H381" s="4"/>
+      <c r="C381" s="243"/>
+      <c r="D381" s="243"/>
+      <c r="E381" s="243"/>
+      <c r="F381" s="243"/>
+      <c r="G381" s="243"/>
+      <c r="H381" s="243"/>
       <c r="I381" s="4"/>
       <c r="J381" s="16" t="str">
         <f>IF($U$23=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K381" s="138"/>
-      <c r="L381" s="369"/>
-[...6 lines deleted...]
-      <c r="S381" s="371"/>
+      <c r="L381" s="195"/>
+      <c r="M381" s="196"/>
+      <c r="N381" s="196"/>
+      <c r="O381" s="196"/>
+      <c r="P381" s="196"/>
+      <c r="Q381" s="196"/>
+      <c r="R381" s="196"/>
+      <c r="S381" s="197"/>
       <c r="T381" s="138"/>
     </row>
     <row r="382" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A382" s="4"/>
-      <c r="B382" s="221"/>
-[...3 lines deleted...]
-      <c r="F382" s="221"/>
+      <c r="B382" s="4"/>
+      <c r="C382" s="4"/>
+      <c r="D382" s="4"/>
+      <c r="E382" s="4"/>
+      <c r="F382" s="4"/>
       <c r="G382" s="4"/>
       <c r="H382" s="4"/>
       <c r="I382" s="4"/>
       <c r="J382" s="4"/>
       <c r="K382" s="102"/>
-      <c r="L382" s="369"/>
-[...6 lines deleted...]
-      <c r="S382" s="371"/>
+      <c r="L382" s="195"/>
+      <c r="M382" s="196"/>
+      <c r="N382" s="196"/>
+      <c r="O382" s="196"/>
+      <c r="P382" s="196"/>
+      <c r="Q382" s="196"/>
+      <c r="R382" s="196"/>
+      <c r="S382" s="197"/>
       <c r="T382" s="102"/>
     </row>
-    <row r="383" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="383" spans="1:20" s="95" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="4"/>
-      <c r="B383" s="67"/>
-[...3 lines deleted...]
-      <c r="F383" s="67"/>
+      <c r="B383" s="240" t="s">
+        <v>492</v>
+      </c>
+      <c r="C383" s="240"/>
+      <c r="D383" s="240"/>
+      <c r="E383" s="240"/>
+      <c r="F383" s="240"/>
       <c r="G383" s="4"/>
       <c r="H383" s="4"/>
       <c r="I383" s="4"/>
-      <c r="J383" s="4"/>
-[...11 lines deleted...]
-    <row r="384" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J383" s="16" t="str">
+        <f>IF($U$24=TRUE,10,"")</f>
+        <v/>
+      </c>
+      <c r="K383" s="138"/>
+      <c r="L383" s="195"/>
+      <c r="M383" s="196"/>
+      <c r="N383" s="196"/>
+      <c r="O383" s="196"/>
+      <c r="P383" s="196"/>
+      <c r="Q383" s="196"/>
+      <c r="R383" s="196"/>
+      <c r="S383" s="197"/>
+      <c r="T383" s="138"/>
+    </row>
+    <row r="384" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A384" s="4"/>
-      <c r="B384" s="221" t="s">
-[...5 lines deleted...]
-      <c r="F384" s="221"/>
+      <c r="B384" s="240"/>
+      <c r="C384" s="240"/>
+      <c r="D384" s="240"/>
+      <c r="E384" s="240"/>
+      <c r="F384" s="240"/>
       <c r="G384" s="4"/>
       <c r="H384" s="4"/>
       <c r="I384" s="4"/>
-      <c r="J384" s="16" t="str">
-[...12 lines deleted...]
-      <c r="T384" s="138"/>
+      <c r="J384" s="4"/>
+      <c r="K384" s="102"/>
+      <c r="L384" s="195"/>
+      <c r="M384" s="196"/>
+      <c r="N384" s="196"/>
+      <c r="O384" s="196"/>
+      <c r="P384" s="196"/>
+      <c r="Q384" s="196"/>
+      <c r="R384" s="196"/>
+      <c r="S384" s="197"/>
+      <c r="T384" s="102"/>
     </row>
     <row r="385" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A385" s="4"/>
-      <c r="B385" s="221"/>
-[...3 lines deleted...]
-      <c r="F385" s="221"/>
+      <c r="B385" s="67"/>
+      <c r="C385" s="67"/>
+      <c r="D385" s="67"/>
+      <c r="E385" s="67"/>
+      <c r="F385" s="67"/>
       <c r="G385" s="4"/>
       <c r="H385" s="4"/>
       <c r="I385" s="4"/>
       <c r="J385" s="4"/>
       <c r="K385" s="102"/>
-      <c r="L385" s="369"/>
-[...6 lines deleted...]
-      <c r="S385" s="371"/>
+      <c r="L385" s="195"/>
+      <c r="M385" s="196"/>
+      <c r="N385" s="196"/>
+      <c r="O385" s="196"/>
+      <c r="P385" s="196"/>
+      <c r="Q385" s="196"/>
+      <c r="R385" s="196"/>
+      <c r="S385" s="197"/>
       <c r="T385" s="102"/>
     </row>
-    <row r="386" spans="1:20" s="95" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-        <f>IF($U$25=TRUE,10,"")</f>
+    <row r="386" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="4"/>
+      <c r="B386" s="240" t="s">
+        <v>501</v>
+      </c>
+      <c r="C386" s="240"/>
+      <c r="D386" s="240"/>
+      <c r="E386" s="240"/>
+      <c r="F386" s="240"/>
+      <c r="G386" s="4"/>
+      <c r="H386" s="4"/>
+      <c r="I386" s="4"/>
+      <c r="J386" s="16" t="str">
+        <f>IF($U$26=TRUE,10,"")</f>
         <v/>
       </c>
+      <c r="K386" s="138"/>
+      <c r="L386" s="195"/>
+      <c r="M386" s="196"/>
+      <c r="N386" s="196"/>
+      <c r="O386" s="196"/>
+      <c r="P386" s="196"/>
+      <c r="Q386" s="196"/>
+      <c r="R386" s="196"/>
+      <c r="S386" s="197"/>
+      <c r="T386" s="138"/>
+    </row>
+    <row r="387" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A387" s="4"/>
+      <c r="B387" s="240"/>
+      <c r="C387" s="240"/>
+      <c r="D387" s="240"/>
+      <c r="E387" s="240"/>
+      <c r="F387" s="240"/>
+      <c r="G387" s="4"/>
+      <c r="H387" s="4"/>
+      <c r="I387" s="4"/>
+      <c r="J387" s="4"/>
       <c r="K387" s="102"/>
-      <c r="L387" s="369"/>
-[...6 lines deleted...]
-      <c r="S387" s="371"/>
+      <c r="L387" s="195"/>
+      <c r="M387" s="196"/>
+      <c r="N387" s="196"/>
+      <c r="O387" s="196"/>
+      <c r="P387" s="196"/>
+      <c r="Q387" s="196"/>
+      <c r="R387" s="196"/>
+      <c r="S387" s="197"/>
       <c r="T387" s="102"/>
     </row>
-    <row r="388" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="388" spans="1:20" s="95" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A388" s="155"/>
-      <c r="B388" s="221"/>
-[...6 lines deleted...]
-      <c r="I388" s="221"/>
+      <c r="B388" s="154"/>
+      <c r="C388" s="154"/>
+      <c r="D388" s="154"/>
+      <c r="E388" s="154"/>
+      <c r="F388" s="154"/>
+      <c r="G388" s="155"/>
+      <c r="H388" s="155"/>
+      <c r="I388" s="155"/>
       <c r="J388" s="155"/>
       <c r="K388" s="102"/>
-      <c r="L388" s="369"/>
-[...6 lines deleted...]
-      <c r="S388" s="371"/>
+      <c r="L388" s="195"/>
+      <c r="M388" s="196"/>
+      <c r="N388" s="196"/>
+      <c r="O388" s="196"/>
+      <c r="P388" s="196"/>
+      <c r="Q388" s="196"/>
+      <c r="R388" s="196"/>
+      <c r="S388" s="197"/>
       <c r="T388" s="102"/>
     </row>
-    <row r="389" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="389" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A389" s="155"/>
-      <c r="B389" s="154"/>
-[...7 lines deleted...]
-      <c r="J389" s="155"/>
+      <c r="B389" s="240" t="s">
+        <v>549</v>
+      </c>
+      <c r="C389" s="240"/>
+      <c r="D389" s="240"/>
+      <c r="E389" s="240"/>
+      <c r="F389" s="240"/>
+      <c r="G389" s="240"/>
+      <c r="H389" s="240"/>
+      <c r="I389" s="240"/>
+      <c r="J389" s="160" t="str">
+        <f>IF($U$27=TRUE,10,"")</f>
+        <v/>
+      </c>
       <c r="K389" s="102"/>
-      <c r="L389" s="369"/>
-[...6 lines deleted...]
-      <c r="S389" s="371"/>
+      <c r="L389" s="195"/>
+      <c r="M389" s="196"/>
+      <c r="N389" s="196"/>
+      <c r="O389" s="196"/>
+      <c r="P389" s="196"/>
+      <c r="Q389" s="196"/>
+      <c r="R389" s="196"/>
+      <c r="S389" s="197"/>
       <c r="T389" s="102"/>
     </row>
-    <row r="390" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
+    <row r="390" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A390" s="155"/>
-      <c r="B390" s="221" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="B390" s="240"/>
+      <c r="C390" s="240"/>
+      <c r="D390" s="240"/>
+      <c r="E390" s="240"/>
+      <c r="F390" s="240"/>
+      <c r="G390" s="240"/>
+      <c r="H390" s="240"/>
+      <c r="I390" s="240"/>
+      <c r="J390" s="155"/>
       <c r="K390" s="102"/>
-      <c r="L390" s="369"/>
-[...6 lines deleted...]
-      <c r="S390" s="371"/>
+      <c r="L390" s="195"/>
+      <c r="M390" s="196"/>
+      <c r="N390" s="196"/>
+      <c r="O390" s="196"/>
+      <c r="P390" s="196"/>
+      <c r="Q390" s="196"/>
+      <c r="R390" s="196"/>
+      <c r="S390" s="197"/>
       <c r="T390" s="102"/>
     </row>
     <row r="391" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A391" s="155"/>
-      <c r="B391" s="221"/>
-[...5 lines deleted...]
-      <c r="H391" s="221"/>
+      <c r="B391" s="154"/>
+      <c r="C391" s="154"/>
+      <c r="D391" s="154"/>
+      <c r="E391" s="154"/>
+      <c r="F391" s="154"/>
+      <c r="G391" s="155"/>
+      <c r="H391" s="155"/>
       <c r="I391" s="155"/>
       <c r="J391" s="155"/>
       <c r="K391" s="102"/>
-      <c r="L391" s="369"/>
-[...6 lines deleted...]
-      <c r="S391" s="371"/>
+      <c r="L391" s="195"/>
+      <c r="M391" s="196"/>
+      <c r="N391" s="196"/>
+      <c r="O391" s="196"/>
+      <c r="P391" s="196"/>
+      <c r="Q391" s="196"/>
+      <c r="R391" s="196"/>
+      <c r="S391" s="197"/>
       <c r="T391" s="102"/>
     </row>
-    <row r="392" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="392" spans="1:20" s="95" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A392" s="155"/>
-      <c r="B392" s="154"/>
-[...5 lines deleted...]
-      <c r="H392" s="155"/>
+      <c r="B392" s="240" t="s">
+        <v>550</v>
+      </c>
+      <c r="C392" s="240"/>
+      <c r="D392" s="240"/>
+      <c r="E392" s="240"/>
+      <c r="F392" s="240"/>
+      <c r="G392" s="240"/>
+      <c r="H392" s="240"/>
       <c r="I392" s="155"/>
-      <c r="J392" s="155"/>
+      <c r="J392" s="160" t="str">
+        <f>IF($U$28=TRUE,10,"")</f>
+        <v/>
+      </c>
       <c r="K392" s="102"/>
-      <c r="L392" s="369"/>
-[...6 lines deleted...]
-      <c r="S392" s="371"/>
+      <c r="L392" s="195"/>
+      <c r="M392" s="196"/>
+      <c r="N392" s="196"/>
+      <c r="O392" s="196"/>
+      <c r="P392" s="196"/>
+      <c r="Q392" s="196"/>
+      <c r="R392" s="196"/>
+      <c r="S392" s="197"/>
       <c r="T392" s="102"/>
     </row>
     <row r="393" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A393" s="155"/>
-      <c r="B393" s="158"/>
-[...5 lines deleted...]
-      <c r="H393" s="155"/>
+      <c r="B393" s="240"/>
+      <c r="C393" s="240"/>
+      <c r="D393" s="240"/>
+      <c r="E393" s="240"/>
+      <c r="F393" s="240"/>
+      <c r="G393" s="240"/>
+      <c r="H393" s="240"/>
       <c r="I393" s="155"/>
       <c r="J393" s="155"/>
       <c r="K393" s="102"/>
-      <c r="L393" s="372"/>
-[...6 lines deleted...]
-      <c r="S393" s="374"/>
+      <c r="L393" s="195"/>
+      <c r="M393" s="196"/>
+      <c r="N393" s="196"/>
+      <c r="O393" s="196"/>
+      <c r="P393" s="196"/>
+      <c r="Q393" s="196"/>
+      <c r="R393" s="196"/>
+      <c r="S393" s="197"/>
       <c r="T393" s="102"/>
     </row>
-    <row r="394" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A394" s="247" t="s">
+    <row r="394" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="155"/>
+      <c r="B394" s="154"/>
+      <c r="C394" s="154"/>
+      <c r="D394" s="154"/>
+      <c r="E394" s="154"/>
+      <c r="F394" s="154"/>
+      <c r="G394" s="155"/>
+      <c r="H394" s="155"/>
+      <c r="I394" s="155"/>
+      <c r="J394" s="155"/>
+      <c r="K394" s="102"/>
+      <c r="L394" s="195"/>
+      <c r="M394" s="196"/>
+      <c r="N394" s="196"/>
+      <c r="O394" s="196"/>
+      <c r="P394" s="196"/>
+      <c r="Q394" s="196"/>
+      <c r="R394" s="196"/>
+      <c r="S394" s="197"/>
+      <c r="T394" s="102"/>
+    </row>
+    <row r="395" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="155"/>
+      <c r="B395" s="158"/>
+      <c r="C395" s="158"/>
+      <c r="D395" s="158"/>
+      <c r="E395" s="158"/>
+      <c r="F395" s="158"/>
+      <c r="G395" s="155"/>
+      <c r="H395" s="155"/>
+      <c r="I395" s="155"/>
+      <c r="J395" s="155"/>
+      <c r="K395" s="102"/>
+      <c r="L395" s="198"/>
+      <c r="M395" s="199"/>
+      <c r="N395" s="199"/>
+      <c r="O395" s="199"/>
+      <c r="P395" s="199"/>
+      <c r="Q395" s="199"/>
+      <c r="R395" s="199"/>
+      <c r="S395" s="200"/>
+      <c r="T395" s="102"/>
+    </row>
+    <row r="396" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A396" s="341" t="s">
         <v>413</v>
       </c>
-      <c r="B394" s="247"/>
-[...42 lines deleted...]
-      <c r="A396" s="221" t="s">
+      <c r="B396" s="341"/>
+      <c r="C396" s="341"/>
+      <c r="D396" s="341"/>
+      <c r="E396" s="341"/>
+      <c r="F396" s="341"/>
+      <c r="G396" s="341"/>
+      <c r="H396" s="341"/>
+      <c r="I396" s="341"/>
+      <c r="J396" s="341"/>
+      <c r="K396" s="125"/>
+      <c r="L396" s="125"/>
+      <c r="M396" s="125"/>
+      <c r="N396" s="125"/>
+      <c r="O396" s="125"/>
+      <c r="P396" s="125"/>
+      <c r="Q396" s="125"/>
+      <c r="R396" s="125"/>
+      <c r="S396" s="125"/>
+      <c r="T396" s="125"/>
+    </row>
+    <row r="397" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="4"/>
+      <c r="B397" s="4"/>
+      <c r="C397" s="4"/>
+      <c r="D397" s="4"/>
+      <c r="E397" s="4"/>
+      <c r="F397" s="4"/>
+      <c r="G397" s="4"/>
+      <c r="H397" s="4"/>
+      <c r="I397" s="4"/>
+      <c r="J397" s="4"/>
+      <c r="K397" s="102"/>
+      <c r="L397" s="102"/>
+      <c r="M397" s="102"/>
+      <c r="N397" s="102"/>
+      <c r="O397" s="102"/>
+      <c r="P397" s="102"/>
+      <c r="Q397" s="102"/>
+      <c r="R397" s="102"/>
+      <c r="S397" s="102"/>
+      <c r="T397" s="102"/>
+    </row>
+    <row r="398" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="240" t="s">
         <v>589</v>
       </c>
-      <c r="B396" s="221"/>
-[...51 lines deleted...]
-      <c r="J398" s="221"/>
+      <c r="B398" s="240"/>
+      <c r="C398" s="240"/>
+      <c r="D398" s="240"/>
+      <c r="E398" s="240"/>
+      <c r="F398" s="240"/>
+      <c r="G398" s="240"/>
+      <c r="H398" s="240"/>
+      <c r="I398" s="240"/>
+      <c r="J398" s="240"/>
       <c r="K398" s="103"/>
       <c r="L398" s="103"/>
       <c r="M398" s="103"/>
       <c r="N398" s="103"/>
       <c r="O398" s="103"/>
       <c r="P398" s="103"/>
       <c r="Q398" s="103"/>
       <c r="R398" s="103"/>
       <c r="S398" s="103"/>
       <c r="T398" s="103"/>
     </row>
-    <row r="399" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J399" s="221"/>
+    <row r="399" spans="1:20" s="95" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="240"/>
+      <c r="B399" s="240"/>
+      <c r="C399" s="240"/>
+      <c r="D399" s="240"/>
+      <c r="E399" s="240"/>
+      <c r="F399" s="240"/>
+      <c r="G399" s="240"/>
+      <c r="H399" s="240"/>
+      <c r="I399" s="240"/>
+      <c r="J399" s="240"/>
       <c r="K399" s="103"/>
       <c r="L399" s="103"/>
       <c r="M399" s="103"/>
       <c r="N399" s="103"/>
       <c r="O399" s="103"/>
       <c r="P399" s="103"/>
       <c r="Q399" s="103"/>
       <c r="R399" s="103"/>
       <c r="S399" s="103"/>
       <c r="T399" s="103"/>
     </row>
     <row r="400" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A400" s="4"/>
-[...18 lines deleted...]
-      <c r="T400" s="102"/>
+      <c r="A400" s="240"/>
+      <c r="B400" s="240"/>
+      <c r="C400" s="240"/>
+      <c r="D400" s="240"/>
+      <c r="E400" s="240"/>
+      <c r="F400" s="240"/>
+      <c r="G400" s="240"/>
+      <c r="H400" s="240"/>
+      <c r="I400" s="240"/>
+      <c r="J400" s="240"/>
+      <c r="K400" s="103"/>
+      <c r="L400" s="103"/>
+      <c r="M400" s="103"/>
+      <c r="N400" s="103"/>
+      <c r="O400" s="103"/>
+      <c r="P400" s="103"/>
+      <c r="Q400" s="103"/>
+      <c r="R400" s="103"/>
+      <c r="S400" s="103"/>
+      <c r="T400" s="103"/>
     </row>
     <row r="401" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A401" s="236" t="s">
+      <c r="A401" s="240"/>
+      <c r="B401" s="240"/>
+      <c r="C401" s="240"/>
+      <c r="D401" s="240"/>
+      <c r="E401" s="240"/>
+      <c r="F401" s="240"/>
+      <c r="G401" s="240"/>
+      <c r="H401" s="240"/>
+      <c r="I401" s="240"/>
+      <c r="J401" s="240"/>
+      <c r="K401" s="103"/>
+      <c r="L401" s="103"/>
+      <c r="M401" s="103"/>
+      <c r="N401" s="103"/>
+      <c r="O401" s="103"/>
+      <c r="P401" s="103"/>
+      <c r="Q401" s="103"/>
+      <c r="R401" s="103"/>
+      <c r="S401" s="103"/>
+      <c r="T401" s="103"/>
+    </row>
+    <row r="402" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="4"/>
+      <c r="B402" s="4"/>
+      <c r="C402" s="4"/>
+      <c r="D402" s="4"/>
+      <c r="E402" s="4"/>
+      <c r="F402" s="4"/>
+      <c r="G402" s="4"/>
+      <c r="H402" s="4"/>
+      <c r="I402" s="4"/>
+      <c r="J402" s="4"/>
+      <c r="K402" s="102"/>
+      <c r="L402" s="102"/>
+      <c r="M402" s="102"/>
+      <c r="N402" s="102"/>
+      <c r="O402" s="102"/>
+      <c r="P402" s="102"/>
+      <c r="Q402" s="102"/>
+      <c r="R402" s="102"/>
+      <c r="S402" s="102"/>
+      <c r="T402" s="102"/>
+    </row>
+    <row r="403" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="225" t="s">
         <v>554</v>
       </c>
-      <c r="B401" s="237"/>
-[...51 lines deleted...]
-      <c r="J403" s="244"/>
+      <c r="B403" s="226"/>
+      <c r="C403" s="226"/>
+      <c r="D403" s="226"/>
+      <c r="E403" s="226"/>
+      <c r="F403" s="226"/>
+      <c r="G403" s="226"/>
+      <c r="H403" s="226"/>
+      <c r="I403" s="226"/>
+      <c r="J403" s="227"/>
       <c r="K403" s="119"/>
       <c r="L403" s="119"/>
       <c r="M403" s="119"/>
       <c r="N403" s="119"/>
       <c r="O403" s="119"/>
       <c r="P403" s="119"/>
       <c r="Q403" s="119"/>
       <c r="R403" s="119"/>
       <c r="S403" s="119"/>
       <c r="T403" s="119"/>
     </row>
-    <row r="404" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A404" s="236" t="s">
+    <row r="404" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="228"/>
+      <c r="B404" s="229"/>
+      <c r="C404" s="229"/>
+      <c r="D404" s="229"/>
+      <c r="E404" s="229"/>
+      <c r="F404" s="229"/>
+      <c r="G404" s="229"/>
+      <c r="H404" s="229"/>
+      <c r="I404" s="229"/>
+      <c r="J404" s="230"/>
+      <c r="K404" s="119"/>
+      <c r="L404" s="119"/>
+      <c r="M404" s="119"/>
+      <c r="N404" s="119"/>
+      <c r="O404" s="119"/>
+      <c r="P404" s="119"/>
+      <c r="Q404" s="119"/>
+      <c r="R404" s="119"/>
+      <c r="S404" s="119"/>
+      <c r="T404" s="119"/>
+    </row>
+    <row r="405" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="231"/>
+      <c r="B405" s="232"/>
+      <c r="C405" s="232"/>
+      <c r="D405" s="232"/>
+      <c r="E405" s="232"/>
+      <c r="F405" s="232"/>
+      <c r="G405" s="232"/>
+      <c r="H405" s="232"/>
+      <c r="I405" s="232"/>
+      <c r="J405" s="233"/>
+      <c r="K405" s="119"/>
+      <c r="L405" s="119"/>
+      <c r="M405" s="119"/>
+      <c r="N405" s="119"/>
+      <c r="O405" s="119"/>
+      <c r="P405" s="119"/>
+      <c r="Q405" s="119"/>
+      <c r="R405" s="119"/>
+      <c r="S405" s="119"/>
+      <c r="T405" s="119"/>
+    </row>
+    <row r="406" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A406" s="225" t="s">
         <v>433</v>
       </c>
-      <c r="B404" s="237"/>
-[...52 lines deleted...]
-      <c r="K406" s="140"/>
+      <c r="B406" s="226"/>
+      <c r="C406" s="226"/>
+      <c r="D406" s="226"/>
+      <c r="E406" s="226"/>
+      <c r="F406" s="226"/>
+      <c r="G406" s="226"/>
+      <c r="H406" s="226"/>
+      <c r="I406" s="226"/>
+      <c r="J406" s="227"/>
+      <c r="K406" s="119"/>
       <c r="L406" s="183"/>
       <c r="M406" s="184"/>
       <c r="N406" s="184"/>
       <c r="O406" s="184"/>
       <c r="P406" s="184"/>
       <c r="Q406" s="184"/>
       <c r="R406" s="184"/>
       <c r="S406" s="185"/>
-      <c r="T406" s="140"/>
-[...2 lines deleted...]
-      <c r="A407" s="21" t="s">
+      <c r="T406" s="119"/>
+    </row>
+    <row r="407" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="231"/>
+      <c r="B407" s="232"/>
+      <c r="C407" s="232"/>
+      <c r="D407" s="232"/>
+      <c r="E407" s="232"/>
+      <c r="F407" s="232"/>
+      <c r="G407" s="232"/>
+      <c r="H407" s="232"/>
+      <c r="I407" s="232"/>
+      <c r="J407" s="233"/>
+      <c r="K407" s="119"/>
+      <c r="L407" s="186"/>
+      <c r="M407" s="187"/>
+      <c r="N407" s="187"/>
+      <c r="O407" s="187"/>
+      <c r="P407" s="187"/>
+      <c r="Q407" s="187"/>
+      <c r="R407" s="187"/>
+      <c r="S407" s="188"/>
+      <c r="T407" s="119"/>
+    </row>
+    <row r="408" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="37"/>
+      <c r="B408" s="37"/>
+      <c r="C408" s="37"/>
+      <c r="D408" s="37"/>
+      <c r="E408" s="37"/>
+      <c r="F408" s="37"/>
+      <c r="G408" s="37"/>
+      <c r="H408" s="37"/>
+      <c r="I408" s="37"/>
+      <c r="J408" s="37"/>
+      <c r="K408" s="140"/>
+      <c r="L408" s="186"/>
+      <c r="M408" s="187"/>
+      <c r="N408" s="187"/>
+      <c r="O408" s="187"/>
+      <c r="P408" s="187"/>
+      <c r="Q408" s="187"/>
+      <c r="R408" s="187"/>
+      <c r="S408" s="188"/>
+      <c r="T408" s="140"/>
+    </row>
+    <row r="409" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A409" s="21" t="s">
         <v>423</v>
       </c>
-      <c r="B407" s="5"/>
-[...63 lines deleted...]
-      </c>
+      <c r="B409" s="5"/>
+      <c r="C409" s="5"/>
+      <c r="D409" s="5"/>
+      <c r="E409" s="5"/>
+      <c r="F409" s="5"/>
+      <c r="G409" s="2"/>
+      <c r="H409" s="47"/>
+      <c r="I409" s="47"/>
       <c r="J409" s="5"/>
       <c r="K409" s="112"/>
-      <c r="L409" s="183"/>
-[...6 lines deleted...]
-      <c r="S409" s="185"/>
+      <c r="L409" s="186"/>
+      <c r="M409" s="187"/>
+      <c r="N409" s="187"/>
+      <c r="O409" s="187"/>
+      <c r="P409" s="187"/>
+      <c r="Q409" s="187"/>
+      <c r="R409" s="187"/>
+      <c r="S409" s="188"/>
       <c r="T409" s="112"/>
     </row>
-    <row r="410" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-      <c r="T410" s="112"/>
+    <row r="410" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="391" t="str">
+        <f>IFERROR(IF($B$412&lt;&gt;"",VLOOKUP(LEFT($B$412,2),'Cost Centre list'!$A$4:$B$204,2,FALSE),""),"")</f>
+        <v/>
+      </c>
+      <c r="B410" s="391"/>
+      <c r="C410" s="391"/>
+      <c r="D410" s="391"/>
+      <c r="E410" s="391"/>
+      <c r="F410" s="391"/>
+      <c r="G410" s="391"/>
+      <c r="H410" s="391"/>
+      <c r="I410" s="391"/>
+      <c r="J410" s="391"/>
+      <c r="K410" s="141"/>
+      <c r="L410" s="186"/>
+      <c r="M410" s="187"/>
+      <c r="N410" s="187"/>
+      <c r="O410" s="187"/>
+      <c r="P410" s="187"/>
+      <c r="Q410" s="187"/>
+      <c r="R410" s="187"/>
+      <c r="S410" s="188"/>
+      <c r="T410" s="141"/>
     </row>
     <row r="411" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A411" s="5"/>
-      <c r="B411" s="399" t="s">
-[...10 lines deleted...]
-      <c r="I411" s="5"/>
+      <c r="B411" s="235" t="s">
+        <v>424</v>
+      </c>
+      <c r="C411" s="235"/>
+      <c r="D411" s="235" t="s">
+        <v>425</v>
+      </c>
+      <c r="E411" s="235"/>
+      <c r="F411" s="38" t="s">
+        <v>426</v>
+      </c>
+      <c r="G411" s="39" t="s">
+        <v>427</v>
+      </c>
+      <c r="H411" s="39"/>
+      <c r="I411" s="38" t="s">
+        <v>428</v>
+      </c>
       <c r="J411" s="5"/>
       <c r="K411" s="112"/>
-      <c r="L411" s="183"/>
-[...6 lines deleted...]
-      <c r="S411" s="185"/>
+      <c r="L411" s="186"/>
+      <c r="M411" s="187"/>
+      <c r="N411" s="187"/>
+      <c r="O411" s="187"/>
+      <c r="P411" s="187"/>
+      <c r="Q411" s="187"/>
+      <c r="R411" s="187"/>
+      <c r="S411" s="188"/>
       <c r="T411" s="112"/>
     </row>
     <row r="412" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A412" s="5"/>
-[...14 lines deleted...]
-      <c r="J412" s="5"/>
+      <c r="A412" s="40"/>
+      <c r="B412" s="236"/>
+      <c r="C412" s="237"/>
+      <c r="D412" s="238">
+        <v>85210</v>
+      </c>
+      <c r="E412" s="238"/>
+      <c r="F412" s="41" t="s">
+        <v>429</v>
+      </c>
+      <c r="G412" s="237" t="s">
+        <v>430</v>
+      </c>
+      <c r="H412" s="237"/>
+      <c r="I412" s="42">
+        <v>10</v>
+      </c>
+      <c r="J412" s="40"/>
       <c r="K412" s="112"/>
-      <c r="L412" s="183"/>
-[...6 lines deleted...]
-      <c r="S412" s="185"/>
+      <c r="L412" s="186"/>
+      <c r="M412" s="187"/>
+      <c r="N412" s="187"/>
+      <c r="O412" s="187"/>
+      <c r="P412" s="187"/>
+      <c r="Q412" s="187"/>
+      <c r="R412" s="187"/>
+      <c r="S412" s="188"/>
       <c r="T412" s="112"/>
     </row>
     <row r="413" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A413" s="5"/>
-      <c r="B413" s="5"/>
-      <c r="C413" s="5"/>
+      <c r="B413" s="239" t="s">
+        <v>431</v>
+      </c>
+      <c r="C413" s="239"/>
       <c r="D413" s="5"/>
       <c r="E413" s="5"/>
       <c r="F413" s="5"/>
-      <c r="G413" s="5"/>
-      <c r="H413" s="5"/>
+      <c r="G413" s="224" t="s">
+        <v>432</v>
+      </c>
+      <c r="H413" s="224"/>
       <c r="I413" s="5"/>
       <c r="J413" s="5"/>
       <c r="K413" s="112"/>
       <c r="L413" s="186"/>
       <c r="M413" s="187"/>
       <c r="N413" s="187"/>
       <c r="O413" s="187"/>
       <c r="P413" s="187"/>
       <c r="Q413" s="187"/>
       <c r="R413" s="187"/>
       <c r="S413" s="188"/>
       <c r="T413" s="112"/>
     </row>
     <row r="414" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A414" s="236" t="s">
+      <c r="A414" s="5"/>
+      <c r="B414" s="43" t="str">
+        <f>CONCATENATE(IF(LEN($B$412)&lt;&gt;6,"must be 6 characters",""),IF(ISNUMBER(FIND("999",$B$412))," / can't use 999 code ! ",""))</f>
+        <v>must be 6 characters</v>
+      </c>
+      <c r="C414" s="40"/>
+      <c r="D414" s="44"/>
+      <c r="E414" s="5"/>
+      <c r="F414" s="5"/>
+      <c r="G414" s="44" t="str">
+        <f>IF(LEN($G$412)&lt;&gt;5,"must be 5 characters","")</f>
+        <v/>
+      </c>
+      <c r="H414" s="5"/>
+      <c r="I414" s="5"/>
+      <c r="J414" s="5"/>
+      <c r="K414" s="112"/>
+      <c r="L414" s="186"/>
+      <c r="M414" s="187"/>
+      <c r="N414" s="187"/>
+      <c r="O414" s="187"/>
+      <c r="P414" s="187"/>
+      <c r="Q414" s="187"/>
+      <c r="R414" s="187"/>
+      <c r="S414" s="188"/>
+      <c r="T414" s="112"/>
+    </row>
+    <row r="415" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A415" s="5"/>
+      <c r="B415" s="5"/>
+      <c r="C415" s="5"/>
+      <c r="D415" s="5"/>
+      <c r="E415" s="5"/>
+      <c r="F415" s="5"/>
+      <c r="G415" s="5"/>
+      <c r="H415" s="5"/>
+      <c r="I415" s="5"/>
+      <c r="J415" s="5"/>
+      <c r="K415" s="112"/>
+      <c r="L415" s="189"/>
+      <c r="M415" s="190"/>
+      <c r="N415" s="190"/>
+      <c r="O415" s="190"/>
+      <c r="P415" s="190"/>
+      <c r="Q415" s="190"/>
+      <c r="R415" s="190"/>
+      <c r="S415" s="191"/>
+      <c r="T415" s="112"/>
+    </row>
+    <row r="416" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A416" s="225" t="s">
         <v>422</v>
       </c>
-      <c r="B414" s="237"/>
-[...51 lines deleted...]
-      <c r="J416" s="244"/>
+      <c r="B416" s="226"/>
+      <c r="C416" s="226"/>
+      <c r="D416" s="226"/>
+      <c r="E416" s="226"/>
+      <c r="F416" s="226"/>
+      <c r="G416" s="226"/>
+      <c r="H416" s="226"/>
+      <c r="I416" s="226"/>
+      <c r="J416" s="227"/>
       <c r="K416" s="119"/>
       <c r="L416" s="119"/>
       <c r="M416" s="119"/>
       <c r="N416" s="119"/>
       <c r="O416" s="119"/>
       <c r="P416" s="119"/>
       <c r="Q416" s="119"/>
       <c r="R416" s="119"/>
       <c r="S416" s="119"/>
       <c r="T416" s="119"/>
     </row>
-    <row r="417" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A417" s="384" t="s">
+    <row r="417" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A417" s="228"/>
+      <c r="B417" s="229"/>
+      <c r="C417" s="229"/>
+      <c r="D417" s="229"/>
+      <c r="E417" s="229"/>
+      <c r="F417" s="229"/>
+      <c r="G417" s="229"/>
+      <c r="H417" s="229"/>
+      <c r="I417" s="229"/>
+      <c r="J417" s="230"/>
+      <c r="K417" s="119"/>
+      <c r="L417" s="119"/>
+      <c r="M417" s="119"/>
+      <c r="N417" s="119"/>
+      <c r="O417" s="119"/>
+      <c r="P417" s="119"/>
+      <c r="Q417" s="119"/>
+      <c r="R417" s="119"/>
+      <c r="S417" s="119"/>
+      <c r="T417" s="119"/>
+    </row>
+    <row r="418" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A418" s="231"/>
+      <c r="B418" s="232"/>
+      <c r="C418" s="232"/>
+      <c r="D418" s="232"/>
+      <c r="E418" s="232"/>
+      <c r="F418" s="232"/>
+      <c r="G418" s="232"/>
+      <c r="H418" s="232"/>
+      <c r="I418" s="232"/>
+      <c r="J418" s="233"/>
+      <c r="K418" s="119"/>
+      <c r="L418" s="119"/>
+      <c r="M418" s="119"/>
+      <c r="N418" s="119"/>
+      <c r="O418" s="119"/>
+      <c r="P418" s="119"/>
+      <c r="Q418" s="119"/>
+      <c r="R418" s="119"/>
+      <c r="S418" s="119"/>
+      <c r="T418" s="119"/>
+    </row>
+    <row r="419" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A419" s="212" t="s">
         <v>416</v>
       </c>
-      <c r="B417" s="385"/>
-[...51 lines deleted...]
-      <c r="J419" s="392"/>
+      <c r="B419" s="213"/>
+      <c r="C419" s="213"/>
+      <c r="D419" s="213"/>
+      <c r="E419" s="213"/>
+      <c r="F419" s="213"/>
+      <c r="G419" s="213"/>
+      <c r="H419" s="213"/>
+      <c r="I419" s="213"/>
+      <c r="J419" s="214"/>
       <c r="K419" s="142"/>
-      <c r="L419" s="375"/>
-[...6 lines deleted...]
-      <c r="S419" s="377"/>
+      <c r="L419" s="142"/>
+      <c r="M419" s="142"/>
+      <c r="N419" s="142"/>
+      <c r="O419" s="142"/>
+      <c r="P419" s="142"/>
+      <c r="Q419" s="142"/>
+      <c r="R419" s="142"/>
+      <c r="S419" s="142"/>
       <c r="T419" s="142"/>
     </row>
-    <row r="420" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J420" s="45"/>
+    <row r="420" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="215"/>
+      <c r="B420" s="216"/>
+      <c r="C420" s="216"/>
+      <c r="D420" s="216"/>
+      <c r="E420" s="216"/>
+      <c r="F420" s="216"/>
+      <c r="G420" s="216"/>
+      <c r="H420" s="216"/>
+      <c r="I420" s="216"/>
+      <c r="J420" s="217"/>
       <c r="K420" s="142"/>
-      <c r="L420" s="378"/>
-[...6 lines deleted...]
-      <c r="S420" s="380"/>
+      <c r="L420" s="142"/>
+      <c r="M420" s="142"/>
+      <c r="N420" s="142"/>
+      <c r="O420" s="142"/>
+      <c r="P420" s="142"/>
+      <c r="Q420" s="142"/>
+      <c r="R420" s="142"/>
+      <c r="S420" s="142"/>
       <c r="T420" s="142"/>
     </row>
-    <row r="421" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J421" s="45"/>
+    <row r="421" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A421" s="218"/>
+      <c r="B421" s="219"/>
+      <c r="C421" s="219"/>
+      <c r="D421" s="219"/>
+      <c r="E421" s="219"/>
+      <c r="F421" s="219"/>
+      <c r="G421" s="219"/>
+      <c r="H421" s="219"/>
+      <c r="I421" s="219"/>
+      <c r="J421" s="220"/>
       <c r="K421" s="142"/>
-      <c r="L421" s="378"/>
-[...6 lines deleted...]
-      <c r="S421" s="380"/>
+      <c r="L421" s="201"/>
+      <c r="M421" s="202"/>
+      <c r="N421" s="202"/>
+      <c r="O421" s="202"/>
+      <c r="P421" s="202"/>
+      <c r="Q421" s="202"/>
+      <c r="R421" s="202"/>
+      <c r="S421" s="203"/>
       <c r="T421" s="142"/>
     </row>
-    <row r="422" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-[...45 lines deleted...]
-      <c r="T423" s="112"/>
+    <row r="422" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A422" s="45"/>
+      <c r="B422" s="45"/>
+      <c r="C422" s="45"/>
+      <c r="D422" s="45"/>
+      <c r="E422" s="45"/>
+      <c r="F422" s="45"/>
+      <c r="G422" s="45"/>
+      <c r="H422" s="45"/>
+      <c r="I422" s="45"/>
+      <c r="J422" s="45"/>
+      <c r="K422" s="142"/>
+      <c r="L422" s="204"/>
+      <c r="M422" s="205"/>
+      <c r="N422" s="205"/>
+      <c r="O422" s="205"/>
+      <c r="P422" s="205"/>
+      <c r="Q422" s="205"/>
+      <c r="R422" s="205"/>
+      <c r="S422" s="206"/>
+      <c r="T422" s="142"/>
+    </row>
+    <row r="423" spans="1:20" s="95" customFormat="1" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="45"/>
+      <c r="B423" s="45"/>
+      <c r="C423" s="45"/>
+      <c r="D423" s="45"/>
+      <c r="E423" s="45"/>
+      <c r="F423" s="45"/>
+      <c r="G423" s="45"/>
+      <c r="H423" s="45"/>
+      <c r="I423" s="45"/>
+      <c r="J423" s="45"/>
+      <c r="K423" s="142"/>
+      <c r="L423" s="204"/>
+      <c r="M423" s="205"/>
+      <c r="N423" s="205"/>
+      <c r="O423" s="205"/>
+      <c r="P423" s="205"/>
+      <c r="Q423" s="205"/>
+      <c r="R423" s="205"/>
+      <c r="S423" s="206"/>
+      <c r="T423" s="142"/>
     </row>
     <row r="424" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A424" s="5"/>
       <c r="B424" s="36"/>
       <c r="C424" s="36" t="s">
-        <v>419</v>
-[...6 lines deleted...]
-      <c r="I424" s="229"/>
+        <v>417</v>
+      </c>
+      <c r="D424" s="221"/>
+      <c r="E424" s="222"/>
+      <c r="F424" s="222"/>
+      <c r="G424" s="222"/>
+      <c r="H424" s="222"/>
+      <c r="I424" s="223"/>
       <c r="J424" s="5"/>
       <c r="K424" s="112"/>
-      <c r="L424" s="378"/>
-[...6 lines deleted...]
-      <c r="S424" s="380"/>
+      <c r="L424" s="204"/>
+      <c r="M424" s="205"/>
+      <c r="N424" s="205"/>
+      <c r="O424" s="205"/>
+      <c r="P424" s="205"/>
+      <c r="Q424" s="205"/>
+      <c r="R424" s="205"/>
+      <c r="S424" s="206"/>
       <c r="T424" s="112"/>
     </row>
     <row r="425" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A425" s="5"/>
       <c r="B425" s="36"/>
       <c r="C425" s="36" t="s">
-        <v>434</v>
-[...6 lines deleted...]
-      <c r="I425" s="193"/>
+        <v>418</v>
+      </c>
+      <c r="D425" s="221"/>
+      <c r="E425" s="222"/>
+      <c r="F425" s="222"/>
+      <c r="G425" s="222"/>
+      <c r="H425" s="222"/>
+      <c r="I425" s="223"/>
       <c r="J425" s="5"/>
       <c r="K425" s="112"/>
-      <c r="L425" s="378"/>
-[...6 lines deleted...]
-      <c r="S425" s="380"/>
+      <c r="L425" s="204"/>
+      <c r="M425" s="205"/>
+      <c r="N425" s="205"/>
+      <c r="O425" s="205"/>
+      <c r="P425" s="205"/>
+      <c r="Q425" s="205"/>
+      <c r="R425" s="205"/>
+      <c r="S425" s="206"/>
       <c r="T425" s="112"/>
     </row>
     <row r="426" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A426" s="5"/>
       <c r="B426" s="36"/>
       <c r="C426" s="36" t="s">
-        <v>420</v>
-[...6 lines deleted...]
-      <c r="I426" s="196"/>
+        <v>419</v>
+      </c>
+      <c r="D426" s="277"/>
+      <c r="E426" s="278"/>
+      <c r="F426" s="278"/>
+      <c r="G426" s="278"/>
+      <c r="H426" s="278"/>
+      <c r="I426" s="279"/>
       <c r="J426" s="5"/>
       <c r="K426" s="112"/>
-      <c r="L426" s="378"/>
-[...6 lines deleted...]
-      <c r="S426" s="380"/>
+      <c r="L426" s="204"/>
+      <c r="M426" s="205"/>
+      <c r="N426" s="205"/>
+      <c r="O426" s="205"/>
+      <c r="P426" s="205"/>
+      <c r="Q426" s="205"/>
+      <c r="R426" s="205"/>
+      <c r="S426" s="206"/>
       <c r="T426" s="112"/>
     </row>
-    <row r="427" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="427" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A427" s="5"/>
       <c r="B427" s="36"/>
       <c r="C427" s="36" t="s">
-        <v>421</v>
-[...6 lines deleted...]
-      <c r="I427" s="193"/>
+        <v>434</v>
+      </c>
+      <c r="D427" s="221"/>
+      <c r="E427" s="222"/>
+      <c r="F427" s="222"/>
+      <c r="G427" s="222"/>
+      <c r="H427" s="222"/>
+      <c r="I427" s="223"/>
       <c r="J427" s="5"/>
       <c r="K427" s="112"/>
-      <c r="L427" s="378"/>
-[...6 lines deleted...]
-      <c r="S427" s="380"/>
+      <c r="L427" s="204"/>
+      <c r="M427" s="205"/>
+      <c r="N427" s="205"/>
+      <c r="O427" s="205"/>
+      <c r="P427" s="205"/>
+      <c r="Q427" s="205"/>
+      <c r="R427" s="205"/>
+      <c r="S427" s="206"/>
       <c r="T427" s="112"/>
     </row>
-    <row r="428" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="428" spans="1:20" s="95" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A428" s="5"/>
-      <c r="B428" s="5"/>
-[...9 lines deleted...]
-      <c r="I428" s="394"/>
+      <c r="B428" s="36"/>
+      <c r="C428" s="36" t="s">
+        <v>420</v>
+      </c>
+      <c r="D428" s="396"/>
+      <c r="E428" s="397"/>
+      <c r="F428" s="397"/>
+      <c r="G428" s="397"/>
+      <c r="H428" s="397"/>
+      <c r="I428" s="398"/>
       <c r="J428" s="5"/>
       <c r="K428" s="112"/>
-      <c r="L428" s="378"/>
-[...6 lines deleted...]
-      <c r="S428" s="380"/>
+      <c r="L428" s="204"/>
+      <c r="M428" s="205"/>
+      <c r="N428" s="205"/>
+      <c r="O428" s="205"/>
+      <c r="P428" s="205"/>
+      <c r="Q428" s="205"/>
+      <c r="R428" s="205"/>
+      <c r="S428" s="206"/>
       <c r="T428" s="112"/>
     </row>
-    <row r="429" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="429" spans="1:20" s="95" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A429" s="5"/>
-      <c r="B429" s="5"/>
-[...6 lines deleted...]
-      <c r="I429" s="46"/>
+      <c r="B429" s="36"/>
+      <c r="C429" s="36" t="s">
+        <v>421</v>
+      </c>
+      <c r="D429" s="376"/>
+      <c r="E429" s="222"/>
+      <c r="F429" s="222"/>
+      <c r="G429" s="222"/>
+      <c r="H429" s="222"/>
+      <c r="I429" s="223"/>
       <c r="J429" s="5"/>
       <c r="K429" s="112"/>
-      <c r="L429" s="381"/>
-[...6 lines deleted...]
-      <c r="S429" s="383"/>
+      <c r="L429" s="204"/>
+      <c r="M429" s="205"/>
+      <c r="N429" s="205"/>
+      <c r="O429" s="205"/>
+      <c r="P429" s="205"/>
+      <c r="Q429" s="205"/>
+      <c r="R429" s="205"/>
+      <c r="S429" s="206"/>
       <c r="T429" s="112"/>
     </row>
     <row r="430" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A430" s="4" t="s">
+      <c r="A430" s="5"/>
+      <c r="B430" s="5"/>
+      <c r="C430" s="5"/>
+      <c r="D430" s="234" t="str">
+        <f>IF($D$813&lt;&gt;"",IF(OR(LEFT($D$813,1)=" ",RIGHT($D$813,1)=" "),"Please remove space at beginning or end of email address",IF(RIGHT($D$813,9)&lt;&gt;".ox.ac.uk","Please list Oxford email address","")),"")</f>
+        <v/>
+      </c>
+      <c r="E430" s="234"/>
+      <c r="F430" s="234"/>
+      <c r="G430" s="234"/>
+      <c r="H430" s="234"/>
+      <c r="I430" s="234"/>
+      <c r="J430" s="5"/>
+      <c r="K430" s="112"/>
+      <c r="L430" s="204"/>
+      <c r="M430" s="205"/>
+      <c r="N430" s="205"/>
+      <c r="O430" s="205"/>
+      <c r="P430" s="205"/>
+      <c r="Q430" s="205"/>
+      <c r="R430" s="205"/>
+      <c r="S430" s="206"/>
+      <c r="T430" s="112"/>
+    </row>
+    <row r="431" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A431" s="5"/>
+      <c r="B431" s="5"/>
+      <c r="C431" s="5"/>
+      <c r="D431" s="46"/>
+      <c r="E431" s="46"/>
+      <c r="F431" s="46"/>
+      <c r="G431" s="46"/>
+      <c r="H431" s="46"/>
+      <c r="I431" s="46"/>
+      <c r="J431" s="5"/>
+      <c r="K431" s="112"/>
+      <c r="L431" s="207"/>
+      <c r="M431" s="208"/>
+      <c r="N431" s="208"/>
+      <c r="O431" s="208"/>
+      <c r="P431" s="208"/>
+      <c r="Q431" s="208"/>
+      <c r="R431" s="208"/>
+      <c r="S431" s="209"/>
+      <c r="T431" s="112"/>
+    </row>
+    <row r="432" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A432" s="4" t="s">
         <v>415</v>
       </c>
-      <c r="B430" s="4"/>
-[...44 lines deleted...]
-      <c r="A432" s="4"/>
       <c r="B432" s="4"/>
       <c r="C432" s="4"/>
       <c r="D432" s="4"/>
       <c r="E432" s="4"/>
       <c r="F432" s="4"/>
       <c r="G432" s="4"/>
       <c r="H432" s="4"/>
       <c r="I432" s="4"/>
       <c r="J432" s="4"/>
       <c r="K432" s="102"/>
       <c r="L432" s="102"/>
       <c r="M432" s="102"/>
       <c r="N432" s="102"/>
       <c r="O432" s="102"/>
       <c r="P432" s="102"/>
       <c r="Q432" s="102"/>
       <c r="R432" s="102"/>
       <c r="S432" s="102"/>
       <c r="T432" s="102"/>
     </row>
     <row r="433" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A433" s="4"/>
+      <c r="A433" s="4" t="s">
+        <v>414</v>
+      </c>
       <c r="B433" s="4"/>
       <c r="C433" s="4"/>
       <c r="D433" s="4"/>
       <c r="E433" s="4"/>
       <c r="F433" s="4"/>
       <c r="G433" s="4"/>
       <c r="H433" s="4"/>
       <c r="I433" s="4"/>
       <c r="J433" s="4"/>
       <c r="K433" s="102"/>
       <c r="L433" s="102"/>
       <c r="M433" s="102"/>
       <c r="N433" s="102"/>
       <c r="O433" s="102"/>
       <c r="P433" s="102"/>
       <c r="Q433" s="102"/>
       <c r="R433" s="102"/>
       <c r="S433" s="102"/>
       <c r="T433" s="102"/>
     </row>
-    <row r="434" spans="1:20" s="95" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A434" s="292" t="s">
+    <row r="434" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A434" s="4"/>
+      <c r="B434" s="4"/>
+      <c r="C434" s="4"/>
+      <c r="D434" s="4"/>
+      <c r="E434" s="4"/>
+      <c r="F434" s="4"/>
+      <c r="G434" s="4"/>
+      <c r="H434" s="4"/>
+      <c r="I434" s="4"/>
+      <c r="J434" s="4"/>
+      <c r="K434" s="102"/>
+      <c r="L434" s="102"/>
+      <c r="M434" s="102"/>
+      <c r="N434" s="102"/>
+      <c r="O434" s="102"/>
+      <c r="P434" s="102"/>
+      <c r="Q434" s="102"/>
+      <c r="R434" s="102"/>
+      <c r="S434" s="102"/>
+      <c r="T434" s="102"/>
+    </row>
+    <row r="435" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A435" s="4"/>
+      <c r="B435" s="4"/>
+      <c r="C435" s="4"/>
+      <c r="D435" s="4"/>
+      <c r="E435" s="4"/>
+      <c r="F435" s="4"/>
+      <c r="G435" s="4"/>
+      <c r="H435" s="4"/>
+      <c r="I435" s="4"/>
+      <c r="J435" s="4"/>
+      <c r="K435" s="102"/>
+      <c r="L435" s="102"/>
+      <c r="M435" s="102"/>
+      <c r="N435" s="102"/>
+      <c r="O435" s="102"/>
+      <c r="P435" s="102"/>
+      <c r="Q435" s="102"/>
+      <c r="R435" s="102"/>
+      <c r="S435" s="102"/>
+      <c r="T435" s="102"/>
+    </row>
+    <row r="436" spans="1:20" s="95" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A436" s="353" t="s">
         <v>4</v>
       </c>
-      <c r="B434" s="292"/>
-[...48 lines deleted...]
-      <c r="E436" s="8"/>
+      <c r="B436" s="353"/>
+      <c r="C436" s="353"/>
+      <c r="D436" s="5"/>
+      <c r="E436" s="5"/>
       <c r="F436" s="5"/>
       <c r="G436" s="5"/>
-      <c r="H436" s="7"/>
-      <c r="I436" s="7"/>
+      <c r="H436" s="6"/>
+      <c r="I436" s="6"/>
       <c r="J436" s="7"/>
       <c r="K436" s="143"/>
       <c r="L436" s="143"/>
       <c r="M436" s="143"/>
       <c r="N436" s="143"/>
       <c r="O436" s="143"/>
       <c r="P436" s="143"/>
       <c r="Q436" s="143"/>
       <c r="R436" s="143"/>
       <c r="S436" s="143"/>
       <c r="T436" s="143"/>
     </row>
-    <row r="437" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="F437" s="214" t="s">
+    <row r="437" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A437" s="354" t="s">
+        <v>5</v>
+      </c>
+      <c r="B437" s="354"/>
+      <c r="C437" s="354"/>
+      <c r="D437" s="354"/>
+      <c r="E437" s="11"/>
+      <c r="F437" s="5"/>
+      <c r="G437" s="5"/>
+      <c r="H437" s="7"/>
+      <c r="I437" s="7"/>
+      <c r="J437" s="7"/>
+      <c r="K437" s="143"/>
+      <c r="L437" s="143"/>
+      <c r="M437" s="143"/>
+      <c r="N437" s="143"/>
+      <c r="O437" s="143"/>
+      <c r="P437" s="143"/>
+      <c r="Q437" s="143"/>
+      <c r="R437" s="143"/>
+      <c r="S437" s="143"/>
+      <c r="T437" s="143"/>
+    </row>
+    <row r="438" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A438" s="8"/>
+      <c r="B438" s="8"/>
+      <c r="C438" s="8"/>
+      <c r="D438" s="8"/>
+      <c r="E438" s="8"/>
+      <c r="F438" s="5"/>
+      <c r="G438" s="5"/>
+      <c r="H438" s="7"/>
+      <c r="I438" s="7"/>
+      <c r="J438" s="7"/>
+      <c r="K438" s="143"/>
+      <c r="L438" s="143"/>
+      <c r="M438" s="143"/>
+      <c r="N438" s="143"/>
+      <c r="O438" s="143"/>
+      <c r="P438" s="143"/>
+      <c r="Q438" s="143"/>
+      <c r="R438" s="143"/>
+      <c r="S438" s="143"/>
+      <c r="T438" s="143"/>
+    </row>
+    <row r="439" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A439" s="4"/>
+      <c r="B439" s="243" t="s">
+        <v>597</v>
+      </c>
+      <c r="C439" s="355"/>
+      <c r="D439" s="355"/>
+      <c r="E439" s="355"/>
+      <c r="F439" s="243" t="s">
         <v>571</v>
       </c>
-      <c r="G437" s="214"/>
-[...22 lines deleted...]
-      <c r="F438" s="225" t="s">
+      <c r="G439" s="243"/>
+      <c r="H439" s="243"/>
+      <c r="I439" s="161"/>
+      <c r="J439" s="161"/>
+      <c r="K439" s="144"/>
+      <c r="L439" s="144"/>
+      <c r="M439" s="144"/>
+      <c r="N439" s="144"/>
+      <c r="O439" s="144"/>
+      <c r="P439" s="144"/>
+      <c r="Q439" s="144"/>
+      <c r="R439" s="144"/>
+      <c r="S439" s="144"/>
+      <c r="T439" s="144"/>
+    </row>
+    <row r="440" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A440" s="4"/>
+      <c r="B440" s="356" t="s">
+        <v>594</v>
+      </c>
+      <c r="C440" s="356"/>
+      <c r="D440" s="356"/>
+      <c r="E440" s="356"/>
+      <c r="F440" s="211" t="s">
         <v>577</v>
       </c>
-      <c r="G438" s="225"/>
-[...16 lines deleted...]
-      <c r="B439" s="260" t="s">
+      <c r="G440" s="211"/>
+      <c r="H440" s="211"/>
+      <c r="I440" s="91"/>
+      <c r="J440" s="91"/>
+      <c r="K440" s="145"/>
+      <c r="L440" s="145"/>
+      <c r="M440" s="145"/>
+      <c r="N440" s="145"/>
+      <c r="O440" s="145"/>
+      <c r="P440" s="145"/>
+      <c r="Q440" s="145"/>
+      <c r="R440" s="145"/>
+      <c r="S440" s="145"/>
+      <c r="T440" s="145"/>
+    </row>
+    <row r="441" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A441" s="4"/>
+      <c r="B441" s="243" t="s">
+        <v>601</v>
+      </c>
+      <c r="C441" s="355"/>
+      <c r="D441" s="355"/>
+      <c r="E441" s="355"/>
+      <c r="F441" s="182"/>
+      <c r="G441" s="182"/>
+      <c r="H441" s="182"/>
+      <c r="I441" s="91"/>
+      <c r="J441" s="91"/>
+      <c r="K441" s="145"/>
+      <c r="L441" s="145"/>
+      <c r="M441" s="145"/>
+      <c r="N441" s="145"/>
+      <c r="O441" s="145"/>
+      <c r="P441" s="145"/>
+      <c r="Q441" s="145"/>
+      <c r="R441" s="145"/>
+      <c r="S441" s="145"/>
+      <c r="T441" s="145"/>
+    </row>
+    <row r="442" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A442" s="4"/>
+      <c r="B442" s="356" t="s">
+        <v>602</v>
+      </c>
+      <c r="C442" s="356"/>
+      <c r="D442" s="356"/>
+      <c r="E442" s="356"/>
+      <c r="F442" s="182"/>
+      <c r="G442" s="182"/>
+      <c r="H442" s="182"/>
+      <c r="I442" s="91"/>
+      <c r="J442" s="91"/>
+      <c r="K442" s="145"/>
+      <c r="L442" s="145"/>
+      <c r="M442" s="145"/>
+      <c r="N442" s="145"/>
+      <c r="O442" s="145"/>
+      <c r="P442" s="145"/>
+      <c r="Q442" s="145"/>
+      <c r="R442" s="145"/>
+      <c r="S442" s="145"/>
+      <c r="T442" s="145"/>
+    </row>
+    <row r="443" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A443" s="12"/>
+      <c r="B443" s="340" t="s">
         <v>528</v>
       </c>
-      <c r="C439" s="260"/>
-[...104 lines deleted...]
-      <c r="J443" s="260"/>
+      <c r="C443" s="340"/>
+      <c r="D443" s="340"/>
+      <c r="E443" s="340"/>
+      <c r="F443" s="340"/>
+      <c r="G443" s="340"/>
+      <c r="H443" s="340"/>
+      <c r="I443" s="340"/>
+      <c r="J443" s="340"/>
       <c r="K443" s="111"/>
       <c r="L443" s="111"/>
       <c r="M443" s="111"/>
       <c r="N443" s="111"/>
       <c r="O443" s="111"/>
       <c r="P443" s="111"/>
       <c r="Q443" s="111"/>
       <c r="R443" s="111"/>
       <c r="S443" s="111"/>
       <c r="T443" s="111"/>
     </row>
-    <row r="444" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="444" spans="1:20" s="146" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A444" s="4"/>
-      <c r="B444" s="72"/>
-[...19 lines deleted...]
-    <row r="445" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B444" s="4"/>
+      <c r="C444" s="4"/>
+      <c r="D444" s="4"/>
+      <c r="E444" s="4"/>
+      <c r="F444" s="4"/>
+      <c r="G444" s="4"/>
+      <c r="H444" s="4"/>
+      <c r="I444" s="4"/>
+      <c r="J444" s="4"/>
+      <c r="K444" s="102"/>
+      <c r="L444" s="102"/>
+      <c r="M444" s="102"/>
+      <c r="N444" s="102"/>
+      <c r="O444" s="102"/>
+      <c r="P444" s="102"/>
+      <c r="Q444" s="102"/>
+      <c r="R444" s="102"/>
+      <c r="S444" s="102"/>
+      <c r="T444" s="102"/>
+    </row>
+    <row r="445" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A445" s="4"/>
-      <c r="B445" s="5"/>
-[...1 lines deleted...]
-      <c r="D445" s="5"/>
+      <c r="B445" s="210" t="s">
+        <v>529</v>
+      </c>
+      <c r="C445" s="210"/>
+      <c r="D445" s="210"/>
       <c r="E445" s="4"/>
-      <c r="F445" s="4"/>
-[...39 lines deleted...]
-      <c r="T446" s="151"/>
+      <c r="F445" s="390" t="s">
+        <v>531</v>
+      </c>
+      <c r="G445" s="390"/>
+      <c r="H445" s="390"/>
+      <c r="I445" s="89"/>
+      <c r="J445" s="89"/>
+      <c r="K445" s="147"/>
+      <c r="L445" s="147"/>
+      <c r="M445" s="147"/>
+      <c r="N445" s="147"/>
+      <c r="O445" s="147"/>
+      <c r="P445" s="147"/>
+      <c r="Q445" s="147"/>
+      <c r="R445" s="147"/>
+      <c r="S445" s="147"/>
+      <c r="T445" s="147"/>
+    </row>
+    <row r="446" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A446" s="10"/>
+      <c r="B446" s="211" t="s">
+        <v>530</v>
+      </c>
+      <c r="C446" s="211"/>
+      <c r="D446" s="211"/>
+      <c r="E446" s="4"/>
+      <c r="F446" s="211" t="s">
+        <v>532</v>
+      </c>
+      <c r="G446" s="211"/>
+      <c r="H446" s="211"/>
+      <c r="I446" s="90"/>
+      <c r="J446" s="90"/>
+      <c r="K446" s="148"/>
+      <c r="L446" s="148"/>
+      <c r="M446" s="148"/>
+      <c r="N446" s="148"/>
+      <c r="O446" s="148"/>
+      <c r="P446" s="148"/>
+      <c r="Q446" s="148"/>
+      <c r="R446" s="148"/>
+      <c r="S446" s="148"/>
+      <c r="T446" s="148"/>
+    </row>
+    <row r="447" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A447" s="10"/>
+      <c r="B447" s="210" t="s">
+        <v>603</v>
+      </c>
+      <c r="C447" s="210"/>
+      <c r="D447" s="210"/>
+      <c r="E447" s="4"/>
+      <c r="F447" s="182"/>
+      <c r="G447" s="182"/>
+      <c r="H447" s="182"/>
+      <c r="I447" s="90"/>
+      <c r="J447" s="90"/>
+      <c r="K447" s="148"/>
+      <c r="L447" s="148"/>
+      <c r="M447" s="148"/>
+      <c r="N447" s="148"/>
+      <c r="O447" s="148"/>
+      <c r="P447" s="148"/>
+      <c r="Q447" s="148"/>
+      <c r="R447" s="148"/>
+      <c r="S447" s="148"/>
+      <c r="T447" s="148"/>
+    </row>
+    <row r="448" spans="1:20" s="95" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A448" s="10"/>
+      <c r="B448" s="211" t="s">
+        <v>604</v>
+      </c>
+      <c r="C448" s="211"/>
+      <c r="D448" s="211"/>
+      <c r="E448" s="4"/>
+      <c r="F448" s="182"/>
+      <c r="G448" s="182"/>
+      <c r="H448" s="182"/>
+      <c r="I448" s="90"/>
+      <c r="J448" s="90"/>
+      <c r="K448" s="148"/>
+      <c r="L448" s="148"/>
+      <c r="M448" s="148"/>
+      <c r="N448" s="148"/>
+      <c r="O448" s="148"/>
+      <c r="P448" s="148"/>
+      <c r="Q448" s="148"/>
+      <c r="R448" s="148"/>
+      <c r="S448" s="148"/>
+      <c r="T448" s="148"/>
+    </row>
+    <row r="449" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A449" s="4"/>
+      <c r="B449" s="340" t="s">
+        <v>527</v>
+      </c>
+      <c r="C449" s="340"/>
+      <c r="D449" s="340"/>
+      <c r="E449" s="340"/>
+      <c r="F449" s="340"/>
+      <c r="G449" s="340"/>
+      <c r="H449" s="340"/>
+      <c r="I449" s="340"/>
+      <c r="J449" s="340"/>
+      <c r="K449" s="111"/>
+      <c r="L449" s="111"/>
+      <c r="M449" s="111"/>
+      <c r="N449" s="111"/>
+      <c r="O449" s="111"/>
+      <c r="P449" s="111"/>
+      <c r="Q449" s="111"/>
+      <c r="R449" s="111"/>
+      <c r="S449" s="111"/>
+      <c r="T449" s="111"/>
+    </row>
+    <row r="450" spans="1:20" s="95" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A450" s="4"/>
+      <c r="B450" s="72"/>
+      <c r="C450" s="72"/>
+      <c r="D450" s="72"/>
+      <c r="E450" s="72"/>
+      <c r="F450" s="72"/>
+      <c r="G450" s="72"/>
+      <c r="H450" s="72"/>
+      <c r="I450" s="72"/>
+      <c r="J450" s="72"/>
+      <c r="K450" s="149"/>
+      <c r="L450" s="149"/>
+      <c r="M450" s="149"/>
+      <c r="N450" s="149"/>
+      <c r="O450" s="149"/>
+      <c r="P450" s="149"/>
+      <c r="Q450" s="149"/>
+      <c r="R450" s="149"/>
+      <c r="S450" s="149"/>
+      <c r="T450" s="149"/>
+    </row>
+    <row r="451" spans="1:20" s="95" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A451" s="4"/>
+      <c r="B451" s="5"/>
+      <c r="C451" s="5"/>
+      <c r="D451" s="5"/>
+      <c r="E451" s="4"/>
+      <c r="F451" s="4"/>
+      <c r="G451" s="4"/>
+      <c r="H451" s="4"/>
+      <c r="I451" s="13"/>
+      <c r="J451" s="14" t="s">
+        <v>600</v>
+      </c>
+      <c r="K451" s="150"/>
+      <c r="L451" s="150"/>
+      <c r="M451" s="150"/>
+      <c r="N451" s="150"/>
+      <c r="O451" s="150"/>
+      <c r="P451" s="150"/>
+      <c r="Q451" s="150"/>
+      <c r="R451" s="150"/>
+      <c r="S451" s="150"/>
+      <c r="T451" s="150"/>
+    </row>
+    <row r="452" spans="1:20" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A452" s="4"/>
+      <c r="B452" s="5"/>
+      <c r="C452" s="5"/>
+      <c r="D452" s="5"/>
+      <c r="E452" s="5"/>
+      <c r="F452" s="5"/>
+      <c r="G452" s="5"/>
+      <c r="H452" s="5"/>
+      <c r="I452" s="343">
+        <v>46031</v>
+      </c>
+      <c r="J452" s="343"/>
+      <c r="K452" s="151"/>
+      <c r="L452" s="151"/>
+      <c r="M452" s="151"/>
+      <c r="N452" s="151"/>
+      <c r="O452" s="151"/>
+      <c r="P452" s="151"/>
+      <c r="Q452" s="151"/>
+      <c r="R452" s="151"/>
+      <c r="S452" s="151"/>
+      <c r="T452" s="151"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="g/bPAW44apMHH418bz8T/LQmhliCHbf9msX8A7Kt5s/v1EmORUDANxKmjUcKxL7qBwY7U/e7dj8Arq5uy4Mb6w==" saltValue="/Lh25Ak96+zGIzZM4kzpLQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="NyL+9HZ2YMi/6Qe62yvGRxV5A7UPOu9RCGATchII+YzFXaFnuP09Xw0KVl8Bb7vkkdOx2Lkd9Wqfqi51U4eXjQ==" saltValue="CkKOXGLEeLSVrDIdDNRXIg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
-    <protectedRange password="D920" sqref="L29:S429" name="SIT Notes and Comments" securityDescriptor="O:WDG:WDD:(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-14779)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-21730)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38373)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38374)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-39544)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-44782)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-50719)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-6263)"/>
+    <protectedRange password="D920" sqref="L31:S431" name="SIT Notes and Comments" securityDescriptor="O:WDG:WDD:(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-14779)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-21730)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38373)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38374)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-39544)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-44782)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-50719)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-6263)"/>
   </protectedRanges>
-  <mergeCells count="234">
-[...13 lines deleted...]
-    <mergeCell ref="A404:J405"/>
+  <mergeCells count="240">
+    <mergeCell ref="B447:D447"/>
+    <mergeCell ref="B448:D448"/>
+    <mergeCell ref="A21:D21"/>
+    <mergeCell ref="A25:D25"/>
+    <mergeCell ref="L85:S103"/>
+    <mergeCell ref="E20:H20"/>
+    <mergeCell ref="D427:I427"/>
     <mergeCell ref="D428:I428"/>
-    <mergeCell ref="B409:C409"/>
-[...14 lines deleted...]
-    <mergeCell ref="L127:S132"/>
+    <mergeCell ref="A226:J226"/>
+    <mergeCell ref="A303:E310"/>
+    <mergeCell ref="F303:J314"/>
+    <mergeCell ref="A317:F317"/>
+    <mergeCell ref="A316:J316"/>
+    <mergeCell ref="G317:H317"/>
+    <mergeCell ref="A280:E285"/>
+    <mergeCell ref="F280:J288"/>
+    <mergeCell ref="A290:E294"/>
+    <mergeCell ref="F290:J300"/>
+    <mergeCell ref="F259:J268"/>
+    <mergeCell ref="A259:E266"/>
+    <mergeCell ref="A270:E275"/>
+    <mergeCell ref="F270:J278"/>
+    <mergeCell ref="F239:J246"/>
+    <mergeCell ref="A159:J159"/>
+    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="H165:I165"/>
+    <mergeCell ref="H168:I168"/>
+    <mergeCell ref="A168:G170"/>
+    <mergeCell ref="A181:I183"/>
+    <mergeCell ref="A87:J89"/>
+    <mergeCell ref="A97:I98"/>
+    <mergeCell ref="J97:J98"/>
+    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="F446:H446"/>
+    <mergeCell ref="F445:H445"/>
+    <mergeCell ref="F439:H439"/>
+    <mergeCell ref="F440:H440"/>
+    <mergeCell ref="D426:I426"/>
+    <mergeCell ref="A410:J410"/>
+    <mergeCell ref="A177:I178"/>
+    <mergeCell ref="B179:C179"/>
+    <mergeCell ref="D179:E179"/>
+    <mergeCell ref="F179:G179"/>
+    <mergeCell ref="H179:I179"/>
+    <mergeCell ref="A416:J418"/>
+    <mergeCell ref="A398:J401"/>
+    <mergeCell ref="I200:J200"/>
+    <mergeCell ref="B202:I204"/>
+    <mergeCell ref="G234:J234"/>
+    <mergeCell ref="B389:I390"/>
+    <mergeCell ref="A396:J396"/>
+    <mergeCell ref="A185:I185"/>
+    <mergeCell ref="A187:I188"/>
+    <mergeCell ref="A190:I191"/>
+    <mergeCell ref="A193:J193"/>
+    <mergeCell ref="A239:E244"/>
+    <mergeCell ref="A28:J29"/>
+    <mergeCell ref="A26:J26"/>
+    <mergeCell ref="A149:I150"/>
+    <mergeCell ref="A155:J156"/>
+    <mergeCell ref="A157:C157"/>
+    <mergeCell ref="B153:I153"/>
+    <mergeCell ref="A158:J158"/>
+    <mergeCell ref="A42:J43"/>
+    <mergeCell ref="A45:G45"/>
+    <mergeCell ref="H45:J45"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A147:I147"/>
+    <mergeCell ref="A104:J104"/>
+    <mergeCell ref="A111:I112"/>
+    <mergeCell ref="A113:I115"/>
+    <mergeCell ref="A116:J117"/>
+    <mergeCell ref="A122:J125"/>
+    <mergeCell ref="A172:I173"/>
+    <mergeCell ref="A118:J121"/>
+    <mergeCell ref="B449:J449"/>
+    <mergeCell ref="B443:J443"/>
+    <mergeCell ref="A231:J231"/>
+    <mergeCell ref="A232:J232"/>
+    <mergeCell ref="A233:J233"/>
+    <mergeCell ref="B221:I223"/>
+    <mergeCell ref="A228:J229"/>
+    <mergeCell ref="A214:C214"/>
+    <mergeCell ref="J211:J213"/>
+    <mergeCell ref="B216:I217"/>
+    <mergeCell ref="B218:H219"/>
+    <mergeCell ref="I219:J219"/>
+    <mergeCell ref="D230:J230"/>
+    <mergeCell ref="A230:C230"/>
+    <mergeCell ref="A326:C326"/>
+    <mergeCell ref="D326:J326"/>
+    <mergeCell ref="D429:I429"/>
+    <mergeCell ref="B392:H393"/>
+    <mergeCell ref="B358:G358"/>
+    <mergeCell ref="B354:I357"/>
+    <mergeCell ref="B353:F353"/>
+    <mergeCell ref="G353:I353"/>
+    <mergeCell ref="B441:E441"/>
+    <mergeCell ref="B442:E442"/>
+    <mergeCell ref="A137:J137"/>
+    <mergeCell ref="A138:J139"/>
+    <mergeCell ref="A46:D46"/>
     <mergeCell ref="E46:J46"/>
-    <mergeCell ref="A65:J66"/>
-[...12 lines deleted...]
-    <mergeCell ref="A125:J125"/>
+    <mergeCell ref="A47:D47"/>
+    <mergeCell ref="E47:J47"/>
     <mergeCell ref="A48:D48"/>
-    <mergeCell ref="I47:J47"/>
-[...51 lines deleted...]
-    <mergeCell ref="I446:J446"/>
+    <mergeCell ref="A85:J86"/>
+    <mergeCell ref="E50:J50"/>
+    <mergeCell ref="A49:D49"/>
+    <mergeCell ref="A108:I109"/>
+    <mergeCell ref="E51:J51"/>
+    <mergeCell ref="A93:J96"/>
+    <mergeCell ref="A55:J55"/>
+    <mergeCell ref="A56:I59"/>
+    <mergeCell ref="J56:J57"/>
+    <mergeCell ref="A60:I63"/>
+    <mergeCell ref="J61:J62"/>
+    <mergeCell ref="A102:J102"/>
+    <mergeCell ref="E49:F49"/>
+    <mergeCell ref="A140:J141"/>
+    <mergeCell ref="A84:J84"/>
+    <mergeCell ref="A90:J92"/>
+    <mergeCell ref="I452:J452"/>
     <mergeCell ref="A17:J18"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A8:J9"/>
     <mergeCell ref="A10:J12"/>
     <mergeCell ref="A14:J14"/>
     <mergeCell ref="A15:F15"/>
     <mergeCell ref="G15:J15"/>
-    <mergeCell ref="A158:J159"/>
     <mergeCell ref="A160:J161"/>
-    <mergeCell ref="J163:J164"/>
-[...17 lines deleted...]
-    <mergeCell ref="A83:J84"/>
+    <mergeCell ref="A162:J163"/>
+    <mergeCell ref="J165:J166"/>
+    <mergeCell ref="J168:J169"/>
+    <mergeCell ref="A165:G166"/>
+    <mergeCell ref="A436:C436"/>
+    <mergeCell ref="A437:D437"/>
+    <mergeCell ref="B439:E439"/>
+    <mergeCell ref="B440:E440"/>
+    <mergeCell ref="B206:I208"/>
+    <mergeCell ref="A194:I196"/>
+    <mergeCell ref="J194:J195"/>
+    <mergeCell ref="A211:I213"/>
+    <mergeCell ref="B198:H198"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="A31:J31"/>
+    <mergeCell ref="L303:S314"/>
+    <mergeCell ref="H169:I169"/>
+    <mergeCell ref="A2:J4"/>
+    <mergeCell ref="A6:J7"/>
+    <mergeCell ref="L138:S157"/>
+    <mergeCell ref="L160:S190"/>
+    <mergeCell ref="L194:S230"/>
+    <mergeCell ref="L236:S246"/>
+    <mergeCell ref="L249:S257"/>
+    <mergeCell ref="L259:S268"/>
+    <mergeCell ref="L270:S278"/>
+    <mergeCell ref="L280:S288"/>
+    <mergeCell ref="L290:S300"/>
+    <mergeCell ref="E24:H24"/>
+    <mergeCell ref="L2:S2"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="L31:S38"/>
+    <mergeCell ref="L42:S53"/>
+    <mergeCell ref="A64:J64"/>
+    <mergeCell ref="A66:D66"/>
+    <mergeCell ref="E66:J66"/>
+    <mergeCell ref="A22:J22"/>
+    <mergeCell ref="A24:D24"/>
+    <mergeCell ref="A40:J40"/>
+    <mergeCell ref="A37:J39"/>
+    <mergeCell ref="B376:I377"/>
+    <mergeCell ref="A379:J379"/>
+    <mergeCell ref="B381:H381"/>
+    <mergeCell ref="B383:F384"/>
+    <mergeCell ref="A372:J372"/>
+    <mergeCell ref="B374:H374"/>
+    <mergeCell ref="B347:I348"/>
+    <mergeCell ref="B360:G360"/>
+    <mergeCell ref="A337:J342"/>
+    <mergeCell ref="A343:J343"/>
+    <mergeCell ref="A345:C345"/>
+    <mergeCell ref="A329:H332"/>
+    <mergeCell ref="I329:J330"/>
+    <mergeCell ref="A333:H336"/>
+    <mergeCell ref="I333:J334"/>
+    <mergeCell ref="A328:J328"/>
+    <mergeCell ref="D157:J157"/>
+    <mergeCell ref="F249:J257"/>
+    <mergeCell ref="A249:E255"/>
+    <mergeCell ref="A234:F234"/>
+    <mergeCell ref="B199:H200"/>
+    <mergeCell ref="A235:C235"/>
+    <mergeCell ref="I237:J237"/>
+    <mergeCell ref="L65:S70"/>
+    <mergeCell ref="L74:S82"/>
+    <mergeCell ref="L106:S125"/>
+    <mergeCell ref="L129:S134"/>
     <mergeCell ref="E48:J48"/>
-    <mergeCell ref="A47:D47"/>
-[...64 lines deleted...]
-    <mergeCell ref="F438:H438"/>
+    <mergeCell ref="A67:J68"/>
+    <mergeCell ref="A72:J72"/>
+    <mergeCell ref="A74:D75"/>
+    <mergeCell ref="E74:J76"/>
+    <mergeCell ref="G52:J52"/>
+    <mergeCell ref="G53:J53"/>
+    <mergeCell ref="A78:D78"/>
+    <mergeCell ref="E78:J78"/>
+    <mergeCell ref="A79:D79"/>
+    <mergeCell ref="E79:J79"/>
+    <mergeCell ref="E70:J70"/>
+    <mergeCell ref="E81:J82"/>
+    <mergeCell ref="A81:D82"/>
+    <mergeCell ref="A127:J127"/>
+    <mergeCell ref="A50:D50"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="L319:S324"/>
+    <mergeCell ref="L329:S341"/>
+    <mergeCell ref="L345:S360"/>
+    <mergeCell ref="L363:S395"/>
+    <mergeCell ref="L406:S415"/>
+    <mergeCell ref="L421:S431"/>
+    <mergeCell ref="B445:D445"/>
+    <mergeCell ref="B446:D446"/>
+    <mergeCell ref="A419:J421"/>
     <mergeCell ref="D424:I424"/>
-    <mergeCell ref="A408:J408"/>
-[...14 lines deleted...]
-    <mergeCell ref="E20:H20"/>
     <mergeCell ref="D425:I425"/>
-    <mergeCell ref="D426:I426"/>
-[...19 lines deleted...]
-    <mergeCell ref="A166:G168"/>
+    <mergeCell ref="G413:H413"/>
+    <mergeCell ref="A403:J405"/>
+    <mergeCell ref="A406:J407"/>
+    <mergeCell ref="D430:I430"/>
+    <mergeCell ref="B411:C411"/>
+    <mergeCell ref="D411:E411"/>
+    <mergeCell ref="B412:C412"/>
+    <mergeCell ref="D412:E412"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="B413:C413"/>
+    <mergeCell ref="B363:I370"/>
+    <mergeCell ref="B386:F387"/>
+    <mergeCell ref="B350:I351"/>
   </mergeCells>
-  <conditionalFormatting sqref="I32:I33">
+  <conditionalFormatting sqref="I34:I35">
     <cfRule type="iconSet" priority="58">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E46:J46">
+  <conditionalFormatting sqref="E48:J48">
     <cfRule type="expression" dxfId="23" priority="57">
-      <formula>$E$46&lt;&gt;""</formula>
+      <formula>$E$48&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A50:J51">
+  <conditionalFormatting sqref="A52:J53">
     <cfRule type="expression" dxfId="22" priority="56">
       <formula>$U$1=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I129">
+  <conditionalFormatting sqref="I131">
     <cfRule type="iconSet" priority="55">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H128">
+  <conditionalFormatting sqref="H130">
     <cfRule type="iconSet" priority="54">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H130">
+  <conditionalFormatting sqref="H132">
     <cfRule type="iconSet" priority="53">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H132">
+  <conditionalFormatting sqref="H134">
     <cfRule type="iconSet" priority="52">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A155 D155 A135:J154">
+  <conditionalFormatting sqref="A157 D157 A137:J156">
     <cfRule type="expression" dxfId="21" priority="51">
       <formula>$U$4&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I128">
+  <conditionalFormatting sqref="I130">
     <cfRule type="expression" dxfId="20" priority="50">
       <formula>$U$4&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I130">
+  <conditionalFormatting sqref="I132">
     <cfRule type="expression" dxfId="19" priority="49">
       <formula>$U$5&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I132">
+  <conditionalFormatting sqref="I134">
     <cfRule type="expression" dxfId="18" priority="48">
       <formula>$U$6&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A156:J156">
+  <conditionalFormatting sqref="A158:J158">
     <cfRule type="expression" dxfId="17" priority="47">
       <formula>$U$4&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A166:J168">
+  <conditionalFormatting sqref="A168:J170">
     <cfRule type="expression" dxfId="16" priority="44">
-      <formula>LEFT(TRIM(UPPER($J$163)),1)="Y"</formula>
+      <formula>LEFT(TRIM(UPPER($J$165)),1)="Y"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A163:J164">
+  <conditionalFormatting sqref="A165:J166">
     <cfRule type="expression" dxfId="15" priority="43">
-      <formula>LEFT(TRIM(UPPER($J$166)),1)="Y"</formula>
+      <formula>LEFT(TRIM(UPPER($J$168)),1)="Y"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A229:J229 A228 D228 A225:J227 A224 A157:J174 A178:J223 A175 A177:B177 D177 F177 H177 J175:J177">
+  <conditionalFormatting sqref="A231:J231 A230 D230 A227:J229 A226 A159:J176 A180:J225 A177 A179:B179 D179 F179 H179 J177:J179">
     <cfRule type="expression" dxfId="14" priority="40">
       <formula>$U$5&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H318">
+  <conditionalFormatting sqref="H320">
     <cfRule type="iconSet" priority="39">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H320">
+  <conditionalFormatting sqref="H322">
     <cfRule type="iconSet" priority="38">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A325:J325 A230:J323 D324">
+  <conditionalFormatting sqref="A327:J327 A232:J325 D326">
     <cfRule type="expression" dxfId="13" priority="37">
       <formula>$U$6&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A324">
+  <conditionalFormatting sqref="A326">
     <cfRule type="expression" dxfId="12" priority="34">
       <formula>$U$6&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A327:J330">
+  <conditionalFormatting sqref="A329:J332">
     <cfRule type="expression" dxfId="11" priority="33">
       <formula>$U$6=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A331:J340">
+  <conditionalFormatting sqref="A333:J342">
     <cfRule type="expression" dxfId="10" priority="32">
       <formula>OR($U$4=TRUE,$U$5=TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J345">
+  <conditionalFormatting sqref="J347">
     <cfRule type="iconSet" priority="31">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J348">
+  <conditionalFormatting sqref="J350">
     <cfRule type="iconSet" priority="29">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J358">
+  <conditionalFormatting sqref="J360">
     <cfRule type="iconSet" priority="28">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J361">
+  <conditionalFormatting sqref="J363">
     <cfRule type="iconSet" priority="27">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J372">
+  <conditionalFormatting sqref="J374">
     <cfRule type="iconSet" priority="26">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J374">
+  <conditionalFormatting sqref="J376">
     <cfRule type="iconSet" priority="25">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J379">
+  <conditionalFormatting sqref="J381">
     <cfRule type="iconSet" priority="23">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J381">
+  <conditionalFormatting sqref="J383">
     <cfRule type="iconSet" priority="22">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A370:J376">
+  <conditionalFormatting sqref="A372:J378">
     <cfRule type="expression" dxfId="9" priority="20">
       <formula>$U$4&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A377:J386 A389:J389 A387:B387 A388 A392:J393 A390:B390 A391 J387:J388 I390:J391">
+  <conditionalFormatting sqref="A379:J388 A391:J391 A389:B389 A390 A394:J395 A392:B392 A393 J389:J390 I392:J393">
     <cfRule type="expression" dxfId="8" priority="19">
       <formula>$U$5&lt;&gt;TRUE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A192:J207">
+  <conditionalFormatting sqref="A194:J209">
     <cfRule type="expression" dxfId="7" priority="18">
-      <formula>LEFT(TRIM(UPPER($J$209)),1)="Y"</formula>
+      <formula>LEFT(TRIM(UPPER($J$211)),1)="Y"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A209:J222">
+  <conditionalFormatting sqref="A211:J224">
     <cfRule type="expression" dxfId="6" priority="17">
-      <formula>LEFT(TRIM(UPPER($J$192)),1)="Y"</formula>
+      <formula>LEFT(TRIM(UPPER($J$194)),1)="Y"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J384">
+  <conditionalFormatting sqref="J386">
     <cfRule type="iconSet" priority="14">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A360:J369">
+  <conditionalFormatting sqref="A362:J371">
     <cfRule type="expression" dxfId="5" priority="9">
-      <formula>$J$112&lt;&gt;"Yes"</formula>
+      <formula>$J$114&lt;&gt;"Yes"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A114:J124">
+  <conditionalFormatting sqref="A116:J126">
     <cfRule type="expression" dxfId="4" priority="8">
-      <formula>$J$112&lt;&gt;"Yes"</formula>
+      <formula>$J$114&lt;&gt;"Yes"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A108:J110">
+  <conditionalFormatting sqref="A110:J112">
     <cfRule type="expression" dxfId="3" priority="7">
-      <formula>LEFT(TRIM(UPPER($J$106)),1)&lt;&gt;"Y"</formula>
+      <formula>LEFT(TRIM(UPPER($J$108)),1)&lt;&gt;"Y"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A108:J124 A106 J106:J107">
+  <conditionalFormatting sqref="A110:J126 A108 J108:J109">
     <cfRule type="expression" dxfId="2" priority="6">
-      <formula>$J$104&lt;&gt;"Yes"</formula>
+      <formula>$J$106&lt;&gt;"Yes"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J387">
+  <conditionalFormatting sqref="J389">
     <cfRule type="iconSet" priority="5">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J390">
+  <conditionalFormatting sqref="J392">
     <cfRule type="iconSet" priority="4">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E49:J49">
+  <conditionalFormatting sqref="E51:J51">
     <cfRule type="expression" dxfId="1" priority="3">
-      <formula>LEFT($E$49,3)="App"</formula>
+      <formula>LEFT($E$51,3)="App"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J351">
+  <conditionalFormatting sqref="J353">
     <cfRule type="iconSet" priority="2">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J59:J60">
+  <conditionalFormatting sqref="J61:J62">
     <cfRule type="expression" dxfId="0" priority="1">
-      <formula>$J$58="No"</formula>
+      <formula>$J$60="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="8">
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date input error!" error="Please enter a date in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="D424:I424" xr:uid="{00000000-0002-0000-0100-000000000000}">
+  <dataValidations disablePrompts="1" count="8">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date input error!" error="Please enter a date in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="D426:I426" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>DATE(YEAR(TODAY())-1,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>TODAY()</formula2>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J108 J112 J104 J54:J55 J58" xr:uid="{00000000-0002-0000-0100-000001000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J110 J114 J106 J56:J57 J60" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"'- select -,Yes,No"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J106" xr:uid="{00000000-0002-0000-0100-000002000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J108" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>"'- select -,Yes they did,Yes they do,No"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J95:J96" xr:uid="{D2AE5C24-2123-466D-BFCB-68EED2793223}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J97:J98" xr:uid="{D2AE5C24-2123-466D-BFCB-68EED2793223}">
       <formula1>"'- select -,Yes,still discussing,not yet"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J98:J99" xr:uid="{1EB65070-6D1E-4907-A26E-8A510CFE93E8}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J100:J101" xr:uid="{1EB65070-6D1E-4907-A26E-8A510CFE93E8}">
       <formula1>"'- select -,1 yr,2 yrs,3 yrs,4 yrs,5 yrs,undecided"</formula1>
     </dataValidation>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date of birth error" error="Please enter date of birth in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E47:F47" xr:uid="{28F1DF8B-D6B6-40C1-B27E-0AFCA0573B09}">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date of birth error" error="Please enter date of birth in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E49:F49" xr:uid="{28F1DF8B-D6B6-40C1-B27E-0AFCA0573B09}">
       <formula1>DATE(YEAR(TODAY())-80,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>DATE(YEAR(TODAY())-16,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry error!" error="Please enter number of children, if none select 'No' in the field above and leave this field blank" sqref="J59:J60" xr:uid="{47AD3C4B-2B2A-4938-8827-A969BC422CFC}">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry error!" error="Please enter number of children, if none select 'No' in the field above and leave this field blank" sqref="J61:J62" xr:uid="{47AD3C4B-2B2A-4938-8827-A969BC422CFC}">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H47" xr:uid="{8022FCAB-557F-4BF0-AED3-839CD3E34694}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H49" xr:uid="{8022FCAB-557F-4BF0-AED3-839CD3E34694}">
       <formula1>"'- select -,Male,Female"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="G15:J15" r:id="rId1" display="tim.currie@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
-    <hyperlink ref="A435" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
-[...15 lines deleted...]
-    <hyperlink ref="H167:I167" r:id="rId9" display="endorsed funders" xr:uid="{00000000-0004-0000-0100-000011000000}"/>
+    <hyperlink ref="A437" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="B440" r:id="rId3" display="angelina.pelova@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="B446" r:id="rId4" display="mailto:solveig.alsaker@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
+    <hyperlink ref="I130" location="'Global Talent application form'!A91" display="go to route 1" xr:uid="{00000000-0004-0000-0100-000004000000}"/>
+    <hyperlink ref="I132" location="'Global Talent application form'!A118" display="go to route 2" xr:uid="{00000000-0004-0000-0100-000005000000}"/>
+    <hyperlink ref="I134" location="'Global Talent application form'!A191" display="go to route 3" xr:uid="{00000000-0004-0000-0100-000006000000}"/>
+    <hyperlink ref="H165:I165" r:id="rId5" display="endorsed funders" xr:uid="{00000000-0004-0000-0100-000007000000}"/>
+    <hyperlink ref="A214:C214" r:id="rId6" location="directlyincurred" display="directly incurred costs" xr:uid="{00000000-0004-0000-0100-000008000000}"/>
+    <hyperlink ref="D157:H157" location="'Global Talent application form'!A215" display="Payment and Authorisation section" xr:uid="{00000000-0004-0000-0100-000009000000}"/>
+    <hyperlink ref="D230:H230" location="'Global Talent application form'!A215" display="Payment and Authorisation section" xr:uid="{00000000-0004-0000-0100-00000A000000}"/>
+    <hyperlink ref="A234:F234" r:id="rId7" location="collapse1920761" display="full Exceptional Talent or Exceptional Promise criteria" xr:uid="{00000000-0004-0000-0100-00000B000000}"/>
+    <hyperlink ref="A317:F317" r:id="rId8" location="collapse1920761" display="full Exceptional Talent or Exceptional Promise criteria" xr:uid="{00000000-0004-0000-0100-00000C000000}"/>
+    <hyperlink ref="D157:J157" location="'Global Talent application form'!A272" display="Confirmation from Head of Department/ Faculty/ College section" xr:uid="{00000000-0004-0000-0100-00000D000000}"/>
+    <hyperlink ref="D230:J230" location="'Global Talent application form'!A272" display="Confirmation from Head of Department/ Faculty/ College section" xr:uid="{00000000-0004-0000-0100-00000E000000}"/>
+    <hyperlink ref="D326:H326" location="'Global Talent application form'!A215" display="Payment and Authorisation section" xr:uid="{00000000-0004-0000-0100-00000F000000}"/>
+    <hyperlink ref="D326:J326" location="'Global Talent application form'!A272" display="Confirmation from Head of Department/ Faculty/ College section" xr:uid="{00000000-0004-0000-0100-000010000000}"/>
+    <hyperlink ref="H169:I169" r:id="rId9" display="endorsed funders" xr:uid="{00000000-0004-0000-0100-000011000000}"/>
     <hyperlink ref="G15" r:id="rId10" xr:uid="{00000000-0004-0000-0100-000012000000}"/>
-    <hyperlink ref="F438:H438" r:id="rId11" display="paul.deeble@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000013000000}"/>
-[...4 lines deleted...]
-    <hyperlink ref="B438:E438" r:id="rId16" display="angelina.escott@admin.ox.ac.uk" xr:uid="{50F8BFFB-2255-47B9-8E92-87D4F4370A46}"/>
+    <hyperlink ref="F440:H440" r:id="rId11" display="paul.deeble@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000013000000}"/>
+    <hyperlink ref="B446:D446" r:id="rId12" display="lyn.davis@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000014000000}"/>
+    <hyperlink ref="F446:H446" r:id="rId13" display="richard.birt@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0100-000015000000}"/>
+    <hyperlink ref="F440" r:id="rId14" xr:uid="{2C35646D-51B4-41A6-A8FD-4F9B1CE1A951}"/>
+    <hyperlink ref="G353:I353" r:id="rId15" display="(found on the SIT website)" xr:uid="{5D95458D-7AD4-4D79-94DF-F3DEEB99807E}"/>
+    <hyperlink ref="B440:E440" r:id="rId16" display="angelina.escott@admin.ox.ac.uk" xr:uid="{50F8BFFB-2255-47B9-8E92-87D4F4370A46}"/>
+    <hyperlink ref="B442" r:id="rId17" display="angelina.pelova@admin.ox.ac.uk" xr:uid="{D75C18A3-992F-42B6-8A78-90F06CF39C4F}"/>
+    <hyperlink ref="B442:E442" r:id="rId18" display="kara.updale@admin.ox.ac.uk" xr:uid="{03B212B3-378C-4EFA-9E55-AFCC950DA260}"/>
+    <hyperlink ref="B448" r:id="rId19" display="mailto:solveig.alsaker@admin.ox.ac.uk" xr:uid="{3082C563-8D66-4DDA-931E-337C53CE51D4}"/>
+    <hyperlink ref="B448:D448" r:id="rId20" display="sufia.nadeem@admin.ox.ac.uk" xr:uid="{6443C75A-0C57-49DC-BD8B-5CE4CED3CFED}"/>
   </hyperlinks>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.23622047244094491" bottom="0.51181102362204722" header="0" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="86" fitToHeight="3" orientation="portrait" r:id="rId17"/>
+  <pageSetup paperSize="9" scale="86" fitToHeight="3" orientation="portrait" r:id="rId21"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;K00-026Updated November 2025&amp;R&amp;K00-026page &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;K00-025Updated January 2026&amp;R&amp;K00-025page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="7" manualBreakCount="7">
-    <brk id="52" max="9" man="1"/>
-[...5 lines deleted...]
-    <brk id="393" max="9" man="1"/>
+    <brk id="54" max="9" man="1"/>
+    <brk id="112" max="9" man="1"/>
+    <brk id="176" max="9" man="1"/>
+    <brk id="231" max="9" man="1"/>
+    <brk id="289" max="9" man="1"/>
+    <brk id="342" max="9" man="1"/>
+    <brk id="395" max="9" man="1"/>
   </rowBreaks>
   <ignoredErrors>
-    <ignoredError sqref="F410:G410" numberStoredAsText="1"/>
+    <ignoredError sqref="F412:G412" numberStoredAsText="1"/>
   </ignoredErrors>
-  <drawing r:id="rId18"/>
-  <legacyDrawing r:id="rId19"/>
+  <drawing r:id="rId22"/>
+  <legacyDrawing r:id="rId23"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1041" r:id="rId20" name="GTPromise">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="U9" r:id="rId21">
+        <control shapeId="1036" r:id="rId24" name="GTroute3">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U6" r:id="rId25">
             <anchor moveWithCells="1">
               <from>
-                <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-                <xdr:rowOff>152400</xdr:rowOff>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>132</xdr:row>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>6</xdr:col>
-                <xdr:colOff>352425</xdr:colOff>
-                <xdr:row>320</xdr:row>
+                <xdr:colOff>381000</xdr:colOff>
+                <xdr:row>134</xdr:row>
+                <xdr:rowOff>76200</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1036" r:id="rId24" name="GTroute3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1035" r:id="rId26" name="GTroute2">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U5" r:id="rId27">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>130</xdr:row>
+                <xdr:rowOff>104775</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>6</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>132</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1041" r:id="rId20" name="GTPromise"/>
-[...74 lines deleted...]
-        <control shapeId="1027" r:id="rId26" name="OptionButton2"/>
+        <control shapeId="1035" r:id="rId26" name="GTroute2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="1034" r:id="rId28" name="GTroute1">
           <controlPr defaultSize="0" autoLine="0" linkedCell="U4" r:id="rId29">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>390525</xdr:colOff>
-                <xdr:row>126</xdr:row>
+                <xdr:row>128</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>333375</xdr:colOff>
-                <xdr:row>128</xdr:row>
+                <xdr:row>130</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="1034" r:id="rId28" name="GTroute1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1035" r:id="rId30" name="GTroute2">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="U5" r:id="rId31">
+        <control shapeId="1027" r:id="rId30" name="OptionButton2">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U2" r:id="rId31">
             <anchor moveWithCells="1">
               <from>
-                <xdr:col>0</xdr:col>
-[...1 lines deleted...]
-                <xdr:row>128</xdr:row>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>333375</xdr:colOff>
+                <xdr:row>33</xdr:row>
+                <xdr:rowOff>209550</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>485775</xdr:colOff>
+                <xdr:row>35</xdr:row>
+                <xdr:rowOff>76200</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1027" r:id="rId30" name="OptionButton2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1026" r:id="rId32" name="OptionButton1">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U1" r:id="rId33">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>333375</xdr:colOff>
+                <xdr:row>32</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </from>
               <to>
+                <xdr:col>7</xdr:col>
+                <xdr:colOff>476250</xdr:colOff>
+                <xdr:row>34</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1026" r:id="rId32" name="OptionButton1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1040" r:id="rId34" name="GTTalent">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U8" r:id="rId35">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>2</xdr:col>
+                <xdr:colOff>57150</xdr:colOff>
+                <xdr:row>318</xdr:row>
+                <xdr:rowOff>133350</xdr:rowOff>
+              </from>
+              <to>
                 <xdr:col>6</xdr:col>
-                <xdr:colOff>390525</xdr:colOff>
-                <xdr:row>130</xdr:row>
+                <xdr:colOff>342900</xdr:colOff>
+                <xdr:row>320</xdr:row>
+                <xdr:rowOff>114300</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1040" r:id="rId34" name="GTTalent"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1041" r:id="rId36" name="GTPromise">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="U9" r:id="rId37">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>2</xdr:col>
+                <xdr:colOff>47625</xdr:colOff>
+                <xdr:row>320</xdr:row>
+                <xdr:rowOff>152400</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>6</xdr:col>
+                <xdr:colOff>352425</xdr:colOff>
+                <xdr:row>322</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1035" r:id="rId30" name="GTroute2"/>
+        <control shapeId="1041" r:id="rId36" name="GTPromise"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1036" r:id="rId32" name="GTroute3">
-[...24 lines deleted...]
-        <control shapeId="1025" r:id="rId34" name="Group Box 1">
+        <control shapeId="1025" r:id="rId38" name="Group Box 1">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>609600</xdr:colOff>
-                <xdr:row>30</xdr:row>
+                <xdr:row>32</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>647700</xdr:colOff>
-                <xdr:row>33</xdr:row>
+                <xdr:row>35</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1031" r:id="rId35" name="Group Box 7">
+        <control shapeId="1031" r:id="rId39" name="Group Box 7">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>257175</xdr:colOff>
-                <xdr:row>125</xdr:row>
+                <xdr:row>127</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>47625</xdr:colOff>
-                <xdr:row>133</xdr:row>
+                <xdr:row>135</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1039" r:id="rId36" name="Group Box 15">
+        <control shapeId="1039" r:id="rId40" name="Group Box 15">
           <controlPr defaultSize="0" autoFill="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
-                <xdr:row>316</xdr:row>
+                <xdr:row>318</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
-                <xdr:row>321</xdr:row>
+                <xdr:row>323</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1042" r:id="rId37" name="Check Box 18">
+        <control shapeId="1042" r:id="rId41" name="Check Box 18">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
-                <xdr:row>344</xdr:row>
+                <xdr:row>346</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
-                <xdr:row>345</xdr:row>
+                <xdr:row>347</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1043" r:id="rId38" name="Check Box 19">
+        <control shapeId="1043" r:id="rId42" name="Check Box 19">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
-                <xdr:row>347</xdr:row>
+                <xdr:row>349</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
-                <xdr:row>348</xdr:row>
+                <xdr:row>350</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1044" r:id="rId39" name="Check Box 20">
+        <control shapeId="1044" r:id="rId43" name="Check Box 20">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
-                <xdr:row>356</xdr:row>
+                <xdr:row>358</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
-                <xdr:row>357</xdr:row>
+                <xdr:row>359</xdr:row>
                 <xdr:rowOff>228600</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1045" r:id="rId40" name="Check Box 21">
+        <control shapeId="1045" r:id="rId44" name="Check Box 21">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
-                <xdr:row>360</xdr:row>
+                <xdr:row>362</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
-                <xdr:row>361</xdr:row>
+                <xdr:row>363</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1046" r:id="rId41" name="Check Box 22">
+        <control shapeId="1046" r:id="rId45" name="Check Box 22">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
-                <xdr:row>370</xdr:row>
+                <xdr:row>372</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
-                <xdr:row>372</xdr:row>
+                <xdr:row>374</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1047" r:id="rId42" name="Check Box 23">
+        <control shapeId="1047" r:id="rId46" name="Check Box 23">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
-                <xdr:row>372</xdr:row>
+                <xdr:row>374</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
-                <xdr:row>374</xdr:row>
+                <xdr:row>376</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1049" r:id="rId43" name="Check Box 25">
+        <control shapeId="1049" r:id="rId47" name="Check Box 25">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
-                <xdr:row>377</xdr:row>
+                <xdr:row>379</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
-                <xdr:row>378</xdr:row>
+                <xdr:row>380</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1050" r:id="rId44" name="Check Box 26">
+        <control shapeId="1050" r:id="rId48" name="Check Box 26">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
-                <xdr:row>379</xdr:row>
+                <xdr:row>381</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
-                <xdr:row>381</xdr:row>
+                <xdr:row>383</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1051" r:id="rId45" name="Check Box 27">
+        <control shapeId="1051" r:id="rId49" name="Check Box 27">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
-                <xdr:row>382</xdr:row>
+                <xdr:row>384</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
-                <xdr:row>384</xdr:row>
+                <xdr:row>386</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1052" r:id="rId46" name="Check Box 28">
+        <control shapeId="1052" r:id="rId50" name="Check Box 28">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
-                <xdr:row>386</xdr:row>
+                <xdr:row>388</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
-                <xdr:row>387</xdr:row>
+                <xdr:row>389</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1053" r:id="rId47" name="Check Box 29">
+        <control shapeId="1053" r:id="rId51" name="Check Box 29">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>238125</xdr:colOff>
-                <xdr:row>389</xdr:row>
+                <xdr:row>391</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
-                <xdr:row>390</xdr:row>
+                <xdr:row>392</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1054" r:id="rId48" name="Check Box 30">
+        <control shapeId="1054" r:id="rId52" name="Check Box 30">
           <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
-                <xdr:row>349</xdr:row>
+                <xdr:row>351</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
-                <xdr:row>350</xdr:row>
+                <xdr:row>352</xdr:row>
                 <xdr:rowOff>209550</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>