--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,162 +1,160 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C">
+    <w:p w14:paraId="4765CC74" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>PRINT ON DEPARTMENT/ COLLEGE HEADED PAPER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C"/>
-    <w:p w:rsidR="002A4DF2" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
+    <w:p w14:paraId="27614A32" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C"/>
+    <w:p w14:paraId="5A6821A6" w14:textId="77777777" w:rsidR="002A4DF2" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00F2539D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F8DEBB2" wp14:editId="4297F41D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4400550</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-560705</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1885950" cy="586105"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="5" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="586105"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst/>
-                    <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00F2539D">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[DATE]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
+    <w:p w14:paraId="67DFD410" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
+    <w:p w14:paraId="10D76632" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00027CC3" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
       <w:r w:rsidRPr="00027CC3">
         <w:t>To the Entry Clearance Officer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A6347" w:rsidRPr="00027CC3" w:rsidRDefault="00A353BD" w:rsidP="00D541D1">
+    <w:p w14:paraId="327853B9" w14:textId="77777777" w:rsidR="001A6347" w:rsidRPr="00027CC3" w:rsidRDefault="00A353BD" w:rsidP="00D541D1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">The University of Oxford requests that </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2539D">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[FULL NAME OF VISITOR]</w:t>
       </w:r>
       <w:r w:rsidR="00F2539D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">be admitted to the United Kingdom as </w:t>
       </w:r>
       <w:r w:rsidR="00C4182B" w:rsidRPr="00027CC3">
         <w:t>a Business</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve"> Visitor </w:t>
       </w:r>
       <w:r w:rsidR="00C71B76" w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">under a Standard Visitor visa </w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
@@ -165,1084 +163,1084 @@
       <w:r w:rsidRPr="00F2539D">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[DATE]</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2539D">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[DATE]</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:r w:rsidR="00605AAA" w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">main </w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00027CC3">
         <w:t>purpose of the visit is (delete as appropriate)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="001A6347" w:rsidRPr="00027CC3" w:rsidRDefault="001A6347" w:rsidP="001A6347">
+    <w:p w14:paraId="4D30A597" w14:textId="77777777" w:rsidR="001A6347" w:rsidRPr="00027CC3" w:rsidRDefault="001A6347" w:rsidP="001A6347">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">To share knowledge or experience relevant to, or advise on, an international project that is being led from the UK as an overseas scientist or researcher but not carrying out research in the United Kingdom; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
+    <w:p w14:paraId="5E4D7356" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To attend meetings/ conferences/ interviews (delete as appropriate) that were arranged before arrival in the UK;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
+    <w:p w14:paraId="5C4E9025" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To attend board meetings in the UK as a board-level director;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
+    <w:p w14:paraId="4CFCB67B" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To attend trade fairs for promotional work only, not directly selling;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
+    <w:p w14:paraId="15F15AC3" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To arrange deals / negotiating or signing trade agreements or contracts (delete as appropriate);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
+    <w:p w14:paraId="6733A8A7" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">To carry out a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>fact finding</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> mission;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
+    <w:p w14:paraId="43DA0940" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To conduct site visits;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006705A1" w:rsidRPr="00027CC3" w:rsidRDefault="006705A1" w:rsidP="006705A1">
+    <w:p w14:paraId="1EA1BC63" w14:textId="77777777" w:rsidR="006705A1" w:rsidRPr="00027CC3" w:rsidRDefault="006705A1" w:rsidP="006705A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To give a one-off or short series of talks and speeches provided these are not organised as commercial events and will not make a profit for the organiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00783E9B" w:rsidRPr="00027CC3" w:rsidRDefault="00783E9B" w:rsidP="006705A1">
+    <w:p w14:paraId="3DC4D72A" w14:textId="77777777" w:rsidR="00783E9B" w:rsidRPr="00027CC3" w:rsidRDefault="00783E9B" w:rsidP="006705A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="001C3F7D" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>o act as an interpreter or translator for visiting</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> business people who </w:t>
       </w:r>
       <w:r w:rsidR="001C3F7D" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">are all employed by, and doing the business of, the same overseas company; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="00783E9B" w:rsidP="001C3F7D">
+    <w:p w14:paraId="437F3EC0" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="00783E9B" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="001C3F7D" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>o undertake some preaching or pastoral work</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a religious worker who is based abroad and </w:t>
       </w:r>
       <w:r w:rsidR="001C3F7D" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">is not taking up an office, post or appointment; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B42D68" w:rsidRPr="00027CC3" w:rsidRDefault="00B42D68" w:rsidP="001C3F7D">
+    <w:p w14:paraId="03971316" w14:textId="77777777" w:rsidR="00B42D68" w:rsidRPr="00027CC3" w:rsidRDefault="00B42D68" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To install, dismantle, repair, service, or advise on equipment, computer software or hardware as an employee of a foreign manufacturer or supplier;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B42D68" w:rsidRPr="00027CC3" w:rsidRDefault="00B42D68" w:rsidP="001C3F7D">
+    <w:p w14:paraId="55C3E378" w14:textId="77777777" w:rsidR="00B42D68" w:rsidRPr="00027CC3" w:rsidRDefault="00B42D68" w:rsidP="001C3F7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>To receive training, which is not available in their home country, in specific work practices or techniques which are required for their employment overseas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
+    <w:p w14:paraId="56FA6070" w14:textId="77777777" w:rsidR="001C3F7D" w:rsidRPr="00027CC3" w:rsidRDefault="001C3F7D" w:rsidP="001C3F7D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A353BD" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C">
+    <w:p w14:paraId="5E528D77" w14:textId="77777777" w:rsidR="00A353BD" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C">
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">The University has alerted </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2539D">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[FULL NAME OF VISITOR]</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve"> to the conditions overleaf. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C">
+    <w:p w14:paraId="2009F3D6" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C">
       <w:r w:rsidRPr="00F2539D">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[SIGNATURE AND PRINT NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A353BD" w:rsidRPr="00027CC3" w:rsidRDefault="00A353BD" w:rsidP="00A353BD">
+    <w:p w14:paraId="38DC17E8" w14:textId="77777777" w:rsidR="00A353BD" w:rsidRPr="00027CC3" w:rsidRDefault="00A353BD" w:rsidP="00A353BD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A353BD" w:rsidRPr="00027CC3" w:rsidRDefault="00A353BD" w:rsidP="00F1306C"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00AC3D9D" w:rsidRPr="00027CC3" w:rsidRDefault="00AC3D9D" w:rsidP="00744423">
+    <w:p w14:paraId="6E8DFDD7" w14:textId="77777777" w:rsidR="00A353BD" w:rsidRPr="00027CC3" w:rsidRDefault="00A353BD" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="585003C9" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="10AE1867" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="01EAEDDB" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="2CB39425" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="00472205" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="43F0C460" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="06AA7750" w14:textId="77777777" w:rsidR="00AC3D9D" w:rsidRPr="00027CC3" w:rsidRDefault="00AC3D9D" w:rsidP="00744423">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:t>The visitor has been alerted to the following conditions of the visit:</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A7CDE51" wp14:editId="0369A4D8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4486275</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-560705</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1885950" cy="586105"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="586105"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst/>
-                    <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="54AFF128" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They will only visit the UK for up to six months;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="7CC3751A" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They intend to leave the UK at the end of the period of the visit;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="71706406" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They can maintain and accommodate themselves (and any dependants) without using public funds;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="7FBA2480" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They can meet the cost of an onward or return journey;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="2317391D" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They will not receive pay from a UK source (except in respect of payment of reasonable expenses to cover the cost of travel and subsistence (if applicable));</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="4CF6D5B1" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They do not intend to live in the UK for extended periods through frequent or successive visits;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="3470BE12" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They do not intend to take paid or unpaid employment in the UK;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="6438790D" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They do not intend to produce goods or provide services within the UK;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="6588D09F" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They do not intend to undertake a course of study as the main purpose of their visit and any incidental study will not exceed 30 days in total;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="4CB848FD" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They are not a child under the age of 18;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="54D4FAF5" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They do not intend to marry or form a civil partnership;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="09AC7C2C" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They do not intend to give notice of a marriage or civil partnership;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="39245E6E" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They do not intend to receive private medical treatment;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
+    <w:p w14:paraId="43476F83" w14:textId="77777777" w:rsidR="009A233E" w:rsidRPr="00027CC3" w:rsidRDefault="009A233E" w:rsidP="009A233E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">They are not in transit to a country outside the common travel area. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00DF1294" w:rsidP="00D541D1">
+    <w:p w14:paraId="268DCE5B" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00027CC3" w:rsidRDefault="00DF1294" w:rsidP="00D541D1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:t>As a visitor to the University of Oxford, you will be required to present your passport and visa/</w:t>
       </w:r>
       <w:r w:rsidR="00B67B0E" w:rsidRPr="00027CC3">
         <w:t>entry</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve"> stamp </w:t>
       </w:r>
       <w:r w:rsidR="00696202" w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">(if applicable), and </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk158472541"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk158472541"/>
       <w:r w:rsidR="00B67B0E" w:rsidRPr="00027CC3">
         <w:t>proof of when you entered the UK</w:t>
       </w:r>
       <w:r w:rsidR="00696202" w:rsidRPr="00027CC3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B67B0E" w:rsidRPr="00027CC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve">to your host department. </w:t>
       </w:r>
       <w:r w:rsidR="002076CE" w:rsidRPr="00027CC3">
         <w:t>Copies</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:t xml:space="preserve"> will be taken and retained for the duration of your visit, after which, the copies will be destroyed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A0CC0" w:rsidRPr="00027CC3" w:rsidRDefault="009A0CC0" w:rsidP="00F1306C"/>
-    <w:p w:rsidR="009A0CC0" w:rsidRPr="00027CC3" w:rsidRDefault="009A0CC0" w:rsidP="009A0CC0">
+    <w:p w14:paraId="293243C4" w14:textId="77777777" w:rsidR="009A0CC0" w:rsidRPr="00027CC3" w:rsidRDefault="009A0CC0" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="085E6D5B" w14:textId="77777777" w:rsidR="009A0CC0" w:rsidRPr="00027CC3" w:rsidRDefault="009A0CC0" w:rsidP="009A0CC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Obtaining the Standard Visitor Visa - Business status</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="2" w:name="_Hlk158473169"/>
-    <w:p w:rsidR="009A0CC0" w:rsidRPr="00027CC3" w:rsidRDefault="00A91CA4" w:rsidP="00D541D1">
+    <w:bookmarkStart w:id="1" w:name="_Hlk158473169"/>
+    <w:p w14:paraId="2995E38C" w14:textId="489D1D64" w:rsidR="009A0CC0" w:rsidRPr="00027CC3" w:rsidRDefault="00A91CA4" w:rsidP="00D541D1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-visitor-visa-national-list" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003C2D35" w:rsidRPr="00A91CA4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Visa Nationals</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003C2D35" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should submit this letter, along with their other supporting documents, with their</w:t>
+        <w:t xml:space="preserve"> should submit this letter, along with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B556C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="003C2D35" w:rsidRPr="00027CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other supporting documents, with the</w:t>
       </w:r>
       <w:r w:rsidR="009A0CC0" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B67B0E" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Standard Visitor - B</w:t>
       </w:r>
       <w:r w:rsidR="001E3756" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>usiness</w:t>
       </w:r>
       <w:r w:rsidR="009A0CC0" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B67B0E" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Visitor </w:t>
       </w:r>
       <w:r w:rsidR="009A0CC0" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">visa application before travelling to the UK. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00676C07" w:rsidRDefault="00676C07" w:rsidP="00D541D1">
+    <w:p w14:paraId="0DA9E25A" w14:textId="523E0F43" w:rsidR="006202C8" w:rsidRDefault="00676C07" w:rsidP="00D541D1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk158472695"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk158472695"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk158473213"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00A91CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Non-visa nationals</w:t>
       </w:r>
       <w:r w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should have this letter with them when entering the UK so that they can present it if questioned about the purpose of their visit on arrival.</w:t>
+        <w:t xml:space="preserve"> should have this letter with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B556C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when entering the UK</w:t>
+      </w:r>
+      <w:r w:rsidR="00643864">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> so that </w:t>
+      </w:r>
+      <w:r w:rsidR="00643864">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can present it if questioned about the purpose of </w:t>
+      </w:r>
+      <w:r w:rsidR="00643864">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visit on arrival.</w:t>
       </w:r>
       <w:r w:rsidR="00A91CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Depending on the date of travel if may also be a requirement to apply for </w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">an </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B556C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must also ensure you have permission to travel to the UK by obtaining an </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00A91CA4" w:rsidRPr="00C4687C">
+        <w:r w:rsidR="00B556C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
           </w:rPr>
-          <w:t>Electronic Travel Authorisatio</w:t>
-[...7 lines deleted...]
-          <w:t>n (ETA)</w:t>
+          <w:t>Electronic Travel Authorisation (ETA)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AF7DA4">
-[...28 lines deleted...]
-      <w:r w:rsidR="00757549">
+      <w:r w:rsidR="00B556C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A13C6F" w:rsidRDefault="00A91CA4" w:rsidP="00D541D1">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="269A95F0" w14:textId="77777777" w:rsidR="00A13C6F" w:rsidRDefault="00A91CA4" w:rsidP="00D541D1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A91CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Using </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A91CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>eGates</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A91CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A0CC0" w:rsidRPr="00A13C6F" w:rsidRDefault="00AD5169" w:rsidP="00D541D1">
+    <w:p w14:paraId="1376D0E9" w14:textId="77777777" w:rsidR="009A0CC0" w:rsidRPr="00A13C6F" w:rsidRDefault="00AD5169" w:rsidP="00D541D1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9019B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9019B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ationals of EU/EEA countries, Australia, Canada, Japan, New Zealand, Singapore, South Korea, Switzerland and the United States of America</w:t>
       </w:r>
       <w:r w:rsidR="009A0CC0" w:rsidRPr="00E9019B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -1293,125 +1291,125 @@
         </w:rPr>
         <w:t xml:space="preserve"> You are not permitted to use the e-Gate if you are travelling with children under the age of 1</w:t>
       </w:r>
       <w:r w:rsidR="00B60A0C" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="009A0CC0" w:rsidRPr="00027CC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>, or do not have a passport which contains a biometric chip, instead you must attend a staffed immigration desk.</w:t>
       </w:r>
       <w:r w:rsidR="009A0CC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="009A0CC0" w:rsidRPr="00AC3D9D" w:rsidRDefault="009A0CC0" w:rsidP="00F1306C"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="50394160" w14:textId="77777777" w:rsidR="009A0CC0" w:rsidRPr="00AC3D9D" w:rsidRDefault="009A0CC0" w:rsidP="00F1306C"/>
     <w:sectPr w:rsidR="009A0CC0" w:rsidRPr="00AC3D9D" w:rsidSect="004232C1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="003A70F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E758D3E4"/>
     <w:lvl w:ilvl="0" w:tplc="1F1CCA1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2459,166 +2457,171 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F1306C"/>
     <w:rsid w:val="00027CC3"/>
     <w:rsid w:val="00194860"/>
     <w:rsid w:val="001A6347"/>
     <w:rsid w:val="001C3F7D"/>
     <w:rsid w:val="001E3756"/>
     <w:rsid w:val="002076CE"/>
     <w:rsid w:val="0021207B"/>
     <w:rsid w:val="00292EB8"/>
     <w:rsid w:val="003C2D35"/>
     <w:rsid w:val="004232C1"/>
+    <w:rsid w:val="00457AD3"/>
     <w:rsid w:val="00471066"/>
     <w:rsid w:val="00487707"/>
     <w:rsid w:val="004E1F18"/>
     <w:rsid w:val="0051488E"/>
     <w:rsid w:val="00605AAA"/>
+    <w:rsid w:val="006202C8"/>
+    <w:rsid w:val="00643864"/>
     <w:rsid w:val="006478D9"/>
     <w:rsid w:val="006705A1"/>
     <w:rsid w:val="00676C07"/>
     <w:rsid w:val="00696202"/>
     <w:rsid w:val="00744423"/>
     <w:rsid w:val="00747896"/>
     <w:rsid w:val="00757549"/>
     <w:rsid w:val="00783E9B"/>
     <w:rsid w:val="007A63C0"/>
     <w:rsid w:val="007A6AB1"/>
     <w:rsid w:val="009224B9"/>
     <w:rsid w:val="009A0CC0"/>
     <w:rsid w:val="009A233E"/>
     <w:rsid w:val="009A5DD2"/>
     <w:rsid w:val="009C225A"/>
     <w:rsid w:val="00A13C6F"/>
     <w:rsid w:val="00A353BD"/>
     <w:rsid w:val="00A84760"/>
     <w:rsid w:val="00A91CA4"/>
     <w:rsid w:val="00AA0590"/>
     <w:rsid w:val="00AC3D9D"/>
     <w:rsid w:val="00AD5169"/>
     <w:rsid w:val="00AF7DA4"/>
     <w:rsid w:val="00B05EC8"/>
     <w:rsid w:val="00B42D68"/>
+    <w:rsid w:val="00B556C5"/>
     <w:rsid w:val="00B60A0C"/>
     <w:rsid w:val="00B67B0E"/>
     <w:rsid w:val="00B9245D"/>
     <w:rsid w:val="00C05330"/>
     <w:rsid w:val="00C37057"/>
     <w:rsid w:val="00C4182B"/>
     <w:rsid w:val="00C4687C"/>
     <w:rsid w:val="00C71B76"/>
     <w:rsid w:val="00CC0D25"/>
     <w:rsid w:val="00D541D1"/>
     <w:rsid w:val="00D65A14"/>
     <w:rsid w:val="00DF1294"/>
     <w:rsid w:val="00E9019B"/>
     <w:rsid w:val="00F1306C"/>
     <w:rsid w:val="00F2539D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="30D1A0F8"/>
   <w15:docId w15:val="{CBE3016A-F9CF-4EE2-9140-6B206CD15E41}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2950,50 +2953,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -3062,55 +3066,67 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A91CA4"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A91CA4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006202C8"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="60104468">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1513252734">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3127,51 +3143,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1899781336">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/check-when-you-can-get-an-electronic-travel-authorisation-eta" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/apply-for-an-electronic-travel-authorisation-eta" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/apply-for-an-electronic-travel-authorisation-eta" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3420,66 +3436,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>697</Words>
-  <Characters>3978</Characters>
+  <Words>662</Words>
+  <Characters>3780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4666</CharactersWithSpaces>
+  <CharactersWithSpaces>4434</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nat</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>