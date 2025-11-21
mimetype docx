--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,468 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C">
+    <w:p w14:paraId="0B5296E7" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>PRINT ON DEPARTMENT/ COLLEGE HEADED PAPER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C"/>
-    <w:p w:rsidR="00E255B7" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
+    <w:p w14:paraId="7A73C62D" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C"/>
+    <w:p w14:paraId="46869745" w14:textId="77777777" w:rsidR="00E255B7" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00074E90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1547EBD1" wp14:editId="032E6F45">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C082803" wp14:editId="0FF3E318">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4400550</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-560705</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1885950" cy="586105"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="5" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="586105"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst/>
-                    <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[DATE]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
+    <w:p w14:paraId="346613B3" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
+    <w:p w14:paraId="4B0E8781" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00F1306C" w:rsidP="00F1306C">
       <w:r w:rsidRPr="00B80FAF">
         <w:t>To the Entry Clearance Officer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00A353BD" w:rsidP="0096426B">
+    <w:p w14:paraId="077132AA" w14:textId="77777777" w:rsidR="00F1306C" w:rsidRPr="00B80FAF" w:rsidRDefault="00A353BD" w:rsidP="0096426B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">The University of Oxford requests that </w:t>
       </w:r>
       <w:r w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[FULL NAME OF VISITOR]</w:t>
       </w:r>
       <w:r w:rsidR="00074E90" w:rsidRPr="00074E90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">be admitted to the United Kingdom as an Academic Visitor </w:t>
       </w:r>
       <w:r w:rsidR="00C60F01" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">under a Standard Visitor visa </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">for the period </w:t>
       </w:r>
       <w:r w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[DATE]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[DATE]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:r w:rsidR="002E1768" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">main </w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:t>purpose of the visit is (delete as appropriate)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074E90" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
+    <w:p w14:paraId="1CB14C39" w14:textId="77777777" w:rsidR="00074E90" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">come for less than six months to carry out </w:t>
       </w:r>
       <w:r w:rsidR="00D62939" w:rsidRPr="00B80FAF">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00D62939" w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>collaborative</w:t>
       </w:r>
       <w:r w:rsidR="00D62939" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> and/or </w:t>
       </w:r>
       <w:r w:rsidR="00D62939" w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>their own</w:t>
       </w:r>
       <w:r w:rsidR="00D62939" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">research </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="0047721E" w:rsidP="00A353BD">
+    <w:p w14:paraId="58C5DD7A" w14:textId="77777777" w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="0047721E" w:rsidP="00A353BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">To come for up to twelve months to </w:t>
       </w:r>
       <w:r w:rsidR="00B05EC8" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">make use of their sabbatical leave overseas to carry out </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">their own </w:t>
       </w:r>
       <w:r w:rsidR="00B05EC8" w:rsidRPr="00B80FAF">
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> (delete as appropriate)</w:t>
       </w:r>
       <w:r w:rsidR="00B05EC8" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
+    <w:p w14:paraId="39CE890E" w14:textId="77777777" w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:t>To share knowledge, experience and to hold informal discussions with counterparts at Oxford;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
+    <w:p w14:paraId="436CC1F7" w14:textId="77777777" w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:t>To take part in a single conference/seminar</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> (delete as appropriate) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t>that is not a commercial or non-profit venture;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
+    <w:p w14:paraId="3E59FF71" w14:textId="77777777" w:rsidR="00B05EC8" w:rsidRPr="00B80FAF" w:rsidRDefault="00B05EC8" w:rsidP="00A353BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:t>To take part in research/ teaching/ clinical practice (delete as appropriate) as a</w:t>
       </w:r>
       <w:r w:rsidR="0042004D" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> senior experienced</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> medical doctor. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A353BD" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C">
+    <w:p w14:paraId="1DA95C4F" w14:textId="77777777" w:rsidR="00A353BD" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C">
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">The University has alerted </w:t>
       </w:r>
       <w:r w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[FULL NAME OF VISITOR]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> to the conditions overleaf. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C">
+    <w:p w14:paraId="0546F667" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C">
       <w:r w:rsidRPr="00074E90">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[SIGNATURE AND PRINT NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A353BD" w:rsidRPr="00B80FAF" w:rsidRDefault="00A353BD" w:rsidP="00A353BD">
+    <w:p w14:paraId="0E678DA3" w14:textId="77777777" w:rsidR="00A353BD" w:rsidRPr="00B80FAF" w:rsidRDefault="00A353BD" w:rsidP="00A353BD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A353BD" w:rsidRPr="00B80FAF" w:rsidRDefault="00A353BD" w:rsidP="00F1306C"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00AC3D9D" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="35B14CE1" w14:textId="77777777" w:rsidR="00A353BD" w:rsidRPr="00B80FAF" w:rsidRDefault="00A353BD" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="6DDF2316" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="2451EA8C" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="759FB188" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="0A6AA2D9" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="37F61CCC" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="77BBA043" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="74002897" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="45222B9B" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="4AEFB1CC" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="6884CCCD" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00747896" w:rsidP="00F1306C"/>
+    <w:p w14:paraId="49B1D1AD" w14:textId="77777777" w:rsidR="00AC3D9D" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC3D9D" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="0096426B">
+    <w:p w14:paraId="4F8AB614" w14:textId="77777777" w:rsidR="00AC3D9D" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="008D3B78">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
+        <w:lastRenderedPageBreak/>
         <w:t>The visitor has been alerted to the following conditions of the visit:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6860ACD7" wp14:editId="5FD395E3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A5BC7B1" wp14:editId="4E089F13">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4486275</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-560705</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1885950" cy="586105"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885950" cy="586105"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst/>
-                    <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="177802DF" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00BC2503" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey will only visit the UK</w:t>
       </w:r>
@@ -487,741 +479,940 @@
         </w:rPr>
         <w:t xml:space="preserve"> twelve months</w:t>
       </w:r>
       <w:r w:rsidR="00362D19" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> if </w:t>
       </w:r>
       <w:r w:rsidR="00FB1866" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>applied for in advance</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="7212E42C" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey intend to leave the UK at the end of the period of the visit;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="59C870E8" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>They</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will not be filling a research </w:t>
+        <w:t xml:space="preserve"> will not be filling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a research</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or teaching </w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>post and will not undertake any paid or unpaid work other than the academic activity outlined above;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="79A0571C" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey will not be working under the control of the University during any part of the visit;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="173ABD6B" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey can maintain and accommodate themselves (and any dependants) without using public funds;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="4381693E" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey can meet the cost of an onward or return journey;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="56AF5247" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey will not receive pay from a UK source (except in respect of payment of reasonable expenses to cover the cost of travel and subsistence (if applicable));</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="1EF45712" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey do not intend to live in the UK for extended periods through frequent or successive visits;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="1EBD08E2" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey do not intend to undertake a course of study as the main purpose of their visit and any incidental study will not exceed 30 days in total;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="550A9A8B" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey are not a child under the age of 18;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="12D7BB8A" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey do not intend to marry or form a civil partnership;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="794245F7" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey do not intend to give notice of a marriage or civil partnership;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="7E8314B4" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hey do not intend to receive private medical treatment;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D" w:rsidP="00AC3D9D">
+    <w:p w14:paraId="05BE46E3" w14:textId="77777777" w:rsidR="00747896" w:rsidRPr="00B80FAF" w:rsidRDefault="00AC3D9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00747896" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">hey are not in transit to a country outside the common travel area. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743C68" w:rsidRPr="00B80FAF" w:rsidRDefault="00743C68" w:rsidP="00D460F2">
-      <w:pPr>
+    <w:p w14:paraId="6FB231ED" w14:textId="71C2D9AE" w:rsidR="00743C68" w:rsidRDefault="00743C68" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B80FAF">
         <w:t>As a visitor to the University of Oxford, you will be required to present your passport and visa/</w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:t>entry</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> stamp (if applicable)</w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">and proof of when you entered the UK, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve">to your host department. </w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:t>Copies</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80FAF">
         <w:t xml:space="preserve"> will be taken and retained for the duration of your visit, after which, the copies will be destroyed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C509C" w:rsidRPr="00B80FAF" w:rsidRDefault="00084ADE" w:rsidP="006C2876">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="5B25E963" w14:textId="74FE92F1" w:rsidR="00041C83" w:rsidRDefault="00041C83" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80FAF">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Academic Technology Approval Scheme (ATAS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65582774" w14:textId="15DA39D3" w:rsidR="00041C83" w:rsidRDefault="00041C83" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Visitors of certain nationalities, undertaking an element of research at PhD level in sensitive subjects, must obtain an Academic Technology Approval (ATAS) certificate from the Foreign, Commonwealth and Development Office (FCDO) prior to commencing your visit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE91CDB" w14:textId="11620E63" w:rsidR="00200F62" w:rsidRDefault="00200F62" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nationals from the EU/EEA, Switzerland, Australia, Canada, Japan, New Zealand, Singapore, South Korea and the Unites States of America, are automatically exempt from the ATAS requirement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384FE681" w14:textId="4A6B6560" w:rsidR="00041C83" w:rsidRPr="00041C83" w:rsidRDefault="00041C83" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Failure to obtain the required ATAS certificate (when required) will prevent your visit from </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B78">
+        <w:t>commencing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Full details can be found on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="008D3B78">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Academic </w:t>
+        </w:r>
+        <w:r w:rsidR="008D3B78" w:rsidRPr="008D3B78">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Technology Approval Scheme (ATAS)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008D3B78">
+        <w:t xml:space="preserve"> page.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22324B88" w14:textId="77777777" w:rsidR="002C509C" w:rsidRPr="00B80FAF" w:rsidRDefault="00084ADE" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Obtaining the Standard Visitor Visa - Academic status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C2876" w:rsidRPr="00B80FAF" w:rsidRDefault="00D460F2" w:rsidP="0096426B">
-      <w:pPr>
+    <w:p w14:paraId="7E8872C0" w14:textId="714EED6A" w:rsidR="006C2876" w:rsidRPr="00B80FAF" w:rsidRDefault="008D3B78" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="0096426B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Visa Nationals</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00485266" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>, and</w:t>
       </w:r>
       <w:r w:rsidR="006C2876" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non-Visa National visiting for more than 6 months, </w:t>
       </w:r>
       <w:r w:rsidR="00485266" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">you should submit this letter, along with their other supporting documents, with their </w:t>
+        <w:t xml:space="preserve">you should submit this letter, along with </w:t>
+      </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00485266" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other supporting documents, with the </w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Standard Visitor - A</w:t>
       </w:r>
       <w:r w:rsidR="006C2876" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">cademic </w:t>
       </w:r>
       <w:r w:rsidR="0047721E" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Visitor </w:t>
       </w:r>
       <w:r w:rsidR="006C2876" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">visa application before travelling to the UK. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D11AEF" w:rsidRPr="00B80FAF" w:rsidRDefault="0096426B" w:rsidP="0096426B">
-      <w:pPr>
+    <w:p w14:paraId="53A7217E" w14:textId="48D01FB7" w:rsidR="00D11AEF" w:rsidRPr="00B80FAF" w:rsidRDefault="0096426B" w:rsidP="001F6810">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Non-visa nationals</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D11AEF" w:rsidRPr="00B80FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>visiting for up to 6 months should have this letter with them when entering the UK so that they can present it if questioned about the purpose of their visit on arrival.</w:t>
+        <w:t xml:space="preserve">visiting for up to 6 months </w:t>
+      </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AEF" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should have this letter with </w:t>
+      </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AEF" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when entering the UK</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7311B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AEF" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> so </w:t>
+      </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>you can</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AEF" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present it if questioned about the purpose of </w:t>
+      </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AEF" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visit </w:t>
+      </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AEF" w:rsidRPr="00B80FAF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arrival.</w:t>
       </w:r>
       <w:r w:rsidRPr="0096426B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>You must also ensure you have p</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Depending on the date of travel if may also be a requirement to apply for permission to travel to the UK, by obtaining an </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId7" w:history="1">
+        <w:t>ermission to travel to the UK</w:t>
+      </w:r>
+      <w:r w:rsidR="005A7842">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00041C83">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obtaining an </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:t>Electronic Travel Authorisation (ETA)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Find out when you need an ETA to travel and can apply on the </w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="0096426B" w:rsidRDefault="0096426B" w:rsidP="0096426B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBCAE6C" w14:textId="77777777" w:rsidR="0096426B" w:rsidRDefault="0096426B" w:rsidP="001F6810">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Using </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>eGates</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743C68" w:rsidRDefault="0096426B" w:rsidP="0096426B">
+    <w:p w14:paraId="5A7C424B" w14:textId="7BF6EED2" w:rsidR="00743C68" w:rsidRDefault="0096426B" w:rsidP="001F6810">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ationals of EU/EEA countries, Australia, Canada, Japan, New Zealand, Singapore, South Korea, Switzerland and the United States of America,</w:t>
+        <w:t xml:space="preserve">ationals of EU/EEA countries, Australia, Canada, Japan, New Zealand, Singapore, South Korea, Switzerland and the </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B78">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>USA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>visiting for up to 6 months,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">are permitted to use the automated e-Gates upon arrival to the UK. You are not permitted to use the e-Gate if you are travelling with children under the age of 10, or do not have a passport which contains a biometric chip, instead you must attend a staffed immigration desk. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00743C68">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="003A70F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E758D3E4"/>
     <w:lvl w:ilvl="0" w:tplc="1F1CCA1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1278,181 +1469,181 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="476F3CD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D83C1188"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B33399E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0429D2A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
@@ -1578,147 +1769,153 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F1306C"/>
+    <w:rsid w:val="00041C83"/>
     <w:rsid w:val="00074E90"/>
     <w:rsid w:val="00084ADE"/>
     <w:rsid w:val="00104787"/>
+    <w:rsid w:val="001F6810"/>
+    <w:rsid w:val="00200F62"/>
     <w:rsid w:val="002C509C"/>
     <w:rsid w:val="002E1768"/>
     <w:rsid w:val="00362D19"/>
     <w:rsid w:val="003978C3"/>
     <w:rsid w:val="0042004D"/>
     <w:rsid w:val="0047721E"/>
     <w:rsid w:val="00485266"/>
     <w:rsid w:val="004D1795"/>
     <w:rsid w:val="0051488E"/>
+    <w:rsid w:val="005A7842"/>
     <w:rsid w:val="00643B0D"/>
     <w:rsid w:val="006C2876"/>
     <w:rsid w:val="00743C68"/>
     <w:rsid w:val="00747896"/>
     <w:rsid w:val="008516DE"/>
     <w:rsid w:val="008526DB"/>
+    <w:rsid w:val="008D3B78"/>
     <w:rsid w:val="0096426B"/>
     <w:rsid w:val="00A353BD"/>
     <w:rsid w:val="00AC3D9D"/>
     <w:rsid w:val="00B05EC8"/>
+    <w:rsid w:val="00B7311B"/>
     <w:rsid w:val="00B80FAF"/>
     <w:rsid w:val="00B84757"/>
     <w:rsid w:val="00BC2503"/>
     <w:rsid w:val="00C60F01"/>
     <w:rsid w:val="00CA5F38"/>
     <w:rsid w:val="00CC0D25"/>
     <w:rsid w:val="00D11AEF"/>
     <w:rsid w:val="00D460F2"/>
     <w:rsid w:val="00D62939"/>
     <w:rsid w:val="00DD585A"/>
     <w:rsid w:val="00E255B7"/>
     <w:rsid w:val="00F1306C"/>
     <w:rsid w:val="00FB1866"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="62691836"/>
+  <w14:docId w14:val="0A8FE7BF"/>
   <w15:docId w15:val="{EF568921-9D34-4825-8CBD-C654A7A6AFD3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2050,50 +2247,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2143,111 +2341,134 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB1866"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0096426B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00041C83"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D3B78"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="60104468">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="410658111">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="412821271">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/check-when-you-can-get-an-electronic-travel-authorisation-eta" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/apply-for-an-electronic-travel-authorisation-eta" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-visitor-visa-national-list" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/apply-for-an-electronic-travel-authorisation-eta" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-visitor-visa-national-list" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2496,66 +2717,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>613</Words>
-  <Characters>3498</Characters>
+  <Words>688</Words>
+  <Characters>3922</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4103</CharactersWithSpaces>
+  <CharactersWithSpaces>4601</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nat</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>