--- v0 (2025-10-10)
+++ v1 (2025-11-30)
@@ -92,91 +92,94 @@
   <Override PartName="/xl/ctrlProps/ctrlProp55.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp56.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp57.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp58.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp59.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp60.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp61.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp62.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp63.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp64.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp65.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp66.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\admn2950\Work Folders\docs\- WORKING FILES -\- UKVI changes updates -\- April 2025 changes -\CoS forms updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PS\Staff Immigration Team\PBS Forms and Guidance\CoS application forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A2A6D4D-65BD-4BEF-B725-003616A6E9A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04EF0E27-9283-4DF5-AE58-3D978CECA5DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="DC0E" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cost Centre list" sheetId="5" r:id="rId1"/>
     <sheet name="Dropdowns" sheetId="2" r:id="rId2"/>
     <sheet name="SW CoS extension form" sheetId="1" r:id="rId3"/>
     <sheet name="CHECKING" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dropdowns!$A$2:$A$270</definedName>
     <definedName name="cc">#REF!</definedName>
     <definedName name="csDesignMode">1</definedName>
     <definedName name="date">#REF!</definedName>
     <definedName name="exp">#REF!</definedName>
     <definedName name="_xlnm.Extract" localSheetId="1">Dropdowns!#REF!</definedName>
     <definedName name="invoicedate">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'SW CoS extension form'!$A$1:$T$466</definedName>
     <definedName name="sub">#REF!</definedName>
     <definedName name="subjective">#REF!</definedName>
     <definedName name="table">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D200" i="1" l="1"/>
   <c r="H187" i="1"/>
   <c r="F187" i="1"/>
   <c r="D187" i="1"/>
   <c r="H189" i="1"/>
   <c r="F189" i="1"/>
   <c r="D189" i="1"/>
   <c r="A199" i="1"/>
   <c r="A203" i="1"/>
   <c r="B46" i="4"/>
   <c r="B47" i="4"/>
   <c r="C47" i="4"/>
   <c r="J138" i="1"/>
   <c r="C48" i="4" s="1"/>
   <c r="J129" i="1"/>
   <c r="J373" i="1"/>
   <c r="D160" i="4"/>
   <c r="A48" i="1"/>
@@ -3558,53 +3561,50 @@
   <si>
     <t>Philosophy Faculty</t>
   </si>
   <si>
     <t>ZB</t>
   </si>
   <si>
     <t>Investment Management</t>
   </si>
   <si>
     <t>ZE</t>
   </si>
   <si>
     <t>Oxford University Development Trust</t>
   </si>
   <si>
     <t>Cost Centre list</t>
   </si>
   <si>
     <t>Form</t>
   </si>
   <si>
     <t>Checked</t>
   </si>
   <si>
-    <t>angelina.pelova@admin.ox.ac.uk</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>Date of birth</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>DD/MM/YYYY</t>
     </r>
   </si>
   <si>
     <r>
@@ -4489,53 +4489,50 @@
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: only rely on PhD tradeable points if you have to, overseas PhD would need UK ENIC verification!</t>
     </r>
   </si>
   <si>
     <t>Confirmed whether or not ATAS applies</t>
   </si>
   <si>
     <t>The ATAS requirement (which has been expanded, from Student, to Skilled Worker &amp; Tier 5 applications, and Visitors) applies to those carrying out research in sensitive subjects, where knowledge could be used to develop military technology, weapons of mass destruction, or the means of delivering weapons. The subjects cover all MPLS departments, and some Medical Sciences and Social Sciences departments. Humanities facultys may be less affected but will still need to consider cross disciplinary areas.</t>
   </si>
   <si>
     <t>Lyn Davis</t>
   </si>
   <si>
     <t>Richard Birt</t>
   </si>
   <si>
     <t>Paul Deeble</t>
   </si>
   <si>
-    <t>Angelina Pelova</t>
-[...1 lines deleted...]
-  <si>
     <t>lyn.davis@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>richard.birt@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>CESC countries - fees concession no longer applies 26/02/22</t>
   </si>
   <si>
     <t>SW CoS fee</t>
   </si>
   <si>
     <t>Biology - Plant Sciences</t>
   </si>
   <si>
     <t>Biology - Zoology</t>
   </si>
   <si>
     <t>CB</t>
   </si>
   <si>
     <t>Biology</t>
   </si>
   <si>
     <t>CM</t>
@@ -4759,53 +4756,50 @@
         <family val="2"/>
       </rPr>
       <t>visas</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
     <t>w.e.f. 09/04/2025</t>
   </si>
   <si>
     <t>Boxing Day (substitute day)</t>
   </si>
   <si>
     <t>Christmas Day (substitute day)</t>
   </si>
   <si>
     <t>Tuesday</t>
-  </si>
-[...1 lines deleted...]
-    <t>Version 1.11</t>
   </si>
   <si>
     <t>Sufia Nadeem</t>
   </si>
   <si>
     <t>Kara Updale</t>
   </si>
   <si>
     <t>sufia.nadeem@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>kara.updale@admin.ox.ac.uk</t>
   </si>
   <si>
     <t>ATAS - MANDATORY VISA REQUIREMENT</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ATAS (Academic Technology Approval Scheme) - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
@@ -5281,145 +5275,50 @@
         <u/>
         <sz val="10"/>
         <color rgb="FF7030A0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> completing this CoS application form</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Partner and children </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(SIT is happy to help with their Dependant visa applications too)</t>
     </r>
   </si>
   <si>
-    <r>
-[...93 lines deleted...]
-  <si>
     <t>Partner and children</t>
   </si>
   <si>
     <t>Dependants discussed?</t>
   </si>
   <si>
     <t>No. of dependants</t>
   </si>
   <si>
     <t>Does applicant have a partner who needs Dependant visa?</t>
   </si>
   <si>
     <t>Does applicant have children who need Dependant visas?</t>
   </si>
   <si>
     <t>children</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The Immigration Skills Charge (ISC) is charged on certain roles </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -5589,50 +5488,154 @@
   </si>
   <si>
     <t>for each dependant child (under 18), if applicable</t>
   </si>
   <si>
     <t>This is a mandatory requirement. SIT is happy to help you and the applicant through the process.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>The visa will be longer than the CoS dates</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>. The new visa start date will normally reflect the date the visa extension application is decided, but as this cannot be known when the application is being submitted the NHS fees should be counted from the CoS start date to the expected visa expiry date. The new visa expiry date is normally 14 days after the CoS end date.</t>
     </r>
+  </si>
+  <si>
+    <t>Version 1.12</t>
+  </si>
+  <si>
+    <t>angelina.escott@admin.ox.ac.uk</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Does the applicant have a </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>partner</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> in the UK, or coming to join them now or later, who needs, or needs to extend, a Dependant partner visa?</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> If yes, they will need to submit their marriage certificate, civil partnership certificate, or documents showing that they have been living together or in a relationship for at least two years, when they apply for a Dependant partner visa.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Does the applicant have </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>children</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (under 18 years old) in the UK, or coming to join them now or later, who need, or need to extend, Dependant child visas? </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>If yes, how many?</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Children are only granted visas if both parents have or applying for visas/ status in the UK, or if the parent they are dependant on is their sole surviving parent, or has sole custody/ responsibility.</t>
+    </r>
+  </si>
+  <si>
+    <t>Angelina Escott</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="[$-409]d/mmm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="dd/mmm/yyyy"/>
     <numFmt numFmtId="166" formatCode="[$£-809]#,##0"/>
     <numFmt numFmtId="167" formatCode="[$£-809]#,##0.00"/>
     <numFmt numFmtId="168" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="169" formatCode="dd/mm/yy;@"/>
   </numFmts>
   <fonts count="94" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -8199,73 +8202,1024 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="33" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="93" fillId="6" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="168" fontId="3" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="168" fontId="3" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="168" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="6" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="6" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="6" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="85" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="68" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="69" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="6" borderId="69" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="6" borderId="70" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="6" borderId="72" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="74" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="75" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="76" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="45" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="45" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="45" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="53" fillId="6" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="6" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="6" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="28" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="167" fontId="28" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="167" fontId="28" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="40" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="17" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="43" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="6" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="6" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="40" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -8298,1141 +9252,217 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...322 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...21 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="166" fontId="3" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="3" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...256 lines deleted...]
-    <xf numFmtId="0" fontId="45" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="53" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...301 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -9557,148 +9587,121 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="18" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="60" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...50 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 12" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="56">
     <dxf>
       <font>
         <color theme="0" tint="-0.499984740745262"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
@@ -10123,87 +10126,87 @@
 <file path=xl/activeX/_rels/activeX4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX4.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX5.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX6.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX7.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX8.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX9.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+</file>
+
+<file path=xl/activeX/activeX10.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
-<file path=xl/activeX/activeX10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
-<file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=xl/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX5.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX6.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX7.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX8.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX9.xml><?xml version="1.0" encoding="utf-8"?>
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D30-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$5" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$22" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$23" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$24" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$25" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$26" lockText="1" noThreeD="1"/>
 </file>
@@ -10427,51 +10430,51 @@
 <file path=xl/ctrlProps/ctrlProp64.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$160" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp65.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$C$160" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp66.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$45" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$19" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$20" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="CHECKING!$B$21" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>10</xdr:col>
           <xdr:colOff>123825</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>247650</xdr:colOff>
           <xdr:row>57</xdr:row>
           <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
@@ -16844,207 +16847,207 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/forms-guidance" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finance.admin.ox.ac.uk/salary-scales" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/skilled-worker-during-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ox.ac.uk/finance/epp/payroll/scales/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@tss.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/grants-schemes-awards/global-talent-visa/route-2-individual-fellowships/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/forms-guidance" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finance.admin.ox.ac.uk/salary-scales" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/skilled-worker-during-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ox.ac.uk/finance/epp/payroll/scales/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@tss.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/grants-schemes-awards/global-talent-visa/route-2-individual-fellowships/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-atas-academic-technology-approval-scheme-atas" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:B237"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="130" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" style="130" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="130"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="154" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="323" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="128" t="s">
         <v>472</v>
       </c>
       <c r="B3" s="129" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="131" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
       <c r="B4" s="131" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="131" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B5" s="131" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="131" t="s">
         <v>474</v>
       </c>
       <c r="B6" s="131" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="131" t="s">
         <v>476</v>
       </c>
       <c r="B7" s="131" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="131" t="s">
         <v>478</v>
       </c>
       <c r="B8" s="131" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="131" t="s">
         <v>480</v>
       </c>
       <c r="B9" s="131" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="131" t="s">
         <v>482</v>
       </c>
       <c r="B10" s="131" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="131" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="B11" s="131" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="131" t="s">
         <v>484</v>
       </c>
       <c r="B12" s="131" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="131" t="s">
         <v>486</v>
       </c>
       <c r="B13" s="131" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="131" t="s">
         <v>488</v>
       </c>
       <c r="B14" s="131" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="131" t="s">
         <v>490</v>
       </c>
       <c r="B15" s="131" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="131" t="s">
         <v>491</v>
       </c>
       <c r="B16" s="131" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="131" t="s">
         <v>493</v>
       </c>
       <c r="B17" s="131" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="131" t="s">
         <v>494</v>
       </c>
       <c r="B18" s="131" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="131" t="s">
         <v>495</v>
       </c>
       <c r="B19" s="131" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="131" t="s">
         <v>497</v>
       </c>
       <c r="B20" s="131" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="131" t="s">
         <v>499</v>
       </c>
       <c r="B21" s="131" t="s">
         <v>500</v>
       </c>
@@ -17189,190 +17192,190 @@
       <c r="A39" s="131" t="s">
         <v>535</v>
       </c>
       <c r="B39" s="131" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" s="131" t="s">
         <v>537</v>
       </c>
       <c r="B40" s="131" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41" s="131" t="s">
         <v>539</v>
       </c>
       <c r="B41" s="131" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42" s="131" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="B42" s="131" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43" s="131" t="s">
         <v>541</v>
       </c>
       <c r="B43" s="131" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A44" s="131" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="B44" s="131" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45" s="131" t="s">
         <v>543</v>
       </c>
       <c r="B45" s="131" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46" s="131" t="s">
         <v>545</v>
       </c>
       <c r="B46" s="131" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47" s="131" t="s">
         <v>547</v>
       </c>
       <c r="B47" s="131" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A48" s="131" t="s">
         <v>549</v>
       </c>
       <c r="B48" s="131" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A49" s="131" t="s">
         <v>551</v>
       </c>
       <c r="B49" s="131" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A50" s="131" t="s">
         <v>553</v>
       </c>
       <c r="B50" s="131" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A51" s="345" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="B51" s="346" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A52" s="131" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="B52" s="131" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A53" s="131" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="B53" s="131" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A54" s="131" t="s">
         <v>554</v>
       </c>
       <c r="B54" s="131" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A55" s="131" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="B55" s="131" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A56" s="131" t="s">
         <v>556</v>
       </c>
       <c r="B56" s="131" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A57" s="131" t="s">
         <v>558</v>
       </c>
       <c r="B57" s="131" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A58" s="131" t="s">
         <v>560</v>
       </c>
       <c r="B58" s="131" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A59" s="131" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="B59" s="131" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A60" s="131" t="s">
         <v>562</v>
       </c>
       <c r="B60" s="131" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A61" s="131" t="s">
         <v>564</v>
       </c>
       <c r="B61" s="131" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A62" s="131" t="s">
         <v>566</v>
       </c>
       <c r="B62" s="131" t="s">
         <v>567</v>
       </c>
@@ -17840,51 +17843,51 @@
       <c r="B120" s="131" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A121" s="131" t="s">
         <v>683</v>
       </c>
       <c r="B121" s="131" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A122" s="131" t="s">
         <v>685</v>
       </c>
       <c r="B122" s="131" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A123" s="345" t="s">
         <v>687</v>
       </c>
       <c r="B123" s="346" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A124" s="131" t="s">
         <v>688</v>
       </c>
       <c r="B124" s="131" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A125" s="131" t="s">
         <v>690</v>
       </c>
       <c r="B125" s="131" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A126" s="131" t="s">
         <v>692</v>
       </c>
       <c r="B126" s="131" t="s">
         <v>693</v>
       </c>
@@ -17896,51 +17899,51 @@
       <c r="B127" s="131" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A128" s="131" t="s">
         <v>696</v>
       </c>
       <c r="B128" s="131" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A129" s="131" t="s">
         <v>698</v>
       </c>
       <c r="B129" s="131" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A130" s="131" t="s">
         <v>700</v>
       </c>
       <c r="B130" s="131" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A131" s="131" t="s">
         <v>701</v>
       </c>
       <c r="B131" s="131" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A132" s="131" t="s">
         <v>703</v>
       </c>
       <c r="B132" s="131" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A133" s="131" t="s">
         <v>705</v>
       </c>
       <c r="B133" s="131" t="s">
         <v>706</v>
       </c>
@@ -18173,54 +18176,54 @@
       <c r="A162" s="131" t="s">
         <v>763</v>
       </c>
       <c r="B162" s="131" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A163" s="131" t="s">
         <v>765</v>
       </c>
       <c r="B163" s="131" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A164" s="131" t="s">
         <v>767</v>
       </c>
       <c r="B164" s="131" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A165" s="345" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="B165" s="346" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A166" s="131" t="s">
         <v>769</v>
       </c>
       <c r="B166" s="131" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A167" s="131" t="s">
         <v>771</v>
       </c>
       <c r="B167" s="131" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A168" s="131" t="s">
         <v>773</v>
       </c>
       <c r="B168" s="131" t="s">
         <v>774</v>
       </c>
@@ -18232,75 +18235,75 @@
       <c r="B169" s="131" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A170" s="131" t="s">
         <v>777</v>
       </c>
       <c r="B170" s="131" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A171" s="131" t="s">
         <v>779</v>
       </c>
       <c r="B171" s="131" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A172" s="131" t="s">
         <v>781</v>
       </c>
       <c r="B172" s="131" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A173" s="131" t="s">
         <v>782</v>
       </c>
       <c r="B173" s="131" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A174" s="131" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
       <c r="B174" s="131" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A175" s="131" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="B175" s="131" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A176" s="131" t="s">
         <v>784</v>
       </c>
       <c r="B176" s="131" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A177" s="131" t="s">
         <v>786</v>
       </c>
       <c r="B177" s="131" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A178" s="131" t="s">
         <v>788</v>
       </c>
       <c r="B178" s="131" t="s">
         <v>789</v>
       </c>
@@ -18744,63 +18747,63 @@
       </c>
       <c r="E3" s="125"/>
       <c r="S3" s="20"/>
       <c r="T3" s="4" t="s">
         <v>195</v>
       </c>
       <c r="U3" s="25"/>
       <c r="V3" s="4" t="s">
         <v>195</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="I4" s="19" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="K4" s="21" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="M4" s="267" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="O4" s="37" t="s">
         <v>353</v>
       </c>
       <c r="P4" s="38"/>
       <c r="Q4" s="38"/>
       <c r="R4" s="38"/>
       <c r="S4" s="20"/>
       <c r="T4" t="s">
         <v>205</v>
       </c>
       <c r="U4" s="23"/>
       <c r="V4" t="s">
         <v>326</v>
       </c>
       <c r="X4" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>255</v>
       </c>
       <c r="B5" t="s">
         <v>255</v>
@@ -18882,74 +18885,74 @@
       <c r="R6" s="260" t="s">
         <v>357</v>
       </c>
       <c r="S6" s="20"/>
       <c r="T6" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="315" t="s">
         <v>60</v>
       </c>
       <c r="G7" s="315" t="s">
         <v>7</v>
       </c>
       <c r="I7" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="K7" s="22" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="268" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="260"/>
       <c r="P7" s="259">
         <v>45768</v>
       </c>
       <c r="Q7" s="260" t="s">
         <v>354</v>
       </c>
       <c r="R7" s="260" t="s">
         <v>358</v>
       </c>
       <c r="S7" s="20"/>
       <c r="T7" t="s">
         <v>207</v>
       </c>
       <c r="X7" s="68" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="Y7" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>256</v>
       </c>
       <c r="B8" t="s">
         <v>256</v>
       </c>
       <c r="C8" t="s">
         <v>256</v>
       </c>
       <c r="E8" s="315" t="s">
         <v>227</v>
       </c>
       <c r="G8" s="315" t="s">
         <v>8</v>
       </c>
       <c r="I8" t="s">
         <v>219</v>
       </c>
       <c r="K8" s="22" t="s">
@@ -18957,94 +18960,94 @@
       </c>
       <c r="M8" s="268" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="260"/>
       <c r="P8" s="259">
         <v>45782</v>
       </c>
       <c r="Q8" s="260" t="s">
         <v>354</v>
       </c>
       <c r="R8" s="260" t="s">
         <v>359</v>
       </c>
       <c r="S8" s="20"/>
       <c r="T8" t="s">
         <v>208</v>
       </c>
       <c r="X8" s="67">
         <v>1035</v>
       </c>
       <c r="Y8" s="70">
         <v>14</v>
       </c>
       <c r="Z8" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>134</v>
       </c>
       <c r="B9" t="s">
         <v>134</v>
       </c>
       <c r="C9" t="s">
         <v>134</v>
       </c>
       <c r="E9" s="315" t="s">
         <v>61</v>
       </c>
       <c r="G9" s="315" t="s">
         <v>9</v>
       </c>
       <c r="K9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="M9" s="268" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="260"/>
       <c r="P9" s="259">
         <v>45803</v>
       </c>
       <c r="Q9" s="260" t="s">
         <v>354</v>
       </c>
       <c r="R9" s="260" t="s">
         <v>360</v>
       </c>
       <c r="S9" s="20"/>
       <c r="T9" t="s">
         <v>211</v>
       </c>
       <c r="X9" s="67">
         <v>776</v>
       </c>
       <c r="Z9" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="315" t="s">
         <v>63</v>
       </c>
       <c r="G10" s="315" t="s">
         <v>10</v>
       </c>
       <c r="K10" s="22" t="s">
         <v>47</v>
       </c>
       <c r="M10" s="268" t="s">
         <v>60</v>
       </c>
       <c r="O10" s="260"/>
@@ -19073,51 +19076,51 @@
         <v>135</v>
       </c>
       <c r="B11" t="s">
         <v>135</v>
       </c>
       <c r="C11" t="s">
         <v>135</v>
       </c>
       <c r="E11" s="315" t="s">
         <v>70</v>
       </c>
       <c r="G11" s="315" t="s">
         <v>11</v>
       </c>
       <c r="K11" s="22" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="268" t="s">
         <v>227</v>
       </c>
       <c r="O11" s="319"/>
       <c r="P11" s="320">
         <v>46016</v>
       </c>
       <c r="Q11" s="319" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="R11" s="319" t="s">
         <v>362</v>
       </c>
       <c r="S11" s="20"/>
       <c r="T11" t="s">
         <v>210</v>
       </c>
       <c r="X11" s="64">
         <v>364</v>
       </c>
       <c r="Y11" s="70">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>257</v>
       </c>
       <c r="B12" t="s">
         <v>257</v>
       </c>
       <c r="C12" t="s">
         <v>257</v>
       </c>
@@ -19155,98 +19158,98 @@
       <c r="B13" t="s">
         <v>136</v>
       </c>
       <c r="C13" t="s">
         <v>136</v>
       </c>
       <c r="E13" s="315" t="s">
         <v>73</v>
       </c>
       <c r="G13" s="315" t="s">
         <v>13</v>
       </c>
       <c r="K13" s="22" t="s">
         <v>140</v>
       </c>
       <c r="M13" s="268" t="s">
         <v>63</v>
       </c>
       <c r="O13" s="322">
         <v>2026</v>
       </c>
       <c r="P13" s="318">
         <v>46023</v>
       </c>
       <c r="Q13" s="321" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="R13" s="321" t="s">
         <v>355</v>
       </c>
       <c r="S13" s="20"/>
       <c r="X13" s="66" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>7</v>
       </c>
       <c r="E14" s="315" t="s">
         <v>76</v>
       </c>
       <c r="G14" s="315" t="s">
         <v>14</v>
       </c>
       <c r="K14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="M14" s="268" t="s">
         <v>66</v>
       </c>
       <c r="O14" s="260"/>
       <c r="P14" s="259">
         <v>46115</v>
       </c>
       <c r="Q14" s="201" t="s">
         <v>356</v>
       </c>
       <c r="R14" s="201" t="s">
         <v>357</v>
       </c>
       <c r="S14" s="20"/>
       <c r="X14" s="333">
         <v>525</v>
       </c>
       <c r="Y14" s="125" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="315" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="315" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="22" t="s">
         <v>52</v>
       </c>
       <c r="M15" s="268" t="s">
         <v>70</v>
       </c>
       <c r="O15" s="260"/>
@@ -19417,51 +19420,51 @@
         <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="315" t="s">
         <v>167</v>
       </c>
       <c r="G20" s="315" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="22" t="s">
         <v>55</v>
       </c>
       <c r="M20" s="268" t="s">
         <v>79</v>
       </c>
       <c r="O20" s="262"/>
       <c r="P20" s="261">
         <v>46384</v>
       </c>
       <c r="Q20" s="263" t="s">
         <v>354</v>
       </c>
       <c r="R20" s="263" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="S20" s="20"/>
       <c r="T20" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>10</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="315" t="s">
         <v>95</v>
       </c>
       <c r="G21" s="315" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="22" t="s">
         <v>143</v>
       </c>
@@ -19511,51 +19514,51 @@
       <c r="P22" s="259">
         <v>46472</v>
       </c>
       <c r="Q22" s="201" t="s">
         <v>356</v>
       </c>
       <c r="R22" s="201" t="s">
         <v>357</v>
       </c>
       <c r="S22" s="20"/>
       <c r="T22" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23" t="s">
         <v>48</v>
       </c>
       <c r="E23" s="315" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="G23" s="315" t="s">
         <v>22</v>
       </c>
       <c r="K23" s="22" t="s">
         <v>145</v>
       </c>
       <c r="M23" s="268" t="s">
         <v>85</v>
       </c>
       <c r="O23" s="260"/>
       <c r="P23" s="259">
         <v>46475</v>
       </c>
       <c r="Q23" s="201" t="s">
         <v>354</v>
       </c>
       <c r="R23" s="201" t="s">
         <v>358</v>
       </c>
       <c r="S23" s="20"/>
       <c r="T23" s="16" t="s">
         <v>313</v>
       </c>
     </row>
@@ -19669,204 +19672,204 @@
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>139</v>
       </c>
       <c r="E27" s="315" t="s">
         <v>182</v>
       </c>
       <c r="G27" s="315" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="22" t="s">
         <v>314</v>
       </c>
       <c r="M27" s="268" t="s">
         <v>167</v>
       </c>
       <c r="O27" s="260"/>
       <c r="P27" s="259">
         <v>46748</v>
       </c>
       <c r="Q27" s="201" t="s">
         <v>354</v>
       </c>
       <c r="R27" s="201" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="S27" s="20"/>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>50</v>
       </c>
       <c r="B28" t="s">
         <v>50</v>
       </c>
       <c r="C28" t="s">
         <v>50</v>
       </c>
       <c r="E28" s="315" t="s">
         <v>121</v>
       </c>
       <c r="G28" s="315" t="s">
         <v>233</v>
       </c>
       <c r="K28" s="22" t="s">
         <v>315</v>
       </c>
       <c r="M28" s="268" t="s">
         <v>95</v>
       </c>
       <c r="O28" s="262"/>
       <c r="P28" s="261">
         <v>46749</v>
       </c>
       <c r="Q28" s="263" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="R28" s="263" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="S28" s="20"/>
       <c r="T28" s="207" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="U28" s="206"/>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>140</v>
       </c>
       <c r="B29" t="s">
         <v>140</v>
       </c>
       <c r="C29" t="s">
         <v>140</v>
       </c>
       <c r="E29" s="315" t="s">
         <v>124</v>
       </c>
       <c r="G29" s="315" t="s">
         <v>28</v>
       </c>
       <c r="K29" s="22" t="s">
         <v>252</v>
       </c>
       <c r="M29" s="268" t="s">
         <v>103</v>
       </c>
       <c r="S29" s="20"/>
       <c r="T29" s="210">
         <v>1270</v>
       </c>
       <c r="U29" s="206" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
     </row>
     <row r="30" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="315" t="s">
         <v>36</v>
       </c>
       <c r="G30" s="315" t="s">
         <v>252</v>
       </c>
       <c r="K30" s="22" t="s">
         <v>149</v>
       </c>
       <c r="M30" s="268" t="s">
         <v>104</v>
       </c>
       <c r="S30" s="20"/>
       <c r="T30" s="210">
         <v>285</v>
       </c>
       <c r="U30" s="206" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>251</v>
       </c>
       <c r="B31" t="s">
         <v>251</v>
       </c>
       <c r="C31" t="s">
         <v>251</v>
       </c>
       <c r="G31" s="315" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="22" t="s">
         <v>64</v>
       </c>
       <c r="M31" s="268" t="s">
         <v>106</v>
       </c>
       <c r="S31" s="20"/>
       <c r="T31" s="210">
         <v>315</v>
       </c>
       <c r="U31" s="206" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>51</v>
       </c>
       <c r="C32" t="s">
         <v>51</v>
       </c>
       <c r="G32" s="315" t="s">
         <v>234</v>
       </c>
       <c r="K32" s="22" t="s">
         <v>65</v>
       </c>
       <c r="M32" s="268" t="s">
         <v>111</v>
       </c>
       <c r="S32" s="20"/>
       <c r="T32" s="210">
         <v>200</v>
       </c>
       <c r="U32" s="206" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>52</v>
       </c>
       <c r="C33" t="s">
         <v>52</v>
       </c>
       <c r="G33" s="315" t="s">
         <v>30</v>
       </c>
       <c r="K33" s="22" t="s">
         <v>152</v>
       </c>
       <c r="M33" s="268" t="s">
         <v>112</v>
       </c>
       <c r="S33" s="20"/>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
@@ -20052,51 +20055,51 @@
       <c r="K42" s="22" t="s">
         <v>316</v>
       </c>
       <c r="M42" s="268" t="s">
         <v>248</v>
       </c>
       <c r="S42" s="20"/>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A43" s="17" t="s">
         <v>250</v>
       </c>
       <c r="B43" t="s">
         <v>57</v>
       </c>
       <c r="C43" t="s">
         <v>57</v>
       </c>
       <c r="G43" s="315" t="s">
         <v>38</v>
       </c>
       <c r="K43" s="22" t="s">
         <v>77</v>
       </c>
       <c r="M43" s="268" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="S43" s="20"/>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>53</v>
       </c>
       <c r="B44" t="s">
         <v>143</v>
       </c>
       <c r="C44" t="s">
         <v>143</v>
       </c>
       <c r="G44" s="315" t="s">
         <v>39</v>
       </c>
       <c r="K44" s="22" t="s">
         <v>161</v>
       </c>
       <c r="S44" s="20"/>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>141</v>
       </c>
@@ -21306,54 +21309,54 @@
         <v>25</v>
       </c>
       <c r="B132" t="s">
         <v>167</v>
       </c>
       <c r="C132" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>164</v>
       </c>
       <c r="B133" t="s">
         <v>91</v>
       </c>
       <c r="C133" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>165</v>
       </c>
       <c r="B134" s="63" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="C134" s="63" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>26</v>
       </c>
       <c r="B135" t="s">
         <v>92</v>
       </c>
       <c r="C135" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>166</v>
       </c>
       <c r="B136" t="s">
         <v>93</v>
       </c>
       <c r="C136" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.25">
@@ -21369,51 +21372,51 @@
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>167</v>
       </c>
       <c r="B138" t="s">
         <v>168</v>
       </c>
       <c r="C138" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>91</v>
       </c>
       <c r="B139" t="s">
         <v>169</v>
       </c>
       <c r="C139" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A140" s="63" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="B140" t="s">
         <v>95</v>
       </c>
       <c r="C140" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>92</v>
       </c>
       <c r="B141" t="s">
         <v>170</v>
       </c>
       <c r="C141" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>93</v>
       </c>
       <c r="B142" t="s">
         <v>276</v>
@@ -22461,54 +22464,54 @@
         <v>187</v>
       </c>
       <c r="B237" t="s">
         <v>39</v>
       </c>
       <c r="C237" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="238" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
         <v>294</v>
       </c>
       <c r="B238" t="s">
         <v>38</v>
       </c>
       <c r="C238" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="239" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
         <v>188</v>
       </c>
       <c r="B239" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="C239" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
     </row>
     <row r="240" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>128</v>
       </c>
       <c r="B240" t="s">
         <v>219</v>
       </c>
       <c r="C240" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="241" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>35</v>
       </c>
       <c r="B241" t="s">
         <v>295</v>
       </c>
       <c r="C241" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="242" spans="1:3" x14ac:dyDescent="0.25">
@@ -22516,54 +22519,54 @@
         <v>36</v>
       </c>
       <c r="B242" t="s">
         <v>296</v>
       </c>
       <c r="C242" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="243" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
         <v>247</v>
       </c>
       <c r="B243" t="s">
         <v>297</v>
       </c>
       <c r="C243" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="244" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
         <v>37</v>
       </c>
       <c r="B244" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="C244" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
     </row>
     <row r="245" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>189</v>
       </c>
       <c r="B245" t="s">
         <v>248</v>
       </c>
       <c r="C245" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="246" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>190</v>
       </c>
       <c r="B246" t="s">
         <v>191</v>
       </c>
       <c r="C246" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="247" spans="1:3" x14ac:dyDescent="0.25">
@@ -22579,51 +22582,51 @@
     </row>
     <row r="248" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
         <v>39</v>
       </c>
       <c r="B248" t="s">
         <v>40</v>
       </c>
       <c r="C248" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="249" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
         <v>38</v>
       </c>
       <c r="B249" t="s">
         <v>192</v>
       </c>
       <c r="C249" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="250" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="B250" t="s">
         <v>130</v>
       </c>
       <c r="C250" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="251" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
         <v>219</v>
       </c>
       <c r="B251" t="s">
         <v>131</v>
       </c>
       <c r="C251" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>295</v>
       </c>
       <c r="B252" t="s">
         <v>300</v>
@@ -22634,51 +22637,51 @@
     </row>
     <row r="253" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>296</v>
       </c>
       <c r="B253" t="s">
         <v>301</v>
       </c>
       <c r="C253" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="254" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>297</v>
       </c>
       <c r="B254" t="s">
         <v>302</v>
       </c>
       <c r="C254" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="255" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="B255" t="s">
         <v>193</v>
       </c>
       <c r="C255" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="256" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
         <v>248</v>
       </c>
       <c r="B256" t="s">
         <v>41</v>
       </c>
       <c r="C256" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="257" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A257" s="15" t="s">
         <v>298</v>
       </c>
       <c r="B257" t="s">
         <v>306</v>
@@ -22759,1385 +22762,1385 @@
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="jD4umhzijW/1UtevOHarmiM9riTINbjKhNaVbMOEMN21h5Oz1UtPF+WtWAK3aYXVb7G2Vap8FynFvCRejf7BYg==" saltValue="54fKt1g+Vm1wrmPHPa96wA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="E2:R2"/>
   </mergeCells>
   <conditionalFormatting sqref="A4:A270">
     <cfRule type="duplicateValues" dxfId="55" priority="21"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B134">
     <cfRule type="duplicateValues" dxfId="54" priority="2"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="C134">
     <cfRule type="duplicateValues" dxfId="53" priority="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:AG466"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A2" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="F19" sqref="F19:J19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="9.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="9.42578125" style="3" customWidth="1"/>
     <col min="5" max="8" width="9.28515625" style="3" customWidth="1"/>
     <col min="9" max="9" width="10.28515625" style="3" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="3" customWidth="1"/>
     <col min="11" max="20" width="9.28515625" style="3" customWidth="1"/>
     <col min="21" max="33" width="0" style="3" hidden="1" customWidth="1"/>
     <col min="34" max="16384" width="9.140625" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="673" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="674"/>
+      <c r="A1" s="464" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B1" s="464"/>
+      <c r="C1" s="464"/>
+      <c r="D1" s="465"/>
+      <c r="E1" s="465"/>
+      <c r="F1" s="465"/>
+      <c r="G1" s="465"/>
+      <c r="H1" s="465"/>
+      <c r="I1" s="465"/>
+      <c r="J1" s="465"/>
     </row>
     <row r="2" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A2" s="352"/>
       <c r="B2" s="352"/>
       <c r="C2" s="352"/>
       <c r="D2" s="352"/>
       <c r="E2" s="352"/>
       <c r="F2" s="352"/>
       <c r="G2" s="352"/>
       <c r="H2" s="352"/>
       <c r="I2" s="352"/>
       <c r="J2" s="352"/>
     </row>
     <row r="3" spans="1:19" ht="18" x14ac:dyDescent="0.25">
-      <c r="A3" s="675" t="s">
-[...10 lines deleted...]
-      <c r="H3" s="676"/>
+      <c r="A3" s="466" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B3" s="466"/>
+      <c r="C3" s="466"/>
+      <c r="D3" s="466"/>
+      <c r="E3" s="467" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F3" s="467"/>
+      <c r="G3" s="467"/>
+      <c r="H3" s="467"/>
       <c r="I3" s="352"/>
       <c r="J3" s="352"/>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A4" s="352"/>
       <c r="B4" s="352"/>
       <c r="C4" s="352"/>
       <c r="D4" s="352"/>
       <c r="E4" s="352"/>
       <c r="F4" s="352"/>
       <c r="G4" s="352"/>
       <c r="H4" s="352"/>
       <c r="I4" s="352"/>
       <c r="J4" s="352"/>
     </row>
     <row r="5" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A5" s="116"/>
-      <c r="B5" s="677" t="s">
-[...10 lines deleted...]
-      <c r="I5" s="680"/>
+      <c r="B5" s="468" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C5" s="469"/>
+      <c r="D5" s="469"/>
+      <c r="E5" s="469"/>
+      <c r="F5" s="469"/>
+      <c r="G5" s="470" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H5" s="470"/>
+      <c r="I5" s="471"/>
       <c r="J5" s="116"/>
     </row>
     <row r="6" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="352"/>
       <c r="B6" s="353" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="C6" s="354"/>
       <c r="D6" s="354"/>
-      <c r="E6" s="681" t="s">
-[...4 lines deleted...]
-      <c r="H6" s="681"/>
+      <c r="E6" s="472" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F6" s="472"/>
+      <c r="G6" s="472"/>
+      <c r="H6" s="472"/>
       <c r="I6" s="355"/>
       <c r="J6" s="352"/>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A7" s="352"/>
-      <c r="B7" s="682" t="s">
-[...8 lines deleted...]
-      <c r="I7" s="684"/>
+      <c r="B7" s="473" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C7" s="474"/>
+      <c r="D7" s="474"/>
+      <c r="E7" s="474"/>
+      <c r="F7" s="474"/>
+      <c r="G7" s="474"/>
+      <c r="H7" s="474"/>
+      <c r="I7" s="475"/>
       <c r="J7" s="352"/>
     </row>
     <row r="8" spans="1:19" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="352"/>
       <c r="B8" s="353" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="C8" s="356"/>
       <c r="D8" s="356"/>
       <c r="E8" s="356"/>
       <c r="F8" s="356"/>
       <c r="G8" s="356"/>
       <c r="H8" s="356"/>
       <c r="I8" s="355"/>
       <c r="J8" s="352"/>
     </row>
     <row r="9" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="352"/>
-      <c r="B9" s="685" t="s">
-[...7 lines deleted...]
-      <c r="F9" s="686"/>
+      <c r="B9" s="476" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C9" s="477"/>
+      <c r="D9" s="478" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E9" s="478"/>
+      <c r="F9" s="478"/>
       <c r="G9" s="357" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="H9" s="116"/>
       <c r="I9" s="358"/>
       <c r="J9" s="352"/>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A10" s="352"/>
       <c r="B10" s="359"/>
       <c r="C10" s="360" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="D10" s="352"/>
       <c r="E10" s="352"/>
       <c r="F10" s="352"/>
       <c r="G10" s="352"/>
       <c r="H10" s="352"/>
       <c r="I10" s="358"/>
       <c r="J10" s="352"/>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A11" s="352"/>
       <c r="B11" s="359"/>
       <c r="C11" s="361" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="D11" s="352"/>
       <c r="E11" s="352"/>
       <c r="F11" s="352"/>
       <c r="G11" s="352"/>
       <c r="H11" s="352"/>
       <c r="I11" s="358"/>
       <c r="J11" s="352"/>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A12" s="352"/>
       <c r="B12" s="359"/>
       <c r="C12" s="361" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="D12" s="352"/>
       <c r="E12" s="352"/>
       <c r="F12" s="352"/>
       <c r="G12" s="352"/>
       <c r="H12" s="352"/>
       <c r="I12" s="358"/>
       <c r="J12" s="352"/>
     </row>
     <row r="13" spans="1:19" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="352"/>
       <c r="B13" s="359"/>
       <c r="C13" s="360" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="D13" s="352"/>
       <c r="E13" s="352"/>
       <c r="F13" s="352"/>
       <c r="G13" s="352"/>
       <c r="H13" s="352"/>
       <c r="I13" s="358"/>
       <c r="J13" s="352"/>
     </row>
     <row r="14" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A14" s="352"/>
       <c r="B14" s="359"/>
       <c r="C14" s="116" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="D14" s="352"/>
       <c r="E14" s="352"/>
       <c r="F14" s="352"/>
       <c r="G14" s="352"/>
       <c r="H14" s="352"/>
       <c r="I14" s="358"/>
       <c r="J14" s="352"/>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A15" s="102"/>
       <c r="B15" s="362"/>
       <c r="C15" s="363" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="D15" s="364"/>
       <c r="E15" s="364"/>
       <c r="F15" s="364"/>
       <c r="G15" s="364"/>
       <c r="H15" s="364"/>
       <c r="I15" s="365"/>
       <c r="J15" s="102"/>
     </row>
     <row r="16" spans="1:19" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="352"/>
       <c r="B16" s="352"/>
       <c r="C16" s="366"/>
       <c r="D16" s="352"/>
       <c r="E16" s="352"/>
       <c r="F16" s="352"/>
       <c r="G16" s="352"/>
       <c r="H16" s="352"/>
       <c r="I16" s="352"/>
       <c r="J16" s="352"/>
       <c r="L16" s="368" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="M16" s="329"/>
       <c r="N16" s="329"/>
       <c r="O16" s="329"/>
       <c r="P16" s="329"/>
       <c r="Q16" s="329"/>
       <c r="R16" s="329"/>
       <c r="S16" s="329"/>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A17" s="367" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="B17" s="352"/>
       <c r="C17" s="366"/>
       <c r="D17" s="352"/>
       <c r="E17" s="352"/>
       <c r="F17" s="352"/>
       <c r="G17" s="352"/>
       <c r="H17" s="352"/>
       <c r="I17" s="352"/>
       <c r="J17" s="352"/>
-      <c r="L17" s="696"/>
-[...6 lines deleted...]
-      <c r="S17" s="698"/>
+      <c r="L17" s="417"/>
+      <c r="M17" s="418"/>
+      <c r="N17" s="418"/>
+      <c r="O17" s="418"/>
+      <c r="P17" s="418"/>
+      <c r="Q17" s="418"/>
+      <c r="R17" s="418"/>
+      <c r="S17" s="419"/>
     </row>
     <row r="18" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="352"/>
       <c r="B18" s="352"/>
       <c r="C18" s="366"/>
       <c r="D18" s="352"/>
       <c r="E18" s="352"/>
       <c r="F18" s="352"/>
       <c r="G18" s="352"/>
       <c r="H18" s="352"/>
       <c r="I18" s="352"/>
       <c r="J18" s="352"/>
-      <c r="L18" s="699"/>
-[...6 lines deleted...]
-      <c r="S18" s="701"/>
+      <c r="L18" s="420"/>
+      <c r="M18" s="421"/>
+      <c r="N18" s="421"/>
+      <c r="O18" s="421"/>
+      <c r="P18" s="421"/>
+      <c r="Q18" s="421"/>
+      <c r="R18" s="421"/>
+      <c r="S18" s="422"/>
     </row>
     <row r="19" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="352" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="B19" s="352"/>
       <c r="C19" s="366"/>
       <c r="D19" s="352"/>
       <c r="E19" s="352"/>
-      <c r="F19" s="709"/>
-[...11 lines deleted...]
-      <c r="S19" s="701"/>
+      <c r="F19" s="441"/>
+      <c r="G19" s="442"/>
+      <c r="H19" s="442"/>
+      <c r="I19" s="442"/>
+      <c r="J19" s="443"/>
+      <c r="L19" s="420"/>
+      <c r="M19" s="421"/>
+      <c r="N19" s="421"/>
+      <c r="O19" s="421"/>
+      <c r="P19" s="421"/>
+      <c r="Q19" s="421"/>
+      <c r="R19" s="421"/>
+      <c r="S19" s="422"/>
     </row>
     <row r="20" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="352" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="B20" s="352"/>
       <c r="C20" s="366"/>
       <c r="D20" s="352"/>
       <c r="E20" s="352"/>
-      <c r="F20" s="709"/>
-[...11 lines deleted...]
-      <c r="S20" s="701"/>
+      <c r="F20" s="441"/>
+      <c r="G20" s="442"/>
+      <c r="H20" s="442"/>
+      <c r="I20" s="442"/>
+      <c r="J20" s="443"/>
+      <c r="L20" s="420"/>
+      <c r="M20" s="421"/>
+      <c r="N20" s="421"/>
+      <c r="O20" s="421"/>
+      <c r="P20" s="421"/>
+      <c r="Q20" s="421"/>
+      <c r="R20" s="421"/>
+      <c r="S20" s="422"/>
     </row>
     <row r="21" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="352"/>
       <c r="B21" s="352"/>
       <c r="C21" s="366"/>
       <c r="D21" s="352"/>
       <c r="E21" s="352"/>
       <c r="F21" s="352"/>
       <c r="G21" s="352"/>
       <c r="H21" s="352"/>
       <c r="I21" s="352"/>
       <c r="J21" s="352"/>
-      <c r="L21" s="699"/>
-[...6 lines deleted...]
-      <c r="S21" s="701"/>
+      <c r="L21" s="420"/>
+      <c r="M21" s="421"/>
+      <c r="N21" s="421"/>
+      <c r="O21" s="421"/>
+      <c r="P21" s="421"/>
+      <c r="Q21" s="421"/>
+      <c r="R21" s="421"/>
+      <c r="S21" s="422"/>
     </row>
     <row r="22" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="352" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="B22" s="352"/>
       <c r="C22" s="366"/>
       <c r="D22" s="352"/>
-      <c r="E22" s="709"/>
-[...12 lines deleted...]
-      <c r="S22" s="701"/>
+      <c r="E22" s="441"/>
+      <c r="F22" s="442"/>
+      <c r="G22" s="442"/>
+      <c r="H22" s="442"/>
+      <c r="I22" s="442"/>
+      <c r="J22" s="443"/>
+      <c r="L22" s="420"/>
+      <c r="M22" s="421"/>
+      <c r="N22" s="421"/>
+      <c r="O22" s="421"/>
+      <c r="P22" s="421"/>
+      <c r="Q22" s="421"/>
+      <c r="R22" s="421"/>
+      <c r="S22" s="422"/>
     </row>
     <row r="23" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="352" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="B23" s="352"/>
       <c r="C23" s="366"/>
       <c r="D23" s="352"/>
       <c r="E23" s="352"/>
-      <c r="F23" s="709"/>
-[...11 lines deleted...]
-      <c r="S23" s="701"/>
+      <c r="F23" s="441"/>
+      <c r="G23" s="442"/>
+      <c r="H23" s="442"/>
+      <c r="I23" s="442"/>
+      <c r="J23" s="443"/>
+      <c r="L23" s="420"/>
+      <c r="M23" s="421"/>
+      <c r="N23" s="421"/>
+      <c r="O23" s="421"/>
+      <c r="P23" s="421"/>
+      <c r="Q23" s="421"/>
+      <c r="R23" s="421"/>
+      <c r="S23" s="422"/>
     </row>
     <row r="24" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="352" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="B24" s="352"/>
       <c r="C24" s="366"/>
       <c r="D24" s="352"/>
       <c r="E24" s="352"/>
-      <c r="F24" s="712"/>
-[...11 lines deleted...]
-      <c r="S24" s="701"/>
+      <c r="F24" s="444"/>
+      <c r="G24" s="445"/>
+      <c r="H24" s="445"/>
+      <c r="I24" s="445"/>
+      <c r="J24" s="446"/>
+      <c r="L24" s="420"/>
+      <c r="M24" s="421"/>
+      <c r="N24" s="421"/>
+      <c r="O24" s="421"/>
+      <c r="P24" s="421"/>
+      <c r="Q24" s="421"/>
+      <c r="R24" s="421"/>
+      <c r="S24" s="422"/>
     </row>
     <row r="25" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="352"/>
       <c r="B25" s="352"/>
       <c r="C25" s="366"/>
       <c r="D25" s="352"/>
       <c r="E25" s="352"/>
       <c r="F25" s="352"/>
       <c r="G25" s="352"/>
       <c r="H25" s="352"/>
       <c r="I25" s="352"/>
       <c r="J25" s="352"/>
-      <c r="L25" s="699"/>
-[...6 lines deleted...]
-      <c r="S25" s="701"/>
+      <c r="L25" s="420"/>
+      <c r="M25" s="421"/>
+      <c r="N25" s="421"/>
+      <c r="O25" s="421"/>
+      <c r="P25" s="421"/>
+      <c r="Q25" s="421"/>
+      <c r="R25" s="421"/>
+      <c r="S25" s="422"/>
     </row>
     <row r="26" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="352" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="B26" s="352"/>
       <c r="C26" s="366"/>
       <c r="D26" s="352"/>
       <c r="E26" s="352"/>
       <c r="F26" s="352"/>
-      <c r="G26" s="715" t="s">
+      <c r="G26" s="447" t="s">
         <v>195</v>
       </c>
-      <c r="H26" s="710"/>
-      <c r="I26" s="711"/>
+      <c r="H26" s="442"/>
+      <c r="I26" s="443"/>
       <c r="J26" s="352"/>
-      <c r="L26" s="699"/>
-[...6 lines deleted...]
-      <c r="S26" s="701"/>
+      <c r="L26" s="420"/>
+      <c r="M26" s="421"/>
+      <c r="N26" s="421"/>
+      <c r="O26" s="421"/>
+      <c r="P26" s="421"/>
+      <c r="Q26" s="421"/>
+      <c r="R26" s="421"/>
+      <c r="S26" s="422"/>
     </row>
     <row r="27" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="352" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="B27" s="352"/>
       <c r="C27" s="366"/>
       <c r="D27" s="352"/>
       <c r="E27" s="352"/>
       <c r="F27" s="352"/>
-      <c r="G27" s="715" t="s">
+      <c r="G27" s="447" t="s">
         <v>195</v>
       </c>
-      <c r="H27" s="710"/>
-      <c r="I27" s="711"/>
+      <c r="H27" s="442"/>
+      <c r="I27" s="443"/>
       <c r="J27" s="352"/>
-      <c r="L27" s="699"/>
-[...6 lines deleted...]
-      <c r="S27" s="701"/>
+      <c r="L27" s="420"/>
+      <c r="M27" s="421"/>
+      <c r="N27" s="421"/>
+      <c r="O27" s="421"/>
+      <c r="P27" s="421"/>
+      <c r="Q27" s="421"/>
+      <c r="R27" s="421"/>
+      <c r="S27" s="422"/>
     </row>
     <row r="28" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="352" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="B28" s="352"/>
       <c r="C28" s="366"/>
       <c r="D28" s="352"/>
       <c r="E28" s="352"/>
       <c r="F28" s="352"/>
-      <c r="G28" s="712"/>
-[...1 lines deleted...]
-      <c r="I28" s="714"/>
+      <c r="G28" s="444"/>
+      <c r="H28" s="445"/>
+      <c r="I28" s="446"/>
       <c r="J28" s="352"/>
-      <c r="L28" s="699"/>
-[...6 lines deleted...]
-      <c r="S28" s="701"/>
+      <c r="L28" s="420"/>
+      <c r="M28" s="421"/>
+      <c r="N28" s="421"/>
+      <c r="O28" s="421"/>
+      <c r="P28" s="421"/>
+      <c r="Q28" s="421"/>
+      <c r="R28" s="421"/>
+      <c r="S28" s="422"/>
     </row>
     <row r="29" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="352" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B29" s="352"/>
       <c r="C29" s="366"/>
       <c r="D29" s="352"/>
       <c r="E29" s="352"/>
       <c r="F29" s="352"/>
-      <c r="G29" s="712"/>
-[...1 lines deleted...]
-      <c r="I29" s="714"/>
+      <c r="G29" s="444"/>
+      <c r="H29" s="445"/>
+      <c r="I29" s="446"/>
       <c r="J29" s="352"/>
-      <c r="L29" s="699"/>
-[...6 lines deleted...]
-      <c r="S29" s="701"/>
+      <c r="L29" s="420"/>
+      <c r="M29" s="421"/>
+      <c r="N29" s="421"/>
+      <c r="O29" s="421"/>
+      <c r="P29" s="421"/>
+      <c r="Q29" s="421"/>
+      <c r="R29" s="421"/>
+      <c r="S29" s="422"/>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A30" s="352" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="B30" s="352"/>
       <c r="C30" s="366"/>
       <c r="D30" s="352"/>
       <c r="E30" s="352"/>
       <c r="F30" s="352"/>
       <c r="G30" s="352"/>
       <c r="H30" s="352"/>
       <c r="I30" s="352"/>
       <c r="J30" s="352"/>
-      <c r="L30" s="699"/>
-[...6 lines deleted...]
-      <c r="S30" s="701"/>
+      <c r="L30" s="420"/>
+      <c r="M30" s="421"/>
+      <c r="N30" s="421"/>
+      <c r="O30" s="421"/>
+      <c r="P30" s="421"/>
+      <c r="Q30" s="421"/>
+      <c r="R30" s="421"/>
+      <c r="S30" s="422"/>
     </row>
     <row r="31" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A31" s="687"/>
-[...16 lines deleted...]
-      <c r="S31" s="701"/>
+      <c r="A31" s="455"/>
+      <c r="B31" s="456"/>
+      <c r="C31" s="456"/>
+      <c r="D31" s="456"/>
+      <c r="E31" s="456"/>
+      <c r="F31" s="456"/>
+      <c r="G31" s="456"/>
+      <c r="H31" s="456"/>
+      <c r="I31" s="456"/>
+      <c r="J31" s="457"/>
+      <c r="L31" s="420"/>
+      <c r="M31" s="421"/>
+      <c r="N31" s="421"/>
+      <c r="O31" s="421"/>
+      <c r="P31" s="421"/>
+      <c r="Q31" s="421"/>
+      <c r="R31" s="421"/>
+      <c r="S31" s="422"/>
     </row>
     <row r="32" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A32" s="690"/>
-[...16 lines deleted...]
-      <c r="S32" s="701"/>
+      <c r="A32" s="458"/>
+      <c r="B32" s="459"/>
+      <c r="C32" s="459"/>
+      <c r="D32" s="459"/>
+      <c r="E32" s="459"/>
+      <c r="F32" s="459"/>
+      <c r="G32" s="459"/>
+      <c r="H32" s="459"/>
+      <c r="I32" s="459"/>
+      <c r="J32" s="460"/>
+      <c r="L32" s="420"/>
+      <c r="M32" s="421"/>
+      <c r="N32" s="421"/>
+      <c r="O32" s="421"/>
+      <c r="P32" s="421"/>
+      <c r="Q32" s="421"/>
+      <c r="R32" s="421"/>
+      <c r="S32" s="422"/>
     </row>
     <row r="33" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A33" s="693"/>
-[...16 lines deleted...]
-      <c r="S33" s="704"/>
+      <c r="A33" s="461"/>
+      <c r="B33" s="462"/>
+      <c r="C33" s="462"/>
+      <c r="D33" s="462"/>
+      <c r="E33" s="462"/>
+      <c r="F33" s="462"/>
+      <c r="G33" s="462"/>
+      <c r="H33" s="462"/>
+      <c r="I33" s="462"/>
+      <c r="J33" s="463"/>
+      <c r="L33" s="423"/>
+      <c r="M33" s="424"/>
+      <c r="N33" s="424"/>
+      <c r="O33" s="424"/>
+      <c r="P33" s="424"/>
+      <c r="Q33" s="424"/>
+      <c r="R33" s="424"/>
+      <c r="S33" s="425"/>
     </row>
     <row r="34" spans="1:33" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="369" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="B34" s="352"/>
       <c r="C34" s="366"/>
       <c r="D34" s="352"/>
       <c r="E34" s="352"/>
       <c r="F34" s="352"/>
       <c r="G34" s="352"/>
       <c r="H34" s="352"/>
       <c r="I34" s="352"/>
       <c r="J34" s="352"/>
     </row>
     <row r="35" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A35" s="9"/>
       <c r="B35" s="352"/>
       <c r="C35" s="366"/>
       <c r="D35" s="352"/>
       <c r="E35" s="352"/>
       <c r="F35" s="352"/>
       <c r="G35" s="352"/>
       <c r="H35" s="352"/>
       <c r="I35" s="352"/>
       <c r="J35" s="352"/>
     </row>
     <row r="36" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="722" t="s">
-[...10 lines deleted...]
-      <c r="J36" s="722"/>
+      <c r="A36" s="479" t="s">
+        <v>870</v>
+      </c>
+      <c r="B36" s="479"/>
+      <c r="C36" s="479"/>
+      <c r="D36" s="479"/>
+      <c r="E36" s="479"/>
+      <c r="F36" s="479"/>
+      <c r="G36" s="479"/>
+      <c r="H36" s="479"/>
+      <c r="I36" s="479"/>
+      <c r="J36" s="479"/>
       <c r="K36" s="184"/>
       <c r="L36" s="184"/>
       <c r="M36" s="184"/>
       <c r="N36" s="184"/>
       <c r="O36" s="184"/>
       <c r="P36" s="184"/>
       <c r="Q36" s="184"/>
       <c r="R36" s="184"/>
       <c r="S36" s="184"/>
       <c r="T36" s="193"/>
       <c r="U36" s="155"/>
       <c r="V36" s="156"/>
       <c r="W36" s="156"/>
       <c r="X36" s="155"/>
       <c r="Y36" s="155"/>
       <c r="Z36" s="155"/>
       <c r="AA36" s="155"/>
       <c r="AB36" s="155"/>
       <c r="AC36" s="155"/>
       <c r="AD36" s="155"/>
       <c r="AE36" s="155"/>
       <c r="AF36" s="155"/>
       <c r="AG36" s="155"/>
     </row>
     <row r="37" spans="1:33" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="495" t="s">
-[...10 lines deleted...]
-      <c r="J37" s="495"/>
+      <c r="A37" s="454" t="s">
+        <v>888</v>
+      </c>
+      <c r="B37" s="454"/>
+      <c r="C37" s="454"/>
+      <c r="D37" s="454"/>
+      <c r="E37" s="454"/>
+      <c r="F37" s="454"/>
+      <c r="G37" s="454"/>
+      <c r="H37" s="454"/>
+      <c r="I37" s="454"/>
+      <c r="J37" s="454"/>
       <c r="K37" s="184"/>
-      <c r="L37" s="716" t="s">
+      <c r="L37" s="448" t="s">
         <v>218</v>
       </c>
-      <c r="M37" s="717"/>
-[...5 lines deleted...]
-      <c r="S37" s="717"/>
+      <c r="M37" s="449"/>
+      <c r="N37" s="449"/>
+      <c r="O37" s="449"/>
+      <c r="P37" s="449"/>
+      <c r="Q37" s="449"/>
+      <c r="R37" s="449"/>
+      <c r="S37" s="449"/>
       <c r="T37" s="194"/>
       <c r="U37" s="155"/>
       <c r="V37" s="157"/>
       <c r="W37" s="158"/>
       <c r="X37" s="157"/>
       <c r="Y37" s="157"/>
       <c r="Z37" s="157"/>
       <c r="AA37" s="157"/>
       <c r="AB37" s="155"/>
       <c r="AC37" s="155"/>
       <c r="AD37" s="155"/>
       <c r="AE37" s="155"/>
       <c r="AF37" s="155"/>
       <c r="AG37" s="155"/>
     </row>
     <row r="38" spans="1:33" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="495"/>
-[...8 lines deleted...]
-      <c r="J38" s="495"/>
+      <c r="A38" s="454"/>
+      <c r="B38" s="454"/>
+      <c r="C38" s="454"/>
+      <c r="D38" s="454"/>
+      <c r="E38" s="454"/>
+      <c r="F38" s="454"/>
+      <c r="G38" s="454"/>
+      <c r="H38" s="454"/>
+      <c r="I38" s="454"/>
+      <c r="J38" s="454"/>
       <c r="K38" s="184"/>
       <c r="L38" s="184"/>
       <c r="M38" s="184"/>
       <c r="N38" s="184"/>
       <c r="O38" s="184"/>
       <c r="P38" s="184"/>
       <c r="Q38" s="184"/>
       <c r="R38" s="184"/>
       <c r="S38" s="184"/>
       <c r="T38" s="184"/>
       <c r="U38" s="155"/>
       <c r="V38" s="157"/>
       <c r="W38" s="158"/>
       <c r="X38" s="157"/>
       <c r="Y38" s="157"/>
       <c r="Z38" s="157"/>
       <c r="AA38" s="157"/>
       <c r="AB38" s="155"/>
       <c r="AC38" s="155"/>
       <c r="AD38" s="155"/>
       <c r="AE38" s="155"/>
       <c r="AF38" s="155"/>
       <c r="AG38" s="155"/>
     </row>
     <row r="39" spans="1:33" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="495"/>
-[...8 lines deleted...]
-      <c r="J39" s="495"/>
+      <c r="A39" s="454"/>
+      <c r="B39" s="454"/>
+      <c r="C39" s="454"/>
+      <c r="D39" s="454"/>
+      <c r="E39" s="454"/>
+      <c r="F39" s="454"/>
+      <c r="G39" s="454"/>
+      <c r="H39" s="454"/>
+      <c r="I39" s="454"/>
+      <c r="J39" s="454"/>
       <c r="K39" s="184"/>
       <c r="L39" s="184"/>
       <c r="M39" s="184"/>
       <c r="N39" s="184"/>
       <c r="O39" s="184"/>
       <c r="P39" s="184"/>
       <c r="Q39" s="184"/>
       <c r="R39" s="184"/>
       <c r="S39" s="197"/>
       <c r="T39" s="198" t="str">
         <f>$J$465</f>
-        <v>Version 1.11</v>
+        <v>Version 1.12</v>
       </c>
       <c r="U39" s="155"/>
       <c r="V39" s="157"/>
       <c r="W39" s="157"/>
       <c r="X39" s="157"/>
       <c r="Y39" s="157"/>
       <c r="Z39" s="157"/>
       <c r="AA39" s="157"/>
       <c r="AB39" s="155"/>
       <c r="AC39" s="155"/>
       <c r="AD39" s="155"/>
       <c r="AE39" s="155"/>
       <c r="AF39" s="155"/>
       <c r="AG39" s="155"/>
     </row>
     <row r="40" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="495" t="s">
-[...10 lines deleted...]
-      <c r="J40" s="495"/>
+      <c r="A40" s="454" t="s">
+        <v>889</v>
+      </c>
+      <c r="B40" s="454"/>
+      <c r="C40" s="454"/>
+      <c r="D40" s="454"/>
+      <c r="E40" s="454"/>
+      <c r="F40" s="454"/>
+      <c r="G40" s="454"/>
+      <c r="H40" s="454"/>
+      <c r="I40" s="454"/>
+      <c r="J40" s="454"/>
       <c r="K40" s="184"/>
       <c r="L40" s="184"/>
       <c r="M40" s="184"/>
       <c r="N40" s="184"/>
       <c r="O40" s="184"/>
       <c r="P40" s="184"/>
       <c r="Q40" s="184"/>
       <c r="R40" s="184"/>
-      <c r="S40" s="492">
+      <c r="S40" s="658">
         <f>$I$466</f>
-        <v>45755</v>
-[...1 lines deleted...]
-      <c r="T40" s="492"/>
+        <v>45979</v>
+      </c>
+      <c r="T40" s="658"/>
       <c r="U40" s="155"/>
       <c r="V40" s="157"/>
       <c r="W40" s="157"/>
       <c r="X40" s="157"/>
       <c r="Y40" s="157"/>
       <c r="Z40" s="157"/>
       <c r="AA40" s="157"/>
       <c r="AB40" s="155"/>
       <c r="AC40" s="155"/>
       <c r="AD40" s="155"/>
       <c r="AE40" s="155"/>
       <c r="AF40" s="155"/>
       <c r="AG40" s="155"/>
     </row>
     <row r="41" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="495"/>
-[...8 lines deleted...]
-      <c r="J41" s="495"/>
+      <c r="A41" s="454"/>
+      <c r="B41" s="454"/>
+      <c r="C41" s="454"/>
+      <c r="D41" s="454"/>
+      <c r="E41" s="454"/>
+      <c r="F41" s="454"/>
+      <c r="G41" s="454"/>
+      <c r="H41" s="454"/>
+      <c r="I41" s="454"/>
+      <c r="J41" s="454"/>
       <c r="K41" s="184"/>
       <c r="L41" s="184"/>
       <c r="M41" s="184"/>
       <c r="N41" s="184"/>
       <c r="O41" s="184"/>
       <c r="P41" s="184"/>
       <c r="Q41" s="184"/>
       <c r="R41" s="184"/>
       <c r="S41" s="184"/>
       <c r="T41" s="184"/>
       <c r="U41" s="155"/>
       <c r="V41" s="157"/>
       <c r="W41" s="157"/>
       <c r="X41" s="157"/>
       <c r="Y41" s="157"/>
       <c r="Z41" s="157"/>
       <c r="AA41" s="157"/>
       <c r="AB41" s="155"/>
       <c r="AC41" s="155"/>
       <c r="AD41" s="155"/>
       <c r="AE41" s="155"/>
       <c r="AF41" s="155"/>
       <c r="AG41" s="155"/>
     </row>
     <row r="42" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="613" t="str">
+      <c r="A42" s="533" t="str">
         <f ca="1">IFERROR(IF(DATEDIF($I$466,TODAY(),"M")&gt;9,"PLEASE DOWNLOAD CURRENT VERSION: ",""),"")</f>
         <v/>
       </c>
-      <c r="B42" s="613"/>
-[...3 lines deleted...]
-      <c r="F42" s="614" t="str">
+      <c r="B42" s="533"/>
+      <c r="C42" s="533"/>
+      <c r="D42" s="533"/>
+      <c r="E42" s="533"/>
+      <c r="F42" s="534" t="str">
         <f ca="1">IF($A$42&lt;&gt;"",HYPERLINK("http://www.admin.ox.ac.uk/personnel/permits/forms/","www.admin.ox.ac.uk/personnel/permits/forms/"),"")</f>
         <v/>
       </c>
-      <c r="G42" s="614"/>
-[...2 lines deleted...]
-      <c r="J42" s="614"/>
+      <c r="G42" s="534"/>
+      <c r="H42" s="534"/>
+      <c r="I42" s="534"/>
+      <c r="J42" s="534"/>
       <c r="K42" s="184"/>
       <c r="L42" s="184"/>
       <c r="M42" s="184"/>
       <c r="N42" s="184"/>
       <c r="O42" s="184"/>
       <c r="P42" s="184"/>
       <c r="Q42" s="184"/>
       <c r="R42" s="184"/>
       <c r="S42" s="184"/>
       <c r="T42" s="184"/>
       <c r="U42" s="155"/>
       <c r="V42" s="159"/>
       <c r="W42" s="157"/>
       <c r="X42" s="157"/>
       <c r="Y42" s="157"/>
       <c r="Z42" s="157"/>
       <c r="AA42" s="157"/>
       <c r="AB42" s="155"/>
       <c r="AC42" s="155"/>
       <c r="AD42" s="155"/>
       <c r="AE42" s="155"/>
       <c r="AF42" s="155"/>
       <c r="AG42" s="155"/>
     </row>
     <row r="43" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B43" s="8"/>
       <c r="C43" s="8"/>
       <c r="D43" s="8"/>
       <c r="E43" s="8"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
       <c r="I43" s="8"/>
       <c r="J43" s="8"/>
       <c r="K43" s="184"/>
       <c r="L43" s="184"/>
       <c r="M43" s="184"/>
       <c r="N43" s="184"/>
       <c r="O43" s="184"/>
       <c r="P43" s="184"/>
       <c r="Q43" s="184"/>
       <c r="R43" s="184"/>
       <c r="S43" s="184"/>
       <c r="T43" s="184"/>
       <c r="U43" s="155"/>
-      <c r="V43" s="501"/>
-[...6 lines deleted...]
-      <c r="AC43" s="501"/>
+      <c r="V43" s="648"/>
+      <c r="W43" s="648"/>
+      <c r="X43" s="648"/>
+      <c r="Y43" s="648"/>
+      <c r="Z43" s="648"/>
+      <c r="AA43" s="648"/>
+      <c r="AB43" s="648"/>
+      <c r="AC43" s="648"/>
       <c r="AD43" s="155"/>
       <c r="AE43" s="155"/>
       <c r="AF43" s="155"/>
       <c r="AG43" s="155"/>
     </row>
     <row r="44" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A44" s="493" t="str">
+      <c r="A44" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$459 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$459)</f>
-        <v>angelina.pelova@admin.ox.ac.uk</v>
-[...5 lines deleted...]
-      <c r="F44" s="493" t="str">
+        <v>angelina.escott@admin.ox.ac.uk</v>
+      </c>
+      <c r="B44" s="416"/>
+      <c r="C44" s="416"/>
+      <c r="D44" s="416"/>
+      <c r="E44" s="416"/>
+      <c r="F44" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$460 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$460)</f>
         <v>paul.deeble@admin.ox.ac.uk</v>
       </c>
-      <c r="G44" s="493"/>
-[...2 lines deleted...]
-      <c r="J44" s="493"/>
+      <c r="G44" s="416"/>
+      <c r="H44" s="416"/>
+      <c r="I44" s="416"/>
+      <c r="J44" s="416"/>
       <c r="K44" s="184"/>
       <c r="L44" s="184"/>
       <c r="M44" s="184"/>
       <c r="N44" s="184"/>
       <c r="O44" s="184"/>
       <c r="P44" s="184"/>
       <c r="Q44" s="184"/>
       <c r="R44" s="184"/>
       <c r="S44" s="184"/>
       <c r="T44" s="184"/>
       <c r="U44" s="155"/>
-      <c r="V44" s="501"/>
-[...6 lines deleted...]
-      <c r="AC44" s="501"/>
+      <c r="V44" s="648"/>
+      <c r="W44" s="648"/>
+      <c r="X44" s="648"/>
+      <c r="Y44" s="648"/>
+      <c r="Z44" s="648"/>
+      <c r="AA44" s="648"/>
+      <c r="AB44" s="648"/>
+      <c r="AC44" s="648"/>
       <c r="AD44" s="155"/>
       <c r="AE44" s="155"/>
       <c r="AF44" s="155"/>
       <c r="AG44" s="155"/>
     </row>
     <row r="45" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A45" s="493" t="str">
+      <c r="A45" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$461 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$461)</f>
         <v>sufia.nadeem@admin.ox.ac.uk</v>
       </c>
-      <c r="B45" s="493"/>
-[...7 lines deleted...]
-      <c r="J45" s="493"/>
+      <c r="B45" s="416"/>
+      <c r="C45" s="416"/>
+      <c r="D45" s="416"/>
+      <c r="E45" s="416"/>
+      <c r="F45" s="416"/>
+      <c r="G45" s="416"/>
+      <c r="H45" s="416"/>
+      <c r="I45" s="416"/>
+      <c r="J45" s="416"/>
       <c r="K45" s="208"/>
       <c r="L45" s="208"/>
       <c r="M45" s="208"/>
       <c r="N45" s="208"/>
       <c r="O45" s="208"/>
       <c r="P45" s="208"/>
       <c r="Q45" s="208"/>
       <c r="R45" s="208"/>
       <c r="S45" s="208"/>
       <c r="T45" s="208"/>
       <c r="U45" s="155"/>
-      <c r="V45" s="501"/>
-[...6 lines deleted...]
-      <c r="AC45" s="501"/>
+      <c r="V45" s="648"/>
+      <c r="W45" s="648"/>
+      <c r="X45" s="648"/>
+      <c r="Y45" s="648"/>
+      <c r="Z45" s="648"/>
+      <c r="AA45" s="648"/>
+      <c r="AB45" s="648"/>
+      <c r="AC45" s="648"/>
       <c r="AD45" s="155"/>
       <c r="AE45" s="155"/>
       <c r="AF45" s="155"/>
       <c r="AG45" s="155"/>
     </row>
     <row r="46" spans="1:33" s="5" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="494" t="s">
-[...10 lines deleted...]
-      <c r="J46" s="494"/>
+      <c r="A46" s="659" t="s">
+        <v>866</v>
+      </c>
+      <c r="B46" s="659"/>
+      <c r="C46" s="659"/>
+      <c r="D46" s="659"/>
+      <c r="E46" s="659"/>
+      <c r="F46" s="659"/>
+      <c r="G46" s="659"/>
+      <c r="H46" s="659"/>
+      <c r="I46" s="659"/>
+      <c r="J46" s="659"/>
       <c r="K46" s="185"/>
       <c r="L46" s="185"/>
       <c r="M46" s="185"/>
       <c r="N46" s="185"/>
       <c r="O46" s="185"/>
       <c r="P46" s="185"/>
       <c r="Q46" s="185"/>
       <c r="R46" s="185"/>
       <c r="S46" s="185"/>
       <c r="T46" s="185"/>
       <c r="U46" s="160"/>
-      <c r="V46" s="501"/>
-[...6 lines deleted...]
-      <c r="AC46" s="501"/>
+      <c r="V46" s="648"/>
+      <c r="W46" s="648"/>
+      <c r="X46" s="648"/>
+      <c r="Y46" s="648"/>
+      <c r="Z46" s="648"/>
+      <c r="AA46" s="648"/>
+      <c r="AB46" s="648"/>
+      <c r="AC46" s="648"/>
       <c r="AD46" s="160"/>
       <c r="AE46" s="160"/>
       <c r="AF46" s="160"/>
       <c r="AG46" s="160"/>
     </row>
     <row r="47" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="493" t="str">
+      <c r="A47" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$463 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$463)</f>
         <v>lyn.davis@admin.ox.ac.uk</v>
       </c>
-      <c r="B47" s="493"/>
-[...3 lines deleted...]
-      <c r="F47" s="493" t="str">
+      <c r="B47" s="416"/>
+      <c r="C47" s="416"/>
+      <c r="D47" s="416"/>
+      <c r="E47" s="416"/>
+      <c r="F47" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$464 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$464)</f>
         <v>richard.birt@admin.ox.ac.uk</v>
       </c>
-      <c r="G47" s="493"/>
-[...2 lines deleted...]
-      <c r="J47" s="493"/>
+      <c r="G47" s="416"/>
+      <c r="H47" s="416"/>
+      <c r="I47" s="416"/>
+      <c r="J47" s="416"/>
       <c r="K47" s="184"/>
       <c r="L47" s="184"/>
       <c r="M47" s="184"/>
       <c r="N47" s="184"/>
       <c r="O47" s="184"/>
       <c r="P47" s="184"/>
       <c r="Q47" s="184"/>
       <c r="R47" s="184"/>
       <c r="S47" s="184"/>
       <c r="T47" s="184"/>
       <c r="U47" s="155"/>
       <c r="V47" s="161"/>
       <c r="W47" s="161"/>
       <c r="X47" s="161"/>
       <c r="Y47" s="161"/>
       <c r="Z47" s="161"/>
       <c r="AA47" s="161"/>
       <c r="AB47" s="161"/>
       <c r="AC47" s="161"/>
       <c r="AD47" s="161"/>
       <c r="AE47" s="155"/>
       <c r="AF47" s="155"/>
       <c r="AG47" s="155"/>
     </row>
     <row r="48" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="493" t="str">
+      <c r="A48" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$465 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$465)</f>
         <v>kara.updale@admin.ox.ac.uk</v>
       </c>
-      <c r="B48" s="493"/>
-[...7 lines deleted...]
-      <c r="J48" s="493"/>
+      <c r="B48" s="416"/>
+      <c r="C48" s="416"/>
+      <c r="D48" s="416"/>
+      <c r="E48" s="416"/>
+      <c r="F48" s="416"/>
+      <c r="G48" s="416"/>
+      <c r="H48" s="416"/>
+      <c r="I48" s="416"/>
+      <c r="J48" s="416"/>
       <c r="K48" s="208"/>
       <c r="L48" s="208"/>
       <c r="M48" s="208"/>
       <c r="N48" s="208"/>
       <c r="O48" s="208"/>
       <c r="P48" s="208"/>
       <c r="Q48" s="208"/>
       <c r="R48" s="208"/>
       <c r="S48" s="208"/>
       <c r="T48" s="208"/>
       <c r="U48" s="155"/>
       <c r="V48" s="161"/>
       <c r="W48" s="161"/>
       <c r="X48" s="161"/>
       <c r="Y48" s="161"/>
       <c r="Z48" s="161"/>
       <c r="AA48" s="161"/>
       <c r="AB48" s="161"/>
       <c r="AC48" s="161"/>
       <c r="AD48" s="161"/>
       <c r="AE48" s="155"/>
       <c r="AF48" s="155"/>
       <c r="AG48" s="155"/>
     </row>
     <row r="49" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="494" t="s">
-[...10 lines deleted...]
-      <c r="J49" s="494"/>
+      <c r="A49" s="659" t="s">
+        <v>867</v>
+      </c>
+      <c r="B49" s="659"/>
+      <c r="C49" s="659"/>
+      <c r="D49" s="659"/>
+      <c r="E49" s="659"/>
+      <c r="F49" s="659"/>
+      <c r="G49" s="659"/>
+      <c r="H49" s="659"/>
+      <c r="I49" s="659"/>
+      <c r="J49" s="659"/>
       <c r="K49" s="184"/>
       <c r="L49" s="184"/>
       <c r="M49" s="184"/>
       <c r="N49" s="184"/>
       <c r="O49" s="184"/>
       <c r="P49" s="184"/>
       <c r="Q49" s="184"/>
       <c r="R49" s="184"/>
       <c r="S49" s="184"/>
       <c r="T49" s="184"/>
       <c r="U49" s="155"/>
       <c r="V49" s="161"/>
       <c r="W49" s="161"/>
       <c r="X49" s="161"/>
       <c r="Y49" s="161"/>
       <c r="Z49" s="161"/>
       <c r="AA49" s="161"/>
       <c r="AB49" s="161"/>
       <c r="AC49" s="161"/>
       <c r="AD49" s="161"/>
       <c r="AE49" s="155"/>
       <c r="AF49" s="155"/>
       <c r="AG49" s="155"/>
     </row>
     <row r="50" spans="1:33" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="504" t="s">
+      <c r="A50" s="412" t="s">
         <v>0</v>
       </c>
-      <c r="B50" s="504"/>
-[...7 lines deleted...]
-      <c r="J50" s="504"/>
+      <c r="B50" s="412"/>
+      <c r="C50" s="412"/>
+      <c r="D50" s="412"/>
+      <c r="E50" s="412"/>
+      <c r="F50" s="412"/>
+      <c r="G50" s="412"/>
+      <c r="H50" s="412"/>
+      <c r="I50" s="412"/>
+      <c r="J50" s="412"/>
       <c r="K50" s="184"/>
       <c r="L50" s="184"/>
       <c r="M50" s="184"/>
       <c r="N50" s="184"/>
       <c r="O50" s="184"/>
       <c r="P50" s="184"/>
       <c r="Q50" s="184"/>
       <c r="R50" s="184"/>
       <c r="S50" s="184"/>
       <c r="T50" s="184"/>
       <c r="U50" s="155"/>
       <c r="V50" s="157"/>
       <c r="W50" s="157"/>
       <c r="X50" s="157"/>
       <c r="Y50" s="157"/>
       <c r="Z50" s="157"/>
       <c r="AA50" s="157"/>
       <c r="AB50" s="155"/>
       <c r="AC50" s="155"/>
       <c r="AD50" s="161"/>
       <c r="AE50" s="155"/>
       <c r="AF50" s="155"/>
       <c r="AG50" s="155"/>
     </row>
     <row r="51" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="504"/>
-[...8 lines deleted...]
-      <c r="J51" s="504"/>
+      <c r="A51" s="412"/>
+      <c r="B51" s="412"/>
+      <c r="C51" s="412"/>
+      <c r="D51" s="412"/>
+      <c r="E51" s="412"/>
+      <c r="F51" s="412"/>
+      <c r="G51" s="412"/>
+      <c r="H51" s="412"/>
+      <c r="I51" s="412"/>
+      <c r="J51" s="412"/>
       <c r="K51" s="184"/>
       <c r="L51" s="184"/>
       <c r="M51" s="184"/>
       <c r="N51" s="184"/>
       <c r="O51" s="184"/>
       <c r="P51" s="184"/>
       <c r="Q51" s="184"/>
       <c r="R51" s="184"/>
       <c r="S51" s="184"/>
       <c r="T51" s="184"/>
       <c r="U51" s="155"/>
-      <c r="V51" s="501"/>
-[...6 lines deleted...]
-      <c r="AC51" s="501"/>
+      <c r="V51" s="648"/>
+      <c r="W51" s="648"/>
+      <c r="X51" s="648"/>
+      <c r="Y51" s="648"/>
+      <c r="Z51" s="648"/>
+      <c r="AA51" s="648"/>
+      <c r="AB51" s="648"/>
+      <c r="AC51" s="648"/>
       <c r="AD51" s="155"/>
       <c r="AE51" s="155"/>
       <c r="AF51" s="155"/>
       <c r="AG51" s="155"/>
     </row>
     <row r="52" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A52" s="504"/>
-[...8 lines deleted...]
-      <c r="J52" s="504"/>
+      <c r="A52" s="412"/>
+      <c r="B52" s="412"/>
+      <c r="C52" s="412"/>
+      <c r="D52" s="412"/>
+      <c r="E52" s="412"/>
+      <c r="F52" s="412"/>
+      <c r="G52" s="412"/>
+      <c r="H52" s="412"/>
+      <c r="I52" s="412"/>
+      <c r="J52" s="412"/>
       <c r="K52" s="184"/>
       <c r="L52" s="184"/>
       <c r="M52" s="184"/>
       <c r="N52" s="184"/>
       <c r="O52" s="184"/>
       <c r="P52" s="184"/>
       <c r="Q52" s="184"/>
       <c r="R52" s="184"/>
       <c r="S52" s="184"/>
       <c r="T52" s="184"/>
       <c r="U52" s="155"/>
-      <c r="V52" s="501"/>
-[...6 lines deleted...]
-      <c r="AC52" s="501"/>
+      <c r="V52" s="648"/>
+      <c r="W52" s="648"/>
+      <c r="X52" s="648"/>
+      <c r="Y52" s="648"/>
+      <c r="Z52" s="648"/>
+      <c r="AA52" s="648"/>
+      <c r="AB52" s="648"/>
+      <c r="AC52" s="648"/>
       <c r="AD52" s="155"/>
       <c r="AE52" s="155"/>
       <c r="AF52" s="155"/>
       <c r="AG52" s="155"/>
     </row>
     <row r="53" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="504" t="s">
+      <c r="A53" s="412" t="s">
         <v>196</v>
       </c>
-      <c r="B53" s="504"/>
-[...7 lines deleted...]
-      <c r="J53" s="504"/>
+      <c r="B53" s="412"/>
+      <c r="C53" s="412"/>
+      <c r="D53" s="412"/>
+      <c r="E53" s="412"/>
+      <c r="F53" s="412"/>
+      <c r="G53" s="412"/>
+      <c r="H53" s="412"/>
+      <c r="I53" s="412"/>
+      <c r="J53" s="412"/>
       <c r="K53" s="184"/>
       <c r="L53" s="184"/>
       <c r="M53" s="184"/>
       <c r="N53" s="184"/>
       <c r="O53" s="184"/>
       <c r="P53" s="184"/>
       <c r="Q53" s="184"/>
       <c r="R53" s="184"/>
       <c r="S53" s="184"/>
       <c r="T53" s="184"/>
       <c r="U53" s="155"/>
-      <c r="V53" s="503"/>
-[...2 lines deleted...]
-      <c r="Y53" s="503"/>
+      <c r="V53" s="650"/>
+      <c r="W53" s="650"/>
+      <c r="X53" s="650"/>
+      <c r="Y53" s="650"/>
       <c r="Z53" s="157"/>
       <c r="AA53" s="157"/>
       <c r="AB53" s="155"/>
       <c r="AC53" s="155"/>
       <c r="AD53" s="161"/>
       <c r="AE53" s="155"/>
       <c r="AF53" s="155"/>
       <c r="AG53" s="155"/>
     </row>
     <row r="54" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A54" s="504"/>
-[...8 lines deleted...]
-      <c r="J54" s="504"/>
+      <c r="A54" s="412"/>
+      <c r="B54" s="412"/>
+      <c r="C54" s="412"/>
+      <c r="D54" s="412"/>
+      <c r="E54" s="412"/>
+      <c r="F54" s="412"/>
+      <c r="G54" s="412"/>
+      <c r="H54" s="412"/>
+      <c r="I54" s="412"/>
+      <c r="J54" s="412"/>
       <c r="K54" s="184"/>
       <c r="L54" s="184"/>
       <c r="M54" s="184"/>
       <c r="N54" s="184"/>
       <c r="O54" s="184"/>
       <c r="P54" s="184"/>
       <c r="Q54" s="184"/>
       <c r="R54" s="184"/>
       <c r="S54" s="184"/>
       <c r="T54" s="184"/>
       <c r="U54" s="155"/>
       <c r="V54" s="157"/>
       <c r="W54" s="157"/>
       <c r="X54" s="157"/>
       <c r="Y54" s="157"/>
       <c r="Z54" s="157"/>
       <c r="AA54" s="157"/>
       <c r="AB54" s="155"/>
       <c r="AC54" s="155"/>
       <c r="AD54" s="161"/>
       <c r="AE54" s="155"/>
       <c r="AF54" s="155"/>
       <c r="AG54" s="155"/>
     </row>
     <row r="55" spans="1:33" x14ac:dyDescent="0.2">
@@ -24154,1782 +24157,1782 @@
       <c r="K55" s="208"/>
       <c r="L55" s="208"/>
       <c r="M55" s="208"/>
       <c r="N55" s="208"/>
       <c r="O55" s="208"/>
       <c r="P55" s="208"/>
       <c r="Q55" s="208"/>
       <c r="R55" s="208"/>
       <c r="S55" s="208"/>
       <c r="T55" s="208"/>
       <c r="U55" s="155"/>
       <c r="V55" s="157"/>
       <c r="W55" s="157"/>
       <c r="X55" s="157"/>
       <c r="Y55" s="157"/>
       <c r="Z55" s="157"/>
       <c r="AA55" s="157"/>
       <c r="AB55" s="155"/>
       <c r="AC55" s="155"/>
       <c r="AD55" s="161"/>
       <c r="AE55" s="155"/>
       <c r="AF55" s="155"/>
       <c r="AG55" s="155"/>
     </row>
     <row r="56" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="491" t="s">
+      <c r="A56" s="410" t="s">
         <v>4</v>
       </c>
-      <c r="B56" s="491"/>
-[...7 lines deleted...]
-      <c r="J56" s="491"/>
+      <c r="B56" s="410"/>
+      <c r="C56" s="410"/>
+      <c r="D56" s="410"/>
+      <c r="E56" s="410"/>
+      <c r="F56" s="410"/>
+      <c r="G56" s="410"/>
+      <c r="H56" s="410"/>
+      <c r="I56" s="410"/>
+      <c r="J56" s="410"/>
       <c r="K56" s="184"/>
       <c r="L56" s="184"/>
       <c r="M56" s="184"/>
       <c r="N56" s="184"/>
       <c r="O56" s="184"/>
       <c r="P56" s="184"/>
       <c r="Q56" s="184"/>
       <c r="R56" s="184"/>
       <c r="S56" s="184"/>
       <c r="T56" s="184"/>
       <c r="U56" s="155"/>
-      <c r="V56" s="501"/>
-[...6 lines deleted...]
-      <c r="AC56" s="501"/>
+      <c r="V56" s="648"/>
+      <c r="W56" s="648"/>
+      <c r="X56" s="648"/>
+      <c r="Y56" s="648"/>
+      <c r="Z56" s="648"/>
+      <c r="AA56" s="648"/>
+      <c r="AB56" s="648"/>
+      <c r="AC56" s="648"/>
       <c r="AD56" s="155"/>
       <c r="AE56" s="155"/>
       <c r="AF56" s="155"/>
       <c r="AG56" s="155"/>
     </row>
     <row r="57" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="505" t="s">
-[...9 lines deleted...]
-      <c r="I57" s="505"/>
+      <c r="A57" s="651" t="s">
+        <v>877</v>
+      </c>
+      <c r="B57" s="651"/>
+      <c r="C57" s="651"/>
+      <c r="D57" s="651"/>
+      <c r="E57" s="651"/>
+      <c r="F57" s="651"/>
+      <c r="G57" s="651"/>
+      <c r="H57" s="651"/>
+      <c r="I57" s="651"/>
       <c r="J57" s="10" t="s">
         <v>195</v>
       </c>
       <c r="K57" s="184"/>
       <c r="L57" s="184"/>
       <c r="M57" s="184"/>
-      <c r="N57" s="465"/>
-[...4 lines deleted...]
-      <c r="S57" s="467"/>
+      <c r="N57" s="432"/>
+      <c r="O57" s="433"/>
+      <c r="P57" s="433"/>
+      <c r="Q57" s="433"/>
+      <c r="R57" s="433"/>
+      <c r="S57" s="434"/>
       <c r="T57" s="184"/>
       <c r="U57" s="155"/>
-      <c r="V57" s="501"/>
-[...6 lines deleted...]
-      <c r="AC57" s="501"/>
+      <c r="V57" s="648"/>
+      <c r="W57" s="648"/>
+      <c r="X57" s="648"/>
+      <c r="Y57" s="648"/>
+      <c r="Z57" s="648"/>
+      <c r="AA57" s="648"/>
+      <c r="AB57" s="648"/>
+      <c r="AC57" s="648"/>
       <c r="AD57" s="161"/>
       <c r="AE57" s="155"/>
       <c r="AF57" s="155"/>
       <c r="AG57" s="155"/>
     </row>
     <row r="58" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="496" t="s">
-[...10 lines deleted...]
-      <c r="J58" s="496"/>
+      <c r="A58" s="660" t="s">
+        <v>997</v>
+      </c>
+      <c r="B58" s="660"/>
+      <c r="C58" s="660"/>
+      <c r="D58" s="660"/>
+      <c r="E58" s="660"/>
+      <c r="F58" s="660"/>
+      <c r="G58" s="660"/>
+      <c r="H58" s="660"/>
+      <c r="I58" s="660"/>
+      <c r="J58" s="660"/>
       <c r="K58" s="184"/>
       <c r="L58" s="184"/>
       <c r="M58" s="184"/>
-      <c r="N58" s="468"/>
-[...4 lines deleted...]
-      <c r="S58" s="470"/>
+      <c r="N58" s="435"/>
+      <c r="O58" s="436"/>
+      <c r="P58" s="436"/>
+      <c r="Q58" s="436"/>
+      <c r="R58" s="436"/>
+      <c r="S58" s="437"/>
       <c r="T58" s="184"/>
       <c r="U58" s="155"/>
       <c r="V58" s="157"/>
       <c r="W58" s="157"/>
       <c r="X58" s="157"/>
       <c r="Y58" s="157"/>
       <c r="Z58" s="157"/>
       <c r="AA58" s="157"/>
       <c r="AB58" s="155"/>
       <c r="AC58" s="155"/>
       <c r="AD58" s="161"/>
       <c r="AE58" s="155"/>
       <c r="AF58" s="155"/>
       <c r="AG58" s="155"/>
     </row>
     <row r="59" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A59" s="496"/>
-[...8 lines deleted...]
-      <c r="J59" s="496"/>
+      <c r="A59" s="660"/>
+      <c r="B59" s="660"/>
+      <c r="C59" s="660"/>
+      <c r="D59" s="660"/>
+      <c r="E59" s="660"/>
+      <c r="F59" s="660"/>
+      <c r="G59" s="660"/>
+      <c r="H59" s="660"/>
+      <c r="I59" s="660"/>
+      <c r="J59" s="660"/>
       <c r="K59" s="184"/>
       <c r="L59" s="184"/>
       <c r="M59" s="184"/>
-      <c r="N59" s="471"/>
-[...4 lines deleted...]
-      <c r="S59" s="473"/>
+      <c r="N59" s="438"/>
+      <c r="O59" s="439"/>
+      <c r="P59" s="439"/>
+      <c r="Q59" s="439"/>
+      <c r="R59" s="439"/>
+      <c r="S59" s="440"/>
       <c r="T59" s="184"/>
       <c r="U59" s="155"/>
       <c r="V59" s="159"/>
       <c r="W59" s="157"/>
       <c r="X59" s="157"/>
       <c r="Y59" s="157"/>
       <c r="Z59" s="157"/>
       <c r="AA59" s="157"/>
       <c r="AB59" s="155"/>
       <c r="AC59" s="155"/>
       <c r="AD59" s="161"/>
       <c r="AE59" s="155"/>
       <c r="AF59" s="155"/>
       <c r="AG59" s="155"/>
     </row>
     <row r="60" spans="1:33" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="496"/>
-[...8 lines deleted...]
-      <c r="J60" s="496"/>
+      <c r="A60" s="660"/>
+      <c r="B60" s="660"/>
+      <c r="C60" s="660"/>
+      <c r="D60" s="660"/>
+      <c r="E60" s="660"/>
+      <c r="F60" s="660"/>
+      <c r="G60" s="660"/>
+      <c r="H60" s="660"/>
+      <c r="I60" s="660"/>
+      <c r="J60" s="660"/>
       <c r="K60" s="184"/>
       <c r="L60" s="184"/>
       <c r="M60" s="184"/>
       <c r="N60" s="184"/>
       <c r="O60" s="184"/>
       <c r="P60" s="184"/>
       <c r="Q60" s="184"/>
       <c r="R60" s="184"/>
       <c r="S60" s="184"/>
       <c r="T60" s="184"/>
       <c r="U60" s="155"/>
       <c r="V60" s="157"/>
       <c r="W60" s="157"/>
       <c r="X60" s="157"/>
       <c r="Y60" s="157"/>
       <c r="Z60" s="157"/>
       <c r="AA60" s="157"/>
       <c r="AB60" s="155"/>
       <c r="AC60" s="155"/>
       <c r="AD60" s="155"/>
       <c r="AE60" s="155"/>
       <c r="AF60" s="155"/>
       <c r="AG60" s="155"/>
     </row>
     <row r="61" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="502" t="s">
-[...10 lines deleted...]
-      <c r="J61" s="521"/>
+      <c r="A61" s="649" t="s">
+        <v>878</v>
+      </c>
+      <c r="B61" s="649"/>
+      <c r="C61" s="649"/>
+      <c r="D61" s="649"/>
+      <c r="E61" s="649"/>
+      <c r="F61" s="649"/>
+      <c r="G61" s="649"/>
+      <c r="H61" s="649"/>
+      <c r="I61" s="643"/>
+      <c r="J61" s="644"/>
       <c r="K61" s="184"/>
       <c r="L61" s="184"/>
       <c r="M61" s="184"/>
-      <c r="N61" s="465"/>
-[...4 lines deleted...]
-      <c r="S61" s="467"/>
+      <c r="N61" s="432"/>
+      <c r="O61" s="433"/>
+      <c r="P61" s="433"/>
+      <c r="Q61" s="433"/>
+      <c r="R61" s="433"/>
+      <c r="S61" s="434"/>
       <c r="T61" s="184"/>
       <c r="U61" s="155"/>
-      <c r="V61" s="516"/>
-      <c r="W61" s="516"/>
+      <c r="V61" s="642"/>
+      <c r="W61" s="642"/>
       <c r="X61" s="162"/>
       <c r="Y61" s="155"/>
       <c r="Z61" s="155"/>
       <c r="AA61" s="155"/>
       <c r="AB61" s="155"/>
       <c r="AC61" s="155"/>
       <c r="AD61" s="155"/>
       <c r="AE61" s="155"/>
       <c r="AF61" s="155"/>
       <c r="AG61" s="155"/>
     </row>
     <row r="62" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="9"/>
-      <c r="B62" s="498" t="str">
+      <c r="B62" s="662" t="str">
         <f>IFERROR(IF($I$61&lt;&gt;"","NOTE: This applicant will have completed five years for ILR on "&amp;TEXT(DATE(YEAR($I$61)+5,MONTH($I$61),DAY($I$61)-1),"dd mmmm yyyy"),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="C62" s="498"/>
-[...5 lines deleted...]
-      <c r="I62" s="498"/>
+      <c r="C62" s="662"/>
+      <c r="D62" s="662"/>
+      <c r="E62" s="662"/>
+      <c r="F62" s="662"/>
+      <c r="G62" s="662"/>
+      <c r="H62" s="662"/>
+      <c r="I62" s="662"/>
       <c r="J62" s="9"/>
       <c r="K62" s="184"/>
       <c r="L62" s="184"/>
       <c r="M62" s="184"/>
-      <c r="N62" s="468"/>
-[...4 lines deleted...]
-      <c r="S62" s="470"/>
+      <c r="N62" s="435"/>
+      <c r="O62" s="436"/>
+      <c r="P62" s="436"/>
+      <c r="Q62" s="436"/>
+      <c r="R62" s="436"/>
+      <c r="S62" s="437"/>
       <c r="T62" s="184"/>
       <c r="U62" s="155"/>
       <c r="V62" s="155"/>
       <c r="W62" s="155"/>
       <c r="X62" s="155"/>
       <c r="Y62" s="155"/>
       <c r="Z62" s="155"/>
       <c r="AA62" s="155"/>
       <c r="AB62" s="155"/>
       <c r="AC62" s="155"/>
       <c r="AD62" s="155"/>
       <c r="AE62" s="155"/>
       <c r="AF62" s="155"/>
       <c r="AG62" s="155"/>
     </row>
     <row r="63" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A63" s="490" t="s">
-[...10 lines deleted...]
-      <c r="J63" s="490"/>
+      <c r="A63" s="657" t="s">
+        <v>976</v>
+      </c>
+      <c r="B63" s="657"/>
+      <c r="C63" s="657"/>
+      <c r="D63" s="657"/>
+      <c r="E63" s="657"/>
+      <c r="F63" s="657"/>
+      <c r="G63" s="657"/>
+      <c r="H63" s="657"/>
+      <c r="I63" s="657"/>
+      <c r="J63" s="657"/>
       <c r="K63" s="208"/>
       <c r="L63" s="208"/>
       <c r="M63" s="208"/>
-      <c r="N63" s="471"/>
-[...4 lines deleted...]
-      <c r="S63" s="473"/>
+      <c r="N63" s="438"/>
+      <c r="O63" s="439"/>
+      <c r="P63" s="439"/>
+      <c r="Q63" s="439"/>
+      <c r="R63" s="439"/>
+      <c r="S63" s="440"/>
       <c r="T63" s="208"/>
       <c r="U63" s="155"/>
-      <c r="V63" s="511"/>
-[...7 lines deleted...]
-      <c r="AD63" s="511"/>
+      <c r="V63" s="578"/>
+      <c r="W63" s="578"/>
+      <c r="X63" s="578"/>
+      <c r="Y63" s="578"/>
+      <c r="Z63" s="578"/>
+      <c r="AA63" s="578"/>
+      <c r="AB63" s="578"/>
+      <c r="AC63" s="578"/>
+      <c r="AD63" s="578"/>
       <c r="AE63" s="155"/>
       <c r="AF63" s="155"/>
       <c r="AG63" s="155"/>
     </row>
     <row r="64" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="522" t="s">
-[...10 lines deleted...]
-      <c r="J64" s="522"/>
+      <c r="A64" s="646" t="s">
+        <v>978</v>
+      </c>
+      <c r="B64" s="646"/>
+      <c r="C64" s="646"/>
+      <c r="D64" s="646"/>
+      <c r="E64" s="646"/>
+      <c r="F64" s="646"/>
+      <c r="G64" s="646"/>
+      <c r="H64" s="646"/>
+      <c r="I64" s="646"/>
+      <c r="J64" s="646"/>
       <c r="K64" s="208"/>
       <c r="L64" s="208"/>
       <c r="M64" s="208"/>
       <c r="N64" s="211"/>
       <c r="O64" s="211"/>
       <c r="P64" s="211"/>
       <c r="Q64" s="211"/>
       <c r="R64" s="211"/>
       <c r="S64" s="211"/>
       <c r="T64" s="208"/>
       <c r="U64" s="155"/>
-      <c r="V64" s="511"/>
-[...7 lines deleted...]
-      <c r="AD64" s="511"/>
+      <c r="V64" s="578"/>
+      <c r="W64" s="578"/>
+      <c r="X64" s="578"/>
+      <c r="Y64" s="578"/>
+      <c r="Z64" s="578"/>
+      <c r="AA64" s="578"/>
+      <c r="AB64" s="578"/>
+      <c r="AC64" s="578"/>
+      <c r="AD64" s="578"/>
       <c r="AE64" s="155"/>
       <c r="AF64" s="155"/>
       <c r="AG64" s="155"/>
     </row>
     <row r="65" spans="1:33" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="522"/>
-[...8 lines deleted...]
-      <c r="J65" s="522"/>
+      <c r="A65" s="646"/>
+      <c r="B65" s="646"/>
+      <c r="C65" s="646"/>
+      <c r="D65" s="646"/>
+      <c r="E65" s="646"/>
+      <c r="F65" s="646"/>
+      <c r="G65" s="646"/>
+      <c r="H65" s="646"/>
+      <c r="I65" s="646"/>
+      <c r="J65" s="646"/>
       <c r="K65" s="208"/>
       <c r="L65" s="208"/>
       <c r="M65" s="208"/>
       <c r="N65" s="211"/>
       <c r="O65" s="211"/>
       <c r="P65" s="211"/>
       <c r="Q65" s="211"/>
       <c r="R65" s="211"/>
       <c r="S65" s="211"/>
       <c r="T65" s="208"/>
       <c r="U65" s="155"/>
-      <c r="V65" s="511"/>
-[...7 lines deleted...]
-      <c r="AD65" s="511"/>
+      <c r="V65" s="578"/>
+      <c r="W65" s="578"/>
+      <c r="X65" s="578"/>
+      <c r="Y65" s="578"/>
+      <c r="Z65" s="578"/>
+      <c r="AA65" s="578"/>
+      <c r="AB65" s="578"/>
+      <c r="AC65" s="578"/>
+      <c r="AD65" s="578"/>
       <c r="AE65" s="155"/>
       <c r="AF65" s="155"/>
       <c r="AG65" s="155"/>
     </row>
     <row r="66" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="523" t="s">
-[...10 lines deleted...]
-      <c r="J66" s="523"/>
+      <c r="A66" s="647" t="s">
+        <v>977</v>
+      </c>
+      <c r="B66" s="647"/>
+      <c r="C66" s="647"/>
+      <c r="D66" s="647"/>
+      <c r="E66" s="647"/>
+      <c r="F66" s="647"/>
+      <c r="G66" s="647"/>
+      <c r="H66" s="647"/>
+      <c r="I66" s="647"/>
+      <c r="J66" s="647"/>
       <c r="K66" s="208"/>
       <c r="L66" s="208"/>
       <c r="M66" s="208"/>
       <c r="N66" s="211"/>
       <c r="O66" s="211"/>
       <c r="P66" s="211"/>
       <c r="Q66" s="211"/>
       <c r="R66" s="211"/>
       <c r="S66" s="211"/>
       <c r="T66" s="208"/>
       <c r="U66" s="155"/>
-      <c r="V66" s="511"/>
-[...7 lines deleted...]
-      <c r="AD66" s="511"/>
+      <c r="V66" s="578"/>
+      <c r="W66" s="578"/>
+      <c r="X66" s="578"/>
+      <c r="Y66" s="578"/>
+      <c r="Z66" s="578"/>
+      <c r="AA66" s="578"/>
+      <c r="AB66" s="578"/>
+      <c r="AC66" s="578"/>
+      <c r="AD66" s="578"/>
       <c r="AE66" s="155"/>
       <c r="AF66" s="155"/>
       <c r="AG66" s="155"/>
     </row>
     <row r="67" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="523"/>
-[...8 lines deleted...]
-      <c r="J67" s="523"/>
+      <c r="A67" s="647"/>
+      <c r="B67" s="647"/>
+      <c r="C67" s="647"/>
+      <c r="D67" s="647"/>
+      <c r="E67" s="647"/>
+      <c r="F67" s="647"/>
+      <c r="G67" s="647"/>
+      <c r="H67" s="647"/>
+      <c r="I67" s="647"/>
+      <c r="J67" s="647"/>
       <c r="K67" s="208"/>
       <c r="L67" s="208"/>
       <c r="M67" s="208"/>
       <c r="N67" s="211"/>
       <c r="O67" s="211"/>
       <c r="P67" s="211"/>
       <c r="Q67" s="211"/>
       <c r="R67" s="211"/>
       <c r="S67" s="211"/>
       <c r="T67" s="208"/>
       <c r="U67" s="155"/>
-      <c r="V67" s="511"/>
-[...7 lines deleted...]
-      <c r="AD67" s="511"/>
+      <c r="V67" s="578"/>
+      <c r="W67" s="578"/>
+      <c r="X67" s="578"/>
+      <c r="Y67" s="578"/>
+      <c r="Z67" s="578"/>
+      <c r="AA67" s="578"/>
+      <c r="AB67" s="578"/>
+      <c r="AC67" s="578"/>
+      <c r="AD67" s="578"/>
       <c r="AE67" s="155"/>
       <c r="AF67" s="155"/>
       <c r="AG67" s="155"/>
     </row>
     <row r="68" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="523" t="str">
+      <c r="A68" s="647" t="str">
         <f>"By doing so, the employing department/ college is certifying they will, if necessary, maintain &amp; accommodate the applicant (£" &amp; Dropdowns!$T$29 &amp; "), their partner (£" &amp; Dropdowns!$T$30 &amp; "), their first child (£" &amp; Dropdowns!$T$31 &amp; "), and any additional children (£" &amp; Dropdowns!$T$32 &amp; " each), for the first month of the new visa."</f>
         <v>By doing so, the employing department/ college is certifying they will, if necessary, maintain &amp; accommodate the applicant (£1270), their partner (£285), their first child (£315), and any additional children (£200 each), for the first month of the new visa.</v>
       </c>
-      <c r="B68" s="523"/>
-[...7 lines deleted...]
-      <c r="J68" s="523"/>
+      <c r="B68" s="647"/>
+      <c r="C68" s="647"/>
+      <c r="D68" s="647"/>
+      <c r="E68" s="647"/>
+      <c r="F68" s="647"/>
+      <c r="G68" s="647"/>
+      <c r="H68" s="647"/>
+      <c r="I68" s="647"/>
+      <c r="J68" s="647"/>
       <c r="K68" s="208"/>
       <c r="L68" s="208"/>
       <c r="M68" s="208"/>
       <c r="N68" s="211"/>
       <c r="O68" s="211"/>
       <c r="P68" s="211"/>
       <c r="Q68" s="211"/>
       <c r="R68" s="211"/>
       <c r="S68" s="211"/>
       <c r="T68" s="208"/>
       <c r="U68" s="155"/>
-      <c r="V68" s="511"/>
-[...7 lines deleted...]
-      <c r="AD68" s="511"/>
+      <c r="V68" s="578"/>
+      <c r="W68" s="578"/>
+      <c r="X68" s="578"/>
+      <c r="Y68" s="578"/>
+      <c r="Z68" s="578"/>
+      <c r="AA68" s="578"/>
+      <c r="AB68" s="578"/>
+      <c r="AC68" s="578"/>
+      <c r="AD68" s="578"/>
       <c r="AE68" s="155"/>
       <c r="AF68" s="155"/>
       <c r="AG68" s="155"/>
     </row>
     <row r="69" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="523"/>
-[...8 lines deleted...]
-      <c r="J69" s="523"/>
+      <c r="A69" s="647"/>
+      <c r="B69" s="647"/>
+      <c r="C69" s="647"/>
+      <c r="D69" s="647"/>
+      <c r="E69" s="647"/>
+      <c r="F69" s="647"/>
+      <c r="G69" s="647"/>
+      <c r="H69" s="647"/>
+      <c r="I69" s="647"/>
+      <c r="J69" s="647"/>
       <c r="K69" s="208"/>
       <c r="L69" s="208"/>
       <c r="M69" s="208"/>
       <c r="N69" s="211"/>
       <c r="O69" s="211"/>
       <c r="P69" s="211"/>
       <c r="Q69" s="211"/>
       <c r="R69" s="211"/>
       <c r="S69" s="211"/>
       <c r="T69" s="208"/>
       <c r="U69" s="155"/>
-      <c r="V69" s="511"/>
-[...7 lines deleted...]
-      <c r="AD69" s="511"/>
+      <c r="V69" s="578"/>
+      <c r="W69" s="578"/>
+      <c r="X69" s="578"/>
+      <c r="Y69" s="578"/>
+      <c r="Z69" s="578"/>
+      <c r="AA69" s="578"/>
+      <c r="AB69" s="578"/>
+      <c r="AC69" s="578"/>
+      <c r="AD69" s="578"/>
       <c r="AE69" s="155"/>
       <c r="AF69" s="155"/>
       <c r="AG69" s="155"/>
     </row>
     <row r="70" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="523"/>
-[...8 lines deleted...]
-      <c r="J70" s="523"/>
+      <c r="A70" s="647"/>
+      <c r="B70" s="647"/>
+      <c r="C70" s="647"/>
+      <c r="D70" s="647"/>
+      <c r="E70" s="647"/>
+      <c r="F70" s="647"/>
+      <c r="G70" s="647"/>
+      <c r="H70" s="647"/>
+      <c r="I70" s="647"/>
+      <c r="J70" s="647"/>
       <c r="K70" s="208"/>
       <c r="L70" s="208"/>
       <c r="M70" s="208"/>
       <c r="N70" s="211"/>
       <c r="O70" s="211"/>
       <c r="P70" s="211"/>
       <c r="Q70" s="211"/>
       <c r="R70" s="211"/>
       <c r="S70" s="211"/>
       <c r="T70" s="208"/>
       <c r="U70" s="155"/>
-      <c r="V70" s="511"/>
-[...7 lines deleted...]
-      <c r="AD70" s="511"/>
+      <c r="V70" s="578"/>
+      <c r="W70" s="578"/>
+      <c r="X70" s="578"/>
+      <c r="Y70" s="578"/>
+      <c r="Z70" s="578"/>
+      <c r="AA70" s="578"/>
+      <c r="AB70" s="578"/>
+      <c r="AC70" s="578"/>
+      <c r="AD70" s="578"/>
       <c r="AE70" s="155"/>
       <c r="AF70" s="155"/>
       <c r="AG70" s="155"/>
     </row>
     <row r="71" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A71" s="324"/>
       <c r="B71" s="324"/>
       <c r="C71" s="324"/>
       <c r="D71" s="324"/>
       <c r="E71" s="324"/>
       <c r="F71" s="324"/>
       <c r="G71" s="324"/>
       <c r="H71" s="324"/>
       <c r="I71" s="324"/>
       <c r="J71" s="324"/>
       <c r="K71" s="208"/>
       <c r="L71" s="208"/>
       <c r="M71" s="208"/>
-      <c r="N71" s="465"/>
-[...4 lines deleted...]
-      <c r="S71" s="467"/>
+      <c r="N71" s="432"/>
+      <c r="O71" s="433"/>
+      <c r="P71" s="433"/>
+      <c r="Q71" s="433"/>
+      <c r="R71" s="433"/>
+      <c r="S71" s="434"/>
       <c r="T71" s="208"/>
       <c r="U71" s="155"/>
-      <c r="V71" s="511"/>
-[...7 lines deleted...]
-      <c r="AD71" s="511"/>
+      <c r="V71" s="578"/>
+      <c r="W71" s="578"/>
+      <c r="X71" s="578"/>
+      <c r="Y71" s="578"/>
+      <c r="Z71" s="578"/>
+      <c r="AA71" s="578"/>
+      <c r="AB71" s="578"/>
+      <c r="AC71" s="578"/>
+      <c r="AD71" s="578"/>
       <c r="AE71" s="155"/>
       <c r="AF71" s="155"/>
       <c r="AG71" s="155"/>
     </row>
     <row r="72" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="324"/>
       <c r="B72" s="324"/>
       <c r="C72" s="324"/>
       <c r="D72" s="324"/>
       <c r="E72" s="324"/>
       <c r="F72" s="324"/>
       <c r="G72" s="324"/>
       <c r="H72" s="324"/>
       <c r="I72" s="324"/>
       <c r="J72" s="325" t="str">
         <f>IF(CHECKING!$B$9=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K72" s="208"/>
       <c r="L72" s="208"/>
       <c r="M72" s="208"/>
-      <c r="N72" s="468"/>
-[...4 lines deleted...]
-      <c r="S72" s="470"/>
+      <c r="N72" s="435"/>
+      <c r="O72" s="436"/>
+      <c r="P72" s="436"/>
+      <c r="Q72" s="436"/>
+      <c r="R72" s="436"/>
+      <c r="S72" s="437"/>
       <c r="T72" s="208"/>
       <c r="U72" s="155"/>
-      <c r="V72" s="511"/>
-[...7 lines deleted...]
-      <c r="AD72" s="511"/>
+      <c r="V72" s="578"/>
+      <c r="W72" s="578"/>
+      <c r="X72" s="578"/>
+      <c r="Y72" s="578"/>
+      <c r="Z72" s="578"/>
+      <c r="AA72" s="578"/>
+      <c r="AB72" s="578"/>
+      <c r="AC72" s="578"/>
+      <c r="AD72" s="578"/>
       <c r="AE72" s="155"/>
       <c r="AF72" s="155"/>
       <c r="AG72" s="155"/>
     </row>
     <row r="73" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A73" s="205"/>
       <c r="B73" s="205"/>
       <c r="C73" s="205"/>
       <c r="D73" s="205"/>
       <c r="E73" s="205"/>
       <c r="F73" s="205"/>
       <c r="G73" s="205"/>
       <c r="H73" s="205"/>
       <c r="I73" s="205"/>
       <c r="J73" s="205"/>
       <c r="K73" s="208"/>
       <c r="L73" s="208"/>
       <c r="M73" s="208"/>
-      <c r="N73" s="468"/>
-[...4 lines deleted...]
-      <c r="S73" s="470"/>
+      <c r="N73" s="435"/>
+      <c r="O73" s="436"/>
+      <c r="P73" s="436"/>
+      <c r="Q73" s="436"/>
+      <c r="R73" s="436"/>
+      <c r="S73" s="437"/>
       <c r="T73" s="208"/>
       <c r="U73" s="155"/>
-      <c r="V73" s="511"/>
-[...7 lines deleted...]
-      <c r="AD73" s="511"/>
+      <c r="V73" s="578"/>
+      <c r="W73" s="578"/>
+      <c r="X73" s="578"/>
+      <c r="Y73" s="578"/>
+      <c r="Z73" s="578"/>
+      <c r="AA73" s="578"/>
+      <c r="AB73" s="578"/>
+      <c r="AC73" s="578"/>
+      <c r="AD73" s="578"/>
       <c r="AE73" s="155"/>
       <c r="AF73" s="155"/>
       <c r="AG73" s="155"/>
     </row>
     <row r="74" spans="1:33" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="205"/>
       <c r="B74" s="205"/>
       <c r="C74" s="205"/>
       <c r="D74" s="205"/>
       <c r="E74" s="205"/>
       <c r="F74" s="205"/>
       <c r="G74" s="205"/>
       <c r="H74" s="205"/>
       <c r="I74" s="205"/>
       <c r="J74" s="107">
         <f>IF(CHECKING!$B$10=TRUE,10,"")</f>
         <v>10</v>
       </c>
       <c r="K74" s="208"/>
       <c r="L74" s="208"/>
       <c r="M74" s="208"/>
-      <c r="N74" s="468"/>
-[...4 lines deleted...]
-      <c r="S74" s="470"/>
+      <c r="N74" s="435"/>
+      <c r="O74" s="436"/>
+      <c r="P74" s="436"/>
+      <c r="Q74" s="436"/>
+      <c r="R74" s="436"/>
+      <c r="S74" s="437"/>
       <c r="T74" s="208"/>
       <c r="U74" s="155"/>
-      <c r="V74" s="511"/>
-[...7 lines deleted...]
-      <c r="AD74" s="511"/>
+      <c r="V74" s="578"/>
+      <c r="W74" s="578"/>
+      <c r="X74" s="578"/>
+      <c r="Y74" s="578"/>
+      <c r="Z74" s="578"/>
+      <c r="AA74" s="578"/>
+      <c r="AB74" s="578"/>
+      <c r="AC74" s="578"/>
+      <c r="AD74" s="578"/>
       <c r="AE74" s="155"/>
       <c r="AF74" s="155"/>
       <c r="AG74" s="155"/>
     </row>
     <row r="75" spans="1:33" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="205"/>
       <c r="B75" s="205"/>
       <c r="C75" s="205"/>
       <c r="D75" s="205"/>
       <c r="E75" s="205"/>
       <c r="F75" s="205"/>
       <c r="G75" s="205"/>
       <c r="H75" s="205"/>
       <c r="I75" s="205"/>
       <c r="J75" s="205"/>
       <c r="K75" s="208"/>
       <c r="L75" s="208"/>
       <c r="M75" s="208"/>
-      <c r="N75" s="468"/>
-[...4 lines deleted...]
-      <c r="S75" s="470"/>
+      <c r="N75" s="435"/>
+      <c r="O75" s="436"/>
+      <c r="P75" s="436"/>
+      <c r="Q75" s="436"/>
+      <c r="R75" s="436"/>
+      <c r="S75" s="437"/>
       <c r="T75" s="208"/>
       <c r="U75" s="155"/>
-      <c r="V75" s="511"/>
-[...7 lines deleted...]
-      <c r="AD75" s="511"/>
+      <c r="V75" s="578"/>
+      <c r="W75" s="578"/>
+      <c r="X75" s="578"/>
+      <c r="Y75" s="578"/>
+      <c r="Z75" s="578"/>
+      <c r="AA75" s="578"/>
+      <c r="AB75" s="578"/>
+      <c r="AC75" s="578"/>
+      <c r="AD75" s="578"/>
       <c r="AE75" s="155"/>
       <c r="AF75" s="155"/>
       <c r="AG75" s="155"/>
     </row>
     <row r="76" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="324"/>
       <c r="B76" s="324"/>
       <c r="C76" s="324"/>
       <c r="D76" s="324"/>
       <c r="E76" s="324"/>
       <c r="F76" s="324"/>
       <c r="G76" s="324"/>
       <c r="H76" s="324"/>
       <c r="I76" s="324"/>
       <c r="J76" s="325" t="str">
         <f>IF(CHECKING!$B$11=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K76" s="208"/>
       <c r="L76" s="208"/>
       <c r="M76" s="208"/>
-      <c r="N76" s="468"/>
-[...4 lines deleted...]
-      <c r="S76" s="470"/>
+      <c r="N76" s="435"/>
+      <c r="O76" s="436"/>
+      <c r="P76" s="436"/>
+      <c r="Q76" s="436"/>
+      <c r="R76" s="436"/>
+      <c r="S76" s="437"/>
       <c r="T76" s="208"/>
       <c r="U76" s="155"/>
-      <c r="V76" s="511"/>
-[...7 lines deleted...]
-      <c r="AD76" s="511"/>
+      <c r="V76" s="578"/>
+      <c r="W76" s="578"/>
+      <c r="X76" s="578"/>
+      <c r="Y76" s="578"/>
+      <c r="Z76" s="578"/>
+      <c r="AA76" s="578"/>
+      <c r="AB76" s="578"/>
+      <c r="AC76" s="578"/>
+      <c r="AD76" s="578"/>
       <c r="AE76" s="155"/>
       <c r="AF76" s="155"/>
       <c r="AG76" s="155"/>
     </row>
     <row r="77" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="324"/>
       <c r="B77" s="324"/>
       <c r="C77" s="324"/>
       <c r="D77" s="324"/>
       <c r="E77" s="324"/>
       <c r="F77" s="324"/>
       <c r="G77" s="324"/>
       <c r="H77" s="324"/>
       <c r="I77" s="324"/>
       <c r="J77" s="325"/>
       <c r="K77" s="208"/>
       <c r="L77" s="208"/>
       <c r="M77" s="208"/>
-      <c r="N77" s="468"/>
-[...4 lines deleted...]
-      <c r="S77" s="470"/>
+      <c r="N77" s="435"/>
+      <c r="O77" s="436"/>
+      <c r="P77" s="436"/>
+      <c r="Q77" s="436"/>
+      <c r="R77" s="436"/>
+      <c r="S77" s="437"/>
       <c r="T77" s="208"/>
       <c r="U77" s="155"/>
-      <c r="V77" s="511"/>
-[...7 lines deleted...]
-      <c r="AD77" s="511"/>
+      <c r="V77" s="578"/>
+      <c r="W77" s="578"/>
+      <c r="X77" s="578"/>
+      <c r="Y77" s="578"/>
+      <c r="Z77" s="578"/>
+      <c r="AA77" s="578"/>
+      <c r="AB77" s="578"/>
+      <c r="AC77" s="578"/>
+      <c r="AD77" s="578"/>
       <c r="AE77" s="155"/>
       <c r="AF77" s="155"/>
       <c r="AG77" s="155"/>
     </row>
     <row r="78" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A78" s="324"/>
-      <c r="B78" s="515" t="str">
+      <c r="B78" s="656" t="str">
         <f>"Bank statements will be submitted by the applicant to show £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted."</f>
         <v>Bank statements will be submitted by the applicant to show £285 for their partner, £315 for their first child, and £200 for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted.</v>
       </c>
-      <c r="C78" s="515"/>
-[...5 lines deleted...]
-      <c r="I78" s="515"/>
+      <c r="C78" s="656"/>
+      <c r="D78" s="656"/>
+      <c r="E78" s="656"/>
+      <c r="F78" s="656"/>
+      <c r="G78" s="656"/>
+      <c r="H78" s="656"/>
+      <c r="I78" s="656"/>
       <c r="J78" s="324"/>
       <c r="K78" s="208"/>
       <c r="L78" s="208"/>
       <c r="M78" s="208"/>
-      <c r="N78" s="468"/>
-[...4 lines deleted...]
-      <c r="S78" s="470"/>
+      <c r="N78" s="435"/>
+      <c r="O78" s="436"/>
+      <c r="P78" s="436"/>
+      <c r="Q78" s="436"/>
+      <c r="R78" s="436"/>
+      <c r="S78" s="437"/>
       <c r="T78" s="208"/>
       <c r="U78" s="155"/>
-      <c r="V78" s="511"/>
-[...7 lines deleted...]
-      <c r="AD78" s="511"/>
+      <c r="V78" s="578"/>
+      <c r="W78" s="578"/>
+      <c r="X78" s="578"/>
+      <c r="Y78" s="578"/>
+      <c r="Z78" s="578"/>
+      <c r="AA78" s="578"/>
+      <c r="AB78" s="578"/>
+      <c r="AC78" s="578"/>
+      <c r="AD78" s="578"/>
       <c r="AE78" s="155"/>
       <c r="AF78" s="155"/>
       <c r="AG78" s="155"/>
     </row>
     <row r="79" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A79" s="324"/>
-      <c r="B79" s="515"/>
-[...6 lines deleted...]
-      <c r="I79" s="515"/>
+      <c r="B79" s="656"/>
+      <c r="C79" s="656"/>
+      <c r="D79" s="656"/>
+      <c r="E79" s="656"/>
+      <c r="F79" s="656"/>
+      <c r="G79" s="656"/>
+      <c r="H79" s="656"/>
+      <c r="I79" s="656"/>
       <c r="J79" s="324"/>
       <c r="K79" s="208"/>
       <c r="L79" s="208"/>
       <c r="M79" s="208"/>
-      <c r="N79" s="468"/>
-[...4 lines deleted...]
-      <c r="S79" s="470"/>
+      <c r="N79" s="435"/>
+      <c r="O79" s="436"/>
+      <c r="P79" s="436"/>
+      <c r="Q79" s="436"/>
+      <c r="R79" s="436"/>
+      <c r="S79" s="437"/>
       <c r="T79" s="208"/>
       <c r="U79" s="155"/>
-      <c r="V79" s="511"/>
-[...7 lines deleted...]
-      <c r="AD79" s="511"/>
+      <c r="V79" s="578"/>
+      <c r="W79" s="578"/>
+      <c r="X79" s="578"/>
+      <c r="Y79" s="578"/>
+      <c r="Z79" s="578"/>
+      <c r="AA79" s="578"/>
+      <c r="AB79" s="578"/>
+      <c r="AC79" s="578"/>
+      <c r="AD79" s="578"/>
       <c r="AE79" s="155"/>
       <c r="AF79" s="155"/>
       <c r="AG79" s="155"/>
     </row>
     <row r="80" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A80" s="324"/>
-      <c r="B80" s="515"/>
-[...6 lines deleted...]
-      <c r="I80" s="515"/>
+      <c r="B80" s="656"/>
+      <c r="C80" s="656"/>
+      <c r="D80" s="656"/>
+      <c r="E80" s="656"/>
+      <c r="F80" s="656"/>
+      <c r="G80" s="656"/>
+      <c r="H80" s="656"/>
+      <c r="I80" s="656"/>
       <c r="J80" s="324"/>
       <c r="K80" s="208"/>
       <c r="L80" s="208"/>
       <c r="M80" s="208"/>
-      <c r="N80" s="468"/>
-[...4 lines deleted...]
-      <c r="S80" s="470"/>
+      <c r="N80" s="435"/>
+      <c r="O80" s="436"/>
+      <c r="P80" s="436"/>
+      <c r="Q80" s="436"/>
+      <c r="R80" s="436"/>
+      <c r="S80" s="437"/>
       <c r="T80" s="208"/>
       <c r="U80" s="155"/>
-      <c r="V80" s="511"/>
-[...7 lines deleted...]
-      <c r="AD80" s="511"/>
+      <c r="V80" s="578"/>
+      <c r="W80" s="578"/>
+      <c r="X80" s="578"/>
+      <c r="Y80" s="578"/>
+      <c r="Z80" s="578"/>
+      <c r="AA80" s="578"/>
+      <c r="AB80" s="578"/>
+      <c r="AC80" s="578"/>
+      <c r="AD80" s="578"/>
       <c r="AE80" s="155"/>
       <c r="AF80" s="155"/>
       <c r="AG80" s="155"/>
     </row>
     <row r="81" spans="1:33" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="324"/>
       <c r="B81" s="324"/>
       <c r="C81" s="324"/>
       <c r="D81" s="324"/>
       <c r="E81" s="324"/>
       <c r="F81" s="324"/>
       <c r="G81" s="324"/>
       <c r="H81" s="324"/>
       <c r="I81" s="324"/>
       <c r="J81" s="324"/>
       <c r="K81" s="208"/>
       <c r="L81" s="208"/>
       <c r="M81" s="208"/>
-      <c r="N81" s="468"/>
-[...4 lines deleted...]
-      <c r="S81" s="470"/>
+      <c r="N81" s="435"/>
+      <c r="O81" s="436"/>
+      <c r="P81" s="436"/>
+      <c r="Q81" s="436"/>
+      <c r="R81" s="436"/>
+      <c r="S81" s="437"/>
       <c r="T81" s="208"/>
       <c r="U81" s="155"/>
-      <c r="V81" s="511"/>
-[...7 lines deleted...]
-      <c r="AD81" s="511"/>
+      <c r="V81" s="578"/>
+      <c r="W81" s="578"/>
+      <c r="X81" s="578"/>
+      <c r="Y81" s="578"/>
+      <c r="Z81" s="578"/>
+      <c r="AA81" s="578"/>
+      <c r="AB81" s="578"/>
+      <c r="AC81" s="578"/>
+      <c r="AD81" s="578"/>
       <c r="AE81" s="155"/>
       <c r="AF81" s="155"/>
       <c r="AG81" s="155"/>
     </row>
     <row r="82" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="324"/>
       <c r="B82" s="324"/>
       <c r="C82" s="324"/>
       <c r="D82" s="324"/>
       <c r="E82" s="324"/>
       <c r="F82" s="324"/>
       <c r="G82" s="324"/>
       <c r="H82" s="324"/>
       <c r="I82" s="324"/>
       <c r="J82" s="325" t="str">
         <f>IF(CHECKING!$B$12=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K82" s="208"/>
       <c r="L82" s="208"/>
       <c r="M82" s="208"/>
-      <c r="N82" s="468"/>
-[...4 lines deleted...]
-      <c r="S82" s="470"/>
+      <c r="N82" s="435"/>
+      <c r="O82" s="436"/>
+      <c r="P82" s="436"/>
+      <c r="Q82" s="436"/>
+      <c r="R82" s="436"/>
+      <c r="S82" s="437"/>
       <c r="T82" s="208"/>
       <c r="U82" s="155"/>
-      <c r="V82" s="511"/>
-[...7 lines deleted...]
-      <c r="AD82" s="511"/>
+      <c r="V82" s="578"/>
+      <c r="W82" s="578"/>
+      <c r="X82" s="578"/>
+      <c r="Y82" s="578"/>
+      <c r="Z82" s="578"/>
+      <c r="AA82" s="578"/>
+      <c r="AB82" s="578"/>
+      <c r="AC82" s="578"/>
+      <c r="AD82" s="578"/>
       <c r="AE82" s="155"/>
       <c r="AF82" s="155"/>
       <c r="AG82" s="155"/>
     </row>
     <row r="83" spans="1:33" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="324"/>
       <c r="B83" s="324"/>
       <c r="C83" s="324"/>
       <c r="D83" s="324"/>
       <c r="E83" s="324"/>
       <c r="F83" s="324"/>
       <c r="G83" s="324"/>
       <c r="H83" s="324"/>
       <c r="I83" s="324"/>
       <c r="J83" s="324"/>
       <c r="K83" s="208"/>
       <c r="L83" s="208"/>
       <c r="M83" s="208"/>
-      <c r="N83" s="468"/>
-[...4 lines deleted...]
-      <c r="S83" s="470"/>
+      <c r="N83" s="435"/>
+      <c r="O83" s="436"/>
+      <c r="P83" s="436"/>
+      <c r="Q83" s="436"/>
+      <c r="R83" s="436"/>
+      <c r="S83" s="437"/>
       <c r="T83" s="208"/>
       <c r="U83" s="155"/>
-      <c r="V83" s="511"/>
-[...7 lines deleted...]
-      <c r="AD83" s="511"/>
+      <c r="V83" s="578"/>
+      <c r="W83" s="578"/>
+      <c r="X83" s="578"/>
+      <c r="Y83" s="578"/>
+      <c r="Z83" s="578"/>
+      <c r="AA83" s="578"/>
+      <c r="AB83" s="578"/>
+      <c r="AC83" s="578"/>
+      <c r="AD83" s="578"/>
       <c r="AE83" s="155"/>
       <c r="AF83" s="155"/>
       <c r="AG83" s="155"/>
     </row>
     <row r="84" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A84" s="324"/>
-      <c r="B84" s="515" t="str">
+      <c r="B84" s="656" t="str">
         <f>"Bank statements will be submitted by the applicant to show that £" &amp; Dropdowns!$T$29 &amp; ", plus £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted."</f>
         <v>Bank statements will be submitted by the applicant to show that £1270, plus £285 for their partner, £315 for their first child, and £200 for each additional child, has been held for 28 days ending no more than 31 days before the visa application is submitted.</v>
       </c>
-      <c r="C84" s="515"/>
-[...5 lines deleted...]
-      <c r="I84" s="515"/>
+      <c r="C84" s="656"/>
+      <c r="D84" s="656"/>
+      <c r="E84" s="656"/>
+      <c r="F84" s="656"/>
+      <c r="G84" s="656"/>
+      <c r="H84" s="656"/>
+      <c r="I84" s="656"/>
       <c r="J84" s="324"/>
       <c r="K84" s="208"/>
       <c r="L84" s="208"/>
       <c r="M84" s="208"/>
-      <c r="N84" s="468"/>
-[...4 lines deleted...]
-      <c r="S84" s="470"/>
+      <c r="N84" s="435"/>
+      <c r="O84" s="436"/>
+      <c r="P84" s="436"/>
+      <c r="Q84" s="436"/>
+      <c r="R84" s="436"/>
+      <c r="S84" s="437"/>
       <c r="T84" s="208"/>
       <c r="U84" s="155"/>
-      <c r="V84" s="511"/>
-[...7 lines deleted...]
-      <c r="AD84" s="511"/>
+      <c r="V84" s="578"/>
+      <c r="W84" s="578"/>
+      <c r="X84" s="578"/>
+      <c r="Y84" s="578"/>
+      <c r="Z84" s="578"/>
+      <c r="AA84" s="578"/>
+      <c r="AB84" s="578"/>
+      <c r="AC84" s="578"/>
+      <c r="AD84" s="578"/>
       <c r="AE84" s="155"/>
       <c r="AF84" s="155"/>
       <c r="AG84" s="155"/>
     </row>
     <row r="85" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A85" s="324"/>
-      <c r="B85" s="515"/>
-[...6 lines deleted...]
-      <c r="I85" s="515"/>
+      <c r="B85" s="656"/>
+      <c r="C85" s="656"/>
+      <c r="D85" s="656"/>
+      <c r="E85" s="656"/>
+      <c r="F85" s="656"/>
+      <c r="G85" s="656"/>
+      <c r="H85" s="656"/>
+      <c r="I85" s="656"/>
       <c r="J85" s="324"/>
       <c r="K85" s="208"/>
       <c r="L85" s="208"/>
       <c r="M85" s="208"/>
-      <c r="N85" s="471"/>
-[...4 lines deleted...]
-      <c r="S85" s="473"/>
+      <c r="N85" s="438"/>
+      <c r="O85" s="439"/>
+      <c r="P85" s="439"/>
+      <c r="Q85" s="439"/>
+      <c r="R85" s="439"/>
+      <c r="S85" s="440"/>
       <c r="T85" s="208"/>
       <c r="U85" s="155"/>
-      <c r="V85" s="511"/>
-[...7 lines deleted...]
-      <c r="AD85" s="511"/>
+      <c r="V85" s="578"/>
+      <c r="W85" s="578"/>
+      <c r="X85" s="578"/>
+      <c r="Y85" s="578"/>
+      <c r="Z85" s="578"/>
+      <c r="AA85" s="578"/>
+      <c r="AB85" s="578"/>
+      <c r="AC85" s="578"/>
+      <c r="AD85" s="578"/>
       <c r="AE85" s="155"/>
       <c r="AF85" s="155"/>
       <c r="AG85" s="155"/>
     </row>
     <row r="86" spans="1:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="326"/>
-      <c r="B86" s="515"/>
-[...6 lines deleted...]
-      <c r="I86" s="515"/>
+      <c r="B86" s="656"/>
+      <c r="C86" s="656"/>
+      <c r="D86" s="656"/>
+      <c r="E86" s="656"/>
+      <c r="F86" s="656"/>
+      <c r="G86" s="656"/>
+      <c r="H86" s="656"/>
+      <c r="I86" s="656"/>
       <c r="J86" s="326"/>
       <c r="K86" s="184"/>
       <c r="L86" s="184"/>
       <c r="M86" s="184"/>
       <c r="N86" s="184"/>
       <c r="O86" s="184"/>
       <c r="P86" s="184"/>
       <c r="Q86" s="184"/>
       <c r="R86" s="184"/>
       <c r="S86" s="184"/>
       <c r="T86" s="184"/>
       <c r="U86" s="155"/>
-      <c r="V86" s="511"/>
-[...7 lines deleted...]
-      <c r="AD86" s="511"/>
+      <c r="V86" s="578"/>
+      <c r="W86" s="578"/>
+      <c r="X86" s="578"/>
+      <c r="Y86" s="578"/>
+      <c r="Z86" s="578"/>
+      <c r="AA86" s="578"/>
+      <c r="AB86" s="578"/>
+      <c r="AC86" s="578"/>
+      <c r="AD86" s="578"/>
       <c r="AE86" s="155"/>
       <c r="AF86" s="155"/>
       <c r="AG86" s="155"/>
     </row>
     <row r="87" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A87" s="491" t="s">
+      <c r="A87" s="410" t="s">
         <v>197</v>
       </c>
-      <c r="B87" s="491"/>
-[...7 lines deleted...]
-      <c r="J87" s="491"/>
+      <c r="B87" s="410"/>
+      <c r="C87" s="410"/>
+      <c r="D87" s="410"/>
+      <c r="E87" s="410"/>
+      <c r="F87" s="410"/>
+      <c r="G87" s="410"/>
+      <c r="H87" s="410"/>
+      <c r="I87" s="410"/>
+      <c r="J87" s="410"/>
       <c r="K87" s="184"/>
       <c r="L87" s="184"/>
       <c r="M87" s="184"/>
       <c r="N87" s="184"/>
       <c r="O87" s="184"/>
       <c r="P87" s="184"/>
       <c r="Q87" s="184"/>
       <c r="R87" s="184"/>
       <c r="S87" s="184"/>
       <c r="T87" s="184"/>
       <c r="U87" s="155"/>
-      <c r="V87" s="511"/>
-[...7 lines deleted...]
-      <c r="AD87" s="511"/>
+      <c r="V87" s="578"/>
+      <c r="W87" s="578"/>
+      <c r="X87" s="578"/>
+      <c r="Y87" s="578"/>
+      <c r="Z87" s="578"/>
+      <c r="AA87" s="578"/>
+      <c r="AB87" s="578"/>
+      <c r="AC87" s="578"/>
+      <c r="AD87" s="578"/>
       <c r="AE87" s="155"/>
       <c r="AF87" s="155"/>
       <c r="AG87" s="155"/>
     </row>
     <row r="88" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A88" s="398" t="s">
+      <c r="A88" s="426" t="s">
         <v>198</v>
       </c>
-      <c r="B88" s="398"/>
-[...7 lines deleted...]
-      <c r="J88" s="398"/>
+      <c r="B88" s="426"/>
+      <c r="C88" s="426"/>
+      <c r="D88" s="426"/>
+      <c r="E88" s="426"/>
+      <c r="F88" s="426"/>
+      <c r="G88" s="426"/>
+      <c r="H88" s="426"/>
+      <c r="I88" s="426"/>
+      <c r="J88" s="426"/>
       <c r="K88" s="184"/>
       <c r="L88" s="184"/>
       <c r="M88" s="184"/>
       <c r="N88" s="184"/>
       <c r="O88" s="184"/>
       <c r="P88" s="184"/>
       <c r="Q88" s="184"/>
       <c r="R88" s="184"/>
       <c r="S88" s="184"/>
       <c r="T88" s="184"/>
       <c r="U88" s="155"/>
-      <c r="V88" s="511"/>
-[...7 lines deleted...]
-      <c r="AD88" s="511"/>
+      <c r="V88" s="578"/>
+      <c r="W88" s="578"/>
+      <c r="X88" s="578"/>
+      <c r="Y88" s="578"/>
+      <c r="Z88" s="578"/>
+      <c r="AA88" s="578"/>
+      <c r="AB88" s="578"/>
+      <c r="AC88" s="578"/>
+      <c r="AD88" s="578"/>
       <c r="AE88" s="155"/>
       <c r="AF88" s="155"/>
       <c r="AG88" s="155"/>
     </row>
     <row r="89" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A89" s="398"/>
-[...8 lines deleted...]
-      <c r="J89" s="398"/>
+      <c r="A89" s="426"/>
+      <c r="B89" s="426"/>
+      <c r="C89" s="426"/>
+      <c r="D89" s="426"/>
+      <c r="E89" s="426"/>
+      <c r="F89" s="426"/>
+      <c r="G89" s="426"/>
+      <c r="H89" s="426"/>
+      <c r="I89" s="426"/>
+      <c r="J89" s="426"/>
       <c r="K89" s="184"/>
       <c r="L89" s="184"/>
       <c r="M89" s="184"/>
       <c r="N89" s="184"/>
       <c r="O89" s="184"/>
       <c r="P89" s="184"/>
       <c r="Q89" s="184"/>
       <c r="R89" s="184"/>
       <c r="S89" s="184"/>
       <c r="T89" s="184"/>
       <c r="U89" s="155"/>
-      <c r="V89" s="511"/>
-[...7 lines deleted...]
-      <c r="AD89" s="511"/>
+      <c r="V89" s="578"/>
+      <c r="W89" s="578"/>
+      <c r="X89" s="578"/>
+      <c r="Y89" s="578"/>
+      <c r="Z89" s="578"/>
+      <c r="AA89" s="578"/>
+      <c r="AB89" s="578"/>
+      <c r="AC89" s="578"/>
+      <c r="AD89" s="578"/>
       <c r="AE89" s="155"/>
       <c r="AF89" s="155"/>
       <c r="AG89" s="155"/>
     </row>
     <row r="90" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A90" s="9"/>
       <c r="B90" s="9"/>
       <c r="C90" s="9"/>
       <c r="D90" s="9"/>
       <c r="E90" s="9"/>
       <c r="F90" s="9"/>
       <c r="G90" s="9"/>
       <c r="H90" s="9"/>
       <c r="I90" s="9"/>
       <c r="J90" s="9"/>
       <c r="K90" s="184"/>
       <c r="L90" s="184"/>
       <c r="M90" s="184"/>
       <c r="N90" s="184"/>
       <c r="O90" s="184"/>
       <c r="P90" s="184"/>
       <c r="Q90" s="184"/>
       <c r="R90" s="184"/>
       <c r="S90" s="184"/>
       <c r="T90" s="184"/>
       <c r="U90" s="155"/>
-      <c r="V90" s="511"/>
-[...7 lines deleted...]
-      <c r="AD90" s="511"/>
+      <c r="V90" s="578"/>
+      <c r="W90" s="578"/>
+      <c r="X90" s="578"/>
+      <c r="Y90" s="578"/>
+      <c r="Z90" s="578"/>
+      <c r="AA90" s="578"/>
+      <c r="AB90" s="578"/>
+      <c r="AC90" s="578"/>
+      <c r="AD90" s="578"/>
       <c r="AE90" s="155"/>
       <c r="AF90" s="155"/>
       <c r="AG90" s="155"/>
     </row>
     <row r="91" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="509" t="s">
+      <c r="A91" s="411" t="s">
         <v>346</v>
       </c>
-      <c r="B91" s="509"/>
-[...4 lines deleted...]
-      <c r="G91" s="509"/>
+      <c r="B91" s="411"/>
+      <c r="C91" s="411"/>
+      <c r="D91" s="411"/>
+      <c r="E91" s="411"/>
+      <c r="F91" s="411"/>
+      <c r="G91" s="411"/>
       <c r="H91" s="9"/>
-      <c r="I91" s="499" t="s">
+      <c r="I91" s="663" t="s">
         <v>195</v>
       </c>
-      <c r="J91" s="500"/>
+      <c r="J91" s="664"/>
       <c r="K91" s="184"/>
       <c r="L91" s="184"/>
       <c r="M91" s="184"/>
-      <c r="N91" s="437"/>
-[...4 lines deleted...]
-      <c r="S91" s="439"/>
+      <c r="N91" s="401"/>
+      <c r="O91" s="402"/>
+      <c r="P91" s="402"/>
+      <c r="Q91" s="402"/>
+      <c r="R91" s="402"/>
+      <c r="S91" s="403"/>
       <c r="T91" s="184"/>
       <c r="U91" s="155"/>
       <c r="V91" s="163"/>
       <c r="W91" s="155"/>
       <c r="X91" s="155"/>
       <c r="Y91" s="155"/>
       <c r="Z91" s="155"/>
       <c r="AA91" s="155"/>
       <c r="AB91" s="155"/>
       <c r="AC91" s="155"/>
       <c r="AD91" s="155"/>
       <c r="AE91" s="155"/>
       <c r="AF91" s="155"/>
       <c r="AG91" s="155"/>
     </row>
     <row r="92" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="509" t="s">
+      <c r="A92" s="411" t="s">
         <v>199</v>
       </c>
-      <c r="B92" s="509"/>
-[...7 lines deleted...]
-      <c r="J92" s="460"/>
+      <c r="B92" s="411"/>
+      <c r="C92" s="411"/>
+      <c r="D92" s="411"/>
+      <c r="E92" s="541"/>
+      <c r="F92" s="542"/>
+      <c r="G92" s="542"/>
+      <c r="H92" s="542"/>
+      <c r="I92" s="542"/>
+      <c r="J92" s="543"/>
       <c r="K92" s="184"/>
       <c r="L92" s="184"/>
       <c r="M92" s="184"/>
-      <c r="N92" s="440"/>
-[...4 lines deleted...]
-      <c r="S92" s="442"/>
+      <c r="N92" s="404"/>
+      <c r="O92" s="405"/>
+      <c r="P92" s="405"/>
+      <c r="Q92" s="405"/>
+      <c r="R92" s="405"/>
+      <c r="S92" s="406"/>
       <c r="T92" s="184"/>
       <c r="U92" s="155"/>
-      <c r="V92" s="511"/>
-[...7 lines deleted...]
-      <c r="AD92" s="511"/>
+      <c r="V92" s="578"/>
+      <c r="W92" s="578"/>
+      <c r="X92" s="578"/>
+      <c r="Y92" s="578"/>
+      <c r="Z92" s="578"/>
+      <c r="AA92" s="578"/>
+      <c r="AB92" s="578"/>
+      <c r="AC92" s="578"/>
+      <c r="AD92" s="578"/>
       <c r="AE92" s="155"/>
       <c r="AF92" s="155"/>
       <c r="AG92" s="155"/>
     </row>
     <row r="93" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="721" t="s">
+      <c r="A93" s="414" t="s">
         <v>347</v>
       </c>
-      <c r="B93" s="721"/>
-[...7 lines deleted...]
-      <c r="J93" s="460"/>
+      <c r="B93" s="414"/>
+      <c r="C93" s="414"/>
+      <c r="D93" s="414"/>
+      <c r="E93" s="541"/>
+      <c r="F93" s="542"/>
+      <c r="G93" s="542"/>
+      <c r="H93" s="542"/>
+      <c r="I93" s="542"/>
+      <c r="J93" s="543"/>
       <c r="K93" s="184"/>
       <c r="L93" s="184"/>
       <c r="M93" s="184"/>
-      <c r="N93" s="440"/>
-[...4 lines deleted...]
-      <c r="S93" s="442"/>
+      <c r="N93" s="404"/>
+      <c r="O93" s="405"/>
+      <c r="P93" s="405"/>
+      <c r="Q93" s="405"/>
+      <c r="R93" s="405"/>
+      <c r="S93" s="406"/>
       <c r="T93" s="184"/>
       <c r="U93" s="155"/>
-      <c r="V93" s="511"/>
-[...7 lines deleted...]
-      <c r="AD93" s="511"/>
+      <c r="V93" s="578"/>
+      <c r="W93" s="578"/>
+      <c r="X93" s="578"/>
+      <c r="Y93" s="578"/>
+      <c r="Z93" s="578"/>
+      <c r="AA93" s="578"/>
+      <c r="AB93" s="578"/>
+      <c r="AC93" s="578"/>
+      <c r="AD93" s="578"/>
       <c r="AE93" s="155"/>
       <c r="AF93" s="155"/>
       <c r="AG93" s="155"/>
     </row>
     <row r="94" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A94" s="721" t="s">
+      <c r="A94" s="414" t="s">
         <v>348</v>
       </c>
-      <c r="B94" s="721"/>
-[...7 lines deleted...]
-      <c r="J94" s="460"/>
+      <c r="B94" s="414"/>
+      <c r="C94" s="414"/>
+      <c r="D94" s="414"/>
+      <c r="E94" s="541"/>
+      <c r="F94" s="542"/>
+      <c r="G94" s="542"/>
+      <c r="H94" s="542"/>
+      <c r="I94" s="542"/>
+      <c r="J94" s="543"/>
       <c r="K94" s="184"/>
       <c r="L94" s="184"/>
       <c r="M94" s="184"/>
-      <c r="N94" s="443"/>
-[...4 lines deleted...]
-      <c r="S94" s="445"/>
+      <c r="N94" s="407"/>
+      <c r="O94" s="408"/>
+      <c r="P94" s="408"/>
+      <c r="Q94" s="408"/>
+      <c r="R94" s="408"/>
+      <c r="S94" s="409"/>
       <c r="T94" s="184"/>
       <c r="U94" s="155"/>
-      <c r="V94" s="511"/>
-[...7 lines deleted...]
-      <c r="AD94" s="511"/>
+      <c r="V94" s="578"/>
+      <c r="W94" s="578"/>
+      <c r="X94" s="578"/>
+      <c r="Y94" s="578"/>
+      <c r="Z94" s="578"/>
+      <c r="AA94" s="578"/>
+      <c r="AB94" s="578"/>
+      <c r="AC94" s="578"/>
+      <c r="AD94" s="578"/>
       <c r="AE94" s="155"/>
       <c r="AF94" s="155"/>
       <c r="AG94" s="155"/>
     </row>
     <row r="95" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A95" s="9"/>
       <c r="B95" s="9"/>
       <c r="C95" s="9"/>
       <c r="D95" s="9"/>
-      <c r="E95" s="497" t="str">
+      <c r="E95" s="661" t="str">
         <f>IF(AND($E$94&lt;&gt;"",$E$93&lt;&gt;"",ISERROR(FIND(" ",TRIM($E$93)))),"Please check this is a previous name, not a middle name","")</f>
         <v/>
       </c>
-      <c r="F95" s="497"/>
-[...3 lines deleted...]
-      <c r="J95" s="497"/>
+      <c r="F95" s="661"/>
+      <c r="G95" s="661"/>
+      <c r="H95" s="661"/>
+      <c r="I95" s="661"/>
+      <c r="J95" s="661"/>
       <c r="K95" s="184"/>
       <c r="L95" s="184"/>
       <c r="M95" s="184"/>
       <c r="N95" s="184"/>
       <c r="O95" s="184"/>
       <c r="P95" s="184"/>
       <c r="Q95" s="184"/>
       <c r="R95" s="184"/>
       <c r="S95" s="184"/>
       <c r="T95" s="184"/>
       <c r="U95" s="155"/>
-      <c r="V95" s="511"/>
-[...7 lines deleted...]
-      <c r="AD95" s="511"/>
+      <c r="V95" s="578"/>
+      <c r="W95" s="578"/>
+      <c r="X95" s="578"/>
+      <c r="Y95" s="578"/>
+      <c r="Z95" s="578"/>
+      <c r="AA95" s="578"/>
+      <c r="AB95" s="578"/>
+      <c r="AC95" s="578"/>
+      <c r="AD95" s="578"/>
       <c r="AE95" s="155"/>
       <c r="AF95" s="155"/>
       <c r="AG95" s="155"/>
     </row>
     <row r="96" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A96" s="11" t="s">
         <v>202</v>
       </c>
       <c r="B96" s="9"/>
       <c r="C96" s="9"/>
       <c r="D96" s="9"/>
-      <c r="E96" s="458"/>
-[...4 lines deleted...]
-      <c r="J96" s="460"/>
+      <c r="E96" s="541"/>
+      <c r="F96" s="542"/>
+      <c r="G96" s="542"/>
+      <c r="H96" s="542"/>
+      <c r="I96" s="542"/>
+      <c r="J96" s="543"/>
       <c r="K96" s="184"/>
       <c r="L96" s="184"/>
       <c r="M96" s="184"/>
-      <c r="N96" s="437"/>
-[...4 lines deleted...]
-      <c r="S96" s="439"/>
+      <c r="N96" s="401"/>
+      <c r="O96" s="402"/>
+      <c r="P96" s="402"/>
+      <c r="Q96" s="402"/>
+      <c r="R96" s="402"/>
+      <c r="S96" s="403"/>
       <c r="T96" s="184"/>
       <c r="U96" s="155"/>
       <c r="V96" s="159"/>
       <c r="W96" s="159"/>
       <c r="X96" s="159"/>
       <c r="Y96" s="159"/>
       <c r="Z96" s="159"/>
       <c r="AA96" s="159"/>
       <c r="AB96" s="159"/>
       <c r="AC96" s="159"/>
       <c r="AD96" s="159"/>
       <c r="AE96" s="155"/>
       <c r="AF96" s="155"/>
       <c r="AG96" s="155"/>
     </row>
     <row r="97" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="11" t="s">
         <v>200</v>
       </c>
       <c r="B97" s="9"/>
       <c r="C97" s="9"/>
       <c r="D97" s="9"/>
-      <c r="E97" s="458"/>
-[...4 lines deleted...]
-      <c r="J97" s="460"/>
+      <c r="E97" s="541"/>
+      <c r="F97" s="542"/>
+      <c r="G97" s="542"/>
+      <c r="H97" s="542"/>
+      <c r="I97" s="542"/>
+      <c r="J97" s="543"/>
       <c r="K97" s="184"/>
       <c r="L97" s="184"/>
       <c r="M97" s="184"/>
-      <c r="N97" s="440"/>
-[...4 lines deleted...]
-      <c r="S97" s="442"/>
+      <c r="N97" s="404"/>
+      <c r="O97" s="405"/>
+      <c r="P97" s="405"/>
+      <c r="Q97" s="405"/>
+      <c r="R97" s="405"/>
+      <c r="S97" s="406"/>
       <c r="T97" s="184"/>
       <c r="U97" s="155"/>
       <c r="V97" s="155"/>
       <c r="W97" s="155"/>
       <c r="X97" s="155"/>
       <c r="Y97" s="155"/>
       <c r="Z97" s="155"/>
       <c r="AA97" s="155"/>
       <c r="AB97" s="155"/>
       <c r="AC97" s="155"/>
       <c r="AD97" s="155"/>
       <c r="AE97" s="155"/>
       <c r="AF97" s="155"/>
       <c r="AG97" s="155"/>
     </row>
     <row r="98" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="11" t="s">
         <v>201</v>
       </c>
       <c r="B98" s="9"/>
       <c r="C98" s="9"/>
       <c r="D98" s="9"/>
-      <c r="E98" s="458"/>
-[...4 lines deleted...]
-      <c r="J98" s="460"/>
+      <c r="E98" s="541"/>
+      <c r="F98" s="542"/>
+      <c r="G98" s="542"/>
+      <c r="H98" s="542"/>
+      <c r="I98" s="542"/>
+      <c r="J98" s="543"/>
       <c r="K98" s="184"/>
       <c r="L98" s="184"/>
       <c r="M98" s="184"/>
-      <c r="N98" s="443"/>
-[...4 lines deleted...]
-      <c r="S98" s="445"/>
+      <c r="N98" s="407"/>
+      <c r="O98" s="408"/>
+      <c r="P98" s="408"/>
+      <c r="Q98" s="408"/>
+      <c r="R98" s="408"/>
+      <c r="S98" s="409"/>
       <c r="T98" s="184"/>
       <c r="U98" s="155"/>
       <c r="V98" s="155"/>
       <c r="W98" s="155"/>
       <c r="X98" s="155"/>
       <c r="Y98" s="155"/>
       <c r="Z98" s="155"/>
       <c r="AA98" s="155"/>
       <c r="AB98" s="155"/>
       <c r="AC98" s="155"/>
       <c r="AD98" s="155"/>
       <c r="AE98" s="155"/>
       <c r="AF98" s="155"/>
       <c r="AG98" s="155"/>
     </row>
     <row r="99" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="9"/>
-      <c r="B99" s="461" t="str">
+      <c r="B99" s="450" t="str">
         <f>IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$19,Dropdowns!$I$5:$I$8,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$I$5:$I$8,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$24,Dropdowns!$I$5:$I$8,1,FALSE))),"NOTE: Applicant is a British or Irish national - Skilled Worker visa not required","")</f>
         <v/>
       </c>
-      <c r="C99" s="461"/>
-[...5 lines deleted...]
-      <c r="I99" s="461"/>
+      <c r="C99" s="450"/>
+      <c r="D99" s="450"/>
+      <c r="E99" s="450"/>
+      <c r="F99" s="450"/>
+      <c r="G99" s="450"/>
+      <c r="H99" s="450"/>
+      <c r="I99" s="450"/>
       <c r="J99" s="9"/>
       <c r="K99" s="184"/>
       <c r="L99" s="184"/>
       <c r="M99" s="184"/>
       <c r="N99" s="184"/>
       <c r="O99" s="184"/>
       <c r="P99" s="184"/>
       <c r="Q99" s="184"/>
       <c r="R99" s="184"/>
       <c r="S99" s="184"/>
       <c r="T99" s="184"/>
       <c r="U99" s="155"/>
       <c r="V99" s="155"/>
       <c r="W99" s="155"/>
       <c r="X99" s="155"/>
       <c r="Y99" s="155"/>
       <c r="Z99" s="155"/>
       <c r="AA99" s="155"/>
       <c r="AB99" s="155"/>
       <c r="AC99" s="155"/>
       <c r="AD99" s="155"/>
       <c r="AE99" s="155"/>
       <c r="AF99" s="155"/>
       <c r="AG99" s="155"/>
     </row>
     <row r="100" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A100" s="11" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="9"/>
       <c r="C100" s="9"/>
       <c r="D100" s="9"/>
       <c r="E100" s="9"/>
       <c r="F100" s="12" t="s">
         <v>195</v>
       </c>
       <c r="G100" s="9"/>
       <c r="H100" s="9"/>
       <c r="I100" s="9"/>
       <c r="J100" s="9"/>
       <c r="K100" s="184"/>
       <c r="L100" s="184"/>
       <c r="M100" s="184"/>
-      <c r="N100" s="437"/>
-[...4 lines deleted...]
-      <c r="S100" s="439"/>
+      <c r="N100" s="401"/>
+      <c r="O100" s="402"/>
+      <c r="P100" s="402"/>
+      <c r="Q100" s="402"/>
+      <c r="R100" s="402"/>
+      <c r="S100" s="403"/>
       <c r="T100" s="184"/>
       <c r="U100" s="155"/>
       <c r="V100" s="155"/>
       <c r="W100" s="155"/>
       <c r="X100" s="155"/>
       <c r="Y100" s="155"/>
       <c r="Z100" s="155"/>
       <c r="AA100" s="155"/>
       <c r="AB100" s="155"/>
       <c r="AC100" s="155"/>
       <c r="AD100" s="155"/>
       <c r="AE100" s="155"/>
       <c r="AF100" s="155"/>
       <c r="AG100" s="155"/>
     </row>
     <row r="101" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="11" t="s">
         <v>213</v>
       </c>
       <c r="B101" s="9"/>
       <c r="C101" s="9"/>
       <c r="D101" s="9"/>
-      <c r="E101" s="506"/>
-[...4 lines deleted...]
-      <c r="J101" s="508"/>
+      <c r="E101" s="652"/>
+      <c r="F101" s="653"/>
+      <c r="G101" s="653"/>
+      <c r="H101" s="653"/>
+      <c r="I101" s="653"/>
+      <c r="J101" s="654"/>
       <c r="K101" s="184"/>
       <c r="L101" s="184"/>
       <c r="M101" s="184"/>
-      <c r="N101" s="440"/>
-[...4 lines deleted...]
-      <c r="S101" s="442"/>
+      <c r="N101" s="404"/>
+      <c r="O101" s="405"/>
+      <c r="P101" s="405"/>
+      <c r="Q101" s="405"/>
+      <c r="R101" s="405"/>
+      <c r="S101" s="406"/>
       <c r="T101" s="184"/>
       <c r="U101" s="155"/>
-      <c r="V101" s="511"/>
-[...7 lines deleted...]
-      <c r="AD101" s="511"/>
+      <c r="V101" s="578"/>
+      <c r="W101" s="578"/>
+      <c r="X101" s="578"/>
+      <c r="Y101" s="578"/>
+      <c r="Z101" s="578"/>
+      <c r="AA101" s="578"/>
+      <c r="AB101" s="578"/>
+      <c r="AC101" s="578"/>
+      <c r="AD101" s="578"/>
       <c r="AE101" s="155"/>
       <c r="AF101" s="155"/>
       <c r="AG101" s="155"/>
     </row>
     <row r="102" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="11" t="s">
         <v>214</v>
       </c>
       <c r="B102" s="9"/>
       <c r="C102" s="9"/>
       <c r="D102" s="9"/>
-      <c r="E102" s="506"/>
-[...4 lines deleted...]
-      <c r="J102" s="508"/>
+      <c r="E102" s="652"/>
+      <c r="F102" s="653"/>
+      <c r="G102" s="653"/>
+      <c r="H102" s="653"/>
+      <c r="I102" s="653"/>
+      <c r="J102" s="654"/>
       <c r="K102" s="184"/>
       <c r="L102" s="184"/>
       <c r="M102" s="184"/>
-      <c r="N102" s="443"/>
-[...4 lines deleted...]
-      <c r="S102" s="445"/>
+      <c r="N102" s="407"/>
+      <c r="O102" s="408"/>
+      <c r="P102" s="408"/>
+      <c r="Q102" s="408"/>
+      <c r="R102" s="408"/>
+      <c r="S102" s="409"/>
       <c r="T102" s="184"/>
       <c r="U102" s="155"/>
-      <c r="V102" s="511"/>
-[...7 lines deleted...]
-      <c r="AD102" s="511"/>
+      <c r="V102" s="578"/>
+      <c r="W102" s="578"/>
+      <c r="X102" s="578"/>
+      <c r="Y102" s="578"/>
+      <c r="Z102" s="578"/>
+      <c r="AA102" s="578"/>
+      <c r="AB102" s="578"/>
+      <c r="AC102" s="578"/>
+      <c r="AD102" s="578"/>
       <c r="AE102" s="155"/>
       <c r="AF102" s="155"/>
       <c r="AG102" s="155"/>
     </row>
     <row r="103" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A103" s="531" t="str">
+      <c r="A103" s="632" t="str">
         <f>IF(OR(AND(CHECKING!$D$23&lt;&gt;"- select -",CHECKING!$D$23&lt;&gt;""),AND(CHECKING!$D$24&lt;&gt;"- select -",CHECKING!$D$24&lt;&gt;"")),"Please provide copies of passports for each nationality","")</f>
         <v/>
       </c>
-      <c r="B103" s="531"/>
-[...7 lines deleted...]
-      <c r="J103" s="531"/>
+      <c r="B103" s="632"/>
+      <c r="C103" s="632"/>
+      <c r="D103" s="632"/>
+      <c r="E103" s="632"/>
+      <c r="F103" s="632"/>
+      <c r="G103" s="632"/>
+      <c r="H103" s="632"/>
+      <c r="I103" s="632"/>
+      <c r="J103" s="632"/>
       <c r="K103" s="184"/>
       <c r="L103" s="184"/>
       <c r="M103" s="184"/>
       <c r="N103" s="184"/>
       <c r="O103" s="184"/>
       <c r="P103" s="184"/>
       <c r="Q103" s="184"/>
       <c r="R103" s="184"/>
       <c r="S103" s="184"/>
       <c r="T103" s="184"/>
       <c r="U103" s="155"/>
       <c r="V103" s="155"/>
       <c r="W103" s="155"/>
       <c r="X103" s="155"/>
       <c r="Y103" s="155"/>
       <c r="Z103" s="155"/>
       <c r="AA103" s="155"/>
       <c r="AB103" s="155"/>
       <c r="AC103" s="155"/>
       <c r="AD103" s="155"/>
       <c r="AE103" s="155"/>
       <c r="AF103" s="155"/>
       <c r="AG103" s="155"/>
     </row>
     <row r="104" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
@@ -25946,2339 +25949,2339 @@
       <c r="K104" s="184"/>
       <c r="L104" s="184"/>
       <c r="M104" s="184"/>
       <c r="N104" s="184"/>
       <c r="O104" s="184"/>
       <c r="P104" s="184"/>
       <c r="Q104" s="184"/>
       <c r="R104" s="184"/>
       <c r="S104" s="184"/>
       <c r="T104" s="184"/>
       <c r="U104" s="155"/>
       <c r="V104" s="155"/>
       <c r="W104" s="155"/>
       <c r="X104" s="155"/>
       <c r="Y104" s="155"/>
       <c r="Z104" s="155"/>
       <c r="AA104" s="155"/>
       <c r="AB104" s="155"/>
       <c r="AC104" s="155"/>
       <c r="AD104" s="155"/>
       <c r="AE104" s="155"/>
       <c r="AF104" s="155"/>
       <c r="AG104" s="155"/>
     </row>
     <row r="105" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="509" t="s">
-[...5 lines deleted...]
-      <c r="E105" s="464"/>
+      <c r="A105" s="411" t="s">
+        <v>845</v>
+      </c>
+      <c r="B105" s="411"/>
+      <c r="C105" s="655"/>
+      <c r="D105" s="629"/>
+      <c r="E105" s="631"/>
       <c r="F105" s="11" t="s">
         <v>324</v>
       </c>
       <c r="G105" s="75" t="s">
         <v>195</v>
       </c>
       <c r="H105" s="76" t="s">
         <v>328</v>
       </c>
       <c r="I105" s="77"/>
       <c r="J105" s="9"/>
       <c r="K105" s="184"/>
       <c r="L105" s="184"/>
       <c r="M105" s="184"/>
-      <c r="N105" s="437"/>
-[...4 lines deleted...]
-      <c r="S105" s="439"/>
+      <c r="N105" s="401"/>
+      <c r="O105" s="402"/>
+      <c r="P105" s="402"/>
+      <c r="Q105" s="402"/>
+      <c r="R105" s="402"/>
+      <c r="S105" s="403"/>
       <c r="T105" s="184"/>
       <c r="U105" s="155"/>
       <c r="V105" s="155"/>
       <c r="W105" s="155"/>
       <c r="X105" s="155"/>
       <c r="Y105" s="155"/>
       <c r="Z105" s="155"/>
       <c r="AA105" s="155"/>
       <c r="AB105" s="155"/>
       <c r="AC105" s="155"/>
       <c r="AD105" s="155"/>
       <c r="AE105" s="155"/>
       <c r="AF105" s="155"/>
       <c r="AG105" s="155"/>
     </row>
     <row r="106" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A106" s="9"/>
       <c r="B106" s="9"/>
-      <c r="C106" s="461" t="str">
+      <c r="C106" s="450" t="str">
         <f ca="1">IFERROR(IF($D$105&lt;&gt;"",IF(YEAR($D$105)&gt;(YEAR($I$466)-16),YEAR($I$466)-YEAR($D$105)&amp;" years old?",IF(YEAR($D$105)&lt;(YEAR($I$466)-80),YEAR($I$466)-YEAR($D$105)&amp;" years old?","Applicant is " &amp; DATEDIF($D$105,TODAY(),"y") &amp; " years &amp; " &amp; DATEDIF($D$105,TODAY(),"ym") &amp; " months old")),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="D106" s="461"/>
-[...1 lines deleted...]
-      <c r="F106" s="461"/>
+      <c r="D106" s="450"/>
+      <c r="E106" s="450"/>
+      <c r="F106" s="450"/>
       <c r="G106" s="181"/>
       <c r="H106" s="181"/>
       <c r="I106" s="181"/>
       <c r="J106" s="9"/>
       <c r="K106" s="184"/>
       <c r="L106" s="184"/>
       <c r="M106" s="184"/>
-      <c r="N106" s="443"/>
-[...4 lines deleted...]
-      <c r="S106" s="445"/>
+      <c r="N106" s="407"/>
+      <c r="O106" s="408"/>
+      <c r="P106" s="408"/>
+      <c r="Q106" s="408"/>
+      <c r="R106" s="408"/>
+      <c r="S106" s="409"/>
       <c r="T106" s="184"/>
       <c r="U106" s="155"/>
-      <c r="V106" s="511"/>
-[...7 lines deleted...]
-      <c r="AD106" s="511"/>
+      <c r="V106" s="578"/>
+      <c r="W106" s="578"/>
+      <c r="X106" s="578"/>
+      <c r="Y106" s="578"/>
+      <c r="Z106" s="578"/>
+      <c r="AA106" s="578"/>
+      <c r="AB106" s="578"/>
+      <c r="AC106" s="578"/>
+      <c r="AD106" s="578"/>
       <c r="AE106" s="155"/>
       <c r="AF106" s="155"/>
       <c r="AG106" s="155"/>
     </row>
     <row r="107" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A107" s="9"/>
       <c r="B107" s="9"/>
       <c r="C107" s="9"/>
       <c r="D107" s="9"/>
       <c r="E107" s="9"/>
       <c r="F107" s="9"/>
       <c r="G107" s="9"/>
       <c r="H107" s="9"/>
       <c r="I107" s="9"/>
       <c r="J107" s="9"/>
       <c r="K107" s="184"/>
       <c r="L107" s="184"/>
       <c r="M107" s="184"/>
       <c r="N107" s="184"/>
       <c r="O107" s="184"/>
       <c r="P107" s="184"/>
       <c r="Q107" s="184"/>
       <c r="R107" s="184"/>
       <c r="S107" s="184"/>
       <c r="T107" s="184"/>
       <c r="U107" s="155"/>
-      <c r="V107" s="511"/>
-[...7 lines deleted...]
-      <c r="AD107" s="511"/>
+      <c r="V107" s="578"/>
+      <c r="W107" s="578"/>
+      <c r="X107" s="578"/>
+      <c r="Y107" s="578"/>
+      <c r="Z107" s="578"/>
+      <c r="AA107" s="578"/>
+      <c r="AB107" s="578"/>
+      <c r="AC107" s="578"/>
+      <c r="AD107" s="578"/>
       <c r="AE107" s="155"/>
       <c r="AF107" s="155"/>
       <c r="AG107" s="155"/>
     </row>
     <row r="108" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="509" t="s">
+      <c r="A108" s="411" t="s">
         <v>325</v>
       </c>
-      <c r="B108" s="509"/>
-[...7 lines deleted...]
-      <c r="J108" s="514"/>
+      <c r="B108" s="411"/>
+      <c r="C108" s="411"/>
+      <c r="D108" s="411"/>
+      <c r="E108" s="544"/>
+      <c r="F108" s="545"/>
+      <c r="G108" s="545"/>
+      <c r="H108" s="545"/>
+      <c r="I108" s="545"/>
+      <c r="J108" s="546"/>
       <c r="K108" s="184"/>
       <c r="L108" s="184"/>
       <c r="M108" s="184"/>
-      <c r="N108" s="437"/>
-[...4 lines deleted...]
-      <c r="S108" s="439"/>
+      <c r="N108" s="401"/>
+      <c r="O108" s="402"/>
+      <c r="P108" s="402"/>
+      <c r="Q108" s="402"/>
+      <c r="R108" s="402"/>
+      <c r="S108" s="403"/>
       <c r="T108" s="184"/>
       <c r="U108" s="155"/>
-      <c r="V108" s="511"/>
-[...7 lines deleted...]
-      <c r="AD108" s="511"/>
+      <c r="V108" s="578"/>
+      <c r="W108" s="578"/>
+      <c r="X108" s="578"/>
+      <c r="Y108" s="578"/>
+      <c r="Z108" s="578"/>
+      <c r="AA108" s="578"/>
+      <c r="AB108" s="578"/>
+      <c r="AC108" s="578"/>
+      <c r="AD108" s="578"/>
       <c r="AE108" s="155"/>
       <c r="AF108" s="155"/>
       <c r="AG108" s="155"/>
     </row>
     <row r="109" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A109" s="9"/>
       <c r="B109" s="9"/>
       <c r="C109" s="9"/>
       <c r="D109" s="9"/>
       <c r="E109" s="9"/>
       <c r="F109" s="9"/>
       <c r="G109" s="9"/>
       <c r="H109" s="9"/>
       <c r="I109" s="9"/>
       <c r="J109" s="9"/>
       <c r="K109" s="184"/>
       <c r="L109" s="184"/>
       <c r="M109" s="184"/>
-      <c r="N109" s="440"/>
-[...4 lines deleted...]
-      <c r="S109" s="442"/>
+      <c r="N109" s="404"/>
+      <c r="O109" s="405"/>
+      <c r="P109" s="405"/>
+      <c r="Q109" s="405"/>
+      <c r="R109" s="405"/>
+      <c r="S109" s="406"/>
       <c r="T109" s="184"/>
       <c r="U109" s="155"/>
       <c r="V109" s="155"/>
       <c r="W109" s="155"/>
       <c r="X109" s="155"/>
       <c r="Y109" s="155"/>
       <c r="Z109" s="155"/>
       <c r="AA109" s="155"/>
       <c r="AB109" s="155"/>
       <c r="AC109" s="155"/>
       <c r="AD109" s="155"/>
       <c r="AE109" s="155"/>
       <c r="AF109" s="155"/>
       <c r="AG109" s="155"/>
     </row>
     <row r="110" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="11" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="B110" s="9"/>
       <c r="C110" s="9"/>
       <c r="D110" s="9"/>
-      <c r="E110" s="462"/>
-[...4 lines deleted...]
-      <c r="J110" s="464"/>
+      <c r="E110" s="629"/>
+      <c r="F110" s="630"/>
+      <c r="G110" s="630"/>
+      <c r="H110" s="630"/>
+      <c r="I110" s="630"/>
+      <c r="J110" s="631"/>
       <c r="K110" s="184"/>
       <c r="L110" s="184"/>
       <c r="M110" s="184"/>
-      <c r="N110" s="440"/>
-[...4 lines deleted...]
-      <c r="S110" s="442"/>
+      <c r="N110" s="404"/>
+      <c r="O110" s="405"/>
+      <c r="P110" s="405"/>
+      <c r="Q110" s="405"/>
+      <c r="R110" s="405"/>
+      <c r="S110" s="406"/>
       <c r="T110" s="184"/>
       <c r="U110" s="155"/>
       <c r="V110" s="155"/>
       <c r="W110" s="155"/>
       <c r="X110" s="155"/>
       <c r="Y110" s="155"/>
       <c r="Z110" s="155"/>
       <c r="AA110" s="155"/>
       <c r="AB110" s="155"/>
       <c r="AC110" s="155"/>
       <c r="AD110" s="155"/>
       <c r="AE110" s="155"/>
       <c r="AF110" s="155"/>
       <c r="AG110" s="155"/>
     </row>
     <row r="111" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A111" s="11" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="B111" s="9"/>
       <c r="C111" s="9"/>
       <c r="D111" s="9"/>
-      <c r="E111" s="462"/>
-[...4 lines deleted...]
-      <c r="J111" s="464"/>
+      <c r="E111" s="629"/>
+      <c r="F111" s="630"/>
+      <c r="G111" s="630"/>
+      <c r="H111" s="630"/>
+      <c r="I111" s="630"/>
+      <c r="J111" s="631"/>
       <c r="K111" s="184"/>
       <c r="L111" s="184"/>
       <c r="M111" s="184"/>
-      <c r="N111" s="440"/>
-[...4 lines deleted...]
-      <c r="S111" s="442"/>
+      <c r="N111" s="404"/>
+      <c r="O111" s="405"/>
+      <c r="P111" s="405"/>
+      <c r="Q111" s="405"/>
+      <c r="R111" s="405"/>
+      <c r="S111" s="406"/>
       <c r="T111" s="184"/>
       <c r="U111" s="155"/>
       <c r="V111" s="155"/>
       <c r="W111" s="155"/>
       <c r="X111" s="155"/>
       <c r="Y111" s="155"/>
       <c r="Z111" s="155"/>
       <c r="AA111" s="155"/>
       <c r="AB111" s="155"/>
       <c r="AC111" s="155"/>
       <c r="AD111" s="155"/>
       <c r="AE111" s="155"/>
       <c r="AF111" s="155"/>
       <c r="AG111" s="155"/>
     </row>
     <row r="112" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="461" t="str">
+      <c r="A112" s="450" t="str">
         <f ca="1">IFERROR(IF($E$111&lt;&gt;"",IF($E$111&lt;=TODAY(),"expired passport - please list new passport details",IF(DATEDIF(TODAY(),$E$111,"M")&lt;=3,"this passport will expire in around three months or less - please list new passport details","")),""),"DATE ENTRY ERROR!")</f>
         <v/>
       </c>
-      <c r="B112" s="461"/>
-[...7 lines deleted...]
-      <c r="J112" s="461"/>
+      <c r="B112" s="450"/>
+      <c r="C112" s="450"/>
+      <c r="D112" s="450"/>
+      <c r="E112" s="450"/>
+      <c r="F112" s="450"/>
+      <c r="G112" s="450"/>
+      <c r="H112" s="450"/>
+      <c r="I112" s="450"/>
+      <c r="J112" s="450"/>
       <c r="K112" s="184"/>
       <c r="L112" s="184"/>
       <c r="M112" s="184"/>
-      <c r="N112" s="440"/>
-[...4 lines deleted...]
-      <c r="S112" s="442"/>
+      <c r="N112" s="404"/>
+      <c r="O112" s="405"/>
+      <c r="P112" s="405"/>
+      <c r="Q112" s="405"/>
+      <c r="R112" s="405"/>
+      <c r="S112" s="406"/>
       <c r="T112" s="184"/>
       <c r="U112" s="155"/>
-      <c r="V112" s="511"/>
-[...7 lines deleted...]
-      <c r="AD112" s="511"/>
+      <c r="V112" s="578"/>
+      <c r="W112" s="578"/>
+      <c r="X112" s="578"/>
+      <c r="Y112" s="578"/>
+      <c r="Z112" s="578"/>
+      <c r="AA112" s="578"/>
+      <c r="AB112" s="578"/>
+      <c r="AC112" s="578"/>
+      <c r="AD112" s="578"/>
       <c r="AE112" s="155"/>
       <c r="AF112" s="155"/>
       <c r="AG112" s="155"/>
     </row>
     <row r="113" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A113" s="9"/>
       <c r="B113" s="9"/>
       <c r="C113" s="9"/>
       <c r="D113" s="9"/>
       <c r="E113" s="9"/>
       <c r="F113" s="9"/>
       <c r="G113" s="9"/>
       <c r="H113" s="9"/>
       <c r="I113" s="9"/>
       <c r="J113" s="9"/>
       <c r="K113" s="184"/>
       <c r="L113" s="184"/>
       <c r="M113" s="184"/>
-      <c r="N113" s="440"/>
-[...4 lines deleted...]
-      <c r="S113" s="442"/>
+      <c r="N113" s="404"/>
+      <c r="O113" s="405"/>
+      <c r="P113" s="405"/>
+      <c r="Q113" s="405"/>
+      <c r="R113" s="405"/>
+      <c r="S113" s="406"/>
       <c r="T113" s="184"/>
       <c r="U113" s="155"/>
-      <c r="V113" s="511"/>
-[...7 lines deleted...]
-      <c r="AD113" s="511"/>
+      <c r="V113" s="578"/>
+      <c r="W113" s="578"/>
+      <c r="X113" s="578"/>
+      <c r="Y113" s="578"/>
+      <c r="Z113" s="578"/>
+      <c r="AA113" s="578"/>
+      <c r="AB113" s="578"/>
+      <c r="AC113" s="578"/>
+      <c r="AD113" s="578"/>
       <c r="AE113" s="155"/>
       <c r="AF113" s="155"/>
       <c r="AG113" s="155"/>
     </row>
     <row r="114" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A114" s="509" t="s">
+      <c r="A114" s="411" t="s">
         <v>333</v>
       </c>
-      <c r="B114" s="509"/>
-[...7 lines deleted...]
-      <c r="J114" s="460"/>
+      <c r="B114" s="411"/>
+      <c r="C114" s="411"/>
+      <c r="D114" s="411"/>
+      <c r="E114" s="541"/>
+      <c r="F114" s="542"/>
+      <c r="G114" s="542"/>
+      <c r="H114" s="542"/>
+      <c r="I114" s="542"/>
+      <c r="J114" s="543"/>
       <c r="K114" s="184"/>
       <c r="L114" s="184"/>
       <c r="M114" s="184"/>
-      <c r="N114" s="440"/>
-[...4 lines deleted...]
-      <c r="S114" s="442"/>
+      <c r="N114" s="404"/>
+      <c r="O114" s="405"/>
+      <c r="P114" s="405"/>
+      <c r="Q114" s="405"/>
+      <c r="R114" s="405"/>
+      <c r="S114" s="406"/>
       <c r="T114" s="184"/>
       <c r="U114" s="155"/>
       <c r="V114" s="155"/>
       <c r="W114" s="155"/>
       <c r="X114" s="155"/>
       <c r="Y114" s="155"/>
       <c r="Z114" s="155"/>
       <c r="AA114" s="155"/>
       <c r="AB114" s="155"/>
       <c r="AC114" s="155"/>
       <c r="AD114" s="155"/>
       <c r="AE114" s="155"/>
       <c r="AF114" s="155"/>
       <c r="AG114" s="155"/>
     </row>
     <row r="115" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A115" s="509" t="s">
+      <c r="A115" s="411" t="s">
         <v>334</v>
       </c>
-      <c r="B115" s="509"/>
-[...7 lines deleted...]
-      <c r="J115" s="460"/>
+      <c r="B115" s="411"/>
+      <c r="C115" s="411"/>
+      <c r="D115" s="411"/>
+      <c r="E115" s="541"/>
+      <c r="F115" s="542"/>
+      <c r="G115" s="542"/>
+      <c r="H115" s="542"/>
+      <c r="I115" s="542"/>
+      <c r="J115" s="543"/>
       <c r="K115" s="184"/>
       <c r="L115" s="184"/>
       <c r="M115" s="184"/>
-      <c r="N115" s="443"/>
-[...4 lines deleted...]
-      <c r="S115" s="445"/>
+      <c r="N115" s="407"/>
+      <c r="O115" s="408"/>
+      <c r="P115" s="408"/>
+      <c r="Q115" s="408"/>
+      <c r="R115" s="408"/>
+      <c r="S115" s="409"/>
       <c r="T115" s="184"/>
       <c r="U115" s="155"/>
       <c r="V115" s="155"/>
       <c r="W115" s="155"/>
       <c r="X115" s="155"/>
       <c r="Y115" s="155"/>
       <c r="Z115" s="155"/>
       <c r="AA115" s="155"/>
       <c r="AB115" s="155"/>
       <c r="AC115" s="155"/>
       <c r="AD115" s="155"/>
       <c r="AE115" s="155"/>
       <c r="AF115" s="155"/>
       <c r="AG115" s="155"/>
     </row>
     <row r="116" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A116" s="9"/>
       <c r="B116" s="9"/>
       <c r="C116" s="9"/>
       <c r="D116" s="9"/>
       <c r="E116" s="9"/>
       <c r="F116" s="9"/>
       <c r="G116" s="9"/>
       <c r="H116" s="9"/>
       <c r="I116" s="9"/>
       <c r="J116" s="9"/>
       <c r="K116" s="184"/>
       <c r="L116" s="184"/>
       <c r="M116" s="184"/>
       <c r="N116" s="184"/>
       <c r="O116" s="184"/>
       <c r="P116" s="184"/>
       <c r="Q116" s="184"/>
       <c r="R116" s="184"/>
       <c r="S116" s="184"/>
       <c r="T116" s="184"/>
       <c r="U116" s="155"/>
-      <c r="V116" s="511"/>
-[...8 lines deleted...]
-      <c r="AE116" s="511"/>
+      <c r="V116" s="578"/>
+      <c r="W116" s="578"/>
+      <c r="X116" s="578"/>
+      <c r="Y116" s="578"/>
+      <c r="Z116" s="578"/>
+      <c r="AA116" s="578"/>
+      <c r="AB116" s="578"/>
+      <c r="AC116" s="578"/>
+      <c r="AD116" s="578"/>
+      <c r="AE116" s="578"/>
       <c r="AF116" s="155"/>
       <c r="AG116" s="155"/>
     </row>
     <row r="117" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A117" s="491" t="s">
+      <c r="A117" s="410" t="s">
         <v>335</v>
       </c>
-      <c r="B117" s="491"/>
-[...7 lines deleted...]
-      <c r="J117" s="491"/>
+      <c r="B117" s="410"/>
+      <c r="C117" s="410"/>
+      <c r="D117" s="410"/>
+      <c r="E117" s="410"/>
+      <c r="F117" s="410"/>
+      <c r="G117" s="410"/>
+      <c r="H117" s="410"/>
+      <c r="I117" s="410"/>
+      <c r="J117" s="410"/>
       <c r="K117" s="184"/>
       <c r="L117" s="184"/>
       <c r="M117" s="184"/>
       <c r="N117" s="184"/>
       <c r="O117" s="184"/>
       <c r="P117" s="184"/>
       <c r="Q117" s="184"/>
       <c r="R117" s="184"/>
       <c r="S117" s="184"/>
       <c r="T117" s="184"/>
       <c r="U117" s="155"/>
-      <c r="V117" s="511"/>
-[...8 lines deleted...]
-      <c r="AE117" s="511"/>
+      <c r="V117" s="578"/>
+      <c r="W117" s="578"/>
+      <c r="X117" s="578"/>
+      <c r="Y117" s="578"/>
+      <c r="Z117" s="578"/>
+      <c r="AA117" s="578"/>
+      <c r="AB117" s="578"/>
+      <c r="AC117" s="578"/>
+      <c r="AD117" s="578"/>
+      <c r="AE117" s="578"/>
       <c r="AF117" s="155"/>
       <c r="AG117" s="155"/>
     </row>
     <row r="118" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A118" s="9"/>
       <c r="B118" s="9"/>
       <c r="C118" s="9"/>
       <c r="D118" s="9"/>
       <c r="E118" s="9"/>
       <c r="F118" s="9"/>
       <c r="G118" s="9"/>
       <c r="H118" s="9"/>
       <c r="I118" s="9"/>
       <c r="J118" s="9"/>
       <c r="K118" s="184"/>
       <c r="L118" s="184"/>
       <c r="M118" s="184"/>
       <c r="N118" s="184"/>
       <c r="O118" s="184"/>
       <c r="P118" s="184"/>
       <c r="Q118" s="184"/>
       <c r="R118" s="184"/>
       <c r="S118" s="184"/>
       <c r="T118" s="184"/>
       <c r="U118" s="155"/>
       <c r="V118" s="155"/>
       <c r="W118" s="155"/>
       <c r="X118" s="155"/>
       <c r="Y118" s="155"/>
       <c r="Z118" s="155"/>
       <c r="AA118" s="155"/>
       <c r="AB118" s="155"/>
       <c r="AC118" s="155"/>
       <c r="AD118" s="155"/>
       <c r="AE118" s="155"/>
       <c r="AF118" s="155"/>
       <c r="AG118" s="155"/>
     </row>
     <row r="119" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="449" t="s">
+      <c r="A119" s="645" t="s">
         <v>336</v>
       </c>
-      <c r="B119" s="449"/>
-[...7 lines deleted...]
-      <c r="J119" s="460"/>
+      <c r="B119" s="645"/>
+      <c r="C119" s="645"/>
+      <c r="D119" s="645"/>
+      <c r="E119" s="541"/>
+      <c r="F119" s="542"/>
+      <c r="G119" s="542"/>
+      <c r="H119" s="542"/>
+      <c r="I119" s="542"/>
+      <c r="J119" s="543"/>
       <c r="K119" s="184"/>
       <c r="L119" s="184"/>
       <c r="M119" s="184"/>
-      <c r="N119" s="517"/>
-[...4 lines deleted...]
-      <c r="S119" s="519"/>
+      <c r="N119" s="626"/>
+      <c r="O119" s="627"/>
+      <c r="P119" s="627"/>
+      <c r="Q119" s="627"/>
+      <c r="R119" s="627"/>
+      <c r="S119" s="628"/>
       <c r="T119" s="184"/>
       <c r="U119" s="155"/>
       <c r="V119" s="155"/>
       <c r="W119" s="155"/>
       <c r="X119" s="155"/>
       <c r="Y119" s="155"/>
       <c r="Z119" s="155"/>
       <c r="AA119" s="155"/>
       <c r="AB119" s="155"/>
       <c r="AC119" s="155"/>
       <c r="AD119" s="155"/>
       <c r="AE119" s="155"/>
       <c r="AF119" s="155"/>
       <c r="AG119" s="155"/>
     </row>
     <row r="120" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A120" s="9"/>
-      <c r="B120" s="461" t="str">
+      <c r="B120" s="450" t="str">
         <f>IF(OR(CHECKING!$D$35="",CHECKING!$D$35="- select -"),"",IF(OR(CHECKING!$D$35="United Kingdom",CHECKING!$D$35="UK"),"","Applicant can only apply for an extension from within the UK"))</f>
         <v/>
       </c>
-      <c r="C120" s="461"/>
-[...5 lines deleted...]
-      <c r="I120" s="461"/>
+      <c r="C120" s="450"/>
+      <c r="D120" s="450"/>
+      <c r="E120" s="450"/>
+      <c r="F120" s="450"/>
+      <c r="G120" s="450"/>
+      <c r="H120" s="450"/>
+      <c r="I120" s="450"/>
       <c r="J120" s="78"/>
       <c r="K120" s="184"/>
       <c r="L120" s="184"/>
       <c r="M120" s="184"/>
       <c r="N120" s="184"/>
       <c r="O120" s="184"/>
       <c r="P120" s="184"/>
       <c r="Q120" s="184"/>
       <c r="R120" s="184"/>
       <c r="S120" s="184"/>
       <c r="T120" s="184"/>
       <c r="U120" s="155"/>
       <c r="V120" s="162"/>
       <c r="W120" s="155"/>
       <c r="X120" s="155"/>
       <c r="Y120" s="155"/>
       <c r="Z120" s="155"/>
       <c r="AA120" s="155"/>
       <c r="AB120" s="155"/>
       <c r="AC120" s="155"/>
       <c r="AD120" s="155"/>
       <c r="AE120" s="155"/>
       <c r="AF120" s="155"/>
       <c r="AG120" s="155"/>
     </row>
     <row r="121" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A121" s="11" t="s">
         <v>369</v>
       </c>
       <c r="B121" s="9"/>
       <c r="C121" s="9"/>
       <c r="D121" s="9"/>
-      <c r="E121" s="724"/>
-[...4 lines deleted...]
-      <c r="J121" s="726"/>
+      <c r="E121" s="398"/>
+      <c r="F121" s="399"/>
+      <c r="G121" s="399"/>
+      <c r="H121" s="399"/>
+      <c r="I121" s="399"/>
+      <c r="J121" s="400"/>
       <c r="K121" s="184"/>
       <c r="L121" s="184"/>
       <c r="M121" s="184"/>
-      <c r="N121" s="437"/>
-[...4 lines deleted...]
-      <c r="S121" s="439"/>
+      <c r="N121" s="401"/>
+      <c r="O121" s="402"/>
+      <c r="P121" s="402"/>
+      <c r="Q121" s="402"/>
+      <c r="R121" s="402"/>
+      <c r="S121" s="403"/>
       <c r="T121" s="184"/>
       <c r="U121" s="155"/>
       <c r="V121" s="155"/>
       <c r="W121" s="155"/>
       <c r="X121" s="155"/>
       <c r="Y121" s="155"/>
       <c r="Z121" s="155"/>
       <c r="AA121" s="155"/>
       <c r="AB121" s="155"/>
       <c r="AC121" s="155"/>
       <c r="AD121" s="155"/>
       <c r="AE121" s="155"/>
       <c r="AF121" s="155"/>
       <c r="AG121" s="155"/>
     </row>
     <row r="122" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="79"/>
       <c r="B122" s="79"/>
       <c r="C122" s="79"/>
       <c r="D122" s="80"/>
-      <c r="E122" s="524"/>
-[...4 lines deleted...]
-      <c r="J122" s="526"/>
+      <c r="E122" s="395"/>
+      <c r="F122" s="396"/>
+      <c r="G122" s="396"/>
+      <c r="H122" s="396"/>
+      <c r="I122" s="396"/>
+      <c r="J122" s="397"/>
       <c r="K122" s="184"/>
       <c r="L122" s="184"/>
       <c r="M122" s="184"/>
-      <c r="N122" s="440"/>
-[...4 lines deleted...]
-      <c r="S122" s="442"/>
+      <c r="N122" s="404"/>
+      <c r="O122" s="405"/>
+      <c r="P122" s="405"/>
+      <c r="Q122" s="405"/>
+      <c r="R122" s="405"/>
+      <c r="S122" s="406"/>
       <c r="T122" s="184"/>
       <c r="U122" s="155"/>
-      <c r="V122" s="511"/>
-[...8 lines deleted...]
-      <c r="AE122" s="511"/>
+      <c r="V122" s="578"/>
+      <c r="W122" s="578"/>
+      <c r="X122" s="578"/>
+      <c r="Y122" s="578"/>
+      <c r="Z122" s="578"/>
+      <c r="AA122" s="578"/>
+      <c r="AB122" s="578"/>
+      <c r="AC122" s="578"/>
+      <c r="AD122" s="578"/>
+      <c r="AE122" s="578"/>
       <c r="AF122" s="155"/>
       <c r="AG122" s="155"/>
     </row>
     <row r="123" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="79"/>
       <c r="B123" s="79"/>
       <c r="C123" s="79"/>
       <c r="D123" s="80"/>
-      <c r="E123" s="524"/>
-[...4 lines deleted...]
-      <c r="J123" s="526"/>
+      <c r="E123" s="395"/>
+      <c r="F123" s="396"/>
+      <c r="G123" s="396"/>
+      <c r="H123" s="396"/>
+      <c r="I123" s="396"/>
+      <c r="J123" s="397"/>
       <c r="K123" s="184"/>
       <c r="L123" s="184"/>
       <c r="M123" s="184"/>
-      <c r="N123" s="440"/>
-[...4 lines deleted...]
-      <c r="S123" s="442"/>
+      <c r="N123" s="404"/>
+      <c r="O123" s="405"/>
+      <c r="P123" s="405"/>
+      <c r="Q123" s="405"/>
+      <c r="R123" s="405"/>
+      <c r="S123" s="406"/>
       <c r="T123" s="184"/>
       <c r="U123" s="155"/>
-      <c r="V123" s="511"/>
-[...8 lines deleted...]
-      <c r="AE123" s="511"/>
+      <c r="V123" s="578"/>
+      <c r="W123" s="578"/>
+      <c r="X123" s="578"/>
+      <c r="Y123" s="578"/>
+      <c r="Z123" s="578"/>
+      <c r="AA123" s="578"/>
+      <c r="AB123" s="578"/>
+      <c r="AC123" s="578"/>
+      <c r="AD123" s="578"/>
+      <c r="AE123" s="578"/>
       <c r="AF123" s="155"/>
       <c r="AG123" s="155"/>
     </row>
     <row r="124" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="79" t="s">
         <v>370</v>
       </c>
       <c r="B124" s="79"/>
       <c r="C124" s="79"/>
       <c r="D124" s="9"/>
-      <c r="E124" s="621"/>
-[...4 lines deleted...]
-      <c r="J124" s="623"/>
+      <c r="E124" s="547"/>
+      <c r="F124" s="548"/>
+      <c r="G124" s="548"/>
+      <c r="H124" s="548"/>
+      <c r="I124" s="548"/>
+      <c r="J124" s="549"/>
       <c r="K124" s="184"/>
       <c r="L124" s="184"/>
       <c r="M124" s="184"/>
-      <c r="N124" s="440"/>
-[...4 lines deleted...]
-      <c r="S124" s="442"/>
+      <c r="N124" s="404"/>
+      <c r="O124" s="405"/>
+      <c r="P124" s="405"/>
+      <c r="Q124" s="405"/>
+      <c r="R124" s="405"/>
+      <c r="S124" s="406"/>
       <c r="T124" s="184"/>
       <c r="U124" s="155"/>
-      <c r="V124" s="511"/>
-[...8 lines deleted...]
-      <c r="AE124" s="511"/>
+      <c r="V124" s="578"/>
+      <c r="W124" s="578"/>
+      <c r="X124" s="578"/>
+      <c r="Y124" s="578"/>
+      <c r="Z124" s="578"/>
+      <c r="AA124" s="578"/>
+      <c r="AB124" s="578"/>
+      <c r="AC124" s="578"/>
+      <c r="AD124" s="578"/>
+      <c r="AE124" s="578"/>
       <c r="AF124" s="155"/>
       <c r="AG124" s="155"/>
     </row>
     <row r="125" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A125" s="11" t="s">
         <v>371</v>
       </c>
       <c r="B125" s="9"/>
       <c r="C125" s="9"/>
       <c r="D125" s="9"/>
-      <c r="E125" s="524"/>
-[...4 lines deleted...]
-      <c r="J125" s="526"/>
+      <c r="E125" s="395"/>
+      <c r="F125" s="396"/>
+      <c r="G125" s="396"/>
+      <c r="H125" s="396"/>
+      <c r="I125" s="396"/>
+      <c r="J125" s="397"/>
       <c r="K125" s="184"/>
       <c r="L125" s="184"/>
       <c r="M125" s="184"/>
-      <c r="N125" s="443"/>
-[...4 lines deleted...]
-      <c r="S125" s="445"/>
+      <c r="N125" s="407"/>
+      <c r="O125" s="408"/>
+      <c r="P125" s="408"/>
+      <c r="Q125" s="408"/>
+      <c r="R125" s="408"/>
+      <c r="S125" s="409"/>
       <c r="T125" s="184"/>
       <c r="U125" s="155"/>
-      <c r="V125" s="511"/>
-[...8 lines deleted...]
-      <c r="AE125" s="511"/>
+      <c r="V125" s="578"/>
+      <c r="W125" s="578"/>
+      <c r="X125" s="578"/>
+      <c r="Y125" s="578"/>
+      <c r="Z125" s="578"/>
+      <c r="AA125" s="578"/>
+      <c r="AB125" s="578"/>
+      <c r="AC125" s="578"/>
+      <c r="AD125" s="578"/>
+      <c r="AE125" s="578"/>
       <c r="AF125" s="155"/>
       <c r="AG125" s="155"/>
     </row>
     <row r="126" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A126" s="11" t="s">
         <v>385</v>
       </c>
       <c r="B126" s="9"/>
       <c r="C126" s="9"/>
       <c r="D126" s="9"/>
-      <c r="E126" s="718"/>
-[...4 lines deleted...]
-      <c r="J126" s="720"/>
+      <c r="E126" s="451"/>
+      <c r="F126" s="452"/>
+      <c r="G126" s="452"/>
+      <c r="H126" s="452"/>
+      <c r="I126" s="452"/>
+      <c r="J126" s="453"/>
       <c r="K126" s="184"/>
       <c r="L126" s="184"/>
       <c r="M126" s="184"/>
       <c r="N126" s="184"/>
       <c r="O126" s="184"/>
       <c r="P126" s="184"/>
       <c r="Q126" s="184"/>
       <c r="R126" s="184"/>
       <c r="S126" s="184"/>
       <c r="T126" s="184"/>
       <c r="U126" s="155"/>
       <c r="V126" s="161"/>
       <c r="W126" s="161"/>
       <c r="X126" s="161"/>
       <c r="Y126" s="161"/>
       <c r="Z126" s="161"/>
       <c r="AA126" s="161"/>
       <c r="AB126" s="161"/>
       <c r="AC126" s="161"/>
       <c r="AD126" s="161"/>
       <c r="AE126" s="161"/>
       <c r="AF126" s="155"/>
       <c r="AG126" s="155"/>
     </row>
     <row r="127" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A127" s="11" t="s">
         <v>337</v>
       </c>
       <c r="B127" s="9"/>
       <c r="C127" s="9"/>
       <c r="D127" s="9"/>
-      <c r="E127" s="489"/>
-[...4 lines deleted...]
-      <c r="J127" s="460"/>
+      <c r="E127" s="581"/>
+      <c r="F127" s="542"/>
+      <c r="G127" s="542"/>
+      <c r="H127" s="542"/>
+      <c r="I127" s="542"/>
+      <c r="J127" s="543"/>
       <c r="K127" s="184"/>
       <c r="L127" s="184"/>
       <c r="M127" s="184"/>
-      <c r="N127" s="517"/>
-[...4 lines deleted...]
-      <c r="S127" s="519"/>
+      <c r="N127" s="626"/>
+      <c r="O127" s="627"/>
+      <c r="P127" s="627"/>
+      <c r="Q127" s="627"/>
+      <c r="R127" s="627"/>
+      <c r="S127" s="628"/>
       <c r="T127" s="184"/>
       <c r="U127" s="155"/>
       <c r="V127" s="155"/>
       <c r="W127" s="159"/>
       <c r="X127" s="159"/>
       <c r="Y127" s="159"/>
       <c r="Z127" s="159"/>
       <c r="AA127" s="159"/>
       <c r="AB127" s="159"/>
       <c r="AC127" s="159"/>
       <c r="AD127" s="159"/>
       <c r="AE127" s="159"/>
       <c r="AF127" s="155"/>
       <c r="AG127" s="155"/>
     </row>
     <row r="128" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A128" s="9"/>
       <c r="B128" s="9"/>
       <c r="C128" s="81"/>
       <c r="D128" s="81"/>
-      <c r="E128" s="532" t="str">
+      <c r="E128" s="580" t="str">
         <f>IF($E$127&lt;&gt;"",IF(RIGHT($E$127,9)&lt;&gt;".ox.ac.uk","Please list Oxford email address",""),"")</f>
         <v/>
       </c>
-      <c r="F128" s="532"/>
-[...3 lines deleted...]
-      <c r="J128" s="532"/>
+      <c r="F128" s="580"/>
+      <c r="G128" s="580"/>
+      <c r="H128" s="580"/>
+      <c r="I128" s="580"/>
+      <c r="J128" s="580"/>
       <c r="K128" s="184"/>
       <c r="L128" s="184"/>
       <c r="M128" s="184"/>
       <c r="N128" s="184"/>
       <c r="O128" s="184"/>
       <c r="P128" s="184"/>
       <c r="Q128" s="184"/>
       <c r="R128" s="184"/>
       <c r="S128" s="184"/>
       <c r="T128" s="184"/>
       <c r="U128" s="155"/>
-      <c r="V128" s="511"/>
-[...8 lines deleted...]
-      <c r="AE128" s="511"/>
+      <c r="V128" s="578"/>
+      <c r="W128" s="578"/>
+      <c r="X128" s="578"/>
+      <c r="Y128" s="578"/>
+      <c r="Z128" s="578"/>
+      <c r="AA128" s="578"/>
+      <c r="AB128" s="578"/>
+      <c r="AC128" s="578"/>
+      <c r="AD128" s="578"/>
+      <c r="AE128" s="578"/>
       <c r="AF128" s="155"/>
       <c r="AG128" s="155"/>
     </row>
     <row r="129" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A129" s="9"/>
       <c r="B129" s="9"/>
       <c r="C129" s="81"/>
       <c r="D129" s="81"/>
       <c r="E129" s="332"/>
       <c r="F129" s="332"/>
       <c r="G129" s="332"/>
       <c r="H129" s="332"/>
       <c r="I129" s="332"/>
       <c r="J129" s="334" t="str">
         <f>IF(AND(E121&lt;&gt;"",E126=""),"please provide the applicant's postcode","")</f>
         <v/>
       </c>
       <c r="K129" s="208"/>
       <c r="L129" s="208"/>
       <c r="M129" s="208"/>
       <c r="N129" s="208"/>
       <c r="O129" s="208"/>
       <c r="P129" s="208"/>
       <c r="Q129" s="208"/>
       <c r="R129" s="208"/>
       <c r="S129" s="208"/>
       <c r="T129" s="208"/>
       <c r="U129" s="155"/>
-      <c r="V129" s="511"/>
-[...8 lines deleted...]
-      <c r="AE129" s="511"/>
+      <c r="V129" s="578"/>
+      <c r="W129" s="578"/>
+      <c r="X129" s="578"/>
+      <c r="Y129" s="578"/>
+      <c r="Z129" s="578"/>
+      <c r="AA129" s="578"/>
+      <c r="AB129" s="578"/>
+      <c r="AC129" s="578"/>
+      <c r="AD129" s="578"/>
+      <c r="AE129" s="578"/>
       <c r="AF129" s="155"/>
       <c r="AG129" s="155"/>
     </row>
     <row r="130" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="491" t="s">
-[...10 lines deleted...]
-      <c r="J130" s="491"/>
+      <c r="A130" s="410" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B130" s="410"/>
+      <c r="C130" s="410"/>
+      <c r="D130" s="410"/>
+      <c r="E130" s="410"/>
+      <c r="F130" s="410"/>
+      <c r="G130" s="410"/>
+      <c r="H130" s="410"/>
+      <c r="I130" s="410"/>
+      <c r="J130" s="410"/>
       <c r="K130" s="208"/>
       <c r="L130" s="208"/>
       <c r="M130" s="208"/>
       <c r="N130" s="208"/>
       <c r="O130" s="208"/>
       <c r="P130" s="208"/>
       <c r="Q130" s="208"/>
       <c r="R130" s="208"/>
       <c r="S130" s="208"/>
       <c r="T130" s="208"/>
       <c r="U130" s="155"/>
-      <c r="V130" s="511"/>
-[...8 lines deleted...]
-      <c r="AE130" s="511"/>
+      <c r="V130" s="578"/>
+      <c r="W130" s="578"/>
+      <c r="X130" s="578"/>
+      <c r="Y130" s="578"/>
+      <c r="Z130" s="578"/>
+      <c r="AA130" s="578"/>
+      <c r="AB130" s="578"/>
+      <c r="AC130" s="578"/>
+      <c r="AD130" s="578"/>
+      <c r="AE130" s="578"/>
       <c r="AF130" s="155"/>
       <c r="AG130" s="155"/>
     </row>
     <row r="131" spans="1:33" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A131" s="398" t="s">
-[...10 lines deleted...]
-      <c r="J131" s="705" t="s">
+      <c r="A131" s="426" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B131" s="426"/>
+      <c r="C131" s="426"/>
+      <c r="D131" s="426"/>
+      <c r="E131" s="426"/>
+      <c r="F131" s="426"/>
+      <c r="G131" s="426"/>
+      <c r="H131" s="426"/>
+      <c r="I131" s="426"/>
+      <c r="J131" s="427" t="s">
         <v>195</v>
       </c>
       <c r="K131" s="208"/>
       <c r="L131" s="208"/>
       <c r="M131" s="208"/>
-      <c r="N131" s="465"/>
-[...4 lines deleted...]
-      <c r="S131" s="467"/>
+      <c r="N131" s="432"/>
+      <c r="O131" s="433"/>
+      <c r="P131" s="433"/>
+      <c r="Q131" s="433"/>
+      <c r="R131" s="433"/>
+      <c r="S131" s="434"/>
       <c r="T131" s="208"/>
       <c r="U131" s="155"/>
-      <c r="V131" s="511"/>
-[...8 lines deleted...]
-      <c r="AE131" s="511"/>
+      <c r="V131" s="578"/>
+      <c r="W131" s="578"/>
+      <c r="X131" s="578"/>
+      <c r="Y131" s="578"/>
+      <c r="Z131" s="578"/>
+      <c r="AA131" s="578"/>
+      <c r="AB131" s="578"/>
+      <c r="AC131" s="578"/>
+      <c r="AD131" s="578"/>
+      <c r="AE131" s="578"/>
       <c r="AF131" s="155"/>
       <c r="AG131" s="155"/>
     </row>
     <row r="132" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="398"/>
-[...8 lines deleted...]
-      <c r="J132" s="706"/>
+      <c r="A132" s="426"/>
+      <c r="B132" s="426"/>
+      <c r="C132" s="426"/>
+      <c r="D132" s="426"/>
+      <c r="E132" s="426"/>
+      <c r="F132" s="426"/>
+      <c r="G132" s="426"/>
+      <c r="H132" s="426"/>
+      <c r="I132" s="426"/>
+      <c r="J132" s="428"/>
       <c r="K132" s="208"/>
       <c r="L132" s="208"/>
       <c r="M132" s="208"/>
-      <c r="N132" s="468"/>
-[...4 lines deleted...]
-      <c r="S132" s="470"/>
+      <c r="N132" s="435"/>
+      <c r="O132" s="436"/>
+      <c r="P132" s="436"/>
+      <c r="Q132" s="436"/>
+      <c r="R132" s="436"/>
+      <c r="S132" s="437"/>
       <c r="T132" s="208"/>
       <c r="U132" s="155"/>
-      <c r="V132" s="511"/>
-[...8 lines deleted...]
-      <c r="AE132" s="511"/>
+      <c r="V132" s="578"/>
+      <c r="W132" s="578"/>
+      <c r="X132" s="578"/>
+      <c r="Y132" s="578"/>
+      <c r="Z132" s="578"/>
+      <c r="AA132" s="578"/>
+      <c r="AB132" s="578"/>
+      <c r="AC132" s="578"/>
+      <c r="AD132" s="578"/>
+      <c r="AE132" s="578"/>
       <c r="AF132" s="155"/>
       <c r="AG132" s="155"/>
     </row>
     <row r="133" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A133" s="398"/>
-[...7 lines deleted...]
-      <c r="I133" s="398"/>
+      <c r="A133" s="426"/>
+      <c r="B133" s="426"/>
+      <c r="C133" s="426"/>
+      <c r="D133" s="426"/>
+      <c r="E133" s="426"/>
+      <c r="F133" s="426"/>
+      <c r="G133" s="426"/>
+      <c r="H133" s="426"/>
+      <c r="I133" s="426"/>
       <c r="J133" s="370"/>
       <c r="K133" s="208"/>
       <c r="L133" s="208"/>
       <c r="M133" s="208"/>
-      <c r="N133" s="468"/>
-[...4 lines deleted...]
-      <c r="S133" s="470"/>
+      <c r="N133" s="435"/>
+      <c r="O133" s="436"/>
+      <c r="P133" s="436"/>
+      <c r="Q133" s="436"/>
+      <c r="R133" s="436"/>
+      <c r="S133" s="437"/>
       <c r="T133" s="208"/>
       <c r="U133" s="155"/>
-      <c r="V133" s="511"/>
-[...8 lines deleted...]
-      <c r="AE133" s="511"/>
+      <c r="V133" s="578"/>
+      <c r="W133" s="578"/>
+      <c r="X133" s="578"/>
+      <c r="Y133" s="578"/>
+      <c r="Z133" s="578"/>
+      <c r="AA133" s="578"/>
+      <c r="AB133" s="578"/>
+      <c r="AC133" s="578"/>
+      <c r="AD133" s="578"/>
+      <c r="AE133" s="578"/>
       <c r="AF133" s="155"/>
       <c r="AG133" s="155"/>
     </row>
     <row r="134" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="398"/>
-[...7 lines deleted...]
-      <c r="I134" s="398"/>
+      <c r="A134" s="426"/>
+      <c r="B134" s="426"/>
+      <c r="C134" s="426"/>
+      <c r="D134" s="426"/>
+      <c r="E134" s="426"/>
+      <c r="F134" s="426"/>
+      <c r="G134" s="426"/>
+      <c r="H134" s="426"/>
+      <c r="I134" s="426"/>
       <c r="J134" s="370"/>
       <c r="K134" s="208"/>
       <c r="L134" s="208"/>
       <c r="M134" s="208"/>
-      <c r="N134" s="468"/>
-[...4 lines deleted...]
-      <c r="S134" s="470"/>
+      <c r="N134" s="435"/>
+      <c r="O134" s="436"/>
+      <c r="P134" s="436"/>
+      <c r="Q134" s="436"/>
+      <c r="R134" s="436"/>
+      <c r="S134" s="437"/>
       <c r="T134" s="208"/>
       <c r="U134" s="155"/>
-      <c r="V134" s="511"/>
-[...8 lines deleted...]
-      <c r="AE134" s="511"/>
+      <c r="V134" s="578"/>
+      <c r="W134" s="578"/>
+      <c r="X134" s="578"/>
+      <c r="Y134" s="578"/>
+      <c r="Z134" s="578"/>
+      <c r="AA134" s="578"/>
+      <c r="AB134" s="578"/>
+      <c r="AC134" s="578"/>
+      <c r="AD134" s="578"/>
+      <c r="AE134" s="578"/>
       <c r="AF134" s="155"/>
       <c r="AG134" s="155"/>
     </row>
     <row r="135" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="588" t="s">
-[...9 lines deleted...]
-      <c r="I135" s="588"/>
+      <c r="A135" s="429" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B135" s="429"/>
+      <c r="C135" s="429"/>
+      <c r="D135" s="429"/>
+      <c r="E135" s="429"/>
+      <c r="F135" s="429"/>
+      <c r="G135" s="429"/>
+      <c r="H135" s="429"/>
+      <c r="I135" s="429"/>
       <c r="J135" s="371" t="s">
         <v>195</v>
       </c>
       <c r="K135" s="208"/>
       <c r="L135" s="208"/>
       <c r="M135" s="208"/>
-      <c r="N135" s="468"/>
-[...4 lines deleted...]
-      <c r="S135" s="470"/>
+      <c r="N135" s="435"/>
+      <c r="O135" s="436"/>
+      <c r="P135" s="436"/>
+      <c r="Q135" s="436"/>
+      <c r="R135" s="436"/>
+      <c r="S135" s="437"/>
       <c r="T135" s="208"/>
       <c r="U135" s="155"/>
-      <c r="V135" s="511"/>
-[...8 lines deleted...]
-      <c r="AE135" s="511"/>
+      <c r="V135" s="578"/>
+      <c r="W135" s="578"/>
+      <c r="X135" s="578"/>
+      <c r="Y135" s="578"/>
+      <c r="Z135" s="578"/>
+      <c r="AA135" s="578"/>
+      <c r="AB135" s="578"/>
+      <c r="AC135" s="578"/>
+      <c r="AD135" s="578"/>
+      <c r="AE135" s="578"/>
       <c r="AF135" s="155"/>
       <c r="AG135" s="155"/>
     </row>
     <row r="136" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A136" s="588"/>
-[...8 lines deleted...]
-      <c r="J136" s="707"/>
+      <c r="A136" s="429"/>
+      <c r="B136" s="429"/>
+      <c r="C136" s="429"/>
+      <c r="D136" s="429"/>
+      <c r="E136" s="429"/>
+      <c r="F136" s="429"/>
+      <c r="G136" s="429"/>
+      <c r="H136" s="429"/>
+      <c r="I136" s="429"/>
+      <c r="J136" s="430"/>
       <c r="K136" s="208"/>
       <c r="L136" s="208"/>
       <c r="M136" s="208"/>
-      <c r="N136" s="468"/>
-[...4 lines deleted...]
-      <c r="S136" s="470"/>
+      <c r="N136" s="435"/>
+      <c r="O136" s="436"/>
+      <c r="P136" s="436"/>
+      <c r="Q136" s="436"/>
+      <c r="R136" s="436"/>
+      <c r="S136" s="437"/>
       <c r="T136" s="208"/>
       <c r="U136" s="155"/>
-      <c r="V136" s="511"/>
-[...8 lines deleted...]
-      <c r="AE136" s="511"/>
+      <c r="V136" s="578"/>
+      <c r="W136" s="578"/>
+      <c r="X136" s="578"/>
+      <c r="Y136" s="578"/>
+      <c r="Z136" s="578"/>
+      <c r="AA136" s="578"/>
+      <c r="AB136" s="578"/>
+      <c r="AC136" s="578"/>
+      <c r="AD136" s="578"/>
+      <c r="AE136" s="578"/>
       <c r="AF136" s="155"/>
       <c r="AG136" s="155"/>
     </row>
     <row r="137" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="588"/>
-[...8 lines deleted...]
-      <c r="J137" s="708"/>
+      <c r="A137" s="429"/>
+      <c r="B137" s="429"/>
+      <c r="C137" s="429"/>
+      <c r="D137" s="429"/>
+      <c r="E137" s="429"/>
+      <c r="F137" s="429"/>
+      <c r="G137" s="429"/>
+      <c r="H137" s="429"/>
+      <c r="I137" s="429"/>
+      <c r="J137" s="431"/>
       <c r="K137" s="208"/>
       <c r="L137" s="208"/>
       <c r="M137" s="208"/>
-      <c r="N137" s="468"/>
-[...4 lines deleted...]
-      <c r="S137" s="470"/>
+      <c r="N137" s="435"/>
+      <c r="O137" s="436"/>
+      <c r="P137" s="436"/>
+      <c r="Q137" s="436"/>
+      <c r="R137" s="436"/>
+      <c r="S137" s="437"/>
       <c r="T137" s="208"/>
       <c r="U137" s="155"/>
-      <c r="V137" s="511"/>
-[...8 lines deleted...]
-      <c r="AE137" s="511"/>
+      <c r="V137" s="578"/>
+      <c r="W137" s="578"/>
+      <c r="X137" s="578"/>
+      <c r="Y137" s="578"/>
+      <c r="Z137" s="578"/>
+      <c r="AA137" s="578"/>
+      <c r="AB137" s="578"/>
+      <c r="AC137" s="578"/>
+      <c r="AD137" s="578"/>
+      <c r="AE137" s="578"/>
       <c r="AF137" s="155"/>
       <c r="AG137" s="155"/>
     </row>
     <row r="138" spans="1:33" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A138" s="588"/>
-[...7 lines deleted...]
-      <c r="I138" s="588"/>
+      <c r="A138" s="429"/>
+      <c r="B138" s="429"/>
+      <c r="C138" s="429"/>
+      <c r="D138" s="429"/>
+      <c r="E138" s="429"/>
+      <c r="F138" s="429"/>
+      <c r="G138" s="429"/>
+      <c r="H138" s="429"/>
+      <c r="I138" s="429"/>
       <c r="J138" s="372" t="str">
         <f>IF(AND($J$135="Yes",$J$136=""),"enter no. of kids","")</f>
         <v/>
       </c>
       <c r="K138" s="208"/>
       <c r="L138" s="208"/>
       <c r="M138" s="208"/>
-      <c r="N138" s="471"/>
-[...4 lines deleted...]
-      <c r="S138" s="473"/>
+      <c r="N138" s="438"/>
+      <c r="O138" s="439"/>
+      <c r="P138" s="439"/>
+      <c r="Q138" s="439"/>
+      <c r="R138" s="439"/>
+      <c r="S138" s="440"/>
       <c r="T138" s="208"/>
       <c r="U138" s="155"/>
-      <c r="V138" s="511"/>
-[...8 lines deleted...]
-      <c r="AE138" s="511"/>
+      <c r="V138" s="578"/>
+      <c r="W138" s="578"/>
+      <c r="X138" s="578"/>
+      <c r="Y138" s="578"/>
+      <c r="Z138" s="578"/>
+      <c r="AA138" s="578"/>
+      <c r="AB138" s="578"/>
+      <c r="AC138" s="578"/>
+      <c r="AD138" s="578"/>
+      <c r="AE138" s="578"/>
       <c r="AF138" s="155"/>
       <c r="AG138" s="155"/>
     </row>
     <row r="139" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A139" s="491" t="s">
+      <c r="A139" s="410" t="s">
         <v>338</v>
       </c>
-      <c r="B139" s="491"/>
-[...7 lines deleted...]
-      <c r="J139" s="491"/>
+      <c r="B139" s="410"/>
+      <c r="C139" s="410"/>
+      <c r="D139" s="410"/>
+      <c r="E139" s="410"/>
+      <c r="F139" s="410"/>
+      <c r="G139" s="410"/>
+      <c r="H139" s="410"/>
+      <c r="I139" s="410"/>
+      <c r="J139" s="410"/>
       <c r="K139" s="184"/>
       <c r="L139" s="184"/>
       <c r="M139" s="184"/>
       <c r="N139" s="184"/>
       <c r="O139" s="184"/>
       <c r="P139" s="184"/>
       <c r="Q139" s="184"/>
       <c r="R139" s="184"/>
       <c r="S139" s="184"/>
       <c r="T139" s="184"/>
       <c r="U139" s="155"/>
-      <c r="V139" s="511"/>
-[...8 lines deleted...]
-      <c r="AE139" s="511"/>
+      <c r="V139" s="578"/>
+      <c r="W139" s="578"/>
+      <c r="X139" s="578"/>
+      <c r="Y139" s="578"/>
+      <c r="Z139" s="578"/>
+      <c r="AA139" s="578"/>
+      <c r="AB139" s="578"/>
+      <c r="AC139" s="578"/>
+      <c r="AD139" s="578"/>
+      <c r="AE139" s="578"/>
       <c r="AF139" s="155"/>
       <c r="AG139" s="155"/>
     </row>
     <row r="140" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A140" s="9"/>
       <c r="B140" s="9"/>
       <c r="C140" s="9"/>
       <c r="D140" s="9"/>
       <c r="E140" s="9"/>
       <c r="F140" s="9"/>
       <c r="G140" s="9"/>
       <c r="H140" s="9"/>
       <c r="I140" s="9"/>
       <c r="J140" s="9"/>
       <c r="K140" s="184"/>
       <c r="L140" s="184"/>
       <c r="M140" s="184"/>
       <c r="N140" s="184"/>
       <c r="O140" s="184"/>
       <c r="P140" s="184"/>
       <c r="Q140" s="184"/>
       <c r="R140" s="184"/>
       <c r="S140" s="184"/>
       <c r="T140" s="184"/>
       <c r="U140" s="155"/>
-      <c r="V140" s="511"/>
-[...8 lines deleted...]
-      <c r="AE140" s="511"/>
+      <c r="V140" s="578"/>
+      <c r="W140" s="578"/>
+      <c r="X140" s="578"/>
+      <c r="Y140" s="578"/>
+      <c r="Z140" s="578"/>
+      <c r="AA140" s="578"/>
+      <c r="AB140" s="578"/>
+      <c r="AC140" s="578"/>
+      <c r="AD140" s="578"/>
+      <c r="AE140" s="578"/>
       <c r="AF140" s="155"/>
       <c r="AG140" s="155"/>
     </row>
     <row r="141" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A141" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B141" s="9"/>
       <c r="C141" s="9"/>
       <c r="D141" s="9"/>
       <c r="E141" s="9"/>
-      <c r="F141" s="512"/>
-[...2 lines deleted...]
-      <c r="I141" s="514"/>
+      <c r="F141" s="544"/>
+      <c r="G141" s="545"/>
+      <c r="H141" s="545"/>
+      <c r="I141" s="546"/>
       <c r="J141" s="9"/>
       <c r="K141" s="184"/>
       <c r="L141" s="184"/>
       <c r="M141" s="184"/>
-      <c r="N141" s="517"/>
-[...4 lines deleted...]
-      <c r="S141" s="519"/>
+      <c r="N141" s="626"/>
+      <c r="O141" s="627"/>
+      <c r="P141" s="627"/>
+      <c r="Q141" s="627"/>
+      <c r="R141" s="627"/>
+      <c r="S141" s="628"/>
       <c r="T141" s="184"/>
       <c r="U141" s="155"/>
       <c r="V141" s="155"/>
       <c r="W141" s="159"/>
       <c r="X141" s="159"/>
       <c r="Y141" s="159"/>
       <c r="Z141" s="159"/>
       <c r="AA141" s="159"/>
       <c r="AB141" s="159"/>
       <c r="AC141" s="159"/>
       <c r="AD141" s="159"/>
       <c r="AE141" s="159"/>
       <c r="AF141" s="155"/>
       <c r="AG141" s="155"/>
     </row>
     <row r="142" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>339</v>
       </c>
       <c r="B142" s="9"/>
       <c r="C142" s="9"/>
       <c r="D142" s="9"/>
       <c r="E142" s="9"/>
-      <c r="F142" s="512"/>
-[...2 lines deleted...]
-      <c r="I142" s="514"/>
+      <c r="F142" s="544"/>
+      <c r="G142" s="545"/>
+      <c r="H142" s="545"/>
+      <c r="I142" s="546"/>
       <c r="J142" s="9"/>
       <c r="K142" s="184"/>
       <c r="L142" s="184"/>
       <c r="M142" s="184"/>
       <c r="N142" s="184"/>
       <c r="O142" s="184"/>
       <c r="P142" s="184"/>
       <c r="Q142" s="184"/>
       <c r="R142" s="184"/>
       <c r="S142" s="184"/>
       <c r="T142" s="184"/>
       <c r="U142" s="155"/>
-      <c r="V142" s="511"/>
-[...8 lines deleted...]
-      <c r="AE142" s="511"/>
+      <c r="V142" s="578"/>
+      <c r="W142" s="578"/>
+      <c r="X142" s="578"/>
+      <c r="Y142" s="578"/>
+      <c r="Z142" s="578"/>
+      <c r="AA142" s="578"/>
+      <c r="AB142" s="578"/>
+      <c r="AC142" s="578"/>
+      <c r="AD142" s="578"/>
+      <c r="AE142" s="578"/>
       <c r="AF142" s="155"/>
       <c r="AG142" s="155"/>
     </row>
     <row r="143" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="9"/>
       <c r="B143" s="9"/>
       <c r="C143" s="82"/>
-      <c r="D143" s="631" t="str">
+      <c r="D143" s="558" t="str">
         <f>IF($F$141&lt;&gt;"",IF(OR(LEN(SUBSTITUTE($F$141," ",""))&lt;&gt;9,ISNUMBER(VALUE(LEFT($F$141,1))),ISNUMBER(VALUE(MID($F$141,2,1))),ISERROR(VALUE(MID(SUBSTITUTE($F$141," ",""),3,6))),ISNUMBER(VALUE(RIGHT($F$141,1)))),"National Insurance Numbers are in the format AB 12 34 56 C",""),"")</f>
         <v/>
       </c>
-      <c r="E143" s="631"/>
-[...4 lines deleted...]
-      <c r="J143" s="631"/>
+      <c r="E143" s="558"/>
+      <c r="F143" s="558"/>
+      <c r="G143" s="558"/>
+      <c r="H143" s="558"/>
+      <c r="I143" s="558"/>
+      <c r="J143" s="558"/>
       <c r="K143" s="184"/>
       <c r="L143" s="184"/>
       <c r="M143" s="184"/>
       <c r="N143" s="184"/>
       <c r="O143" s="184"/>
       <c r="P143" s="184"/>
       <c r="Q143" s="184"/>
       <c r="R143" s="184"/>
       <c r="S143" s="184"/>
       <c r="T143" s="184"/>
       <c r="U143" s="155"/>
-      <c r="V143" s="511"/>
-[...8 lines deleted...]
-      <c r="AE143" s="511"/>
+      <c r="V143" s="578"/>
+      <c r="W143" s="578"/>
+      <c r="X143" s="578"/>
+      <c r="Y143" s="578"/>
+      <c r="Z143" s="578"/>
+      <c r="AA143" s="578"/>
+      <c r="AB143" s="578"/>
+      <c r="AC143" s="578"/>
+      <c r="AD143" s="578"/>
+      <c r="AE143" s="578"/>
       <c r="AF143" s="155"/>
       <c r="AG143" s="155"/>
     </row>
     <row r="144" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A144" s="9"/>
       <c r="B144" s="9"/>
       <c r="C144" s="9"/>
       <c r="D144" s="9"/>
       <c r="E144" s="9"/>
       <c r="F144" s="9"/>
       <c r="G144" s="9"/>
       <c r="H144" s="9"/>
       <c r="I144" s="9"/>
       <c r="J144" s="9"/>
       <c r="K144" s="184"/>
       <c r="L144" s="184"/>
       <c r="M144" s="184"/>
       <c r="N144" s="184"/>
       <c r="O144" s="184"/>
       <c r="P144" s="184"/>
       <c r="Q144" s="184"/>
       <c r="R144" s="184"/>
       <c r="S144" s="184"/>
       <c r="T144" s="184"/>
       <c r="U144" s="155"/>
       <c r="V144" s="159"/>
       <c r="W144" s="159"/>
       <c r="X144" s="159"/>
       <c r="Y144" s="159"/>
       <c r="Z144" s="159"/>
       <c r="AA144" s="159"/>
       <c r="AB144" s="159"/>
       <c r="AC144" s="159"/>
       <c r="AD144" s="159"/>
       <c r="AE144" s="159"/>
       <c r="AF144" s="155"/>
       <c r="AG144" s="155"/>
     </row>
     <row r="145" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A145" s="452" t="s">
-[...10 lines deleted...]
-      <c r="J145" s="452"/>
+      <c r="A145" s="667" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B145" s="667"/>
+      <c r="C145" s="667"/>
+      <c r="D145" s="667"/>
+      <c r="E145" s="667"/>
+      <c r="F145" s="667"/>
+      <c r="G145" s="667"/>
+      <c r="H145" s="667"/>
+      <c r="I145" s="667"/>
+      <c r="J145" s="667"/>
       <c r="K145" s="208"/>
       <c r="L145" s="208"/>
       <c r="M145" s="208"/>
       <c r="N145" s="208"/>
       <c r="O145" s="208"/>
       <c r="P145" s="208"/>
       <c r="Q145" s="208"/>
       <c r="R145" s="208"/>
       <c r="S145" s="208"/>
       <c r="T145" s="208"/>
       <c r="U145" s="155"/>
       <c r="V145" s="159"/>
       <c r="W145" s="159"/>
       <c r="X145" s="159"/>
       <c r="Y145" s="159"/>
       <c r="Z145" s="159"/>
       <c r="AA145" s="159"/>
       <c r="AB145" s="159"/>
       <c r="AC145" s="159"/>
       <c r="AD145" s="159"/>
       <c r="AE145" s="159"/>
       <c r="AF145" s="155"/>
       <c r="AG145" s="155"/>
     </row>
     <row r="146" spans="1:33" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A146" s="563" t="s">
-[...10 lines deleted...]
-      <c r="J146" s="563"/>
+      <c r="A146" s="497" t="s">
+        <v>946</v>
+      </c>
+      <c r="B146" s="497"/>
+      <c r="C146" s="497"/>
+      <c r="D146" s="497"/>
+      <c r="E146" s="497"/>
+      <c r="F146" s="497"/>
+      <c r="G146" s="497"/>
+      <c r="H146" s="497"/>
+      <c r="I146" s="497"/>
+      <c r="J146" s="497"/>
       <c r="K146" s="208"/>
       <c r="L146" s="208"/>
       <c r="M146" s="208"/>
-      <c r="N146" s="662"/>
-[...4 lines deleted...]
-      <c r="S146" s="664"/>
+      <c r="N146" s="488"/>
+      <c r="O146" s="489"/>
+      <c r="P146" s="489"/>
+      <c r="Q146" s="489"/>
+      <c r="R146" s="489"/>
+      <c r="S146" s="490"/>
       <c r="T146" s="208"/>
       <c r="U146" s="155"/>
       <c r="V146" s="159"/>
       <c r="W146" s="159"/>
       <c r="X146" s="159"/>
       <c r="Y146" s="159"/>
       <c r="Z146" s="159"/>
       <c r="AA146" s="159"/>
       <c r="AB146" s="159"/>
       <c r="AC146" s="159"/>
       <c r="AD146" s="159"/>
       <c r="AE146" s="159"/>
       <c r="AF146" s="155"/>
       <c r="AG146" s="155"/>
     </row>
     <row r="147" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A147" s="563"/>
-[...8 lines deleted...]
-      <c r="J147" s="563"/>
+      <c r="A147" s="497"/>
+      <c r="B147" s="497"/>
+      <c r="C147" s="497"/>
+      <c r="D147" s="497"/>
+      <c r="E147" s="497"/>
+      <c r="F147" s="497"/>
+      <c r="G147" s="497"/>
+      <c r="H147" s="497"/>
+      <c r="I147" s="497"/>
+      <c r="J147" s="497"/>
       <c r="K147" s="208"/>
       <c r="L147" s="208"/>
       <c r="M147" s="208"/>
-      <c r="N147" s="665"/>
-[...4 lines deleted...]
-      <c r="S147" s="667"/>
+      <c r="N147" s="491"/>
+      <c r="O147" s="492"/>
+      <c r="P147" s="492"/>
+      <c r="Q147" s="492"/>
+      <c r="R147" s="492"/>
+      <c r="S147" s="493"/>
       <c r="T147" s="208"/>
       <c r="U147" s="155"/>
       <c r="V147" s="159"/>
       <c r="W147" s="159"/>
       <c r="X147" s="159"/>
       <c r="Y147" s="159"/>
       <c r="Z147" s="159"/>
       <c r="AA147" s="159"/>
       <c r="AB147" s="159"/>
       <c r="AC147" s="159"/>
       <c r="AD147" s="159"/>
       <c r="AE147" s="159"/>
       <c r="AF147" s="155"/>
       <c r="AG147" s="155"/>
     </row>
     <row r="148" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A148" s="563"/>
-[...8 lines deleted...]
-      <c r="J148" s="563"/>
+      <c r="A148" s="497"/>
+      <c r="B148" s="497"/>
+      <c r="C148" s="497"/>
+      <c r="D148" s="497"/>
+      <c r="E148" s="497"/>
+      <c r="F148" s="497"/>
+      <c r="G148" s="497"/>
+      <c r="H148" s="497"/>
+      <c r="I148" s="497"/>
+      <c r="J148" s="497"/>
       <c r="K148" s="208"/>
       <c r="L148" s="208"/>
       <c r="M148" s="208"/>
-      <c r="N148" s="665"/>
-[...4 lines deleted...]
-      <c r="S148" s="667"/>
+      <c r="N148" s="491"/>
+      <c r="O148" s="492"/>
+      <c r="P148" s="492"/>
+      <c r="Q148" s="492"/>
+      <c r="R148" s="492"/>
+      <c r="S148" s="493"/>
       <c r="T148" s="208"/>
       <c r="U148" s="155"/>
       <c r="V148" s="159"/>
       <c r="W148" s="159"/>
       <c r="X148" s="159"/>
       <c r="Y148" s="159"/>
       <c r="Z148" s="159"/>
       <c r="AA148" s="159"/>
       <c r="AB148" s="159"/>
       <c r="AC148" s="159"/>
       <c r="AD148" s="159"/>
       <c r="AE148" s="159"/>
       <c r="AF148" s="155"/>
       <c r="AG148" s="155"/>
     </row>
     <row r="149" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A149" s="563"/>
-[...8 lines deleted...]
-      <c r="J149" s="563"/>
+      <c r="A149" s="497"/>
+      <c r="B149" s="497"/>
+      <c r="C149" s="497"/>
+      <c r="D149" s="497"/>
+      <c r="E149" s="497"/>
+      <c r="F149" s="497"/>
+      <c r="G149" s="497"/>
+      <c r="H149" s="497"/>
+      <c r="I149" s="497"/>
+      <c r="J149" s="497"/>
       <c r="K149" s="208"/>
       <c r="L149" s="208"/>
       <c r="M149" s="208"/>
-      <c r="N149" s="665"/>
-[...4 lines deleted...]
-      <c r="S149" s="667"/>
+      <c r="N149" s="491"/>
+      <c r="O149" s="492"/>
+      <c r="P149" s="492"/>
+      <c r="Q149" s="492"/>
+      <c r="R149" s="492"/>
+      <c r="S149" s="493"/>
       <c r="T149" s="208"/>
       <c r="U149" s="155"/>
       <c r="V149" s="159"/>
       <c r="W149" s="159"/>
       <c r="X149" s="159"/>
       <c r="Y149" s="159"/>
       <c r="Z149" s="159"/>
       <c r="AA149" s="159"/>
       <c r="AB149" s="159"/>
       <c r="AC149" s="159"/>
       <c r="AD149" s="159"/>
       <c r="AE149" s="159"/>
       <c r="AF149" s="155"/>
       <c r="AG149" s="155"/>
     </row>
     <row r="150" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A150" s="563"/>
-[...8 lines deleted...]
-      <c r="J150" s="563"/>
+      <c r="A150" s="497"/>
+      <c r="B150" s="497"/>
+      <c r="C150" s="497"/>
+      <c r="D150" s="497"/>
+      <c r="E150" s="497"/>
+      <c r="F150" s="497"/>
+      <c r="G150" s="497"/>
+      <c r="H150" s="497"/>
+      <c r="I150" s="497"/>
+      <c r="J150" s="497"/>
       <c r="K150" s="208"/>
       <c r="L150" s="208"/>
       <c r="M150" s="208"/>
-      <c r="N150" s="665"/>
-[...4 lines deleted...]
-      <c r="S150" s="667"/>
+      <c r="N150" s="491"/>
+      <c r="O150" s="492"/>
+      <c r="P150" s="492"/>
+      <c r="Q150" s="492"/>
+      <c r="R150" s="492"/>
+      <c r="S150" s="493"/>
       <c r="T150" s="208"/>
       <c r="U150" s="155"/>
       <c r="V150" s="159"/>
       <c r="W150" s="159"/>
       <c r="X150" s="159"/>
       <c r="Y150" s="159"/>
       <c r="Z150" s="159"/>
       <c r="AA150" s="159"/>
       <c r="AB150" s="159"/>
       <c r="AC150" s="159"/>
       <c r="AD150" s="159"/>
       <c r="AE150" s="159"/>
       <c r="AF150" s="155"/>
       <c r="AG150" s="155"/>
     </row>
     <row r="151" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="269"/>
       <c r="B151" s="269"/>
       <c r="C151" s="269"/>
       <c r="D151" s="269"/>
       <c r="E151" s="269"/>
       <c r="F151" s="269"/>
       <c r="G151" s="269"/>
       <c r="H151" s="269"/>
       <c r="I151" s="269"/>
       <c r="J151" s="269"/>
       <c r="K151" s="208"/>
       <c r="L151" s="208"/>
       <c r="M151" s="208"/>
-      <c r="N151" s="665"/>
-[...4 lines deleted...]
-      <c r="S151" s="667"/>
+      <c r="N151" s="491"/>
+      <c r="O151" s="492"/>
+      <c r="P151" s="492"/>
+      <c r="Q151" s="492"/>
+      <c r="R151" s="492"/>
+      <c r="S151" s="493"/>
       <c r="T151" s="208"/>
       <c r="U151" s="155"/>
       <c r="V151" s="159"/>
       <c r="W151" s="159"/>
       <c r="X151" s="159"/>
       <c r="Y151" s="159"/>
       <c r="Z151" s="159"/>
       <c r="AA151" s="159"/>
       <c r="AB151" s="159"/>
       <c r="AC151" s="159"/>
       <c r="AD151" s="159"/>
       <c r="AE151" s="159"/>
       <c r="AF151" s="155"/>
       <c r="AG151" s="155"/>
     </row>
     <row r="152" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A152" s="588" t="s">
-[...10 lines deleted...]
-      <c r="J152" s="588"/>
+      <c r="A152" s="429" t="s">
+        <v>930</v>
+      </c>
+      <c r="B152" s="429"/>
+      <c r="C152" s="429"/>
+      <c r="D152" s="429"/>
+      <c r="E152" s="429"/>
+      <c r="F152" s="429"/>
+      <c r="G152" s="429"/>
+      <c r="H152" s="429"/>
+      <c r="I152" s="429"/>
+      <c r="J152" s="429"/>
       <c r="K152" s="208"/>
       <c r="L152" s="208"/>
       <c r="M152" s="208"/>
-      <c r="N152" s="665"/>
-[...4 lines deleted...]
-      <c r="S152" s="667"/>
+      <c r="N152" s="491"/>
+      <c r="O152" s="492"/>
+      <c r="P152" s="492"/>
+      <c r="Q152" s="492"/>
+      <c r="R152" s="492"/>
+      <c r="S152" s="493"/>
       <c r="T152" s="208"/>
       <c r="U152" s="155"/>
       <c r="V152" s="159"/>
       <c r="W152" s="159"/>
       <c r="X152" s="159"/>
       <c r="Y152" s="159"/>
       <c r="Z152" s="159"/>
       <c r="AA152" s="159"/>
       <c r="AB152" s="159"/>
       <c r="AC152" s="159"/>
       <c r="AD152" s="159"/>
       <c r="AE152" s="159"/>
       <c r="AF152" s="155"/>
       <c r="AG152" s="155"/>
     </row>
     <row r="153" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A153" s="588"/>
-[...8 lines deleted...]
-      <c r="J153" s="588"/>
+      <c r="A153" s="429"/>
+      <c r="B153" s="429"/>
+      <c r="C153" s="429"/>
+      <c r="D153" s="429"/>
+      <c r="E153" s="429"/>
+      <c r="F153" s="429"/>
+      <c r="G153" s="429"/>
+      <c r="H153" s="429"/>
+      <c r="I153" s="429"/>
+      <c r="J153" s="429"/>
       <c r="K153" s="208"/>
       <c r="L153" s="208"/>
       <c r="M153" s="208"/>
-      <c r="N153" s="665"/>
-[...4 lines deleted...]
-      <c r="S153" s="667"/>
+      <c r="N153" s="491"/>
+      <c r="O153" s="492"/>
+      <c r="P153" s="492"/>
+      <c r="Q153" s="492"/>
+      <c r="R153" s="492"/>
+      <c r="S153" s="493"/>
       <c r="T153" s="208"/>
       <c r="U153" s="155"/>
       <c r="V153" s="159"/>
       <c r="W153" s="159"/>
       <c r="X153" s="159"/>
       <c r="Y153" s="159"/>
       <c r="Z153" s="159"/>
       <c r="AA153" s="159"/>
       <c r="AB153" s="159"/>
       <c r="AC153" s="159"/>
       <c r="AD153" s="159"/>
       <c r="AE153" s="159"/>
       <c r="AF153" s="155"/>
       <c r="AG153" s="155"/>
     </row>
     <row r="154" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="588"/>
-[...8 lines deleted...]
-      <c r="J154" s="588"/>
+      <c r="A154" s="429"/>
+      <c r="B154" s="429"/>
+      <c r="C154" s="429"/>
+      <c r="D154" s="429"/>
+      <c r="E154" s="429"/>
+      <c r="F154" s="429"/>
+      <c r="G154" s="429"/>
+      <c r="H154" s="429"/>
+      <c r="I154" s="429"/>
+      <c r="J154" s="429"/>
       <c r="K154" s="208"/>
       <c r="L154" s="208"/>
       <c r="M154" s="208"/>
-      <c r="N154" s="665"/>
-[...4 lines deleted...]
-      <c r="S154" s="667"/>
+      <c r="N154" s="491"/>
+      <c r="O154" s="492"/>
+      <c r="P154" s="492"/>
+      <c r="Q154" s="492"/>
+      <c r="R154" s="492"/>
+      <c r="S154" s="493"/>
       <c r="T154" s="208"/>
       <c r="U154" s="155"/>
       <c r="V154" s="159"/>
       <c r="W154" s="159"/>
       <c r="X154" s="159"/>
       <c r="Y154" s="159"/>
       <c r="Z154" s="159"/>
       <c r="AA154" s="159"/>
       <c r="AB154" s="159"/>
       <c r="AC154" s="159"/>
       <c r="AD154" s="159"/>
       <c r="AE154" s="159"/>
       <c r="AF154" s="155"/>
       <c r="AG154" s="155"/>
     </row>
     <row r="155" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="588"/>
-[...8 lines deleted...]
-      <c r="J155" s="588"/>
+      <c r="A155" s="429"/>
+      <c r="B155" s="429"/>
+      <c r="C155" s="429"/>
+      <c r="D155" s="429"/>
+      <c r="E155" s="429"/>
+      <c r="F155" s="429"/>
+      <c r="G155" s="429"/>
+      <c r="H155" s="429"/>
+      <c r="I155" s="429"/>
+      <c r="J155" s="429"/>
       <c r="K155" s="208"/>
       <c r="L155" s="208"/>
       <c r="M155" s="208"/>
-      <c r="N155" s="665"/>
-[...4 lines deleted...]
-      <c r="S155" s="667"/>
+      <c r="N155" s="491"/>
+      <c r="O155" s="492"/>
+      <c r="P155" s="492"/>
+      <c r="Q155" s="492"/>
+      <c r="R155" s="492"/>
+      <c r="S155" s="493"/>
       <c r="T155" s="208"/>
       <c r="U155" s="155"/>
       <c r="V155" s="159"/>
       <c r="W155" s="159"/>
       <c r="X155" s="159"/>
       <c r="Y155" s="159"/>
       <c r="Z155" s="159"/>
       <c r="AA155" s="159"/>
       <c r="AB155" s="159"/>
       <c r="AC155" s="159"/>
       <c r="AD155" s="159"/>
       <c r="AE155" s="159"/>
       <c r="AF155" s="155"/>
       <c r="AG155" s="155"/>
     </row>
     <row r="156" spans="1:33" ht="10.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="269"/>
       <c r="B156" s="269"/>
       <c r="C156" s="269"/>
       <c r="D156" s="269"/>
       <c r="E156" s="269"/>
       <c r="F156" s="269"/>
       <c r="G156" s="269"/>
       <c r="H156" s="269"/>
       <c r="I156" s="269"/>
       <c r="J156" s="269"/>
       <c r="K156" s="208"/>
       <c r="L156" s="208"/>
       <c r="M156" s="208"/>
-      <c r="N156" s="665"/>
-[...4 lines deleted...]
-      <c r="S156" s="667"/>
+      <c r="N156" s="491"/>
+      <c r="O156" s="492"/>
+      <c r="P156" s="492"/>
+      <c r="Q156" s="492"/>
+      <c r="R156" s="492"/>
+      <c r="S156" s="493"/>
       <c r="T156" s="208"/>
       <c r="U156" s="155"/>
       <c r="V156" s="159"/>
       <c r="W156" s="159"/>
       <c r="X156" s="159"/>
       <c r="Y156" s="159"/>
       <c r="Z156" s="159"/>
       <c r="AA156" s="159"/>
       <c r="AB156" s="159"/>
       <c r="AC156" s="159"/>
       <c r="AD156" s="159"/>
       <c r="AE156" s="159"/>
       <c r="AF156" s="155"/>
       <c r="AG156" s="155"/>
     </row>
     <row r="157" spans="1:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A157" s="565" t="s">
-[...10 lines deleted...]
-      <c r="J157" s="565"/>
+      <c r="A157" s="498" t="s">
+        <v>931</v>
+      </c>
+      <c r="B157" s="498"/>
+      <c r="C157" s="498"/>
+      <c r="D157" s="498"/>
+      <c r="E157" s="498"/>
+      <c r="F157" s="498"/>
+      <c r="G157" s="498"/>
+      <c r="H157" s="498"/>
+      <c r="I157" s="498"/>
+      <c r="J157" s="498"/>
       <c r="K157" s="208"/>
       <c r="L157" s="208"/>
       <c r="M157" s="208"/>
-      <c r="N157" s="665"/>
-[...4 lines deleted...]
-      <c r="S157" s="667"/>
+      <c r="N157" s="491"/>
+      <c r="O157" s="492"/>
+      <c r="P157" s="492"/>
+      <c r="Q157" s="492"/>
+      <c r="R157" s="492"/>
+      <c r="S157" s="493"/>
       <c r="T157" s="208"/>
       <c r="U157" s="155"/>
       <c r="V157" s="159"/>
       <c r="W157" s="159"/>
       <c r="X157" s="159"/>
       <c r="Y157" s="159"/>
       <c r="Z157" s="159"/>
       <c r="AA157" s="159"/>
       <c r="AB157" s="159"/>
       <c r="AC157" s="159"/>
       <c r="AD157" s="159"/>
       <c r="AE157" s="159"/>
       <c r="AF157" s="155"/>
       <c r="AG157" s="155"/>
     </row>
     <row r="158" spans="1:33" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="671" t="s">
-[...8 lines deleted...]
-      <c r="H158" s="671"/>
+      <c r="A158" s="415" t="s">
+        <v>932</v>
+      </c>
+      <c r="B158" s="415"/>
+      <c r="C158" s="415"/>
+      <c r="D158" s="415"/>
+      <c r="E158" s="415"/>
+      <c r="F158" s="415"/>
+      <c r="G158" s="415"/>
+      <c r="H158" s="415"/>
       <c r="I158" s="306"/>
       <c r="J158" s="306"/>
       <c r="K158" s="208"/>
       <c r="L158" s="208"/>
       <c r="M158" s="208"/>
-      <c r="N158" s="665"/>
-[...4 lines deleted...]
-      <c r="S158" s="667"/>
+      <c r="N158" s="491"/>
+      <c r="O158" s="492"/>
+      <c r="P158" s="492"/>
+      <c r="Q158" s="492"/>
+      <c r="R158" s="492"/>
+      <c r="S158" s="493"/>
       <c r="T158" s="208"/>
       <c r="U158" s="155"/>
       <c r="V158" s="159"/>
       <c r="W158" s="159"/>
       <c r="X158" s="159"/>
       <c r="Y158" s="159"/>
       <c r="Z158" s="159"/>
       <c r="AA158" s="159"/>
       <c r="AB158" s="159"/>
       <c r="AC158" s="159"/>
       <c r="AD158" s="159"/>
       <c r="AE158" s="159"/>
       <c r="AF158" s="155"/>
       <c r="AG158" s="155"/>
     </row>
     <row r="159" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A159" s="453" t="s">
-[...9 lines deleted...]
-      <c r="I159" s="454" t="s">
+      <c r="A159" s="668" t="s">
+        <v>917</v>
+      </c>
+      <c r="B159" s="668"/>
+      <c r="C159" s="668"/>
+      <c r="D159" s="668"/>
+      <c r="E159" s="668"/>
+      <c r="F159" s="668"/>
+      <c r="G159" s="668"/>
+      <c r="H159" s="668"/>
+      <c r="I159" s="669" t="s">
         <v>195</v>
       </c>
-      <c r="J159" s="455"/>
+      <c r="J159" s="670"/>
       <c r="K159" s="208"/>
       <c r="L159" s="208"/>
       <c r="M159" s="208"/>
-      <c r="N159" s="665"/>
-[...4 lines deleted...]
-      <c r="S159" s="667"/>
+      <c r="N159" s="491"/>
+      <c r="O159" s="492"/>
+      <c r="P159" s="492"/>
+      <c r="Q159" s="492"/>
+      <c r="R159" s="492"/>
+      <c r="S159" s="493"/>
       <c r="T159" s="208"/>
       <c r="U159" s="155"/>
       <c r="V159" s="159"/>
       <c r="W159" s="159"/>
       <c r="X159" s="159"/>
       <c r="Y159" s="159"/>
       <c r="Z159" s="159"/>
       <c r="AA159" s="159"/>
       <c r="AB159" s="159"/>
       <c r="AC159" s="159"/>
       <c r="AD159" s="159"/>
       <c r="AE159" s="159"/>
       <c r="AF159" s="155"/>
       <c r="AG159" s="155"/>
     </row>
     <row r="160" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="453"/>
-[...8 lines deleted...]
-      <c r="J160" s="457"/>
+      <c r="A160" s="668"/>
+      <c r="B160" s="668"/>
+      <c r="C160" s="668"/>
+      <c r="D160" s="668"/>
+      <c r="E160" s="668"/>
+      <c r="F160" s="668"/>
+      <c r="G160" s="668"/>
+      <c r="H160" s="668"/>
+      <c r="I160" s="671"/>
+      <c r="J160" s="672"/>
       <c r="K160" s="208"/>
       <c r="L160" s="208"/>
       <c r="M160" s="208"/>
-      <c r="N160" s="668"/>
-[...4 lines deleted...]
-      <c r="S160" s="670"/>
+      <c r="N160" s="494"/>
+      <c r="O160" s="495"/>
+      <c r="P160" s="495"/>
+      <c r="Q160" s="495"/>
+      <c r="R160" s="495"/>
+      <c r="S160" s="496"/>
       <c r="T160" s="208"/>
       <c r="U160" s="155"/>
       <c r="V160" s="159"/>
       <c r="W160" s="159"/>
       <c r="X160" s="159"/>
       <c r="Y160" s="159"/>
       <c r="Z160" s="159"/>
       <c r="AA160" s="159"/>
       <c r="AB160" s="159"/>
       <c r="AC160" s="159"/>
       <c r="AD160" s="159"/>
       <c r="AE160" s="159"/>
       <c r="AF160" s="155"/>
       <c r="AG160" s="155"/>
     </row>
     <row r="161" spans="1:33" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A161" s="527" t="str">
+      <c r="A161" s="625" t="str">
         <f>IFERROR(IF(OR(ISTEXT(VLOOKUP(CHECKING!$D$19,Dropdowns!$M$4:$M$43,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$23,Dropdowns!$M$4:$M$43,1,FALSE)),ISTEXT(VLOOKUP(CHECKING!$D$24,Dropdowns!$M$4:$M$43,1,FALSE))),"Applicant is from a country whose nationals are exempt from this requirement - ATAS not required",""),"")</f>
         <v/>
       </c>
-      <c r="B161" s="527"/>
-[...7 lines deleted...]
-      <c r="J161" s="527"/>
+      <c r="B161" s="625"/>
+      <c r="C161" s="625"/>
+      <c r="D161" s="625"/>
+      <c r="E161" s="625"/>
+      <c r="F161" s="625"/>
+      <c r="G161" s="625"/>
+      <c r="H161" s="625"/>
+      <c r="I161" s="625"/>
+      <c r="J161" s="625"/>
       <c r="K161" s="208"/>
       <c r="L161" s="208"/>
       <c r="M161" s="208"/>
       <c r="N161" s="308"/>
       <c r="O161" s="308"/>
       <c r="P161" s="308"/>
       <c r="Q161" s="308"/>
       <c r="R161" s="308"/>
       <c r="S161" s="308"/>
       <c r="T161" s="208"/>
       <c r="U161" s="155"/>
       <c r="V161" s="159"/>
       <c r="W161" s="159"/>
       <c r="X161" s="159"/>
       <c r="Y161" s="159"/>
       <c r="Z161" s="159"/>
       <c r="AA161" s="159"/>
       <c r="AB161" s="159"/>
       <c r="AC161" s="159"/>
       <c r="AD161" s="159"/>
       <c r="AE161" s="159"/>
       <c r="AF161" s="155"/>
       <c r="AG161" s="155"/>
     </row>
     <row r="162" spans="1:33" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="672" t="s">
-[...10 lines deleted...]
-      <c r="J162" s="530"/>
+      <c r="A162" s="413" t="s">
+        <v>933</v>
+      </c>
+      <c r="B162" s="413"/>
+      <c r="C162" s="413"/>
+      <c r="D162" s="413"/>
+      <c r="E162" s="413"/>
+      <c r="F162" s="413"/>
+      <c r="G162" s="499"/>
+      <c r="H162" s="500"/>
+      <c r="I162" s="500"/>
+      <c r="J162" s="501"/>
       <c r="K162" s="208"/>
       <c r="L162" s="208"/>
       <c r="M162" s="208"/>
-      <c r="N162" s="662"/>
-[...4 lines deleted...]
-      <c r="S162" s="664"/>
+      <c r="N162" s="488"/>
+      <c r="O162" s="489"/>
+      <c r="P162" s="489"/>
+      <c r="Q162" s="489"/>
+      <c r="R162" s="489"/>
+      <c r="S162" s="490"/>
       <c r="T162" s="208"/>
       <c r="U162" s="155"/>
       <c r="V162" s="159"/>
       <c r="W162" s="159"/>
       <c r="X162" s="159"/>
       <c r="Y162" s="159"/>
       <c r="Z162" s="159"/>
       <c r="AA162" s="159"/>
       <c r="AB162" s="159"/>
       <c r="AC162" s="159"/>
       <c r="AD162" s="159"/>
       <c r="AE162" s="159"/>
       <c r="AF162" s="155"/>
       <c r="AG162" s="155"/>
     </row>
     <row r="163" spans="1:33" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="672"/>
-[...8 lines deleted...]
-      <c r="J163" s="530"/>
+      <c r="A163" s="413"/>
+      <c r="B163" s="413"/>
+      <c r="C163" s="413"/>
+      <c r="D163" s="413"/>
+      <c r="E163" s="413"/>
+      <c r="F163" s="413"/>
+      <c r="G163" s="499"/>
+      <c r="H163" s="500"/>
+      <c r="I163" s="500"/>
+      <c r="J163" s="501"/>
       <c r="K163" s="208"/>
       <c r="L163" s="208"/>
       <c r="M163" s="208"/>
-      <c r="N163" s="665"/>
-[...4 lines deleted...]
-      <c r="S163" s="667"/>
+      <c r="N163" s="491"/>
+      <c r="O163" s="492"/>
+      <c r="P163" s="492"/>
+      <c r="Q163" s="492"/>
+      <c r="R163" s="492"/>
+      <c r="S163" s="493"/>
       <c r="T163" s="208"/>
       <c r="U163" s="155"/>
       <c r="V163" s="159"/>
       <c r="W163" s="159"/>
       <c r="X163" s="159"/>
       <c r="Y163" s="159"/>
       <c r="Z163" s="159"/>
       <c r="AA163" s="159"/>
       <c r="AB163" s="159"/>
       <c r="AC163" s="159"/>
       <c r="AD163" s="159"/>
       <c r="AE163" s="159"/>
       <c r="AF163" s="155"/>
       <c r="AG163" s="155"/>
     </row>
     <row r="164" spans="1:33" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="672"/>
-[...8 lines deleted...]
-      <c r="J164" s="530"/>
+      <c r="A164" s="413"/>
+      <c r="B164" s="413"/>
+      <c r="C164" s="413"/>
+      <c r="D164" s="413"/>
+      <c r="E164" s="413"/>
+      <c r="F164" s="413"/>
+      <c r="G164" s="499"/>
+      <c r="H164" s="500"/>
+      <c r="I164" s="500"/>
+      <c r="J164" s="501"/>
       <c r="K164" s="208"/>
       <c r="L164" s="208"/>
       <c r="M164" s="208"/>
-      <c r="N164" s="665"/>
-[...4 lines deleted...]
-      <c r="S164" s="667"/>
+      <c r="N164" s="491"/>
+      <c r="O164" s="492"/>
+      <c r="P164" s="492"/>
+      <c r="Q164" s="492"/>
+      <c r="R164" s="492"/>
+      <c r="S164" s="493"/>
       <c r="T164" s="208"/>
       <c r="U164" s="155"/>
       <c r="V164" s="159"/>
       <c r="W164" s="159"/>
       <c r="X164" s="159"/>
       <c r="Y164" s="159"/>
       <c r="Z164" s="159"/>
       <c r="AA164" s="159"/>
       <c r="AB164" s="159"/>
       <c r="AC164" s="159"/>
       <c r="AD164" s="159"/>
       <c r="AE164" s="159"/>
       <c r="AF164" s="155"/>
       <c r="AG164" s="155"/>
     </row>
     <row r="165" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A165" s="542" t="s">
+      <c r="A165" s="633" t="s">
+        <v>934</v>
+      </c>
+      <c r="B165" s="633"/>
+      <c r="C165" s="633"/>
+      <c r="D165" s="633"/>
+      <c r="E165" s="633"/>
+      <c r="F165" s="633"/>
+      <c r="G165" s="634" t="s">
         <v>935</v>
       </c>
-      <c r="B165" s="542"/>
-[...8 lines deleted...]
-      <c r="I165" s="544"/>
+      <c r="H165" s="634"/>
+      <c r="I165" s="635"/>
       <c r="J165" s="307" t="s">
         <v>195</v>
       </c>
       <c r="K165" s="208"/>
       <c r="L165" s="208"/>
       <c r="M165" s="208"/>
-      <c r="N165" s="665"/>
-[...4 lines deleted...]
-      <c r="S165" s="667"/>
+      <c r="N165" s="491"/>
+      <c r="O165" s="492"/>
+      <c r="P165" s="492"/>
+      <c r="Q165" s="492"/>
+      <c r="R165" s="492"/>
+      <c r="S165" s="493"/>
       <c r="T165" s="208"/>
       <c r="U165" s="155"/>
       <c r="V165" s="159"/>
       <c r="W165" s="159"/>
       <c r="X165" s="159"/>
       <c r="Y165" s="159"/>
       <c r="Z165" s="159"/>
       <c r="AA165" s="159"/>
       <c r="AB165" s="159"/>
       <c r="AC165" s="159"/>
       <c r="AD165" s="159"/>
       <c r="AE165" s="159"/>
       <c r="AF165" s="155"/>
       <c r="AG165" s="155"/>
     </row>
     <row r="166" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A166" s="545" t="s">
-[...10 lines deleted...]
-      <c r="J166" s="545"/>
+      <c r="A166" s="636" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B166" s="636"/>
+      <c r="C166" s="636"/>
+      <c r="D166" s="636"/>
+      <c r="E166" s="636"/>
+      <c r="F166" s="636"/>
+      <c r="G166" s="636"/>
+      <c r="H166" s="636"/>
+      <c r="I166" s="636"/>
+      <c r="J166" s="636"/>
       <c r="K166" s="208"/>
       <c r="L166" s="208"/>
       <c r="M166" s="208"/>
-      <c r="N166" s="665"/>
-[...4 lines deleted...]
-      <c r="S166" s="667"/>
+      <c r="N166" s="491"/>
+      <c r="O166" s="492"/>
+      <c r="P166" s="492"/>
+      <c r="Q166" s="492"/>
+      <c r="R166" s="492"/>
+      <c r="S166" s="493"/>
       <c r="T166" s="208"/>
       <c r="U166" s="155"/>
       <c r="V166" s="159"/>
       <c r="W166" s="159"/>
       <c r="X166" s="159"/>
       <c r="Y166" s="159"/>
       <c r="Z166" s="159"/>
       <c r="AA166" s="159"/>
       <c r="AB166" s="159"/>
       <c r="AC166" s="159"/>
       <c r="AD166" s="159"/>
       <c r="AE166" s="159"/>
       <c r="AF166" s="155"/>
       <c r="AG166" s="155"/>
     </row>
     <row r="167" spans="1:33" ht="15" x14ac:dyDescent="0.25">
-      <c r="A167" s="546" t="s">
+      <c r="A167" s="637" t="s">
+        <v>936</v>
+      </c>
+      <c r="B167" s="637"/>
+      <c r="C167" s="637"/>
+      <c r="D167" s="637"/>
+      <c r="E167" s="638" t="s">
         <v>937</v>
       </c>
-      <c r="B167" s="546"/>
-[...9 lines deleted...]
-      <c r="J167" s="548"/>
+      <c r="F167" s="639"/>
+      <c r="G167" s="639"/>
+      <c r="H167" s="639"/>
+      <c r="I167" s="639"/>
+      <c r="J167" s="639"/>
       <c r="K167" s="208"/>
       <c r="L167" s="208"/>
       <c r="M167" s="208"/>
-      <c r="N167" s="668"/>
-[...4 lines deleted...]
-      <c r="S167" s="670"/>
+      <c r="N167" s="494"/>
+      <c r="O167" s="495"/>
+      <c r="P167" s="495"/>
+      <c r="Q167" s="495"/>
+      <c r="R167" s="495"/>
+      <c r="S167" s="496"/>
       <c r="T167" s="208"/>
       <c r="U167" s="155"/>
       <c r="V167" s="159"/>
       <c r="W167" s="159"/>
       <c r="X167" s="159"/>
       <c r="Y167" s="159"/>
       <c r="Z167" s="159"/>
       <c r="AA167" s="159"/>
       <c r="AB167" s="159"/>
       <c r="AC167" s="159"/>
       <c r="AD167" s="159"/>
       <c r="AE167" s="159"/>
       <c r="AF167" s="155"/>
       <c r="AG167" s="155"/>
     </row>
     <row r="168" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A168" s="305"/>
       <c r="B168" s="305"/>
       <c r="C168" s="305"/>
       <c r="D168" s="305"/>
       <c r="E168" s="305"/>
       <c r="F168" s="305"/>
       <c r="G168" s="305"/>
       <c r="H168" s="305"/>
       <c r="I168" s="305"/>
@@ -28286,453 +28289,453 @@
       <c r="K168" s="208"/>
       <c r="L168" s="208"/>
       <c r="M168" s="208"/>
       <c r="N168" s="208"/>
       <c r="O168" s="208"/>
       <c r="P168" s="208"/>
       <c r="Q168" s="208"/>
       <c r="R168" s="208"/>
       <c r="S168" s="208"/>
       <c r="T168" s="208"/>
       <c r="U168" s="155"/>
       <c r="V168" s="159"/>
       <c r="W168" s="159"/>
       <c r="X168" s="159"/>
       <c r="Y168" s="159"/>
       <c r="Z168" s="159"/>
       <c r="AA168" s="159"/>
       <c r="AB168" s="159"/>
       <c r="AC168" s="159"/>
       <c r="AD168" s="159"/>
       <c r="AE168" s="159"/>
       <c r="AF168" s="155"/>
       <c r="AG168" s="155"/>
     </row>
     <row r="169" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A169" s="491" t="s">
+      <c r="A169" s="410" t="s">
         <v>340</v>
       </c>
-      <c r="B169" s="491"/>
-[...7 lines deleted...]
-      <c r="J169" s="491"/>
+      <c r="B169" s="410"/>
+      <c r="C169" s="410"/>
+      <c r="D169" s="410"/>
+      <c r="E169" s="410"/>
+      <c r="F169" s="410"/>
+      <c r="G169" s="410"/>
+      <c r="H169" s="410"/>
+      <c r="I169" s="410"/>
+      <c r="J169" s="410"/>
       <c r="K169" s="184"/>
       <c r="L169" s="184"/>
       <c r="M169" s="184"/>
       <c r="N169" s="184"/>
       <c r="O169" s="184"/>
       <c r="P169" s="184"/>
       <c r="Q169" s="184"/>
       <c r="R169" s="184"/>
       <c r="S169" s="184"/>
       <c r="T169" s="184"/>
       <c r="U169" s="155"/>
       <c r="V169" s="159"/>
       <c r="W169" s="159"/>
       <c r="X169" s="159"/>
       <c r="Y169" s="159"/>
       <c r="Z169" s="159"/>
       <c r="AA169" s="159"/>
       <c r="AB169" s="159"/>
       <c r="AC169" s="159"/>
       <c r="AD169" s="159"/>
       <c r="AE169" s="159"/>
       <c r="AF169" s="155"/>
       <c r="AG169" s="155"/>
     </row>
     <row r="170" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A170" s="394" t="s">
-[...10 lines deleted...]
-      <c r="J170" s="396"/>
+      <c r="A170" s="513" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B170" s="514"/>
+      <c r="C170" s="514"/>
+      <c r="D170" s="514"/>
+      <c r="E170" s="514"/>
+      <c r="F170" s="514"/>
+      <c r="G170" s="514"/>
+      <c r="H170" s="514"/>
+      <c r="I170" s="514"/>
+      <c r="J170" s="515"/>
       <c r="K170" s="184"/>
       <c r="L170" s="184"/>
       <c r="M170" s="184"/>
       <c r="N170" s="184"/>
       <c r="O170" s="184"/>
       <c r="P170" s="184"/>
       <c r="Q170" s="184"/>
       <c r="R170" s="184"/>
       <c r="S170" s="184"/>
       <c r="T170" s="184"/>
       <c r="U170" s="155"/>
       <c r="V170" s="157"/>
       <c r="W170" s="159"/>
       <c r="X170" s="159"/>
       <c r="Y170" s="159"/>
       <c r="Z170" s="159"/>
       <c r="AA170" s="159"/>
       <c r="AB170" s="159"/>
       <c r="AC170" s="159"/>
       <c r="AD170" s="159"/>
       <c r="AE170" s="159"/>
       <c r="AF170" s="155"/>
       <c r="AG170" s="155"/>
     </row>
     <row r="171" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A171" s="397"/>
-[...8 lines deleted...]
-      <c r="J171" s="399"/>
+      <c r="A171" s="516"/>
+      <c r="B171" s="426"/>
+      <c r="C171" s="426"/>
+      <c r="D171" s="426"/>
+      <c r="E171" s="426"/>
+      <c r="F171" s="426"/>
+      <c r="G171" s="426"/>
+      <c r="H171" s="426"/>
+      <c r="I171" s="426"/>
+      <c r="J171" s="517"/>
       <c r="K171" s="208"/>
       <c r="L171" s="208"/>
       <c r="M171" s="208"/>
       <c r="N171" s="208"/>
       <c r="O171" s="208"/>
       <c r="P171" s="208"/>
       <c r="Q171" s="208"/>
       <c r="R171" s="208"/>
       <c r="S171" s="208"/>
       <c r="T171" s="208"/>
       <c r="U171" s="155"/>
       <c r="V171" s="157"/>
       <c r="W171" s="159"/>
       <c r="X171" s="159"/>
       <c r="Y171" s="159"/>
       <c r="Z171" s="159"/>
       <c r="AA171" s="159"/>
       <c r="AB171" s="159"/>
       <c r="AC171" s="159"/>
       <c r="AD171" s="159"/>
       <c r="AE171" s="159"/>
       <c r="AF171" s="155"/>
       <c r="AG171" s="155"/>
     </row>
     <row r="172" spans="1:33" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A172" s="397"/>
-[...8 lines deleted...]
-      <c r="J172" s="399"/>
+      <c r="A172" s="516"/>
+      <c r="B172" s="426"/>
+      <c r="C172" s="426"/>
+      <c r="D172" s="426"/>
+      <c r="E172" s="426"/>
+      <c r="F172" s="426"/>
+      <c r="G172" s="426"/>
+      <c r="H172" s="426"/>
+      <c r="I172" s="426"/>
+      <c r="J172" s="517"/>
       <c r="K172" s="208"/>
       <c r="L172" s="208"/>
       <c r="M172" s="208"/>
       <c r="N172" s="208"/>
       <c r="O172" s="208"/>
       <c r="P172" s="208"/>
       <c r="Q172" s="208"/>
       <c r="R172" s="208"/>
       <c r="S172" s="208"/>
       <c r="T172" s="208"/>
       <c r="U172" s="155"/>
       <c r="V172" s="157"/>
       <c r="W172" s="159"/>
       <c r="X172" s="159"/>
       <c r="Y172" s="159"/>
       <c r="Z172" s="159"/>
       <c r="AA172" s="159"/>
       <c r="AB172" s="159"/>
       <c r="AC172" s="159"/>
       <c r="AD172" s="159"/>
       <c r="AE172" s="159"/>
       <c r="AF172" s="155"/>
       <c r="AG172" s="155"/>
     </row>
     <row r="173" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A173" s="400" t="s">
-[...10 lines deleted...]
-      <c r="J173" s="402"/>
+      <c r="A173" s="686" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B173" s="687"/>
+      <c r="C173" s="687"/>
+      <c r="D173" s="687"/>
+      <c r="E173" s="687"/>
+      <c r="F173" s="687"/>
+      <c r="G173" s="687"/>
+      <c r="H173" s="687"/>
+      <c r="I173" s="687"/>
+      <c r="J173" s="688"/>
       <c r="K173" s="208"/>
       <c r="L173" s="208"/>
       <c r="M173" s="208"/>
       <c r="N173" s="208"/>
       <c r="O173" s="208"/>
       <c r="P173" s="208"/>
       <c r="Q173" s="208"/>
       <c r="R173" s="208"/>
       <c r="S173" s="208"/>
       <c r="T173" s="208"/>
       <c r="U173" s="155"/>
       <c r="V173" s="157"/>
       <c r="W173" s="159"/>
       <c r="X173" s="159"/>
       <c r="Y173" s="159"/>
       <c r="Z173" s="159"/>
       <c r="AA173" s="159"/>
       <c r="AB173" s="159"/>
       <c r="AC173" s="159"/>
       <c r="AD173" s="159"/>
       <c r="AE173" s="159"/>
       <c r="AF173" s="155"/>
       <c r="AG173" s="155"/>
     </row>
     <row r="174" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A174" s="403"/>
-[...8 lines deleted...]
-      <c r="J174" s="405"/>
+      <c r="A174" s="689"/>
+      <c r="B174" s="690"/>
+      <c r="C174" s="690"/>
+      <c r="D174" s="690"/>
+      <c r="E174" s="690"/>
+      <c r="F174" s="690"/>
+      <c r="G174" s="690"/>
+      <c r="H174" s="690"/>
+      <c r="I174" s="690"/>
+      <c r="J174" s="691"/>
       <c r="K174" s="208"/>
       <c r="L174" s="208"/>
       <c r="M174" s="208"/>
       <c r="N174" s="208"/>
       <c r="O174" s="208"/>
       <c r="P174" s="208"/>
       <c r="Q174" s="208"/>
       <c r="R174" s="208"/>
       <c r="S174" s="208"/>
       <c r="T174" s="208"/>
       <c r="U174" s="155"/>
       <c r="V174" s="157"/>
       <c r="W174" s="159"/>
       <c r="X174" s="159"/>
       <c r="Y174" s="159"/>
       <c r="Z174" s="159"/>
       <c r="AA174" s="159"/>
       <c r="AB174" s="159"/>
       <c r="AC174" s="159"/>
       <c r="AD174" s="159"/>
       <c r="AE174" s="159"/>
       <c r="AF174" s="155"/>
       <c r="AG174" s="155"/>
     </row>
     <row r="175" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A175" s="403"/>
-[...8 lines deleted...]
-      <c r="J175" s="405"/>
+      <c r="A175" s="689"/>
+      <c r="B175" s="690"/>
+      <c r="C175" s="690"/>
+      <c r="D175" s="690"/>
+      <c r="E175" s="690"/>
+      <c r="F175" s="690"/>
+      <c r="G175" s="690"/>
+      <c r="H175" s="690"/>
+      <c r="I175" s="690"/>
+      <c r="J175" s="691"/>
       <c r="K175" s="208"/>
       <c r="L175" s="208"/>
       <c r="M175" s="208"/>
       <c r="N175" s="208"/>
       <c r="O175" s="208"/>
       <c r="P175" s="208"/>
       <c r="Q175" s="208"/>
       <c r="R175" s="208"/>
       <c r="S175" s="208"/>
       <c r="T175" s="208"/>
       <c r="U175" s="155"/>
       <c r="V175" s="157"/>
       <c r="W175" s="159"/>
       <c r="X175" s="159"/>
       <c r="Y175" s="159"/>
       <c r="Z175" s="159"/>
       <c r="AA175" s="159"/>
       <c r="AB175" s="159"/>
       <c r="AC175" s="159"/>
       <c r="AD175" s="159"/>
       <c r="AE175" s="159"/>
       <c r="AF175" s="155"/>
       <c r="AG175" s="155"/>
     </row>
     <row r="176" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A176" s="406"/>
-[...8 lines deleted...]
-      <c r="J176" s="408"/>
+      <c r="A176" s="692"/>
+      <c r="B176" s="693"/>
+      <c r="C176" s="693"/>
+      <c r="D176" s="693"/>
+      <c r="E176" s="693"/>
+      <c r="F176" s="693"/>
+      <c r="G176" s="693"/>
+      <c r="H176" s="693"/>
+      <c r="I176" s="693"/>
+      <c r="J176" s="694"/>
       <c r="K176" s="208"/>
       <c r="L176" s="208"/>
       <c r="M176" s="208"/>
       <c r="N176" s="208"/>
       <c r="O176" s="208"/>
       <c r="P176" s="208"/>
       <c r="Q176" s="208"/>
       <c r="R176" s="208"/>
       <c r="S176" s="208"/>
       <c r="T176" s="208"/>
       <c r="U176" s="155"/>
       <c r="V176" s="157"/>
       <c r="W176" s="159"/>
       <c r="X176" s="159"/>
       <c r="Y176" s="159"/>
       <c r="Z176" s="159"/>
       <c r="AA176" s="159"/>
       <c r="AB176" s="159"/>
       <c r="AC176" s="159"/>
       <c r="AD176" s="159"/>
       <c r="AE176" s="159"/>
       <c r="AF176" s="155"/>
       <c r="AG176" s="155"/>
     </row>
     <row r="177" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A177" s="394" t="s">
-[...10 lines deleted...]
-      <c r="J177" s="396"/>
+      <c r="A177" s="513" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B177" s="514"/>
+      <c r="C177" s="514"/>
+      <c r="D177" s="514"/>
+      <c r="E177" s="514"/>
+      <c r="F177" s="514"/>
+      <c r="G177" s="514"/>
+      <c r="H177" s="514"/>
+      <c r="I177" s="514"/>
+      <c r="J177" s="515"/>
       <c r="K177" s="208"/>
       <c r="L177" s="208"/>
       <c r="M177" s="208"/>
       <c r="N177" s="208"/>
       <c r="O177" s="208"/>
       <c r="P177" s="208"/>
       <c r="Q177" s="208"/>
       <c r="R177" s="208"/>
       <c r="S177" s="208"/>
       <c r="T177" s="208"/>
       <c r="U177" s="155"/>
       <c r="V177" s="157"/>
       <c r="W177" s="159"/>
       <c r="X177" s="159"/>
       <c r="Y177" s="159"/>
       <c r="Z177" s="159"/>
       <c r="AA177" s="159"/>
       <c r="AB177" s="159"/>
       <c r="AC177" s="159"/>
       <c r="AD177" s="159"/>
       <c r="AE177" s="159"/>
       <c r="AF177" s="155"/>
       <c r="AG177" s="155"/>
     </row>
     <row r="178" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A178" s="397"/>
-[...8 lines deleted...]
-      <c r="J178" s="399"/>
+      <c r="A178" s="516"/>
+      <c r="B178" s="426"/>
+      <c r="C178" s="426"/>
+      <c r="D178" s="426"/>
+      <c r="E178" s="426"/>
+      <c r="F178" s="426"/>
+      <c r="G178" s="426"/>
+      <c r="H178" s="426"/>
+      <c r="I178" s="426"/>
+      <c r="J178" s="517"/>
       <c r="K178" s="208"/>
       <c r="L178" s="208"/>
       <c r="M178" s="208"/>
       <c r="N178" s="208"/>
       <c r="O178" s="208"/>
       <c r="P178" s="208"/>
       <c r="Q178" s="208"/>
       <c r="R178" s="208"/>
       <c r="S178" s="208"/>
       <c r="T178" s="208"/>
       <c r="U178" s="155"/>
       <c r="V178" s="157"/>
       <c r="W178" s="159"/>
       <c r="X178" s="159"/>
       <c r="Y178" s="159"/>
       <c r="Z178" s="159"/>
       <c r="AA178" s="159"/>
       <c r="AB178" s="159"/>
       <c r="AC178" s="159"/>
       <c r="AD178" s="159"/>
       <c r="AE178" s="159"/>
       <c r="AF178" s="155"/>
       <c r="AG178" s="155"/>
     </row>
     <row r="179" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A179" s="397"/>
-[...8 lines deleted...]
-      <c r="J179" s="399"/>
+      <c r="A179" s="516"/>
+      <c r="B179" s="426"/>
+      <c r="C179" s="426"/>
+      <c r="D179" s="426"/>
+      <c r="E179" s="426"/>
+      <c r="F179" s="426"/>
+      <c r="G179" s="426"/>
+      <c r="H179" s="426"/>
+      <c r="I179" s="426"/>
+      <c r="J179" s="517"/>
       <c r="K179" s="208"/>
       <c r="L179" s="208"/>
       <c r="M179" s="208"/>
       <c r="N179" s="208"/>
       <c r="O179" s="208"/>
       <c r="P179" s="208"/>
       <c r="Q179" s="208"/>
       <c r="R179" s="208"/>
       <c r="S179" s="208"/>
       <c r="T179" s="208"/>
       <c r="U179" s="155"/>
       <c r="V179" s="157"/>
       <c r="W179" s="159"/>
       <c r="X179" s="159"/>
       <c r="Y179" s="159"/>
       <c r="Z179" s="159"/>
       <c r="AA179" s="159"/>
       <c r="AB179" s="159"/>
       <c r="AC179" s="159"/>
       <c r="AD179" s="159"/>
       <c r="AE179" s="159"/>
       <c r="AF179" s="155"/>
       <c r="AG179" s="155"/>
     </row>
     <row r="180" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="409"/>
-[...8 lines deleted...]
-      <c r="J180" s="411"/>
+      <c r="A180" s="695"/>
+      <c r="B180" s="696"/>
+      <c r="C180" s="696"/>
+      <c r="D180" s="696"/>
+      <c r="E180" s="696"/>
+      <c r="F180" s="696"/>
+      <c r="G180" s="696"/>
+      <c r="H180" s="696"/>
+      <c r="I180" s="696"/>
+      <c r="J180" s="697"/>
       <c r="K180" s="208"/>
       <c r="L180" s="208"/>
       <c r="M180" s="208"/>
       <c r="N180" s="208"/>
       <c r="O180" s="208"/>
       <c r="P180" s="208"/>
       <c r="Q180" s="208"/>
       <c r="R180" s="208"/>
       <c r="S180" s="208"/>
       <c r="T180" s="208"/>
       <c r="U180" s="155"/>
       <c r="V180" s="157"/>
       <c r="W180" s="159"/>
       <c r="X180" s="159"/>
       <c r="Y180" s="159"/>
       <c r="Z180" s="159"/>
       <c r="AA180" s="159"/>
       <c r="AB180" s="159"/>
       <c r="AC180" s="159"/>
       <c r="AD180" s="159"/>
       <c r="AE180" s="159"/>
       <c r="AF180" s="155"/>
       <c r="AG180" s="155"/>
     </row>
     <row r="181" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
@@ -28750,991 +28753,991 @@
       <c r="L181" s="208"/>
       <c r="M181" s="208"/>
       <c r="N181" s="208"/>
       <c r="O181" s="208"/>
       <c r="P181" s="208"/>
       <c r="Q181" s="208"/>
       <c r="R181" s="208"/>
       <c r="S181" s="208"/>
       <c r="T181" s="208"/>
       <c r="U181" s="155"/>
       <c r="V181" s="157"/>
       <c r="W181" s="159"/>
       <c r="X181" s="159"/>
       <c r="Y181" s="159"/>
       <c r="Z181" s="159"/>
       <c r="AA181" s="159"/>
       <c r="AB181" s="159"/>
       <c r="AC181" s="159"/>
       <c r="AD181" s="159"/>
       <c r="AE181" s="159"/>
       <c r="AF181" s="155"/>
       <c r="AG181" s="155"/>
     </row>
     <row r="182" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A182" s="83" t="s">
-        <v>1060</v>
+        <v>1055</v>
       </c>
       <c r="B182" s="9"/>
       <c r="C182" s="9"/>
       <c r="D182" s="9"/>
       <c r="E182" s="9"/>
-      <c r="F182" s="425"/>
-[...1 lines deleted...]
-      <c r="H182" s="427"/>
+      <c r="F182" s="572"/>
+      <c r="G182" s="573"/>
+      <c r="H182" s="574"/>
       <c r="I182" s="84" t="str">
         <f>IFERROR(IF($F$182&lt;&gt;"",TEXT($F$182,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J182" s="9"/>
       <c r="K182" s="184"/>
       <c r="L182" s="184"/>
       <c r="M182" s="184"/>
-      <c r="N182" s="474"/>
-[...4 lines deleted...]
-      <c r="S182" s="476"/>
+      <c r="N182" s="673"/>
+      <c r="O182" s="674"/>
+      <c r="P182" s="674"/>
+      <c r="Q182" s="674"/>
+      <c r="R182" s="674"/>
+      <c r="S182" s="675"/>
       <c r="T182" s="184"/>
       <c r="U182" s="155"/>
       <c r="V182" s="159"/>
       <c r="W182" s="159"/>
       <c r="X182" s="159"/>
       <c r="Y182" s="159"/>
       <c r="Z182" s="159"/>
       <c r="AA182" s="159"/>
       <c r="AB182" s="159"/>
       <c r="AC182" s="159"/>
       <c r="AD182" s="159"/>
       <c r="AE182" s="159"/>
       <c r="AF182" s="155"/>
       <c r="AG182" s="155"/>
     </row>
     <row r="183" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="83"/>
       <c r="B183" s="9"/>
       <c r="C183" s="9"/>
       <c r="D183" s="81"/>
       <c r="E183" s="13"/>
       <c r="F183" s="13"/>
       <c r="G183" s="13"/>
       <c r="H183" s="13"/>
       <c r="I183" s="13"/>
       <c r="J183" s="81"/>
       <c r="K183" s="184"/>
       <c r="L183" s="184"/>
       <c r="M183" s="184"/>
-      <c r="N183" s="477"/>
-[...4 lines deleted...]
-      <c r="S183" s="479"/>
+      <c r="N183" s="676"/>
+      <c r="O183" s="677"/>
+      <c r="P183" s="677"/>
+      <c r="Q183" s="677"/>
+      <c r="R183" s="677"/>
+      <c r="S183" s="678"/>
       <c r="T183" s="184"/>
       <c r="U183" s="155"/>
       <c r="V183" s="159"/>
       <c r="W183" s="159"/>
       <c r="X183" s="159"/>
       <c r="Y183" s="159"/>
       <c r="Z183" s="159"/>
       <c r="AA183" s="159"/>
       <c r="AB183" s="159"/>
       <c r="AC183" s="159"/>
       <c r="AD183" s="159"/>
       <c r="AE183" s="159"/>
       <c r="AF183" s="155"/>
       <c r="AG183" s="155"/>
     </row>
     <row r="184" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A184" s="428" t="str">
+      <c r="A184" s="708" t="str">
         <f ca="1">IFERROR(IF($F$182&lt;&gt;"",IF($F$182-TODAY()&lt;0,"",IF($F$182-TODAY()&lt;30,CONCATENATE("ONLY ",$F$182-TODAY()," DAYS BEFORE VISA EXPIRY! ALERT SIT!"),IF($F$182-TODAY()&lt;60,"CoS applications should normally be submitted three months before visa expiry",IF($F$182-TODAY()&gt;100,"TOO EARLY! a new CoS can only be issued three months before the visa expires at the earliest","")))),""),"")</f>
         <v/>
       </c>
-      <c r="B184" s="428"/>
-[...7 lines deleted...]
-      <c r="J184" s="428"/>
+      <c r="B184" s="708"/>
+      <c r="C184" s="708"/>
+      <c r="D184" s="708"/>
+      <c r="E184" s="708"/>
+      <c r="F184" s="708"/>
+      <c r="G184" s="708"/>
+      <c r="H184" s="708"/>
+      <c r="I184" s="708"/>
+      <c r="J184" s="708"/>
       <c r="K184" s="184"/>
       <c r="L184" s="184"/>
       <c r="M184" s="184"/>
-      <c r="N184" s="477"/>
-[...4 lines deleted...]
-      <c r="S184" s="479"/>
+      <c r="N184" s="676"/>
+      <c r="O184" s="677"/>
+      <c r="P184" s="677"/>
+      <c r="Q184" s="677"/>
+      <c r="R184" s="677"/>
+      <c r="S184" s="678"/>
       <c r="T184" s="184"/>
       <c r="U184" s="155"/>
       <c r="V184" s="157"/>
       <c r="W184" s="159"/>
       <c r="X184" s="155"/>
       <c r="Y184" s="159"/>
       <c r="Z184" s="159"/>
       <c r="AA184" s="159"/>
       <c r="AB184" s="159"/>
       <c r="AC184" s="159"/>
       <c r="AD184" s="159"/>
       <c r="AE184" s="159"/>
       <c r="AF184" s="155"/>
       <c r="AG184" s="155"/>
     </row>
     <row r="185" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A185" s="83" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="B185" s="9"/>
       <c r="C185" s="9"/>
       <c r="D185" s="9"/>
       <c r="E185" s="9"/>
-      <c r="F185" s="429"/>
-[...1 lines deleted...]
-      <c r="H185" s="431"/>
+      <c r="F185" s="709"/>
+      <c r="G185" s="710"/>
+      <c r="H185" s="711"/>
       <c r="I185" s="84" t="str">
         <f>IFERROR(IF($F$185&lt;&gt;"",TEXT($F$185,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J185" s="87"/>
       <c r="K185" s="184"/>
       <c r="L185" s="184"/>
       <c r="M185" s="184"/>
-      <c r="N185" s="477"/>
-[...4 lines deleted...]
-      <c r="S185" s="479"/>
+      <c r="N185" s="676"/>
+      <c r="O185" s="677"/>
+      <c r="P185" s="677"/>
+      <c r="Q185" s="677"/>
+      <c r="R185" s="677"/>
+      <c r="S185" s="678"/>
       <c r="T185" s="184"/>
       <c r="U185" s="155"/>
       <c r="V185" s="157"/>
       <c r="W185" s="159"/>
       <c r="X185" s="155"/>
       <c r="Y185" s="159"/>
       <c r="Z185" s="159"/>
       <c r="AA185" s="159"/>
       <c r="AB185" s="159"/>
       <c r="AC185" s="159"/>
       <c r="AD185" s="159"/>
       <c r="AE185" s="159"/>
       <c r="AF185" s="155"/>
       <c r="AG185" s="155"/>
     </row>
     <row r="186" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="9"/>
       <c r="B186" s="9"/>
       <c r="C186" s="9"/>
       <c r="D186" s="9"/>
       <c r="E186" s="9"/>
       <c r="F186" s="9"/>
       <c r="G186" s="9"/>
       <c r="H186" s="9"/>
       <c r="I186" s="9"/>
       <c r="J186" s="88"/>
       <c r="K186" s="184"/>
       <c r="L186" s="184"/>
       <c r="M186" s="184"/>
-      <c r="N186" s="477"/>
-[...4 lines deleted...]
-      <c r="S186" s="479"/>
+      <c r="N186" s="676"/>
+      <c r="O186" s="677"/>
+      <c r="P186" s="677"/>
+      <c r="Q186" s="677"/>
+      <c r="R186" s="677"/>
+      <c r="S186" s="678"/>
       <c r="T186" s="184"/>
       <c r="U186" s="155"/>
       <c r="V186" s="157"/>
       <c r="W186" s="159"/>
       <c r="X186" s="155"/>
       <c r="Y186" s="159"/>
       <c r="Z186" s="159"/>
       <c r="AA186" s="159"/>
       <c r="AB186" s="159"/>
       <c r="AC186" s="159"/>
       <c r="AD186" s="159"/>
       <c r="AE186" s="159"/>
       <c r="AF186" s="155"/>
       <c r="AG186" s="155"/>
     </row>
     <row r="187" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A187" s="9"/>
       <c r="B187" s="177"/>
       <c r="C187" s="91" t="s">
         <v>368</v>
       </c>
       <c r="D187" s="178">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1,"Y")),0)</f>
         <v>0</v>
       </c>
       <c r="E187" s="177" t="s">
         <v>367</v>
       </c>
       <c r="F187" s="178">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1,"YM")),0)</f>
         <v>0</v>
       </c>
       <c r="G187" s="177" t="s">
         <v>366</v>
       </c>
       <c r="H187" s="178">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1,"MD")),0)</f>
         <v>0</v>
       </c>
       <c r="I187" s="177" t="s">
         <v>365</v>
       </c>
       <c r="J187" s="9"/>
       <c r="K187" s="184"/>
       <c r="L187" s="184"/>
       <c r="M187" s="184"/>
-      <c r="N187" s="477"/>
-[...4 lines deleted...]
-      <c r="S187" s="479"/>
+      <c r="N187" s="676"/>
+      <c r="O187" s="677"/>
+      <c r="P187" s="677"/>
+      <c r="Q187" s="677"/>
+      <c r="R187" s="677"/>
+      <c r="S187" s="678"/>
       <c r="T187" s="184"/>
       <c r="U187" s="155"/>
-      <c r="V187" s="511"/>
-[...8 lines deleted...]
-      <c r="AE187" s="511"/>
+      <c r="V187" s="578"/>
+      <c r="W187" s="578"/>
+      <c r="X187" s="578"/>
+      <c r="Y187" s="578"/>
+      <c r="Z187" s="578"/>
+      <c r="AA187" s="578"/>
+      <c r="AB187" s="578"/>
+      <c r="AC187" s="578"/>
+      <c r="AD187" s="578"/>
+      <c r="AE187" s="578"/>
       <c r="AF187" s="155"/>
       <c r="AG187" s="155"/>
     </row>
     <row r="188" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A188" s="9"/>
       <c r="B188" s="9"/>
       <c r="C188" s="9"/>
       <c r="D188" s="9"/>
       <c r="E188" s="9"/>
       <c r="F188" s="86" t="str">
         <f>IF(AND($F$182&lt;&gt;"",$F$185&lt;&gt;"",ISERROR(DATEDIF($F$182,$F$185,"Y"))),"Error in CoS dates!","")</f>
         <v/>
       </c>
       <c r="G188" s="9"/>
       <c r="H188" s="9"/>
       <c r="I188" s="9"/>
       <c r="J188" s="9"/>
       <c r="K188" s="184"/>
       <c r="L188" s="184"/>
       <c r="M188" s="184"/>
-      <c r="N188" s="477"/>
-[...4 lines deleted...]
-      <c r="S188" s="479"/>
+      <c r="N188" s="676"/>
+      <c r="O188" s="677"/>
+      <c r="P188" s="677"/>
+      <c r="Q188" s="677"/>
+      <c r="R188" s="677"/>
+      <c r="S188" s="678"/>
       <c r="T188" s="184"/>
       <c r="U188" s="155"/>
-      <c r="V188" s="511"/>
-[...8 lines deleted...]
-      <c r="AE188" s="511"/>
+      <c r="V188" s="578"/>
+      <c r="W188" s="578"/>
+      <c r="X188" s="578"/>
+      <c r="Y188" s="578"/>
+      <c r="Z188" s="578"/>
+      <c r="AA188" s="578"/>
+      <c r="AB188" s="578"/>
+      <c r="AC188" s="578"/>
+      <c r="AD188" s="578"/>
+      <c r="AE188" s="578"/>
       <c r="AF188" s="155"/>
       <c r="AG188" s="155"/>
     </row>
     <row r="189" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="9"/>
       <c r="B189" s="9"/>
       <c r="C189" s="85" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="D189" s="383">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1+14,"Y")),0)</f>
         <v>0</v>
       </c>
       <c r="E189" s="9" t="s">
         <v>367</v>
       </c>
       <c r="F189" s="384">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1+14,"YM")),0)</f>
         <v>0</v>
       </c>
       <c r="G189" s="9" t="s">
         <v>366</v>
       </c>
       <c r="H189" s="383">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1+14,"MD")),0)</f>
         <v>0</v>
       </c>
       <c r="I189" s="9" t="s">
         <v>365</v>
       </c>
       <c r="J189" s="9"/>
       <c r="K189" s="208"/>
       <c r="L189" s="208"/>
       <c r="M189" s="208"/>
-      <c r="N189" s="477"/>
-[...4 lines deleted...]
-      <c r="S189" s="479"/>
+      <c r="N189" s="676"/>
+      <c r="O189" s="677"/>
+      <c r="P189" s="677"/>
+      <c r="Q189" s="677"/>
+      <c r="R189" s="677"/>
+      <c r="S189" s="678"/>
       <c r="T189" s="208"/>
       <c r="U189" s="155"/>
       <c r="V189" s="382"/>
       <c r="W189" s="382"/>
       <c r="X189" s="382"/>
       <c r="Y189" s="382"/>
       <c r="Z189" s="382"/>
       <c r="AA189" s="382"/>
       <c r="AB189" s="382"/>
       <c r="AC189" s="382"/>
       <c r="AD189" s="382"/>
       <c r="AE189" s="382"/>
       <c r="AF189" s="155"/>
       <c r="AG189" s="155"/>
     </row>
     <row r="190" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="9"/>
       <c r="B190" s="9"/>
       <c r="C190" s="9"/>
       <c r="D190" s="9"/>
       <c r="E190" s="9"/>
       <c r="F190" s="86"/>
       <c r="G190" s="9"/>
       <c r="H190" s="9"/>
       <c r="I190" s="9"/>
       <c r="J190" s="9"/>
       <c r="K190" s="208"/>
       <c r="L190" s="208"/>
       <c r="M190" s="208"/>
-      <c r="N190" s="477"/>
-[...4 lines deleted...]
-      <c r="S190" s="479"/>
+      <c r="N190" s="676"/>
+      <c r="O190" s="677"/>
+      <c r="P190" s="677"/>
+      <c r="Q190" s="677"/>
+      <c r="R190" s="677"/>
+      <c r="S190" s="678"/>
       <c r="T190" s="208"/>
       <c r="U190" s="155"/>
       <c r="V190" s="382"/>
       <c r="W190" s="382"/>
       <c r="X190" s="382"/>
       <c r="Y190" s="382"/>
       <c r="Z190" s="382"/>
       <c r="AA190" s="382"/>
       <c r="AB190" s="382"/>
       <c r="AC190" s="382"/>
       <c r="AD190" s="382"/>
       <c r="AE190" s="382"/>
       <c r="AF190" s="155"/>
       <c r="AG190" s="155"/>
     </row>
     <row r="191" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A191" s="432" t="s">
+      <c r="A191" s="557" t="s">
         <v>345</v>
       </c>
-      <c r="B191" s="432"/>
-[...2 lines deleted...]
-      <c r="E191" s="432"/>
+      <c r="B191" s="557"/>
+      <c r="C191" s="557"/>
+      <c r="D191" s="557"/>
+      <c r="E191" s="557"/>
       <c r="F191" s="40" t="str">
         <f>IFERROR(IF($F$185&lt;&gt;"",IF(AND($D$187=0,$F$187&lt;=3),"CoS extensions for periods of 3 months or less are not normally practical",""),""),"")</f>
         <v/>
       </c>
       <c r="G191" s="40"/>
       <c r="H191" s="40"/>
       <c r="I191" s="40"/>
       <c r="J191" s="40"/>
       <c r="K191" s="184"/>
       <c r="L191" s="184"/>
       <c r="M191" s="184"/>
-      <c r="N191" s="477"/>
-[...4 lines deleted...]
-      <c r="S191" s="479"/>
+      <c r="N191" s="676"/>
+      <c r="O191" s="677"/>
+      <c r="P191" s="677"/>
+      <c r="Q191" s="677"/>
+      <c r="R191" s="677"/>
+      <c r="S191" s="678"/>
       <c r="T191" s="184"/>
       <c r="U191" s="155"/>
-      <c r="V191" s="511"/>
-[...8 lines deleted...]
-      <c r="AE191" s="511"/>
+      <c r="V191" s="578"/>
+      <c r="W191" s="578"/>
+      <c r="X191" s="578"/>
+      <c r="Y191" s="578"/>
+      <c r="Z191" s="578"/>
+      <c r="AA191" s="578"/>
+      <c r="AB191" s="578"/>
+      <c r="AC191" s="578"/>
+      <c r="AD191" s="578"/>
+      <c r="AE191" s="578"/>
       <c r="AF191" s="155"/>
       <c r="AG191" s="155"/>
     </row>
     <row r="192" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A192" s="432"/>
-[...3 lines deleted...]
-      <c r="E192" s="432"/>
+      <c r="A192" s="557"/>
+      <c r="B192" s="557"/>
+      <c r="C192" s="557"/>
+      <c r="D192" s="557"/>
+      <c r="E192" s="557"/>
       <c r="F192" s="39" t="str">
         <f>IFERROR(IF(OR($D$187&gt;5,AND($D$187=5,OR($F$187&lt;&gt;0,$H$187&lt;&gt;0))),"Skilled Worker CoS can only be issued for a max. period of 5 years",""),"")</f>
         <v/>
       </c>
       <c r="G192" s="43"/>
       <c r="H192" s="43"/>
       <c r="I192" s="43"/>
       <c r="J192" s="44"/>
       <c r="K192" s="184"/>
       <c r="L192" s="184"/>
       <c r="M192" s="184"/>
-      <c r="N192" s="477"/>
-[...4 lines deleted...]
-      <c r="S192" s="479"/>
+      <c r="N192" s="676"/>
+      <c r="O192" s="677"/>
+      <c r="P192" s="677"/>
+      <c r="Q192" s="677"/>
+      <c r="R192" s="677"/>
+      <c r="S192" s="678"/>
       <c r="T192" s="184"/>
       <c r="U192" s="155"/>
-      <c r="V192" s="511"/>
-[...8 lines deleted...]
-      <c r="AE192" s="511"/>
+      <c r="V192" s="578"/>
+      <c r="W192" s="578"/>
+      <c r="X192" s="578"/>
+      <c r="Y192" s="578"/>
+      <c r="Z192" s="578"/>
+      <c r="AA192" s="578"/>
+      <c r="AB192" s="578"/>
+      <c r="AC192" s="578"/>
+      <c r="AD192" s="578"/>
+      <c r="AE192" s="578"/>
       <c r="AF192" s="155"/>
       <c r="AG192" s="155"/>
     </row>
     <row r="193" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A193" s="432"/>
-[...3 lines deleted...]
-      <c r="E193" s="432"/>
+      <c r="A193" s="557"/>
+      <c r="B193" s="557"/>
+      <c r="C193" s="557"/>
+      <c r="D193" s="557"/>
+      <c r="E193" s="557"/>
       <c r="F193" s="42"/>
       <c r="G193" s="43"/>
       <c r="H193" s="43"/>
       <c r="I193" s="43"/>
       <c r="J193" s="41"/>
       <c r="K193" s="184"/>
       <c r="L193" s="184"/>
       <c r="M193" s="184"/>
-      <c r="N193" s="477"/>
-[...4 lines deleted...]
-      <c r="S193" s="479"/>
+      <c r="N193" s="676"/>
+      <c r="O193" s="677"/>
+      <c r="P193" s="677"/>
+      <c r="Q193" s="677"/>
+      <c r="R193" s="677"/>
+      <c r="S193" s="678"/>
       <c r="T193" s="184"/>
       <c r="U193" s="155"/>
       <c r="V193" s="157"/>
       <c r="W193" s="161"/>
       <c r="X193" s="161"/>
       <c r="Y193" s="161"/>
       <c r="Z193" s="161"/>
       <c r="AA193" s="161"/>
       <c r="AB193" s="161"/>
       <c r="AC193" s="161"/>
       <c r="AD193" s="161"/>
       <c r="AE193" s="161"/>
       <c r="AF193" s="155"/>
       <c r="AG193" s="155"/>
     </row>
     <row r="194" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A194" s="433" t="s">
+      <c r="A194" s="712" t="s">
         <v>344</v>
       </c>
-      <c r="B194" s="433"/>
-[...2 lines deleted...]
-      <c r="E194" s="433"/>
+      <c r="B194" s="712"/>
+      <c r="C194" s="712"/>
+      <c r="D194" s="712"/>
+      <c r="E194" s="712"/>
       <c r="F194" s="45" t="str">
         <f>IFERROR(IF(AND($D$187=3,$F$187&lt;=8,$H$187&gt;=0),"If over 3 years a higher (doubled) visa fee applies",""),"")</f>
         <v/>
       </c>
       <c r="G194" s="44"/>
       <c r="H194" s="44"/>
       <c r="I194" s="44"/>
       <c r="J194" s="44"/>
       <c r="K194" s="184"/>
       <c r="L194" s="184"/>
       <c r="M194" s="184"/>
-      <c r="N194" s="477"/>
-[...4 lines deleted...]
-      <c r="S194" s="479"/>
+      <c r="N194" s="676"/>
+      <c r="O194" s="677"/>
+      <c r="P194" s="677"/>
+      <c r="Q194" s="677"/>
+      <c r="R194" s="677"/>
+      <c r="S194" s="678"/>
       <c r="T194" s="184"/>
       <c r="U194" s="155"/>
-      <c r="V194" s="511"/>
-[...8 lines deleted...]
-      <c r="AE194" s="511"/>
+      <c r="V194" s="578"/>
+      <c r="W194" s="578"/>
+      <c r="X194" s="578"/>
+      <c r="Y194" s="578"/>
+      <c r="Z194" s="578"/>
+      <c r="AA194" s="578"/>
+      <c r="AB194" s="578"/>
+      <c r="AC194" s="578"/>
+      <c r="AD194" s="578"/>
+      <c r="AE194" s="578"/>
       <c r="AF194" s="155"/>
       <c r="AG194" s="155"/>
     </row>
     <row r="195" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A195" s="433"/>
-[...3 lines deleted...]
-      <c r="E195" s="433"/>
+      <c r="A195" s="712"/>
+      <c r="B195" s="712"/>
+      <c r="C195" s="712"/>
+      <c r="D195" s="712"/>
+      <c r="E195" s="712"/>
       <c r="F195" s="46" t="str">
         <f>IFERROR(IF($F$185&lt;&gt;"",IF(OR(AND($F$189=0,$H$189&gt;0),AND($F$189&gt;0,$F$189&lt;6),AND($F$189=6,$H$189=0)),"NHS Surcharge for part-year up to 6 months = £" &amp; Dropdowns!$X$8/2,""),""),"")</f>
         <v/>
       </c>
       <c r="G195" s="40"/>
       <c r="H195" s="40"/>
       <c r="I195" s="40"/>
       <c r="J195" s="44"/>
       <c r="K195" s="184"/>
       <c r="L195" s="184"/>
       <c r="M195" s="184"/>
-      <c r="N195" s="477"/>
-[...4 lines deleted...]
-      <c r="S195" s="479"/>
+      <c r="N195" s="676"/>
+      <c r="O195" s="677"/>
+      <c r="P195" s="677"/>
+      <c r="Q195" s="677"/>
+      <c r="R195" s="677"/>
+      <c r="S195" s="678"/>
       <c r="T195" s="184"/>
       <c r="U195" s="155"/>
-      <c r="V195" s="511"/>
-[...8 lines deleted...]
-      <c r="AE195" s="511"/>
+      <c r="V195" s="578"/>
+      <c r="W195" s="578"/>
+      <c r="X195" s="578"/>
+      <c r="Y195" s="578"/>
+      <c r="Z195" s="578"/>
+      <c r="AA195" s="578"/>
+      <c r="AB195" s="578"/>
+      <c r="AC195" s="578"/>
+      <c r="AD195" s="578"/>
+      <c r="AE195" s="578"/>
       <c r="AF195" s="155"/>
       <c r="AG195" s="155"/>
     </row>
     <row r="196" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A196" s="433"/>
-[...3 lines deleted...]
-      <c r="E196" s="433"/>
+      <c r="A196" s="712"/>
+      <c r="B196" s="712"/>
+      <c r="C196" s="712"/>
+      <c r="D196" s="712"/>
+      <c r="E196" s="712"/>
       <c r="F196" s="46" t="str">
         <f>IFERROR(IF($F$185&lt;&gt;"",IF(OR(AND($F$189=6,$H$189&gt;0),AND($F$189&gt;6,$F$189&lt;12)),"NHS Surcharge for part-year over 6 months = £" &amp; Dropdowns!$X$8,""),""),"")</f>
         <v/>
       </c>
       <c r="G196" s="41"/>
       <c r="H196" s="41"/>
       <c r="I196" s="41"/>
       <c r="J196" s="41"/>
       <c r="K196" s="184"/>
       <c r="L196" s="184"/>
       <c r="M196" s="184"/>
-      <c r="N196" s="477"/>
-[...4 lines deleted...]
-      <c r="S196" s="479"/>
+      <c r="N196" s="676"/>
+      <c r="O196" s="677"/>
+      <c r="P196" s="677"/>
+      <c r="Q196" s="677"/>
+      <c r="R196" s="677"/>
+      <c r="S196" s="678"/>
       <c r="T196" s="184"/>
       <c r="U196" s="155"/>
       <c r="V196" s="159"/>
       <c r="W196" s="159"/>
       <c r="X196" s="159"/>
       <c r="Y196" s="159"/>
       <c r="Z196" s="159"/>
       <c r="AA196" s="159"/>
       <c r="AB196" s="159"/>
       <c r="AC196" s="159"/>
       <c r="AD196" s="159"/>
       <c r="AE196" s="159"/>
       <c r="AF196" s="155"/>
       <c r="AG196" s="155"/>
     </row>
     <row r="197" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A197" s="432" t="s">
-[...10 lines deleted...]
-      <c r="J197" s="432"/>
+      <c r="A197" s="557" t="s">
+        <v>906</v>
+      </c>
+      <c r="B197" s="557"/>
+      <c r="C197" s="557"/>
+      <c r="D197" s="557"/>
+      <c r="E197" s="557"/>
+      <c r="F197" s="557"/>
+      <c r="G197" s="557"/>
+      <c r="H197" s="557"/>
+      <c r="I197" s="557"/>
+      <c r="J197" s="557"/>
       <c r="K197" s="184"/>
       <c r="L197" s="184"/>
       <c r="M197" s="184"/>
-      <c r="N197" s="480"/>
-[...4 lines deleted...]
-      <c r="S197" s="482"/>
+      <c r="N197" s="679"/>
+      <c r="O197" s="680"/>
+      <c r="P197" s="680"/>
+      <c r="Q197" s="680"/>
+      <c r="R197" s="680"/>
+      <c r="S197" s="681"/>
       <c r="T197" s="184"/>
       <c r="U197" s="155"/>
-      <c r="V197" s="511"/>
-[...8 lines deleted...]
-      <c r="AE197" s="511"/>
+      <c r="V197" s="578"/>
+      <c r="W197" s="578"/>
+      <c r="X197" s="578"/>
+      <c r="Y197" s="578"/>
+      <c r="Z197" s="578"/>
+      <c r="AA197" s="578"/>
+      <c r="AB197" s="578"/>
+      <c r="AC197" s="578"/>
+      <c r="AD197" s="578"/>
+      <c r="AE197" s="578"/>
       <c r="AF197" s="155"/>
       <c r="AG197" s="155"/>
     </row>
     <row r="198" spans="1:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A198" s="432"/>
-[...8 lines deleted...]
-      <c r="J198" s="432"/>
+      <c r="A198" s="557"/>
+      <c r="B198" s="557"/>
+      <c r="C198" s="557"/>
+      <c r="D198" s="557"/>
+      <c r="E198" s="557"/>
+      <c r="F198" s="557"/>
+      <c r="G198" s="557"/>
+      <c r="H198" s="557"/>
+      <c r="I198" s="557"/>
+      <c r="J198" s="557"/>
       <c r="K198" s="184"/>
       <c r="L198" s="184"/>
       <c r="M198" s="184"/>
       <c r="N198" s="184"/>
       <c r="O198" s="184"/>
       <c r="P198" s="184"/>
       <c r="Q198" s="184"/>
       <c r="R198" s="184"/>
       <c r="S198" s="184"/>
       <c r="T198" s="184"/>
       <c r="U198" s="155"/>
-      <c r="V198" s="511"/>
-[...8 lines deleted...]
-      <c r="AE198" s="511"/>
+      <c r="V198" s="578"/>
+      <c r="W198" s="578"/>
+      <c r="X198" s="578"/>
+      <c r="Y198" s="578"/>
+      <c r="Z198" s="578"/>
+      <c r="AA198" s="578"/>
+      <c r="AB198" s="578"/>
+      <c r="AC198" s="578"/>
+      <c r="AD198" s="578"/>
+      <c r="AE198" s="578"/>
       <c r="AF198" s="155"/>
       <c r="AG198" s="155"/>
     </row>
     <row r="199" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A199" s="412" t="str">
+      <c r="A199" s="698" t="str">
         <f>IF(OR($F$182="",$F$185=""),"CoS date fields above must be completed before estimated NHS Surcharge can be calculated!","")</f>
         <v>CoS date fields above must be completed before estimated NHS Surcharge can be calculated!</v>
       </c>
-      <c r="B199" s="412"/>
-[...7 lines deleted...]
-      <c r="J199" s="412"/>
+      <c r="B199" s="698"/>
+      <c r="C199" s="698"/>
+      <c r="D199" s="698"/>
+      <c r="E199" s="698"/>
+      <c r="F199" s="698"/>
+      <c r="G199" s="698"/>
+      <c r="H199" s="698"/>
+      <c r="I199" s="698"/>
+      <c r="J199" s="698"/>
       <c r="K199" s="208"/>
       <c r="L199" s="208"/>
       <c r="M199" s="208"/>
       <c r="N199" s="208"/>
       <c r="O199" s="208"/>
       <c r="P199" s="208"/>
       <c r="Q199" s="208"/>
       <c r="R199" s="208"/>
       <c r="S199" s="208"/>
       <c r="T199" s="208"/>
       <c r="U199" s="155"/>
-      <c r="V199" s="511"/>
-[...8 lines deleted...]
-      <c r="AE199" s="511"/>
+      <c r="V199" s="578"/>
+      <c r="W199" s="578"/>
+      <c r="X199" s="578"/>
+      <c r="Y199" s="578"/>
+      <c r="Z199" s="578"/>
+      <c r="AA199" s="578"/>
+      <c r="AB199" s="578"/>
+      <c r="AC199" s="578"/>
+      <c r="AD199" s="578"/>
+      <c r="AE199" s="578"/>
       <c r="AF199" s="155"/>
       <c r="AG199" s="155"/>
     </row>
     <row r="200" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A200" s="89"/>
       <c r="B200" s="90"/>
       <c r="C200" s="316" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="D200" s="92" t="str">
         <f>IF($F$185&lt;&gt;"",(Dropdowns!$X$8*$D$189)+(IF(OR(AND($F$189=0,$H$189&gt;0),AND($F$189&gt;0,$F$189&lt;6),AND($F$189=6,$H$189=0)),(Dropdowns!$X$8/2),IF(OR(AND($F$189=6,$H$189&gt;0),AND($F$189&gt;6,$F$189&lt;12)),Dropdowns!$X$8,0))),"")</f>
         <v/>
       </c>
       <c r="E200" s="93" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="F200" s="9"/>
       <c r="G200" s="90"/>
       <c r="H200" s="9"/>
       <c r="I200" s="9"/>
       <c r="J200" s="90"/>
       <c r="K200" s="184"/>
       <c r="L200" s="184"/>
       <c r="M200" s="184"/>
       <c r="N200" s="184"/>
       <c r="O200" s="184"/>
       <c r="P200" s="184"/>
       <c r="Q200" s="184"/>
       <c r="R200" s="184"/>
       <c r="S200" s="184"/>
       <c r="T200" s="184"/>
       <c r="U200" s="155"/>
-      <c r="V200" s="511"/>
-[...8 lines deleted...]
-      <c r="AE200" s="511"/>
+      <c r="V200" s="578"/>
+      <c r="W200" s="578"/>
+      <c r="X200" s="578"/>
+      <c r="Y200" s="578"/>
+      <c r="Z200" s="578"/>
+      <c r="AA200" s="578"/>
+      <c r="AB200" s="578"/>
+      <c r="AC200" s="578"/>
+      <c r="AD200" s="578"/>
+      <c r="AE200" s="578"/>
       <c r="AF200" s="155"/>
       <c r="AG200" s="155"/>
     </row>
     <row r="201" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A201" s="89"/>
       <c r="B201" s="90"/>
       <c r="C201" s="316"/>
       <c r="D201" s="92" t="str">
         <f>IF($F$185&lt;&gt;"",(Dropdowns!$X$9*$D$189)+(IF(OR(AND($F$189=0,$H$189&gt;0),AND($F$189&gt;0,$F$189&lt;6),AND($F$189=6,$H$189=0)),(Dropdowns!$X$9/2),IF(OR(AND($F$189=6,$H$189&gt;0),AND($F$189&gt;6,$F$189&lt;12)),Dropdowns!$X$9,0))),"")</f>
         <v/>
       </c>
       <c r="E201" s="93" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="F201" s="9"/>
       <c r="G201" s="90"/>
       <c r="H201" s="385"/>
       <c r="I201" s="93"/>
       <c r="J201" s="90"/>
       <c r="K201" s="208"/>
       <c r="L201" s="208"/>
       <c r="M201" s="208"/>
       <c r="N201" s="208"/>
       <c r="O201" s="208"/>
       <c r="P201" s="208"/>
       <c r="Q201" s="208"/>
       <c r="R201" s="208"/>
       <c r="S201" s="208"/>
       <c r="T201" s="208"/>
       <c r="U201" s="155"/>
       <c r="V201" s="382"/>
       <c r="W201" s="382"/>
       <c r="X201" s="382"/>
       <c r="Y201" s="382"/>
       <c r="Z201" s="382"/>
       <c r="AA201" s="382"/>
       <c r="AB201" s="382"/>
       <c r="AC201" s="382"/>
       <c r="AD201" s="382"/>
       <c r="AE201" s="382"/>
       <c r="AF201" s="155"/>
       <c r="AG201" s="155"/>
     </row>
     <row r="202" spans="1:33" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A202" s="661"/>
-[...8 lines deleted...]
-      <c r="J202" s="661"/>
+      <c r="A202" s="487"/>
+      <c r="B202" s="487"/>
+      <c r="C202" s="487"/>
+      <c r="D202" s="487"/>
+      <c r="E202" s="487"/>
+      <c r="F202" s="487"/>
+      <c r="G202" s="487"/>
+      <c r="H202" s="487"/>
+      <c r="I202" s="487"/>
+      <c r="J202" s="487"/>
       <c r="K202" s="208"/>
       <c r="L202" s="208"/>
       <c r="M202" s="208"/>
       <c r="N202" s="208"/>
       <c r="O202" s="208"/>
       <c r="P202" s="208"/>
       <c r="Q202" s="208"/>
       <c r="R202" s="208"/>
       <c r="S202" s="208"/>
       <c r="T202" s="208"/>
       <c r="U202" s="155"/>
       <c r="V202" s="213"/>
       <c r="W202" s="213"/>
       <c r="X202" s="213"/>
       <c r="Y202" s="213"/>
       <c r="Z202" s="213"/>
       <c r="AA202" s="213"/>
       <c r="AB202" s="213"/>
       <c r="AC202" s="213"/>
       <c r="AD202" s="213"/>
       <c r="AE202" s="213"/>
       <c r="AF202" s="155"/>
       <c r="AG202" s="155"/>
     </row>
     <row r="203" spans="1:33" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A203" s="450" t="str">
+      <c r="A203" s="665" t="str">
         <f>"I confirm that this applicant has been made aware they and their dependants will have to pay the ‘NHS Surcharge’.  As this is a significant (£" &amp; Dropdowns!$X$8 &amp; " per year for the main applicant and their partner and £" &amp; Dropdowns!$X$9 &amp; " per year for each child (under 18)) addition to the visa fee, based on visa length, it may affect the length of visa they wish to apply for " &amp; "Departments and Facultys should reimburse the main applicant's visa and NHS fees if they are taking up a new role, but fees for extensions in the same role, and dependants fees, are not normally covered."</f>
         <v>I confirm that this applicant has been made aware they and their dependants will have to pay the ‘NHS Surcharge’.  As this is a significant (£1035 per year for the main applicant and their partner and £776 per year for each child (under 18)) addition to the visa fee, based on visa length, it may affect the length of visa they wish to apply for Departments and Facultys should reimburse the main applicant's visa and NHS fees if they are taking up a new role, but fees for extensions in the same role, and dependants fees, are not normally covered.</v>
       </c>
-      <c r="B203" s="450"/>
-[...6 lines deleted...]
-      <c r="I203" s="450"/>
+      <c r="B203" s="665"/>
+      <c r="C203" s="665"/>
+      <c r="D203" s="665"/>
+      <c r="E203" s="665"/>
+      <c r="F203" s="665"/>
+      <c r="G203" s="665"/>
+      <c r="H203" s="665"/>
+      <c r="I203" s="665"/>
       <c r="J203" s="94"/>
       <c r="K203" s="184"/>
       <c r="L203" s="184"/>
       <c r="M203" s="184"/>
       <c r="N203" s="57"/>
       <c r="O203" s="57"/>
       <c r="P203" s="57"/>
       <c r="Q203" s="57"/>
       <c r="R203" s="57"/>
       <c r="S203" s="57"/>
       <c r="T203" s="184"/>
       <c r="U203" s="155"/>
       <c r="V203" s="155"/>
       <c r="W203" s="159"/>
       <c r="X203" s="159"/>
       <c r="Y203" s="159"/>
       <c r="Z203" s="159"/>
       <c r="AA203" s="159"/>
       <c r="AB203" s="159"/>
       <c r="AC203" s="159"/>
       <c r="AD203" s="159"/>
       <c r="AE203" s="159"/>
       <c r="AF203" s="155"/>
       <c r="AG203" s="155"/>
     </row>
     <row r="204" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A204" s="450"/>
-[...7 lines deleted...]
-      <c r="I204" s="450"/>
+      <c r="A204" s="665"/>
+      <c r="B204" s="665"/>
+      <c r="C204" s="665"/>
+      <c r="D204" s="665"/>
+      <c r="E204" s="665"/>
+      <c r="F204" s="665"/>
+      <c r="G204" s="665"/>
+      <c r="H204" s="665"/>
+      <c r="I204" s="665"/>
       <c r="J204" s="95"/>
       <c r="K204" s="184"/>
       <c r="L204" s="184"/>
       <c r="M204" s="184"/>
-      <c r="N204" s="465"/>
-[...4 lines deleted...]
-      <c r="S204" s="467"/>
+      <c r="N204" s="432"/>
+      <c r="O204" s="433"/>
+      <c r="P204" s="433"/>
+      <c r="Q204" s="433"/>
+      <c r="R204" s="433"/>
+      <c r="S204" s="434"/>
       <c r="T204" s="184"/>
       <c r="U204" s="155"/>
-      <c r="V204" s="511"/>
-[...8 lines deleted...]
-      <c r="AE204" s="511"/>
+      <c r="V204" s="578"/>
+      <c r="W204" s="578"/>
+      <c r="X204" s="578"/>
+      <c r="Y204" s="578"/>
+      <c r="Z204" s="578"/>
+      <c r="AA204" s="578"/>
+      <c r="AB204" s="578"/>
+      <c r="AC204" s="578"/>
+      <c r="AD204" s="578"/>
+      <c r="AE204" s="578"/>
       <c r="AF204" s="155"/>
       <c r="AG204" s="155"/>
     </row>
     <row r="205" spans="1:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A205" s="450"/>
-[...8 lines deleted...]
-      <c r="J205" s="552">
+      <c r="A205" s="665"/>
+      <c r="B205" s="665"/>
+      <c r="C205" s="665"/>
+      <c r="D205" s="665"/>
+      <c r="E205" s="665"/>
+      <c r="F205" s="665"/>
+      <c r="G205" s="665"/>
+      <c r="H205" s="665"/>
+      <c r="I205" s="665"/>
+      <c r="J205" s="640">
         <f>IF(CHECKING!$D$85=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K205" s="184"/>
       <c r="L205" s="184"/>
       <c r="M205" s="184"/>
-      <c r="N205" s="471"/>
-[...4 lines deleted...]
-      <c r="S205" s="473"/>
+      <c r="N205" s="438"/>
+      <c r="O205" s="439"/>
+      <c r="P205" s="439"/>
+      <c r="Q205" s="439"/>
+      <c r="R205" s="439"/>
+      <c r="S205" s="440"/>
       <c r="T205" s="184"/>
       <c r="U205" s="155"/>
-      <c r="V205" s="511"/>
-[...8 lines deleted...]
-      <c r="AE205" s="511"/>
+      <c r="V205" s="578"/>
+      <c r="W205" s="578"/>
+      <c r="X205" s="578"/>
+      <c r="Y205" s="578"/>
+      <c r="Z205" s="578"/>
+      <c r="AA205" s="578"/>
+      <c r="AB205" s="578"/>
+      <c r="AC205" s="578"/>
+      <c r="AD205" s="578"/>
+      <c r="AE205" s="578"/>
       <c r="AF205" s="155"/>
       <c r="AG205" s="155"/>
     </row>
     <row r="206" spans="1:33" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A206" s="451"/>
-[...8 lines deleted...]
-      <c r="J206" s="553"/>
+      <c r="A206" s="666"/>
+      <c r="B206" s="666"/>
+      <c r="C206" s="666"/>
+      <c r="D206" s="666"/>
+      <c r="E206" s="666"/>
+      <c r="F206" s="666"/>
+      <c r="G206" s="666"/>
+      <c r="H206" s="666"/>
+      <c r="I206" s="666"/>
+      <c r="J206" s="641"/>
       <c r="K206" s="208"/>
       <c r="L206" s="208"/>
       <c r="M206" s="208"/>
       <c r="N206" s="208"/>
       <c r="O206" s="208"/>
       <c r="P206" s="208"/>
       <c r="Q206" s="208"/>
       <c r="R206" s="208"/>
       <c r="S206" s="208"/>
       <c r="T206" s="208"/>
       <c r="U206" s="155"/>
       <c r="V206" s="159"/>
       <c r="W206" s="159"/>
       <c r="X206" s="159"/>
       <c r="Y206" s="159"/>
       <c r="Z206" s="159"/>
       <c r="AA206" s="159"/>
       <c r="AB206" s="159"/>
       <c r="AC206" s="159"/>
       <c r="AD206" s="159"/>
       <c r="AE206" s="159"/>
       <c r="AF206" s="155"/>
       <c r="AG206" s="155"/>
     </row>
     <row r="207" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
@@ -29751,145 +29754,145 @@
       <c r="K207" s="184"/>
       <c r="L207" s="184"/>
       <c r="M207" s="184"/>
       <c r="N207" s="184"/>
       <c r="O207" s="184"/>
       <c r="P207" s="184"/>
       <c r="Q207" s="184"/>
       <c r="R207" s="184"/>
       <c r="S207" s="184"/>
       <c r="T207" s="184"/>
       <c r="U207" s="155"/>
       <c r="V207" s="155"/>
       <c r="W207" s="155"/>
       <c r="X207" s="155"/>
       <c r="Y207" s="159"/>
       <c r="Z207" s="159"/>
       <c r="AA207" s="159"/>
       <c r="AB207" s="159"/>
       <c r="AC207" s="159"/>
       <c r="AD207" s="159"/>
       <c r="AE207" s="159"/>
       <c r="AF207" s="155"/>
       <c r="AG207" s="155"/>
     </row>
     <row r="208" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A208" s="449" t="s">
+      <c r="A208" s="645" t="s">
         <v>375</v>
       </c>
-      <c r="B208" s="449"/>
-[...7 lines deleted...]
-      <c r="J208" s="557" t="s">
+      <c r="B208" s="645"/>
+      <c r="C208" s="645"/>
+      <c r="D208" s="645"/>
+      <c r="E208" s="645"/>
+      <c r="F208" s="645"/>
+      <c r="G208" s="645"/>
+      <c r="H208" s="645"/>
+      <c r="I208" s="645"/>
+      <c r="J208" s="392" t="s">
         <v>195</v>
       </c>
       <c r="K208" s="184"/>
       <c r="L208" s="184"/>
       <c r="M208" s="184"/>
-      <c r="N208" s="465"/>
-[...4 lines deleted...]
-      <c r="S208" s="467"/>
+      <c r="N208" s="432"/>
+      <c r="O208" s="433"/>
+      <c r="P208" s="433"/>
+      <c r="Q208" s="433"/>
+      <c r="R208" s="433"/>
+      <c r="S208" s="434"/>
       <c r="T208" s="184"/>
       <c r="U208" s="155"/>
       <c r="V208" s="159"/>
       <c r="W208" s="159"/>
       <c r="X208" s="159"/>
       <c r="Y208" s="159"/>
       <c r="Z208" s="159"/>
       <c r="AA208" s="159"/>
       <c r="AB208" s="159"/>
       <c r="AC208" s="159"/>
       <c r="AD208" s="159"/>
       <c r="AE208" s="159"/>
       <c r="AF208" s="155"/>
       <c r="AG208" s="155"/>
     </row>
     <row r="209" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A209" s="435" t="s">
-[...10 lines deleted...]
-      <c r="J209" s="558"/>
+      <c r="A209" s="576" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B209" s="576"/>
+      <c r="C209" s="576"/>
+      <c r="D209" s="576"/>
+      <c r="E209" s="576"/>
+      <c r="F209" s="576"/>
+      <c r="G209" s="576"/>
+      <c r="H209" s="576"/>
+      <c r="I209" s="713"/>
+      <c r="J209" s="393"/>
       <c r="K209" s="184"/>
       <c r="L209" s="184"/>
       <c r="M209" s="184"/>
-      <c r="N209" s="468"/>
-[...4 lines deleted...]
-      <c r="S209" s="470"/>
+      <c r="N209" s="435"/>
+      <c r="O209" s="436"/>
+      <c r="P209" s="436"/>
+      <c r="Q209" s="436"/>
+      <c r="R209" s="436"/>
+      <c r="S209" s="437"/>
       <c r="T209" s="184"/>
       <c r="U209" s="155"/>
       <c r="V209" s="155"/>
       <c r="W209" s="155"/>
       <c r="X209" s="155"/>
       <c r="Y209" s="155"/>
       <c r="Z209" s="155"/>
       <c r="AA209" s="155"/>
       <c r="AB209" s="155"/>
       <c r="AC209" s="155"/>
       <c r="AD209" s="155"/>
       <c r="AE209" s="155"/>
       <c r="AF209" s="155"/>
       <c r="AG209" s="155"/>
     </row>
     <row r="210" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A210" s="435"/>
-[...8 lines deleted...]
-      <c r="J210" s="723"/>
+      <c r="A210" s="576"/>
+      <c r="B210" s="576"/>
+      <c r="C210" s="576"/>
+      <c r="D210" s="576"/>
+      <c r="E210" s="576"/>
+      <c r="F210" s="576"/>
+      <c r="G210" s="576"/>
+      <c r="H210" s="576"/>
+      <c r="I210" s="713"/>
+      <c r="J210" s="394"/>
       <c r="K210" s="184"/>
       <c r="L210" s="184"/>
       <c r="M210" s="184"/>
-      <c r="N210" s="471"/>
-[...4 lines deleted...]
-      <c r="S210" s="473"/>
+      <c r="N210" s="438"/>
+      <c r="O210" s="439"/>
+      <c r="P210" s="439"/>
+      <c r="Q210" s="439"/>
+      <c r="R210" s="439"/>
+      <c r="S210" s="440"/>
       <c r="T210" s="184"/>
       <c r="U210" s="155"/>
       <c r="V210" s="155"/>
       <c r="W210" s="155"/>
       <c r="X210" s="155"/>
       <c r="Y210" s="155"/>
       <c r="Z210" s="155"/>
       <c r="AA210" s="155"/>
       <c r="AB210" s="155"/>
       <c r="AC210" s="155"/>
       <c r="AD210" s="155"/>
       <c r="AE210" s="155"/>
       <c r="AF210" s="155"/>
       <c r="AG210" s="155"/>
     </row>
     <row r="211" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A211" s="380"/>
       <c r="B211" s="380"/>
       <c r="C211" s="380"/>
       <c r="D211" s="380"/>
       <c r="E211" s="380"/>
       <c r="F211" s="380"/>
       <c r="G211" s="380"/>
       <c r="H211" s="380"/>
       <c r="I211" s="380"/>
@@ -29932,1169 +29935,1169 @@
       <c r="K212" s="184"/>
       <c r="L212" s="184"/>
       <c r="M212" s="184"/>
       <c r="N212" s="184"/>
       <c r="O212" s="184"/>
       <c r="P212" s="184"/>
       <c r="Q212" s="184"/>
       <c r="R212" s="184"/>
       <c r="S212" s="184"/>
       <c r="T212" s="184"/>
       <c r="U212" s="155"/>
       <c r="V212" s="155"/>
       <c r="W212" s="155"/>
       <c r="X212" s="155"/>
       <c r="Y212" s="155"/>
       <c r="Z212" s="155"/>
       <c r="AA212" s="155"/>
       <c r="AB212" s="155"/>
       <c r="AC212" s="155"/>
       <c r="AD212" s="155"/>
       <c r="AE212" s="155"/>
       <c r="AF212" s="155"/>
       <c r="AG212" s="155"/>
     </row>
     <row r="213" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A213" s="554" t="s">
+      <c r="A213" s="682" t="s">
         <v>377</v>
       </c>
-      <c r="B213" s="554"/>
-[...7 lines deleted...]
-      <c r="J213" s="557" t="s">
+      <c r="B213" s="682"/>
+      <c r="C213" s="682"/>
+      <c r="D213" s="682"/>
+      <c r="E213" s="682"/>
+      <c r="F213" s="682"/>
+      <c r="G213" s="682"/>
+      <c r="H213" s="682"/>
+      <c r="I213" s="682"/>
+      <c r="J213" s="392" t="s">
         <v>195</v>
       </c>
       <c r="K213" s="184"/>
       <c r="L213" s="184"/>
       <c r="M213" s="184"/>
-      <c r="N213" s="437"/>
-[...4 lines deleted...]
-      <c r="S213" s="439"/>
+      <c r="N213" s="401"/>
+      <c r="O213" s="402"/>
+      <c r="P213" s="402"/>
+      <c r="Q213" s="402"/>
+      <c r="R213" s="402"/>
+      <c r="S213" s="403"/>
       <c r="T213" s="184"/>
       <c r="U213" s="155"/>
       <c r="V213" s="155"/>
       <c r="W213" s="155"/>
       <c r="X213" s="155"/>
       <c r="Y213" s="155"/>
       <c r="Z213" s="155"/>
       <c r="AA213" s="155"/>
       <c r="AB213" s="155"/>
       <c r="AC213" s="155"/>
       <c r="AD213" s="155"/>
       <c r="AE213" s="155"/>
       <c r="AF213" s="155"/>
       <c r="AG213" s="155"/>
     </row>
     <row r="214" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A214" s="554"/>
-[...8 lines deleted...]
-      <c r="J214" s="558"/>
+      <c r="A214" s="682"/>
+      <c r="B214" s="682"/>
+      <c r="C214" s="682"/>
+      <c r="D214" s="682"/>
+      <c r="E214" s="682"/>
+      <c r="F214" s="682"/>
+      <c r="G214" s="682"/>
+      <c r="H214" s="682"/>
+      <c r="I214" s="682"/>
+      <c r="J214" s="393"/>
       <c r="K214" s="184"/>
       <c r="L214" s="184"/>
       <c r="M214" s="184"/>
-      <c r="N214" s="440"/>
-[...4 lines deleted...]
-      <c r="S214" s="442"/>
+      <c r="N214" s="404"/>
+      <c r="O214" s="405"/>
+      <c r="P214" s="405"/>
+      <c r="Q214" s="405"/>
+      <c r="R214" s="405"/>
+      <c r="S214" s="406"/>
       <c r="T214" s="184"/>
       <c r="U214" s="155"/>
       <c r="V214" s="155"/>
       <c r="W214" s="155"/>
       <c r="X214" s="155"/>
       <c r="Y214" s="155"/>
       <c r="Z214" s="155"/>
       <c r="AA214" s="155"/>
       <c r="AB214" s="155"/>
       <c r="AC214" s="155"/>
       <c r="AD214" s="155"/>
       <c r="AE214" s="155"/>
       <c r="AF214" s="155"/>
       <c r="AG214" s="155"/>
     </row>
     <row r="215" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A215" s="96" t="s">
         <v>378</v>
       </c>
       <c r="B215" s="9"/>
       <c r="C215" s="9"/>
       <c r="D215" s="9"/>
       <c r="E215" s="9"/>
       <c r="F215" s="9"/>
       <c r="G215" s="9"/>
       <c r="H215" s="9"/>
       <c r="I215" s="9"/>
-      <c r="J215" s="558"/>
+      <c r="J215" s="393"/>
       <c r="K215" s="184"/>
       <c r="L215" s="184"/>
       <c r="M215" s="184"/>
-      <c r="N215" s="440"/>
-[...4 lines deleted...]
-      <c r="S215" s="442"/>
+      <c r="N215" s="404"/>
+      <c r="O215" s="405"/>
+      <c r="P215" s="405"/>
+      <c r="Q215" s="405"/>
+      <c r="R215" s="405"/>
+      <c r="S215" s="406"/>
       <c r="T215" s="184"/>
       <c r="U215" s="155"/>
       <c r="V215" s="155"/>
       <c r="W215" s="155"/>
       <c r="X215" s="155"/>
       <c r="Y215" s="155"/>
       <c r="Z215" s="155"/>
       <c r="AA215" s="155"/>
       <c r="AB215" s="155"/>
       <c r="AC215" s="155"/>
       <c r="AD215" s="155"/>
       <c r="AE215" s="155"/>
       <c r="AF215" s="155"/>
       <c r="AG215" s="155"/>
     </row>
     <row r="216" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A216" s="413"/>
-[...8 lines deleted...]
-      <c r="J216" s="415"/>
+      <c r="A216" s="699"/>
+      <c r="B216" s="700"/>
+      <c r="C216" s="700"/>
+      <c r="D216" s="700"/>
+      <c r="E216" s="700"/>
+      <c r="F216" s="700"/>
+      <c r="G216" s="700"/>
+      <c r="H216" s="700"/>
+      <c r="I216" s="700"/>
+      <c r="J216" s="701"/>
       <c r="K216" s="184"/>
       <c r="L216" s="184"/>
       <c r="M216" s="184"/>
-      <c r="N216" s="440"/>
-[...4 lines deleted...]
-      <c r="S216" s="442"/>
+      <c r="N216" s="404"/>
+      <c r="O216" s="405"/>
+      <c r="P216" s="405"/>
+      <c r="Q216" s="405"/>
+      <c r="R216" s="405"/>
+      <c r="S216" s="406"/>
       <c r="T216" s="184"/>
       <c r="U216" s="155"/>
       <c r="V216" s="155"/>
       <c r="W216" s="155"/>
       <c r="X216" s="155"/>
       <c r="Y216" s="155"/>
       <c r="Z216" s="155"/>
       <c r="AA216" s="155"/>
       <c r="AB216" s="155"/>
       <c r="AC216" s="155"/>
       <c r="AD216" s="155"/>
       <c r="AE216" s="155"/>
       <c r="AF216" s="155"/>
       <c r="AG216" s="155"/>
     </row>
     <row r="217" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A217" s="416"/>
-[...8 lines deleted...]
-      <c r="J217" s="418"/>
+      <c r="A217" s="702"/>
+      <c r="B217" s="703"/>
+      <c r="C217" s="703"/>
+      <c r="D217" s="703"/>
+      <c r="E217" s="703"/>
+      <c r="F217" s="703"/>
+      <c r="G217" s="703"/>
+      <c r="H217" s="703"/>
+      <c r="I217" s="703"/>
+      <c r="J217" s="704"/>
       <c r="K217" s="184"/>
       <c r="L217" s="184"/>
       <c r="M217" s="184"/>
-      <c r="N217" s="440"/>
-[...4 lines deleted...]
-      <c r="S217" s="442"/>
+      <c r="N217" s="404"/>
+      <c r="O217" s="405"/>
+      <c r="P217" s="405"/>
+      <c r="Q217" s="405"/>
+      <c r="R217" s="405"/>
+      <c r="S217" s="406"/>
       <c r="T217" s="184"/>
       <c r="U217" s="155"/>
       <c r="V217" s="155"/>
       <c r="W217" s="155"/>
       <c r="X217" s="155"/>
       <c r="Y217" s="155"/>
       <c r="Z217" s="155"/>
       <c r="AA217" s="155"/>
       <c r="AB217" s="155"/>
       <c r="AC217" s="155"/>
       <c r="AD217" s="155"/>
       <c r="AE217" s="155"/>
       <c r="AF217" s="155"/>
       <c r="AG217" s="155"/>
     </row>
     <row r="218" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A218" s="416"/>
-[...8 lines deleted...]
-      <c r="J218" s="418"/>
+      <c r="A218" s="702"/>
+      <c r="B218" s="703"/>
+      <c r="C218" s="703"/>
+      <c r="D218" s="703"/>
+      <c r="E218" s="703"/>
+      <c r="F218" s="703"/>
+      <c r="G218" s="703"/>
+      <c r="H218" s="703"/>
+      <c r="I218" s="703"/>
+      <c r="J218" s="704"/>
       <c r="K218" s="208"/>
       <c r="L218" s="208"/>
       <c r="M218" s="208"/>
-      <c r="N218" s="440"/>
-[...4 lines deleted...]
-      <c r="S218" s="442"/>
+      <c r="N218" s="404"/>
+      <c r="O218" s="405"/>
+      <c r="P218" s="405"/>
+      <c r="Q218" s="405"/>
+      <c r="R218" s="405"/>
+      <c r="S218" s="406"/>
       <c r="T218" s="208"/>
       <c r="U218" s="155"/>
       <c r="V218" s="155"/>
       <c r="W218" s="155"/>
       <c r="X218" s="155"/>
       <c r="Y218" s="155"/>
       <c r="Z218" s="155"/>
       <c r="AA218" s="155"/>
       <c r="AB218" s="155"/>
       <c r="AC218" s="155"/>
       <c r="AD218" s="155"/>
       <c r="AE218" s="155"/>
       <c r="AF218" s="155"/>
       <c r="AG218" s="155"/>
     </row>
     <row r="219" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A219" s="416"/>
-[...8 lines deleted...]
-      <c r="J219" s="418"/>
+      <c r="A219" s="702"/>
+      <c r="B219" s="703"/>
+      <c r="C219" s="703"/>
+      <c r="D219" s="703"/>
+      <c r="E219" s="703"/>
+      <c r="F219" s="703"/>
+      <c r="G219" s="703"/>
+      <c r="H219" s="703"/>
+      <c r="I219" s="703"/>
+      <c r="J219" s="704"/>
       <c r="K219" s="208"/>
       <c r="L219" s="208"/>
       <c r="M219" s="208"/>
-      <c r="N219" s="440"/>
-[...4 lines deleted...]
-      <c r="S219" s="442"/>
+      <c r="N219" s="404"/>
+      <c r="O219" s="405"/>
+      <c r="P219" s="405"/>
+      <c r="Q219" s="405"/>
+      <c r="R219" s="405"/>
+      <c r="S219" s="406"/>
       <c r="T219" s="208"/>
       <c r="U219" s="155"/>
       <c r="V219" s="155"/>
       <c r="W219" s="155"/>
       <c r="X219" s="155"/>
       <c r="Y219" s="155"/>
       <c r="Z219" s="155"/>
       <c r="AA219" s="155"/>
       <c r="AB219" s="155"/>
       <c r="AC219" s="155"/>
       <c r="AD219" s="155"/>
       <c r="AE219" s="155"/>
       <c r="AF219" s="155"/>
       <c r="AG219" s="155"/>
     </row>
     <row r="220" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A220" s="416"/>
-[...8 lines deleted...]
-      <c r="J220" s="418"/>
+      <c r="A220" s="702"/>
+      <c r="B220" s="703"/>
+      <c r="C220" s="703"/>
+      <c r="D220" s="703"/>
+      <c r="E220" s="703"/>
+      <c r="F220" s="703"/>
+      <c r="G220" s="703"/>
+      <c r="H220" s="703"/>
+      <c r="I220" s="703"/>
+      <c r="J220" s="704"/>
       <c r="K220" s="208"/>
       <c r="L220" s="208"/>
       <c r="M220" s="208"/>
-      <c r="N220" s="440"/>
-[...4 lines deleted...]
-      <c r="S220" s="442"/>
+      <c r="N220" s="404"/>
+      <c r="O220" s="405"/>
+      <c r="P220" s="405"/>
+      <c r="Q220" s="405"/>
+      <c r="R220" s="405"/>
+      <c r="S220" s="406"/>
       <c r="T220" s="208"/>
       <c r="U220" s="155"/>
       <c r="V220" s="155"/>
       <c r="W220" s="155"/>
       <c r="X220" s="155"/>
       <c r="Y220" s="155"/>
       <c r="Z220" s="155"/>
       <c r="AA220" s="155"/>
       <c r="AB220" s="155"/>
       <c r="AC220" s="155"/>
       <c r="AD220" s="155"/>
       <c r="AE220" s="155"/>
       <c r="AF220" s="155"/>
       <c r="AG220" s="155"/>
     </row>
     <row r="221" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A221" s="416"/>
-[...8 lines deleted...]
-      <c r="J221" s="418"/>
+      <c r="A221" s="702"/>
+      <c r="B221" s="703"/>
+      <c r="C221" s="703"/>
+      <c r="D221" s="703"/>
+      <c r="E221" s="703"/>
+      <c r="F221" s="703"/>
+      <c r="G221" s="703"/>
+      <c r="H221" s="703"/>
+      <c r="I221" s="703"/>
+      <c r="J221" s="704"/>
       <c r="K221" s="208"/>
       <c r="L221" s="208"/>
       <c r="M221" s="208"/>
-      <c r="N221" s="440"/>
-[...4 lines deleted...]
-      <c r="S221" s="442"/>
+      <c r="N221" s="404"/>
+      <c r="O221" s="405"/>
+      <c r="P221" s="405"/>
+      <c r="Q221" s="405"/>
+      <c r="R221" s="405"/>
+      <c r="S221" s="406"/>
       <c r="T221" s="208"/>
       <c r="U221" s="155"/>
       <c r="V221" s="155"/>
       <c r="W221" s="155"/>
       <c r="X221" s="155"/>
       <c r="Y221" s="155"/>
       <c r="Z221" s="155"/>
       <c r="AA221" s="155"/>
       <c r="AB221" s="155"/>
       <c r="AC221" s="155"/>
       <c r="AD221" s="155"/>
       <c r="AE221" s="155"/>
       <c r="AF221" s="155"/>
       <c r="AG221" s="155"/>
     </row>
     <row r="222" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A222" s="416"/>
-[...8 lines deleted...]
-      <c r="J222" s="418"/>
+      <c r="A222" s="702"/>
+      <c r="B222" s="703"/>
+      <c r="C222" s="703"/>
+      <c r="D222" s="703"/>
+      <c r="E222" s="703"/>
+      <c r="F222" s="703"/>
+      <c r="G222" s="703"/>
+      <c r="H222" s="703"/>
+      <c r="I222" s="703"/>
+      <c r="J222" s="704"/>
       <c r="K222" s="208"/>
       <c r="L222" s="208"/>
       <c r="M222" s="208"/>
-      <c r="N222" s="440"/>
-[...4 lines deleted...]
-      <c r="S222" s="442"/>
+      <c r="N222" s="404"/>
+      <c r="O222" s="405"/>
+      <c r="P222" s="405"/>
+      <c r="Q222" s="405"/>
+      <c r="R222" s="405"/>
+      <c r="S222" s="406"/>
       <c r="T222" s="208"/>
       <c r="U222" s="155"/>
       <c r="V222" s="155"/>
       <c r="W222" s="155"/>
       <c r="X222" s="155"/>
       <c r="Y222" s="155"/>
       <c r="Z222" s="155"/>
       <c r="AA222" s="155"/>
       <c r="AB222" s="155"/>
       <c r="AC222" s="155"/>
       <c r="AD222" s="155"/>
       <c r="AE222" s="155"/>
       <c r="AF222" s="155"/>
       <c r="AG222" s="155"/>
     </row>
     <row r="223" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A223" s="416"/>
-[...8 lines deleted...]
-      <c r="J223" s="418"/>
+      <c r="A223" s="702"/>
+      <c r="B223" s="703"/>
+      <c r="C223" s="703"/>
+      <c r="D223" s="703"/>
+      <c r="E223" s="703"/>
+      <c r="F223" s="703"/>
+      <c r="G223" s="703"/>
+      <c r="H223" s="703"/>
+      <c r="I223" s="703"/>
+      <c r="J223" s="704"/>
       <c r="K223" s="208"/>
       <c r="L223" s="208"/>
       <c r="M223" s="208"/>
-      <c r="N223" s="440"/>
-[...4 lines deleted...]
-      <c r="S223" s="442"/>
+      <c r="N223" s="404"/>
+      <c r="O223" s="405"/>
+      <c r="P223" s="405"/>
+      <c r="Q223" s="405"/>
+      <c r="R223" s="405"/>
+      <c r="S223" s="406"/>
       <c r="T223" s="208"/>
       <c r="U223" s="155"/>
       <c r="V223" s="155"/>
       <c r="W223" s="155"/>
       <c r="X223" s="155"/>
       <c r="Y223" s="155"/>
       <c r="Z223" s="155"/>
       <c r="AA223" s="155"/>
       <c r="AB223" s="155"/>
       <c r="AC223" s="155"/>
       <c r="AD223" s="155"/>
       <c r="AE223" s="155"/>
       <c r="AF223" s="155"/>
       <c r="AG223" s="155"/>
     </row>
     <row r="224" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A224" s="416"/>
-[...8 lines deleted...]
-      <c r="J224" s="418"/>
+      <c r="A224" s="702"/>
+      <c r="B224" s="703"/>
+      <c r="C224" s="703"/>
+      <c r="D224" s="703"/>
+      <c r="E224" s="703"/>
+      <c r="F224" s="703"/>
+      <c r="G224" s="703"/>
+      <c r="H224" s="703"/>
+      <c r="I224" s="703"/>
+      <c r="J224" s="704"/>
       <c r="K224" s="208"/>
       <c r="L224" s="208"/>
       <c r="M224" s="208"/>
-      <c r="N224" s="440"/>
-[...4 lines deleted...]
-      <c r="S224" s="442"/>
+      <c r="N224" s="404"/>
+      <c r="O224" s="405"/>
+      <c r="P224" s="405"/>
+      <c r="Q224" s="405"/>
+      <c r="R224" s="405"/>
+      <c r="S224" s="406"/>
       <c r="T224" s="208"/>
       <c r="U224" s="155"/>
       <c r="V224" s="155"/>
       <c r="W224" s="155"/>
       <c r="X224" s="155"/>
       <c r="Y224" s="155"/>
       <c r="Z224" s="155"/>
       <c r="AA224" s="155"/>
       <c r="AB224" s="155"/>
       <c r="AC224" s="155"/>
       <c r="AD224" s="155"/>
       <c r="AE224" s="155"/>
       <c r="AF224" s="155"/>
       <c r="AG224" s="155"/>
     </row>
     <row r="225" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A225" s="416"/>
-[...8 lines deleted...]
-      <c r="J225" s="418"/>
+      <c r="A225" s="702"/>
+      <c r="B225" s="703"/>
+      <c r="C225" s="703"/>
+      <c r="D225" s="703"/>
+      <c r="E225" s="703"/>
+      <c r="F225" s="703"/>
+      <c r="G225" s="703"/>
+      <c r="H225" s="703"/>
+      <c r="I225" s="703"/>
+      <c r="J225" s="704"/>
       <c r="K225" s="208"/>
       <c r="L225" s="208"/>
       <c r="M225" s="208"/>
-      <c r="N225" s="440"/>
-[...4 lines deleted...]
-      <c r="S225" s="442"/>
+      <c r="N225" s="404"/>
+      <c r="O225" s="405"/>
+      <c r="P225" s="405"/>
+      <c r="Q225" s="405"/>
+      <c r="R225" s="405"/>
+      <c r="S225" s="406"/>
       <c r="T225" s="208"/>
       <c r="U225" s="155"/>
       <c r="V225" s="155"/>
       <c r="W225" s="155"/>
       <c r="X225" s="155"/>
       <c r="Y225" s="155"/>
       <c r="Z225" s="155"/>
       <c r="AA225" s="155"/>
       <c r="AB225" s="155"/>
       <c r="AC225" s="155"/>
       <c r="AD225" s="155"/>
       <c r="AE225" s="155"/>
       <c r="AF225" s="155"/>
       <c r="AG225" s="155"/>
     </row>
     <row r="226" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A226" s="416"/>
-[...8 lines deleted...]
-      <c r="J226" s="418"/>
+      <c r="A226" s="702"/>
+      <c r="B226" s="703"/>
+      <c r="C226" s="703"/>
+      <c r="D226" s="703"/>
+      <c r="E226" s="703"/>
+      <c r="F226" s="703"/>
+      <c r="G226" s="703"/>
+      <c r="H226" s="703"/>
+      <c r="I226" s="703"/>
+      <c r="J226" s="704"/>
       <c r="K226" s="208"/>
       <c r="L226" s="208"/>
       <c r="M226" s="208"/>
-      <c r="N226" s="440"/>
-[...4 lines deleted...]
-      <c r="S226" s="442"/>
+      <c r="N226" s="404"/>
+      <c r="O226" s="405"/>
+      <c r="P226" s="405"/>
+      <c r="Q226" s="405"/>
+      <c r="R226" s="405"/>
+      <c r="S226" s="406"/>
       <c r="T226" s="208"/>
       <c r="U226" s="155"/>
       <c r="V226" s="155"/>
       <c r="W226" s="155"/>
       <c r="X226" s="155"/>
       <c r="Y226" s="155"/>
       <c r="Z226" s="155"/>
       <c r="AA226" s="155"/>
       <c r="AB226" s="155"/>
       <c r="AC226" s="155"/>
       <c r="AD226" s="155"/>
       <c r="AE226" s="155"/>
       <c r="AF226" s="155"/>
       <c r="AG226" s="155"/>
     </row>
     <row r="227" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A227" s="416"/>
-[...8 lines deleted...]
-      <c r="J227" s="418"/>
+      <c r="A227" s="702"/>
+      <c r="B227" s="703"/>
+      <c r="C227" s="703"/>
+      <c r="D227" s="703"/>
+      <c r="E227" s="703"/>
+      <c r="F227" s="703"/>
+      <c r="G227" s="703"/>
+      <c r="H227" s="703"/>
+      <c r="I227" s="703"/>
+      <c r="J227" s="704"/>
       <c r="K227" s="208"/>
       <c r="L227" s="208"/>
       <c r="M227" s="208"/>
-      <c r="N227" s="440"/>
-[...4 lines deleted...]
-      <c r="S227" s="442"/>
+      <c r="N227" s="404"/>
+      <c r="O227" s="405"/>
+      <c r="P227" s="405"/>
+      <c r="Q227" s="405"/>
+      <c r="R227" s="405"/>
+      <c r="S227" s="406"/>
       <c r="T227" s="208"/>
       <c r="U227" s="155"/>
       <c r="V227" s="155"/>
       <c r="W227" s="155"/>
       <c r="X227" s="155"/>
       <c r="Y227" s="155"/>
       <c r="Z227" s="155"/>
       <c r="AA227" s="155"/>
       <c r="AB227" s="155"/>
       <c r="AC227" s="155"/>
       <c r="AD227" s="155"/>
       <c r="AE227" s="155"/>
       <c r="AF227" s="155"/>
       <c r="AG227" s="155"/>
     </row>
     <row r="228" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A228" s="416"/>
-[...8 lines deleted...]
-      <c r="J228" s="418"/>
+      <c r="A228" s="702"/>
+      <c r="B228" s="703"/>
+      <c r="C228" s="703"/>
+      <c r="D228" s="703"/>
+      <c r="E228" s="703"/>
+      <c r="F228" s="703"/>
+      <c r="G228" s="703"/>
+      <c r="H228" s="703"/>
+      <c r="I228" s="703"/>
+      <c r="J228" s="704"/>
       <c r="K228" s="208"/>
       <c r="L228" s="208"/>
       <c r="M228" s="208"/>
-      <c r="N228" s="440"/>
-[...4 lines deleted...]
-      <c r="S228" s="442"/>
+      <c r="N228" s="404"/>
+      <c r="O228" s="405"/>
+      <c r="P228" s="405"/>
+      <c r="Q228" s="405"/>
+      <c r="R228" s="405"/>
+      <c r="S228" s="406"/>
       <c r="T228" s="208"/>
       <c r="U228" s="155"/>
       <c r="V228" s="155"/>
       <c r="W228" s="155"/>
       <c r="X228" s="155"/>
       <c r="Y228" s="155"/>
       <c r="Z228" s="155"/>
       <c r="AA228" s="155"/>
       <c r="AB228" s="155"/>
       <c r="AC228" s="155"/>
       <c r="AD228" s="155"/>
       <c r="AE228" s="155"/>
       <c r="AF228" s="155"/>
       <c r="AG228" s="155"/>
     </row>
     <row r="229" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A229" s="416"/>
-[...8 lines deleted...]
-      <c r="J229" s="418"/>
+      <c r="A229" s="702"/>
+      <c r="B229" s="703"/>
+      <c r="C229" s="703"/>
+      <c r="D229" s="703"/>
+      <c r="E229" s="703"/>
+      <c r="F229" s="703"/>
+      <c r="G229" s="703"/>
+      <c r="H229" s="703"/>
+      <c r="I229" s="703"/>
+      <c r="J229" s="704"/>
       <c r="K229" s="208"/>
       <c r="L229" s="208"/>
       <c r="M229" s="208"/>
-      <c r="N229" s="440"/>
-[...4 lines deleted...]
-      <c r="S229" s="442"/>
+      <c r="N229" s="404"/>
+      <c r="O229" s="405"/>
+      <c r="P229" s="405"/>
+      <c r="Q229" s="405"/>
+      <c r="R229" s="405"/>
+      <c r="S229" s="406"/>
       <c r="T229" s="208"/>
       <c r="U229" s="155"/>
       <c r="V229" s="155"/>
       <c r="W229" s="155"/>
       <c r="X229" s="155"/>
       <c r="Y229" s="155"/>
       <c r="Z229" s="155"/>
       <c r="AA229" s="155"/>
       <c r="AB229" s="155"/>
       <c r="AC229" s="155"/>
       <c r="AD229" s="155"/>
       <c r="AE229" s="155"/>
       <c r="AF229" s="155"/>
       <c r="AG229" s="155"/>
     </row>
     <row r="230" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A230" s="416"/>
-[...8 lines deleted...]
-      <c r="J230" s="418"/>
+      <c r="A230" s="702"/>
+      <c r="B230" s="703"/>
+      <c r="C230" s="703"/>
+      <c r="D230" s="703"/>
+      <c r="E230" s="703"/>
+      <c r="F230" s="703"/>
+      <c r="G230" s="703"/>
+      <c r="H230" s="703"/>
+      <c r="I230" s="703"/>
+      <c r="J230" s="704"/>
       <c r="K230" s="208"/>
       <c r="L230" s="208"/>
       <c r="M230" s="208"/>
-      <c r="N230" s="440"/>
-[...4 lines deleted...]
-      <c r="S230" s="442"/>
+      <c r="N230" s="404"/>
+      <c r="O230" s="405"/>
+      <c r="P230" s="405"/>
+      <c r="Q230" s="405"/>
+      <c r="R230" s="405"/>
+      <c r="S230" s="406"/>
       <c r="T230" s="208"/>
       <c r="U230" s="155"/>
       <c r="V230" s="155"/>
       <c r="W230" s="155"/>
       <c r="X230" s="155"/>
       <c r="Y230" s="155"/>
       <c r="Z230" s="155"/>
       <c r="AA230" s="155"/>
       <c r="AB230" s="155"/>
       <c r="AC230" s="155"/>
       <c r="AD230" s="155"/>
       <c r="AE230" s="155"/>
       <c r="AF230" s="155"/>
       <c r="AG230" s="155"/>
     </row>
     <row r="231" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A231" s="416"/>
-[...8 lines deleted...]
-      <c r="J231" s="418"/>
+      <c r="A231" s="702"/>
+      <c r="B231" s="703"/>
+      <c r="C231" s="703"/>
+      <c r="D231" s="703"/>
+      <c r="E231" s="703"/>
+      <c r="F231" s="703"/>
+      <c r="G231" s="703"/>
+      <c r="H231" s="703"/>
+      <c r="I231" s="703"/>
+      <c r="J231" s="704"/>
       <c r="K231" s="208"/>
       <c r="L231" s="208"/>
       <c r="M231" s="208"/>
-      <c r="N231" s="440"/>
-[...4 lines deleted...]
-      <c r="S231" s="442"/>
+      <c r="N231" s="404"/>
+      <c r="O231" s="405"/>
+      <c r="P231" s="405"/>
+      <c r="Q231" s="405"/>
+      <c r="R231" s="405"/>
+      <c r="S231" s="406"/>
       <c r="T231" s="208"/>
       <c r="U231" s="155"/>
       <c r="V231" s="155"/>
       <c r="W231" s="155"/>
       <c r="X231" s="155"/>
       <c r="Y231" s="155"/>
       <c r="Z231" s="155"/>
       <c r="AA231" s="155"/>
       <c r="AB231" s="155"/>
       <c r="AC231" s="155"/>
       <c r="AD231" s="155"/>
       <c r="AE231" s="155"/>
       <c r="AF231" s="155"/>
       <c r="AG231" s="155"/>
     </row>
     <row r="232" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A232" s="416"/>
-[...8 lines deleted...]
-      <c r="J232" s="418"/>
+      <c r="A232" s="702"/>
+      <c r="B232" s="703"/>
+      <c r="C232" s="703"/>
+      <c r="D232" s="703"/>
+      <c r="E232" s="703"/>
+      <c r="F232" s="703"/>
+      <c r="G232" s="703"/>
+      <c r="H232" s="703"/>
+      <c r="I232" s="703"/>
+      <c r="J232" s="704"/>
       <c r="K232" s="208"/>
       <c r="L232" s="208"/>
       <c r="M232" s="208"/>
-      <c r="N232" s="440"/>
-[...4 lines deleted...]
-      <c r="S232" s="442"/>
+      <c r="N232" s="404"/>
+      <c r="O232" s="405"/>
+      <c r="P232" s="405"/>
+      <c r="Q232" s="405"/>
+      <c r="R232" s="405"/>
+      <c r="S232" s="406"/>
       <c r="T232" s="208"/>
       <c r="U232" s="155"/>
       <c r="V232" s="155"/>
       <c r="W232" s="155"/>
       <c r="X232" s="155"/>
       <c r="Y232" s="155"/>
       <c r="Z232" s="155"/>
       <c r="AA232" s="155"/>
       <c r="AB232" s="155"/>
       <c r="AC232" s="155"/>
       <c r="AD232" s="155"/>
       <c r="AE232" s="155"/>
       <c r="AF232" s="155"/>
       <c r="AG232" s="155"/>
     </row>
     <row r="233" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A233" s="416"/>
-[...8 lines deleted...]
-      <c r="J233" s="418"/>
+      <c r="A233" s="702"/>
+      <c r="B233" s="703"/>
+      <c r="C233" s="703"/>
+      <c r="D233" s="703"/>
+      <c r="E233" s="703"/>
+      <c r="F233" s="703"/>
+      <c r="G233" s="703"/>
+      <c r="H233" s="703"/>
+      <c r="I233" s="703"/>
+      <c r="J233" s="704"/>
       <c r="K233" s="208"/>
       <c r="L233" s="208"/>
       <c r="M233" s="208"/>
-      <c r="N233" s="440"/>
-[...4 lines deleted...]
-      <c r="S233" s="442"/>
+      <c r="N233" s="404"/>
+      <c r="O233" s="405"/>
+      <c r="P233" s="405"/>
+      <c r="Q233" s="405"/>
+      <c r="R233" s="405"/>
+      <c r="S233" s="406"/>
       <c r="T233" s="208"/>
       <c r="U233" s="155"/>
       <c r="V233" s="155"/>
       <c r="W233" s="155"/>
       <c r="X233" s="155"/>
       <c r="Y233" s="155"/>
       <c r="Z233" s="155"/>
       <c r="AA233" s="155"/>
       <c r="AB233" s="155"/>
       <c r="AC233" s="155"/>
       <c r="AD233" s="155"/>
       <c r="AE233" s="155"/>
       <c r="AF233" s="155"/>
       <c r="AG233" s="155"/>
     </row>
     <row r="234" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A234" s="416"/>
-[...8 lines deleted...]
-      <c r="J234" s="418"/>
+      <c r="A234" s="702"/>
+      <c r="B234" s="703"/>
+      <c r="C234" s="703"/>
+      <c r="D234" s="703"/>
+      <c r="E234" s="703"/>
+      <c r="F234" s="703"/>
+      <c r="G234" s="703"/>
+      <c r="H234" s="703"/>
+      <c r="I234" s="703"/>
+      <c r="J234" s="704"/>
       <c r="K234" s="184"/>
       <c r="L234" s="184"/>
       <c r="M234" s="184"/>
-      <c r="N234" s="440"/>
-[...4 lines deleted...]
-      <c r="S234" s="442"/>
+      <c r="N234" s="404"/>
+      <c r="O234" s="405"/>
+      <c r="P234" s="405"/>
+      <c r="Q234" s="405"/>
+      <c r="R234" s="405"/>
+      <c r="S234" s="406"/>
       <c r="T234" s="184"/>
       <c r="U234" s="155"/>
       <c r="V234" s="155"/>
       <c r="W234" s="155"/>
       <c r="X234" s="155"/>
       <c r="Y234" s="155"/>
       <c r="Z234" s="155"/>
       <c r="AA234" s="155"/>
       <c r="AB234" s="155"/>
       <c r="AC234" s="155"/>
       <c r="AD234" s="155"/>
       <c r="AE234" s="155"/>
       <c r="AF234" s="155"/>
       <c r="AG234" s="155"/>
     </row>
     <row r="235" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A235" s="416"/>
-[...8 lines deleted...]
-      <c r="J235" s="418"/>
+      <c r="A235" s="702"/>
+      <c r="B235" s="703"/>
+      <c r="C235" s="703"/>
+      <c r="D235" s="703"/>
+      <c r="E235" s="703"/>
+      <c r="F235" s="703"/>
+      <c r="G235" s="703"/>
+      <c r="H235" s="703"/>
+      <c r="I235" s="703"/>
+      <c r="J235" s="704"/>
       <c r="K235" s="184"/>
       <c r="L235" s="184"/>
       <c r="M235" s="184"/>
-      <c r="N235" s="440"/>
-[...4 lines deleted...]
-      <c r="S235" s="442"/>
+      <c r="N235" s="404"/>
+      <c r="O235" s="405"/>
+      <c r="P235" s="405"/>
+      <c r="Q235" s="405"/>
+      <c r="R235" s="405"/>
+      <c r="S235" s="406"/>
       <c r="T235" s="184"/>
       <c r="U235" s="155"/>
       <c r="V235" s="155"/>
       <c r="W235" s="155"/>
       <c r="X235" s="155"/>
       <c r="Y235" s="155"/>
       <c r="Z235" s="155"/>
       <c r="AA235" s="155"/>
       <c r="AB235" s="155"/>
       <c r="AC235" s="155"/>
       <c r="AD235" s="155"/>
       <c r="AE235" s="155"/>
       <c r="AF235" s="155"/>
       <c r="AG235" s="155"/>
     </row>
     <row r="236" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A236" s="416"/>
-[...8 lines deleted...]
-      <c r="J236" s="418"/>
+      <c r="A236" s="702"/>
+      <c r="B236" s="703"/>
+      <c r="C236" s="703"/>
+      <c r="D236" s="703"/>
+      <c r="E236" s="703"/>
+      <c r="F236" s="703"/>
+      <c r="G236" s="703"/>
+      <c r="H236" s="703"/>
+      <c r="I236" s="703"/>
+      <c r="J236" s="704"/>
       <c r="K236" s="184"/>
       <c r="L236" s="184"/>
       <c r="M236" s="184"/>
-      <c r="N236" s="440"/>
-[...4 lines deleted...]
-      <c r="S236" s="442"/>
+      <c r="N236" s="404"/>
+      <c r="O236" s="405"/>
+      <c r="P236" s="405"/>
+      <c r="Q236" s="405"/>
+      <c r="R236" s="405"/>
+      <c r="S236" s="406"/>
       <c r="T236" s="184"/>
       <c r="U236" s="155"/>
       <c r="V236" s="155"/>
       <c r="W236" s="155"/>
       <c r="X236" s="155"/>
       <c r="Y236" s="155"/>
       <c r="Z236" s="155"/>
       <c r="AA236" s="155"/>
       <c r="AB236" s="155"/>
       <c r="AC236" s="155"/>
       <c r="AD236" s="155"/>
       <c r="AE236" s="155"/>
       <c r="AF236" s="155"/>
       <c r="AG236" s="155"/>
     </row>
     <row r="237" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A237" s="416"/>
-[...8 lines deleted...]
-      <c r="J237" s="418"/>
+      <c r="A237" s="702"/>
+      <c r="B237" s="703"/>
+      <c r="C237" s="703"/>
+      <c r="D237" s="703"/>
+      <c r="E237" s="703"/>
+      <c r="F237" s="703"/>
+      <c r="G237" s="703"/>
+      <c r="H237" s="703"/>
+      <c r="I237" s="703"/>
+      <c r="J237" s="704"/>
       <c r="K237" s="184"/>
       <c r="L237" s="184"/>
       <c r="M237" s="184"/>
-      <c r="N237" s="440"/>
-[...4 lines deleted...]
-      <c r="S237" s="442"/>
+      <c r="N237" s="404"/>
+      <c r="O237" s="405"/>
+      <c r="P237" s="405"/>
+      <c r="Q237" s="405"/>
+      <c r="R237" s="405"/>
+      <c r="S237" s="406"/>
       <c r="T237" s="184"/>
       <c r="U237" s="155"/>
       <c r="V237" s="155"/>
       <c r="W237" s="155"/>
       <c r="X237" s="155"/>
       <c r="Y237" s="155"/>
       <c r="Z237" s="155"/>
       <c r="AA237" s="155"/>
       <c r="AB237" s="155"/>
       <c r="AC237" s="155"/>
       <c r="AD237" s="155"/>
       <c r="AE237" s="155"/>
       <c r="AF237" s="155"/>
       <c r="AG237" s="155"/>
     </row>
     <row r="238" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A238" s="416"/>
-[...8 lines deleted...]
-      <c r="J238" s="418"/>
+      <c r="A238" s="702"/>
+      <c r="B238" s="703"/>
+      <c r="C238" s="703"/>
+      <c r="D238" s="703"/>
+      <c r="E238" s="703"/>
+      <c r="F238" s="703"/>
+      <c r="G238" s="703"/>
+      <c r="H238" s="703"/>
+      <c r="I238" s="703"/>
+      <c r="J238" s="704"/>
       <c r="K238" s="184"/>
       <c r="L238" s="184"/>
       <c r="M238" s="184"/>
-      <c r="N238" s="440"/>
-[...4 lines deleted...]
-      <c r="S238" s="442"/>
+      <c r="N238" s="404"/>
+      <c r="O238" s="405"/>
+      <c r="P238" s="405"/>
+      <c r="Q238" s="405"/>
+      <c r="R238" s="405"/>
+      <c r="S238" s="406"/>
       <c r="T238" s="184"/>
       <c r="U238" s="155"/>
       <c r="V238" s="155"/>
       <c r="W238" s="155"/>
       <c r="X238" s="155"/>
       <c r="Y238" s="155"/>
       <c r="Z238" s="155"/>
       <c r="AA238" s="155"/>
       <c r="AB238" s="155"/>
       <c r="AC238" s="155"/>
       <c r="AD238" s="155"/>
       <c r="AE238" s="155"/>
       <c r="AF238" s="155"/>
       <c r="AG238" s="155"/>
     </row>
     <row r="239" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A239" s="419"/>
-[...8 lines deleted...]
-      <c r="J239" s="421"/>
+      <c r="A239" s="705"/>
+      <c r="B239" s="706"/>
+      <c r="C239" s="706"/>
+      <c r="D239" s="706"/>
+      <c r="E239" s="706"/>
+      <c r="F239" s="706"/>
+      <c r="G239" s="706"/>
+      <c r="H239" s="706"/>
+      <c r="I239" s="706"/>
+      <c r="J239" s="707"/>
       <c r="K239" s="184"/>
       <c r="L239" s="184"/>
       <c r="M239" s="184"/>
-      <c r="N239" s="443"/>
-[...4 lines deleted...]
-      <c r="S239" s="445"/>
+      <c r="N239" s="407"/>
+      <c r="O239" s="408"/>
+      <c r="P239" s="408"/>
+      <c r="Q239" s="408"/>
+      <c r="R239" s="408"/>
+      <c r="S239" s="409"/>
       <c r="T239" s="184"/>
       <c r="U239" s="155"/>
       <c r="V239" s="155"/>
       <c r="W239" s="155"/>
       <c r="X239" s="155"/>
       <c r="Y239" s="155"/>
       <c r="Z239" s="155"/>
       <c r="AA239" s="155"/>
       <c r="AB239" s="155"/>
       <c r="AC239" s="155"/>
       <c r="AD239" s="155"/>
       <c r="AE239" s="155"/>
       <c r="AF239" s="155"/>
       <c r="AG239" s="155"/>
     </row>
     <row r="240" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A240" s="555" t="s">
-[...10 lines deleted...]
-      <c r="J240" s="555"/>
+      <c r="A240" s="683" t="s">
+        <v>879</v>
+      </c>
+      <c r="B240" s="683"/>
+      <c r="C240" s="683"/>
+      <c r="D240" s="683"/>
+      <c r="E240" s="683"/>
+      <c r="F240" s="683"/>
+      <c r="G240" s="683"/>
+      <c r="H240" s="683"/>
+      <c r="I240" s="683"/>
+      <c r="J240" s="683"/>
       <c r="K240" s="184"/>
       <c r="L240" s="184"/>
       <c r="M240" s="184"/>
       <c r="N240" s="58"/>
       <c r="O240" s="58"/>
       <c r="P240" s="58"/>
       <c r="Q240" s="58"/>
       <c r="R240" s="58"/>
       <c r="S240" s="58"/>
       <c r="T240" s="184"/>
       <c r="U240" s="155"/>
       <c r="V240" s="155"/>
       <c r="W240" s="155"/>
       <c r="X240" s="155"/>
       <c r="Y240" s="155"/>
       <c r="Z240" s="155"/>
       <c r="AA240" s="155"/>
       <c r="AB240" s="155"/>
       <c r="AC240" s="155"/>
       <c r="AD240" s="155"/>
       <c r="AE240" s="155"/>
       <c r="AF240" s="155"/>
       <c r="AG240" s="155"/>
     </row>
     <row r="241" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A241" s="555"/>
-[...8 lines deleted...]
-      <c r="J241" s="555"/>
+      <c r="A241" s="683"/>
+      <c r="B241" s="683"/>
+      <c r="C241" s="683"/>
+      <c r="D241" s="683"/>
+      <c r="E241" s="683"/>
+      <c r="F241" s="683"/>
+      <c r="G241" s="683"/>
+      <c r="H241" s="683"/>
+      <c r="I241" s="683"/>
+      <c r="J241" s="683"/>
       <c r="K241" s="184"/>
       <c r="L241" s="184"/>
       <c r="M241" s="184"/>
       <c r="N241" s="57"/>
       <c r="O241" s="57"/>
       <c r="P241" s="57"/>
       <c r="Q241" s="57"/>
       <c r="R241" s="57"/>
       <c r="S241" s="57"/>
       <c r="T241" s="184"/>
       <c r="U241" s="155"/>
       <c r="V241" s="155"/>
       <c r="W241" s="155"/>
       <c r="X241" s="155"/>
       <c r="Y241" s="155"/>
       <c r="Z241" s="155"/>
       <c r="AA241" s="155"/>
       <c r="AB241" s="155"/>
       <c r="AC241" s="155"/>
       <c r="AD241" s="155"/>
       <c r="AE241" s="155"/>
       <c r="AF241" s="155"/>
       <c r="AG241" s="155"/>
     </row>
     <row r="242" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A242" s="97"/>
-      <c r="B242" s="556" t="s">
-[...7 lines deleted...]
-      <c r="H242" s="556"/>
+      <c r="B242" s="684" t="s">
+        <v>860</v>
+      </c>
+      <c r="C242" s="684"/>
+      <c r="D242" s="684"/>
+      <c r="E242" s="684"/>
+      <c r="F242" s="684"/>
+      <c r="G242" s="684"/>
+      <c r="H242" s="684"/>
       <c r="I242" s="97"/>
       <c r="J242" s="97"/>
       <c r="K242" s="184"/>
       <c r="L242" s="184"/>
       <c r="M242" s="184"/>
-      <c r="N242" s="437"/>
-[...4 lines deleted...]
-      <c r="S242" s="439"/>
+      <c r="N242" s="401"/>
+      <c r="O242" s="402"/>
+      <c r="P242" s="402"/>
+      <c r="Q242" s="402"/>
+      <c r="R242" s="402"/>
+      <c r="S242" s="403"/>
       <c r="T242" s="184"/>
       <c r="U242" s="155"/>
       <c r="V242" s="155"/>
       <c r="W242" s="155"/>
       <c r="X242" s="155"/>
       <c r="Y242" s="155"/>
       <c r="Z242" s="155"/>
       <c r="AA242" s="155"/>
       <c r="AB242" s="155"/>
       <c r="AC242" s="155"/>
       <c r="AD242" s="155"/>
       <c r="AE242" s="155"/>
       <c r="AF242" s="155"/>
       <c r="AG242" s="155"/>
     </row>
     <row r="243" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A243" s="9"/>
       <c r="B243" s="9"/>
       <c r="C243" s="9"/>
       <c r="D243" s="9"/>
       <c r="E243" s="9"/>
       <c r="F243" s="9"/>
       <c r="G243" s="9"/>
       <c r="H243" s="9"/>
       <c r="I243" s="9"/>
       <c r="J243" s="9"/>
       <c r="K243" s="184"/>
       <c r="L243" s="184"/>
       <c r="M243" s="184"/>
-      <c r="N243" s="440"/>
-[...4 lines deleted...]
-      <c r="S243" s="442"/>
+      <c r="N243" s="404"/>
+      <c r="O243" s="405"/>
+      <c r="P243" s="405"/>
+      <c r="Q243" s="405"/>
+      <c r="R243" s="405"/>
+      <c r="S243" s="406"/>
       <c r="T243" s="184"/>
       <c r="U243" s="155"/>
       <c r="V243" s="155"/>
       <c r="W243" s="155"/>
       <c r="X243" s="155"/>
       <c r="Y243" s="155"/>
       <c r="Z243" s="155"/>
       <c r="AA243" s="155"/>
       <c r="AB243" s="155"/>
       <c r="AC243" s="155"/>
       <c r="AD243" s="155"/>
       <c r="AE243" s="155"/>
       <c r="AF243" s="155"/>
       <c r="AG243" s="155"/>
     </row>
     <row r="244" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A244" s="83" t="s">
         <v>381</v>
       </c>
       <c r="B244" s="9"/>
       <c r="C244" s="9"/>
       <c r="D244" s="169"/>
       <c r="E244" s="98" t="str">
         <f>IF($D$244&lt;&gt;"",IF($D$244&lt;&gt;37.5,"standard University full-time hours are 37.5 per week",""),"")</f>
         <v/>
       </c>
       <c r="F244" s="9"/>
       <c r="G244" s="9"/>
       <c r="H244" s="9"/>
       <c r="I244" s="9"/>
       <c r="J244" s="9"/>
       <c r="K244" s="184"/>
       <c r="L244" s="184"/>
       <c r="M244" s="184"/>
-      <c r="N244" s="443"/>
-[...4 lines deleted...]
-      <c r="S244" s="445"/>
+      <c r="N244" s="407"/>
+      <c r="O244" s="408"/>
+      <c r="P244" s="408"/>
+      <c r="Q244" s="408"/>
+      <c r="R244" s="408"/>
+      <c r="S244" s="409"/>
       <c r="T244" s="184"/>
       <c r="U244" s="155"/>
       <c r="V244" s="162"/>
       <c r="W244" s="155"/>
       <c r="X244" s="155"/>
       <c r="Y244" s="155"/>
       <c r="Z244" s="155"/>
       <c r="AA244" s="155"/>
       <c r="AB244" s="155"/>
       <c r="AC244" s="155"/>
       <c r="AD244" s="155"/>
       <c r="AE244" s="155"/>
       <c r="AF244" s="155"/>
       <c r="AG244" s="155"/>
     </row>
     <row r="245" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A245" s="9"/>
       <c r="B245" s="9"/>
       <c r="C245" s="9"/>
       <c r="D245" s="9"/>
       <c r="E245" s="9"/>
       <c r="F245" s="9"/>
       <c r="G245" s="9"/>
       <c r="H245" s="9"/>
       <c r="I245" s="9"/>
@@ -31108,248 +31111,248 @@
       <c r="Q245" s="184"/>
       <c r="R245" s="184"/>
       <c r="S245" s="184"/>
       <c r="T245" s="184"/>
       <c r="U245" s="155"/>
       <c r="V245" s="155"/>
       <c r="W245" s="155"/>
       <c r="X245" s="155"/>
       <c r="Y245" s="155"/>
       <c r="Z245" s="155"/>
       <c r="AA245" s="155"/>
       <c r="AB245" s="155"/>
       <c r="AC245" s="155"/>
       <c r="AD245" s="155"/>
       <c r="AE245" s="155"/>
       <c r="AF245" s="155"/>
       <c r="AG245" s="155"/>
     </row>
     <row r="246" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A246" s="11" t="s">
         <v>389</v>
       </c>
       <c r="B246" s="9"/>
       <c r="C246" s="9"/>
       <c r="D246" s="9"/>
-      <c r="E246" s="422" t="s">
+      <c r="E246" s="566" t="s">
         <v>386</v>
       </c>
-      <c r="F246" s="423"/>
-[...3 lines deleted...]
-      <c r="J246" s="424"/>
+      <c r="F246" s="567"/>
+      <c r="G246" s="567"/>
+      <c r="H246" s="567"/>
+      <c r="I246" s="567"/>
+      <c r="J246" s="568"/>
       <c r="K246" s="184"/>
       <c r="L246" s="184"/>
       <c r="M246" s="184"/>
-      <c r="N246" s="437"/>
-[...4 lines deleted...]
-      <c r="S246" s="439"/>
+      <c r="N246" s="401"/>
+      <c r="O246" s="402"/>
+      <c r="P246" s="402"/>
+      <c r="Q246" s="402"/>
+      <c r="R246" s="402"/>
+      <c r="S246" s="403"/>
       <c r="T246" s="184"/>
       <c r="U246" s="155"/>
       <c r="V246" s="155"/>
       <c r="W246" s="155"/>
       <c r="X246" s="155"/>
       <c r="Y246" s="155"/>
       <c r="Z246" s="155"/>
       <c r="AA246" s="155"/>
       <c r="AB246" s="155"/>
       <c r="AC246" s="155"/>
       <c r="AD246" s="155"/>
       <c r="AE246" s="155"/>
       <c r="AF246" s="155"/>
       <c r="AG246" s="155"/>
     </row>
     <row r="247" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A247" s="79"/>
       <c r="B247" s="79"/>
       <c r="C247" s="79"/>
       <c r="D247" s="80"/>
-      <c r="E247" s="486"/>
-[...4 lines deleted...]
-      <c r="J247" s="488"/>
+      <c r="E247" s="480"/>
+      <c r="F247" s="481"/>
+      <c r="G247" s="481"/>
+      <c r="H247" s="481"/>
+      <c r="I247" s="481"/>
+      <c r="J247" s="482"/>
       <c r="K247" s="184"/>
       <c r="L247" s="184"/>
       <c r="M247" s="184"/>
-      <c r="N247" s="440"/>
-[...4 lines deleted...]
-      <c r="S247" s="442"/>
+      <c r="N247" s="404"/>
+      <c r="O247" s="405"/>
+      <c r="P247" s="405"/>
+      <c r="Q247" s="405"/>
+      <c r="R247" s="405"/>
+      <c r="S247" s="406"/>
       <c r="T247" s="184"/>
       <c r="U247" s="155"/>
       <c r="V247" s="155"/>
       <c r="W247" s="155"/>
       <c r="X247" s="155"/>
       <c r="Y247" s="155"/>
       <c r="Z247" s="155"/>
       <c r="AA247" s="155"/>
       <c r="AB247" s="155"/>
       <c r="AC247" s="155"/>
       <c r="AD247" s="155"/>
       <c r="AE247" s="155"/>
       <c r="AF247" s="155"/>
       <c r="AG247" s="155"/>
     </row>
     <row r="248" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A248" s="79"/>
       <c r="B248" s="79"/>
       <c r="C248" s="79"/>
       <c r="D248" s="80"/>
-      <c r="E248" s="486"/>
-[...4 lines deleted...]
-      <c r="J248" s="488"/>
+      <c r="E248" s="480"/>
+      <c r="F248" s="481"/>
+      <c r="G248" s="481"/>
+      <c r="H248" s="481"/>
+      <c r="I248" s="481"/>
+      <c r="J248" s="482"/>
       <c r="K248" s="184"/>
       <c r="L248" s="184"/>
       <c r="M248" s="184"/>
-      <c r="N248" s="440"/>
-[...4 lines deleted...]
-      <c r="S248" s="442"/>
+      <c r="N248" s="404"/>
+      <c r="O248" s="405"/>
+      <c r="P248" s="405"/>
+      <c r="Q248" s="405"/>
+      <c r="R248" s="405"/>
+      <c r="S248" s="406"/>
       <c r="T248" s="184"/>
       <c r="U248" s="155"/>
       <c r="V248" s="155"/>
       <c r="W248" s="155"/>
       <c r="X248" s="155"/>
       <c r="Y248" s="155"/>
       <c r="Z248" s="155"/>
       <c r="AA248" s="155"/>
       <c r="AB248" s="155"/>
       <c r="AC248" s="155"/>
       <c r="AD248" s="155"/>
       <c r="AE248" s="155"/>
       <c r="AF248" s="155"/>
       <c r="AG248" s="155"/>
     </row>
     <row r="249" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A249" s="79" t="s">
         <v>370</v>
       </c>
       <c r="B249" s="79"/>
       <c r="C249" s="79"/>
       <c r="D249" s="9"/>
-      <c r="E249" s="483"/>
-[...4 lines deleted...]
-      <c r="J249" s="485"/>
+      <c r="E249" s="559"/>
+      <c r="F249" s="560"/>
+      <c r="G249" s="560"/>
+      <c r="H249" s="560"/>
+      <c r="I249" s="560"/>
+      <c r="J249" s="561"/>
       <c r="K249" s="184"/>
       <c r="L249" s="184"/>
       <c r="M249" s="184"/>
-      <c r="N249" s="440"/>
-[...4 lines deleted...]
-      <c r="S249" s="442"/>
+      <c r="N249" s="404"/>
+      <c r="O249" s="405"/>
+      <c r="P249" s="405"/>
+      <c r="Q249" s="405"/>
+      <c r="R249" s="405"/>
+      <c r="S249" s="406"/>
       <c r="T249" s="184"/>
       <c r="U249" s="155"/>
       <c r="V249" s="155"/>
       <c r="W249" s="155"/>
       <c r="X249" s="155"/>
       <c r="Y249" s="155"/>
       <c r="Z249" s="155"/>
       <c r="AA249" s="155"/>
       <c r="AB249" s="155"/>
       <c r="AC249" s="155"/>
       <c r="AD249" s="155"/>
       <c r="AE249" s="155"/>
       <c r="AF249" s="155"/>
       <c r="AG249" s="155"/>
     </row>
     <row r="250" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A250" s="11" t="s">
         <v>384</v>
       </c>
       <c r="B250" s="9"/>
       <c r="C250" s="9"/>
       <c r="D250" s="9"/>
-      <c r="E250" s="486"/>
-[...4 lines deleted...]
-      <c r="J250" s="488"/>
+      <c r="E250" s="480"/>
+      <c r="F250" s="481"/>
+      <c r="G250" s="481"/>
+      <c r="H250" s="481"/>
+      <c r="I250" s="481"/>
+      <c r="J250" s="482"/>
       <c r="K250" s="184"/>
       <c r="L250" s="184"/>
       <c r="M250" s="184"/>
-      <c r="N250" s="440"/>
-[...4 lines deleted...]
-      <c r="S250" s="442"/>
+      <c r="N250" s="404"/>
+      <c r="O250" s="405"/>
+      <c r="P250" s="405"/>
+      <c r="Q250" s="405"/>
+      <c r="R250" s="405"/>
+      <c r="S250" s="406"/>
       <c r="T250" s="184"/>
       <c r="U250" s="155"/>
       <c r="V250" s="155"/>
       <c r="W250" s="155"/>
       <c r="X250" s="155"/>
       <c r="Y250" s="155"/>
       <c r="Z250" s="155"/>
       <c r="AA250" s="155"/>
       <c r="AB250" s="155"/>
       <c r="AC250" s="155"/>
       <c r="AD250" s="155"/>
       <c r="AE250" s="155"/>
       <c r="AF250" s="155"/>
       <c r="AG250" s="155"/>
     </row>
     <row r="251" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A251" s="11" t="s">
         <v>385</v>
       </c>
       <c r="B251" s="9"/>
       <c r="C251" s="9"/>
       <c r="D251" s="9"/>
-      <c r="E251" s="446"/>
-[...4 lines deleted...]
-      <c r="J251" s="448"/>
+      <c r="E251" s="563"/>
+      <c r="F251" s="564"/>
+      <c r="G251" s="564"/>
+      <c r="H251" s="564"/>
+      <c r="I251" s="564"/>
+      <c r="J251" s="565"/>
       <c r="K251" s="184"/>
       <c r="L251" s="184"/>
       <c r="M251" s="184"/>
-      <c r="N251" s="443"/>
-[...4 lines deleted...]
-      <c r="S251" s="445"/>
+      <c r="N251" s="407"/>
+      <c r="O251" s="408"/>
+      <c r="P251" s="408"/>
+      <c r="Q251" s="408"/>
+      <c r="R251" s="408"/>
+      <c r="S251" s="409"/>
       <c r="T251" s="184"/>
       <c r="U251" s="155"/>
       <c r="V251" s="155"/>
       <c r="W251" s="155"/>
       <c r="X251" s="155"/>
       <c r="Y251" s="155"/>
       <c r="Z251" s="155"/>
       <c r="AA251" s="155"/>
       <c r="AB251" s="155"/>
       <c r="AC251" s="155"/>
       <c r="AD251" s="155"/>
       <c r="AE251" s="155"/>
       <c r="AF251" s="155"/>
       <c r="AG251" s="155"/>
     </row>
     <row r="252" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A252" s="9"/>
       <c r="B252" s="9"/>
       <c r="C252" s="9"/>
       <c r="D252" s="9"/>
       <c r="E252" s="9"/>
       <c r="F252" s="9"/>
       <c r="G252" s="9"/>
       <c r="H252" s="9"/>
       <c r="I252" s="9"/>
@@ -31363,248 +31366,248 @@
       <c r="Q252" s="184"/>
       <c r="R252" s="184"/>
       <c r="S252" s="184"/>
       <c r="T252" s="184"/>
       <c r="U252" s="155"/>
       <c r="V252" s="155"/>
       <c r="W252" s="155"/>
       <c r="X252" s="155"/>
       <c r="Y252" s="155"/>
       <c r="Z252" s="155"/>
       <c r="AA252" s="155"/>
       <c r="AB252" s="155"/>
       <c r="AC252" s="155"/>
       <c r="AD252" s="155"/>
       <c r="AE252" s="155"/>
       <c r="AF252" s="155"/>
       <c r="AG252" s="155"/>
     </row>
     <row r="253" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A253" s="11" t="s">
         <v>390</v>
       </c>
       <c r="B253" s="9"/>
       <c r="C253" s="9"/>
       <c r="D253" s="9"/>
-      <c r="E253" s="422" t="s">
+      <c r="E253" s="566" t="s">
         <v>386</v>
       </c>
-      <c r="F253" s="423"/>
-[...3 lines deleted...]
-      <c r="J253" s="424"/>
+      <c r="F253" s="567"/>
+      <c r="G253" s="567"/>
+      <c r="H253" s="567"/>
+      <c r="I253" s="567"/>
+      <c r="J253" s="568"/>
       <c r="K253" s="184"/>
       <c r="L253" s="184"/>
       <c r="M253" s="184"/>
-      <c r="N253" s="437"/>
-[...4 lines deleted...]
-      <c r="S253" s="439"/>
+      <c r="N253" s="401"/>
+      <c r="O253" s="402"/>
+      <c r="P253" s="402"/>
+      <c r="Q253" s="402"/>
+      <c r="R253" s="402"/>
+      <c r="S253" s="403"/>
       <c r="T253" s="184"/>
       <c r="U253" s="155"/>
       <c r="V253" s="155"/>
       <c r="W253" s="155"/>
       <c r="X253" s="155"/>
       <c r="Y253" s="155"/>
       <c r="Z253" s="155"/>
       <c r="AA253" s="155"/>
       <c r="AB253" s="155"/>
       <c r="AC253" s="155"/>
       <c r="AD253" s="155"/>
       <c r="AE253" s="155"/>
       <c r="AF253" s="155"/>
       <c r="AG253" s="155"/>
     </row>
     <row r="254" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A254" s="79"/>
       <c r="B254" s="79"/>
       <c r="C254" s="9"/>
       <c r="D254" s="9"/>
-      <c r="E254" s="486"/>
-[...4 lines deleted...]
-      <c r="J254" s="488"/>
+      <c r="E254" s="480"/>
+      <c r="F254" s="481"/>
+      <c r="G254" s="481"/>
+      <c r="H254" s="481"/>
+      <c r="I254" s="481"/>
+      <c r="J254" s="482"/>
       <c r="K254" s="184"/>
       <c r="L254" s="184"/>
       <c r="M254" s="184"/>
-      <c r="N254" s="440"/>
-[...4 lines deleted...]
-      <c r="S254" s="442"/>
+      <c r="N254" s="404"/>
+      <c r="O254" s="405"/>
+      <c r="P254" s="405"/>
+      <c r="Q254" s="405"/>
+      <c r="R254" s="405"/>
+      <c r="S254" s="406"/>
       <c r="T254" s="184"/>
       <c r="U254" s="155"/>
       <c r="V254" s="155"/>
       <c r="W254" s="155"/>
       <c r="X254" s="155"/>
       <c r="Y254" s="155"/>
       <c r="Z254" s="155"/>
       <c r="AA254" s="155"/>
       <c r="AB254" s="155"/>
       <c r="AC254" s="155"/>
       <c r="AD254" s="155"/>
       <c r="AE254" s="155"/>
       <c r="AF254" s="155"/>
       <c r="AG254" s="155"/>
     </row>
     <row r="255" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A255" s="79"/>
       <c r="B255" s="79"/>
       <c r="C255" s="9"/>
       <c r="D255" s="9"/>
-      <c r="E255" s="486"/>
-[...4 lines deleted...]
-      <c r="J255" s="488"/>
+      <c r="E255" s="480"/>
+      <c r="F255" s="481"/>
+      <c r="G255" s="481"/>
+      <c r="H255" s="481"/>
+      <c r="I255" s="481"/>
+      <c r="J255" s="482"/>
       <c r="K255" s="184"/>
       <c r="L255" s="184"/>
       <c r="M255" s="184"/>
-      <c r="N255" s="440"/>
-[...4 lines deleted...]
-      <c r="S255" s="442"/>
+      <c r="N255" s="404"/>
+      <c r="O255" s="405"/>
+      <c r="P255" s="405"/>
+      <c r="Q255" s="405"/>
+      <c r="R255" s="405"/>
+      <c r="S255" s="406"/>
       <c r="T255" s="184"/>
       <c r="U255" s="155"/>
       <c r="V255" s="155"/>
       <c r="W255" s="155"/>
       <c r="X255" s="155"/>
       <c r="Y255" s="155"/>
       <c r="Z255" s="155"/>
       <c r="AA255" s="155"/>
       <c r="AB255" s="155"/>
       <c r="AC255" s="155"/>
       <c r="AD255" s="155"/>
       <c r="AE255" s="155"/>
       <c r="AF255" s="155"/>
       <c r="AG255" s="155"/>
     </row>
     <row r="256" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A256" s="79" t="s">
         <v>370</v>
       </c>
       <c r="B256" s="79"/>
       <c r="C256" s="9"/>
       <c r="D256" s="9"/>
-      <c r="E256" s="483"/>
-[...4 lines deleted...]
-      <c r="J256" s="485"/>
+      <c r="E256" s="559"/>
+      <c r="F256" s="560"/>
+      <c r="G256" s="560"/>
+      <c r="H256" s="560"/>
+      <c r="I256" s="560"/>
+      <c r="J256" s="561"/>
       <c r="K256" s="184"/>
       <c r="L256" s="184"/>
       <c r="M256" s="184"/>
-      <c r="N256" s="440"/>
-[...4 lines deleted...]
-      <c r="S256" s="442"/>
+      <c r="N256" s="404"/>
+      <c r="O256" s="405"/>
+      <c r="P256" s="405"/>
+      <c r="Q256" s="405"/>
+      <c r="R256" s="405"/>
+      <c r="S256" s="406"/>
       <c r="T256" s="184"/>
       <c r="U256" s="155"/>
       <c r="V256" s="155"/>
       <c r="W256" s="155"/>
       <c r="X256" s="155"/>
       <c r="Y256" s="155"/>
       <c r="Z256" s="155"/>
       <c r="AA256" s="155"/>
       <c r="AB256" s="155"/>
       <c r="AC256" s="155"/>
       <c r="AD256" s="155"/>
       <c r="AE256" s="155"/>
       <c r="AF256" s="155"/>
       <c r="AG256" s="155"/>
     </row>
     <row r="257" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A257" s="11" t="s">
         <v>384</v>
       </c>
       <c r="B257" s="9"/>
       <c r="C257" s="9"/>
       <c r="D257" s="9"/>
-      <c r="E257" s="486"/>
-[...4 lines deleted...]
-      <c r="J257" s="488"/>
+      <c r="E257" s="480"/>
+      <c r="F257" s="481"/>
+      <c r="G257" s="481"/>
+      <c r="H257" s="481"/>
+      <c r="I257" s="481"/>
+      <c r="J257" s="482"/>
       <c r="K257" s="184"/>
       <c r="L257" s="184"/>
       <c r="M257" s="184"/>
-      <c r="N257" s="440"/>
-[...4 lines deleted...]
-      <c r="S257" s="442"/>
+      <c r="N257" s="404"/>
+      <c r="O257" s="405"/>
+      <c r="P257" s="405"/>
+      <c r="Q257" s="405"/>
+      <c r="R257" s="405"/>
+      <c r="S257" s="406"/>
       <c r="T257" s="184"/>
       <c r="U257" s="155"/>
       <c r="V257" s="155"/>
       <c r="W257" s="155"/>
       <c r="X257" s="155"/>
       <c r="Y257" s="155"/>
       <c r="Z257" s="155"/>
       <c r="AA257" s="155"/>
       <c r="AB257" s="155"/>
       <c r="AC257" s="155"/>
       <c r="AD257" s="155"/>
       <c r="AE257" s="155"/>
       <c r="AF257" s="155"/>
       <c r="AG257" s="155"/>
     </row>
     <row r="258" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A258" s="11" t="s">
         <v>385</v>
       </c>
       <c r="B258" s="9"/>
       <c r="C258" s="9"/>
       <c r="D258" s="9"/>
-      <c r="E258" s="446"/>
-[...4 lines deleted...]
-      <c r="J258" s="448"/>
+      <c r="E258" s="563"/>
+      <c r="F258" s="564"/>
+      <c r="G258" s="564"/>
+      <c r="H258" s="564"/>
+      <c r="I258" s="564"/>
+      <c r="J258" s="565"/>
       <c r="K258" s="184"/>
       <c r="L258" s="184"/>
       <c r="M258" s="184"/>
-      <c r="N258" s="443"/>
-[...4 lines deleted...]
-      <c r="S258" s="445"/>
+      <c r="N258" s="407"/>
+      <c r="O258" s="408"/>
+      <c r="P258" s="408"/>
+      <c r="Q258" s="408"/>
+      <c r="R258" s="408"/>
+      <c r="S258" s="409"/>
       <c r="T258" s="184"/>
       <c r="U258" s="155"/>
       <c r="V258" s="155"/>
       <c r="W258" s="155"/>
       <c r="X258" s="155"/>
       <c r="Y258" s="155"/>
       <c r="Z258" s="155"/>
       <c r="AA258" s="155"/>
       <c r="AB258" s="155"/>
       <c r="AC258" s="155"/>
       <c r="AD258" s="155"/>
       <c r="AE258" s="155"/>
       <c r="AF258" s="155"/>
       <c r="AG258" s="155"/>
     </row>
     <row r="259" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A259" s="9"/>
       <c r="B259" s="9"/>
       <c r="C259" s="9"/>
       <c r="D259" s="9"/>
       <c r="E259" s="9"/>
       <c r="F259" s="9"/>
       <c r="G259" s="9"/>
       <c r="H259" s="9"/>
       <c r="I259" s="9"/>
@@ -31618,248 +31621,248 @@
       <c r="Q259" s="184"/>
       <c r="R259" s="184"/>
       <c r="S259" s="184"/>
       <c r="T259" s="184"/>
       <c r="U259" s="155"/>
       <c r="V259" s="155"/>
       <c r="W259" s="155"/>
       <c r="X259" s="155"/>
       <c r="Y259" s="155"/>
       <c r="Z259" s="155"/>
       <c r="AA259" s="155"/>
       <c r="AB259" s="155"/>
       <c r="AC259" s="155"/>
       <c r="AD259" s="155"/>
       <c r="AE259" s="155"/>
       <c r="AF259" s="155"/>
       <c r="AG259" s="155"/>
     </row>
     <row r="260" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A260" s="11" t="s">
         <v>391</v>
       </c>
       <c r="B260" s="9"/>
       <c r="C260" s="9"/>
       <c r="D260" s="9"/>
-      <c r="E260" s="422" t="s">
+      <c r="E260" s="566" t="s">
         <v>386</v>
       </c>
-      <c r="F260" s="423"/>
-[...3 lines deleted...]
-      <c r="J260" s="424"/>
+      <c r="F260" s="567"/>
+      <c r="G260" s="567"/>
+      <c r="H260" s="567"/>
+      <c r="I260" s="567"/>
+      <c r="J260" s="568"/>
       <c r="K260" s="184"/>
       <c r="L260" s="184"/>
       <c r="M260" s="184"/>
-      <c r="N260" s="437"/>
-[...4 lines deleted...]
-      <c r="S260" s="439"/>
+      <c r="N260" s="401"/>
+      <c r="O260" s="402"/>
+      <c r="P260" s="402"/>
+      <c r="Q260" s="402"/>
+      <c r="R260" s="402"/>
+      <c r="S260" s="403"/>
       <c r="T260" s="184"/>
       <c r="U260" s="155"/>
       <c r="V260" s="155"/>
       <c r="W260" s="155"/>
       <c r="X260" s="155"/>
       <c r="Y260" s="155"/>
       <c r="Z260" s="155"/>
       <c r="AA260" s="155"/>
       <c r="AB260" s="155"/>
       <c r="AC260" s="155"/>
       <c r="AD260" s="155"/>
       <c r="AE260" s="155"/>
       <c r="AF260" s="155"/>
       <c r="AG260" s="155"/>
     </row>
     <row r="261" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A261" s="79"/>
       <c r="B261" s="79"/>
       <c r="C261" s="9"/>
       <c r="D261" s="9"/>
-      <c r="E261" s="486"/>
-[...4 lines deleted...]
-      <c r="J261" s="488"/>
+      <c r="E261" s="480"/>
+      <c r="F261" s="481"/>
+      <c r="G261" s="481"/>
+      <c r="H261" s="481"/>
+      <c r="I261" s="481"/>
+      <c r="J261" s="482"/>
       <c r="K261" s="184"/>
       <c r="L261" s="184"/>
       <c r="M261" s="184"/>
-      <c r="N261" s="440"/>
-[...4 lines deleted...]
-      <c r="S261" s="442"/>
+      <c r="N261" s="404"/>
+      <c r="O261" s="405"/>
+      <c r="P261" s="405"/>
+      <c r="Q261" s="405"/>
+      <c r="R261" s="405"/>
+      <c r="S261" s="406"/>
       <c r="T261" s="184"/>
       <c r="U261" s="155"/>
       <c r="V261" s="155"/>
       <c r="W261" s="155"/>
       <c r="X261" s="155"/>
       <c r="Y261" s="155"/>
       <c r="Z261" s="155"/>
       <c r="AA261" s="155"/>
       <c r="AB261" s="155"/>
       <c r="AC261" s="155"/>
       <c r="AD261" s="155"/>
       <c r="AE261" s="155"/>
       <c r="AF261" s="155"/>
       <c r="AG261" s="155"/>
     </row>
     <row r="262" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A262" s="79"/>
       <c r="B262" s="79"/>
       <c r="C262" s="9"/>
       <c r="D262" s="9"/>
-      <c r="E262" s="486"/>
-[...4 lines deleted...]
-      <c r="J262" s="488"/>
+      <c r="E262" s="480"/>
+      <c r="F262" s="481"/>
+      <c r="G262" s="481"/>
+      <c r="H262" s="481"/>
+      <c r="I262" s="481"/>
+      <c r="J262" s="482"/>
       <c r="K262" s="184"/>
       <c r="L262" s="184"/>
       <c r="M262" s="184"/>
-      <c r="N262" s="440"/>
-[...4 lines deleted...]
-      <c r="S262" s="442"/>
+      <c r="N262" s="404"/>
+      <c r="O262" s="405"/>
+      <c r="P262" s="405"/>
+      <c r="Q262" s="405"/>
+      <c r="R262" s="405"/>
+      <c r="S262" s="406"/>
       <c r="T262" s="184"/>
       <c r="U262" s="155"/>
       <c r="V262" s="155"/>
       <c r="W262" s="155"/>
       <c r="X262" s="155"/>
       <c r="Y262" s="155"/>
       <c r="Z262" s="155"/>
       <c r="AA262" s="155"/>
       <c r="AB262" s="155"/>
       <c r="AC262" s="155"/>
       <c r="AD262" s="155"/>
       <c r="AE262" s="155"/>
       <c r="AF262" s="155"/>
       <c r="AG262" s="155"/>
     </row>
     <row r="263" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A263" s="79" t="s">
         <v>370</v>
       </c>
       <c r="B263" s="79"/>
       <c r="C263" s="9"/>
       <c r="D263" s="9"/>
-      <c r="E263" s="483"/>
-[...4 lines deleted...]
-      <c r="J263" s="485"/>
+      <c r="E263" s="559"/>
+      <c r="F263" s="560"/>
+      <c r="G263" s="560"/>
+      <c r="H263" s="560"/>
+      <c r="I263" s="560"/>
+      <c r="J263" s="561"/>
       <c r="K263" s="184"/>
       <c r="L263" s="184"/>
       <c r="M263" s="184"/>
-      <c r="N263" s="440"/>
-[...4 lines deleted...]
-      <c r="S263" s="442"/>
+      <c r="N263" s="404"/>
+      <c r="O263" s="405"/>
+      <c r="P263" s="405"/>
+      <c r="Q263" s="405"/>
+      <c r="R263" s="405"/>
+      <c r="S263" s="406"/>
       <c r="T263" s="184"/>
       <c r="U263" s="155"/>
       <c r="V263" s="155"/>
       <c r="W263" s="155"/>
       <c r="X263" s="155"/>
       <c r="Y263" s="155"/>
       <c r="Z263" s="155"/>
       <c r="AA263" s="155"/>
       <c r="AB263" s="155"/>
       <c r="AC263" s="155"/>
       <c r="AD263" s="155"/>
       <c r="AE263" s="155"/>
       <c r="AF263" s="155"/>
       <c r="AG263" s="155"/>
     </row>
     <row r="264" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A264" s="11" t="s">
         <v>384</v>
       </c>
       <c r="B264" s="9"/>
       <c r="C264" s="9"/>
       <c r="D264" s="9"/>
-      <c r="E264" s="486"/>
-[...4 lines deleted...]
-      <c r="J264" s="488"/>
+      <c r="E264" s="480"/>
+      <c r="F264" s="481"/>
+      <c r="G264" s="481"/>
+      <c r="H264" s="481"/>
+      <c r="I264" s="481"/>
+      <c r="J264" s="482"/>
       <c r="K264" s="184"/>
       <c r="L264" s="184"/>
       <c r="M264" s="184"/>
-      <c r="N264" s="440"/>
-[...4 lines deleted...]
-      <c r="S264" s="442"/>
+      <c r="N264" s="404"/>
+      <c r="O264" s="405"/>
+      <c r="P264" s="405"/>
+      <c r="Q264" s="405"/>
+      <c r="R264" s="405"/>
+      <c r="S264" s="406"/>
       <c r="T264" s="184"/>
       <c r="U264" s="155"/>
       <c r="V264" s="155"/>
       <c r="W264" s="155"/>
       <c r="X264" s="155"/>
       <c r="Y264" s="155"/>
       <c r="Z264" s="155"/>
       <c r="AA264" s="155"/>
       <c r="AB264" s="155"/>
       <c r="AC264" s="155"/>
       <c r="AD264" s="155"/>
       <c r="AE264" s="155"/>
       <c r="AF264" s="155"/>
       <c r="AG264" s="155"/>
     </row>
     <row r="265" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A265" s="11" t="s">
         <v>385</v>
       </c>
       <c r="B265" s="9"/>
       <c r="C265" s="9"/>
       <c r="D265" s="9"/>
-      <c r="E265" s="446"/>
-[...4 lines deleted...]
-      <c r="J265" s="448"/>
+      <c r="E265" s="563"/>
+      <c r="F265" s="564"/>
+      <c r="G265" s="564"/>
+      <c r="H265" s="564"/>
+      <c r="I265" s="564"/>
+      <c r="J265" s="565"/>
       <c r="K265" s="184"/>
       <c r="L265" s="184"/>
       <c r="M265" s="184"/>
-      <c r="N265" s="443"/>
-[...4 lines deleted...]
-      <c r="S265" s="445"/>
+      <c r="N265" s="407"/>
+      <c r="O265" s="408"/>
+      <c r="P265" s="408"/>
+      <c r="Q265" s="408"/>
+      <c r="R265" s="408"/>
+      <c r="S265" s="409"/>
       <c r="T265" s="184"/>
       <c r="U265" s="155"/>
       <c r="V265" s="155"/>
       <c r="W265" s="155"/>
       <c r="X265" s="155"/>
       <c r="Y265" s="155"/>
       <c r="Z265" s="155"/>
       <c r="AA265" s="155"/>
       <c r="AB265" s="155"/>
       <c r="AC265" s="155"/>
       <c r="AD265" s="155"/>
       <c r="AE265" s="155"/>
       <c r="AF265" s="155"/>
       <c r="AG265" s="155"/>
     </row>
     <row r="266" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A266" s="9"/>
       <c r="B266" s="9"/>
       <c r="C266" s="9"/>
       <c r="D266" s="9"/>
       <c r="E266" s="9"/>
       <c r="F266" s="9"/>
       <c r="G266" s="9"/>
       <c r="H266" s="9"/>
       <c r="I266" s="9"/>
@@ -31904,445 +31907,445 @@
       <c r="K267" s="184"/>
       <c r="L267" s="184"/>
       <c r="M267" s="184"/>
       <c r="N267" s="184"/>
       <c r="O267" s="184"/>
       <c r="P267" s="184"/>
       <c r="Q267" s="184"/>
       <c r="R267" s="184"/>
       <c r="S267" s="184"/>
       <c r="T267" s="184"/>
       <c r="U267" s="155"/>
       <c r="V267" s="155"/>
       <c r="W267" s="155"/>
       <c r="X267" s="155"/>
       <c r="Y267" s="155"/>
       <c r="Z267" s="155"/>
       <c r="AA267" s="155"/>
       <c r="AB267" s="155"/>
       <c r="AC267" s="155"/>
       <c r="AD267" s="155"/>
       <c r="AE267" s="155"/>
       <c r="AF267" s="155"/>
       <c r="AG267" s="155"/>
     </row>
     <row r="268" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A268" s="413"/>
-[...8 lines deleted...]
-      <c r="J268" s="415"/>
+      <c r="A268" s="699"/>
+      <c r="B268" s="700"/>
+      <c r="C268" s="700"/>
+      <c r="D268" s="700"/>
+      <c r="E268" s="700"/>
+      <c r="F268" s="700"/>
+      <c r="G268" s="700"/>
+      <c r="H268" s="700"/>
+      <c r="I268" s="700"/>
+      <c r="J268" s="701"/>
       <c r="K268" s="184"/>
       <c r="L268" s="184"/>
       <c r="M268" s="184"/>
-      <c r="N268" s="437"/>
-[...4 lines deleted...]
-      <c r="S268" s="439"/>
+      <c r="N268" s="401"/>
+      <c r="O268" s="402"/>
+      <c r="P268" s="402"/>
+      <c r="Q268" s="402"/>
+      <c r="R268" s="402"/>
+      <c r="S268" s="403"/>
       <c r="T268" s="184"/>
       <c r="U268" s="155"/>
       <c r="V268" s="155"/>
       <c r="W268" s="155"/>
       <c r="X268" s="155"/>
       <c r="Y268" s="155"/>
       <c r="Z268" s="155"/>
       <c r="AA268" s="155"/>
       <c r="AB268" s="155"/>
       <c r="AC268" s="155"/>
       <c r="AD268" s="155"/>
       <c r="AE268" s="155"/>
       <c r="AF268" s="155"/>
       <c r="AG268" s="155"/>
     </row>
     <row r="269" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A269" s="416"/>
-[...8 lines deleted...]
-      <c r="J269" s="418"/>
+      <c r="A269" s="702"/>
+      <c r="B269" s="703"/>
+      <c r="C269" s="703"/>
+      <c r="D269" s="703"/>
+      <c r="E269" s="703"/>
+      <c r="F269" s="703"/>
+      <c r="G269" s="703"/>
+      <c r="H269" s="703"/>
+      <c r="I269" s="703"/>
+      <c r="J269" s="704"/>
       <c r="K269" s="184"/>
       <c r="L269" s="184"/>
       <c r="M269" s="184"/>
-      <c r="N269" s="440"/>
-[...4 lines deleted...]
-      <c r="S269" s="442"/>
+      <c r="N269" s="404"/>
+      <c r="O269" s="405"/>
+      <c r="P269" s="405"/>
+      <c r="Q269" s="405"/>
+      <c r="R269" s="405"/>
+      <c r="S269" s="406"/>
       <c r="T269" s="184"/>
       <c r="U269" s="155"/>
       <c r="V269" s="155"/>
       <c r="W269" s="155"/>
       <c r="X269" s="155"/>
       <c r="Y269" s="155"/>
       <c r="Z269" s="155"/>
       <c r="AA269" s="155"/>
       <c r="AB269" s="155"/>
       <c r="AC269" s="155"/>
       <c r="AD269" s="155"/>
       <c r="AE269" s="155"/>
       <c r="AF269" s="155"/>
       <c r="AG269" s="155"/>
     </row>
     <row r="270" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A270" s="416"/>
-[...8 lines deleted...]
-      <c r="J270" s="418"/>
+      <c r="A270" s="702"/>
+      <c r="B270" s="703"/>
+      <c r="C270" s="703"/>
+      <c r="D270" s="703"/>
+      <c r="E270" s="703"/>
+      <c r="F270" s="703"/>
+      <c r="G270" s="703"/>
+      <c r="H270" s="703"/>
+      <c r="I270" s="703"/>
+      <c r="J270" s="704"/>
       <c r="K270" s="184"/>
       <c r="L270" s="184"/>
       <c r="M270" s="184"/>
-      <c r="N270" s="440"/>
-[...4 lines deleted...]
-      <c r="S270" s="442"/>
+      <c r="N270" s="404"/>
+      <c r="O270" s="405"/>
+      <c r="P270" s="405"/>
+      <c r="Q270" s="405"/>
+      <c r="R270" s="405"/>
+      <c r="S270" s="406"/>
       <c r="T270" s="184"/>
       <c r="U270" s="155"/>
       <c r="V270" s="155"/>
       <c r="W270" s="155"/>
       <c r="X270" s="155"/>
       <c r="Y270" s="155"/>
       <c r="Z270" s="155"/>
       <c r="AA270" s="155"/>
       <c r="AB270" s="155"/>
       <c r="AC270" s="155"/>
       <c r="AD270" s="155"/>
       <c r="AE270" s="155"/>
       <c r="AF270" s="155"/>
       <c r="AG270" s="155"/>
     </row>
     <row r="271" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A271" s="416"/>
-[...8 lines deleted...]
-      <c r="J271" s="418"/>
+      <c r="A271" s="702"/>
+      <c r="B271" s="703"/>
+      <c r="C271" s="703"/>
+      <c r="D271" s="703"/>
+      <c r="E271" s="703"/>
+      <c r="F271" s="703"/>
+      <c r="G271" s="703"/>
+      <c r="H271" s="703"/>
+      <c r="I271" s="703"/>
+      <c r="J271" s="704"/>
       <c r="K271" s="208"/>
       <c r="L271" s="208"/>
       <c r="M271" s="208"/>
-      <c r="N271" s="440"/>
-[...4 lines deleted...]
-      <c r="S271" s="442"/>
+      <c r="N271" s="404"/>
+      <c r="O271" s="405"/>
+      <c r="P271" s="405"/>
+      <c r="Q271" s="405"/>
+      <c r="R271" s="405"/>
+      <c r="S271" s="406"/>
       <c r="T271" s="208"/>
       <c r="U271" s="155"/>
       <c r="V271" s="155"/>
       <c r="W271" s="155"/>
       <c r="X271" s="155"/>
       <c r="Y271" s="155"/>
       <c r="Z271" s="155"/>
       <c r="AA271" s="155"/>
       <c r="AB271" s="155"/>
       <c r="AC271" s="155"/>
       <c r="AD271" s="155"/>
       <c r="AE271" s="155"/>
       <c r="AF271" s="155"/>
       <c r="AG271" s="155"/>
     </row>
     <row r="272" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A272" s="416"/>
-[...8 lines deleted...]
-      <c r="J272" s="418"/>
+      <c r="A272" s="702"/>
+      <c r="B272" s="703"/>
+      <c r="C272" s="703"/>
+      <c r="D272" s="703"/>
+      <c r="E272" s="703"/>
+      <c r="F272" s="703"/>
+      <c r="G272" s="703"/>
+      <c r="H272" s="703"/>
+      <c r="I272" s="703"/>
+      <c r="J272" s="704"/>
       <c r="K272" s="208"/>
       <c r="L272" s="208"/>
       <c r="M272" s="208"/>
-      <c r="N272" s="440"/>
-[...4 lines deleted...]
-      <c r="S272" s="442"/>
+      <c r="N272" s="404"/>
+      <c r="O272" s="405"/>
+      <c r="P272" s="405"/>
+      <c r="Q272" s="405"/>
+      <c r="R272" s="405"/>
+      <c r="S272" s="406"/>
       <c r="T272" s="208"/>
       <c r="U272" s="155"/>
       <c r="V272" s="155"/>
       <c r="W272" s="155"/>
       <c r="X272" s="155"/>
       <c r="Y272" s="155"/>
       <c r="Z272" s="155"/>
       <c r="AA272" s="155"/>
       <c r="AB272" s="155"/>
       <c r="AC272" s="155"/>
       <c r="AD272" s="155"/>
       <c r="AE272" s="155"/>
       <c r="AF272" s="155"/>
       <c r="AG272" s="155"/>
     </row>
     <row r="273" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A273" s="416"/>
-[...8 lines deleted...]
-      <c r="J273" s="418"/>
+      <c r="A273" s="702"/>
+      <c r="B273" s="703"/>
+      <c r="C273" s="703"/>
+      <c r="D273" s="703"/>
+      <c r="E273" s="703"/>
+      <c r="F273" s="703"/>
+      <c r="G273" s="703"/>
+      <c r="H273" s="703"/>
+      <c r="I273" s="703"/>
+      <c r="J273" s="704"/>
       <c r="K273" s="208"/>
       <c r="L273" s="208"/>
       <c r="M273" s="208"/>
-      <c r="N273" s="440"/>
-[...4 lines deleted...]
-      <c r="S273" s="442"/>
+      <c r="N273" s="404"/>
+      <c r="O273" s="405"/>
+      <c r="P273" s="405"/>
+      <c r="Q273" s="405"/>
+      <c r="R273" s="405"/>
+      <c r="S273" s="406"/>
       <c r="T273" s="208"/>
       <c r="U273" s="155"/>
       <c r="V273" s="155"/>
       <c r="W273" s="155"/>
       <c r="X273" s="155"/>
       <c r="Y273" s="155"/>
       <c r="Z273" s="155"/>
       <c r="AA273" s="155"/>
       <c r="AB273" s="155"/>
       <c r="AC273" s="155"/>
       <c r="AD273" s="155"/>
       <c r="AE273" s="155"/>
       <c r="AF273" s="155"/>
       <c r="AG273" s="155"/>
     </row>
     <row r="274" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A274" s="416"/>
-[...8 lines deleted...]
-      <c r="J274" s="418"/>
+      <c r="A274" s="702"/>
+      <c r="B274" s="703"/>
+      <c r="C274" s="703"/>
+      <c r="D274" s="703"/>
+      <c r="E274" s="703"/>
+      <c r="F274" s="703"/>
+      <c r="G274" s="703"/>
+      <c r="H274" s="703"/>
+      <c r="I274" s="703"/>
+      <c r="J274" s="704"/>
       <c r="K274" s="208"/>
       <c r="L274" s="208"/>
       <c r="M274" s="208"/>
-      <c r="N274" s="440"/>
-[...4 lines deleted...]
-      <c r="S274" s="442"/>
+      <c r="N274" s="404"/>
+      <c r="O274" s="405"/>
+      <c r="P274" s="405"/>
+      <c r="Q274" s="405"/>
+      <c r="R274" s="405"/>
+      <c r="S274" s="406"/>
       <c r="T274" s="208"/>
       <c r="U274" s="155"/>
       <c r="V274" s="155"/>
       <c r="W274" s="155"/>
       <c r="X274" s="155"/>
       <c r="Y274" s="155"/>
       <c r="Z274" s="155"/>
       <c r="AA274" s="155"/>
       <c r="AB274" s="155"/>
       <c r="AC274" s="155"/>
       <c r="AD274" s="155"/>
       <c r="AE274" s="155"/>
       <c r="AF274" s="155"/>
       <c r="AG274" s="155"/>
     </row>
     <row r="275" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A275" s="416"/>
-[...8 lines deleted...]
-      <c r="J275" s="418"/>
+      <c r="A275" s="702"/>
+      <c r="B275" s="703"/>
+      <c r="C275" s="703"/>
+      <c r="D275" s="703"/>
+      <c r="E275" s="703"/>
+      <c r="F275" s="703"/>
+      <c r="G275" s="703"/>
+      <c r="H275" s="703"/>
+      <c r="I275" s="703"/>
+      <c r="J275" s="704"/>
       <c r="K275" s="184"/>
       <c r="L275" s="184"/>
       <c r="M275" s="184"/>
-      <c r="N275" s="440"/>
-[...4 lines deleted...]
-      <c r="S275" s="442"/>
+      <c r="N275" s="404"/>
+      <c r="O275" s="405"/>
+      <c r="P275" s="405"/>
+      <c r="Q275" s="405"/>
+      <c r="R275" s="405"/>
+      <c r="S275" s="406"/>
       <c r="T275" s="184"/>
       <c r="U275" s="155"/>
       <c r="V275" s="155"/>
       <c r="W275" s="155"/>
       <c r="X275" s="155"/>
       <c r="Y275" s="155"/>
       <c r="Z275" s="155"/>
       <c r="AA275" s="155"/>
       <c r="AB275" s="155"/>
       <c r="AC275" s="155"/>
       <c r="AD275" s="155"/>
       <c r="AE275" s="155"/>
       <c r="AF275" s="155"/>
       <c r="AG275" s="155"/>
     </row>
     <row r="276" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A276" s="416"/>
-[...8 lines deleted...]
-      <c r="J276" s="418"/>
+      <c r="A276" s="702"/>
+      <c r="B276" s="703"/>
+      <c r="C276" s="703"/>
+      <c r="D276" s="703"/>
+      <c r="E276" s="703"/>
+      <c r="F276" s="703"/>
+      <c r="G276" s="703"/>
+      <c r="H276" s="703"/>
+      <c r="I276" s="703"/>
+      <c r="J276" s="704"/>
       <c r="K276" s="184"/>
       <c r="L276" s="184"/>
       <c r="M276" s="184"/>
-      <c r="N276" s="440"/>
-[...4 lines deleted...]
-      <c r="S276" s="442"/>
+      <c r="N276" s="404"/>
+      <c r="O276" s="405"/>
+      <c r="P276" s="405"/>
+      <c r="Q276" s="405"/>
+      <c r="R276" s="405"/>
+      <c r="S276" s="406"/>
       <c r="T276" s="184"/>
       <c r="U276" s="155"/>
       <c r="V276" s="155"/>
       <c r="W276" s="155"/>
       <c r="X276" s="155"/>
       <c r="Y276" s="155"/>
       <c r="Z276" s="155"/>
       <c r="AA276" s="155"/>
       <c r="AB276" s="155"/>
       <c r="AC276" s="155"/>
       <c r="AD276" s="155"/>
       <c r="AE276" s="155"/>
       <c r="AF276" s="155"/>
       <c r="AG276" s="155"/>
     </row>
     <row r="277" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A277" s="416"/>
-[...8 lines deleted...]
-      <c r="J277" s="418"/>
+      <c r="A277" s="702"/>
+      <c r="B277" s="703"/>
+      <c r="C277" s="703"/>
+      <c r="D277" s="703"/>
+      <c r="E277" s="703"/>
+      <c r="F277" s="703"/>
+      <c r="G277" s="703"/>
+      <c r="H277" s="703"/>
+      <c r="I277" s="703"/>
+      <c r="J277" s="704"/>
       <c r="K277" s="184"/>
       <c r="L277" s="184"/>
       <c r="M277" s="184"/>
-      <c r="N277" s="440"/>
-[...4 lines deleted...]
-      <c r="S277" s="442"/>
+      <c r="N277" s="404"/>
+      <c r="O277" s="405"/>
+      <c r="P277" s="405"/>
+      <c r="Q277" s="405"/>
+      <c r="R277" s="405"/>
+      <c r="S277" s="406"/>
       <c r="T277" s="184"/>
       <c r="U277" s="155"/>
       <c r="V277" s="155"/>
       <c r="W277" s="155"/>
       <c r="X277" s="155"/>
       <c r="Y277" s="155"/>
       <c r="Z277" s="155"/>
       <c r="AA277" s="155"/>
       <c r="AB277" s="155"/>
       <c r="AC277" s="155"/>
       <c r="AD277" s="155"/>
       <c r="AE277" s="155"/>
       <c r="AF277" s="155"/>
       <c r="AG277" s="155"/>
     </row>
     <row r="278" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A278" s="416"/>
-[...8 lines deleted...]
-      <c r="J278" s="418"/>
+      <c r="A278" s="702"/>
+      <c r="B278" s="703"/>
+      <c r="C278" s="703"/>
+      <c r="D278" s="703"/>
+      <c r="E278" s="703"/>
+      <c r="F278" s="703"/>
+      <c r="G278" s="703"/>
+      <c r="H278" s="703"/>
+      <c r="I278" s="703"/>
+      <c r="J278" s="704"/>
       <c r="K278" s="184"/>
       <c r="L278" s="184"/>
       <c r="M278" s="184"/>
-      <c r="N278" s="443"/>
-[...4 lines deleted...]
-      <c r="S278" s="445"/>
+      <c r="N278" s="407"/>
+      <c r="O278" s="408"/>
+      <c r="P278" s="408"/>
+      <c r="Q278" s="408"/>
+      <c r="R278" s="408"/>
+      <c r="S278" s="409"/>
       <c r="T278" s="184"/>
       <c r="U278" s="155"/>
       <c r="V278" s="155"/>
       <c r="W278" s="155"/>
       <c r="X278" s="155"/>
       <c r="Y278" s="155"/>
       <c r="Z278" s="155"/>
       <c r="AA278" s="155"/>
       <c r="AB278" s="155"/>
       <c r="AC278" s="155"/>
       <c r="AD278" s="155"/>
       <c r="AE278" s="155"/>
       <c r="AF278" s="155"/>
       <c r="AG278" s="155"/>
     </row>
     <row r="279" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A279" s="419"/>
-[...8 lines deleted...]
-      <c r="J279" s="421"/>
+      <c r="A279" s="705"/>
+      <c r="B279" s="706"/>
+      <c r="C279" s="706"/>
+      <c r="D279" s="706"/>
+      <c r="E279" s="706"/>
+      <c r="F279" s="706"/>
+      <c r="G279" s="706"/>
+      <c r="H279" s="706"/>
+      <c r="I279" s="706"/>
+      <c r="J279" s="707"/>
       <c r="K279" s="184"/>
       <c r="L279" s="184"/>
       <c r="M279" s="184"/>
       <c r="N279" s="184"/>
       <c r="O279" s="184"/>
       <c r="P279" s="184"/>
       <c r="Q279" s="184"/>
       <c r="R279" s="184"/>
       <c r="S279" s="184"/>
       <c r="T279" s="184"/>
       <c r="U279" s="155"/>
       <c r="V279" s="155"/>
       <c r="W279" s="155"/>
       <c r="X279" s="155"/>
       <c r="Y279" s="155"/>
       <c r="Z279" s="155"/>
       <c r="AA279" s="155"/>
       <c r="AB279" s="155"/>
       <c r="AC279" s="155"/>
       <c r="AD279" s="155"/>
       <c r="AE279" s="155"/>
       <c r="AF279" s="155"/>
       <c r="AG279" s="155"/>
     </row>
     <row r="280" spans="1:33" x14ac:dyDescent="0.2">
@@ -32397,804 +32400,804 @@
       <c r="N281" s="208"/>
       <c r="O281" s="208"/>
       <c r="P281" s="208"/>
       <c r="Q281" s="208"/>
       <c r="R281" s="208"/>
       <c r="S281" s="208"/>
       <c r="T281" s="208"/>
       <c r="U281" s="155"/>
       <c r="V281" s="155"/>
       <c r="W281" s="155"/>
       <c r="X281" s="155"/>
       <c r="Y281" s="155"/>
       <c r="Z281" s="155"/>
       <c r="AA281" s="155"/>
       <c r="AB281" s="155"/>
       <c r="AC281" s="155"/>
       <c r="AD281" s="155"/>
       <c r="AE281" s="155"/>
       <c r="AF281" s="155"/>
       <c r="AG281" s="155"/>
     </row>
     <row r="282" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A282" s="83" t="s">
         <v>382</v>
       </c>
-      <c r="B282" s="624"/>
-[...7 lines deleted...]
-      <c r="J282" s="626"/>
+      <c r="B282" s="550"/>
+      <c r="C282" s="551"/>
+      <c r="D282" s="551"/>
+      <c r="E282" s="551"/>
+      <c r="F282" s="551"/>
+      <c r="G282" s="551"/>
+      <c r="H282" s="551"/>
+      <c r="I282" s="551"/>
+      <c r="J282" s="552"/>
       <c r="K282" s="184"/>
       <c r="L282" s="184"/>
       <c r="M282" s="184"/>
       <c r="N282" s="184"/>
       <c r="O282" s="184"/>
       <c r="P282" s="184"/>
       <c r="Q282" s="184"/>
       <c r="R282" s="184"/>
       <c r="S282" s="184"/>
       <c r="T282" s="184"/>
       <c r="U282" s="155"/>
       <c r="V282" s="155"/>
       <c r="W282" s="155"/>
       <c r="X282" s="155"/>
       <c r="Y282" s="155"/>
       <c r="Z282" s="155"/>
       <c r="AA282" s="155"/>
       <c r="AB282" s="155"/>
       <c r="AC282" s="155"/>
       <c r="AD282" s="155"/>
       <c r="AE282" s="155"/>
       <c r="AF282" s="155"/>
       <c r="AG282" s="155"/>
     </row>
     <row r="283" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A283" s="9"/>
       <c r="B283" s="99" t="str">
         <f>IF(LEN($B$282)&gt;70,(LEN($B$282)-70)&amp;" over 70 character limit, please repeat full job title at start of main duties below","")</f>
         <v/>
       </c>
       <c r="C283" s="9"/>
       <c r="D283" s="9"/>
       <c r="E283" s="9"/>
       <c r="F283" s="9"/>
       <c r="G283" s="9"/>
       <c r="H283" s="9"/>
       <c r="I283" s="9"/>
       <c r="J283" s="9"/>
       <c r="K283" s="184"/>
       <c r="L283" s="184"/>
       <c r="M283" s="184"/>
-      <c r="N283" s="437"/>
-[...4 lines deleted...]
-      <c r="S283" s="439"/>
+      <c r="N283" s="401"/>
+      <c r="O283" s="402"/>
+      <c r="P283" s="402"/>
+      <c r="Q283" s="402"/>
+      <c r="R283" s="402"/>
+      <c r="S283" s="403"/>
       <c r="T283" s="184"/>
       <c r="U283" s="155"/>
-      <c r="V283" s="560"/>
-[...8 lines deleted...]
-      <c r="AE283" s="560"/>
+      <c r="V283" s="575"/>
+      <c r="W283" s="575"/>
+      <c r="X283" s="575"/>
+      <c r="Y283" s="575"/>
+      <c r="Z283" s="575"/>
+      <c r="AA283" s="575"/>
+      <c r="AB283" s="575"/>
+      <c r="AC283" s="575"/>
+      <c r="AD283" s="575"/>
+      <c r="AE283" s="575"/>
       <c r="AF283" s="155"/>
       <c r="AG283" s="155"/>
     </row>
     <row r="284" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A284" s="587" t="s">
-[...10 lines deleted...]
-      <c r="J284" s="587"/>
+      <c r="A284" s="624" t="s">
+        <v>846</v>
+      </c>
+      <c r="B284" s="624"/>
+      <c r="C284" s="624"/>
+      <c r="D284" s="624"/>
+      <c r="E284" s="624"/>
+      <c r="F284" s="624"/>
+      <c r="G284" s="624"/>
+      <c r="H284" s="624"/>
+      <c r="I284" s="624"/>
+      <c r="J284" s="624"/>
       <c r="K284" s="184"/>
       <c r="L284" s="184"/>
       <c r="M284" s="184"/>
-      <c r="N284" s="443"/>
-[...4 lines deleted...]
-      <c r="S284" s="445"/>
+      <c r="N284" s="407"/>
+      <c r="O284" s="408"/>
+      <c r="P284" s="408"/>
+      <c r="Q284" s="408"/>
+      <c r="R284" s="408"/>
+      <c r="S284" s="409"/>
       <c r="T284" s="184"/>
       <c r="U284" s="155"/>
-      <c r="V284" s="560"/>
-[...8 lines deleted...]
-      <c r="AE284" s="560"/>
+      <c r="V284" s="575"/>
+      <c r="W284" s="575"/>
+      <c r="X284" s="575"/>
+      <c r="Y284" s="575"/>
+      <c r="Z284" s="575"/>
+      <c r="AA284" s="575"/>
+      <c r="AB284" s="575"/>
+      <c r="AC284" s="575"/>
+      <c r="AD284" s="575"/>
+      <c r="AE284" s="575"/>
       <c r="AF284" s="155"/>
       <c r="AG284" s="155"/>
     </row>
     <row r="285" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A285" s="587"/>
-[...8 lines deleted...]
-      <c r="J285" s="587"/>
+      <c r="A285" s="624"/>
+      <c r="B285" s="624"/>
+      <c r="C285" s="624"/>
+      <c r="D285" s="624"/>
+      <c r="E285" s="624"/>
+      <c r="F285" s="624"/>
+      <c r="G285" s="624"/>
+      <c r="H285" s="624"/>
+      <c r="I285" s="624"/>
+      <c r="J285" s="624"/>
       <c r="K285" s="184"/>
       <c r="L285" s="184"/>
       <c r="M285" s="184"/>
       <c r="N285" s="62"/>
       <c r="O285" s="62"/>
       <c r="P285" s="62"/>
       <c r="Q285" s="62"/>
       <c r="R285" s="62"/>
       <c r="S285" s="62"/>
       <c r="T285" s="184"/>
       <c r="U285" s="155"/>
       <c r="V285" s="155"/>
       <c r="W285" s="155"/>
       <c r="X285" s="155"/>
       <c r="Y285" s="155"/>
       <c r="Z285" s="155"/>
       <c r="AA285" s="155"/>
       <c r="AB285" s="155"/>
       <c r="AC285" s="155"/>
       <c r="AD285" s="155"/>
       <c r="AE285" s="155"/>
       <c r="AF285" s="155"/>
       <c r="AG285" s="155"/>
     </row>
     <row r="286" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A286" s="533"/>
-[...8 lines deleted...]
-      <c r="J286" s="535"/>
+      <c r="A286" s="714"/>
+      <c r="B286" s="715"/>
+      <c r="C286" s="715"/>
+      <c r="D286" s="715"/>
+      <c r="E286" s="715"/>
+      <c r="F286" s="715"/>
+      <c r="G286" s="715"/>
+      <c r="H286" s="715"/>
+      <c r="I286" s="715"/>
+      <c r="J286" s="716"/>
       <c r="K286" s="184"/>
       <c r="L286" s="184"/>
       <c r="M286" s="184"/>
-      <c r="N286" s="437"/>
-[...4 lines deleted...]
-      <c r="S286" s="439"/>
+      <c r="N286" s="401"/>
+      <c r="O286" s="402"/>
+      <c r="P286" s="402"/>
+      <c r="Q286" s="402"/>
+      <c r="R286" s="402"/>
+      <c r="S286" s="403"/>
       <c r="T286" s="184"/>
       <c r="U286" s="155"/>
       <c r="V286" s="155"/>
       <c r="W286" s="155"/>
       <c r="X286" s="155"/>
       <c r="Y286" s="155"/>
       <c r="Z286" s="155"/>
       <c r="AA286" s="155"/>
       <c r="AB286" s="155"/>
       <c r="AC286" s="155"/>
       <c r="AD286" s="155"/>
       <c r="AE286" s="155"/>
       <c r="AF286" s="155"/>
       <c r="AG286" s="155"/>
     </row>
     <row r="287" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A287" s="536"/>
-[...8 lines deleted...]
-      <c r="J287" s="538"/>
+      <c r="A287" s="717"/>
+      <c r="B287" s="718"/>
+      <c r="C287" s="718"/>
+      <c r="D287" s="718"/>
+      <c r="E287" s="718"/>
+      <c r="F287" s="718"/>
+      <c r="G287" s="718"/>
+      <c r="H287" s="718"/>
+      <c r="I287" s="718"/>
+      <c r="J287" s="719"/>
       <c r="K287" s="184"/>
       <c r="L287" s="184"/>
       <c r="M287" s="184"/>
-      <c r="N287" s="440"/>
-[...4 lines deleted...]
-      <c r="S287" s="442"/>
+      <c r="N287" s="404"/>
+      <c r="O287" s="405"/>
+      <c r="P287" s="405"/>
+      <c r="Q287" s="405"/>
+      <c r="R287" s="405"/>
+      <c r="S287" s="406"/>
       <c r="T287" s="184"/>
       <c r="U287" s="155"/>
       <c r="V287" s="155"/>
       <c r="W287" s="155"/>
       <c r="X287" s="155"/>
       <c r="Y287" s="155"/>
       <c r="Z287" s="155"/>
       <c r="AA287" s="155"/>
       <c r="AB287" s="155"/>
       <c r="AC287" s="155"/>
       <c r="AD287" s="155"/>
       <c r="AE287" s="155"/>
       <c r="AF287" s="155"/>
       <c r="AG287" s="155"/>
     </row>
     <row r="288" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A288" s="536"/>
-[...8 lines deleted...]
-      <c r="J288" s="538"/>
+      <c r="A288" s="717"/>
+      <c r="B288" s="718"/>
+      <c r="C288" s="718"/>
+      <c r="D288" s="718"/>
+      <c r="E288" s="718"/>
+      <c r="F288" s="718"/>
+      <c r="G288" s="718"/>
+      <c r="H288" s="718"/>
+      <c r="I288" s="718"/>
+      <c r="J288" s="719"/>
       <c r="K288" s="184"/>
       <c r="L288" s="184"/>
       <c r="M288" s="184"/>
-      <c r="N288" s="440"/>
-[...4 lines deleted...]
-      <c r="S288" s="442"/>
+      <c r="N288" s="404"/>
+      <c r="O288" s="405"/>
+      <c r="P288" s="405"/>
+      <c r="Q288" s="405"/>
+      <c r="R288" s="405"/>
+      <c r="S288" s="406"/>
       <c r="T288" s="184"/>
       <c r="U288" s="155"/>
       <c r="V288" s="155"/>
       <c r="W288" s="155"/>
       <c r="X288" s="155"/>
       <c r="Y288" s="155"/>
       <c r="Z288" s="155"/>
       <c r="AA288" s="155"/>
       <c r="AB288" s="155"/>
       <c r="AC288" s="155"/>
       <c r="AD288" s="155"/>
       <c r="AE288" s="155"/>
       <c r="AF288" s="155"/>
       <c r="AG288" s="155"/>
     </row>
     <row r="289" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A289" s="536"/>
-[...8 lines deleted...]
-      <c r="J289" s="538"/>
+      <c r="A289" s="717"/>
+      <c r="B289" s="718"/>
+      <c r="C289" s="718"/>
+      <c r="D289" s="718"/>
+      <c r="E289" s="718"/>
+      <c r="F289" s="718"/>
+      <c r="G289" s="718"/>
+      <c r="H289" s="718"/>
+      <c r="I289" s="718"/>
+      <c r="J289" s="719"/>
       <c r="K289" s="184"/>
       <c r="L289" s="184"/>
       <c r="M289" s="184"/>
-      <c r="N289" s="440"/>
-[...4 lines deleted...]
-      <c r="S289" s="442"/>
+      <c r="N289" s="404"/>
+      <c r="O289" s="405"/>
+      <c r="P289" s="405"/>
+      <c r="Q289" s="405"/>
+      <c r="R289" s="405"/>
+      <c r="S289" s="406"/>
       <c r="T289" s="184"/>
       <c r="U289" s="155"/>
       <c r="V289" s="155"/>
       <c r="W289" s="155"/>
       <c r="X289" s="155"/>
       <c r="Y289" s="155"/>
       <c r="Z289" s="155"/>
       <c r="AA289" s="155"/>
       <c r="AB289" s="155"/>
       <c r="AC289" s="155"/>
       <c r="AD289" s="155"/>
       <c r="AE289" s="155"/>
       <c r="AF289" s="155"/>
       <c r="AG289" s="155"/>
     </row>
     <row r="290" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A290" s="536"/>
-[...8 lines deleted...]
-      <c r="J290" s="538"/>
+      <c r="A290" s="717"/>
+      <c r="B290" s="718"/>
+      <c r="C290" s="718"/>
+      <c r="D290" s="718"/>
+      <c r="E290" s="718"/>
+      <c r="F290" s="718"/>
+      <c r="G290" s="718"/>
+      <c r="H290" s="718"/>
+      <c r="I290" s="718"/>
+      <c r="J290" s="719"/>
       <c r="K290" s="184"/>
       <c r="L290" s="184"/>
       <c r="M290" s="184"/>
-      <c r="N290" s="440"/>
-[...4 lines deleted...]
-      <c r="S290" s="442"/>
+      <c r="N290" s="404"/>
+      <c r="O290" s="405"/>
+      <c r="P290" s="405"/>
+      <c r="Q290" s="405"/>
+      <c r="R290" s="405"/>
+      <c r="S290" s="406"/>
       <c r="T290" s="184"/>
       <c r="U290" s="155"/>
       <c r="V290" s="155"/>
       <c r="W290" s="155"/>
       <c r="X290" s="155"/>
       <c r="Y290" s="155"/>
       <c r="Z290" s="155"/>
       <c r="AA290" s="155"/>
       <c r="AB290" s="155"/>
       <c r="AC290" s="155"/>
       <c r="AD290" s="155"/>
       <c r="AE290" s="155"/>
       <c r="AF290" s="155"/>
       <c r="AG290" s="155"/>
     </row>
     <row r="291" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A291" s="536"/>
-[...8 lines deleted...]
-      <c r="J291" s="538"/>
+      <c r="A291" s="717"/>
+      <c r="B291" s="718"/>
+      <c r="C291" s="718"/>
+      <c r="D291" s="718"/>
+      <c r="E291" s="718"/>
+      <c r="F291" s="718"/>
+      <c r="G291" s="718"/>
+      <c r="H291" s="718"/>
+      <c r="I291" s="718"/>
+      <c r="J291" s="719"/>
       <c r="K291" s="184"/>
       <c r="L291" s="184"/>
       <c r="M291" s="184"/>
-      <c r="N291" s="440"/>
-[...4 lines deleted...]
-      <c r="S291" s="442"/>
+      <c r="N291" s="404"/>
+      <c r="O291" s="405"/>
+      <c r="P291" s="405"/>
+      <c r="Q291" s="405"/>
+      <c r="R291" s="405"/>
+      <c r="S291" s="406"/>
       <c r="T291" s="184"/>
       <c r="U291" s="155"/>
       <c r="V291" s="155"/>
       <c r="W291" s="155"/>
       <c r="X291" s="155"/>
       <c r="Y291" s="155"/>
       <c r="Z291" s="155"/>
       <c r="AA291" s="155"/>
       <c r="AB291" s="155"/>
       <c r="AC291" s="155"/>
       <c r="AD291" s="155"/>
       <c r="AE291" s="155"/>
       <c r="AF291" s="155"/>
       <c r="AG291" s="155"/>
     </row>
     <row r="292" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A292" s="536"/>
-[...8 lines deleted...]
-      <c r="J292" s="538"/>
+      <c r="A292" s="717"/>
+      <c r="B292" s="718"/>
+      <c r="C292" s="718"/>
+      <c r="D292" s="718"/>
+      <c r="E292" s="718"/>
+      <c r="F292" s="718"/>
+      <c r="G292" s="718"/>
+      <c r="H292" s="718"/>
+      <c r="I292" s="718"/>
+      <c r="J292" s="719"/>
       <c r="K292" s="184"/>
       <c r="L292" s="184"/>
       <c r="M292" s="184"/>
-      <c r="N292" s="440"/>
-[...4 lines deleted...]
-      <c r="S292" s="442"/>
+      <c r="N292" s="404"/>
+      <c r="O292" s="405"/>
+      <c r="P292" s="405"/>
+      <c r="Q292" s="405"/>
+      <c r="R292" s="405"/>
+      <c r="S292" s="406"/>
       <c r="T292" s="184"/>
       <c r="U292" s="155"/>
       <c r="V292" s="155"/>
       <c r="W292" s="155"/>
       <c r="X292" s="155"/>
       <c r="Y292" s="155"/>
       <c r="Z292" s="155"/>
       <c r="AA292" s="155"/>
       <c r="AB292" s="155"/>
       <c r="AC292" s="155"/>
       <c r="AD292" s="155"/>
       <c r="AE292" s="155"/>
       <c r="AF292" s="155"/>
       <c r="AG292" s="155"/>
     </row>
     <row r="293" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A293" s="536"/>
-[...8 lines deleted...]
-      <c r="J293" s="538"/>
+      <c r="A293" s="717"/>
+      <c r="B293" s="718"/>
+      <c r="C293" s="718"/>
+      <c r="D293" s="718"/>
+      <c r="E293" s="718"/>
+      <c r="F293" s="718"/>
+      <c r="G293" s="718"/>
+      <c r="H293" s="718"/>
+      <c r="I293" s="718"/>
+      <c r="J293" s="719"/>
       <c r="K293" s="208"/>
       <c r="L293" s="208"/>
       <c r="M293" s="208"/>
-      <c r="N293" s="440"/>
-[...4 lines deleted...]
-      <c r="S293" s="442"/>
+      <c r="N293" s="404"/>
+      <c r="O293" s="405"/>
+      <c r="P293" s="405"/>
+      <c r="Q293" s="405"/>
+      <c r="R293" s="405"/>
+      <c r="S293" s="406"/>
       <c r="T293" s="208"/>
       <c r="U293" s="155"/>
       <c r="V293" s="155"/>
       <c r="W293" s="155"/>
       <c r="X293" s="155"/>
       <c r="Y293" s="155"/>
       <c r="Z293" s="155"/>
       <c r="AA293" s="155"/>
       <c r="AB293" s="155"/>
       <c r="AC293" s="155"/>
       <c r="AD293" s="155"/>
       <c r="AE293" s="155"/>
       <c r="AF293" s="155"/>
       <c r="AG293" s="155"/>
     </row>
     <row r="294" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A294" s="536"/>
-[...8 lines deleted...]
-      <c r="J294" s="538"/>
+      <c r="A294" s="717"/>
+      <c r="B294" s="718"/>
+      <c r="C294" s="718"/>
+      <c r="D294" s="718"/>
+      <c r="E294" s="718"/>
+      <c r="F294" s="718"/>
+      <c r="G294" s="718"/>
+      <c r="H294" s="718"/>
+      <c r="I294" s="718"/>
+      <c r="J294" s="719"/>
       <c r="K294" s="208"/>
       <c r="L294" s="208"/>
       <c r="M294" s="208"/>
-      <c r="N294" s="440"/>
-[...4 lines deleted...]
-      <c r="S294" s="442"/>
+      <c r="N294" s="404"/>
+      <c r="O294" s="405"/>
+      <c r="P294" s="405"/>
+      <c r="Q294" s="405"/>
+      <c r="R294" s="405"/>
+      <c r="S294" s="406"/>
       <c r="T294" s="208"/>
       <c r="U294" s="155"/>
       <c r="V294" s="155"/>
       <c r="W294" s="155"/>
       <c r="X294" s="155"/>
       <c r="Y294" s="155"/>
       <c r="Z294" s="155"/>
       <c r="AA294" s="155"/>
       <c r="AB294" s="155"/>
       <c r="AC294" s="155"/>
       <c r="AD294" s="155"/>
       <c r="AE294" s="155"/>
       <c r="AF294" s="155"/>
       <c r="AG294" s="155"/>
     </row>
     <row r="295" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A295" s="536"/>
-[...8 lines deleted...]
-      <c r="J295" s="538"/>
+      <c r="A295" s="717"/>
+      <c r="B295" s="718"/>
+      <c r="C295" s="718"/>
+      <c r="D295" s="718"/>
+      <c r="E295" s="718"/>
+      <c r="F295" s="718"/>
+      <c r="G295" s="718"/>
+      <c r="H295" s="718"/>
+      <c r="I295" s="718"/>
+      <c r="J295" s="719"/>
       <c r="K295" s="208"/>
       <c r="L295" s="208"/>
       <c r="M295" s="208"/>
-      <c r="N295" s="440"/>
-[...4 lines deleted...]
-      <c r="S295" s="442"/>
+      <c r="N295" s="404"/>
+      <c r="O295" s="405"/>
+      <c r="P295" s="405"/>
+      <c r="Q295" s="405"/>
+      <c r="R295" s="405"/>
+      <c r="S295" s="406"/>
       <c r="T295" s="208"/>
       <c r="U295" s="155"/>
       <c r="V295" s="155"/>
       <c r="W295" s="155"/>
       <c r="X295" s="155"/>
       <c r="Y295" s="155"/>
       <c r="Z295" s="155"/>
       <c r="AA295" s="155"/>
       <c r="AB295" s="155"/>
       <c r="AC295" s="155"/>
       <c r="AD295" s="155"/>
       <c r="AE295" s="155"/>
       <c r="AF295" s="155"/>
       <c r="AG295" s="155"/>
     </row>
     <row r="296" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A296" s="536"/>
-[...8 lines deleted...]
-      <c r="J296" s="538"/>
+      <c r="A296" s="717"/>
+      <c r="B296" s="718"/>
+      <c r="C296" s="718"/>
+      <c r="D296" s="718"/>
+      <c r="E296" s="718"/>
+      <c r="F296" s="718"/>
+      <c r="G296" s="718"/>
+      <c r="H296" s="718"/>
+      <c r="I296" s="718"/>
+      <c r="J296" s="719"/>
       <c r="K296" s="208"/>
       <c r="L296" s="208"/>
       <c r="M296" s="208"/>
-      <c r="N296" s="440"/>
-[...4 lines deleted...]
-      <c r="S296" s="442"/>
+      <c r="N296" s="404"/>
+      <c r="O296" s="405"/>
+      <c r="P296" s="405"/>
+      <c r="Q296" s="405"/>
+      <c r="R296" s="405"/>
+      <c r="S296" s="406"/>
       <c r="T296" s="208"/>
       <c r="U296" s="155"/>
       <c r="V296" s="155"/>
       <c r="W296" s="155"/>
       <c r="X296" s="155"/>
       <c r="Y296" s="155"/>
       <c r="Z296" s="155"/>
       <c r="AA296" s="155"/>
       <c r="AB296" s="155"/>
       <c r="AC296" s="155"/>
       <c r="AD296" s="155"/>
       <c r="AE296" s="155"/>
       <c r="AF296" s="155"/>
       <c r="AG296" s="155"/>
     </row>
     <row r="297" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A297" s="536"/>
-[...8 lines deleted...]
-      <c r="J297" s="538"/>
+      <c r="A297" s="717"/>
+      <c r="B297" s="718"/>
+      <c r="C297" s="718"/>
+      <c r="D297" s="718"/>
+      <c r="E297" s="718"/>
+      <c r="F297" s="718"/>
+      <c r="G297" s="718"/>
+      <c r="H297" s="718"/>
+      <c r="I297" s="718"/>
+      <c r="J297" s="719"/>
       <c r="K297" s="208"/>
       <c r="L297" s="208"/>
       <c r="M297" s="208"/>
-      <c r="N297" s="440"/>
-[...4 lines deleted...]
-      <c r="S297" s="442"/>
+      <c r="N297" s="404"/>
+      <c r="O297" s="405"/>
+      <c r="P297" s="405"/>
+      <c r="Q297" s="405"/>
+      <c r="R297" s="405"/>
+      <c r="S297" s="406"/>
       <c r="T297" s="208"/>
       <c r="U297" s="155"/>
       <c r="V297" s="155"/>
       <c r="W297" s="155"/>
       <c r="X297" s="155"/>
       <c r="Y297" s="155"/>
       <c r="Z297" s="155"/>
       <c r="AA297" s="155"/>
       <c r="AB297" s="155"/>
       <c r="AC297" s="155"/>
       <c r="AD297" s="155"/>
       <c r="AE297" s="155"/>
       <c r="AF297" s="155"/>
       <c r="AG297" s="155"/>
     </row>
     <row r="298" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A298" s="536"/>
-[...8 lines deleted...]
-      <c r="J298" s="538"/>
+      <c r="A298" s="717"/>
+      <c r="B298" s="718"/>
+      <c r="C298" s="718"/>
+      <c r="D298" s="718"/>
+      <c r="E298" s="718"/>
+      <c r="F298" s="718"/>
+      <c r="G298" s="718"/>
+      <c r="H298" s="718"/>
+      <c r="I298" s="718"/>
+      <c r="J298" s="719"/>
       <c r="K298" s="208"/>
       <c r="L298" s="208"/>
       <c r="M298" s="208"/>
-      <c r="N298" s="440"/>
-[...4 lines deleted...]
-      <c r="S298" s="442"/>
+      <c r="N298" s="404"/>
+      <c r="O298" s="405"/>
+      <c r="P298" s="405"/>
+      <c r="Q298" s="405"/>
+      <c r="R298" s="405"/>
+      <c r="S298" s="406"/>
       <c r="T298" s="208"/>
       <c r="U298" s="155"/>
       <c r="V298" s="155"/>
       <c r="W298" s="155"/>
       <c r="X298" s="155"/>
       <c r="Y298" s="155"/>
       <c r="Z298" s="155"/>
       <c r="AA298" s="155"/>
       <c r="AB298" s="155"/>
       <c r="AC298" s="155"/>
       <c r="AD298" s="155"/>
       <c r="AE298" s="155"/>
       <c r="AF298" s="155"/>
       <c r="AG298" s="155"/>
     </row>
     <row r="299" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A299" s="539"/>
-[...8 lines deleted...]
-      <c r="J299" s="541"/>
+      <c r="A299" s="720"/>
+      <c r="B299" s="721"/>
+      <c r="C299" s="721"/>
+      <c r="D299" s="721"/>
+      <c r="E299" s="721"/>
+      <c r="F299" s="721"/>
+      <c r="G299" s="721"/>
+      <c r="H299" s="721"/>
+      <c r="I299" s="721"/>
+      <c r="J299" s="722"/>
       <c r="K299" s="208"/>
       <c r="L299" s="208"/>
       <c r="M299" s="208"/>
-      <c r="N299" s="440"/>
-[...4 lines deleted...]
-      <c r="S299" s="442"/>
+      <c r="N299" s="404"/>
+      <c r="O299" s="405"/>
+      <c r="P299" s="405"/>
+      <c r="Q299" s="405"/>
+      <c r="R299" s="405"/>
+      <c r="S299" s="406"/>
       <c r="T299" s="208"/>
       <c r="U299" s="155"/>
       <c r="V299" s="155"/>
       <c r="W299" s="155"/>
       <c r="X299" s="155"/>
       <c r="Y299" s="155"/>
       <c r="Z299" s="155"/>
       <c r="AA299" s="155"/>
       <c r="AB299" s="155"/>
       <c r="AC299" s="155"/>
       <c r="AD299" s="155"/>
       <c r="AE299" s="155"/>
       <c r="AF299" s="155"/>
       <c r="AG299" s="155"/>
     </row>
     <row r="300" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="87" t="str">
         <f>IF($A$286&lt;&gt;"",IF(LEN($A$286)&lt;300,"TOO SHORT!",IF(AND(900&lt;LEN($A$286),LEN($A$286)&lt;=1000),(1000-LEN($A$286))&amp;" characters left",IF(LEN($A$286)&gt;1000,(LEN($A$286)-1000)&amp;" characters over 1,000 limit!",""))),"")</f>
         <v/>
       </c>
       <c r="B300" s="9"/>
       <c r="C300" s="9"/>
       <c r="D300" s="9"/>
       <c r="E300" s="9"/>
       <c r="F300" s="9"/>
       <c r="G300" s="9"/>
       <c r="H300" s="9"/>
       <c r="I300" s="9"/>
       <c r="J300" s="9"/>
       <c r="K300" s="184"/>
       <c r="L300" s="184"/>
       <c r="M300" s="184"/>
-      <c r="N300" s="440"/>
-[...4 lines deleted...]
-      <c r="S300" s="442"/>
+      <c r="N300" s="404"/>
+      <c r="O300" s="405"/>
+      <c r="P300" s="405"/>
+      <c r="Q300" s="405"/>
+      <c r="R300" s="405"/>
+      <c r="S300" s="406"/>
       <c r="T300" s="184"/>
       <c r="U300" s="155"/>
-      <c r="V300" s="560"/>
-[...8 lines deleted...]
-      <c r="AE300" s="560"/>
+      <c r="V300" s="575"/>
+      <c r="W300" s="575"/>
+      <c r="X300" s="575"/>
+      <c r="Y300" s="575"/>
+      <c r="Z300" s="575"/>
+      <c r="AA300" s="575"/>
+      <c r="AB300" s="575"/>
+      <c r="AC300" s="575"/>
+      <c r="AD300" s="575"/>
+      <c r="AE300" s="575"/>
       <c r="AF300" s="155"/>
       <c r="AG300" s="155"/>
     </row>
     <row r="301" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A301" s="435" t="s">
+      <c r="A301" s="576" t="s">
         <v>397</v>
       </c>
-      <c r="B301" s="435"/>
-[...7 lines deleted...]
-      <c r="J301" s="435"/>
+      <c r="B301" s="576"/>
+      <c r="C301" s="576"/>
+      <c r="D301" s="576"/>
+      <c r="E301" s="576"/>
+      <c r="F301" s="576"/>
+      <c r="G301" s="576"/>
+      <c r="H301" s="576"/>
+      <c r="I301" s="576"/>
+      <c r="J301" s="576"/>
       <c r="K301" s="184"/>
       <c r="L301" s="184"/>
       <c r="M301" s="184"/>
-      <c r="N301" s="440"/>
-[...4 lines deleted...]
-      <c r="S301" s="442"/>
+      <c r="N301" s="404"/>
+      <c r="O301" s="405"/>
+      <c r="P301" s="405"/>
+      <c r="Q301" s="405"/>
+      <c r="R301" s="405"/>
+      <c r="S301" s="406"/>
       <c r="T301" s="184"/>
       <c r="U301" s="155"/>
-      <c r="V301" s="560"/>
-[...8 lines deleted...]
-      <c r="AE301" s="560"/>
+      <c r="V301" s="575"/>
+      <c r="W301" s="575"/>
+      <c r="X301" s="575"/>
+      <c r="Y301" s="575"/>
+      <c r="Z301" s="575"/>
+      <c r="AA301" s="575"/>
+      <c r="AB301" s="575"/>
+      <c r="AC301" s="575"/>
+      <c r="AD301" s="575"/>
+      <c r="AE301" s="575"/>
       <c r="AF301" s="155"/>
       <c r="AG301" s="155"/>
     </row>
     <row r="302" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A302" s="435"/>
-[...8 lines deleted...]
-      <c r="J302" s="435"/>
+      <c r="A302" s="576"/>
+      <c r="B302" s="576"/>
+      <c r="C302" s="576"/>
+      <c r="D302" s="576"/>
+      <c r="E302" s="576"/>
+      <c r="F302" s="576"/>
+      <c r="G302" s="576"/>
+      <c r="H302" s="576"/>
+      <c r="I302" s="576"/>
+      <c r="J302" s="576"/>
       <c r="K302" s="184"/>
       <c r="L302" s="184"/>
       <c r="M302" s="184"/>
-      <c r="N302" s="443"/>
-[...4 lines deleted...]
-      <c r="S302" s="445"/>
+      <c r="N302" s="407"/>
+      <c r="O302" s="408"/>
+      <c r="P302" s="408"/>
+      <c r="Q302" s="408"/>
+      <c r="R302" s="408"/>
+      <c r="S302" s="409"/>
       <c r="T302" s="184"/>
       <c r="U302" s="155"/>
-      <c r="V302" s="560"/>
-[...8 lines deleted...]
-      <c r="AE302" s="560"/>
+      <c r="V302" s="575"/>
+      <c r="W302" s="575"/>
+      <c r="X302" s="575"/>
+      <c r="Y302" s="575"/>
+      <c r="Z302" s="575"/>
+      <c r="AA302" s="575"/>
+      <c r="AB302" s="575"/>
+      <c r="AC302" s="575"/>
+      <c r="AD302" s="575"/>
+      <c r="AE302" s="575"/>
       <c r="AF302" s="155"/>
       <c r="AG302" s="155"/>
     </row>
     <row r="303" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A303" s="435"/>
-[...8 lines deleted...]
-      <c r="J303" s="435"/>
+      <c r="A303" s="576"/>
+      <c r="B303" s="576"/>
+      <c r="C303" s="576"/>
+      <c r="D303" s="576"/>
+      <c r="E303" s="576"/>
+      <c r="F303" s="576"/>
+      <c r="G303" s="576"/>
+      <c r="H303" s="576"/>
+      <c r="I303" s="576"/>
+      <c r="J303" s="576"/>
       <c r="K303" s="184"/>
       <c r="L303" s="184"/>
       <c r="M303" s="184"/>
       <c r="N303" s="224"/>
       <c r="O303" s="224"/>
       <c r="P303" s="224"/>
       <c r="Q303" s="224"/>
       <c r="R303" s="224"/>
       <c r="S303" s="224"/>
       <c r="T303" s="184"/>
       <c r="U303" s="155"/>
       <c r="V303" s="155"/>
       <c r="W303" s="155"/>
       <c r="X303" s="155"/>
       <c r="Y303" s="155"/>
       <c r="Z303" s="155"/>
       <c r="AA303" s="155"/>
       <c r="AB303" s="155"/>
       <c r="AC303" s="155"/>
       <c r="AD303" s="155"/>
       <c r="AE303" s="155"/>
       <c r="AF303" s="155"/>
       <c r="AG303" s="155"/>
     </row>
     <row r="304" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -33211,176 +33214,176 @@
       <c r="K304" s="184"/>
       <c r="L304" s="184"/>
       <c r="M304" s="184"/>
       <c r="N304" s="184"/>
       <c r="O304" s="184"/>
       <c r="P304" s="184"/>
       <c r="Q304" s="184"/>
       <c r="R304" s="184"/>
       <c r="S304" s="184"/>
       <c r="T304" s="184"/>
       <c r="U304" s="155"/>
       <c r="V304" s="155"/>
       <c r="W304" s="155"/>
       <c r="X304" s="155"/>
       <c r="Y304" s="155"/>
       <c r="Z304" s="155"/>
       <c r="AA304" s="155"/>
       <c r="AB304" s="155"/>
       <c r="AC304" s="155"/>
       <c r="AD304" s="155"/>
       <c r="AE304" s="155"/>
       <c r="AF304" s="155"/>
       <c r="AG304" s="155"/>
     </row>
     <row r="305" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A305" s="573" t="s">
+      <c r="A305" s="577" t="s">
         <v>383</v>
       </c>
-      <c r="B305" s="573"/>
-[...7 lines deleted...]
-      <c r="J305" s="573"/>
+      <c r="B305" s="577"/>
+      <c r="C305" s="577"/>
+      <c r="D305" s="577"/>
+      <c r="E305" s="577"/>
+      <c r="F305" s="577"/>
+      <c r="G305" s="577"/>
+      <c r="H305" s="577"/>
+      <c r="I305" s="577"/>
+      <c r="J305" s="577"/>
       <c r="K305" s="184"/>
       <c r="L305" s="184"/>
       <c r="M305" s="184"/>
-      <c r="N305" s="437"/>
-[...4 lines deleted...]
-      <c r="S305" s="439"/>
+      <c r="N305" s="401"/>
+      <c r="O305" s="402"/>
+      <c r="P305" s="402"/>
+      <c r="Q305" s="402"/>
+      <c r="R305" s="402"/>
+      <c r="S305" s="403"/>
       <c r="T305" s="184"/>
       <c r="U305" s="155"/>
       <c r="V305" s="155"/>
       <c r="W305" s="155"/>
       <c r="X305" s="155"/>
       <c r="Y305" s="155"/>
       <c r="Z305" s="155"/>
       <c r="AA305" s="155"/>
       <c r="AB305" s="155"/>
       <c r="AC305" s="155"/>
       <c r="AD305" s="155"/>
       <c r="AE305" s="155"/>
       <c r="AF305" s="155"/>
       <c r="AG305" s="155"/>
     </row>
     <row r="306" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A306" s="573"/>
-[...8 lines deleted...]
-      <c r="J306" s="573"/>
+      <c r="A306" s="577"/>
+      <c r="B306" s="577"/>
+      <c r="C306" s="577"/>
+      <c r="D306" s="577"/>
+      <c r="E306" s="577"/>
+      <c r="F306" s="577"/>
+      <c r="G306" s="577"/>
+      <c r="H306" s="577"/>
+      <c r="I306" s="577"/>
+      <c r="J306" s="577"/>
       <c r="K306" s="184"/>
       <c r="L306" s="184"/>
       <c r="M306" s="184"/>
-      <c r="N306" s="440"/>
-[...4 lines deleted...]
-      <c r="S306" s="442"/>
+      <c r="N306" s="404"/>
+      <c r="O306" s="405"/>
+      <c r="P306" s="405"/>
+      <c r="Q306" s="405"/>
+      <c r="R306" s="405"/>
+      <c r="S306" s="406"/>
       <c r="T306" s="184"/>
       <c r="U306" s="155"/>
       <c r="V306" s="155"/>
       <c r="W306" s="155"/>
       <c r="X306" s="155"/>
       <c r="Y306" s="155"/>
       <c r="Z306" s="155"/>
       <c r="AA306" s="155"/>
       <c r="AB306" s="155"/>
       <c r="AC306" s="155"/>
       <c r="AD306" s="155"/>
       <c r="AE306" s="155"/>
       <c r="AF306" s="155"/>
       <c r="AG306" s="155"/>
     </row>
     <row r="307" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A307" s="533"/>
-[...8 lines deleted...]
-      <c r="J307" s="535"/>
+      <c r="A307" s="714"/>
+      <c r="B307" s="715"/>
+      <c r="C307" s="715"/>
+      <c r="D307" s="715"/>
+      <c r="E307" s="715"/>
+      <c r="F307" s="715"/>
+      <c r="G307" s="715"/>
+      <c r="H307" s="715"/>
+      <c r="I307" s="715"/>
+      <c r="J307" s="716"/>
       <c r="K307" s="184"/>
       <c r="L307" s="184"/>
       <c r="M307" s="184"/>
-      <c r="N307" s="440"/>
-[...4 lines deleted...]
-      <c r="S307" s="442"/>
+      <c r="N307" s="404"/>
+      <c r="O307" s="405"/>
+      <c r="P307" s="405"/>
+      <c r="Q307" s="405"/>
+      <c r="R307" s="405"/>
+      <c r="S307" s="406"/>
       <c r="T307" s="184"/>
       <c r="U307" s="155"/>
       <c r="V307" s="155"/>
       <c r="W307" s="155"/>
       <c r="X307" s="155"/>
       <c r="Y307" s="155"/>
       <c r="Z307" s="155"/>
       <c r="AA307" s="155"/>
       <c r="AB307" s="155"/>
       <c r="AC307" s="155"/>
       <c r="AD307" s="155"/>
       <c r="AE307" s="155"/>
       <c r="AF307" s="155"/>
       <c r="AG307" s="155"/>
     </row>
     <row r="308" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A308" s="539"/>
-[...8 lines deleted...]
-      <c r="J308" s="541"/>
+      <c r="A308" s="720"/>
+      <c r="B308" s="721"/>
+      <c r="C308" s="721"/>
+      <c r="D308" s="721"/>
+      <c r="E308" s="721"/>
+      <c r="F308" s="721"/>
+      <c r="G308" s="721"/>
+      <c r="H308" s="721"/>
+      <c r="I308" s="721"/>
+      <c r="J308" s="722"/>
       <c r="K308" s="184"/>
       <c r="L308" s="184"/>
       <c r="M308" s="184"/>
-      <c r="N308" s="443"/>
-[...4 lines deleted...]
-      <c r="S308" s="445"/>
+      <c r="N308" s="407"/>
+      <c r="O308" s="408"/>
+      <c r="P308" s="408"/>
+      <c r="Q308" s="408"/>
+      <c r="R308" s="408"/>
+      <c r="S308" s="409"/>
       <c r="T308" s="184"/>
       <c r="U308" s="155"/>
       <c r="V308" s="155"/>
       <c r="W308" s="155"/>
       <c r="X308" s="155"/>
       <c r="Y308" s="155"/>
       <c r="Z308" s="155"/>
       <c r="AA308" s="155"/>
       <c r="AB308" s="155"/>
       <c r="AC308" s="155"/>
       <c r="AD308" s="155"/>
       <c r="AE308" s="155"/>
       <c r="AF308" s="155"/>
       <c r="AG308" s="155"/>
     </row>
     <row r="309" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A309" s="246"/>
       <c r="B309" s="246"/>
       <c r="C309" s="246"/>
       <c r="D309" s="246"/>
       <c r="E309" s="246"/>
       <c r="F309" s="246"/>
       <c r="G309" s="246"/>
       <c r="H309" s="246"/>
       <c r="I309" s="246"/>
@@ -33388,62 +33391,62 @@
       <c r="K309" s="208"/>
       <c r="L309" s="208"/>
       <c r="M309" s="208"/>
       <c r="N309" s="212"/>
       <c r="O309" s="212"/>
       <c r="P309" s="212"/>
       <c r="Q309" s="212"/>
       <c r="R309" s="212"/>
       <c r="S309" s="212"/>
       <c r="T309" s="208"/>
       <c r="U309" s="155"/>
       <c r="V309" s="155"/>
       <c r="W309" s="155"/>
       <c r="X309" s="155"/>
       <c r="Y309" s="155"/>
       <c r="Z309" s="155"/>
       <c r="AA309" s="155"/>
       <c r="AB309" s="155"/>
       <c r="AC309" s="155"/>
       <c r="AD309" s="155"/>
       <c r="AE309" s="155"/>
       <c r="AF309" s="155"/>
       <c r="AG309" s="155"/>
     </row>
     <row r="310" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A310" s="491" t="s">
-[...10 lines deleted...]
-      <c r="J310" s="491"/>
+      <c r="A310" s="410" t="s">
+        <v>901</v>
+      </c>
+      <c r="B310" s="410"/>
+      <c r="C310" s="410"/>
+      <c r="D310" s="410"/>
+      <c r="E310" s="410"/>
+      <c r="F310" s="410"/>
+      <c r="G310" s="410"/>
+      <c r="H310" s="410"/>
+      <c r="I310" s="410"/>
+      <c r="J310" s="410"/>
       <c r="K310" s="208"/>
       <c r="L310" s="208"/>
       <c r="M310" s="208"/>
       <c r="N310" s="223"/>
       <c r="O310" s="223"/>
       <c r="P310" s="223"/>
       <c r="Q310" s="223"/>
       <c r="R310" s="223"/>
       <c r="S310" s="223"/>
       <c r="T310" s="208"/>
       <c r="U310" s="155"/>
       <c r="V310" s="155"/>
       <c r="W310" s="155"/>
       <c r="X310" s="155"/>
       <c r="Y310" s="155"/>
       <c r="Z310" s="155"/>
       <c r="AA310" s="155"/>
       <c r="AB310" s="155"/>
       <c r="AC310" s="155"/>
       <c r="AD310" s="155"/>
       <c r="AE310" s="155"/>
       <c r="AF310" s="155"/>
       <c r="AG310" s="155"/>
     </row>
     <row r="311" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
@@ -33466,822 +33469,822 @@
       <c r="Q311" s="208"/>
       <c r="R311" s="208"/>
       <c r="S311" s="208"/>
       <c r="T311" s="184"/>
       <c r="U311" s="155"/>
       <c r="V311" s="155"/>
       <c r="W311" s="155"/>
       <c r="X311" s="155"/>
       <c r="Y311" s="155"/>
       <c r="Z311" s="155"/>
       <c r="AA311" s="155"/>
       <c r="AB311" s="155"/>
       <c r="AC311" s="155"/>
       <c r="AD311" s="155"/>
       <c r="AE311" s="155"/>
       <c r="AF311" s="155"/>
       <c r="AG311" s="155"/>
     </row>
     <row r="312" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A312" s="220" t="s">
         <v>401</v>
       </c>
       <c r="B312" s="221"/>
       <c r="C312" s="221"/>
       <c r="D312" s="221"/>
-      <c r="E312" s="628"/>
-[...3 lines deleted...]
-      <c r="I312" s="630"/>
+      <c r="E312" s="554"/>
+      <c r="F312" s="555"/>
+      <c r="G312" s="555"/>
+      <c r="H312" s="555"/>
+      <c r="I312" s="556"/>
       <c r="J312" s="221"/>
       <c r="K312" s="184"/>
       <c r="L312" s="184"/>
       <c r="M312" s="184"/>
-      <c r="N312" s="437"/>
-[...4 lines deleted...]
-      <c r="S312" s="439"/>
+      <c r="N312" s="401"/>
+      <c r="O312" s="402"/>
+      <c r="P312" s="402"/>
+      <c r="Q312" s="402"/>
+      <c r="R312" s="402"/>
+      <c r="S312" s="403"/>
       <c r="T312" s="184"/>
       <c r="U312" s="155"/>
       <c r="V312" s="155"/>
       <c r="W312" s="155"/>
       <c r="X312" s="155"/>
       <c r="Y312" s="155"/>
       <c r="Z312" s="155"/>
       <c r="AA312" s="155"/>
       <c r="AB312" s="155"/>
       <c r="AC312" s="155"/>
       <c r="AD312" s="155"/>
       <c r="AE312" s="155"/>
       <c r="AF312" s="155"/>
       <c r="AG312" s="155"/>
     </row>
     <row r="313" spans="1:33" ht="15" x14ac:dyDescent="0.25">
-      <c r="A313" s="658" t="s">
-[...11 lines deleted...]
-      <c r="I313" s="610"/>
+      <c r="A313" s="531" t="s">
+        <v>847</v>
+      </c>
+      <c r="B313" s="531"/>
+      <c r="C313" s="531"/>
+      <c r="D313" s="531"/>
+      <c r="E313" s="600" t="s">
+        <v>882</v>
+      </c>
+      <c r="F313" s="600"/>
+      <c r="G313" s="600"/>
+      <c r="H313" s="600"/>
+      <c r="I313" s="600"/>
       <c r="J313" s="222"/>
       <c r="K313" s="184"/>
       <c r="L313" s="184"/>
       <c r="M313" s="184"/>
-      <c r="N313" s="440"/>
-[...4 lines deleted...]
-      <c r="S313" s="442"/>
+      <c r="N313" s="404"/>
+      <c r="O313" s="405"/>
+      <c r="P313" s="405"/>
+      <c r="Q313" s="405"/>
+      <c r="R313" s="405"/>
+      <c r="S313" s="406"/>
       <c r="T313" s="184"/>
       <c r="U313" s="155"/>
       <c r="V313" s="155"/>
       <c r="W313" s="155"/>
       <c r="X313" s="155"/>
       <c r="Y313" s="155"/>
       <c r="Z313" s="155"/>
       <c r="AA313" s="155"/>
       <c r="AB313" s="155"/>
       <c r="AC313" s="155"/>
       <c r="AD313" s="155"/>
       <c r="AE313" s="155"/>
       <c r="AF313" s="155"/>
       <c r="AG313" s="155"/>
     </row>
     <row r="314" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A314" s="221"/>
       <c r="B314" s="221"/>
       <c r="C314" s="221"/>
       <c r="D314" s="221"/>
       <c r="E314" s="221"/>
       <c r="F314" s="221"/>
       <c r="G314" s="221"/>
       <c r="H314" s="221"/>
       <c r="I314" s="221"/>
       <c r="J314" s="221"/>
       <c r="K314" s="184"/>
       <c r="L314" s="184"/>
       <c r="M314" s="184"/>
-      <c r="N314" s="440"/>
-[...4 lines deleted...]
-      <c r="S314" s="442"/>
+      <c r="N314" s="404"/>
+      <c r="O314" s="405"/>
+      <c r="P314" s="405"/>
+      <c r="Q314" s="405"/>
+      <c r="R314" s="405"/>
+      <c r="S314" s="406"/>
       <c r="T314" s="184"/>
       <c r="U314" s="155"/>
       <c r="V314" s="155"/>
       <c r="W314" s="155"/>
       <c r="X314" s="155"/>
       <c r="Y314" s="155"/>
       <c r="Z314" s="155"/>
       <c r="AA314" s="155"/>
       <c r="AB314" s="155"/>
       <c r="AC314" s="155"/>
       <c r="AD314" s="155"/>
       <c r="AE314" s="155"/>
       <c r="AF314" s="155"/>
       <c r="AG314" s="155"/>
     </row>
     <row r="315" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A315" s="654" t="s">
-[...10 lines deleted...]
-      <c r="J315" s="654"/>
+      <c r="A315" s="526" t="s">
+        <v>910</v>
+      </c>
+      <c r="B315" s="526"/>
+      <c r="C315" s="526"/>
+      <c r="D315" s="526"/>
+      <c r="E315" s="526"/>
+      <c r="F315" s="526"/>
+      <c r="G315" s="526"/>
+      <c r="H315" s="526"/>
+      <c r="I315" s="526"/>
+      <c r="J315" s="526"/>
       <c r="K315" s="208"/>
       <c r="L315" s="208"/>
       <c r="M315" s="208"/>
-      <c r="N315" s="440"/>
-[...4 lines deleted...]
-      <c r="S315" s="442"/>
+      <c r="N315" s="404"/>
+      <c r="O315" s="405"/>
+      <c r="P315" s="405"/>
+      <c r="Q315" s="405"/>
+      <c r="R315" s="405"/>
+      <c r="S315" s="406"/>
       <c r="T315" s="208"/>
       <c r="U315" s="155"/>
       <c r="V315" s="155"/>
       <c r="W315" s="155"/>
       <c r="X315" s="155"/>
       <c r="Y315" s="155"/>
       <c r="Z315" s="155"/>
       <c r="AA315" s="155"/>
       <c r="AB315" s="155"/>
       <c r="AC315" s="155"/>
       <c r="AD315" s="155"/>
       <c r="AE315" s="155"/>
       <c r="AF315" s="155"/>
       <c r="AG315" s="155"/>
     </row>
     <row r="316" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A316" s="654"/>
-[...8 lines deleted...]
-      <c r="J316" s="654"/>
+      <c r="A316" s="526"/>
+      <c r="B316" s="526"/>
+      <c r="C316" s="526"/>
+      <c r="D316" s="526"/>
+      <c r="E316" s="526"/>
+      <c r="F316" s="526"/>
+      <c r="G316" s="526"/>
+      <c r="H316" s="526"/>
+      <c r="I316" s="526"/>
+      <c r="J316" s="526"/>
       <c r="K316" s="208"/>
       <c r="L316" s="208"/>
       <c r="M316" s="208"/>
-      <c r="N316" s="440"/>
-[...4 lines deleted...]
-      <c r="S316" s="442"/>
+      <c r="N316" s="404"/>
+      <c r="O316" s="405"/>
+      <c r="P316" s="405"/>
+      <c r="Q316" s="405"/>
+      <c r="R316" s="405"/>
+      <c r="S316" s="406"/>
       <c r="T316" s="208"/>
       <c r="U316" s="155"/>
       <c r="V316" s="155"/>
       <c r="W316" s="155"/>
       <c r="X316" s="155"/>
       <c r="Y316" s="155"/>
       <c r="Z316" s="155"/>
       <c r="AA316" s="155"/>
       <c r="AB316" s="155"/>
       <c r="AC316" s="155"/>
       <c r="AD316" s="155"/>
       <c r="AE316" s="155"/>
       <c r="AF316" s="155"/>
       <c r="AG316" s="155"/>
     </row>
     <row r="317" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A317" s="654"/>
-[...8 lines deleted...]
-      <c r="J317" s="654"/>
+      <c r="A317" s="526"/>
+      <c r="B317" s="526"/>
+      <c r="C317" s="526"/>
+      <c r="D317" s="526"/>
+      <c r="E317" s="526"/>
+      <c r="F317" s="526"/>
+      <c r="G317" s="526"/>
+      <c r="H317" s="526"/>
+      <c r="I317" s="526"/>
+      <c r="J317" s="526"/>
       <c r="K317" s="208"/>
       <c r="L317" s="208"/>
       <c r="M317" s="208"/>
-      <c r="N317" s="440"/>
-[...4 lines deleted...]
-      <c r="S317" s="442"/>
+      <c r="N317" s="404"/>
+      <c r="O317" s="405"/>
+      <c r="P317" s="405"/>
+      <c r="Q317" s="405"/>
+      <c r="R317" s="405"/>
+      <c r="S317" s="406"/>
       <c r="T317" s="208"/>
       <c r="U317" s="155"/>
       <c r="V317" s="155"/>
       <c r="W317" s="155"/>
       <c r="X317" s="155"/>
       <c r="Y317" s="155"/>
       <c r="Z317" s="155"/>
       <c r="AA317" s="155"/>
       <c r="AB317" s="155"/>
       <c r="AC317" s="155"/>
       <c r="AD317" s="155"/>
       <c r="AE317" s="155"/>
       <c r="AF317" s="155"/>
       <c r="AG317" s="155"/>
     </row>
     <row r="318" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="266"/>
       <c r="B318" s="266"/>
       <c r="C318" s="266"/>
       <c r="D318" s="266"/>
       <c r="E318" s="266"/>
       <c r="F318" s="266"/>
       <c r="G318" s="266"/>
       <c r="H318" s="266"/>
       <c r="I318" s="266"/>
       <c r="J318" s="266"/>
       <c r="K318" s="208"/>
       <c r="L318" s="208"/>
       <c r="M318" s="208"/>
-      <c r="N318" s="440"/>
-[...4 lines deleted...]
-      <c r="S318" s="442"/>
+      <c r="N318" s="404"/>
+      <c r="O318" s="405"/>
+      <c r="P318" s="405"/>
+      <c r="Q318" s="405"/>
+      <c r="R318" s="405"/>
+      <c r="S318" s="406"/>
       <c r="T318" s="208"/>
       <c r="U318" s="155"/>
       <c r="V318" s="155"/>
       <c r="W318" s="155"/>
       <c r="X318" s="155"/>
       <c r="Y318" s="155"/>
       <c r="Z318" s="155"/>
       <c r="AA318" s="155"/>
       <c r="AB318" s="155"/>
       <c r="AC318" s="155"/>
       <c r="AD318" s="155"/>
       <c r="AE318" s="155"/>
       <c r="AF318" s="155"/>
       <c r="AG318" s="155"/>
     </row>
     <row r="319" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A319" s="657" t="s">
-[...10 lines deleted...]
-      <c r="J319" s="657"/>
+      <c r="A319" s="529" t="s">
+        <v>915</v>
+      </c>
+      <c r="B319" s="529"/>
+      <c r="C319" s="529"/>
+      <c r="D319" s="529"/>
+      <c r="E319" s="529"/>
+      <c r="F319" s="529"/>
+      <c r="G319" s="529"/>
+      <c r="H319" s="529"/>
+      <c r="I319" s="529"/>
+      <c r="J319" s="529"/>
       <c r="K319" s="208"/>
       <c r="L319" s="208"/>
       <c r="M319" s="208"/>
-      <c r="N319" s="440"/>
-[...4 lines deleted...]
-      <c r="S319" s="442"/>
+      <c r="N319" s="404"/>
+      <c r="O319" s="405"/>
+      <c r="P319" s="405"/>
+      <c r="Q319" s="405"/>
+      <c r="R319" s="405"/>
+      <c r="S319" s="406"/>
       <c r="T319" s="208"/>
       <c r="U319" s="155"/>
       <c r="V319" s="155"/>
       <c r="W319" s="155"/>
       <c r="X319" s="155"/>
       <c r="Y319" s="155"/>
       <c r="Z319" s="155"/>
       <c r="AA319" s="155"/>
       <c r="AB319" s="155"/>
       <c r="AC319" s="155"/>
       <c r="AD319" s="155"/>
       <c r="AE319" s="155"/>
       <c r="AF319" s="155"/>
       <c r="AG319" s="155"/>
     </row>
     <row r="320" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A320" s="657"/>
-[...8 lines deleted...]
-      <c r="J320" s="657"/>
+      <c r="A320" s="529"/>
+      <c r="B320" s="529"/>
+      <c r="C320" s="529"/>
+      <c r="D320" s="529"/>
+      <c r="E320" s="529"/>
+      <c r="F320" s="529"/>
+      <c r="G320" s="529"/>
+      <c r="H320" s="529"/>
+      <c r="I320" s="529"/>
+      <c r="J320" s="529"/>
       <c r="K320" s="208"/>
       <c r="L320" s="208"/>
       <c r="M320" s="208"/>
-      <c r="N320" s="440"/>
-[...4 lines deleted...]
-      <c r="S320" s="442"/>
+      <c r="N320" s="404"/>
+      <c r="O320" s="405"/>
+      <c r="P320" s="405"/>
+      <c r="Q320" s="405"/>
+      <c r="R320" s="405"/>
+      <c r="S320" s="406"/>
       <c r="T320" s="208"/>
       <c r="U320" s="155"/>
       <c r="V320" s="155"/>
       <c r="W320" s="155"/>
       <c r="X320" s="155"/>
       <c r="Y320" s="155"/>
       <c r="Z320" s="155"/>
       <c r="AA320" s="155"/>
       <c r="AB320" s="155"/>
       <c r="AC320" s="155"/>
       <c r="AD320" s="155"/>
       <c r="AE320" s="155"/>
       <c r="AF320" s="155"/>
       <c r="AG320" s="155"/>
     </row>
     <row r="321" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A321" s="221"/>
       <c r="B321" s="221"/>
       <c r="C321" s="221"/>
       <c r="D321" s="221"/>
       <c r="E321" s="221"/>
       <c r="F321" s="221"/>
       <c r="G321" s="221"/>
       <c r="H321" s="221"/>
       <c r="I321" s="221"/>
       <c r="J321" s="221"/>
       <c r="K321" s="208"/>
       <c r="L321" s="208"/>
       <c r="M321" s="208"/>
-      <c r="N321" s="440"/>
-[...4 lines deleted...]
-      <c r="S321" s="442"/>
+      <c r="N321" s="404"/>
+      <c r="O321" s="405"/>
+      <c r="P321" s="405"/>
+      <c r="Q321" s="405"/>
+      <c r="R321" s="405"/>
+      <c r="S321" s="406"/>
       <c r="T321" s="208"/>
       <c r="U321" s="155"/>
       <c r="V321" s="155"/>
       <c r="W321" s="155"/>
       <c r="X321" s="155"/>
       <c r="Y321" s="155"/>
       <c r="Z321" s="155"/>
       <c r="AA321" s="155"/>
       <c r="AB321" s="155"/>
       <c r="AC321" s="155"/>
       <c r="AD321" s="155"/>
       <c r="AE321" s="155"/>
       <c r="AF321" s="155"/>
       <c r="AG321" s="155"/>
     </row>
     <row r="322" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A322" s="651" t="s">
-[...6 lines deleted...]
-      <c r="F322" s="651"/>
+      <c r="A322" s="523" t="s">
+        <v>900</v>
+      </c>
+      <c r="B322" s="523"/>
+      <c r="C322" s="523"/>
+      <c r="D322" s="523"/>
+      <c r="E322" s="523"/>
+      <c r="F322" s="523"/>
       <c r="G322" s="221"/>
       <c r="H322" s="221"/>
       <c r="I322" s="221"/>
       <c r="J322" s="244" t="s">
         <v>195</v>
       </c>
       <c r="K322" s="208"/>
       <c r="L322" s="208"/>
       <c r="M322" s="208"/>
-      <c r="N322" s="440"/>
-[...4 lines deleted...]
-      <c r="S322" s="442"/>
+      <c r="N322" s="404"/>
+      <c r="O322" s="405"/>
+      <c r="P322" s="405"/>
+      <c r="Q322" s="405"/>
+      <c r="R322" s="405"/>
+      <c r="S322" s="406"/>
       <c r="T322" s="208"/>
       <c r="U322" s="155"/>
       <c r="V322" s="155"/>
       <c r="W322" s="155"/>
       <c r="X322" s="155"/>
       <c r="Y322" s="155"/>
       <c r="Z322" s="155"/>
       <c r="AA322" s="155"/>
       <c r="AB322" s="155"/>
       <c r="AC322" s="155"/>
       <c r="AD322" s="155"/>
       <c r="AE322" s="155"/>
       <c r="AF322" s="155"/>
       <c r="AG322" s="155"/>
     </row>
     <row r="323" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A323" s="241"/>
       <c r="B323" s="241"/>
       <c r="C323" s="241"/>
       <c r="D323" s="241"/>
       <c r="E323" s="241"/>
       <c r="F323" s="241"/>
       <c r="G323" s="221"/>
       <c r="H323" s="221"/>
       <c r="I323" s="221"/>
       <c r="J323" s="242"/>
       <c r="K323" s="208"/>
       <c r="L323" s="208"/>
       <c r="M323" s="208"/>
-      <c r="N323" s="440"/>
-[...4 lines deleted...]
-      <c r="S323" s="442"/>
+      <c r="N323" s="404"/>
+      <c r="O323" s="405"/>
+      <c r="P323" s="405"/>
+      <c r="Q323" s="405"/>
+      <c r="R323" s="405"/>
+      <c r="S323" s="406"/>
       <c r="T323" s="208"/>
       <c r="U323" s="155"/>
       <c r="V323" s="155"/>
       <c r="W323" s="155"/>
       <c r="X323" s="155"/>
       <c r="Y323" s="155"/>
       <c r="Z323" s="155"/>
       <c r="AA323" s="155"/>
       <c r="AB323" s="155"/>
       <c r="AC323" s="155"/>
       <c r="AD323" s="155"/>
       <c r="AE323" s="155"/>
       <c r="AF323" s="155"/>
       <c r="AG323" s="155"/>
     </row>
     <row r="324" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A324" s="651" t="s">
-[...10 lines deleted...]
-      <c r="J324" s="650"/>
+      <c r="A324" s="523" t="s">
+        <v>898</v>
+      </c>
+      <c r="B324" s="523"/>
+      <c r="C324" s="524"/>
+      <c r="D324" s="520"/>
+      <c r="E324" s="521"/>
+      <c r="F324" s="521"/>
+      <c r="G324" s="521"/>
+      <c r="H324" s="521"/>
+      <c r="I324" s="521"/>
+      <c r="J324" s="522"/>
       <c r="K324" s="208"/>
       <c r="L324" s="208"/>
       <c r="M324" s="208"/>
-      <c r="N324" s="440"/>
-[...4 lines deleted...]
-      <c r="S324" s="442"/>
+      <c r="N324" s="404"/>
+      <c r="O324" s="405"/>
+      <c r="P324" s="405"/>
+      <c r="Q324" s="405"/>
+      <c r="R324" s="405"/>
+      <c r="S324" s="406"/>
       <c r="T324" s="208"/>
       <c r="U324" s="155"/>
       <c r="V324" s="155"/>
       <c r="W324" s="155"/>
       <c r="X324" s="155"/>
       <c r="Y324" s="155"/>
       <c r="Z324" s="155"/>
       <c r="AA324" s="155"/>
       <c r="AB324" s="155"/>
       <c r="AC324" s="155"/>
       <c r="AD324" s="155"/>
       <c r="AE324" s="155"/>
       <c r="AF324" s="155"/>
       <c r="AG324" s="155"/>
     </row>
     <row r="325" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A325" s="653" t="s">
-[...4 lines deleted...]
-      <c r="D325" s="653"/>
+      <c r="A325" s="525" t="s">
+        <v>899</v>
+      </c>
+      <c r="B325" s="525"/>
+      <c r="C325" s="525"/>
+      <c r="D325" s="525"/>
       <c r="E325" s="240"/>
       <c r="F325" s="240"/>
       <c r="G325" s="240"/>
       <c r="H325" s="240"/>
       <c r="I325" s="240"/>
       <c r="J325" s="240"/>
       <c r="K325" s="208"/>
       <c r="L325" s="208"/>
       <c r="M325" s="208"/>
-      <c r="N325" s="440"/>
-[...4 lines deleted...]
-      <c r="S325" s="442"/>
+      <c r="N325" s="404"/>
+      <c r="O325" s="405"/>
+      <c r="P325" s="405"/>
+      <c r="Q325" s="405"/>
+      <c r="R325" s="405"/>
+      <c r="S325" s="406"/>
       <c r="T325" s="208"/>
       <c r="U325" s="155"/>
       <c r="V325" s="155"/>
       <c r="W325" s="155"/>
       <c r="X325" s="155"/>
       <c r="Y325" s="155"/>
       <c r="Z325" s="155"/>
       <c r="AA325" s="155"/>
       <c r="AB325" s="155"/>
       <c r="AC325" s="155"/>
       <c r="AD325" s="155"/>
       <c r="AE325" s="155"/>
       <c r="AF325" s="155"/>
       <c r="AG325" s="155"/>
     </row>
     <row r="326" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A326" s="243"/>
       <c r="B326" s="243"/>
       <c r="C326" s="243"/>
       <c r="D326" s="243"/>
       <c r="E326" s="243"/>
       <c r="F326" s="243"/>
       <c r="G326" s="243"/>
       <c r="H326" s="243"/>
       <c r="I326" s="243"/>
       <c r="J326" s="243"/>
       <c r="K326" s="208"/>
       <c r="L326" s="208"/>
       <c r="M326" s="208"/>
-      <c r="N326" s="440"/>
-[...4 lines deleted...]
-      <c r="S326" s="442"/>
+      <c r="N326" s="404"/>
+      <c r="O326" s="405"/>
+      <c r="P326" s="405"/>
+      <c r="Q326" s="405"/>
+      <c r="R326" s="405"/>
+      <c r="S326" s="406"/>
       <c r="T326" s="208"/>
       <c r="U326" s="155"/>
       <c r="V326" s="155"/>
       <c r="W326" s="155"/>
       <c r="X326" s="155"/>
       <c r="Y326" s="155"/>
       <c r="Z326" s="155"/>
       <c r="AA326" s="155"/>
       <c r="AB326" s="155"/>
       <c r="AC326" s="155"/>
       <c r="AD326" s="155"/>
       <c r="AE326" s="155"/>
       <c r="AF326" s="155"/>
       <c r="AG326" s="155"/>
     </row>
     <row r="327" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A327" s="549" t="s">
-[...10 lines deleted...]
-      <c r="J327" s="551"/>
+      <c r="A327" s="723" t="s">
+        <v>897</v>
+      </c>
+      <c r="B327" s="724"/>
+      <c r="C327" s="724"/>
+      <c r="D327" s="724"/>
+      <c r="E327" s="724"/>
+      <c r="F327" s="724"/>
+      <c r="G327" s="724"/>
+      <c r="H327" s="724"/>
+      <c r="I327" s="724"/>
+      <c r="J327" s="725"/>
       <c r="K327" s="184"/>
       <c r="L327" s="184"/>
       <c r="M327" s="184"/>
-      <c r="N327" s="440"/>
-[...4 lines deleted...]
-      <c r="S327" s="442"/>
+      <c r="N327" s="404"/>
+      <c r="O327" s="405"/>
+      <c r="P327" s="405"/>
+      <c r="Q327" s="405"/>
+      <c r="R327" s="405"/>
+      <c r="S327" s="406"/>
       <c r="T327" s="184"/>
       <c r="U327" s="155"/>
       <c r="V327" s="155"/>
       <c r="W327" s="155"/>
       <c r="X327" s="155"/>
       <c r="Y327" s="155"/>
       <c r="Z327" s="155"/>
       <c r="AA327" s="155"/>
       <c r="AB327" s="155"/>
       <c r="AC327" s="155"/>
       <c r="AD327" s="155"/>
       <c r="AE327" s="155"/>
       <c r="AF327" s="155"/>
       <c r="AG327" s="155"/>
     </row>
     <row r="328" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A328" s="655" t="s">
-[...10 lines deleted...]
-      <c r="J328" s="655"/>
+      <c r="A328" s="527" t="s">
+        <v>911</v>
+      </c>
+      <c r="B328" s="527"/>
+      <c r="C328" s="527"/>
+      <c r="D328" s="527"/>
+      <c r="E328" s="527"/>
+      <c r="F328" s="527"/>
+      <c r="G328" s="527"/>
+      <c r="H328" s="527"/>
+      <c r="I328" s="527"/>
+      <c r="J328" s="527"/>
       <c r="K328" s="184"/>
       <c r="L328" s="184"/>
       <c r="M328" s="184"/>
-      <c r="N328" s="440"/>
-[...4 lines deleted...]
-      <c r="S328" s="442"/>
+      <c r="N328" s="404"/>
+      <c r="O328" s="405"/>
+      <c r="P328" s="405"/>
+      <c r="Q328" s="405"/>
+      <c r="R328" s="405"/>
+      <c r="S328" s="406"/>
       <c r="T328" s="184"/>
       <c r="U328" s="155"/>
       <c r="V328" s="155"/>
       <c r="W328" s="155"/>
       <c r="X328" s="155"/>
       <c r="Y328" s="155"/>
       <c r="Z328" s="155"/>
       <c r="AA328" s="155"/>
       <c r="AB328" s="155"/>
       <c r="AC328" s="155"/>
       <c r="AD328" s="155"/>
       <c r="AE328" s="155"/>
       <c r="AF328" s="155"/>
       <c r="AG328" s="155"/>
     </row>
     <row r="329" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A329" s="656"/>
-[...8 lines deleted...]
-      <c r="J329" s="656"/>
+      <c r="A329" s="528"/>
+      <c r="B329" s="528"/>
+      <c r="C329" s="528"/>
+      <c r="D329" s="528"/>
+      <c r="E329" s="528"/>
+      <c r="F329" s="528"/>
+      <c r="G329" s="528"/>
+      <c r="H329" s="528"/>
+      <c r="I329" s="528"/>
+      <c r="J329" s="528"/>
       <c r="K329" s="184"/>
       <c r="L329" s="184"/>
       <c r="M329" s="184"/>
-      <c r="N329" s="440"/>
-[...4 lines deleted...]
-      <c r="S329" s="442"/>
+      <c r="N329" s="404"/>
+      <c r="O329" s="405"/>
+      <c r="P329" s="405"/>
+      <c r="Q329" s="405"/>
+      <c r="R329" s="405"/>
+      <c r="S329" s="406"/>
       <c r="T329" s="184"/>
       <c r="U329" s="155"/>
       <c r="V329" s="155"/>
       <c r="W329" s="155"/>
       <c r="X329" s="155"/>
       <c r="Y329" s="155"/>
       <c r="Z329" s="155"/>
       <c r="AA329" s="155"/>
       <c r="AB329" s="155"/>
       <c r="AC329" s="155"/>
       <c r="AD329" s="155"/>
       <c r="AE329" s="155"/>
       <c r="AF329" s="155"/>
       <c r="AG329" s="155"/>
     </row>
     <row r="330" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A330" s="265"/>
       <c r="B330" s="265"/>
       <c r="C330" s="265"/>
       <c r="D330" s="265"/>
       <c r="E330" s="265"/>
       <c r="F330" s="265"/>
       <c r="G330" s="265"/>
       <c r="H330" s="265"/>
       <c r="I330" s="265"/>
       <c r="J330" s="265"/>
       <c r="K330" s="184"/>
       <c r="L330" s="184"/>
       <c r="M330" s="184"/>
-      <c r="N330" s="440"/>
-[...4 lines deleted...]
-      <c r="S330" s="442"/>
+      <c r="N330" s="404"/>
+      <c r="O330" s="405"/>
+      <c r="P330" s="405"/>
+      <c r="Q330" s="405"/>
+      <c r="R330" s="405"/>
+      <c r="S330" s="406"/>
       <c r="T330" s="184"/>
       <c r="U330" s="155"/>
       <c r="V330" s="155"/>
       <c r="W330" s="155"/>
       <c r="X330" s="155"/>
       <c r="Y330" s="155"/>
       <c r="Z330" s="155"/>
       <c r="AA330" s="155"/>
       <c r="AB330" s="155"/>
       <c r="AC330" s="155"/>
       <c r="AD330" s="155"/>
       <c r="AE330" s="155"/>
       <c r="AF330" s="155"/>
       <c r="AG330" s="155"/>
     </row>
     <row r="331" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A331" s="635" t="s">
-[...10 lines deleted...]
-      <c r="J331" s="639"/>
+      <c r="A331" s="502" t="s">
+        <v>912</v>
+      </c>
+      <c r="B331" s="502"/>
+      <c r="C331" s="503"/>
+      <c r="D331" s="504"/>
+      <c r="E331" s="505"/>
+      <c r="F331" s="505"/>
+      <c r="G331" s="505"/>
+      <c r="H331" s="505"/>
+      <c r="I331" s="505"/>
+      <c r="J331" s="506"/>
       <c r="K331" s="184"/>
       <c r="L331" s="184"/>
       <c r="M331" s="184"/>
-      <c r="N331" s="440"/>
-[...4 lines deleted...]
-      <c r="S331" s="442"/>
+      <c r="N331" s="404"/>
+      <c r="O331" s="405"/>
+      <c r="P331" s="405"/>
+      <c r="Q331" s="405"/>
+      <c r="R331" s="405"/>
+      <c r="S331" s="406"/>
       <c r="T331" s="184"/>
       <c r="U331" s="155"/>
       <c r="V331" s="155"/>
       <c r="W331" s="155"/>
       <c r="X331" s="155"/>
       <c r="Y331" s="155"/>
       <c r="Z331" s="155"/>
       <c r="AA331" s="155"/>
       <c r="AB331" s="155"/>
       <c r="AC331" s="155"/>
       <c r="AD331" s="155"/>
       <c r="AE331" s="155"/>
       <c r="AF331" s="155"/>
       <c r="AG331" s="155"/>
     </row>
     <row r="332" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A332" s="635"/>
-[...8 lines deleted...]
-      <c r="J332" s="642"/>
+      <c r="A332" s="502"/>
+      <c r="B332" s="502"/>
+      <c r="C332" s="503"/>
+      <c r="D332" s="507"/>
+      <c r="E332" s="508"/>
+      <c r="F332" s="508"/>
+      <c r="G332" s="508"/>
+      <c r="H332" s="508"/>
+      <c r="I332" s="508"/>
+      <c r="J332" s="509"/>
       <c r="K332" s="184"/>
       <c r="L332" s="184"/>
       <c r="M332" s="184"/>
-      <c r="N332" s="440"/>
-[...4 lines deleted...]
-      <c r="S332" s="442"/>
+      <c r="N332" s="404"/>
+      <c r="O332" s="405"/>
+      <c r="P332" s="405"/>
+      <c r="Q332" s="405"/>
+      <c r="R332" s="405"/>
+      <c r="S332" s="406"/>
       <c r="T332" s="184"/>
       <c r="U332" s="155"/>
       <c r="V332" s="155"/>
       <c r="W332" s="155"/>
       <c r="X332" s="155"/>
       <c r="Y332" s="155"/>
       <c r="Z332" s="155"/>
       <c r="AA332" s="155"/>
       <c r="AB332" s="155"/>
       <c r="AC332" s="155"/>
       <c r="AD332" s="155"/>
       <c r="AE332" s="155"/>
       <c r="AF332" s="155"/>
       <c r="AG332" s="155"/>
     </row>
     <row r="333" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A333" s="635"/>
-[...8 lines deleted...]
-      <c r="J333" s="645"/>
+      <c r="A333" s="502"/>
+      <c r="B333" s="502"/>
+      <c r="C333" s="503"/>
+      <c r="D333" s="510"/>
+      <c r="E333" s="511"/>
+      <c r="F333" s="511"/>
+      <c r="G333" s="511"/>
+      <c r="H333" s="511"/>
+      <c r="I333" s="511"/>
+      <c r="J333" s="512"/>
       <c r="K333" s="184"/>
       <c r="L333" s="184"/>
       <c r="M333" s="184"/>
-      <c r="N333" s="443"/>
-[...4 lines deleted...]
-      <c r="S333" s="445"/>
+      <c r="N333" s="407"/>
+      <c r="O333" s="408"/>
+      <c r="P333" s="408"/>
+      <c r="Q333" s="408"/>
+      <c r="R333" s="408"/>
+      <c r="S333" s="409"/>
       <c r="T333" s="184"/>
       <c r="U333" s="155"/>
       <c r="V333" s="155"/>
       <c r="W333" s="155"/>
       <c r="X333" s="155"/>
       <c r="Y333" s="155"/>
       <c r="Z333" s="155"/>
       <c r="AA333" s="155"/>
       <c r="AB333" s="155"/>
       <c r="AC333" s="155"/>
       <c r="AD333" s="155"/>
       <c r="AE333" s="155"/>
       <c r="AF333" s="155"/>
       <c r="AG333" s="155"/>
     </row>
     <row r="334" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A334" s="226"/>
       <c r="B334" s="226"/>
       <c r="C334" s="226"/>
       <c r="D334" s="226"/>
       <c r="E334" s="226"/>
       <c r="F334" s="226"/>
       <c r="G334" s="226"/>
       <c r="H334" s="226"/>
       <c r="I334" s="226"/>
@@ -34289,62 +34292,62 @@
       <c r="K334" s="184"/>
       <c r="L334" s="184"/>
       <c r="M334" s="184"/>
       <c r="N334" s="184"/>
       <c r="O334" s="184"/>
       <c r="P334" s="184"/>
       <c r="Q334" s="184"/>
       <c r="R334" s="184"/>
       <c r="S334" s="184"/>
       <c r="T334" s="184"/>
       <c r="U334" s="155"/>
       <c r="V334" s="155"/>
       <c r="W334" s="155"/>
       <c r="X334" s="155"/>
       <c r="Y334" s="155"/>
       <c r="Z334" s="155"/>
       <c r="AA334" s="155"/>
       <c r="AB334" s="155"/>
       <c r="AC334" s="155"/>
       <c r="AD334" s="155"/>
       <c r="AE334" s="155"/>
       <c r="AF334" s="155"/>
       <c r="AG334" s="155"/>
     </row>
     <row r="335" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A335" s="393" t="s">
+      <c r="A335" s="601" t="s">
         <v>402</v>
       </c>
-      <c r="B335" s="393"/>
-[...7 lines deleted...]
-      <c r="J335" s="393"/>
+      <c r="B335" s="601"/>
+      <c r="C335" s="601"/>
+      <c r="D335" s="601"/>
+      <c r="E335" s="601"/>
+      <c r="F335" s="601"/>
+      <c r="G335" s="601"/>
+      <c r="H335" s="601"/>
+      <c r="I335" s="601"/>
+      <c r="J335" s="601"/>
       <c r="K335" s="184"/>
       <c r="L335" s="184"/>
       <c r="M335" s="184"/>
       <c r="N335" s="184"/>
       <c r="O335" s="184"/>
       <c r="P335" s="184"/>
       <c r="Q335" s="184"/>
       <c r="R335" s="184"/>
       <c r="S335" s="184"/>
       <c r="T335" s="184"/>
       <c r="U335" s="155"/>
       <c r="V335" s="155"/>
       <c r="W335" s="155"/>
       <c r="X335" s="155"/>
       <c r="Y335" s="155"/>
       <c r="Z335" s="155"/>
       <c r="AA335" s="155"/>
       <c r="AB335" s="155"/>
       <c r="AC335" s="155"/>
       <c r="AD335" s="155"/>
       <c r="AE335" s="155"/>
       <c r="AF335" s="155"/>
       <c r="AG335" s="155"/>
     </row>
     <row r="336" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
@@ -34361,132 +34364,132 @@
       <c r="K336" s="208"/>
       <c r="L336" s="208"/>
       <c r="M336" s="208"/>
       <c r="N336" s="208"/>
       <c r="O336" s="208"/>
       <c r="P336" s="208"/>
       <c r="Q336" s="208"/>
       <c r="R336" s="208"/>
       <c r="S336" s="208"/>
       <c r="T336" s="208"/>
       <c r="U336" s="155"/>
       <c r="V336" s="155"/>
       <c r="W336" s="155"/>
       <c r="X336" s="155"/>
       <c r="Y336" s="155"/>
       <c r="Z336" s="155"/>
       <c r="AA336" s="155"/>
       <c r="AB336" s="155"/>
       <c r="AC336" s="155"/>
       <c r="AD336" s="155"/>
       <c r="AE336" s="155"/>
       <c r="AF336" s="155"/>
       <c r="AG336" s="155"/>
     </row>
     <row r="337" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A337" s="627" t="s">
-[...10 lines deleted...]
-      <c r="J337" s="627"/>
+      <c r="A337" s="553" t="s">
+        <v>880</v>
+      </c>
+      <c r="B337" s="553"/>
+      <c r="C337" s="553"/>
+      <c r="D337" s="553"/>
+      <c r="E337" s="553"/>
+      <c r="F337" s="553"/>
+      <c r="G337" s="553"/>
+      <c r="H337" s="553"/>
+      <c r="I337" s="553"/>
+      <c r="J337" s="553"/>
       <c r="K337" s="184"/>
       <c r="L337" s="184"/>
       <c r="M337" s="184"/>
       <c r="N337" s="184"/>
       <c r="O337" s="184"/>
       <c r="P337" s="184"/>
       <c r="Q337" s="184"/>
       <c r="R337" s="184"/>
       <c r="S337" s="184"/>
       <c r="T337" s="184"/>
       <c r="U337" s="155"/>
       <c r="V337" s="155"/>
       <c r="W337" s="155"/>
       <c r="X337" s="155"/>
       <c r="Y337" s="155"/>
       <c r="Z337" s="155"/>
       <c r="AA337" s="155"/>
       <c r="AB337" s="155"/>
       <c r="AC337" s="155"/>
       <c r="AD337" s="155"/>
       <c r="AE337" s="155"/>
       <c r="AF337" s="155"/>
       <c r="AG337" s="155"/>
     </row>
     <row r="338" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A338" s="627"/>
-[...8 lines deleted...]
-      <c r="J338" s="627"/>
+      <c r="A338" s="553"/>
+      <c r="B338" s="553"/>
+      <c r="C338" s="553"/>
+      <c r="D338" s="553"/>
+      <c r="E338" s="553"/>
+      <c r="F338" s="553"/>
+      <c r="G338" s="553"/>
+      <c r="H338" s="553"/>
+      <c r="I338" s="553"/>
+      <c r="J338" s="553"/>
       <c r="K338" s="184"/>
       <c r="L338" s="184"/>
       <c r="M338" s="184"/>
       <c r="N338" s="184"/>
       <c r="O338" s="184"/>
       <c r="P338" s="184"/>
       <c r="Q338" s="184"/>
       <c r="R338" s="184"/>
       <c r="S338" s="184"/>
       <c r="T338" s="184"/>
       <c r="U338" s="155"/>
       <c r="V338" s="155"/>
       <c r="W338" s="155"/>
       <c r="X338" s="155"/>
       <c r="Y338" s="155"/>
       <c r="Z338" s="155"/>
       <c r="AA338" s="155"/>
       <c r="AB338" s="155"/>
       <c r="AC338" s="155"/>
       <c r="AD338" s="155"/>
       <c r="AE338" s="155"/>
       <c r="AF338" s="155"/>
       <c r="AG338" s="155"/>
     </row>
     <row r="339" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A339" s="627"/>
-[...8 lines deleted...]
-      <c r="J339" s="627"/>
+      <c r="A339" s="553"/>
+      <c r="B339" s="553"/>
+      <c r="C339" s="553"/>
+      <c r="D339" s="553"/>
+      <c r="E339" s="553"/>
+      <c r="F339" s="553"/>
+      <c r="G339" s="553"/>
+      <c r="H339" s="553"/>
+      <c r="I339" s="553"/>
+      <c r="J339" s="553"/>
       <c r="K339" s="184"/>
       <c r="L339" s="184"/>
       <c r="M339" s="184"/>
       <c r="N339" s="184"/>
       <c r="O339" s="184"/>
       <c r="P339" s="184"/>
       <c r="Q339" s="184"/>
       <c r="R339" s="184"/>
       <c r="S339" s="184"/>
       <c r="T339" s="184"/>
       <c r="U339" s="155"/>
       <c r="V339" s="155"/>
       <c r="W339" s="155"/>
       <c r="X339" s="155"/>
       <c r="Y339" s="155"/>
       <c r="Z339" s="155"/>
       <c r="AA339" s="155"/>
       <c r="AB339" s="155"/>
       <c r="AC339" s="155"/>
       <c r="AD339" s="155"/>
       <c r="AE339" s="155"/>
       <c r="AF339" s="155"/>
       <c r="AG339" s="155"/>
     </row>
     <row r="340" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -34504,96 +34507,96 @@
       <c r="L340" s="208"/>
       <c r="M340" s="208"/>
       <c r="N340" s="208"/>
       <c r="O340" s="208"/>
       <c r="P340" s="208"/>
       <c r="Q340" s="208"/>
       <c r="R340" s="208"/>
       <c r="S340" s="208"/>
       <c r="T340" s="208"/>
       <c r="U340" s="155"/>
       <c r="V340" s="155"/>
       <c r="W340" s="155"/>
       <c r="X340" s="155"/>
       <c r="Y340" s="155"/>
       <c r="Z340" s="155"/>
       <c r="AA340" s="155"/>
       <c r="AB340" s="155"/>
       <c r="AC340" s="155"/>
       <c r="AD340" s="155"/>
       <c r="AE340" s="155"/>
       <c r="AF340" s="155"/>
       <c r="AG340" s="155"/>
     </row>
     <row r="341" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A341" s="101" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="B341" s="9"/>
       <c r="C341" s="102"/>
       <c r="D341" s="102"/>
       <c r="E341" s="102"/>
       <c r="F341" s="102"/>
       <c r="G341" s="102"/>
       <c r="H341" s="102"/>
       <c r="I341" s="102"/>
       <c r="J341" s="102"/>
       <c r="K341" s="184"/>
       <c r="L341" s="184"/>
       <c r="M341" s="184"/>
       <c r="N341" s="184"/>
       <c r="O341" s="184"/>
       <c r="P341" s="184"/>
       <c r="Q341" s="184"/>
       <c r="R341" s="184"/>
       <c r="S341" s="184"/>
       <c r="T341" s="184"/>
       <c r="U341" s="155"/>
       <c r="V341" s="155"/>
       <c r="W341" s="155"/>
       <c r="X341" s="155"/>
       <c r="Y341" s="155"/>
       <c r="Z341" s="155"/>
       <c r="AA341" s="155"/>
       <c r="AB341" s="155"/>
       <c r="AC341" s="155"/>
       <c r="AD341" s="155"/>
       <c r="AE341" s="155"/>
       <c r="AF341" s="155"/>
       <c r="AG341" s="155"/>
     </row>
     <row r="342" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A342" s="9"/>
-      <c r="B342" s="434" t="s">
-[...7 lines deleted...]
-      <c r="H342" s="434"/>
+      <c r="B342" s="483" t="s">
+        <v>914</v>
+      </c>
+      <c r="C342" s="483"/>
+      <c r="D342" s="483"/>
+      <c r="E342" s="483"/>
+      <c r="F342" s="483"/>
+      <c r="G342" s="483"/>
+      <c r="H342" s="483"/>
       <c r="I342" s="254"/>
       <c r="J342" s="255"/>
       <c r="K342" s="184"/>
       <c r="L342" s="184"/>
       <c r="M342" s="184"/>
       <c r="N342" s="184"/>
       <c r="O342" s="184"/>
       <c r="P342" s="184"/>
       <c r="Q342" s="184"/>
       <c r="R342" s="184"/>
       <c r="S342" s="184"/>
       <c r="T342" s="184"/>
       <c r="U342" s="155"/>
       <c r="V342" s="155"/>
       <c r="W342" s="155"/>
       <c r="X342" s="155"/>
       <c r="Y342" s="155"/>
       <c r="Z342" s="155"/>
       <c r="AA342" s="155"/>
       <c r="AB342" s="155"/>
       <c r="AC342" s="155"/>
       <c r="AD342" s="155"/>
       <c r="AE342" s="155"/>
       <c r="AF342" s="155"/>
       <c r="AG342" s="155"/>
@@ -34612,204 +34615,204 @@
       <c r="K343" s="208"/>
       <c r="L343" s="208"/>
       <c r="M343" s="208"/>
       <c r="N343" s="208"/>
       <c r="O343" s="208"/>
       <c r="P343" s="208"/>
       <c r="Q343" s="208"/>
       <c r="R343" s="208"/>
       <c r="S343" s="208"/>
       <c r="T343" s="208"/>
       <c r="U343" s="155"/>
       <c r="V343" s="155"/>
       <c r="W343" s="155"/>
       <c r="X343" s="155"/>
       <c r="Y343" s="155"/>
       <c r="Z343" s="155"/>
       <c r="AA343" s="155"/>
       <c r="AB343" s="155"/>
       <c r="AC343" s="155"/>
       <c r="AD343" s="155"/>
       <c r="AE343" s="155"/>
       <c r="AF343" s="155"/>
       <c r="AG343" s="155"/>
     </row>
     <row r="344" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A344" s="435" t="s">
-[...10 lines deleted...]
-      <c r="J344" s="435"/>
+      <c r="A344" s="576" t="s">
+        <v>881</v>
+      </c>
+      <c r="B344" s="576"/>
+      <c r="C344" s="576"/>
+      <c r="D344" s="576"/>
+      <c r="E344" s="576"/>
+      <c r="F344" s="576"/>
+      <c r="G344" s="576"/>
+      <c r="H344" s="576"/>
+      <c r="I344" s="576"/>
+      <c r="J344" s="576"/>
       <c r="K344" s="184"/>
       <c r="L344" s="184"/>
       <c r="M344" s="184"/>
       <c r="N344" s="184"/>
       <c r="O344" s="184"/>
       <c r="P344" s="184"/>
       <c r="Q344" s="184"/>
       <c r="R344" s="184"/>
       <c r="S344" s="184"/>
       <c r="T344" s="184"/>
       <c r="U344" s="155"/>
       <c r="V344" s="155"/>
       <c r="W344" s="155"/>
       <c r="X344" s="155"/>
       <c r="Y344" s="155"/>
       <c r="Z344" s="155"/>
       <c r="AA344" s="155"/>
       <c r="AB344" s="155"/>
       <c r="AC344" s="155"/>
       <c r="AD344" s="155"/>
       <c r="AE344" s="155"/>
       <c r="AF344" s="155"/>
       <c r="AG344" s="155"/>
     </row>
     <row r="345" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A345" s="435"/>
-[...8 lines deleted...]
-      <c r="J345" s="435"/>
+      <c r="A345" s="576"/>
+      <c r="B345" s="576"/>
+      <c r="C345" s="576"/>
+      <c r="D345" s="576"/>
+      <c r="E345" s="576"/>
+      <c r="F345" s="576"/>
+      <c r="G345" s="576"/>
+      <c r="H345" s="576"/>
+      <c r="I345" s="576"/>
+      <c r="J345" s="576"/>
       <c r="K345" s="184"/>
       <c r="L345" s="184"/>
       <c r="M345" s="184"/>
       <c r="N345" s="184"/>
       <c r="O345" s="184"/>
       <c r="P345" s="184"/>
       <c r="Q345" s="184"/>
       <c r="R345" s="184"/>
       <c r="S345" s="184"/>
       <c r="T345" s="184"/>
       <c r="U345" s="155"/>
       <c r="V345" s="155"/>
       <c r="W345" s="155"/>
       <c r="X345" s="155"/>
       <c r="Y345" s="155"/>
       <c r="Z345" s="155"/>
       <c r="AA345" s="155"/>
       <c r="AB345" s="155"/>
       <c r="AC345" s="155"/>
       <c r="AD345" s="155"/>
       <c r="AE345" s="155"/>
       <c r="AF345" s="155"/>
       <c r="AG345" s="155"/>
     </row>
     <row r="346" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A346" s="435"/>
-[...8 lines deleted...]
-      <c r="J346" s="435"/>
+      <c r="A346" s="576"/>
+      <c r="B346" s="576"/>
+      <c r="C346" s="576"/>
+      <c r="D346" s="576"/>
+      <c r="E346" s="576"/>
+      <c r="F346" s="576"/>
+      <c r="G346" s="576"/>
+      <c r="H346" s="576"/>
+      <c r="I346" s="576"/>
+      <c r="J346" s="576"/>
       <c r="K346" s="184"/>
       <c r="L346" s="184"/>
       <c r="M346" s="184"/>
       <c r="N346" s="184"/>
       <c r="O346" s="184"/>
       <c r="P346" s="184"/>
       <c r="Q346" s="184"/>
       <c r="R346" s="184"/>
       <c r="S346" s="184"/>
       <c r="T346" s="184"/>
       <c r="U346" s="155"/>
       <c r="V346" s="155"/>
       <c r="W346" s="155"/>
       <c r="X346" s="155"/>
       <c r="Y346" s="155"/>
       <c r="Z346" s="155"/>
       <c r="AA346" s="155"/>
       <c r="AB346" s="155"/>
       <c r="AC346" s="155"/>
       <c r="AD346" s="155"/>
       <c r="AE346" s="155"/>
       <c r="AF346" s="155"/>
       <c r="AG346" s="155"/>
     </row>
     <row r="347" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A347" s="101" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="B347" s="103"/>
       <c r="C347" s="104"/>
       <c r="D347" s="104"/>
       <c r="E347" s="104"/>
       <c r="F347" s="104"/>
       <c r="G347" s="104"/>
       <c r="H347" s="104"/>
       <c r="I347" s="104"/>
       <c r="J347" s="104"/>
       <c r="K347" s="184"/>
       <c r="L347" s="184"/>
       <c r="M347" s="184"/>
       <c r="N347" s="184"/>
       <c r="O347" s="184"/>
       <c r="P347" s="184"/>
       <c r="Q347" s="184"/>
       <c r="R347" s="184"/>
       <c r="S347" s="184"/>
       <c r="T347" s="184"/>
       <c r="U347" s="155"/>
       <c r="V347" s="155"/>
       <c r="W347" s="155"/>
       <c r="X347" s="155"/>
       <c r="Y347" s="155"/>
       <c r="Z347" s="155"/>
       <c r="AA347" s="155"/>
       <c r="AB347" s="155"/>
       <c r="AC347" s="155"/>
       <c r="AD347" s="155"/>
       <c r="AE347" s="155"/>
       <c r="AF347" s="155"/>
       <c r="AG347" s="155"/>
     </row>
     <row r="348" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A348" s="9"/>
-      <c r="B348" s="559" t="s">
-[...7 lines deleted...]
-      <c r="H348" s="559"/>
+      <c r="B348" s="726" t="s">
+        <v>863</v>
+      </c>
+      <c r="C348" s="726"/>
+      <c r="D348" s="726"/>
+      <c r="E348" s="726"/>
+      <c r="F348" s="726"/>
+      <c r="G348" s="726"/>
+      <c r="H348" s="726"/>
       <c r="I348" s="9"/>
       <c r="J348" s="9"/>
       <c r="K348" s="208"/>
       <c r="L348" s="208"/>
       <c r="M348" s="208"/>
       <c r="N348" s="208"/>
       <c r="O348" s="208"/>
       <c r="P348" s="208"/>
       <c r="Q348" s="208"/>
       <c r="R348" s="208"/>
       <c r="S348" s="208"/>
       <c r="T348" s="208"/>
       <c r="U348" s="155"/>
       <c r="V348" s="155"/>
       <c r="W348" s="155"/>
       <c r="X348" s="155"/>
       <c r="Y348" s="155"/>
       <c r="Z348" s="155"/>
       <c r="AA348" s="155"/>
       <c r="AB348" s="155"/>
       <c r="AC348" s="155"/>
       <c r="AD348" s="155"/>
       <c r="AE348" s="155"/>
       <c r="AF348" s="155"/>
       <c r="AG348" s="155"/>
@@ -34828,287 +34831,287 @@
       <c r="K349" s="208"/>
       <c r="L349" s="208"/>
       <c r="M349" s="208"/>
       <c r="N349" s="208"/>
       <c r="O349" s="208"/>
       <c r="P349" s="208"/>
       <c r="Q349" s="208"/>
       <c r="R349" s="208"/>
       <c r="S349" s="208"/>
       <c r="T349" s="208"/>
       <c r="U349" s="155"/>
       <c r="V349" s="155"/>
       <c r="W349" s="155"/>
       <c r="X349" s="155"/>
       <c r="Y349" s="155"/>
       <c r="Z349" s="155"/>
       <c r="AA349" s="155"/>
       <c r="AB349" s="155"/>
       <c r="AC349" s="155"/>
       <c r="AD349" s="155"/>
       <c r="AE349" s="155"/>
       <c r="AF349" s="155"/>
       <c r="AG349" s="155"/>
     </row>
     <row r="350" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A350" s="574" t="s">
-[...9 lines deleted...]
-      <c r="I350" s="576"/>
+      <c r="A350" s="611" t="s">
+        <v>883</v>
+      </c>
+      <c r="B350" s="612"/>
+      <c r="C350" s="612"/>
+      <c r="D350" s="612"/>
+      <c r="E350" s="612"/>
+      <c r="F350" s="612"/>
+      <c r="G350" s="612"/>
+      <c r="H350" s="612"/>
+      <c r="I350" s="613"/>
       <c r="J350" s="105"/>
       <c r="K350" s="184"/>
       <c r="L350" s="184"/>
       <c r="M350" s="184"/>
       <c r="N350" s="184"/>
       <c r="O350" s="184"/>
       <c r="P350" s="184"/>
       <c r="Q350" s="184"/>
       <c r="R350" s="184"/>
       <c r="S350" s="184"/>
       <c r="T350" s="184"/>
       <c r="U350" s="155"/>
       <c r="V350" s="155"/>
       <c r="W350" s="155"/>
       <c r="X350" s="155"/>
       <c r="Y350" s="155"/>
       <c r="Z350" s="155"/>
       <c r="AA350" s="155"/>
       <c r="AB350" s="155"/>
       <c r="AC350" s="155"/>
       <c r="AD350" s="155"/>
       <c r="AE350" s="155"/>
       <c r="AF350" s="155"/>
       <c r="AG350" s="155"/>
     </row>
     <row r="351" spans="1:33" ht="18.75" x14ac:dyDescent="0.2">
-      <c r="A351" s="574"/>
-[...7 lines deleted...]
-      <c r="I351" s="576"/>
+      <c r="A351" s="611"/>
+      <c r="B351" s="612"/>
+      <c r="C351" s="612"/>
+      <c r="D351" s="612"/>
+      <c r="E351" s="612"/>
+      <c r="F351" s="612"/>
+      <c r="G351" s="612"/>
+      <c r="H351" s="612"/>
+      <c r="I351" s="613"/>
       <c r="J351" s="106">
         <f>IF(CHECKING!$B$152=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K351" s="184"/>
       <c r="L351" s="184"/>
       <c r="M351" s="184"/>
       <c r="N351" s="184"/>
       <c r="O351" s="184"/>
       <c r="P351" s="184"/>
       <c r="Q351" s="184"/>
       <c r="R351" s="184"/>
       <c r="S351" s="184"/>
       <c r="T351" s="184"/>
       <c r="U351" s="155"/>
       <c r="V351" s="155"/>
       <c r="W351" s="155"/>
       <c r="X351" s="155"/>
       <c r="Y351" s="155"/>
       <c r="Z351" s="155"/>
       <c r="AA351" s="155"/>
       <c r="AB351" s="155"/>
       <c r="AC351" s="155"/>
       <c r="AD351" s="155"/>
       <c r="AE351" s="155"/>
       <c r="AF351" s="155"/>
       <c r="AG351" s="155"/>
     </row>
     <row r="352" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A352" s="577" t="s">
-[...9 lines deleted...]
-      <c r="I352" s="579"/>
+      <c r="A352" s="614" t="s">
+        <v>884</v>
+      </c>
+      <c r="B352" s="615"/>
+      <c r="C352" s="615"/>
+      <c r="D352" s="615"/>
+      <c r="E352" s="615"/>
+      <c r="F352" s="615"/>
+      <c r="G352" s="615"/>
+      <c r="H352" s="615"/>
+      <c r="I352" s="616"/>
       <c r="J352" s="105"/>
       <c r="K352" s="184"/>
       <c r="L352" s="184"/>
       <c r="M352" s="184"/>
       <c r="N352" s="184"/>
       <c r="O352" s="184"/>
       <c r="P352" s="184"/>
       <c r="Q352" s="184"/>
       <c r="R352" s="184"/>
       <c r="S352" s="184"/>
       <c r="T352" s="184"/>
       <c r="U352" s="155"/>
       <c r="V352" s="155"/>
       <c r="W352" s="155"/>
       <c r="X352" s="155"/>
       <c r="Y352" s="155"/>
       <c r="Z352" s="155"/>
       <c r="AA352" s="155"/>
       <c r="AB352" s="155"/>
       <c r="AC352" s="155"/>
       <c r="AD352" s="155"/>
       <c r="AE352" s="155"/>
       <c r="AF352" s="155"/>
       <c r="AG352" s="155"/>
     </row>
     <row r="353" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A353" s="577"/>
-[...7 lines deleted...]
-      <c r="I353" s="579"/>
+      <c r="A353" s="614"/>
+      <c r="B353" s="615"/>
+      <c r="C353" s="615"/>
+      <c r="D353" s="615"/>
+      <c r="E353" s="615"/>
+      <c r="F353" s="615"/>
+      <c r="G353" s="615"/>
+      <c r="H353" s="615"/>
+      <c r="I353" s="616"/>
       <c r="J353" s="106">
         <f>IF(CHECKING!$B$153=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K353" s="184"/>
       <c r="L353" s="184"/>
       <c r="M353" s="184"/>
       <c r="N353" s="184"/>
       <c r="O353" s="184"/>
       <c r="P353" s="184"/>
       <c r="Q353" s="184"/>
       <c r="R353" s="184"/>
       <c r="S353" s="184"/>
       <c r="T353" s="184"/>
       <c r="U353" s="155"/>
       <c r="V353" s="155"/>
       <c r="W353" s="155"/>
       <c r="X353" s="155"/>
       <c r="Y353" s="155"/>
       <c r="Z353" s="155"/>
       <c r="AA353" s="155"/>
       <c r="AB353" s="155"/>
       <c r="AC353" s="155"/>
       <c r="AD353" s="155"/>
       <c r="AE353" s="155"/>
       <c r="AF353" s="155"/>
       <c r="AG353" s="155"/>
     </row>
     <row r="354" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A354" s="577" t="s">
-[...9 lines deleted...]
-      <c r="I354" s="579"/>
+      <c r="A354" s="614" t="s">
+        <v>885</v>
+      </c>
+      <c r="B354" s="615"/>
+      <c r="C354" s="615"/>
+      <c r="D354" s="615"/>
+      <c r="E354" s="615"/>
+      <c r="F354" s="615"/>
+      <c r="G354" s="615"/>
+      <c r="H354" s="615"/>
+      <c r="I354" s="616"/>
       <c r="J354" s="105"/>
       <c r="K354" s="184"/>
       <c r="L354" s="184"/>
       <c r="M354" s="184"/>
       <c r="N354" s="184"/>
       <c r="O354" s="184"/>
       <c r="P354" s="184"/>
       <c r="Q354" s="184"/>
       <c r="R354" s="184"/>
       <c r="S354" s="184"/>
       <c r="T354" s="184"/>
       <c r="U354" s="155"/>
       <c r="V354" s="155"/>
       <c r="W354" s="155"/>
       <c r="X354" s="155"/>
       <c r="Y354" s="155"/>
       <c r="Z354" s="155"/>
       <c r="AA354" s="155"/>
       <c r="AB354" s="155"/>
       <c r="AC354" s="155"/>
       <c r="AD354" s="155"/>
       <c r="AE354" s="155"/>
       <c r="AF354" s="155"/>
       <c r="AG354" s="155"/>
     </row>
     <row r="355" spans="1:33" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A355" s="577"/>
-[...7 lines deleted...]
-      <c r="I355" s="579"/>
+      <c r="A355" s="614"/>
+      <c r="B355" s="615"/>
+      <c r="C355" s="615"/>
+      <c r="D355" s="615"/>
+      <c r="E355" s="615"/>
+      <c r="F355" s="615"/>
+      <c r="G355" s="615"/>
+      <c r="H355" s="615"/>
+      <c r="I355" s="616"/>
       <c r="J355" s="106">
         <f>IF(CHECKING!$B$154=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="K355" s="184"/>
       <c r="L355" s="184"/>
       <c r="M355" s="184"/>
       <c r="N355" s="184"/>
       <c r="O355" s="184"/>
       <c r="P355" s="184"/>
       <c r="Q355" s="184"/>
       <c r="R355" s="184"/>
       <c r="S355" s="184"/>
       <c r="T355" s="184"/>
       <c r="U355" s="155"/>
       <c r="V355" s="155"/>
       <c r="W355" s="155"/>
       <c r="X355" s="155"/>
       <c r="Y355" s="155"/>
       <c r="Z355" s="155"/>
       <c r="AA355" s="155"/>
       <c r="AB355" s="155"/>
       <c r="AC355" s="155"/>
       <c r="AD355" s="155"/>
       <c r="AE355" s="155"/>
       <c r="AF355" s="155"/>
       <c r="AG355" s="155"/>
     </row>
     <row r="356" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A356" s="392" t="s">
+      <c r="A356" s="685" t="s">
         <v>406</v>
       </c>
-      <c r="B356" s="392"/>
-[...7 lines deleted...]
-      <c r="J356" s="392"/>
+      <c r="B356" s="685"/>
+      <c r="C356" s="685"/>
+      <c r="D356" s="685"/>
+      <c r="E356" s="685"/>
+      <c r="F356" s="685"/>
+      <c r="G356" s="685"/>
+      <c r="H356" s="685"/>
+      <c r="I356" s="685"/>
+      <c r="J356" s="685"/>
       <c r="K356" s="184"/>
       <c r="L356" s="184"/>
       <c r="M356" s="184"/>
       <c r="N356" s="184"/>
       <c r="O356" s="184"/>
       <c r="P356" s="184"/>
       <c r="Q356" s="184"/>
       <c r="R356" s="184"/>
       <c r="S356" s="184"/>
       <c r="T356" s="184"/>
       <c r="U356" s="155"/>
       <c r="V356" s="155"/>
       <c r="W356" s="155"/>
       <c r="X356" s="155"/>
       <c r="Y356" s="155"/>
       <c r="Z356" s="155"/>
       <c r="AA356" s="155"/>
       <c r="AB356" s="155"/>
       <c r="AC356" s="155"/>
       <c r="AD356" s="155"/>
       <c r="AE356" s="155"/>
       <c r="AF356" s="155"/>
       <c r="AG356" s="155"/>
     </row>
     <row r="357" spans="1:33" x14ac:dyDescent="0.2">
@@ -35140,1004 +35143,1004 @@
       <c r="Z357" s="155"/>
       <c r="AA357" s="155"/>
       <c r="AB357" s="155"/>
       <c r="AC357" s="155"/>
       <c r="AD357" s="155"/>
       <c r="AE357" s="155"/>
       <c r="AF357" s="155"/>
       <c r="AG357" s="155"/>
     </row>
     <row r="358" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A358" s="100" t="s">
         <v>407</v>
       </c>
       <c r="B358" s="9"/>
       <c r="C358" s="9"/>
       <c r="D358" s="9"/>
       <c r="E358" s="9"/>
       <c r="F358" s="9"/>
       <c r="G358" s="9"/>
       <c r="H358" s="9"/>
       <c r="I358" s="9"/>
       <c r="J358" s="9"/>
       <c r="K358" s="184"/>
       <c r="L358" s="184"/>
       <c r="M358" s="184"/>
-      <c r="N358" s="437"/>
-[...4 lines deleted...]
-      <c r="S358" s="439"/>
+      <c r="N358" s="401"/>
+      <c r="O358" s="402"/>
+      <c r="P358" s="402"/>
+      <c r="Q358" s="402"/>
+      <c r="R358" s="402"/>
+      <c r="S358" s="403"/>
       <c r="T358" s="184"/>
       <c r="U358" s="155"/>
       <c r="V358" s="155"/>
       <c r="W358" s="155"/>
       <c r="X358" s="155"/>
       <c r="Y358" s="155"/>
       <c r="Z358" s="155"/>
       <c r="AA358" s="155"/>
       <c r="AB358" s="155"/>
       <c r="AC358" s="155"/>
       <c r="AD358" s="155"/>
       <c r="AE358" s="155"/>
       <c r="AF358" s="155"/>
       <c r="AG358" s="155"/>
     </row>
     <row r="359" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="9"/>
       <c r="B359" s="9"/>
       <c r="C359" s="9"/>
       <c r="D359" s="9"/>
       <c r="E359" s="9"/>
       <c r="F359" s="9"/>
       <c r="G359" s="9"/>
       <c r="H359" s="9"/>
       <c r="I359" s="9"/>
       <c r="J359" s="9"/>
       <c r="K359" s="184"/>
       <c r="L359" s="184"/>
       <c r="M359" s="184"/>
-      <c r="N359" s="440"/>
-[...4 lines deleted...]
-      <c r="S359" s="442"/>
+      <c r="N359" s="404"/>
+      <c r="O359" s="405"/>
+      <c r="P359" s="405"/>
+      <c r="Q359" s="405"/>
+      <c r="R359" s="405"/>
+      <c r="S359" s="406"/>
       <c r="T359" s="184"/>
       <c r="U359" s="155"/>
       <c r="V359" s="155"/>
       <c r="W359" s="155"/>
       <c r="X359" s="155"/>
       <c r="Y359" s="155"/>
       <c r="Z359" s="155"/>
       <c r="AA359" s="155"/>
       <c r="AB359" s="155"/>
       <c r="AC359" s="155"/>
       <c r="AD359" s="155"/>
       <c r="AE359" s="155"/>
       <c r="AF359" s="155"/>
       <c r="AG359" s="155"/>
     </row>
     <row r="360" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="9"/>
-      <c r="B360" s="565" t="s">
+      <c r="B360" s="498" t="s">
         <v>416</v>
       </c>
-      <c r="C360" s="565"/>
-[...5 lines deleted...]
-      <c r="I360" s="565"/>
+      <c r="C360" s="498"/>
+      <c r="D360" s="498"/>
+      <c r="E360" s="498"/>
+      <c r="F360" s="498"/>
+      <c r="G360" s="498"/>
+      <c r="H360" s="498"/>
+      <c r="I360" s="498"/>
       <c r="J360" s="107" t="str">
         <f>IF(CHECKING!$B$157=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K360" s="184"/>
       <c r="L360" s="184"/>
       <c r="M360" s="184"/>
-      <c r="N360" s="440"/>
-[...4 lines deleted...]
-      <c r="S360" s="442"/>
+      <c r="N360" s="404"/>
+      <c r="O360" s="405"/>
+      <c r="P360" s="405"/>
+      <c r="Q360" s="405"/>
+      <c r="R360" s="405"/>
+      <c r="S360" s="406"/>
       <c r="T360" s="184"/>
       <c r="U360" s="155"/>
       <c r="V360" s="155"/>
       <c r="W360" s="155"/>
       <c r="X360" s="155"/>
       <c r="Y360" s="155"/>
       <c r="Z360" s="155"/>
       <c r="AA360" s="155"/>
       <c r="AB360" s="155"/>
       <c r="AC360" s="155"/>
       <c r="AD360" s="155"/>
       <c r="AE360" s="155"/>
       <c r="AF360" s="155"/>
       <c r="AG360" s="155"/>
     </row>
     <row r="361" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="9"/>
-      <c r="B361" s="611" t="s">
+      <c r="B361" s="530" t="s">
         <v>408</v>
       </c>
-      <c r="C361" s="611"/>
-[...5 lines deleted...]
-      <c r="I361" s="611"/>
+      <c r="C361" s="530"/>
+      <c r="D361" s="530"/>
+      <c r="E361" s="530"/>
+      <c r="F361" s="530"/>
+      <c r="G361" s="530"/>
+      <c r="H361" s="530"/>
+      <c r="I361" s="530"/>
       <c r="J361" s="9"/>
       <c r="K361" s="184"/>
       <c r="L361" s="184"/>
       <c r="M361" s="184"/>
-      <c r="N361" s="440"/>
-[...4 lines deleted...]
-      <c r="S361" s="442"/>
+      <c r="N361" s="404"/>
+      <c r="O361" s="405"/>
+      <c r="P361" s="405"/>
+      <c r="Q361" s="405"/>
+      <c r="R361" s="405"/>
+      <c r="S361" s="406"/>
       <c r="T361" s="184"/>
       <c r="U361" s="155"/>
       <c r="V361" s="155"/>
       <c r="W361" s="155"/>
       <c r="X361" s="155"/>
       <c r="Y361" s="155"/>
       <c r="Z361" s="155"/>
       <c r="AA361" s="155"/>
       <c r="AB361" s="155"/>
       <c r="AC361" s="155"/>
       <c r="AD361" s="155"/>
       <c r="AE361" s="155"/>
       <c r="AF361" s="155"/>
       <c r="AG361" s="155"/>
     </row>
     <row r="362" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="9"/>
       <c r="B362" s="9"/>
       <c r="C362" s="102"/>
       <c r="D362" s="102"/>
       <c r="E362" s="102"/>
       <c r="F362" s="102"/>
       <c r="G362" s="102"/>
       <c r="H362" s="102"/>
       <c r="I362" s="102"/>
       <c r="J362" s="9"/>
       <c r="K362" s="184"/>
       <c r="L362" s="184"/>
       <c r="M362" s="184"/>
-      <c r="N362" s="440"/>
-[...4 lines deleted...]
-      <c r="S362" s="442"/>
+      <c r="N362" s="404"/>
+      <c r="O362" s="405"/>
+      <c r="P362" s="405"/>
+      <c r="Q362" s="405"/>
+      <c r="R362" s="405"/>
+      <c r="S362" s="406"/>
       <c r="T362" s="184"/>
       <c r="U362" s="155"/>
       <c r="V362" s="155"/>
       <c r="W362" s="155"/>
       <c r="X362" s="155"/>
       <c r="Y362" s="155"/>
       <c r="Z362" s="155"/>
       <c r="AA362" s="155"/>
       <c r="AB362" s="155"/>
       <c r="AC362" s="155"/>
       <c r="AD362" s="155"/>
       <c r="AE362" s="155"/>
       <c r="AF362" s="155"/>
       <c r="AG362" s="155"/>
     </row>
     <row r="363" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="9"/>
-      <c r="B363" s="565" t="s">
-[...8 lines deleted...]
-      <c r="I363" s="565"/>
+      <c r="B363" s="498" t="s">
+        <v>998</v>
+      </c>
+      <c r="C363" s="498"/>
+      <c r="D363" s="498"/>
+      <c r="E363" s="498"/>
+      <c r="F363" s="498"/>
+      <c r="G363" s="498"/>
+      <c r="H363" s="498"/>
+      <c r="I363" s="498"/>
       <c r="J363" s="107" t="str">
         <f>IF(CHECKING!$B$158=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K363" s="184"/>
       <c r="L363" s="184"/>
       <c r="M363" s="184"/>
-      <c r="N363" s="440"/>
-[...4 lines deleted...]
-      <c r="S363" s="442"/>
+      <c r="N363" s="404"/>
+      <c r="O363" s="405"/>
+      <c r="P363" s="405"/>
+      <c r="Q363" s="405"/>
+      <c r="R363" s="405"/>
+      <c r="S363" s="406"/>
       <c r="T363" s="184"/>
       <c r="U363" s="155"/>
       <c r="V363" s="155"/>
       <c r="W363" s="155"/>
       <c r="X363" s="155"/>
       <c r="Y363" s="155"/>
       <c r="Z363" s="155"/>
       <c r="AA363" s="155"/>
       <c r="AB363" s="155"/>
       <c r="AC363" s="155"/>
       <c r="AD363" s="155"/>
       <c r="AE363" s="155"/>
       <c r="AF363" s="155"/>
       <c r="AG363" s="155"/>
     </row>
     <row r="364" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A364" s="9"/>
-      <c r="B364" s="611" t="s">
+      <c r="B364" s="530" t="s">
         <v>409</v>
       </c>
-      <c r="C364" s="611"/>
-[...5 lines deleted...]
-      <c r="I364" s="611"/>
+      <c r="C364" s="530"/>
+      <c r="D364" s="530"/>
+      <c r="E364" s="530"/>
+      <c r="F364" s="530"/>
+      <c r="G364" s="530"/>
+      <c r="H364" s="530"/>
+      <c r="I364" s="530"/>
       <c r="J364" s="9"/>
       <c r="K364" s="184"/>
       <c r="L364" s="184"/>
       <c r="M364" s="184"/>
-      <c r="N364" s="440"/>
-[...4 lines deleted...]
-      <c r="S364" s="442"/>
+      <c r="N364" s="404"/>
+      <c r="O364" s="405"/>
+      <c r="P364" s="405"/>
+      <c r="Q364" s="405"/>
+      <c r="R364" s="405"/>
+      <c r="S364" s="406"/>
       <c r="T364" s="184"/>
       <c r="U364" s="155"/>
       <c r="V364" s="155"/>
       <c r="W364" s="155"/>
       <c r="X364" s="155"/>
       <c r="Y364" s="155"/>
       <c r="Z364" s="155"/>
       <c r="AA364" s="155"/>
       <c r="AB364" s="155"/>
       <c r="AC364" s="155"/>
       <c r="AD364" s="155"/>
       <c r="AE364" s="155"/>
       <c r="AF364" s="155"/>
       <c r="AG364" s="155"/>
     </row>
     <row r="365" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="9"/>
       <c r="B365" s="9"/>
       <c r="C365" s="102"/>
       <c r="D365" s="102"/>
       <c r="E365" s="102"/>
       <c r="F365" s="102"/>
       <c r="G365" s="102"/>
       <c r="H365" s="102"/>
       <c r="I365" s="102"/>
       <c r="J365" s="9"/>
       <c r="K365" s="184"/>
       <c r="L365" s="184"/>
       <c r="M365" s="184"/>
-      <c r="N365" s="440"/>
-[...4 lines deleted...]
-      <c r="S365" s="442"/>
+      <c r="N365" s="404"/>
+      <c r="O365" s="405"/>
+      <c r="P365" s="405"/>
+      <c r="Q365" s="405"/>
+      <c r="R365" s="405"/>
+      <c r="S365" s="406"/>
       <c r="T365" s="184"/>
       <c r="U365" s="155"/>
       <c r="V365" s="155"/>
       <c r="W365" s="155"/>
       <c r="X365" s="155"/>
       <c r="Y365" s="155"/>
       <c r="Z365" s="155"/>
       <c r="AA365" s="155"/>
       <c r="AB365" s="155"/>
       <c r="AC365" s="155"/>
       <c r="AD365" s="155"/>
       <c r="AE365" s="155"/>
       <c r="AF365" s="155"/>
       <c r="AG365" s="155"/>
     </row>
     <row r="366" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="9"/>
-      <c r="B366" s="588" t="s">
-[...8 lines deleted...]
-      <c r="I366" s="588"/>
+      <c r="B366" s="429" t="s">
+        <v>855</v>
+      </c>
+      <c r="C366" s="429"/>
+      <c r="D366" s="429"/>
+      <c r="E366" s="429"/>
+      <c r="F366" s="429"/>
+      <c r="G366" s="429"/>
+      <c r="H366" s="429"/>
+      <c r="I366" s="429"/>
       <c r="J366" s="107" t="str">
         <f>IF(CHECKING!$B$159=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K366" s="184"/>
       <c r="L366" s="184"/>
       <c r="M366" s="184"/>
-      <c r="N366" s="440"/>
-[...4 lines deleted...]
-      <c r="S366" s="442"/>
+      <c r="N366" s="404"/>
+      <c r="O366" s="405"/>
+      <c r="P366" s="405"/>
+      <c r="Q366" s="405"/>
+      <c r="R366" s="405"/>
+      <c r="S366" s="406"/>
       <c r="T366" s="184"/>
       <c r="U366" s="155"/>
       <c r="V366" s="155"/>
       <c r="W366" s="155"/>
       <c r="X366" s="155"/>
       <c r="Y366" s="155"/>
       <c r="Z366" s="155"/>
       <c r="AA366" s="155"/>
       <c r="AB366" s="155"/>
       <c r="AC366" s="155"/>
       <c r="AD366" s="155"/>
       <c r="AE366" s="155"/>
       <c r="AF366" s="155"/>
       <c r="AG366" s="155"/>
     </row>
     <row r="367" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="9"/>
-      <c r="B367" s="588"/>
-[...6 lines deleted...]
-      <c r="I367" s="588"/>
+      <c r="B367" s="429"/>
+      <c r="C367" s="429"/>
+      <c r="D367" s="429"/>
+      <c r="E367" s="429"/>
+      <c r="F367" s="429"/>
+      <c r="G367" s="429"/>
+      <c r="H367" s="429"/>
+      <c r="I367" s="429"/>
       <c r="J367" s="9"/>
       <c r="K367" s="184"/>
       <c r="L367" s="184"/>
       <c r="M367" s="184"/>
-      <c r="N367" s="440"/>
-[...4 lines deleted...]
-      <c r="S367" s="442"/>
+      <c r="N367" s="404"/>
+      <c r="O367" s="405"/>
+      <c r="P367" s="405"/>
+      <c r="Q367" s="405"/>
+      <c r="R367" s="405"/>
+      <c r="S367" s="406"/>
       <c r="T367" s="184"/>
       <c r="U367" s="155"/>
       <c r="V367" s="155"/>
       <c r="W367" s="155"/>
       <c r="X367" s="155"/>
       <c r="Y367" s="155"/>
       <c r="Z367" s="155"/>
       <c r="AA367" s="155"/>
       <c r="AB367" s="155"/>
       <c r="AC367" s="155"/>
       <c r="AD367" s="155"/>
       <c r="AE367" s="155"/>
       <c r="AF367" s="155"/>
       <c r="AG367" s="155"/>
     </row>
     <row r="368" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="9"/>
-      <c r="B368" s="588"/>
-[...6 lines deleted...]
-      <c r="I368" s="588"/>
+      <c r="B368" s="429"/>
+      <c r="C368" s="429"/>
+      <c r="D368" s="429"/>
+      <c r="E368" s="429"/>
+      <c r="F368" s="429"/>
+      <c r="G368" s="429"/>
+      <c r="H368" s="429"/>
+      <c r="I368" s="429"/>
       <c r="J368" s="9"/>
       <c r="K368" s="184"/>
       <c r="L368" s="184"/>
       <c r="M368" s="184"/>
-      <c r="N368" s="440"/>
-[...4 lines deleted...]
-      <c r="S368" s="442"/>
+      <c r="N368" s="404"/>
+      <c r="O368" s="405"/>
+      <c r="P368" s="405"/>
+      <c r="Q368" s="405"/>
+      <c r="R368" s="405"/>
+      <c r="S368" s="406"/>
       <c r="T368" s="184"/>
       <c r="U368" s="155"/>
       <c r="V368" s="155"/>
       <c r="W368" s="155"/>
       <c r="X368" s="155"/>
       <c r="Y368" s="155"/>
       <c r="Z368" s="155"/>
       <c r="AA368" s="155"/>
       <c r="AB368" s="155"/>
       <c r="AC368" s="155"/>
       <c r="AD368" s="155"/>
       <c r="AE368" s="155"/>
       <c r="AF368" s="155"/>
       <c r="AG368" s="155"/>
     </row>
     <row r="369" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="9"/>
-      <c r="B369" s="588"/>
-[...6 lines deleted...]
-      <c r="I369" s="588"/>
+      <c r="B369" s="429"/>
+      <c r="C369" s="429"/>
+      <c r="D369" s="429"/>
+      <c r="E369" s="429"/>
+      <c r="F369" s="429"/>
+      <c r="G369" s="429"/>
+      <c r="H369" s="429"/>
+      <c r="I369" s="429"/>
       <c r="J369" s="9"/>
       <c r="K369" s="184"/>
       <c r="L369" s="184"/>
       <c r="M369" s="184"/>
-      <c r="N369" s="440"/>
-[...4 lines deleted...]
-      <c r="S369" s="442"/>
+      <c r="N369" s="404"/>
+      <c r="O369" s="405"/>
+      <c r="P369" s="405"/>
+      <c r="Q369" s="405"/>
+      <c r="R369" s="405"/>
+      <c r="S369" s="406"/>
       <c r="T369" s="184"/>
       <c r="U369" s="155"/>
       <c r="V369" s="155"/>
       <c r="W369" s="155"/>
       <c r="X369" s="155"/>
       <c r="Y369" s="155"/>
       <c r="Z369" s="155"/>
       <c r="AA369" s="155"/>
       <c r="AB369" s="155"/>
       <c r="AC369" s="155"/>
       <c r="AD369" s="155"/>
       <c r="AE369" s="155"/>
       <c r="AF369" s="155"/>
       <c r="AG369" s="155"/>
     </row>
     <row r="370" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="9"/>
-      <c r="B370" s="588"/>
-[...6 lines deleted...]
-      <c r="I370" s="588"/>
+      <c r="B370" s="429"/>
+      <c r="C370" s="429"/>
+      <c r="D370" s="429"/>
+      <c r="E370" s="429"/>
+      <c r="F370" s="429"/>
+      <c r="G370" s="429"/>
+      <c r="H370" s="429"/>
+      <c r="I370" s="429"/>
       <c r="J370" s="9"/>
       <c r="K370" s="184"/>
       <c r="L370" s="184"/>
       <c r="M370" s="184"/>
-      <c r="N370" s="440"/>
-[...4 lines deleted...]
-      <c r="S370" s="442"/>
+      <c r="N370" s="404"/>
+      <c r="O370" s="405"/>
+      <c r="P370" s="405"/>
+      <c r="Q370" s="405"/>
+      <c r="R370" s="405"/>
+      <c r="S370" s="406"/>
       <c r="T370" s="184"/>
       <c r="U370" s="155"/>
       <c r="V370" s="155"/>
       <c r="W370" s="155"/>
       <c r="X370" s="155"/>
       <c r="Y370" s="155"/>
       <c r="Z370" s="155"/>
       <c r="AA370" s="155"/>
       <c r="AB370" s="155"/>
       <c r="AC370" s="155"/>
       <c r="AD370" s="155"/>
       <c r="AE370" s="155"/>
       <c r="AF370" s="155"/>
       <c r="AG370" s="155"/>
     </row>
     <row r="371" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A371" s="9"/>
-      <c r="B371" s="611" t="s">
+      <c r="B371" s="530" t="s">
         <v>410</v>
       </c>
-      <c r="C371" s="611"/>
-[...5 lines deleted...]
-      <c r="I371" s="611"/>
+      <c r="C371" s="530"/>
+      <c r="D371" s="530"/>
+      <c r="E371" s="530"/>
+      <c r="F371" s="530"/>
+      <c r="G371" s="530"/>
+      <c r="H371" s="530"/>
+      <c r="I371" s="530"/>
       <c r="J371" s="9"/>
       <c r="K371" s="184"/>
       <c r="L371" s="184"/>
       <c r="M371" s="184"/>
-      <c r="N371" s="440"/>
-[...4 lines deleted...]
-      <c r="S371" s="442"/>
+      <c r="N371" s="404"/>
+      <c r="O371" s="405"/>
+      <c r="P371" s="405"/>
+      <c r="Q371" s="405"/>
+      <c r="R371" s="405"/>
+      <c r="S371" s="406"/>
       <c r="T371" s="184"/>
       <c r="U371" s="155"/>
       <c r="V371" s="155"/>
       <c r="W371" s="155"/>
       <c r="X371" s="155"/>
       <c r="Y371" s="155"/>
       <c r="Z371" s="155"/>
       <c r="AA371" s="155"/>
       <c r="AB371" s="155"/>
       <c r="AC371" s="155"/>
       <c r="AD371" s="155"/>
       <c r="AE371" s="155"/>
       <c r="AF371" s="155"/>
       <c r="AG371" s="155"/>
     </row>
     <row r="372" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A372" s="9"/>
       <c r="B372" s="347"/>
       <c r="C372" s="347"/>
       <c r="D372" s="347"/>
       <c r="E372" s="347"/>
       <c r="F372" s="347"/>
       <c r="G372" s="347"/>
       <c r="H372" s="347"/>
       <c r="I372" s="347"/>
       <c r="J372" s="9"/>
       <c r="K372" s="208"/>
       <c r="L372" s="208"/>
       <c r="M372" s="208"/>
-      <c r="N372" s="440"/>
-[...4 lines deleted...]
-      <c r="S372" s="442"/>
+      <c r="N372" s="404"/>
+      <c r="O372" s="405"/>
+      <c r="P372" s="405"/>
+      <c r="Q372" s="405"/>
+      <c r="R372" s="405"/>
+      <c r="S372" s="406"/>
       <c r="T372" s="208"/>
       <c r="U372" s="155"/>
       <c r="V372" s="155"/>
       <c r="W372" s="155"/>
       <c r="X372" s="155"/>
       <c r="Y372" s="155"/>
       <c r="Z372" s="155"/>
       <c r="AA372" s="155"/>
       <c r="AB372" s="155"/>
       <c r="AC372" s="155"/>
       <c r="AD372" s="155"/>
       <c r="AE372" s="155"/>
       <c r="AF372" s="155"/>
       <c r="AG372" s="155"/>
     </row>
     <row r="373" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="9"/>
-      <c r="B373" s="659" t="s">
-[...8 lines deleted...]
-      <c r="I373" s="659"/>
+      <c r="B373" s="484" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C373" s="484"/>
+      <c r="D373" s="484"/>
+      <c r="E373" s="484"/>
+      <c r="F373" s="484"/>
+      <c r="G373" s="484"/>
+      <c r="H373" s="484"/>
+      <c r="I373" s="484"/>
       <c r="J373" s="350" t="str">
         <f>IF(CHECKING!$B$160=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K373" s="208"/>
       <c r="L373" s="208"/>
       <c r="M373" s="208"/>
-      <c r="N373" s="440"/>
-[...4 lines deleted...]
-      <c r="S373" s="442"/>
+      <c r="N373" s="404"/>
+      <c r="O373" s="405"/>
+      <c r="P373" s="405"/>
+      <c r="Q373" s="405"/>
+      <c r="R373" s="405"/>
+      <c r="S373" s="406"/>
       <c r="T373" s="208"/>
       <c r="U373" s="155"/>
       <c r="V373" s="155"/>
       <c r="W373" s="155"/>
       <c r="X373" s="155"/>
       <c r="Y373" s="155"/>
       <c r="Z373" s="155"/>
       <c r="AA373" s="155"/>
       <c r="AB373" s="155"/>
       <c r="AC373" s="155"/>
       <c r="AD373" s="155"/>
       <c r="AE373" s="155"/>
       <c r="AF373" s="155"/>
       <c r="AG373" s="155"/>
     </row>
     <row r="374" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="9"/>
-      <c r="B374" s="659"/>
-[...6 lines deleted...]
-      <c r="I374" s="659"/>
+      <c r="B374" s="484"/>
+      <c r="C374" s="484"/>
+      <c r="D374" s="484"/>
+      <c r="E374" s="484"/>
+      <c r="F374" s="484"/>
+      <c r="G374" s="484"/>
+      <c r="H374" s="484"/>
+      <c r="I374" s="484"/>
       <c r="J374" s="9"/>
       <c r="K374" s="208"/>
       <c r="L374" s="208"/>
       <c r="M374" s="208"/>
-      <c r="N374" s="440"/>
-[...4 lines deleted...]
-      <c r="S374" s="442"/>
+      <c r="N374" s="404"/>
+      <c r="O374" s="405"/>
+      <c r="P374" s="405"/>
+      <c r="Q374" s="405"/>
+      <c r="R374" s="405"/>
+      <c r="S374" s="406"/>
       <c r="T374" s="208"/>
       <c r="U374" s="155"/>
       <c r="V374" s="155"/>
       <c r="W374" s="155"/>
       <c r="X374" s="155"/>
       <c r="Y374" s="155"/>
       <c r="Z374" s="155"/>
       <c r="AA374" s="155"/>
       <c r="AB374" s="155"/>
       <c r="AC374" s="155"/>
       <c r="AD374" s="155"/>
       <c r="AE374" s="155"/>
       <c r="AF374" s="155"/>
       <c r="AG374" s="155"/>
     </row>
     <row r="375" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A375" s="9"/>
-      <c r="B375" s="659"/>
-[...6 lines deleted...]
-      <c r="I375" s="659"/>
+      <c r="B375" s="484"/>
+      <c r="C375" s="484"/>
+      <c r="D375" s="484"/>
+      <c r="E375" s="484"/>
+      <c r="F375" s="484"/>
+      <c r="G375" s="484"/>
+      <c r="H375" s="484"/>
+      <c r="I375" s="484"/>
       <c r="J375" s="9"/>
       <c r="K375" s="208"/>
       <c r="L375" s="208"/>
       <c r="M375" s="208"/>
-      <c r="N375" s="440"/>
-[...4 lines deleted...]
-      <c r="S375" s="442"/>
+      <c r="N375" s="404"/>
+      <c r="O375" s="405"/>
+      <c r="P375" s="405"/>
+      <c r="Q375" s="405"/>
+      <c r="R375" s="405"/>
+      <c r="S375" s="406"/>
       <c r="T375" s="208"/>
       <c r="U375" s="155"/>
       <c r="V375" s="155"/>
       <c r="W375" s="155"/>
       <c r="X375" s="155"/>
       <c r="Y375" s="155"/>
       <c r="Z375" s="155"/>
       <c r="AA375" s="155"/>
       <c r="AB375" s="155"/>
       <c r="AC375" s="155"/>
       <c r="AD375" s="155"/>
       <c r="AE375" s="155"/>
       <c r="AF375" s="155"/>
       <c r="AG375" s="155"/>
     </row>
     <row r="376" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A376" s="9"/>
       <c r="B376" s="9"/>
       <c r="C376" s="9"/>
       <c r="D376" s="9"/>
       <c r="E376" s="9"/>
       <c r="F376" s="9"/>
       <c r="G376" s="9"/>
       <c r="H376" s="9"/>
       <c r="I376" s="9"/>
       <c r="J376" s="9"/>
       <c r="K376" s="184"/>
       <c r="L376" s="184"/>
       <c r="M376" s="184"/>
-      <c r="N376" s="440"/>
-[...4 lines deleted...]
-      <c r="S376" s="442"/>
+      <c r="N376" s="404"/>
+      <c r="O376" s="405"/>
+      <c r="P376" s="405"/>
+      <c r="Q376" s="405"/>
+      <c r="R376" s="405"/>
+      <c r="S376" s="406"/>
       <c r="T376" s="184"/>
       <c r="U376" s="155"/>
       <c r="V376" s="155"/>
       <c r="W376" s="155"/>
       <c r="X376" s="155"/>
       <c r="Y376" s="155"/>
       <c r="Z376" s="155"/>
       <c r="AA376" s="155"/>
       <c r="AB376" s="155"/>
       <c r="AC376" s="155"/>
       <c r="AD376" s="155"/>
       <c r="AE376" s="155"/>
       <c r="AF376" s="155"/>
       <c r="AG376" s="155"/>
     </row>
     <row r="377" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="9"/>
-      <c r="B377" s="588" t="s">
+      <c r="B377" s="429" t="s">
         <v>417</v>
       </c>
-      <c r="C377" s="588"/>
-[...5 lines deleted...]
-      <c r="I377" s="588"/>
+      <c r="C377" s="429"/>
+      <c r="D377" s="429"/>
+      <c r="E377" s="429"/>
+      <c r="F377" s="429"/>
+      <c r="G377" s="429"/>
+      <c r="H377" s="429"/>
+      <c r="I377" s="429"/>
       <c r="J377" s="107" t="str">
         <f>IF(CHECKING!$B$161=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K377" s="184"/>
       <c r="L377" s="184"/>
       <c r="M377" s="184"/>
-      <c r="N377" s="440"/>
-[...4 lines deleted...]
-      <c r="S377" s="442"/>
+      <c r="N377" s="404"/>
+      <c r="O377" s="405"/>
+      <c r="P377" s="405"/>
+      <c r="Q377" s="405"/>
+      <c r="R377" s="405"/>
+      <c r="S377" s="406"/>
       <c r="T377" s="184"/>
       <c r="U377" s="155"/>
       <c r="V377" s="155"/>
       <c r="W377" s="155"/>
       <c r="X377" s="155"/>
       <c r="Y377" s="155"/>
       <c r="Z377" s="155"/>
       <c r="AA377" s="155"/>
       <c r="AB377" s="155"/>
       <c r="AC377" s="155"/>
       <c r="AD377" s="155"/>
       <c r="AE377" s="155"/>
       <c r="AF377" s="155"/>
       <c r="AG377" s="155"/>
     </row>
     <row r="378" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="9"/>
-      <c r="B378" s="588"/>
-[...6 lines deleted...]
-      <c r="I378" s="588"/>
+      <c r="B378" s="429"/>
+      <c r="C378" s="429"/>
+      <c r="D378" s="429"/>
+      <c r="E378" s="429"/>
+      <c r="F378" s="429"/>
+      <c r="G378" s="429"/>
+      <c r="H378" s="429"/>
+      <c r="I378" s="429"/>
       <c r="J378" s="9"/>
       <c r="K378" s="184"/>
       <c r="L378" s="184"/>
       <c r="M378" s="184"/>
-      <c r="N378" s="440"/>
-[...4 lines deleted...]
-      <c r="S378" s="442"/>
+      <c r="N378" s="404"/>
+      <c r="O378" s="405"/>
+      <c r="P378" s="405"/>
+      <c r="Q378" s="405"/>
+      <c r="R378" s="405"/>
+      <c r="S378" s="406"/>
       <c r="T378" s="184"/>
       <c r="U378" s="155"/>
       <c r="V378" s="155"/>
       <c r="W378" s="155"/>
       <c r="X378" s="155"/>
       <c r="Y378" s="155"/>
       <c r="Z378" s="155"/>
       <c r="AA378" s="155"/>
       <c r="AB378" s="155"/>
       <c r="AC378" s="155"/>
       <c r="AD378" s="155"/>
       <c r="AE378" s="155"/>
       <c r="AF378" s="155"/>
       <c r="AG378" s="155"/>
     </row>
     <row r="379" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="9"/>
-      <c r="B379" s="588"/>
-[...6 lines deleted...]
-      <c r="I379" s="588"/>
+      <c r="B379" s="429"/>
+      <c r="C379" s="429"/>
+      <c r="D379" s="429"/>
+      <c r="E379" s="429"/>
+      <c r="F379" s="429"/>
+      <c r="G379" s="429"/>
+      <c r="H379" s="429"/>
+      <c r="I379" s="429"/>
       <c r="J379" s="9"/>
       <c r="K379" s="184"/>
       <c r="L379" s="184"/>
       <c r="M379" s="184"/>
-      <c r="N379" s="440"/>
-[...4 lines deleted...]
-      <c r="S379" s="442"/>
+      <c r="N379" s="404"/>
+      <c r="O379" s="405"/>
+      <c r="P379" s="405"/>
+      <c r="Q379" s="405"/>
+      <c r="R379" s="405"/>
+      <c r="S379" s="406"/>
       <c r="T379" s="184"/>
       <c r="U379" s="155"/>
       <c r="V379" s="155"/>
       <c r="W379" s="155"/>
       <c r="X379" s="155"/>
       <c r="Y379" s="155"/>
       <c r="Z379" s="155"/>
       <c r="AA379" s="155"/>
       <c r="AB379" s="155"/>
       <c r="AC379" s="155"/>
       <c r="AD379" s="155"/>
       <c r="AE379" s="155"/>
       <c r="AF379" s="155"/>
       <c r="AG379" s="155"/>
     </row>
     <row r="380" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="9"/>
-      <c r="B380" s="588"/>
-[...6 lines deleted...]
-      <c r="I380" s="588"/>
+      <c r="B380" s="429"/>
+      <c r="C380" s="429"/>
+      <c r="D380" s="429"/>
+      <c r="E380" s="429"/>
+      <c r="F380" s="429"/>
+      <c r="G380" s="429"/>
+      <c r="H380" s="429"/>
+      <c r="I380" s="429"/>
       <c r="J380" s="9"/>
       <c r="K380" s="184"/>
       <c r="L380" s="184"/>
       <c r="M380" s="184"/>
-      <c r="N380" s="440"/>
-[...4 lines deleted...]
-      <c r="S380" s="442"/>
+      <c r="N380" s="404"/>
+      <c r="O380" s="405"/>
+      <c r="P380" s="405"/>
+      <c r="Q380" s="405"/>
+      <c r="R380" s="405"/>
+      <c r="S380" s="406"/>
       <c r="T380" s="184"/>
       <c r="U380" s="155"/>
       <c r="V380" s="155"/>
       <c r="W380" s="155"/>
       <c r="X380" s="155"/>
       <c r="Y380" s="155"/>
       <c r="Z380" s="155"/>
       <c r="AA380" s="155"/>
       <c r="AB380" s="155"/>
       <c r="AC380" s="155"/>
       <c r="AD380" s="155"/>
       <c r="AE380" s="155"/>
       <c r="AF380" s="155"/>
       <c r="AG380" s="155"/>
     </row>
     <row r="381" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="9"/>
-      <c r="B381" s="611" t="s">
+      <c r="B381" s="530" t="s">
         <v>411</v>
       </c>
-      <c r="C381" s="611"/>
-[...5 lines deleted...]
-      <c r="I381" s="611"/>
+      <c r="C381" s="530"/>
+      <c r="D381" s="530"/>
+      <c r="E381" s="530"/>
+      <c r="F381" s="530"/>
+      <c r="G381" s="530"/>
+      <c r="H381" s="530"/>
+      <c r="I381" s="530"/>
       <c r="J381" s="9"/>
       <c r="K381" s="184"/>
       <c r="L381" s="184"/>
       <c r="M381" s="184"/>
-      <c r="N381" s="440"/>
-[...4 lines deleted...]
-      <c r="S381" s="442"/>
+      <c r="N381" s="404"/>
+      <c r="O381" s="405"/>
+      <c r="P381" s="405"/>
+      <c r="Q381" s="405"/>
+      <c r="R381" s="405"/>
+      <c r="S381" s="406"/>
       <c r="T381" s="184"/>
       <c r="U381" s="155"/>
       <c r="V381" s="155"/>
       <c r="W381" s="155"/>
       <c r="X381" s="155"/>
       <c r="Y381" s="155"/>
       <c r="Z381" s="155"/>
       <c r="AA381" s="155"/>
       <c r="AB381" s="155"/>
       <c r="AC381" s="155"/>
       <c r="AD381" s="155"/>
       <c r="AE381" s="155"/>
       <c r="AF381" s="155"/>
       <c r="AG381" s="155"/>
     </row>
     <row r="382" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A382" s="9"/>
       <c r="B382" s="304"/>
       <c r="C382" s="304"/>
       <c r="D382" s="304"/>
       <c r="E382" s="304"/>
       <c r="F382" s="304"/>
       <c r="G382" s="304"/>
       <c r="H382" s="304"/>
       <c r="I382" s="304"/>
       <c r="J382" s="9"/>
       <c r="K382" s="208"/>
       <c r="L382" s="208"/>
       <c r="M382" s="208"/>
-      <c r="N382" s="440"/>
-[...4 lines deleted...]
-      <c r="S382" s="442"/>
+      <c r="N382" s="404"/>
+      <c r="O382" s="405"/>
+      <c r="P382" s="405"/>
+      <c r="Q382" s="405"/>
+      <c r="R382" s="405"/>
+      <c r="S382" s="406"/>
       <c r="T382" s="208"/>
       <c r="U382" s="155"/>
       <c r="V382" s="155"/>
       <c r="W382" s="155"/>
       <c r="X382" s="155"/>
       <c r="Y382" s="155"/>
       <c r="Z382" s="155"/>
       <c r="AA382" s="155"/>
       <c r="AB382" s="155"/>
       <c r="AC382" s="155"/>
       <c r="AD382" s="155"/>
       <c r="AE382" s="155"/>
       <c r="AF382" s="155"/>
       <c r="AG382" s="155"/>
     </row>
     <row r="383" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="9"/>
-      <c r="B383" s="404" t="s">
-[...8 lines deleted...]
-      <c r="I383" s="404"/>
+      <c r="B383" s="690" t="s">
+        <v>942</v>
+      </c>
+      <c r="C383" s="690"/>
+      <c r="D383" s="690"/>
+      <c r="E383" s="690"/>
+      <c r="F383" s="690"/>
+      <c r="G383" s="690"/>
+      <c r="H383" s="690"/>
+      <c r="I383" s="690"/>
       <c r="J383" s="302" t="str">
         <f>IF(CHECKING!$B$162=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K383" s="208"/>
       <c r="L383" s="208"/>
       <c r="M383" s="208"/>
-      <c r="N383" s="440"/>
-[...4 lines deleted...]
-      <c r="S383" s="442"/>
+      <c r="N383" s="404"/>
+      <c r="O383" s="405"/>
+      <c r="P383" s="405"/>
+      <c r="Q383" s="405"/>
+      <c r="R383" s="405"/>
+      <c r="S383" s="406"/>
       <c r="T383" s="208"/>
       <c r="U383" s="155"/>
       <c r="V383" s="155"/>
       <c r="W383" s="155"/>
       <c r="X383" s="155"/>
       <c r="Y383" s="155"/>
       <c r="Z383" s="155"/>
       <c r="AA383" s="155"/>
       <c r="AB383" s="155"/>
       <c r="AC383" s="155"/>
       <c r="AD383" s="155"/>
       <c r="AE383" s="155"/>
       <c r="AF383" s="155"/>
       <c r="AG383" s="155"/>
     </row>
     <row r="384" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="9"/>
-      <c r="B384" s="404"/>
-[...6 lines deleted...]
-      <c r="I384" s="404"/>
+      <c r="B384" s="690"/>
+      <c r="C384" s="690"/>
+      <c r="D384" s="690"/>
+      <c r="E384" s="690"/>
+      <c r="F384" s="690"/>
+      <c r="G384" s="690"/>
+      <c r="H384" s="690"/>
+      <c r="I384" s="690"/>
       <c r="J384" s="9"/>
       <c r="K384" s="208"/>
       <c r="L384" s="208"/>
       <c r="M384" s="208"/>
-      <c r="N384" s="443"/>
-[...4 lines deleted...]
-      <c r="S384" s="445"/>
+      <c r="N384" s="407"/>
+      <c r="O384" s="408"/>
+      <c r="P384" s="408"/>
+      <c r="Q384" s="408"/>
+      <c r="R384" s="408"/>
+      <c r="S384" s="409"/>
       <c r="T384" s="208"/>
       <c r="U384" s="155"/>
       <c r="V384" s="155"/>
       <c r="W384" s="155"/>
       <c r="X384" s="155"/>
       <c r="Y384" s="155"/>
       <c r="Z384" s="155"/>
       <c r="AA384" s="155"/>
       <c r="AB384" s="155"/>
       <c r="AC384" s="155"/>
       <c r="AD384" s="155"/>
       <c r="AE384" s="155"/>
       <c r="AF384" s="155"/>
       <c r="AG384" s="155"/>
     </row>
     <row r="385" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="9"/>
       <c r="B385" s="304"/>
       <c r="C385" s="304"/>
       <c r="D385" s="304"/>
       <c r="E385" s="304"/>
       <c r="F385" s="304"/>
       <c r="G385" s="304"/>
       <c r="H385" s="304"/>
       <c r="I385" s="304"/>
@@ -36180,62 +36183,62 @@
       <c r="K386" s="184"/>
       <c r="L386" s="184"/>
       <c r="M386" s="184"/>
       <c r="N386" s="184"/>
       <c r="O386" s="184"/>
       <c r="P386" s="184"/>
       <c r="Q386" s="184"/>
       <c r="R386" s="184"/>
       <c r="S386" s="184"/>
       <c r="T386" s="184"/>
       <c r="U386" s="155"/>
       <c r="V386" s="155"/>
       <c r="W386" s="155"/>
       <c r="X386" s="155"/>
       <c r="Y386" s="155"/>
       <c r="Z386" s="155"/>
       <c r="AA386" s="155"/>
       <c r="AB386" s="155"/>
       <c r="AC386" s="155"/>
       <c r="AD386" s="155"/>
       <c r="AE386" s="155"/>
       <c r="AF386" s="155"/>
       <c r="AG386" s="155"/>
     </row>
     <row r="387" spans="1:33" ht="15" x14ac:dyDescent="0.25">
-      <c r="A387" s="393" t="s">
+      <c r="A387" s="601" t="s">
         <v>419</v>
       </c>
-      <c r="B387" s="393"/>
-[...7 lines deleted...]
-      <c r="J387" s="393"/>
+      <c r="B387" s="601"/>
+      <c r="C387" s="601"/>
+      <c r="D387" s="601"/>
+      <c r="E387" s="601"/>
+      <c r="F387" s="601"/>
+      <c r="G387" s="601"/>
+      <c r="H387" s="601"/>
+      <c r="I387" s="601"/>
+      <c r="J387" s="601"/>
       <c r="K387" s="184"/>
       <c r="L387" s="184"/>
       <c r="M387" s="184"/>
       <c r="N387" s="184"/>
       <c r="O387" s="184"/>
       <c r="P387" s="184"/>
       <c r="Q387" s="184"/>
       <c r="R387" s="184"/>
       <c r="S387" s="184"/>
       <c r="T387" s="184"/>
       <c r="U387" s="155"/>
       <c r="V387" s="155"/>
       <c r="W387" s="155"/>
       <c r="X387" s="155"/>
       <c r="Y387" s="155"/>
       <c r="Z387" s="155"/>
       <c r="AA387" s="155"/>
       <c r="AB387" s="155"/>
       <c r="AC387" s="155"/>
       <c r="AD387" s="155"/>
       <c r="AE387" s="155"/>
       <c r="AF387" s="155"/>
       <c r="AG387" s="155"/>
     </row>
     <row r="388" spans="1:33" x14ac:dyDescent="0.2">
@@ -36252,132 +36255,132 @@
       <c r="K388" s="184"/>
       <c r="L388" s="184"/>
       <c r="M388" s="184"/>
       <c r="N388" s="184"/>
       <c r="O388" s="184"/>
       <c r="P388" s="184"/>
       <c r="Q388" s="184"/>
       <c r="R388" s="184"/>
       <c r="S388" s="184"/>
       <c r="T388" s="184"/>
       <c r="U388" s="155"/>
       <c r="V388" s="155"/>
       <c r="W388" s="155"/>
       <c r="X388" s="155"/>
       <c r="Y388" s="155"/>
       <c r="Z388" s="155"/>
       <c r="AA388" s="155"/>
       <c r="AB388" s="155"/>
       <c r="AC388" s="155"/>
       <c r="AD388" s="155"/>
       <c r="AE388" s="155"/>
       <c r="AF388" s="155"/>
       <c r="AG388" s="155"/>
     </row>
     <row r="389" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A389" s="588" t="s">
-[...10 lines deleted...]
-      <c r="J389" s="588"/>
+      <c r="A389" s="429" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B389" s="429"/>
+      <c r="C389" s="429"/>
+      <c r="D389" s="429"/>
+      <c r="E389" s="429"/>
+      <c r="F389" s="429"/>
+      <c r="G389" s="429"/>
+      <c r="H389" s="429"/>
+      <c r="I389" s="429"/>
+      <c r="J389" s="429"/>
       <c r="K389" s="184"/>
       <c r="L389" s="184"/>
       <c r="M389" s="184"/>
       <c r="N389" s="184"/>
       <c r="O389" s="184"/>
       <c r="P389" s="184"/>
       <c r="Q389" s="184"/>
       <c r="R389" s="184"/>
       <c r="S389" s="184"/>
       <c r="T389" s="184"/>
       <c r="U389" s="155"/>
       <c r="V389" s="155"/>
       <c r="W389" s="155"/>
       <c r="X389" s="155"/>
       <c r="Y389" s="155"/>
       <c r="Z389" s="155"/>
       <c r="AA389" s="155"/>
       <c r="AB389" s="155"/>
       <c r="AC389" s="155"/>
       <c r="AD389" s="155"/>
       <c r="AE389" s="155"/>
       <c r="AF389" s="155"/>
       <c r="AG389" s="155"/>
     </row>
     <row r="390" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A390" s="588"/>
-[...8 lines deleted...]
-      <c r="J390" s="588"/>
+      <c r="A390" s="429"/>
+      <c r="B390" s="429"/>
+      <c r="C390" s="429"/>
+      <c r="D390" s="429"/>
+      <c r="E390" s="429"/>
+      <c r="F390" s="429"/>
+      <c r="G390" s="429"/>
+      <c r="H390" s="429"/>
+      <c r="I390" s="429"/>
+      <c r="J390" s="429"/>
       <c r="K390" s="184"/>
       <c r="L390" s="184"/>
       <c r="M390" s="184"/>
       <c r="N390" s="184"/>
       <c r="O390" s="184"/>
       <c r="P390" s="184"/>
       <c r="Q390" s="184"/>
       <c r="R390" s="184"/>
       <c r="S390" s="184"/>
       <c r="T390" s="184"/>
       <c r="U390" s="155"/>
       <c r="V390" s="155"/>
       <c r="W390" s="155"/>
       <c r="X390" s="155"/>
       <c r="Y390" s="155"/>
       <c r="Z390" s="155"/>
       <c r="AA390" s="155"/>
       <c r="AB390" s="155"/>
       <c r="AC390" s="155"/>
       <c r="AD390" s="155"/>
       <c r="AE390" s="155"/>
       <c r="AF390" s="155"/>
       <c r="AG390" s="155"/>
     </row>
     <row r="391" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A391" s="588"/>
-[...8 lines deleted...]
-      <c r="J391" s="588"/>
+      <c r="A391" s="429"/>
+      <c r="B391" s="429"/>
+      <c r="C391" s="429"/>
+      <c r="D391" s="429"/>
+      <c r="E391" s="429"/>
+      <c r="F391" s="429"/>
+      <c r="G391" s="429"/>
+      <c r="H391" s="429"/>
+      <c r="I391" s="429"/>
+      <c r="J391" s="429"/>
       <c r="K391" s="184"/>
       <c r="L391" s="184"/>
       <c r="M391" s="184"/>
       <c r="N391" s="184"/>
       <c r="O391" s="184"/>
       <c r="P391" s="184"/>
       <c r="Q391" s="184"/>
       <c r="R391" s="184"/>
       <c r="S391" s="184"/>
       <c r="T391" s="184"/>
       <c r="U391" s="155"/>
       <c r="V391" s="155"/>
       <c r="W391" s="155"/>
       <c r="X391" s="155"/>
       <c r="Y391" s="155"/>
       <c r="Z391" s="155"/>
       <c r="AA391" s="155"/>
       <c r="AB391" s="155"/>
       <c r="AC391" s="155"/>
       <c r="AD391" s="155"/>
       <c r="AE391" s="155"/>
       <c r="AF391" s="155"/>
       <c r="AG391" s="155"/>
     </row>
     <row r="392" spans="1:33" x14ac:dyDescent="0.2">
@@ -36394,169 +36397,169 @@
       <c r="K392" s="184"/>
       <c r="L392" s="184"/>
       <c r="M392" s="184"/>
       <c r="N392" s="184"/>
       <c r="O392" s="184"/>
       <c r="P392" s="184"/>
       <c r="Q392" s="184"/>
       <c r="R392" s="184"/>
       <c r="S392" s="184"/>
       <c r="T392" s="184"/>
       <c r="U392" s="155"/>
       <c r="V392" s="155"/>
       <c r="W392" s="155"/>
       <c r="X392" s="155"/>
       <c r="Y392" s="155"/>
       <c r="Z392" s="155"/>
       <c r="AA392" s="155"/>
       <c r="AB392" s="155"/>
       <c r="AC392" s="155"/>
       <c r="AD392" s="155"/>
       <c r="AE392" s="155"/>
       <c r="AF392" s="155"/>
       <c r="AG392" s="155"/>
     </row>
     <row r="393" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A393" s="588" t="s">
+      <c r="A393" s="429" t="s">
         <v>431</v>
       </c>
-      <c r="B393" s="588"/>
-[...7 lines deleted...]
-      <c r="J393" s="588"/>
+      <c r="B393" s="429"/>
+      <c r="C393" s="429"/>
+      <c r="D393" s="429"/>
+      <c r="E393" s="429"/>
+      <c r="F393" s="429"/>
+      <c r="G393" s="429"/>
+      <c r="H393" s="429"/>
+      <c r="I393" s="429"/>
+      <c r="J393" s="429"/>
       <c r="K393" s="184"/>
       <c r="L393" s="184"/>
       <c r="M393" s="184"/>
       <c r="N393" s="184"/>
       <c r="O393" s="184"/>
       <c r="P393" s="184"/>
       <c r="Q393" s="184"/>
       <c r="R393" s="184"/>
       <c r="S393" s="184"/>
       <c r="T393" s="184"/>
       <c r="U393" s="155"/>
       <c r="V393" s="155"/>
       <c r="W393" s="155"/>
       <c r="X393" s="155"/>
       <c r="Y393" s="155"/>
       <c r="Z393" s="155"/>
       <c r="AA393" s="155"/>
       <c r="AB393" s="155"/>
       <c r="AC393" s="155"/>
       <c r="AD393" s="155"/>
       <c r="AE393" s="155"/>
       <c r="AF393" s="155"/>
       <c r="AG393" s="155"/>
     </row>
     <row r="394" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A394" s="588"/>
-[...8 lines deleted...]
-      <c r="J394" s="588"/>
+      <c r="A394" s="429"/>
+      <c r="B394" s="429"/>
+      <c r="C394" s="429"/>
+      <c r="D394" s="429"/>
+      <c r="E394" s="429"/>
+      <c r="F394" s="429"/>
+      <c r="G394" s="429"/>
+      <c r="H394" s="429"/>
+      <c r="I394" s="429"/>
+      <c r="J394" s="429"/>
       <c r="K394" s="184"/>
       <c r="L394" s="184"/>
       <c r="M394" s="184"/>
       <c r="N394" s="184"/>
       <c r="O394" s="184"/>
       <c r="P394" s="184"/>
       <c r="Q394" s="184"/>
       <c r="R394" s="184"/>
       <c r="S394" s="184"/>
       <c r="T394" s="184"/>
       <c r="U394" s="155"/>
       <c r="V394" s="155"/>
       <c r="W394" s="155"/>
       <c r="X394" s="155"/>
       <c r="Y394" s="155"/>
       <c r="Z394" s="155"/>
       <c r="AA394" s="155"/>
       <c r="AB394" s="155"/>
       <c r="AC394" s="155"/>
       <c r="AD394" s="155"/>
       <c r="AE394" s="155"/>
       <c r="AF394" s="155"/>
       <c r="AG394" s="155"/>
     </row>
     <row r="395" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A395" s="563" t="s">
+      <c r="A395" s="497" t="s">
         <v>432</v>
       </c>
-      <c r="B395" s="563"/>
-[...7 lines deleted...]
-      <c r="J395" s="563"/>
+      <c r="B395" s="497"/>
+      <c r="C395" s="497"/>
+      <c r="D395" s="497"/>
+      <c r="E395" s="497"/>
+      <c r="F395" s="497"/>
+      <c r="G395" s="497"/>
+      <c r="H395" s="497"/>
+      <c r="I395" s="497"/>
+      <c r="J395" s="497"/>
       <c r="K395" s="184"/>
       <c r="L395" s="184"/>
       <c r="M395" s="184"/>
       <c r="N395" s="184"/>
       <c r="O395" s="184"/>
       <c r="P395" s="184"/>
       <c r="Q395" s="184"/>
       <c r="R395" s="184"/>
       <c r="S395" s="184"/>
       <c r="T395" s="184"/>
       <c r="U395" s="155"/>
       <c r="V395" s="155"/>
       <c r="W395" s="155"/>
       <c r="X395" s="155"/>
       <c r="Y395" s="155"/>
       <c r="Z395" s="155"/>
       <c r="AA395" s="155"/>
       <c r="AB395" s="155"/>
       <c r="AC395" s="155"/>
       <c r="AD395" s="155"/>
       <c r="AE395" s="155"/>
       <c r="AF395" s="155"/>
       <c r="AG395" s="155"/>
     </row>
     <row r="396" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A396" s="563"/>
-[...8 lines deleted...]
-      <c r="J396" s="563"/>
+      <c r="A396" s="497"/>
+      <c r="B396" s="497"/>
+      <c r="C396" s="497"/>
+      <c r="D396" s="497"/>
+      <c r="E396" s="497"/>
+      <c r="F396" s="497"/>
+      <c r="G396" s="497"/>
+      <c r="H396" s="497"/>
+      <c r="I396" s="497"/>
+      <c r="J396" s="497"/>
       <c r="K396" s="184"/>
       <c r="L396" s="184"/>
       <c r="M396" s="184"/>
       <c r="N396" s="184"/>
       <c r="O396" s="184"/>
       <c r="P396" s="184"/>
       <c r="Q396" s="184"/>
       <c r="R396" s="184"/>
       <c r="S396" s="184"/>
       <c r="T396" s="184"/>
       <c r="U396" s="155"/>
       <c r="V396" s="155"/>
       <c r="W396" s="155"/>
       <c r="X396" s="155"/>
       <c r="Y396" s="155"/>
       <c r="Z396" s="155"/>
       <c r="AA396" s="155"/>
       <c r="AB396" s="155"/>
       <c r="AC396" s="155"/>
       <c r="AD396" s="155"/>
       <c r="AE396" s="155"/>
       <c r="AF396" s="155"/>
       <c r="AG396" s="155"/>
     </row>
     <row r="397" spans="1:33" x14ac:dyDescent="0.2">
@@ -36900,62 +36903,62 @@
       <c r="K405" s="208"/>
       <c r="L405" s="208"/>
       <c r="M405" s="208"/>
       <c r="N405" s="208"/>
       <c r="O405" s="208"/>
       <c r="P405" s="208"/>
       <c r="Q405" s="208"/>
       <c r="R405" s="208"/>
       <c r="S405" s="208"/>
       <c r="T405" s="208"/>
       <c r="U405" s="155"/>
       <c r="V405" s="155"/>
       <c r="W405" s="155"/>
       <c r="X405" s="155"/>
       <c r="Y405" s="155"/>
       <c r="Z405" s="155"/>
       <c r="AA405" s="155"/>
       <c r="AB405" s="155"/>
       <c r="AC405" s="155"/>
       <c r="AD405" s="155"/>
       <c r="AE405" s="155"/>
       <c r="AF405" s="155"/>
       <c r="AG405" s="155"/>
     </row>
     <row r="406" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A406" s="580" t="s">
+      <c r="A406" s="617" t="s">
         <v>433</v>
       </c>
-      <c r="B406" s="581"/>
-[...7 lines deleted...]
-      <c r="J406" s="582"/>
+      <c r="B406" s="618"/>
+      <c r="C406" s="618"/>
+      <c r="D406" s="618"/>
+      <c r="E406" s="618"/>
+      <c r="F406" s="618"/>
+      <c r="G406" s="618"/>
+      <c r="H406" s="618"/>
+      <c r="I406" s="618"/>
+      <c r="J406" s="619"/>
       <c r="K406" s="184"/>
       <c r="L406" s="184"/>
       <c r="M406" s="184"/>
       <c r="N406" s="184"/>
       <c r="O406" s="184"/>
       <c r="P406" s="184"/>
       <c r="Q406" s="184"/>
       <c r="R406" s="184"/>
       <c r="S406" s="184"/>
       <c r="T406" s="184"/>
       <c r="U406" s="155"/>
       <c r="V406" s="155"/>
       <c r="W406" s="155"/>
       <c r="X406" s="155"/>
       <c r="Y406" s="155"/>
       <c r="Z406" s="155"/>
       <c r="AA406" s="155"/>
       <c r="AB406" s="155"/>
       <c r="AC406" s="155"/>
       <c r="AD406" s="155"/>
       <c r="AE406" s="155"/>
       <c r="AF406" s="155"/>
       <c r="AG406" s="155"/>
     </row>
     <row r="407" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -36972,773 +36975,773 @@
       <c r="K407" s="184"/>
       <c r="L407" s="184"/>
       <c r="M407" s="184"/>
       <c r="N407" s="184"/>
       <c r="O407" s="184"/>
       <c r="P407" s="184"/>
       <c r="Q407" s="184"/>
       <c r="R407" s="184"/>
       <c r="S407" s="184"/>
       <c r="T407" s="184"/>
       <c r="U407" s="155"/>
       <c r="V407" s="155"/>
       <c r="W407" s="155"/>
       <c r="X407" s="155"/>
       <c r="Y407" s="155"/>
       <c r="Z407" s="155"/>
       <c r="AA407" s="155"/>
       <c r="AB407" s="155"/>
       <c r="AC407" s="155"/>
       <c r="AD407" s="155"/>
       <c r="AE407" s="155"/>
       <c r="AF407" s="155"/>
       <c r="AG407" s="155"/>
     </row>
     <row r="408" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A408" s="573" t="s">
-[...9 lines deleted...]
-      <c r="I408" s="573"/>
+      <c r="A408" s="577" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B408" s="577"/>
+      <c r="C408" s="577"/>
+      <c r="D408" s="577"/>
+      <c r="E408" s="577"/>
+      <c r="F408" s="577"/>
+      <c r="G408" s="577"/>
+      <c r="H408" s="577"/>
+      <c r="I408" s="577"/>
       <c r="J408" s="9"/>
       <c r="K408" s="184"/>
       <c r="L408" s="184"/>
       <c r="M408" s="184"/>
-      <c r="N408" s="437"/>
-[...4 lines deleted...]
-      <c r="S408" s="439"/>
+      <c r="N408" s="401"/>
+      <c r="O408" s="402"/>
+      <c r="P408" s="402"/>
+      <c r="Q408" s="402"/>
+      <c r="R408" s="402"/>
+      <c r="S408" s="403"/>
       <c r="T408" s="184"/>
       <c r="U408" s="155"/>
       <c r="V408" s="155"/>
       <c r="W408" s="155"/>
       <c r="X408" s="155"/>
       <c r="Y408" s="155"/>
       <c r="Z408" s="155"/>
       <c r="AA408" s="155"/>
       <c r="AB408" s="155"/>
       <c r="AC408" s="155"/>
       <c r="AD408" s="155"/>
       <c r="AE408" s="155"/>
       <c r="AF408" s="155"/>
       <c r="AG408" s="155"/>
     </row>
     <row r="409" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A409" s="209"/>
       <c r="B409" s="209"/>
       <c r="C409" s="209"/>
       <c r="D409" s="209"/>
       <c r="E409" s="209"/>
       <c r="F409" s="209"/>
       <c r="G409" s="209"/>
       <c r="H409" s="209"/>
       <c r="I409" s="209"/>
       <c r="J409" s="107" t="str">
         <f>IF(CHECKING!$D$167=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K409" s="184"/>
       <c r="L409" s="184"/>
       <c r="M409" s="184"/>
-      <c r="N409" s="440"/>
-[...4 lines deleted...]
-      <c r="S409" s="442"/>
+      <c r="N409" s="404"/>
+      <c r="O409" s="405"/>
+      <c r="P409" s="405"/>
+      <c r="Q409" s="405"/>
+      <c r="R409" s="405"/>
+      <c r="S409" s="406"/>
       <c r="T409" s="184"/>
       <c r="U409" s="155"/>
       <c r="V409" s="155"/>
       <c r="W409" s="155"/>
       <c r="X409" s="155"/>
       <c r="Y409" s="155"/>
       <c r="Z409" s="155"/>
       <c r="AA409" s="155"/>
       <c r="AB409" s="155"/>
       <c r="AC409" s="155"/>
       <c r="AD409" s="155"/>
       <c r="AE409" s="155"/>
       <c r="AF409" s="155"/>
       <c r="AG409" s="155"/>
     </row>
     <row r="410" spans="1:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A410" s="564" t="s">
-[...9 lines deleted...]
-      <c r="I410" s="564"/>
+      <c r="A410" s="604" t="s">
+        <v>908</v>
+      </c>
+      <c r="B410" s="604"/>
+      <c r="C410" s="604"/>
+      <c r="D410" s="604"/>
+      <c r="E410" s="604"/>
+      <c r="F410" s="604"/>
+      <c r="G410" s="604"/>
+      <c r="H410" s="604"/>
+      <c r="I410" s="604"/>
       <c r="J410" s="9"/>
       <c r="K410" s="184"/>
       <c r="L410" s="184"/>
       <c r="M410" s="184"/>
-      <c r="N410" s="440"/>
-[...4 lines deleted...]
-      <c r="S410" s="442"/>
+      <c r="N410" s="404"/>
+      <c r="O410" s="405"/>
+      <c r="P410" s="405"/>
+      <c r="Q410" s="405"/>
+      <c r="R410" s="405"/>
+      <c r="S410" s="406"/>
       <c r="T410" s="184"/>
       <c r="U410" s="155"/>
       <c r="V410" s="155"/>
       <c r="W410" s="155"/>
       <c r="X410" s="155"/>
       <c r="Y410" s="155"/>
       <c r="Z410" s="155"/>
       <c r="AA410" s="155"/>
       <c r="AB410" s="155"/>
       <c r="AC410" s="155"/>
       <c r="AD410" s="155"/>
       <c r="AE410" s="155"/>
       <c r="AF410" s="155"/>
       <c r="AG410" s="155"/>
     </row>
     <row r="411" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A411" s="564"/>
-[...7 lines deleted...]
-      <c r="I411" s="564"/>
+      <c r="A411" s="604"/>
+      <c r="B411" s="604"/>
+      <c r="C411" s="604"/>
+      <c r="D411" s="604"/>
+      <c r="E411" s="604"/>
+      <c r="F411" s="604"/>
+      <c r="G411" s="604"/>
+      <c r="H411" s="604"/>
+      <c r="I411" s="604"/>
       <c r="J411" s="107" t="str">
         <f>IF(AND($I$61&lt;&gt;"",$I$61&lt;=DATEVALUE("06/04/2017")),10,"")</f>
         <v/>
       </c>
       <c r="K411" s="184"/>
       <c r="L411" s="184"/>
       <c r="M411" s="184"/>
-      <c r="N411" s="440"/>
-[...4 lines deleted...]
-      <c r="S411" s="442"/>
+      <c r="N411" s="404"/>
+      <c r="O411" s="405"/>
+      <c r="P411" s="405"/>
+      <c r="Q411" s="405"/>
+      <c r="R411" s="405"/>
+      <c r="S411" s="406"/>
       <c r="T411" s="184"/>
       <c r="U411" s="155"/>
       <c r="V411" s="155"/>
       <c r="W411" s="155"/>
       <c r="X411" s="155"/>
       <c r="Y411" s="155"/>
       <c r="Z411" s="155"/>
       <c r="AA411" s="155"/>
       <c r="AB411" s="155"/>
       <c r="AC411" s="155"/>
       <c r="AD411" s="155"/>
       <c r="AE411" s="155"/>
       <c r="AF411" s="155"/>
       <c r="AG411" s="155"/>
     </row>
     <row r="412" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A412" s="9"/>
       <c r="B412" s="9"/>
       <c r="C412" s="9"/>
       <c r="D412" s="9"/>
       <c r="E412" s="9"/>
       <c r="F412" s="9"/>
       <c r="G412" s="9"/>
       <c r="H412" s="9"/>
       <c r="I412" s="9"/>
       <c r="J412" s="9"/>
       <c r="K412" s="184"/>
       <c r="L412" s="184"/>
       <c r="M412" s="184"/>
-      <c r="N412" s="440"/>
-[...4 lines deleted...]
-      <c r="S412" s="442"/>
+      <c r="N412" s="404"/>
+      <c r="O412" s="405"/>
+      <c r="P412" s="405"/>
+      <c r="Q412" s="405"/>
+      <c r="R412" s="405"/>
+      <c r="S412" s="406"/>
       <c r="T412" s="184"/>
       <c r="U412" s="155"/>
       <c r="V412" s="155"/>
       <c r="W412" s="155"/>
       <c r="X412" s="155"/>
       <c r="Y412" s="155"/>
       <c r="Z412" s="155"/>
       <c r="AA412" s="155"/>
       <c r="AB412" s="155"/>
       <c r="AC412" s="155"/>
       <c r="AD412" s="155"/>
       <c r="AE412" s="155"/>
       <c r="AF412" s="155"/>
       <c r="AG412" s="155"/>
     </row>
     <row r="413" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A413" s="9"/>
-      <c r="B413" s="615" t="str">
+      <c r="B413" s="535" t="str">
         <f>IF(SUM($J$409,$J$411)&gt;=10,"ISC does not apply in this case","ISC applies in this case")</f>
         <v>ISC applies in this case</v>
       </c>
-      <c r="C413" s="616"/>
-[...4 lines deleted...]
-      <c r="H413" s="617"/>
+      <c r="C413" s="536"/>
+      <c r="D413" s="536"/>
+      <c r="E413" s="536"/>
+      <c r="F413" s="536"/>
+      <c r="G413" s="536"/>
+      <c r="H413" s="537"/>
       <c r="I413" s="9"/>
       <c r="J413" s="9"/>
       <c r="K413" s="184"/>
       <c r="L413" s="184"/>
       <c r="M413" s="184"/>
-      <c r="N413" s="443"/>
-[...4 lines deleted...]
-      <c r="S413" s="445"/>
+      <c r="N413" s="407"/>
+      <c r="O413" s="408"/>
+      <c r="P413" s="408"/>
+      <c r="Q413" s="408"/>
+      <c r="R413" s="408"/>
+      <c r="S413" s="409"/>
       <c r="T413" s="184"/>
       <c r="U413" s="155"/>
-      <c r="V413" s="511"/>
-[...9 lines deleted...]
-      <c r="AF413" s="511"/>
+      <c r="V413" s="578"/>
+      <c r="W413" s="578"/>
+      <c r="X413" s="578"/>
+      <c r="Y413" s="578"/>
+      <c r="Z413" s="578"/>
+      <c r="AA413" s="578"/>
+      <c r="AB413" s="578"/>
+      <c r="AC413" s="578"/>
+      <c r="AD413" s="578"/>
+      <c r="AE413" s="578"/>
+      <c r="AF413" s="578"/>
       <c r="AG413" s="155"/>
     </row>
     <row r="414" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A414" s="9"/>
       <c r="B414" s="9"/>
       <c r="C414" s="9"/>
       <c r="D414" s="9"/>
       <c r="E414" s="9"/>
       <c r="F414" s="9"/>
       <c r="G414" s="9"/>
       <c r="H414" s="9"/>
       <c r="I414" s="9"/>
       <c r="J414" s="9"/>
       <c r="K414" s="184"/>
       <c r="L414" s="184"/>
       <c r="M414" s="184"/>
       <c r="N414" s="208"/>
       <c r="O414" s="208"/>
       <c r="P414" s="208"/>
       <c r="Q414" s="208"/>
       <c r="R414" s="208"/>
       <c r="S414" s="208"/>
       <c r="T414" s="184"/>
       <c r="U414" s="155"/>
-      <c r="V414" s="511"/>
-[...9 lines deleted...]
-      <c r="AF414" s="511"/>
+      <c r="V414" s="578"/>
+      <c r="W414" s="578"/>
+      <c r="X414" s="578"/>
+      <c r="Y414" s="578"/>
+      <c r="Z414" s="578"/>
+      <c r="AA414" s="578"/>
+      <c r="AB414" s="578"/>
+      <c r="AC414" s="578"/>
+      <c r="AD414" s="578"/>
+      <c r="AE414" s="578"/>
+      <c r="AF414" s="578"/>
       <c r="AG414" s="155"/>
     </row>
     <row r="415" spans="1:33" ht="15" x14ac:dyDescent="0.25">
-      <c r="A415" s="393" t="s">
+      <c r="A415" s="601" t="s">
         <v>435</v>
       </c>
-      <c r="B415" s="393"/>
-[...7 lines deleted...]
-      <c r="J415" s="393"/>
+      <c r="B415" s="601"/>
+      <c r="C415" s="601"/>
+      <c r="D415" s="601"/>
+      <c r="E415" s="601"/>
+      <c r="F415" s="601"/>
+      <c r="G415" s="601"/>
+      <c r="H415" s="601"/>
+      <c r="I415" s="601"/>
+      <c r="J415" s="601"/>
       <c r="K415" s="184"/>
       <c r="L415" s="184"/>
       <c r="M415" s="184"/>
       <c r="N415" s="208"/>
       <c r="O415" s="208"/>
       <c r="P415" s="208"/>
       <c r="Q415" s="208"/>
       <c r="R415" s="208"/>
       <c r="S415" s="208"/>
       <c r="T415" s="184"/>
       <c r="U415" s="155"/>
-      <c r="V415" s="511"/>
-[...9 lines deleted...]
-      <c r="AF415" s="511"/>
+      <c r="V415" s="578"/>
+      <c r="W415" s="578"/>
+      <c r="X415" s="578"/>
+      <c r="Y415" s="578"/>
+      <c r="Z415" s="578"/>
+      <c r="AA415" s="578"/>
+      <c r="AB415" s="578"/>
+      <c r="AC415" s="578"/>
+      <c r="AD415" s="578"/>
+      <c r="AE415" s="578"/>
+      <c r="AF415" s="578"/>
       <c r="AG415" s="155"/>
     </row>
     <row r="416" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A416" s="9"/>
       <c r="B416" s="9"/>
       <c r="C416" s="9"/>
       <c r="D416" s="9"/>
       <c r="E416" s="9"/>
       <c r="F416" s="9"/>
       <c r="G416" s="9"/>
       <c r="H416" s="9"/>
       <c r="I416" s="9"/>
       <c r="J416" s="9"/>
       <c r="K416" s="184"/>
       <c r="L416" s="184"/>
       <c r="M416" s="184"/>
       <c r="N416" s="208"/>
       <c r="O416" s="208"/>
       <c r="P416" s="208"/>
       <c r="Q416" s="208"/>
       <c r="R416" s="208"/>
       <c r="S416" s="208"/>
       <c r="T416" s="184"/>
       <c r="U416" s="155"/>
       <c r="V416" s="155"/>
       <c r="W416" s="155"/>
       <c r="X416" s="155"/>
       <c r="Y416" s="155"/>
       <c r="Z416" s="155"/>
       <c r="AA416" s="155"/>
       <c r="AB416" s="155"/>
       <c r="AC416" s="155"/>
       <c r="AD416" s="155"/>
       <c r="AE416" s="155"/>
       <c r="AF416" s="155"/>
       <c r="AG416" s="155"/>
     </row>
     <row r="417" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A417" s="9"/>
       <c r="B417" s="114" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="C417" s="115">
         <f>IF($F$185&lt;&gt;"",Dropdowns!$X$14,0)</f>
         <v>0</v>
       </c>
       <c r="D417" s="114" t="s">
         <v>437</v>
       </c>
-      <c r="E417" s="618">
+      <c r="E417" s="538">
         <f>IF($F$185&lt;&gt;"",IF(SUM($J$409,$J$411)&gt;=10,0,IF((($D$187*12)+$F$187+IF($H$187&gt;Dropdowns!$Y$11,1,0))&lt;=12,Dropdowns!$X$11,Dropdowns!$X$11+ROUNDUP(((($D$187*12)+$F$187+IF($H$187&gt;Dropdowns!$Y$11,1,0))-12)/6,0)*(Dropdowns!$X$11/2))),0)</f>
         <v>0</v>
       </c>
-      <c r="F417" s="619"/>
+      <c r="F417" s="539"/>
       <c r="G417" s="85" t="s">
         <v>439</v>
       </c>
-      <c r="H417" s="561">
+      <c r="H417" s="602">
         <f>$C$417+$E$417</f>
         <v>0</v>
       </c>
-      <c r="I417" s="562"/>
+      <c r="I417" s="603"/>
       <c r="J417" s="9"/>
       <c r="K417" s="184"/>
       <c r="L417" s="184"/>
       <c r="M417" s="184"/>
       <c r="N417" s="208"/>
       <c r="O417" s="208"/>
       <c r="P417" s="208"/>
       <c r="Q417" s="208"/>
       <c r="R417" s="208"/>
       <c r="S417" s="208"/>
       <c r="T417" s="184"/>
       <c r="U417" s="155"/>
-      <c r="V417" s="511"/>
-[...8 lines deleted...]
-      <c r="AE417" s="511"/>
+      <c r="V417" s="578"/>
+      <c r="W417" s="578"/>
+      <c r="X417" s="578"/>
+      <c r="Y417" s="578"/>
+      <c r="Z417" s="578"/>
+      <c r="AA417" s="578"/>
+      <c r="AB417" s="578"/>
+      <c r="AC417" s="578"/>
+      <c r="AD417" s="578"/>
+      <c r="AE417" s="578"/>
       <c r="AF417" s="155"/>
       <c r="AG417" s="155"/>
     </row>
     <row r="418" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A418" s="9"/>
       <c r="B418" s="176"/>
       <c r="C418" s="313"/>
       <c r="D418" s="176"/>
       <c r="E418" s="314"/>
       <c r="F418" s="314"/>
       <c r="G418" s="85"/>
       <c r="H418" s="314"/>
       <c r="I418" s="314"/>
       <c r="J418" s="9"/>
       <c r="K418" s="208"/>
       <c r="L418" s="208"/>
       <c r="M418" s="208"/>
       <c r="N418" s="208"/>
       <c r="O418" s="208"/>
       <c r="P418" s="208"/>
       <c r="Q418" s="208"/>
       <c r="R418" s="208"/>
       <c r="S418" s="208"/>
       <c r="T418" s="208"/>
       <c r="U418" s="155"/>
-      <c r="V418" s="511"/>
-[...8 lines deleted...]
-      <c r="AE418" s="511"/>
+      <c r="V418" s="578"/>
+      <c r="W418" s="578"/>
+      <c r="X418" s="578"/>
+      <c r="Y418" s="578"/>
+      <c r="Z418" s="578"/>
+      <c r="AA418" s="578"/>
+      <c r="AB418" s="578"/>
+      <c r="AC418" s="578"/>
+      <c r="AD418" s="578"/>
+      <c r="AE418" s="578"/>
       <c r="AF418" s="155"/>
       <c r="AG418" s="155"/>
     </row>
     <row r="419" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A419" s="660" t="s">
-[...10 lines deleted...]
-      <c r="J419" s="660"/>
+      <c r="A419" s="486" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B419" s="486"/>
+      <c r="C419" s="486"/>
+      <c r="D419" s="486"/>
+      <c r="E419" s="486"/>
+      <c r="F419" s="486"/>
+      <c r="G419" s="486"/>
+      <c r="H419" s="486"/>
+      <c r="I419" s="486"/>
+      <c r="J419" s="486"/>
       <c r="K419" s="208"/>
       <c r="L419" s="208"/>
       <c r="M419" s="208"/>
       <c r="N419" s="208"/>
       <c r="O419" s="208"/>
       <c r="P419" s="208"/>
       <c r="Q419" s="208"/>
       <c r="R419" s="208"/>
       <c r="S419" s="208"/>
       <c r="T419" s="208"/>
       <c r="U419" s="155"/>
-      <c r="V419" s="511"/>
-[...8 lines deleted...]
-      <c r="AE419" s="511"/>
+      <c r="V419" s="578"/>
+      <c r="W419" s="578"/>
+      <c r="X419" s="578"/>
+      <c r="Y419" s="578"/>
+      <c r="Z419" s="578"/>
+      <c r="AA419" s="578"/>
+      <c r="AB419" s="578"/>
+      <c r="AC419" s="578"/>
+      <c r="AD419" s="578"/>
+      <c r="AE419" s="578"/>
       <c r="AF419" s="155"/>
       <c r="AG419" s="155"/>
     </row>
     <row r="420" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A420" s="98"/>
       <c r="B420" s="9"/>
       <c r="C420" s="9"/>
       <c r="D420" s="9"/>
       <c r="E420" s="9"/>
       <c r="F420" s="9"/>
       <c r="G420" s="9"/>
       <c r="H420" s="9"/>
       <c r="I420" s="9"/>
       <c r="J420" s="9"/>
       <c r="K420" s="184"/>
       <c r="L420" s="184"/>
       <c r="M420" s="184"/>
       <c r="N420" s="184"/>
       <c r="O420" s="184"/>
       <c r="P420" s="184"/>
       <c r="Q420" s="184"/>
       <c r="R420" s="184"/>
       <c r="S420" s="184"/>
       <c r="T420" s="184"/>
       <c r="U420" s="155"/>
-      <c r="V420" s="511"/>
-[...8 lines deleted...]
-      <c r="AE420" s="511"/>
+      <c r="V420" s="578"/>
+      <c r="W420" s="578"/>
+      <c r="X420" s="578"/>
+      <c r="Y420" s="578"/>
+      <c r="Z420" s="578"/>
+      <c r="AA420" s="578"/>
+      <c r="AB420" s="578"/>
+      <c r="AC420" s="578"/>
+      <c r="AD420" s="578"/>
+      <c r="AE420" s="578"/>
       <c r="AF420" s="155"/>
       <c r="AG420" s="155"/>
     </row>
     <row r="421" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A421" s="394" t="s">
-[...10 lines deleted...]
-      <c r="J421" s="396"/>
+      <c r="A421" s="513" t="s">
+        <v>981</v>
+      </c>
+      <c r="B421" s="514"/>
+      <c r="C421" s="514"/>
+      <c r="D421" s="514"/>
+      <c r="E421" s="514"/>
+      <c r="F421" s="514"/>
+      <c r="G421" s="514"/>
+      <c r="H421" s="514"/>
+      <c r="I421" s="514"/>
+      <c r="J421" s="515"/>
       <c r="K421" s="184"/>
       <c r="L421" s="184"/>
       <c r="M421" s="184"/>
-      <c r="N421" s="437"/>
-[...4 lines deleted...]
-      <c r="S421" s="439"/>
+      <c r="N421" s="401"/>
+      <c r="O421" s="402"/>
+      <c r="P421" s="402"/>
+      <c r="Q421" s="402"/>
+      <c r="R421" s="402"/>
+      <c r="S421" s="403"/>
       <c r="T421" s="184"/>
       <c r="U421" s="155"/>
-      <c r="V421" s="511"/>
-[...8 lines deleted...]
-      <c r="AE421" s="511"/>
+      <c r="V421" s="578"/>
+      <c r="W421" s="578"/>
+      <c r="X421" s="578"/>
+      <c r="Y421" s="578"/>
+      <c r="Z421" s="578"/>
+      <c r="AA421" s="578"/>
+      <c r="AB421" s="578"/>
+      <c r="AC421" s="578"/>
+      <c r="AD421" s="578"/>
+      <c r="AE421" s="578"/>
       <c r="AF421" s="155"/>
       <c r="AG421" s="155"/>
     </row>
     <row r="422" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A422" s="397"/>
-[...8 lines deleted...]
-      <c r="J422" s="399"/>
+      <c r="A422" s="516"/>
+      <c r="B422" s="454"/>
+      <c r="C422" s="454"/>
+      <c r="D422" s="454"/>
+      <c r="E422" s="454"/>
+      <c r="F422" s="454"/>
+      <c r="G422" s="454"/>
+      <c r="H422" s="454"/>
+      <c r="I422" s="454"/>
+      <c r="J422" s="517"/>
       <c r="K422" s="184"/>
       <c r="L422" s="184"/>
       <c r="M422" s="184"/>
-      <c r="N422" s="440"/>
-[...4 lines deleted...]
-      <c r="S422" s="442"/>
+      <c r="N422" s="404"/>
+      <c r="O422" s="405"/>
+      <c r="P422" s="405"/>
+      <c r="Q422" s="405"/>
+      <c r="R422" s="405"/>
+      <c r="S422" s="406"/>
       <c r="T422" s="184"/>
       <c r="U422" s="155"/>
       <c r="V422" s="161"/>
       <c r="W422" s="161"/>
       <c r="X422" s="161"/>
       <c r="Y422" s="161"/>
       <c r="Z422" s="161"/>
       <c r="AA422" s="161"/>
       <c r="AB422" s="161"/>
       <c r="AC422" s="161"/>
       <c r="AD422" s="161"/>
       <c r="AE422" s="161"/>
       <c r="AF422" s="155"/>
       <c r="AG422" s="155"/>
     </row>
     <row r="423" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A423" s="225"/>
       <c r="B423" s="214"/>
       <c r="C423" s="214"/>
       <c r="D423" s="214"/>
       <c r="E423" s="214"/>
       <c r="F423" s="214"/>
       <c r="G423" s="214"/>
       <c r="H423" s="214"/>
       <c r="I423" s="214"/>
       <c r="J423" s="230"/>
       <c r="K423" s="208"/>
       <c r="L423" s="208"/>
       <c r="M423" s="208"/>
-      <c r="N423" s="440"/>
-[...4 lines deleted...]
-      <c r="S423" s="442"/>
+      <c r="N423" s="404"/>
+      <c r="O423" s="405"/>
+      <c r="P423" s="405"/>
+      <c r="Q423" s="405"/>
+      <c r="R423" s="405"/>
+      <c r="S423" s="406"/>
       <c r="T423" s="208"/>
       <c r="U423" s="155"/>
       <c r="V423" s="161"/>
       <c r="W423" s="161"/>
       <c r="X423" s="161"/>
       <c r="Y423" s="161"/>
       <c r="Z423" s="161"/>
       <c r="AA423" s="161"/>
       <c r="AB423" s="161"/>
       <c r="AC423" s="161"/>
       <c r="AD423" s="161"/>
       <c r="AE423" s="161"/>
       <c r="AF423" s="155"/>
       <c r="AG423" s="155"/>
     </row>
     <row r="424" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A424" s="646" t="s">
-[...10 lines deleted...]
-      <c r="J424" s="584"/>
+      <c r="A424" s="518" t="s">
+        <v>913</v>
+      </c>
+      <c r="B424" s="519"/>
+      <c r="C424" s="519"/>
+      <c r="D424" s="519"/>
+      <c r="E424" s="519"/>
+      <c r="F424" s="519"/>
+      <c r="G424" s="519"/>
+      <c r="H424" s="519"/>
+      <c r="I424" s="620"/>
+      <c r="J424" s="621"/>
       <c r="K424" s="208"/>
       <c r="L424" s="208"/>
       <c r="M424" s="208"/>
-      <c r="N424" s="440"/>
-[...4 lines deleted...]
-      <c r="S424" s="442"/>
+      <c r="N424" s="404"/>
+      <c r="O424" s="405"/>
+      <c r="P424" s="405"/>
+      <c r="Q424" s="405"/>
+      <c r="R424" s="405"/>
+      <c r="S424" s="406"/>
       <c r="T424" s="208"/>
       <c r="U424" s="155"/>
       <c r="V424" s="161"/>
       <c r="W424" s="161"/>
       <c r="X424" s="161"/>
       <c r="Y424" s="161"/>
       <c r="Z424" s="161"/>
       <c r="AA424" s="161"/>
       <c r="AB424" s="161"/>
       <c r="AC424" s="161"/>
       <c r="AD424" s="161"/>
       <c r="AE424" s="161"/>
       <c r="AF424" s="155"/>
       <c r="AG424" s="155"/>
     </row>
     <row r="425" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A425" s="646"/>
-[...7 lines deleted...]
-      <c r="I425" s="585" t="str">
+      <c r="A425" s="518"/>
+      <c r="B425" s="519"/>
+      <c r="C425" s="519"/>
+      <c r="D425" s="519"/>
+      <c r="E425" s="519"/>
+      <c r="F425" s="519"/>
+      <c r="G425" s="519"/>
+      <c r="H425" s="519"/>
+      <c r="I425" s="622" t="str">
         <f>IF($I$424&lt;&gt;"",IF(OR(ISNUMBER(VALUE(LEFT($I$424,3)))=FALSE,MID($I$424,4,1)&lt;&gt;"/",ISTEXT(IFERROR(VALUE(MID($I$424,5,1)),MID($I$424,5,1)))=FALSE),"Normally in format 123/A45678 or 123/AB45678",""),"")</f>
         <v/>
       </c>
-      <c r="J425" s="586"/>
+      <c r="J425" s="623"/>
       <c r="K425" s="208"/>
       <c r="L425" s="208"/>
       <c r="M425" s="208"/>
-      <c r="N425" s="440"/>
-[...4 lines deleted...]
-      <c r="S425" s="442"/>
+      <c r="N425" s="404"/>
+      <c r="O425" s="405"/>
+      <c r="P425" s="405"/>
+      <c r="Q425" s="405"/>
+      <c r="R425" s="405"/>
+      <c r="S425" s="406"/>
       <c r="T425" s="208"/>
       <c r="U425" s="155"/>
       <c r="V425" s="161"/>
       <c r="W425" s="161"/>
       <c r="X425" s="161"/>
       <c r="Y425" s="161"/>
       <c r="Z425" s="161"/>
       <c r="AA425" s="161"/>
       <c r="AB425" s="161"/>
       <c r="AC425" s="161"/>
       <c r="AD425" s="161"/>
       <c r="AE425" s="161"/>
       <c r="AF425" s="155"/>
       <c r="AG425" s="155"/>
     </row>
     <row r="426" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A426" s="646"/>
-[...8 lines deleted...]
-      <c r="J426" s="586"/>
+      <c r="A426" s="518"/>
+      <c r="B426" s="519"/>
+      <c r="C426" s="519"/>
+      <c r="D426" s="519"/>
+      <c r="E426" s="519"/>
+      <c r="F426" s="519"/>
+      <c r="G426" s="519"/>
+      <c r="H426" s="519"/>
+      <c r="I426" s="622"/>
+      <c r="J426" s="623"/>
       <c r="K426" s="208"/>
       <c r="L426" s="208"/>
       <c r="M426" s="208"/>
-      <c r="N426" s="440"/>
-[...4 lines deleted...]
-      <c r="S426" s="442"/>
+      <c r="N426" s="404"/>
+      <c r="O426" s="405"/>
+      <c r="P426" s="405"/>
+      <c r="Q426" s="405"/>
+      <c r="R426" s="405"/>
+      <c r="S426" s="406"/>
       <c r="T426" s="208"/>
       <c r="U426" s="155"/>
       <c r="V426" s="161"/>
       <c r="W426" s="161"/>
       <c r="X426" s="161"/>
       <c r="Y426" s="161"/>
       <c r="Z426" s="161"/>
       <c r="AA426" s="161"/>
       <c r="AB426" s="161"/>
       <c r="AC426" s="161"/>
       <c r="AD426" s="161"/>
       <c r="AE426" s="161"/>
       <c r="AF426" s="155"/>
       <c r="AG426" s="155"/>
     </row>
     <row r="427" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A427" s="646"/>
-[...8 lines deleted...]
-      <c r="J427" s="586"/>
+      <c r="A427" s="518"/>
+      <c r="B427" s="519"/>
+      <c r="C427" s="519"/>
+      <c r="D427" s="519"/>
+      <c r="E427" s="519"/>
+      <c r="F427" s="519"/>
+      <c r="G427" s="519"/>
+      <c r="H427" s="519"/>
+      <c r="I427" s="622"/>
+      <c r="J427" s="623"/>
       <c r="K427" s="184"/>
       <c r="L427" s="184"/>
       <c r="M427" s="184"/>
-      <c r="N427" s="443"/>
-[...4 lines deleted...]
-      <c r="S427" s="445"/>
+      <c r="N427" s="407"/>
+      <c r="O427" s="408"/>
+      <c r="P427" s="408"/>
+      <c r="Q427" s="408"/>
+      <c r="R427" s="408"/>
+      <c r="S427" s="409"/>
       <c r="T427" s="184"/>
       <c r="U427" s="155"/>
       <c r="V427" s="155"/>
       <c r="W427" s="155"/>
       <c r="X427" s="155"/>
       <c r="Y427" s="155"/>
       <c r="Z427" s="155"/>
       <c r="AA427" s="155"/>
       <c r="AB427" s="155"/>
       <c r="AC427" s="155"/>
       <c r="AD427" s="155"/>
       <c r="AE427" s="155"/>
       <c r="AF427" s="155"/>
       <c r="AG427" s="155"/>
     </row>
     <row r="428" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A428" s="231"/>
       <c r="B428" s="232"/>
       <c r="C428" s="232"/>
       <c r="D428" s="232"/>
       <c r="E428" s="232"/>
       <c r="F428" s="232"/>
       <c r="G428" s="232"/>
       <c r="H428" s="232"/>
       <c r="I428" s="233"/>
@@ -37746,97 +37749,97 @@
       <c r="K428" s="208"/>
       <c r="L428" s="208"/>
       <c r="M428" s="208"/>
       <c r="N428" s="224"/>
       <c r="O428" s="224"/>
       <c r="P428" s="224"/>
       <c r="Q428" s="224"/>
       <c r="R428" s="224"/>
       <c r="S428" s="224"/>
       <c r="T428" s="208"/>
       <c r="U428" s="155"/>
       <c r="V428" s="155"/>
       <c r="W428" s="155"/>
       <c r="X428" s="155"/>
       <c r="Y428" s="155"/>
       <c r="Z428" s="155"/>
       <c r="AA428" s="155"/>
       <c r="AB428" s="155"/>
       <c r="AC428" s="155"/>
       <c r="AD428" s="155"/>
       <c r="AE428" s="155"/>
       <c r="AF428" s="155"/>
       <c r="AG428" s="155"/>
     </row>
     <row r="429" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A429" s="566" t="s">
+      <c r="A429" s="605" t="s">
         <v>440</v>
       </c>
-      <c r="B429" s="567"/>
-[...7 lines deleted...]
-      <c r="J429" s="568"/>
+      <c r="B429" s="606"/>
+      <c r="C429" s="606"/>
+      <c r="D429" s="606"/>
+      <c r="E429" s="606"/>
+      <c r="F429" s="606"/>
+      <c r="G429" s="606"/>
+      <c r="H429" s="606"/>
+      <c r="I429" s="606"/>
+      <c r="J429" s="607"/>
       <c r="K429" s="184"/>
       <c r="L429" s="184"/>
       <c r="M429" s="184"/>
       <c r="N429" s="184"/>
       <c r="O429" s="184"/>
       <c r="P429" s="184"/>
       <c r="Q429" s="184"/>
       <c r="R429" s="184"/>
       <c r="S429" s="184"/>
       <c r="T429" s="184"/>
       <c r="U429" s="155"/>
       <c r="V429" s="155"/>
       <c r="W429" s="155"/>
       <c r="X429" s="155"/>
       <c r="Y429" s="155"/>
       <c r="Z429" s="155"/>
       <c r="AA429" s="155"/>
       <c r="AB429" s="155"/>
       <c r="AC429" s="155"/>
       <c r="AD429" s="155"/>
       <c r="AE429" s="155"/>
       <c r="AF429" s="155"/>
       <c r="AG429" s="155"/>
     </row>
     <row r="430" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A430" s="566"/>
-[...8 lines deleted...]
-      <c r="J430" s="568"/>
+      <c r="A430" s="605"/>
+      <c r="B430" s="606"/>
+      <c r="C430" s="606"/>
+      <c r="D430" s="606"/>
+      <c r="E430" s="606"/>
+      <c r="F430" s="606"/>
+      <c r="G430" s="606"/>
+      <c r="H430" s="606"/>
+      <c r="I430" s="606"/>
+      <c r="J430" s="607"/>
       <c r="K430" s="184"/>
       <c r="L430" s="184"/>
       <c r="M430" s="184"/>
       <c r="N430" s="184"/>
       <c r="O430" s="184"/>
       <c r="P430" s="184"/>
       <c r="Q430" s="184"/>
       <c r="R430" s="184"/>
       <c r="S430" s="184"/>
       <c r="T430" s="184"/>
       <c r="U430" s="155"/>
       <c r="V430" s="155"/>
       <c r="W430" s="155"/>
       <c r="X430" s="155"/>
       <c r="Y430" s="155"/>
       <c r="Z430" s="155"/>
       <c r="AA430" s="155"/>
       <c r="AB430" s="155"/>
       <c r="AC430" s="155"/>
       <c r="AD430" s="155"/>
       <c r="AE430" s="155"/>
       <c r="AF430" s="155"/>
       <c r="AG430" s="155"/>
     </row>
     <row r="431" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
@@ -37903,224 +37906,224 @@
       <c r="Z432" s="155"/>
       <c r="AA432" s="155"/>
       <c r="AB432" s="155"/>
       <c r="AC432" s="155"/>
       <c r="AD432" s="155"/>
       <c r="AE432" s="155"/>
       <c r="AF432" s="155"/>
       <c r="AG432" s="155"/>
     </row>
     <row r="433" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A433" s="83" t="s">
         <v>441</v>
       </c>
       <c r="B433" s="9"/>
       <c r="C433" s="9"/>
       <c r="D433" s="9"/>
       <c r="E433" s="9"/>
       <c r="F433" s="9"/>
       <c r="G433" s="9"/>
       <c r="H433" s="9"/>
       <c r="I433" s="9"/>
       <c r="J433" s="9"/>
       <c r="K433" s="184"/>
       <c r="L433" s="184"/>
       <c r="M433" s="184"/>
-      <c r="N433" s="437"/>
-[...4 lines deleted...]
-      <c r="S433" s="439"/>
+      <c r="N433" s="401"/>
+      <c r="O433" s="402"/>
+      <c r="P433" s="402"/>
+      <c r="Q433" s="402"/>
+      <c r="R433" s="402"/>
+      <c r="S433" s="403"/>
       <c r="T433" s="184"/>
       <c r="U433" s="155"/>
       <c r="V433" s="155"/>
       <c r="W433" s="155"/>
       <c r="X433" s="155"/>
       <c r="Y433" s="155"/>
       <c r="Z433" s="155"/>
       <c r="AA433" s="155"/>
       <c r="AB433" s="155"/>
       <c r="AC433" s="155"/>
       <c r="AD433" s="155"/>
       <c r="AE433" s="155"/>
       <c r="AF433" s="155"/>
       <c r="AG433" s="155"/>
     </row>
     <row r="434" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A434" s="9"/>
-      <c r="B434" s="572" t="s">
+      <c r="B434" s="579" t="s">
         <v>445</v>
       </c>
-      <c r="C434" s="572"/>
-      <c r="D434" s="572" t="s">
+      <c r="C434" s="579"/>
+      <c r="D434" s="579" t="s">
         <v>446</v>
       </c>
-      <c r="E434" s="572"/>
+      <c r="E434" s="579"/>
       <c r="F434" s="117" t="s">
         <v>447</v>
       </c>
       <c r="G434" s="118" t="s">
         <v>449</v>
       </c>
       <c r="H434" s="118"/>
       <c r="I434" s="117" t="s">
         <v>448</v>
       </c>
       <c r="J434" s="9"/>
       <c r="K434" s="184"/>
       <c r="L434" s="184"/>
       <c r="M434" s="184"/>
-      <c r="N434" s="440"/>
-[...4 lines deleted...]
-      <c r="S434" s="442"/>
+      <c r="N434" s="404"/>
+      <c r="O434" s="405"/>
+      <c r="P434" s="405"/>
+      <c r="Q434" s="405"/>
+      <c r="R434" s="405"/>
+      <c r="S434" s="406"/>
       <c r="T434" s="184"/>
       <c r="U434" s="155"/>
-      <c r="V434" s="560"/>
-[...8 lines deleted...]
-      <c r="AE434" s="560"/>
+      <c r="V434" s="575"/>
+      <c r="W434" s="575"/>
+      <c r="X434" s="575"/>
+      <c r="Y434" s="575"/>
+      <c r="Z434" s="575"/>
+      <c r="AA434" s="575"/>
+      <c r="AB434" s="575"/>
+      <c r="AC434" s="575"/>
+      <c r="AD434" s="575"/>
+      <c r="AE434" s="575"/>
       <c r="AF434" s="155"/>
       <c r="AG434" s="155"/>
     </row>
     <row r="435" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A435" s="2"/>
-      <c r="B435" s="569"/>
-[...1 lines deleted...]
-      <c r="D435" s="571">
+      <c r="B435" s="608"/>
+      <c r="C435" s="609"/>
+      <c r="D435" s="610">
         <v>85210</v>
       </c>
-      <c r="E435" s="571"/>
+      <c r="E435" s="610"/>
       <c r="F435" s="73" t="s">
         <v>444</v>
       </c>
-      <c r="G435" s="570" t="s">
+      <c r="G435" s="609" t="s">
         <v>469</v>
       </c>
-      <c r="H435" s="570"/>
+      <c r="H435" s="609"/>
       <c r="I435" s="74">
         <v>10</v>
       </c>
       <c r="J435" s="9"/>
       <c r="K435" s="184"/>
       <c r="L435" s="184"/>
       <c r="M435" s="187"/>
-      <c r="N435" s="440"/>
-[...4 lines deleted...]
-      <c r="S435" s="442"/>
+      <c r="N435" s="404"/>
+      <c r="O435" s="405"/>
+      <c r="P435" s="405"/>
+      <c r="Q435" s="405"/>
+      <c r="R435" s="405"/>
+      <c r="S435" s="406"/>
       <c r="T435" s="184"/>
       <c r="U435" s="155"/>
-      <c r="V435" s="560"/>
-[...8 lines deleted...]
-      <c r="AE435" s="560"/>
+      <c r="V435" s="575"/>
+      <c r="W435" s="575"/>
+      <c r="X435" s="575"/>
+      <c r="Y435" s="575"/>
+      <c r="Z435" s="575"/>
+      <c r="AA435" s="575"/>
+      <c r="AB435" s="575"/>
+      <c r="AC435" s="575"/>
+      <c r="AD435" s="575"/>
+      <c r="AE435" s="575"/>
       <c r="AF435" s="155"/>
       <c r="AG435" s="155"/>
     </row>
     <row r="436" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A436" s="9"/>
-      <c r="B436" s="620" t="s">
+      <c r="B436" s="540" t="s">
         <v>450</v>
       </c>
-      <c r="C436" s="620"/>
+      <c r="C436" s="540"/>
       <c r="D436" s="9"/>
       <c r="E436" s="9"/>
       <c r="F436" s="9"/>
-      <c r="G436" s="591" t="s">
+      <c r="G436" s="571" t="s">
         <v>451</v>
       </c>
-      <c r="H436" s="591"/>
+      <c r="H436" s="571"/>
       <c r="I436" s="9"/>
       <c r="J436" s="9"/>
       <c r="K436" s="184"/>
       <c r="L436" s="184"/>
       <c r="M436" s="184"/>
-      <c r="N436" s="440"/>
-[...4 lines deleted...]
-      <c r="S436" s="442"/>
+      <c r="N436" s="404"/>
+      <c r="O436" s="405"/>
+      <c r="P436" s="405"/>
+      <c r="Q436" s="405"/>
+      <c r="R436" s="405"/>
+      <c r="S436" s="406"/>
       <c r="T436" s="184"/>
       <c r="U436" s="155"/>
       <c r="V436" s="155"/>
       <c r="W436" s="155"/>
       <c r="X436" s="155"/>
       <c r="Y436" s="155"/>
       <c r="Z436" s="155"/>
       <c r="AA436" s="155"/>
       <c r="AB436" s="155"/>
       <c r="AC436" s="155"/>
       <c r="AD436" s="155"/>
       <c r="AE436" s="155"/>
       <c r="AF436" s="155"/>
       <c r="AG436" s="155"/>
     </row>
     <row r="437" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A437" s="9"/>
       <c r="B437" s="122" t="str">
         <f>CONCATENATE(IF(LEN($B$435)&lt;&gt;6,"must be 6 characters",""),IF(ISNUMBER(FIND("999",$B$435))," / can't use 999 code ! ",""))</f>
         <v>must be 6 characters</v>
       </c>
       <c r="C437" s="2"/>
       <c r="D437" s="99"/>
       <c r="E437" s="9"/>
       <c r="F437" s="9"/>
       <c r="G437" s="99" t="str">
         <f>IF(LEN($G$435)&lt;&gt;5,"must be 5 characters","")</f>
         <v/>
       </c>
       <c r="H437" s="9"/>
       <c r="I437" s="9"/>
       <c r="J437" s="9"/>
       <c r="K437" s="184"/>
       <c r="L437" s="184"/>
       <c r="M437" s="184"/>
-      <c r="N437" s="443"/>
-[...4 lines deleted...]
-      <c r="S437" s="445"/>
+      <c r="N437" s="407"/>
+      <c r="O437" s="408"/>
+      <c r="P437" s="408"/>
+      <c r="Q437" s="408"/>
+      <c r="R437" s="408"/>
+      <c r="S437" s="409"/>
       <c r="T437" s="184"/>
       <c r="U437" s="155"/>
       <c r="V437" s="155"/>
       <c r="W437" s="155"/>
       <c r="X437" s="155"/>
       <c r="Y437" s="155"/>
       <c r="Z437" s="155"/>
       <c r="AA437" s="155"/>
       <c r="AB437" s="155"/>
       <c r="AC437" s="155"/>
       <c r="AD437" s="155"/>
       <c r="AE437" s="155"/>
       <c r="AF437" s="155"/>
       <c r="AG437" s="155"/>
     </row>
     <row r="438" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A438" s="9"/>
       <c r="B438" s="9"/>
       <c r="C438" s="9"/>
       <c r="D438" s="9"/>
       <c r="E438" s="9"/>
       <c r="F438" s="9"/>
       <c r="G438" s="9"/>
       <c r="H438" s="9"/>
       <c r="I438" s="9"/>
@@ -38128,239 +38131,239 @@
       <c r="K438" s="184"/>
       <c r="L438" s="184"/>
       <c r="M438" s="184"/>
       <c r="N438" s="184"/>
       <c r="O438" s="184"/>
       <c r="P438" s="184"/>
       <c r="Q438" s="184"/>
       <c r="R438" s="184"/>
       <c r="S438" s="184"/>
       <c r="T438" s="184"/>
       <c r="U438" s="155"/>
       <c r="V438" s="162"/>
       <c r="W438" s="155"/>
       <c r="X438" s="155"/>
       <c r="Y438" s="155"/>
       <c r="Z438" s="155"/>
       <c r="AA438" s="155"/>
       <c r="AB438" s="155"/>
       <c r="AC438" s="155"/>
       <c r="AD438" s="155"/>
       <c r="AE438" s="155"/>
       <c r="AF438" s="155"/>
       <c r="AG438" s="155"/>
     </row>
     <row r="439" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A439" s="601" t="s">
-[...10 lines deleted...]
-      <c r="J439" s="603"/>
+      <c r="A439" s="591" t="s">
+        <v>886</v>
+      </c>
+      <c r="B439" s="592"/>
+      <c r="C439" s="592"/>
+      <c r="D439" s="592"/>
+      <c r="E439" s="592"/>
+      <c r="F439" s="592"/>
+      <c r="G439" s="592"/>
+      <c r="H439" s="592"/>
+      <c r="I439" s="592"/>
+      <c r="J439" s="593"/>
       <c r="K439" s="184"/>
       <c r="L439" s="184"/>
       <c r="M439" s="184"/>
       <c r="N439" s="184"/>
       <c r="O439" s="184"/>
       <c r="P439" s="184"/>
       <c r="Q439" s="184"/>
       <c r="R439" s="184"/>
       <c r="S439" s="184"/>
       <c r="T439" s="184"/>
       <c r="U439" s="155"/>
       <c r="V439" s="155"/>
       <c r="W439" s="155"/>
       <c r="X439" s="155"/>
       <c r="Y439" s="155"/>
       <c r="Z439" s="155"/>
       <c r="AA439" s="155"/>
       <c r="AB439" s="155"/>
       <c r="AC439" s="155"/>
       <c r="AD439" s="155"/>
       <c r="AE439" s="155"/>
       <c r="AF439" s="155"/>
       <c r="AG439" s="155"/>
     </row>
     <row r="440" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A440" s="604"/>
-[...8 lines deleted...]
-      <c r="J440" s="606"/>
+      <c r="A440" s="594"/>
+      <c r="B440" s="595"/>
+      <c r="C440" s="595"/>
+      <c r="D440" s="595"/>
+      <c r="E440" s="595"/>
+      <c r="F440" s="595"/>
+      <c r="G440" s="595"/>
+      <c r="H440" s="595"/>
+      <c r="I440" s="595"/>
+      <c r="J440" s="596"/>
       <c r="K440" s="184"/>
       <c r="L440" s="184"/>
       <c r="M440" s="184"/>
       <c r="N440" s="184"/>
       <c r="O440" s="184"/>
       <c r="P440" s="184"/>
       <c r="Q440" s="184"/>
       <c r="R440" s="184"/>
       <c r="S440" s="184"/>
       <c r="T440" s="184"/>
       <c r="U440" s="155"/>
       <c r="V440" s="155"/>
       <c r="W440" s="155"/>
       <c r="X440" s="155"/>
       <c r="Y440" s="155"/>
       <c r="Z440" s="155"/>
       <c r="AA440" s="155"/>
       <c r="AB440" s="155"/>
       <c r="AC440" s="155"/>
       <c r="AD440" s="155"/>
       <c r="AE440" s="155"/>
       <c r="AF440" s="155"/>
       <c r="AG440" s="155"/>
     </row>
     <row r="441" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A441" s="607"/>
-[...8 lines deleted...]
-      <c r="J441" s="609"/>
+      <c r="A441" s="597"/>
+      <c r="B441" s="598"/>
+      <c r="C441" s="598"/>
+      <c r="D441" s="598"/>
+      <c r="E441" s="598"/>
+      <c r="F441" s="598"/>
+      <c r="G441" s="598"/>
+      <c r="H441" s="598"/>
+      <c r="I441" s="598"/>
+      <c r="J441" s="599"/>
       <c r="K441" s="184"/>
       <c r="L441" s="184"/>
       <c r="M441" s="184"/>
       <c r="N441" s="184"/>
       <c r="O441" s="184"/>
       <c r="P441" s="184"/>
       <c r="Q441" s="184"/>
       <c r="R441" s="184"/>
       <c r="S441" s="184"/>
       <c r="T441" s="184"/>
       <c r="U441" s="155"/>
       <c r="V441" s="155"/>
       <c r="W441" s="155"/>
       <c r="X441" s="155"/>
       <c r="Y441" s="155"/>
       <c r="Z441" s="155"/>
       <c r="AA441" s="155"/>
       <c r="AB441" s="155"/>
       <c r="AC441" s="155"/>
       <c r="AD441" s="155"/>
       <c r="AE441" s="155"/>
       <c r="AF441" s="155"/>
       <c r="AG441" s="155"/>
     </row>
     <row r="442" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A442" s="592" t="s">
+      <c r="A442" s="582" t="s">
         <v>459</v>
       </c>
-      <c r="B442" s="593"/>
-[...7 lines deleted...]
-      <c r="J442" s="594"/>
+      <c r="B442" s="583"/>
+      <c r="C442" s="583"/>
+      <c r="D442" s="583"/>
+      <c r="E442" s="583"/>
+      <c r="F442" s="583"/>
+      <c r="G442" s="583"/>
+      <c r="H442" s="583"/>
+      <c r="I442" s="583"/>
+      <c r="J442" s="584"/>
       <c r="K442" s="184"/>
       <c r="L442" s="184"/>
       <c r="M442" s="184"/>
       <c r="N442" s="184"/>
       <c r="O442" s="184"/>
       <c r="P442" s="184"/>
       <c r="Q442" s="184"/>
       <c r="R442" s="184"/>
       <c r="S442" s="184"/>
       <c r="T442" s="184"/>
       <c r="U442" s="155"/>
       <c r="V442" s="155"/>
       <c r="W442" s="155"/>
       <c r="X442" s="155"/>
       <c r="Y442" s="155"/>
       <c r="Z442" s="155"/>
       <c r="AA442" s="155"/>
       <c r="AB442" s="155"/>
       <c r="AC442" s="155"/>
       <c r="AD442" s="155"/>
       <c r="AE442" s="155"/>
       <c r="AF442" s="155"/>
       <c r="AG442" s="155"/>
     </row>
     <row r="443" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A443" s="595"/>
-[...8 lines deleted...]
-      <c r="J443" s="597"/>
+      <c r="A443" s="585"/>
+      <c r="B443" s="586"/>
+      <c r="C443" s="586"/>
+      <c r="D443" s="586"/>
+      <c r="E443" s="586"/>
+      <c r="F443" s="586"/>
+      <c r="G443" s="586"/>
+      <c r="H443" s="586"/>
+      <c r="I443" s="586"/>
+      <c r="J443" s="587"/>
       <c r="K443" s="184"/>
       <c r="L443" s="184"/>
       <c r="M443" s="184"/>
       <c r="N443" s="184"/>
       <c r="O443" s="184"/>
       <c r="P443" s="184"/>
       <c r="Q443" s="184"/>
       <c r="R443" s="184"/>
       <c r="S443" s="184"/>
       <c r="T443" s="184"/>
       <c r="U443" s="155"/>
       <c r="V443" s="155"/>
       <c r="W443" s="155"/>
       <c r="X443" s="155"/>
       <c r="Y443" s="155"/>
       <c r="Z443" s="155"/>
       <c r="AA443" s="155"/>
       <c r="AB443" s="155"/>
       <c r="AC443" s="155"/>
       <c r="AD443" s="155"/>
       <c r="AE443" s="155"/>
       <c r="AF443" s="155"/>
       <c r="AG443" s="155"/>
     </row>
     <row r="444" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="A444" s="598"/>
-[...8 lines deleted...]
-      <c r="J444" s="600"/>
+      <c r="A444" s="588"/>
+      <c r="B444" s="589"/>
+      <c r="C444" s="589"/>
+      <c r="D444" s="589"/>
+      <c r="E444" s="589"/>
+      <c r="F444" s="589"/>
+      <c r="G444" s="589"/>
+      <c r="H444" s="589"/>
+      <c r="I444" s="589"/>
+      <c r="J444" s="590"/>
       <c r="K444" s="184"/>
       <c r="L444" s="184"/>
       <c r="M444" s="184"/>
       <c r="N444" s="184"/>
       <c r="O444" s="184"/>
       <c r="P444" s="184"/>
       <c r="Q444" s="184"/>
       <c r="R444" s="184"/>
       <c r="S444" s="184"/>
       <c r="T444" s="184"/>
       <c r="U444" s="155"/>
       <c r="V444" s="155"/>
       <c r="W444" s="155"/>
       <c r="X444" s="155"/>
       <c r="Y444" s="155"/>
       <c r="Z444" s="155"/>
       <c r="AA444" s="155"/>
       <c r="AB444" s="155"/>
       <c r="AC444" s="155"/>
       <c r="AD444" s="155"/>
       <c r="AE444" s="155"/>
       <c r="AF444" s="155"/>
       <c r="AG444" s="155"/>
     </row>
     <row r="445" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
@@ -38382,289 +38385,289 @@
       <c r="P445" s="184"/>
       <c r="Q445" s="184"/>
       <c r="R445" s="184"/>
       <c r="S445" s="184"/>
       <c r="T445" s="184"/>
       <c r="U445" s="155"/>
       <c r="V445" s="155"/>
       <c r="W445" s="155"/>
       <c r="X445" s="155"/>
       <c r="Y445" s="155"/>
       <c r="Z445" s="155"/>
       <c r="AA445" s="155"/>
       <c r="AB445" s="155"/>
       <c r="AC445" s="155"/>
       <c r="AD445" s="155"/>
       <c r="AE445" s="155"/>
       <c r="AF445" s="155"/>
       <c r="AG445" s="155"/>
     </row>
     <row r="446" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A446" s="9"/>
       <c r="B446" s="114"/>
       <c r="C446" s="114" t="s">
         <v>456</v>
       </c>
-      <c r="D446" s="458"/>
-[...4 lines deleted...]
-      <c r="I446" s="460"/>
+      <c r="D446" s="541"/>
+      <c r="E446" s="542"/>
+      <c r="F446" s="542"/>
+      <c r="G446" s="542"/>
+      <c r="H446" s="542"/>
+      <c r="I446" s="543"/>
       <c r="J446" s="9"/>
       <c r="K446" s="184"/>
       <c r="L446" s="184"/>
       <c r="M446" s="184"/>
-      <c r="N446" s="437"/>
-[...4 lines deleted...]
-      <c r="S446" s="439"/>
+      <c r="N446" s="401"/>
+      <c r="O446" s="402"/>
+      <c r="P446" s="402"/>
+      <c r="Q446" s="402"/>
+      <c r="R446" s="402"/>
+      <c r="S446" s="403"/>
       <c r="T446" s="184"/>
       <c r="U446" s="155"/>
       <c r="V446" s="155"/>
       <c r="W446" s="155"/>
       <c r="X446" s="155"/>
       <c r="Y446" s="155"/>
       <c r="Z446" s="155"/>
       <c r="AA446" s="155"/>
       <c r="AB446" s="155"/>
       <c r="AC446" s="155"/>
       <c r="AD446" s="155"/>
       <c r="AE446" s="155"/>
       <c r="AF446" s="155"/>
       <c r="AG446" s="155"/>
     </row>
     <row r="447" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A447" s="9"/>
       <c r="B447" s="114"/>
       <c r="C447" s="114" t="s">
         <v>452</v>
       </c>
-      <c r="D447" s="458"/>
-[...4 lines deleted...]
-      <c r="I447" s="460"/>
+      <c r="D447" s="541"/>
+      <c r="E447" s="542"/>
+      <c r="F447" s="542"/>
+      <c r="G447" s="542"/>
+      <c r="H447" s="542"/>
+      <c r="I447" s="543"/>
       <c r="J447" s="9"/>
       <c r="K447" s="184"/>
       <c r="L447" s="184"/>
       <c r="M447" s="184"/>
-      <c r="N447" s="440"/>
-[...4 lines deleted...]
-      <c r="S447" s="442"/>
+      <c r="N447" s="404"/>
+      <c r="O447" s="405"/>
+      <c r="P447" s="405"/>
+      <c r="Q447" s="405"/>
+      <c r="R447" s="405"/>
+      <c r="S447" s="406"/>
       <c r="T447" s="184"/>
       <c r="U447" s="155"/>
       <c r="V447" s="155"/>
       <c r="W447" s="155"/>
       <c r="X447" s="155"/>
       <c r="Y447" s="155"/>
       <c r="Z447" s="155"/>
       <c r="AA447" s="155"/>
       <c r="AB447" s="155"/>
       <c r="AC447" s="155"/>
       <c r="AD447" s="155"/>
       <c r="AE447" s="155"/>
       <c r="AF447" s="155"/>
       <c r="AG447" s="155"/>
     </row>
     <row r="448" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A448" s="9"/>
       <c r="B448" s="114"/>
       <c r="C448" s="114" t="s">
-        <v>851</v>
-[...6 lines deleted...]
-      <c r="I448" s="427"/>
+        <v>850</v>
+      </c>
+      <c r="D448" s="572"/>
+      <c r="E448" s="573"/>
+      <c r="F448" s="573"/>
+      <c r="G448" s="573"/>
+      <c r="H448" s="573"/>
+      <c r="I448" s="574"/>
       <c r="J448" s="9"/>
       <c r="K448" s="184"/>
       <c r="L448" s="188"/>
       <c r="M448" s="184"/>
-      <c r="N448" s="440"/>
-[...4 lines deleted...]
-      <c r="S448" s="442"/>
+      <c r="N448" s="404"/>
+      <c r="O448" s="405"/>
+      <c r="P448" s="405"/>
+      <c r="Q448" s="405"/>
+      <c r="R448" s="405"/>
+      <c r="S448" s="406"/>
       <c r="T448" s="184"/>
       <c r="U448" s="155"/>
       <c r="V448" s="155"/>
       <c r="W448" s="155"/>
       <c r="X448" s="155"/>
       <c r="Y448" s="155"/>
       <c r="Z448" s="155"/>
       <c r="AA448" s="155"/>
       <c r="AB448" s="155"/>
       <c r="AC448" s="155"/>
       <c r="AD448" s="155"/>
       <c r="AE448" s="155"/>
       <c r="AF448" s="155"/>
       <c r="AG448" s="155"/>
     </row>
     <row r="449" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A449" s="9"/>
       <c r="B449" s="114"/>
       <c r="C449" s="114" t="s">
         <v>457</v>
       </c>
-      <c r="D449" s="458"/>
-[...4 lines deleted...]
-      <c r="I449" s="460"/>
+      <c r="D449" s="541"/>
+      <c r="E449" s="542"/>
+      <c r="F449" s="542"/>
+      <c r="G449" s="542"/>
+      <c r="H449" s="542"/>
+      <c r="I449" s="543"/>
       <c r="J449" s="9"/>
       <c r="K449" s="184"/>
       <c r="L449" s="188"/>
       <c r="M449" s="184"/>
-      <c r="N449" s="440"/>
-[...4 lines deleted...]
-      <c r="S449" s="442"/>
+      <c r="N449" s="404"/>
+      <c r="O449" s="405"/>
+      <c r="P449" s="405"/>
+      <c r="Q449" s="405"/>
+      <c r="R449" s="405"/>
+      <c r="S449" s="406"/>
       <c r="T449" s="184"/>
       <c r="U449" s="155"/>
       <c r="V449" s="155"/>
       <c r="W449" s="155"/>
       <c r="X449" s="155"/>
       <c r="Y449" s="155"/>
       <c r="Z449" s="155"/>
       <c r="AA449" s="155"/>
       <c r="AB449" s="155"/>
       <c r="AC449" s="155"/>
       <c r="AD449" s="155"/>
       <c r="AE449" s="155"/>
       <c r="AF449" s="155"/>
       <c r="AG449" s="155"/>
     </row>
     <row r="450" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A450" s="9"/>
       <c r="B450" s="114"/>
       <c r="C450" s="114" t="s">
         <v>454</v>
       </c>
-      <c r="D450" s="458"/>
-[...4 lines deleted...]
-      <c r="I450" s="460"/>
+      <c r="D450" s="541"/>
+      <c r="E450" s="542"/>
+      <c r="F450" s="542"/>
+      <c r="G450" s="542"/>
+      <c r="H450" s="542"/>
+      <c r="I450" s="543"/>
       <c r="J450" s="9"/>
       <c r="K450" s="184"/>
       <c r="L450" s="184"/>
       <c r="M450" s="184"/>
-      <c r="N450" s="440"/>
-[...4 lines deleted...]
-      <c r="S450" s="442"/>
+      <c r="N450" s="404"/>
+      <c r="O450" s="405"/>
+      <c r="P450" s="405"/>
+      <c r="Q450" s="405"/>
+      <c r="R450" s="405"/>
+      <c r="S450" s="406"/>
       <c r="T450" s="184"/>
       <c r="U450" s="155"/>
       <c r="V450" s="155"/>
       <c r="W450" s="155"/>
       <c r="X450" s="155"/>
       <c r="Y450" s="155"/>
       <c r="Z450" s="155"/>
       <c r="AA450" s="155"/>
       <c r="AB450" s="155"/>
       <c r="AC450" s="155"/>
       <c r="AD450" s="155"/>
       <c r="AE450" s="155"/>
       <c r="AF450" s="155"/>
       <c r="AG450" s="155"/>
     </row>
     <row r="451" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A451" s="9"/>
       <c r="B451" s="114"/>
       <c r="C451" s="114" t="s">
         <v>455</v>
       </c>
-      <c r="D451" s="489"/>
-[...4 lines deleted...]
-      <c r="I451" s="460"/>
+      <c r="D451" s="581"/>
+      <c r="E451" s="542"/>
+      <c r="F451" s="542"/>
+      <c r="G451" s="542"/>
+      <c r="H451" s="542"/>
+      <c r="I451" s="543"/>
       <c r="J451" s="9"/>
       <c r="K451" s="184"/>
       <c r="L451" s="184"/>
       <c r="M451" s="184"/>
-      <c r="N451" s="440"/>
-[...4 lines deleted...]
-      <c r="S451" s="442"/>
+      <c r="N451" s="404"/>
+      <c r="O451" s="405"/>
+      <c r="P451" s="405"/>
+      <c r="Q451" s="405"/>
+      <c r="R451" s="405"/>
+      <c r="S451" s="406"/>
       <c r="T451" s="184"/>
       <c r="U451" s="155"/>
       <c r="V451" s="155"/>
       <c r="W451" s="155"/>
       <c r="X451" s="155"/>
       <c r="Y451" s="155"/>
       <c r="Z451" s="155"/>
       <c r="AA451" s="155"/>
       <c r="AB451" s="155"/>
       <c r="AC451" s="155"/>
       <c r="AD451" s="155"/>
       <c r="AE451" s="155"/>
       <c r="AF451" s="155"/>
       <c r="AG451" s="155"/>
     </row>
     <row r="452" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A452" s="9"/>
       <c r="B452" s="9"/>
       <c r="C452" s="9"/>
-      <c r="D452" s="532" t="str">
+      <c r="D452" s="580" t="str">
         <f>IF($D$451&lt;&gt;"",IF(OR(LEFT($D$451,1)=" ",RIGHT($D$451,1)=" "),"Please remove space at beginning or end of email address",IF(RIGHT($D$451,9)&lt;&gt;".ox.ac.uk","Please list Oxford email address","")),"")</f>
         <v/>
       </c>
-      <c r="E452" s="532"/>
-[...3 lines deleted...]
-      <c r="I452" s="532"/>
+      <c r="E452" s="580"/>
+      <c r="F452" s="580"/>
+      <c r="G452" s="580"/>
+      <c r="H452" s="580"/>
+      <c r="I452" s="580"/>
       <c r="J452" s="9"/>
       <c r="K452" s="184"/>
       <c r="L452" s="184"/>
       <c r="M452" s="184"/>
-      <c r="N452" s="443"/>
-[...4 lines deleted...]
-      <c r="S452" s="445"/>
+      <c r="N452" s="407"/>
+      <c r="O452" s="408"/>
+      <c r="P452" s="408"/>
+      <c r="Q452" s="408"/>
+      <c r="R452" s="408"/>
+      <c r="S452" s="409"/>
       <c r="T452" s="184"/>
       <c r="U452" s="155"/>
       <c r="V452" s="162"/>
       <c r="W452" s="155"/>
       <c r="X452" s="155"/>
       <c r="Y452" s="155"/>
       <c r="Z452" s="155"/>
       <c r="AA452" s="155"/>
       <c r="AB452" s="155"/>
       <c r="AC452" s="155"/>
       <c r="AD452" s="155"/>
       <c r="AE452" s="155"/>
       <c r="AF452" s="155"/>
       <c r="AG452" s="155"/>
     </row>
     <row r="453" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A453" s="108" t="s">
         <v>460</v>
       </c>
       <c r="B453" s="9"/>
       <c r="C453" s="9"/>
       <c r="D453" s="9"/>
       <c r="E453" s="9"/>
       <c r="F453" s="9"/>
       <c r="G453" s="9"/>
@@ -38783,57 +38786,57 @@
       <c r="K456" s="184"/>
       <c r="L456" s="184"/>
       <c r="M456" s="184"/>
       <c r="N456" s="184"/>
       <c r="O456" s="184"/>
       <c r="P456" s="184"/>
       <c r="Q456" s="184"/>
       <c r="R456" s="184"/>
       <c r="S456" s="184"/>
       <c r="T456" s="184"/>
       <c r="U456" s="155"/>
       <c r="V456" s="155"/>
       <c r="W456" s="155"/>
       <c r="X456" s="155"/>
       <c r="Y456" s="155"/>
       <c r="Z456" s="155"/>
       <c r="AA456" s="155"/>
       <c r="AB456" s="155"/>
       <c r="AC456" s="155"/>
       <c r="AD456" s="155"/>
       <c r="AE456" s="155"/>
       <c r="AF456" s="155"/>
       <c r="AG456" s="155"/>
     </row>
     <row r="457" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A457" s="434" t="s">
-[...5 lines deleted...]
-      <c r="E457" s="434"/>
+      <c r="A457" s="483" t="s">
+        <v>859</v>
+      </c>
+      <c r="B457" s="483"/>
+      <c r="C457" s="483"/>
+      <c r="D457" s="483"/>
+      <c r="E457" s="483"/>
       <c r="F457" s="9"/>
       <c r="G457" s="9"/>
       <c r="H457" s="103"/>
       <c r="I457" s="103"/>
       <c r="J457" s="103"/>
       <c r="K457" s="184"/>
       <c r="L457" s="184"/>
       <c r="M457" s="184"/>
       <c r="N457" s="184"/>
       <c r="O457" s="184"/>
       <c r="P457" s="184"/>
       <c r="Q457" s="184"/>
       <c r="R457" s="184"/>
       <c r="S457" s="184"/>
       <c r="T457" s="184"/>
       <c r="U457" s="155"/>
       <c r="V457" s="155"/>
       <c r="W457" s="155"/>
       <c r="X457" s="155"/>
       <c r="Y457" s="155"/>
       <c r="Z457" s="155"/>
       <c r="AA457" s="155"/>
       <c r="AB457" s="155"/>
       <c r="AC457" s="155"/>
       <c r="AD457" s="155"/>
@@ -38855,671 +38858,671 @@
       <c r="K458" s="184"/>
       <c r="L458" s="184"/>
       <c r="M458" s="184"/>
       <c r="N458" s="184"/>
       <c r="O458" s="184"/>
       <c r="P458" s="184"/>
       <c r="Q458" s="184"/>
       <c r="R458" s="184"/>
       <c r="S458" s="184"/>
       <c r="T458" s="184"/>
       <c r="U458" s="155"/>
       <c r="V458" s="155"/>
       <c r="W458" s="155"/>
       <c r="X458" s="155"/>
       <c r="Y458" s="155"/>
       <c r="Z458" s="155"/>
       <c r="AA458" s="155"/>
       <c r="AB458" s="155"/>
       <c r="AC458" s="155"/>
       <c r="AD458" s="155"/>
       <c r="AE458" s="155"/>
       <c r="AF458" s="155"/>
       <c r="AG458" s="155"/>
     </row>
     <row r="459" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A459" s="634" t="s">
-[...10 lines deleted...]
-      <c r="H459" s="434"/>
+      <c r="A459" s="477" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B459" s="485"/>
+      <c r="C459" s="485"/>
+      <c r="D459" s="485"/>
+      <c r="E459" s="483" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F459" s="483"/>
+      <c r="G459" s="483"/>
+      <c r="H459" s="483"/>
       <c r="I459" s="9"/>
       <c r="J459" s="9"/>
       <c r="K459" s="184"/>
       <c r="L459" s="184"/>
       <c r="M459" s="184"/>
       <c r="N459" s="184"/>
       <c r="O459" s="184"/>
       <c r="P459" s="184"/>
       <c r="Q459" s="184"/>
       <c r="R459" s="184"/>
       <c r="S459" s="184"/>
       <c r="T459" s="184"/>
       <c r="U459" s="155"/>
       <c r="V459" s="155"/>
       <c r="W459" s="155"/>
       <c r="X459" s="155"/>
       <c r="Y459" s="155"/>
       <c r="Z459" s="155"/>
       <c r="AA459" s="155"/>
       <c r="AB459" s="155"/>
       <c r="AC459" s="155"/>
       <c r="AD459" s="155"/>
       <c r="AE459" s="155"/>
       <c r="AF459" s="155"/>
       <c r="AG459" s="155"/>
     </row>
     <row r="460" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A460" s="633" t="s">
-[...10 lines deleted...]
-      <c r="H460" s="632"/>
+      <c r="A460" s="485" t="s">
+        <v>949</v>
+      </c>
+      <c r="B460" s="485"/>
+      <c r="C460" s="485"/>
+      <c r="D460" s="485"/>
+      <c r="E460" s="562" t="s">
+        <v>996</v>
+      </c>
+      <c r="F460" s="562"/>
+      <c r="G460" s="562"/>
+      <c r="H460" s="562"/>
       <c r="I460" s="9"/>
       <c r="J460" s="9"/>
       <c r="K460" s="184"/>
       <c r="L460" s="184"/>
       <c r="M460" s="184"/>
       <c r="N460" s="184"/>
       <c r="O460" s="184"/>
       <c r="P460" s="184"/>
       <c r="Q460" s="184"/>
       <c r="R460" s="184"/>
       <c r="S460" s="184"/>
       <c r="T460" s="184"/>
       <c r="U460" s="155"/>
       <c r="V460" s="155"/>
       <c r="W460" s="155"/>
       <c r="X460" s="155"/>
       <c r="Y460" s="155"/>
       <c r="Z460" s="155"/>
       <c r="AA460" s="155"/>
       <c r="AB460" s="155"/>
       <c r="AC460" s="155"/>
       <c r="AD460" s="155"/>
       <c r="AE460" s="155"/>
       <c r="AF460" s="155"/>
       <c r="AG460" s="155"/>
     </row>
     <row r="461" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A461" s="633" t="s">
-[...10 lines deleted...]
-      <c r="H461" s="434"/>
+      <c r="A461" s="485" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B461" s="485"/>
+      <c r="C461" s="485"/>
+      <c r="D461" s="485"/>
+      <c r="E461" s="483" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F461" s="483"/>
+      <c r="G461" s="483"/>
+      <c r="H461" s="483"/>
       <c r="I461" s="9"/>
       <c r="J461" s="9"/>
       <c r="K461" s="208"/>
       <c r="L461" s="208"/>
       <c r="M461" s="208"/>
       <c r="N461" s="208"/>
       <c r="O461" s="208"/>
       <c r="P461" s="208"/>
       <c r="Q461" s="208"/>
       <c r="R461" s="208"/>
       <c r="S461" s="208"/>
       <c r="T461" s="208"/>
       <c r="U461" s="155"/>
       <c r="V461" s="155"/>
       <c r="W461" s="155"/>
       <c r="X461" s="155"/>
       <c r="Y461" s="155"/>
       <c r="Z461" s="155"/>
       <c r="AA461" s="155"/>
       <c r="AB461" s="155"/>
       <c r="AC461" s="155"/>
       <c r="AD461" s="155"/>
       <c r="AE461" s="155"/>
       <c r="AF461" s="155"/>
       <c r="AG461" s="155"/>
     </row>
     <row r="462" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A462" s="204" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="B462" s="9"/>
       <c r="C462" s="9"/>
       <c r="D462" s="9"/>
       <c r="E462" s="9"/>
       <c r="F462" s="9"/>
       <c r="G462" s="9"/>
       <c r="H462" s="9"/>
       <c r="I462" s="9"/>
       <c r="J462" s="9"/>
       <c r="K462" s="184"/>
       <c r="L462" s="184"/>
       <c r="M462" s="184"/>
       <c r="N462" s="184"/>
       <c r="O462" s="184"/>
       <c r="P462" s="184"/>
       <c r="Q462" s="184"/>
       <c r="R462" s="184"/>
       <c r="S462" s="184"/>
       <c r="T462" s="184"/>
       <c r="U462" s="155"/>
       <c r="V462" s="155"/>
       <c r="W462" s="155"/>
       <c r="X462" s="155"/>
       <c r="Y462" s="155"/>
       <c r="Z462" s="155"/>
       <c r="AA462" s="155"/>
       <c r="AB462" s="155"/>
       <c r="AC462" s="155"/>
       <c r="AD462" s="155"/>
       <c r="AE462" s="155"/>
       <c r="AF462" s="155"/>
       <c r="AG462" s="155"/>
     </row>
     <row r="463" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A463" s="634" t="s">
-[...10 lines deleted...]
-      <c r="H463" s="590"/>
+      <c r="A463" s="477" t="s">
+        <v>947</v>
+      </c>
+      <c r="B463" s="485"/>
+      <c r="C463" s="485"/>
+      <c r="D463" s="485"/>
+      <c r="E463" s="569" t="s">
+        <v>950</v>
+      </c>
+      <c r="F463" s="570"/>
+      <c r="G463" s="570"/>
+      <c r="H463" s="570"/>
       <c r="I463" s="9"/>
       <c r="J463" s="9"/>
       <c r="K463" s="184"/>
       <c r="L463" s="184"/>
       <c r="M463" s="184"/>
       <c r="N463" s="184"/>
       <c r="O463" s="184"/>
       <c r="P463" s="184"/>
       <c r="Q463" s="184"/>
       <c r="R463" s="184"/>
       <c r="S463" s="184"/>
       <c r="T463" s="184"/>
       <c r="U463" s="155"/>
       <c r="V463" s="155"/>
       <c r="W463" s="155"/>
       <c r="X463" s="155"/>
       <c r="Y463" s="155"/>
       <c r="Z463" s="155"/>
       <c r="AA463" s="155"/>
       <c r="AB463" s="155"/>
       <c r="AC463" s="155"/>
       <c r="AD463" s="155"/>
       <c r="AE463" s="155"/>
       <c r="AF463" s="155"/>
       <c r="AG463" s="155"/>
     </row>
     <row r="464" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A464" s="634" t="s">
-[...10 lines deleted...]
-      <c r="H464" s="590"/>
+      <c r="A464" s="477" t="s">
+        <v>948</v>
+      </c>
+      <c r="B464" s="485"/>
+      <c r="C464" s="485"/>
+      <c r="D464" s="485"/>
+      <c r="E464" s="569" t="s">
+        <v>951</v>
+      </c>
+      <c r="F464" s="570"/>
+      <c r="G464" s="570"/>
+      <c r="H464" s="570"/>
       <c r="I464" s="9"/>
       <c r="J464" s="9"/>
       <c r="K464" s="184"/>
       <c r="L464" s="184"/>
       <c r="M464" s="184"/>
       <c r="N464" s="184"/>
       <c r="O464" s="184"/>
       <c r="P464" s="184"/>
       <c r="Q464" s="184"/>
       <c r="R464" s="184"/>
       <c r="S464" s="184"/>
       <c r="T464" s="184"/>
       <c r="U464" s="155"/>
       <c r="V464" s="155"/>
       <c r="W464" s="155"/>
       <c r="X464" s="155"/>
       <c r="Y464" s="155"/>
       <c r="Z464" s="155"/>
       <c r="AA464" s="155"/>
       <c r="AB464" s="155"/>
       <c r="AC464" s="155"/>
       <c r="AD464" s="155"/>
       <c r="AE464" s="155"/>
       <c r="AF464" s="155"/>
       <c r="AG464" s="155"/>
     </row>
     <row r="465" spans="1:33" ht="15" x14ac:dyDescent="0.2">
-      <c r="A465" s="634" t="s">
-[...10 lines deleted...]
-      <c r="H465" s="434"/>
+      <c r="A465" s="477" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B465" s="477"/>
+      <c r="C465" s="477"/>
+      <c r="D465" s="477"/>
+      <c r="E465" s="483" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F465" s="483"/>
+      <c r="G465" s="483"/>
+      <c r="H465" s="483"/>
       <c r="I465" s="9"/>
       <c r="J465" s="176" t="s">
-        <v>1005</v>
+        <v>1063</v>
       </c>
       <c r="K465" s="208"/>
       <c r="L465" s="208"/>
       <c r="M465" s="208"/>
       <c r="N465" s="208"/>
       <c r="O465" s="208"/>
       <c r="P465" s="208"/>
       <c r="Q465" s="208"/>
       <c r="R465" s="208"/>
       <c r="S465" s="208"/>
       <c r="T465" s="208"/>
       <c r="U465" s="155"/>
       <c r="V465" s="155"/>
       <c r="W465" s="155"/>
       <c r="X465" s="155"/>
       <c r="Y465" s="155"/>
       <c r="Z465" s="155"/>
       <c r="AA465" s="155"/>
       <c r="AB465" s="155"/>
       <c r="AC465" s="155"/>
       <c r="AD465" s="155"/>
       <c r="AE465" s="155"/>
       <c r="AF465" s="155"/>
       <c r="AG465" s="155"/>
     </row>
     <row r="466" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A466" s="312" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="B466" s="9"/>
       <c r="C466" s="9"/>
       <c r="D466" s="348"/>
       <c r="E466" s="348"/>
       <c r="F466" s="348"/>
       <c r="G466" s="348"/>
       <c r="H466" s="348"/>
-      <c r="I466" s="612">
-[...2 lines deleted...]
-      <c r="J466" s="612"/>
+      <c r="I466" s="532">
+        <v>45979</v>
+      </c>
+      <c r="J466" s="532"/>
       <c r="K466" s="186"/>
       <c r="L466" s="186"/>
       <c r="M466" s="186"/>
       <c r="N466" s="186"/>
       <c r="O466" s="186"/>
       <c r="P466" s="186"/>
       <c r="Q466" s="186"/>
       <c r="R466" s="186"/>
       <c r="S466" s="186"/>
       <c r="T466" s="186"/>
       <c r="U466" s="155"/>
       <c r="V466" s="155"/>
       <c r="W466" s="155"/>
       <c r="X466" s="155"/>
       <c r="Y466" s="155"/>
       <c r="Z466" s="155"/>
       <c r="AA466" s="155"/>
       <c r="AB466" s="155"/>
       <c r="AC466" s="155"/>
       <c r="AD466" s="155"/>
       <c r="AE466" s="155"/>
       <c r="AF466" s="155"/>
       <c r="AG466" s="155"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="vdYiL6Yt+px/uPArvGfqPdJ3ijhymkj97njRvV2FKwS9jdEPfF53S904E8bABHyvg+l5hX2Cx8hHUkLC8437fg==" saltValue="jv+AKFyP//PRxDLe8LUSnA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZC+gTxokPj3VPTQdvLfQH1wRzo+jAtM5mA7A0C2vOyScXZgej2WdcJf+X/Oy1penq64EMjHkPfXsNbX2HZNYDQ==" saltValue="h7n/J7sbnkUTmi1i246WIQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="aRjr4NDBGymWz689kfHj8EKCHiZKoi8vl+qLNjZ3yOuaj+4NFGbN4fsUNkfVWj02qd/hVFqWIZxFV12SGAgJSg==" saltValue="0SvFl88t/+FZ5FIHyWHqbQ==" spinCount="100000" sqref="L17 N173:S452 N57:S172" name="SIT boxes and comments" securityDescriptor="O:WDG:WDD:(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-14779)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-21730)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38373)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38374)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-39544)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-44782)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-50719)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-6263)"/>
   </protectedRanges>
   <mergeCells count="304">
-    <mergeCell ref="J208:J210"/>
-[...44 lines deleted...]
-    <mergeCell ref="A108:D108"/>
+    <mergeCell ref="A356:J356"/>
+    <mergeCell ref="A387:J387"/>
+    <mergeCell ref="A415:J415"/>
+    <mergeCell ref="A170:J172"/>
+    <mergeCell ref="A173:J176"/>
+    <mergeCell ref="A177:J180"/>
+    <mergeCell ref="A199:J199"/>
+    <mergeCell ref="A268:J279"/>
+    <mergeCell ref="E253:J253"/>
+    <mergeCell ref="F182:H182"/>
+    <mergeCell ref="A184:J184"/>
+    <mergeCell ref="F185:H185"/>
+    <mergeCell ref="A191:E193"/>
+    <mergeCell ref="A194:E196"/>
+    <mergeCell ref="B342:H342"/>
+    <mergeCell ref="A209:I210"/>
+    <mergeCell ref="B383:I384"/>
+    <mergeCell ref="A286:J299"/>
+    <mergeCell ref="A307:J308"/>
+    <mergeCell ref="A327:J327"/>
+    <mergeCell ref="A216:J239"/>
+    <mergeCell ref="B348:H348"/>
+    <mergeCell ref="A344:J346"/>
+    <mergeCell ref="E265:J265"/>
+    <mergeCell ref="N242:S244"/>
+    <mergeCell ref="N246:S251"/>
+    <mergeCell ref="E251:J251"/>
+    <mergeCell ref="A208:I208"/>
+    <mergeCell ref="A203:I206"/>
+    <mergeCell ref="A145:J145"/>
+    <mergeCell ref="A159:H160"/>
+    <mergeCell ref="I159:J160"/>
+    <mergeCell ref="E98:J98"/>
+    <mergeCell ref="C106:F106"/>
+    <mergeCell ref="E110:J110"/>
+    <mergeCell ref="N208:S210"/>
+    <mergeCell ref="N213:S239"/>
+    <mergeCell ref="N204:S205"/>
+    <mergeCell ref="N182:S197"/>
+    <mergeCell ref="E248:J248"/>
+    <mergeCell ref="E249:J249"/>
+    <mergeCell ref="E250:J250"/>
+    <mergeCell ref="E247:J247"/>
+    <mergeCell ref="E246:J246"/>
+    <mergeCell ref="A213:I214"/>
+    <mergeCell ref="A240:J241"/>
+    <mergeCell ref="B242:H242"/>
+    <mergeCell ref="J213:J215"/>
+    <mergeCell ref="N268:S278"/>
+    <mergeCell ref="E263:J263"/>
+    <mergeCell ref="E264:J264"/>
+    <mergeCell ref="E127:J127"/>
+    <mergeCell ref="N105:S106"/>
+    <mergeCell ref="A63:J63"/>
+    <mergeCell ref="A87:J87"/>
+    <mergeCell ref="A130:J130"/>
+    <mergeCell ref="S40:T40"/>
+    <mergeCell ref="F44:J44"/>
+    <mergeCell ref="N108:S115"/>
+    <mergeCell ref="A46:J46"/>
+    <mergeCell ref="A49:J49"/>
+    <mergeCell ref="A40:J41"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A58:J60"/>
+    <mergeCell ref="D105:E105"/>
+    <mergeCell ref="E94:J94"/>
+    <mergeCell ref="E95:J95"/>
+    <mergeCell ref="E93:J93"/>
+    <mergeCell ref="B62:I62"/>
+    <mergeCell ref="A88:J89"/>
+    <mergeCell ref="I91:J91"/>
+    <mergeCell ref="E115:J115"/>
+    <mergeCell ref="V43:AC46"/>
+    <mergeCell ref="A61:H61"/>
+    <mergeCell ref="V53:Y53"/>
+    <mergeCell ref="V51:AC52"/>
+    <mergeCell ref="V56:AC57"/>
+    <mergeCell ref="A53:J54"/>
+    <mergeCell ref="A57:I57"/>
+    <mergeCell ref="A117:J117"/>
+    <mergeCell ref="E92:J92"/>
+    <mergeCell ref="E102:J102"/>
+    <mergeCell ref="A105:C105"/>
+    <mergeCell ref="A112:J112"/>
+    <mergeCell ref="E101:J101"/>
+    <mergeCell ref="N100:S102"/>
+    <mergeCell ref="E114:J114"/>
+    <mergeCell ref="V116:AE117"/>
+    <mergeCell ref="E97:J97"/>
+    <mergeCell ref="E108:J108"/>
+    <mergeCell ref="N57:S59"/>
+    <mergeCell ref="B99:I99"/>
+    <mergeCell ref="E96:J96"/>
+    <mergeCell ref="V63:AD90"/>
+    <mergeCell ref="B78:I80"/>
+    <mergeCell ref="B84:I86"/>
+    <mergeCell ref="V61:W61"/>
+    <mergeCell ref="E119:J119"/>
+    <mergeCell ref="N119:S119"/>
+    <mergeCell ref="V122:AE125"/>
+    <mergeCell ref="I61:J61"/>
+    <mergeCell ref="A119:D119"/>
+    <mergeCell ref="V92:AD95"/>
+    <mergeCell ref="V112:AD113"/>
+    <mergeCell ref="V106:AD108"/>
+    <mergeCell ref="A64:J65"/>
+    <mergeCell ref="A66:J67"/>
+    <mergeCell ref="A68:J70"/>
+    <mergeCell ref="N71:S85"/>
+    <mergeCell ref="V101:AD102"/>
+    <mergeCell ref="E125:J125"/>
+    <mergeCell ref="N91:S94"/>
+    <mergeCell ref="N96:S98"/>
+    <mergeCell ref="V204:AE205"/>
+    <mergeCell ref="A161:J161"/>
+    <mergeCell ref="G162:J162"/>
+    <mergeCell ref="N127:S127"/>
+    <mergeCell ref="G163:J163"/>
+    <mergeCell ref="V142:AE143"/>
+    <mergeCell ref="E111:J111"/>
+    <mergeCell ref="A103:J103"/>
+    <mergeCell ref="A114:D114"/>
+    <mergeCell ref="A115:D115"/>
+    <mergeCell ref="E128:J128"/>
+    <mergeCell ref="N141:S141"/>
+    <mergeCell ref="A139:J139"/>
+    <mergeCell ref="V128:AE140"/>
+    <mergeCell ref="V197:AE200"/>
+    <mergeCell ref="V187:AE188"/>
+    <mergeCell ref="V191:AE192"/>
+    <mergeCell ref="V194:AE195"/>
+    <mergeCell ref="A165:F165"/>
+    <mergeCell ref="G165:I165"/>
+    <mergeCell ref="A166:J166"/>
+    <mergeCell ref="A167:D167"/>
+    <mergeCell ref="E167:J167"/>
+    <mergeCell ref="J205:J206"/>
+    <mergeCell ref="A335:J335"/>
+    <mergeCell ref="N283:S284"/>
+    <mergeCell ref="V434:AE435"/>
+    <mergeCell ref="V417:AE421"/>
+    <mergeCell ref="H417:I417"/>
+    <mergeCell ref="A395:J396"/>
+    <mergeCell ref="A410:I411"/>
+    <mergeCell ref="B360:I360"/>
+    <mergeCell ref="A429:J430"/>
+    <mergeCell ref="B435:C435"/>
+    <mergeCell ref="G435:H435"/>
+    <mergeCell ref="D435:E435"/>
+    <mergeCell ref="D434:E434"/>
+    <mergeCell ref="V283:AE284"/>
+    <mergeCell ref="A408:I408"/>
+    <mergeCell ref="A350:I351"/>
+    <mergeCell ref="A354:I355"/>
+    <mergeCell ref="A352:I353"/>
+    <mergeCell ref="B363:I363"/>
+    <mergeCell ref="N286:S302"/>
+    <mergeCell ref="A406:J406"/>
+    <mergeCell ref="I424:J424"/>
+    <mergeCell ref="I425:J427"/>
+    <mergeCell ref="A284:J285"/>
+    <mergeCell ref="B366:I370"/>
+    <mergeCell ref="E464:H464"/>
+    <mergeCell ref="G436:H436"/>
+    <mergeCell ref="D448:I448"/>
+    <mergeCell ref="D449:I449"/>
+    <mergeCell ref="V300:AE302"/>
+    <mergeCell ref="A301:J303"/>
+    <mergeCell ref="A305:J306"/>
+    <mergeCell ref="V413:AF415"/>
+    <mergeCell ref="B434:C434"/>
+    <mergeCell ref="D452:I452"/>
+    <mergeCell ref="D450:I450"/>
+    <mergeCell ref="D451:I451"/>
+    <mergeCell ref="A442:J444"/>
+    <mergeCell ref="D446:I446"/>
+    <mergeCell ref="A439:J441"/>
+    <mergeCell ref="A457:E457"/>
+    <mergeCell ref="N433:S437"/>
+    <mergeCell ref="N446:S452"/>
+    <mergeCell ref="A393:J394"/>
+    <mergeCell ref="A389:J391"/>
+    <mergeCell ref="E463:H463"/>
+    <mergeCell ref="E313:I313"/>
+    <mergeCell ref="B371:I371"/>
+    <mergeCell ref="B361:I361"/>
+    <mergeCell ref="I466:J466"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="F42:J42"/>
+    <mergeCell ref="B413:H413"/>
+    <mergeCell ref="E417:F417"/>
+    <mergeCell ref="B436:C436"/>
+    <mergeCell ref="D447:I447"/>
+    <mergeCell ref="F141:I141"/>
+    <mergeCell ref="F142:I142"/>
+    <mergeCell ref="E124:J124"/>
+    <mergeCell ref="B282:J282"/>
+    <mergeCell ref="A337:J339"/>
+    <mergeCell ref="E312:I312"/>
+    <mergeCell ref="B364:I364"/>
+    <mergeCell ref="A197:J198"/>
+    <mergeCell ref="D143:J143"/>
+    <mergeCell ref="E254:J254"/>
+    <mergeCell ref="E255:J255"/>
+    <mergeCell ref="E256:J256"/>
+    <mergeCell ref="E460:H460"/>
+    <mergeCell ref="E257:J257"/>
+    <mergeCell ref="E258:J258"/>
+    <mergeCell ref="E260:J260"/>
+    <mergeCell ref="E261:J261"/>
+    <mergeCell ref="A460:D460"/>
+    <mergeCell ref="A463:D463"/>
+    <mergeCell ref="A461:D461"/>
+    <mergeCell ref="G164:J164"/>
+    <mergeCell ref="N408:S413"/>
+    <mergeCell ref="N421:S427"/>
+    <mergeCell ref="N305:S308"/>
+    <mergeCell ref="N312:S333"/>
+    <mergeCell ref="A331:C333"/>
+    <mergeCell ref="D331:J333"/>
+    <mergeCell ref="A421:J422"/>
+    <mergeCell ref="A424:H427"/>
+    <mergeCell ref="D324:J324"/>
+    <mergeCell ref="A324:C324"/>
+    <mergeCell ref="A325:D325"/>
+    <mergeCell ref="A322:F322"/>
+    <mergeCell ref="A310:J310"/>
+    <mergeCell ref="A315:J317"/>
+    <mergeCell ref="A328:J329"/>
+    <mergeCell ref="A319:J320"/>
+    <mergeCell ref="B381:I381"/>
+    <mergeCell ref="B377:I380"/>
+    <mergeCell ref="A313:D313"/>
     <mergeCell ref="A36:J36"/>
     <mergeCell ref="N358:S384"/>
     <mergeCell ref="N253:S258"/>
     <mergeCell ref="N260:S265"/>
     <mergeCell ref="E262:J262"/>
     <mergeCell ref="A465:D465"/>
     <mergeCell ref="E461:H461"/>
     <mergeCell ref="E465:H465"/>
     <mergeCell ref="N61:S63"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="F45:J45"/>
     <mergeCell ref="A48:E48"/>
     <mergeCell ref="F48:J48"/>
     <mergeCell ref="B373:I375"/>
     <mergeCell ref="A464:D464"/>
     <mergeCell ref="E459:H459"/>
     <mergeCell ref="A459:D459"/>
     <mergeCell ref="A419:J419"/>
     <mergeCell ref="A202:J202"/>
     <mergeCell ref="N146:S160"/>
     <mergeCell ref="N162:S167"/>
     <mergeCell ref="A146:J150"/>
     <mergeCell ref="A152:J155"/>
     <mergeCell ref="A157:J157"/>
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="D1:J1"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="E3:H3"/>
+    <mergeCell ref="B5:F5"/>
+    <mergeCell ref="G5:I5"/>
+    <mergeCell ref="E6:H6"/>
+    <mergeCell ref="B7:I7"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="D9:F9"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="F47:J47"/>
+    <mergeCell ref="L17:S33"/>
+    <mergeCell ref="A131:I134"/>
+    <mergeCell ref="J131:J132"/>
+    <mergeCell ref="A135:I138"/>
+    <mergeCell ref="J136:J137"/>
+    <mergeCell ref="N131:S138"/>
+    <mergeCell ref="F19:J19"/>
+    <mergeCell ref="F20:J20"/>
+    <mergeCell ref="E22:J22"/>
+    <mergeCell ref="F23:J23"/>
+    <mergeCell ref="F24:J24"/>
+    <mergeCell ref="G26:I26"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="G28:I28"/>
+    <mergeCell ref="G29:I29"/>
+    <mergeCell ref="L37:S37"/>
+    <mergeCell ref="B120:I120"/>
+    <mergeCell ref="E126:J126"/>
+    <mergeCell ref="A37:J39"/>
+    <mergeCell ref="A31:J33"/>
+    <mergeCell ref="A94:D94"/>
+    <mergeCell ref="A92:D92"/>
+    <mergeCell ref="J208:J210"/>
+    <mergeCell ref="E123:J123"/>
+    <mergeCell ref="E122:J122"/>
+    <mergeCell ref="E121:J121"/>
+    <mergeCell ref="N121:S125"/>
+    <mergeCell ref="A56:J56"/>
+    <mergeCell ref="A169:J169"/>
+    <mergeCell ref="A91:G91"/>
+    <mergeCell ref="A50:J52"/>
+    <mergeCell ref="A162:F164"/>
+    <mergeCell ref="A93:D93"/>
+    <mergeCell ref="A108:D108"/>
     <mergeCell ref="A158:H158"/>
-    <mergeCell ref="E261:J261"/>
-[...231 lines deleted...]
-    <mergeCell ref="E265:J265"/>
   </mergeCells>
   <conditionalFormatting sqref="A61:J61">
     <cfRule type="expression" dxfId="52" priority="69">
       <formula>$J$57="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A101:J102">
     <cfRule type="expression" dxfId="51" priority="66">
       <formula>$F$100="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E94:J94">
     <cfRule type="expression" dxfId="50" priority="65">
       <formula>$E$95&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D105">
     <cfRule type="expression" dxfId="49" priority="64">
       <formula>LEFT($C$106,3)&lt;&gt;"App"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E119:J119">
     <cfRule type="expression" dxfId="48" priority="63">
       <formula>$B$120&lt;&gt;""</formula>
     </cfRule>
@@ -39741,51 +39744,51 @@
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A27:J29">
     <cfRule type="expression" dxfId="32" priority="4">
       <formula>$G$26="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A28:J28">
     <cfRule type="expression" dxfId="31" priority="3">
       <formula>$G$27&lt;&gt;"Yes"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A29:J29">
     <cfRule type="expression" dxfId="30" priority="2">
       <formula>$G$27&lt;&gt;"Not yet"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J136:J137">
     <cfRule type="expression" dxfId="29" priority="1">
       <formula>$J$135="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="12">
+  <dataValidations disablePrompts="1" count="12">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F100 J165 G26:I26" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"'- select -,Yes,No"</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date of birth error" error="Please enter date of birth in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="D105:E105" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>DATE(YEAR(TODAY())-80,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>DATE(YEAR(TODAY())-16,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Passport issue date error" error="Please enter the passport issue date in the format - DD/MM/YYYY_x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E110:J110" xr:uid="{00000000-0002-0000-0200-000002000000}">
       <formula1>DATE(YEAR(TODAY())-20,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>TODAY()</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Passport expiry date error" error="Please enter passport expiry date in the format - DD/MM/YYYY_x000a__x000a_Expired passport details cannot be listed on a CoS._x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="E111:J111" xr:uid="{00000000-0002-0000-0200-000003000000}">
       <formula1>TODAY()</formula1>
       <formula2>DATE(YEAR(TODAY())+10,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date error" error="Please enter the date of issue of the applicant's first Tier 2 visa in the format - DD/MM/YYYY_x000a__x000a_Tier 2 was introduced in 2008._x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="I61:J61" xr:uid="{00000000-0002-0000-0200-000004000000}">
       <formula1>39448</formula1>
       <formula2>TODAY()</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Current visa expiry date error" error="Please enter the expiry date of the applicant's current visa in the format - DD/MM/YYYY_x000a__x000a_It is not possible to apply to extend an expired visa._x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="F182:H182" xr:uid="{00000000-0002-0000-0200-000005000000}">
       <formula1>TODAY()</formula1>
       <formula2>DATE(YEAR(TODAY())+1,MONTH(TODAY()),DAY(TODAY()))</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="CoS end date error" error="Please enter the required CoS end date in the format - DD/MM/YYYY_x000a__x000a_The maximum length of CoS which can be issued is 5 years._x000a__x000a_Is this a valid date? Remember (30 days hath September...)" sqref="F185:H185" xr:uid="{00000000-0002-0000-0200-000006000000}">
       <formula1>TODAY()</formula1>
@@ -39799,1869 +39802,1870 @@
       <formula1>DATE(YEAR(TODAY())-1,MONTH(TODAY()),DAY(TODAY()))</formula1>
       <formula2>TODAY()</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I159:J160" xr:uid="{00000000-0002-0000-0200-000009000000}">
       <formula1>"'- select -,Yes,No,Not Sure"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G27:I27" xr:uid="{B7904730-C87E-481D-A10E-992D493BA069}">
       <formula1>"'- select -,Yes,No,Not yet"</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry error!" error="Please enter number of children, if none select No in the field above and leave this field blank" sqref="J136:J137" xr:uid="{294EE438-B509-4365-9A1B-EB0343075A45}">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B242" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="E313" r:id="rId2" display="www.admin.ox.ac.uk/finance/epp/payroll/scales/" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
     <hyperlink ref="A457" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
     <hyperlink ref="B342" r:id="rId4" display="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
     <hyperlink ref="B348" r:id="rId5" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
     <hyperlink ref="E313:I313" r:id="rId6" display="https://finance.admin.ox.ac.uk/salary-scales" xr:uid="{00000000-0004-0000-0200-000007000000}"/>
     <hyperlink ref="B342:H342" r:id="rId7" display="https://staffimmigration.admin.ox.ac.uk/skilled-worker-during-sponsorship" xr:uid="{00000000-0004-0000-0200-000008000000}"/>
     <hyperlink ref="A158" r:id="rId8" xr:uid="{00000000-0004-0000-0200-000009000000}"/>
     <hyperlink ref="G165:I165" r:id="rId9" display="(based on our Template) ?" xr:uid="{00000000-0004-0000-0200-00000A000000}"/>
     <hyperlink ref="E167" r:id="rId10" xr:uid="{00000000-0004-0000-0200-00000B000000}"/>
-    <hyperlink ref="E459" r:id="rId11" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
+    <hyperlink ref="E459" r:id="rId11" display="angelina.pelova@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
     <hyperlink ref="E464" r:id="rId12" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
     <hyperlink ref="E463" r:id="rId13" xr:uid="{00000000-0004-0000-0200-00000E000000}"/>
     <hyperlink ref="E460" r:id="rId14" display="paul.deeble@tss.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000F000000}"/>
     <hyperlink ref="E460:H460" r:id="rId15" display="paul.deeble@admin.ox.ac.uk" xr:uid="{81A47722-A890-4503-A43C-55896AEF0F9A}"/>
     <hyperlink ref="E461" r:id="rId16" xr:uid="{812110D4-30A6-42AC-8ECF-729E31A771AF}"/>
     <hyperlink ref="E461:H461" r:id="rId17" display="sufia.nadeem@admin.ox.ac.uk" xr:uid="{1E371F99-5781-4647-94F5-411E6219FBCB}"/>
     <hyperlink ref="E465" r:id="rId18" xr:uid="{CDA1B220-F912-4F45-83D6-8B5C89C58FD7}"/>
     <hyperlink ref="A3" r:id="rId19" xr:uid="{AD607276-191C-4CE9-A267-2B3540451D27}"/>
     <hyperlink ref="G5" r:id="rId20" xr:uid="{54ED69F2-F42D-4108-80B4-8A08C41CDDCC}"/>
     <hyperlink ref="E6" r:id="rId21" location="collapse1517306" xr:uid="{FA2EA072-6B59-4EE0-BEAD-EB5C3E66AD83}"/>
+    <hyperlink ref="E459:H459" r:id="rId22" display="angelina.escott@admin.ox.ac.uk" xr:uid="{C659864F-08F9-4F8B-8953-2D9A0E33B5BF}"/>
   </hyperlinks>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.23622047244094491" bottom="0.62992125984251968" header="0" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="89" orientation="portrait" blackAndWhite="1" r:id="rId22"/>
+  <pageSetup paperSize="9" scale="89" orientation="portrait" blackAndWhite="1" r:id="rId23"/>
   <headerFooter>
-    <oddFooter>&amp;LUpdated April 2025&amp;RPage &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;LUpdated November 2025&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="8" manualBreakCount="8">
     <brk id="55" max="19" man="1"/>
     <brk id="116" max="19" man="1"/>
     <brk id="168" max="19" man="1"/>
     <brk id="225" max="19" man="1"/>
     <brk id="280" max="19" man="1"/>
     <brk id="334" max="19" man="1"/>
     <brk id="386" max="19" man="1"/>
     <brk id="438" max="19" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="10" max="420" man="1"/>
   </colBreaks>
   <ignoredErrors>
     <ignoredError sqref="F435:G435" numberStoredAsText="1"/>
     <ignoredError sqref="F188" formula="1"/>
   </ignoredErrors>
-  <drawing r:id="rId23"/>
-  <legacyDrawing r:id="rId24"/>
+  <drawing r:id="rId24"/>
+  <legacyDrawing r:id="rId25"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1169" r:id="rId25" name="ComboBox1">
-          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$21" listFillRange="Dropdowns!$B$3:$B$259" r:id="rId26">
+        <control shapeId="1187" r:id="rId26" name="OptionButton4">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$12" r:id="rId27">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>247650</xdr:colOff>
+                <xdr:row>80</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>447675</xdr:colOff>
+                <xdr:row>83</xdr:row>
+                <xdr:rowOff>47625</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1187" r:id="rId26" name="OptionButton4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1186" r:id="rId28" name="OptionButton3">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$11" r:id="rId29">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>238125</xdr:colOff>
+                <xdr:row>75</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>285750</xdr:colOff>
+                <xdr:row>77</xdr:row>
+                <xdr:rowOff>57150</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1186" r:id="rId28" name="OptionButton3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1185" r:id="rId30" name="OptionButton2">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$10" r:id="rId31">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>247650</xdr:colOff>
+                <xdr:row>72</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>361950</xdr:colOff>
+                <xdr:row>74</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1185" r:id="rId30" name="OptionButton2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1184" r:id="rId32" name="OptionButton1">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$9" r:id="rId33">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>257175</xdr:colOff>
+                <xdr:row>70</xdr:row>
+                <xdr:rowOff>152400</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>266700</xdr:colOff>
+                <xdr:row>72</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1184" r:id="rId32" name="OptionButton1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1182" r:id="rId34" name="ComboBox6">
+          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$24" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId35">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>101</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>581025</xdr:colOff>
+                <xdr:row>102</xdr:row>
+                <xdr:rowOff>19050</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1182" r:id="rId34" name="ComboBox6"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1181" r:id="rId36" name="ComboBox5">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$23" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId37">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>628650</xdr:colOff>
+                <xdr:row>100</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>600075</xdr:colOff>
+                <xdr:row>101</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1181" r:id="rId36" name="ComboBox5"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1180" r:id="rId38" name="ComboBox4">
+          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$19" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId39">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>94</xdr:row>
+                <xdr:rowOff>171450</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>590550</xdr:colOff>
+                <xdr:row>96</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1180" r:id="rId38" name="ComboBox4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1178" r:id="rId40" name="ComboBox3">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$31" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId41">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>619125</xdr:colOff>
+                <xdr:row>114</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>581025</xdr:colOff>
+                <xdr:row>115</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1178" r:id="rId40" name="ComboBox3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1175" r:id="rId42" name="ComboBox2">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$35" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId43">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>4</xdr:col>
+                <xdr:colOff>0</xdr:colOff>
+                <xdr:row>117</xdr:row>
+                <xdr:rowOff>180975</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>9</xdr:col>
+                <xdr:colOff>581025</xdr:colOff>
+                <xdr:row>119</xdr:row>
+                <xdr:rowOff>9525</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1175" r:id="rId42" name="ComboBox2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1169" r:id="rId44" name="ComboBox1">
+          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$21" listFillRange="Dropdowns!$B$3:$B$259" r:id="rId45">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>97</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>98</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1169" r:id="rId25" name="ComboBox1"/>
+        <control shapeId="1169" r:id="rId44" name="ComboBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1175" r:id="rId27" name="ComboBox2">
-[...224 lines deleted...]
-        <control shapeId="1025" r:id="rId45" name="Check Box 1">
+        <control shapeId="1025" r:id="rId46" name="Check Box 1">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>56</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>57</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1026" r:id="rId46" name="Check Box 2">
+        <control shapeId="1026" r:id="rId47" name="Check Box 2">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>59</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>60</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1038" r:id="rId47" name="Check Box 14">
+        <control shapeId="1038" r:id="rId48" name="Check Box 14">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>89</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>90</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1039" r:id="rId48" name="Check Box 15">
+        <control shapeId="1039" r:id="rId49" name="Check Box 15">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>90</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>91</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1040" r:id="rId49" name="Check Box 16">
+        <control shapeId="1040" r:id="rId50" name="Check Box 16">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>91</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>92</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1041" r:id="rId50" name="Check Box 17">
+        <control shapeId="1041" r:id="rId51" name="Check Box 17">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>92</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>93</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1042" r:id="rId51" name="Check Box 18">
+        <control shapeId="1042" r:id="rId52" name="Check Box 18">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>94</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>95</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1043" r:id="rId52" name="Check Box 19">
+        <control shapeId="1043" r:id="rId53" name="Check Box 19">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>95</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>96</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1044" r:id="rId53" name="Check Box 20">
+        <control shapeId="1044" r:id="rId54" name="Check Box 20">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>96</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>97</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1045" r:id="rId54" name="Check Box 21">
+        <control shapeId="1045" r:id="rId55" name="Check Box 21">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>98</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>100</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1046" r:id="rId55" name="Check Box 22">
+        <control shapeId="1046" r:id="rId56" name="Check Box 22">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>99</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>101</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1047" r:id="rId56" name="Check Box 23">
+        <control shapeId="1047" r:id="rId57" name="Check Box 23">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>100</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>102</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1053" r:id="rId57" name="Check Box 29">
+        <control shapeId="1053" r:id="rId58" name="Check Box 29">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>103</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>104</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1055" r:id="rId58" name="Check Box 31">
+        <control shapeId="1055" r:id="rId59" name="Check Box 31">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>104</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>105</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1061" r:id="rId59" name="Check Box 37">
+        <control shapeId="1061" r:id="rId60" name="Check Box 37">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>106</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>108</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1062" r:id="rId60" name="Check Box 38">
+        <control shapeId="1062" r:id="rId61" name="Check Box 38">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>108</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>109</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1063" r:id="rId61" name="Check Box 39">
+        <control shapeId="1063" r:id="rId62" name="Check Box 39">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>109</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>609600</xdr:colOff>
                 <xdr:row>110</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1064" r:id="rId62" name="Check Box 40">
+        <control shapeId="1064" r:id="rId63" name="Check Box 40">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>112</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>113</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1065" r:id="rId63" name="Check Box 41">
+        <control shapeId="1065" r:id="rId64" name="Check Box 41">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>113</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>115</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1072" r:id="rId64" name="Check Box 48">
+        <control shapeId="1072" r:id="rId65" name="Check Box 48">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>117</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>118</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1073" r:id="rId65" name="Check Box 49">
+        <control shapeId="1073" r:id="rId66" name="Check Box 49">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>119</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>121</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1074" r:id="rId66" name="Check Box 50">
+        <control shapeId="1074" r:id="rId67" name="Check Box 50">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>125</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>126</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1076" r:id="rId67" name="Check Box 52">
+        <control shapeId="1076" r:id="rId68" name="Check Box 52">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>139</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>140</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1078" r:id="rId68" name="Check Box 54">
+        <control shapeId="1078" r:id="rId69" name="Check Box 54">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>181</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>182</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1079" r:id="rId69" name="Check Box 55">
+        <control shapeId="1079" r:id="rId70" name="Check Box 55">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>183</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>185</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1081" r:id="rId70" name="Check Box 57">
+        <control shapeId="1081" r:id="rId71" name="Check Box 57">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>202</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>47625</xdr:colOff>
                 <xdr:row>203</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1088" r:id="rId71" name="Check Box 64">
+        <control shapeId="1088" r:id="rId72" name="Check Box 64">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>206</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>208</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1091" r:id="rId72" name="Check Box 67">
+        <control shapeId="1091" r:id="rId73" name="Check Box 67">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>211</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>212</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1096" r:id="rId73" name="Check Box 72">
+        <control shapeId="1096" r:id="rId74" name="Check Box 72">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>242</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>243</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1097" r:id="rId74" name="Check Box 73">
+        <control shapeId="1097" r:id="rId75" name="Check Box 73">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>244</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>245</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1098" r:id="rId75" name="Check Box 74">
+        <control shapeId="1098" r:id="rId76" name="Check Box 74">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>251</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>371475</xdr:colOff>
                 <xdr:row>252</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1099" r:id="rId76" name="Check Box 75">
+        <control shapeId="1099" r:id="rId77" name="Check Box 75">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>258</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>259</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1100" r:id="rId77" name="Check Box 76">
+        <control shapeId="1100" r:id="rId78" name="Check Box 76">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Further add. work locations">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>266</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>267</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1103" r:id="rId78" name="Check Box 79">
+        <control shapeId="1103" r:id="rId79" name="Check Box 79">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>282</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>314325</xdr:colOff>
                 <xdr:row>283</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1104" r:id="rId79" name="Check Box 80">
+        <control shapeId="1104" r:id="rId80" name="Check Box 80">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>284</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>285</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1105" r:id="rId80" name="Check Box 81">
+        <control shapeId="1105" r:id="rId81" name="Check Box 81">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>303</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>305</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1107" r:id="rId81" name="Check Box 83">
+        <control shapeId="1107" r:id="rId82" name="Check Box 83">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>202</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>457200</xdr:colOff>
                 <xdr:row>203</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1109" r:id="rId82" name="Check Box 85">
+        <control shapeId="1109" r:id="rId83" name="Check Box 85">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>311</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>312</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1110" r:id="rId83" name="Check Box 86">
+        <control shapeId="1110" r:id="rId84" name="Check Box 86">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>329</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>330</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1113" r:id="rId84" name="Check Box 89">
+        <control shapeId="1113" r:id="rId85" name="Check Box 89">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>349</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>350</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1114" r:id="rId85" name="Check Box 90">
+        <control shapeId="1114" r:id="rId86" name="Check Box 90">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>351</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>352</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1116" r:id="rId86" name="Check Box 92">
+        <control shapeId="1116" r:id="rId87" name="Check Box 92">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>352</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>354</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1120" r:id="rId87" name="Check Box 96">
+        <control shapeId="1120" r:id="rId88" name="Check Box 96">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>358</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>360</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1121" r:id="rId88" name="Check Box 97">
+        <control shapeId="1121" r:id="rId89" name="Check Box 97">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>361</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>363</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1122" r:id="rId89" name="Check Box 98">
+        <control shapeId="1122" r:id="rId90" name="Check Box 98">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>364</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>366</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1124" r:id="rId90" name="Check Box 100">
+        <control shapeId="1124" r:id="rId91" name="Check Box 100">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1127" r:id="rId91" name="Check Box 103">
+        <control shapeId="1127" r:id="rId92" name="Check Box 103">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>406</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>408</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1128" r:id="rId92" name="Check Box 104">
+        <control shapeId="1128" r:id="rId93" name="Check Box 104">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>406</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>304800</xdr:colOff>
                 <xdr:row>408</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1129" r:id="rId93" name="Check Box 105">
+        <control shapeId="1129" r:id="rId94" name="Check Box 105">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>415</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>416</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1131" r:id="rId94" name="Check Box 107">
+        <control shapeId="1131" r:id="rId95" name="Check Box 107">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>433</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>371475</xdr:colOff>
                 <xdr:row>434</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1132" r:id="rId95" name="Check Box 108">
+        <control shapeId="1132" r:id="rId96" name="Check Box 108">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>443</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>390525</xdr:colOff>
                 <xdr:row>445</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1140" r:id="rId96" name="Check Box 116">
+        <control shapeId="1140" r:id="rId97" name="Check Box 116">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>419</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>638175</xdr:colOff>
                 <xdr:row>421</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1148" r:id="rId97" name="Check Box 124">
+        <control shapeId="1148" r:id="rId98" name="Check Box 124">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>359</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>360</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1149" r:id="rId98" name="Check Box 125">
+        <control shapeId="1149" r:id="rId99" name="Check Box 125">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>362</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>363</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1150" r:id="rId99" name="Check Box 126">
+        <control shapeId="1150" r:id="rId100" name="Check Box 126">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>365</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>366</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1152" r:id="rId100" name="Check Box 128">
+        <control shapeId="1152" r:id="rId101" name="Check Box 128">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1183" r:id="rId101" name="Group Box 159">
+        <control shapeId="1183" r:id="rId102" name="Group Box 159">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="Maintenance_requirement">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>704850</xdr:colOff>
                 <xdr:row>85</xdr:row>
                 <xdr:rowOff>238125</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1189" r:id="rId102" name="Check Box 165">
+        <control shapeId="1189" r:id="rId103" name="Check Box 165">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>72</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1190" r:id="rId103" name="Check Box 166">
+        <control shapeId="1190" r:id="rId104" name="Check Box 166">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>423</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>424</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1192" r:id="rId104" name="Check Box 168">
+        <control shapeId="1192" r:id="rId105" name="Check Box 168">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>157</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>159</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1194" r:id="rId105" name="Check Box 170">
+        <control shapeId="1194" r:id="rId106" name="Check Box 170">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>161</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>162</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1196" r:id="rId106" name="Check Box 172">
+        <control shapeId="1196" r:id="rId107" name="Check Box 172">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>382</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>383</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1197" r:id="rId107" name="Check Box 173">
+        <control shapeId="1197" r:id="rId108" name="Check Box 173">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>381</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
                 <xdr:row>383</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1199" r:id="rId108" name="Check Box 175">
+        <control shapeId="1199" r:id="rId109" name="Check Box 175">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>372</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>533400</xdr:colOff>
                 <xdr:row>373</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1200" r:id="rId109" name="Check Box 176">
+        <control shapeId="1200" r:id="rId110" name="Check Box 176">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>371</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>400050</xdr:colOff>
                 <xdr:row>373</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1204" r:id="rId110" name="Check Box 180">
+        <control shapeId="1204" r:id="rId111" name="Check Box 180">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>130</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>130</xdr:row>
                 <xdr:rowOff>266700</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-00000A000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$X$3:$X$5</xm:f>
           </x14:formula1>
           <xm:sqref>J322 J213:J215 J57 J131:J132 J135 J208:J210</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{00000000-0002-0000-0200-00000B000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$T$3:$T$12</xm:f>
           </x14:formula1>
           <xm:sqref>I91:J91</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-00000C000000}">
           <x14:formula1>
             <xm:f>Dropdowns!$V$3:$V$5</xm:f>
           </x14:formula1>
           <xm:sqref>G105</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:S191"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="54.85546875" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="4" max="4" width="24.85546875" style="27" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="63" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="E1" s="236" t="s">
         <v>215</v>
       </c>
       <c r="F1" s="236" t="s">
         <v>330</v>
       </c>
       <c r="G1" s="236" t="s">
         <v>352</v>
       </c>
       <c r="H1" s="236" t="s">
         <v>396</v>
       </c>
       <c r="I1" s="236" t="s">
         <v>462</v>
       </c>
       <c r="J1" s="236" t="s">
         <v>463</v>
       </c>
       <c r="K1" s="239" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="L1" s="239" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="195" t="str">
         <f>'SW CoS extension form'!J465</f>
-        <v>Version 1.11</v>
+        <v>Version 1.12</v>
       </c>
       <c r="B2" s="196">
         <f>'SW CoS extension form'!I466</f>
-        <v>45755</v>
+        <v>45979</v>
       </c>
       <c r="E2" s="299" t="str">
         <f>$E$75</f>
         <v>Please complete the ATAS questions</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="389" t="s">
         <v>215</v>
       </c>
       <c r="B3" s="390"/>
       <c r="C3" s="390"/>
       <c r="D3" s="390"/>
       <c r="E3" s="390"/>
       <c r="F3" s="390"/>
       <c r="G3" s="390"/>
       <c r="H3" s="390"/>
       <c r="I3" s="390"/>
       <c r="J3" s="390"/>
       <c r="K3" s="390"/>
       <c r="L3" s="390"/>
       <c r="M3" s="390"/>
       <c r="N3" s="391"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
@@ -41693,139 +41697,139 @@
       </c>
       <c r="D5" s="27" t="str">
         <f>IF('SW CoS extension form'!$J$57="","",'SW CoS extension form'!$J$57)</f>
         <v>- select -</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>216</v>
       </c>
       <c r="B6" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C6" s="6">
         <f>IF($D$5="Yes",IF(AND($D$6&lt;&gt;"",$B$6=TRUE),10,0),IF($B$6=TRUE,10,0))</f>
         <v>0</v>
       </c>
       <c r="D6" s="26" t="str">
         <f>IF('SW CoS extension form'!$I$61="","",'SW CoS extension form'!$I$61)</f>
         <v/>
       </c>
     </row>
     <row r="7" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="217" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="D8" s="327" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="329" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="B9" s="330" t="b">
         <v>0</v>
       </c>
       <c r="C9" s="331" t="str">
         <f>IF(AND(B9=TRUE,$D$8=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D9" s="329"/>
     </row>
     <row r="10" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="219" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="B10" s="328" t="b">
         <v>1</v>
       </c>
       <c r="C10" s="218">
         <f t="shared" ref="C10:C12" si="0">IF(AND(B10=TRUE,$D$8=TRUE),10,"")</f>
         <v>10</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="F10" s="216" t="s">
-        <v>891</v>
-[...1 lines deleted...]
-      <c r="G10" s="789" t="str">
+        <v>890</v>
+      </c>
+      <c r="G10" s="795" t="str">
         <f>IF($B$9=TRUE,"Applicant and dependants have been living in the UK for 12 months maintenance not required",IF($B$10=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant, £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child.",IF($B$11=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant.","")))</f>
         <v>Sponsor certifies maintenance to value of £1270 for the main applicant, £285 for their partner, £315 for their first child, and £200 for each additional child.</v>
       </c>
-      <c r="H10" s="790"/>
-[...4 lines deleted...]
-      <c r="M10" s="791"/>
+      <c r="H10" s="796"/>
+      <c r="I10" s="796"/>
+      <c r="J10" s="796"/>
+      <c r="K10" s="796"/>
+      <c r="L10" s="796"/>
+      <c r="M10" s="797"/>
       <c r="N10" s="264" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
     </row>
     <row r="11" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="329" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="B11" s="330" t="b">
         <v>0</v>
       </c>
       <c r="C11" s="331" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D11" s="329"/>
-      <c r="G11" s="792"/>
-[...5 lines deleted...]
-      <c r="M11" s="794"/>
+      <c r="G11" s="798"/>
+      <c r="H11" s="799"/>
+      <c r="I11" s="799"/>
+      <c r="J11" s="799"/>
+      <c r="K11" s="799"/>
+      <c r="L11" s="799"/>
+      <c r="M11" s="800"/>
     </row>
     <row r="12" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="329" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="B12" s="330" t="b">
         <v>0</v>
       </c>
       <c r="C12" s="331" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D12" s="329"/>
-      <c r="G12" s="795"/>
-[...5 lines deleted...]
-      <c r="M12" s="797"/>
+      <c r="G12" s="801"/>
+      <c r="H12" s="802"/>
+      <c r="I12" s="802"/>
+      <c r="J12" s="802"/>
+      <c r="K12" s="802"/>
+      <c r="L12" s="802"/>
+      <c r="M12" s="803"/>
     </row>
     <row r="13" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="14" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <f>IF(AND($D15&lt;&gt;"",$B15=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D15" s="26" t="str">
         <f>IF('SW CoS extension form'!$I$91="","",'SW CoS extension form'!$I$91)</f>
         <v>- select -</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="14" t="s">
         <v>199</v>
       </c>
       <c r="B16" s="164" t="b">
         <v>0</v>
@@ -42142,66 +42146,66 @@
       </c>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>334</v>
       </c>
       <c r="B31" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <f>IF(AND($B$31=TRUE,$D$31&lt;&gt;"",$D$31&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D31" s="183" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:17" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="14"/>
       <c r="B32" s="373"/>
       <c r="C32" s="53"/>
       <c r="D32" s="374"/>
       <c r="E32" s="14"/>
     </row>
     <row r="33" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="730" t="s">
+      <c r="A33" s="815" t="s">
         <v>330</v>
       </c>
-      <c r="B33" s="731"/>
-[...11 lines deleted...]
-      <c r="N33" s="732"/>
+      <c r="B33" s="816"/>
+      <c r="C33" s="816"/>
+      <c r="D33" s="816"/>
+      <c r="E33" s="816"/>
+      <c r="F33" s="816"/>
+      <c r="G33" s="816"/>
+      <c r="H33" s="816"/>
+      <c r="I33" s="816"/>
+      <c r="J33" s="816"/>
+      <c r="K33" s="816"/>
+      <c r="L33" s="816"/>
+      <c r="M33" s="816"/>
+      <c r="N33" s="817"/>
     </row>
     <row r="34" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="14"/>
       <c r="B34" s="373"/>
       <c r="C34" s="53"/>
       <c r="D34" s="374"/>
       <c r="E34" s="14"/>
     </row>
     <row r="35" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>336</v>
       </c>
       <c r="B35" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <f>IF(AND($B$35=TRUE,$D$35&lt;&gt;"",$D$35&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D35" s="183" t="s">
         <v>195</v>
       </c>
       <c r="E35" s="34" t="str">
         <f>IF('SW CoS extension form'!$B$120="","",'SW CoS extension form'!$B$120)</f>
         <v/>
@@ -42309,105 +42313,105 @@
       <c r="C43" s="53"/>
       <c r="D43" s="375"/>
       <c r="E43" s="14"/>
       <c r="F43" s="14"/>
       <c r="G43" s="14"/>
       <c r="H43" s="278"/>
       <c r="I43" s="14"/>
       <c r="J43" s="14"/>
       <c r="K43" s="14"/>
     </row>
     <row r="44" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="14"/>
       <c r="B44" s="373"/>
       <c r="C44" s="53"/>
       <c r="D44" s="375"/>
       <c r="E44" s="14"/>
       <c r="F44" s="14"/>
       <c r="G44" s="14"/>
       <c r="H44" s="278"/>
       <c r="I44" s="14"/>
       <c r="J44" s="14"/>
       <c r="K44" s="14"/>
     </row>
     <row r="45" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="376" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
       <c r="B45" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C45" s="206" t="s">
-        <v>1050</v>
+        <v>1045</v>
       </c>
       <c r="E45" s="31" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="F45" s="14"/>
       <c r="G45" s="14"/>
       <c r="H45" s="278"/>
       <c r="I45" s="14"/>
       <c r="J45" s="14"/>
       <c r="K45" s="14"/>
     </row>
     <row r="46" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="206" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="B46" s="377" t="str">
         <f>IF('SW CoS extension form'!$J$131="","",'SW CoS extension form'!$J$131)</f>
         <v>- select -</v>
       </c>
       <c r="C46" s="6">
         <f>IF(AND($B$46&lt;&gt;"- select -",$B$46&lt;&gt;"",$B$47&lt;&gt;"- select -",$B$47&lt;&gt;"",$B$45=TRUE,$C$48=""),10,0)</f>
         <v>0</v>
       </c>
       <c r="E46" s="378" t="str">
         <f>IF($C$46=0,"section incomplete",IF($B$46="Yes",1,0)+IF(AND($B$47="Yes",$C$47&lt;&gt;""),$C$47,0))</f>
         <v>section incomplete</v>
       </c>
       <c r="F46" s="14"/>
       <c r="G46" s="14"/>
       <c r="H46" s="278"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="14"/>
     </row>
     <row r="47" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="206" t="s">
-        <v>1053</v>
+        <v>1048</v>
       </c>
       <c r="B47" s="377" t="str">
         <f>IF('SW CoS extension form'!$J$135="","",'SW CoS extension form'!$J$135)</f>
         <v>- select -</v>
       </c>
       <c r="C47" s="379" t="str">
         <f>IF('SW CoS extension form'!$J$136="","",'SW CoS extension form'!$J$136)</f>
         <v/>
       </c>
       <c r="D47" s="206" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="F47" s="14"/>
       <c r="G47" s="14"/>
       <c r="H47" s="278"/>
       <c r="I47" s="14"/>
       <c r="J47" s="14"/>
       <c r="K47" s="14"/>
     </row>
     <row r="48" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A48" s="14"/>
       <c r="B48" s="373"/>
       <c r="C48" s="299" t="str">
         <f>IF('SW CoS extension form'!$J$138="","",'SW CoS extension form'!$J$138)</f>
         <v/>
       </c>
       <c r="D48" s="375"/>
       <c r="E48" s="14"/>
       <c r="F48" s="14"/>
       <c r="G48" s="14"/>
       <c r="H48" s="278"/>
       <c r="I48" s="14"/>
       <c r="J48" s="14"/>
       <c r="K48" s="14"/>
     </row>
     <row r="49" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
@@ -42451,468 +42455,468 @@
         <f>IF('SW CoS extension form'!$F$142&lt;&gt;"",'SW CoS extension form'!$F$142,"")</f>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D52" s="28"/>
     </row>
     <row r="53" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="145"/>
       <c r="B53" s="145"/>
       <c r="C53" s="145"/>
       <c r="D53" s="145"/>
       <c r="E53" s="145"/>
       <c r="F53" s="145"/>
       <c r="G53" s="145"/>
       <c r="H53" s="145"/>
       <c r="I53" s="145"/>
       <c r="J53" s="145"/>
       <c r="K53" s="145"/>
       <c r="L53" s="145"/>
       <c r="M53" s="145"/>
       <c r="N53" s="145"/>
     </row>
     <row r="54" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="270" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B54" s="270"/>
-      <c r="C54" s="801" t="s">
-[...18 lines deleted...]
-      <c r="S54" s="817"/>
+      <c r="C54" s="807" t="s">
+        <v>918</v>
+      </c>
+      <c r="D54" s="807"/>
+      <c r="E54" s="807"/>
+      <c r="F54" s="807"/>
+      <c r="G54" s="807"/>
+      <c r="H54" s="807"/>
+      <c r="I54" s="807"/>
+      <c r="J54" s="807"/>
+      <c r="K54" s="807"/>
+      <c r="L54" s="807"/>
+      <c r="M54" s="807"/>
+      <c r="O54" s="727" t="s">
+        <v>921</v>
+      </c>
+      <c r="P54" s="728"/>
+      <c r="Q54" s="728"/>
+      <c r="R54" s="728"/>
+      <c r="S54" s="729"/>
     </row>
     <row r="55" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B55" s="200"/>
       <c r="D55" s="271"/>
       <c r="E55" s="272"/>
-      <c r="O55" s="818"/>
-[...3 lines deleted...]
-      <c r="S55" s="820"/>
+      <c r="O55" s="730"/>
+      <c r="P55" s="731"/>
+      <c r="Q55" s="731"/>
+      <c r="R55" s="731"/>
+      <c r="S55" s="732"/>
     </row>
     <row r="56" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56" s="63" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="C56" s="6">
         <f>IF(AND($D$56&lt;&gt;"- select -",$D$56&lt;&gt;"Not Sure",$D$56&lt;&gt;"",$B$57=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D56" s="273" t="str">
         <f>'SW CoS extension form'!$I$159</f>
         <v>- select -</v>
       </c>
       <c r="F56" s="264" t="s">
-        <v>855</v>
-[...5 lines deleted...]
-      <c r="S56" s="820"/>
+        <v>854</v>
+      </c>
+      <c r="O56" s="730"/>
+      <c r="P56" s="731"/>
+      <c r="Q56" s="731"/>
+      <c r="R56" s="731"/>
+      <c r="S56" s="732"/>
     </row>
     <row r="57" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="63" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="B57" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <f>IF(AND($D$56&lt;&gt;"- select -",$D$56&lt;&gt;"Not Sure",$D$56&lt;&gt;"",$B$57=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="E57" s="274" t="s">
         <v>457</v>
       </c>
-      <c r="F57" s="733" t="str">
+      <c r="F57" s="818" t="str">
         <f>$E$188</f>
         <v/>
       </c>
-      <c r="G57" s="734"/>
-[...3 lines deleted...]
-      <c r="K57" s="735"/>
+      <c r="G57" s="819"/>
+      <c r="H57" s="819"/>
+      <c r="I57" s="819"/>
+      <c r="J57" s="819"/>
+      <c r="K57" s="820"/>
       <c r="L57" s="275"/>
       <c r="M57" s="275"/>
-      <c r="O57" s="818"/>
-[...3 lines deleted...]
-      <c r="S57" s="820"/>
+      <c r="O57" s="730"/>
+      <c r="P57" s="731"/>
+      <c r="Q57" s="731"/>
+      <c r="R57" s="731"/>
+      <c r="S57" s="732"/>
     </row>
     <row r="58" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="276"/>
       <c r="B58" s="276"/>
       <c r="C58" s="276"/>
       <c r="D58" s="276"/>
       <c r="E58" s="274" t="s">
         <v>398</v>
       </c>
-      <c r="F58" s="733" t="str">
+      <c r="F58" s="818" t="str">
         <f>$D$127</f>
         <v/>
       </c>
-      <c r="G58" s="734"/>
-[...10 lines deleted...]
-      <c r="S58" s="820"/>
+      <c r="G58" s="819"/>
+      <c r="H58" s="819"/>
+      <c r="I58" s="819"/>
+      <c r="J58" s="819"/>
+      <c r="K58" s="819"/>
+      <c r="L58" s="819"/>
+      <c r="M58" s="820"/>
+      <c r="O58" s="730"/>
+      <c r="P58" s="731"/>
+      <c r="Q58" s="731"/>
+      <c r="R58" s="731"/>
+      <c r="S58" s="732"/>
     </row>
     <row r="59" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="277" t="str">
         <f>'SW CoS extension form'!$A$161</f>
         <v/>
       </c>
       <c r="E59" s="274" t="s">
-        <v>921</v>
-[...1 lines deleted...]
-      <c r="F59" s="736" t="str">
+        <v>920</v>
+      </c>
+      <c r="F59" s="821" t="str">
         <f>IF($D$125="","Enter SOC code below",$D$125)</f>
         <v>Enter SOC code below</v>
       </c>
-      <c r="G59" s="737"/>
-[...1 lines deleted...]
-      <c r="I59" s="738"/>
+      <c r="G59" s="822"/>
+      <c r="H59" s="822"/>
+      <c r="I59" s="823"/>
       <c r="J59" s="275"/>
       <c r="K59" s="275"/>
       <c r="L59" s="275"/>
       <c r="M59" s="275"/>
-      <c r="O59" s="818"/>
-[...3 lines deleted...]
-      <c r="S59" s="820"/>
+      <c r="O59" s="730"/>
+      <c r="P59" s="731"/>
+      <c r="Q59" s="731"/>
+      <c r="R59" s="731"/>
+      <c r="S59" s="732"/>
     </row>
     <row r="60" spans="1:19" s="206" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E60" s="278" t="s">
         <v>222</v>
       </c>
-      <c r="F60" s="739" t="str">
+      <c r="F60" s="824" t="str">
         <f>$D$19</f>
         <v>- select -</v>
       </c>
-      <c r="G60" s="734"/>
-      <c r="H60" s="735"/>
+      <c r="G60" s="819"/>
+      <c r="H60" s="820"/>
       <c r="I60" s="275"/>
       <c r="J60" s="275"/>
       <c r="K60" s="275"/>
-      <c r="O60" s="818"/>
-[...3 lines deleted...]
-      <c r="S60" s="820"/>
+      <c r="O60" s="730"/>
+      <c r="P60" s="731"/>
+      <c r="Q60" s="731"/>
+      <c r="R60" s="731"/>
+      <c r="S60" s="732"/>
     </row>
     <row r="61" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="740" t="s">
-[...4 lines deleted...]
-      <c r="D61" s="740"/>
+      <c r="A61" s="825" t="s">
+        <v>922</v>
+      </c>
+      <c r="B61" s="825"/>
+      <c r="C61" s="825"/>
+      <c r="D61" s="825"/>
       <c r="E61" s="274" t="s">
         <v>224</v>
       </c>
-      <c r="F61" s="739" t="str">
+      <c r="F61" s="824" t="str">
         <f>$D$23</f>
         <v>- select -</v>
       </c>
-      <c r="G61" s="734"/>
-      <c r="H61" s="735"/>
+      <c r="G61" s="819"/>
+      <c r="H61" s="820"/>
       <c r="I61" s="275"/>
       <c r="J61" s="275"/>
       <c r="K61" s="275"/>
-      <c r="O61" s="821"/>
-[...3 lines deleted...]
-      <c r="S61" s="823"/>
+      <c r="O61" s="733"/>
+      <c r="P61" s="734"/>
+      <c r="Q61" s="734"/>
+      <c r="R61" s="734"/>
+      <c r="S61" s="735"/>
     </row>
     <row r="62" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E62" s="274" t="s">
         <v>225</v>
       </c>
-      <c r="F62" s="739" t="str">
+      <c r="F62" s="824" t="str">
         <f>$D$24</f>
         <v>- select -</v>
       </c>
-      <c r="G62" s="734"/>
-      <c r="H62" s="735"/>
+      <c r="G62" s="819"/>
+      <c r="H62" s="820"/>
       <c r="I62" s="275"/>
       <c r="J62" s="275"/>
       <c r="K62" s="275"/>
     </row>
     <row r="63" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E63" s="274"/>
       <c r="F63" s="309"/>
       <c r="G63" s="280"/>
       <c r="H63" s="280"/>
       <c r="I63" s="275"/>
       <c r="J63" s="275"/>
       <c r="K63" s="275"/>
     </row>
     <row r="64" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="206" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="B64" s="824" t="str">
+        <v>938</v>
+      </c>
+      <c r="B64" s="736" t="str">
         <f>IF('SW CoS extension form'!$G$162&lt;&gt;"",'SW CoS extension form'!$G$162,"")</f>
         <v/>
       </c>
-      <c r="C64" s="825"/>
-      <c r="D64" s="826"/>
+      <c r="C64" s="737"/>
+      <c r="D64" s="738"/>
       <c r="E64" s="216" t="s">
-        <v>940</v>
-[...8 lines deleted...]
-      <c r="M64" s="829"/>
+        <v>939</v>
+      </c>
+      <c r="F64" s="739"/>
+      <c r="G64" s="740"/>
+      <c r="H64" s="740"/>
+      <c r="I64" s="740"/>
+      <c r="J64" s="740"/>
+      <c r="K64" s="740"/>
+      <c r="L64" s="740"/>
+      <c r="M64" s="741"/>
     </row>
     <row r="65" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B65" s="824" t="str">
+      <c r="B65" s="736" t="str">
         <f>IF('SW CoS extension form'!$G$163&lt;&gt;"",'SW CoS extension form'!$G$163,"")</f>
         <v/>
       </c>
-      <c r="C65" s="825"/>
-      <c r="D65" s="826"/>
+      <c r="C65" s="737"/>
+      <c r="D65" s="738"/>
       <c r="E65" s="310" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-      <c r="M65" s="832"/>
+        <v>854</v>
+      </c>
+      <c r="F65" s="742"/>
+      <c r="G65" s="743"/>
+      <c r="H65" s="743"/>
+      <c r="I65" s="743"/>
+      <c r="J65" s="743"/>
+      <c r="K65" s="743"/>
+      <c r="L65" s="743"/>
+      <c r="M65" s="744"/>
     </row>
     <row r="66" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B66" s="824" t="str">
+      <c r="B66" s="736" t="str">
         <f>IF('SW CoS extension form'!$G$164&lt;&gt;"",'SW CoS extension form'!$G$164,"")</f>
         <v/>
       </c>
-      <c r="C66" s="825"/>
-      <c r="D66" s="826"/>
+      <c r="C66" s="737"/>
+      <c r="D66" s="738"/>
       <c r="E66" s="274"/>
-      <c r="F66" s="830"/>
-[...6 lines deleted...]
-      <c r="M66" s="832"/>
+      <c r="F66" s="742"/>
+      <c r="G66" s="743"/>
+      <c r="H66" s="743"/>
+      <c r="I66" s="743"/>
+      <c r="J66" s="743"/>
+      <c r="K66" s="743"/>
+      <c r="L66" s="743"/>
+      <c r="M66" s="744"/>
     </row>
     <row r="67" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="206" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="B67" s="69" t="str">
         <f>'SW CoS extension form'!$J$165</f>
         <v>- select -</v>
       </c>
       <c r="E67" s="274"/>
-      <c r="F67" s="833"/>
-[...6 lines deleted...]
-      <c r="M67" s="835"/>
+      <c r="F67" s="745"/>
+      <c r="G67" s="746"/>
+      <c r="H67" s="746"/>
+      <c r="I67" s="746"/>
+      <c r="J67" s="746"/>
+      <c r="K67" s="746"/>
+      <c r="L67" s="746"/>
+      <c r="M67" s="747"/>
     </row>
     <row r="68" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="206" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="B68" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C68" s="6">
         <f>IF(OR($B$68=TRUE,'SW CoS extension form'!$A$161&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="E68" s="274"/>
-      <c r="F68" s="805" t="s">
-[...8 lines deleted...]
-      <c r="M68" s="805"/>
+      <c r="F68" s="811" t="s">
+        <v>932</v>
+      </c>
+      <c r="G68" s="811"/>
+      <c r="H68" s="811"/>
+      <c r="I68" s="811"/>
+      <c r="J68" s="811"/>
+      <c r="K68" s="811"/>
+      <c r="L68" s="811"/>
+      <c r="M68" s="811"/>
     </row>
     <row r="69" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E69" s="274"/>
       <c r="F69" s="309"/>
       <c r="G69" s="280"/>
       <c r="H69" s="280"/>
       <c r="I69" s="275"/>
       <c r="J69" s="275"/>
       <c r="K69" s="275"/>
     </row>
     <row r="70" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70" s="279" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="F70" s="280"/>
       <c r="G70" s="280"/>
       <c r="H70" s="280"/>
       <c r="I70" s="201"/>
       <c r="J70" s="201"/>
       <c r="K70" s="201"/>
     </row>
     <row r="71" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="281" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B71" s="282" t="s">
         <v>195</v>
       </c>
       <c r="C71" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D71" s="283" t="s">
-        <v>925</v>
-[...1 lines deleted...]
-      <c r="E71" s="741" t="str">
+        <v>924</v>
+      </c>
+      <c r="E71" s="826" t="str">
         <f>IF(OR($B$71="",$B$71="- select -"),"",IF($B$71="No",IF('SW CoS extension form'!$A$161&lt;&gt;"","ATAS requirement does not apply because the applicant is an exempt national","ATAS requirement does not apply because the role does not include research at a PhD-level or above in a relevant subject area"),"ATAS requirement applies, certificate no: " &amp; $B$75))</f>
         <v/>
       </c>
-      <c r="F71" s="742"/>
-[...2 lines deleted...]
-      <c r="I71" s="743"/>
+      <c r="F71" s="827"/>
+      <c r="G71" s="827"/>
+      <c r="H71" s="827"/>
+      <c r="I71" s="828"/>
       <c r="J71" s="264" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="K71" s="201"/>
     </row>
     <row r="72" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="281" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="B72" s="284"/>
       <c r="C72" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D72" s="285"/>
-      <c r="E72" s="744"/>
-[...3 lines deleted...]
-      <c r="I72" s="746"/>
+      <c r="E72" s="829"/>
+      <c r="F72" s="830"/>
+      <c r="G72" s="830"/>
+      <c r="H72" s="830"/>
+      <c r="I72" s="831"/>
       <c r="J72" s="275"/>
       <c r="K72" s="275"/>
     </row>
     <row r="73" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A73" s="281" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="B73" s="284"/>
       <c r="C73" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D73" s="285"/>
-      <c r="E73" s="747"/>
-[...3 lines deleted...]
-      <c r="I73" s="749"/>
+      <c r="E73" s="832"/>
+      <c r="F73" s="833"/>
+      <c r="G73" s="833"/>
+      <c r="H73" s="833"/>
+      <c r="I73" s="834"/>
       <c r="J73" s="286"/>
       <c r="K73" s="275"/>
     </row>
     <row r="74" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A74" s="287" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="B74" s="285"/>
       <c r="C74" s="285"/>
       <c r="D74" s="285"/>
       <c r="E74" s="288"/>
       <c r="F74" s="288"/>
       <c r="G74" s="288"/>
       <c r="H74" s="288"/>
       <c r="I74" s="201"/>
       <c r="J74" s="201"/>
       <c r="K74" s="201"/>
     </row>
     <row r="75" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A75" s="281" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="B75" s="298"/>
       <c r="C75" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D75" s="285"/>
-      <c r="E75" s="750" t="str">
+      <c r="E75" s="835" t="str">
         <f>IF(OR($B$71="",$B$71="- select -"),"Please complete the ATAS questions",IF(AND($B$71="Yes",OR($B$72="",$B$73="",$B$75="")),"ATAS certificate details required before CoS can be issued!","Please remember to in include ATAS SN when issuing CoS"))</f>
         <v>Please complete the ATAS questions</v>
       </c>
-      <c r="F75" s="750"/>
-[...2 lines deleted...]
-      <c r="I75" s="750"/>
+      <c r="F75" s="835"/>
+      <c r="G75" s="835"/>
+      <c r="H75" s="835"/>
+      <c r="I75" s="835"/>
       <c r="J75" s="201"/>
       <c r="K75" s="201"/>
       <c r="L75" s="289"/>
       <c r="M75" s="289"/>
       <c r="N75" s="289"/>
       <c r="O75" s="289"/>
       <c r="P75" s="289"/>
     </row>
     <row r="76" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A76" s="281"/>
       <c r="B76" s="290"/>
       <c r="C76" s="290"/>
       <c r="D76" s="285"/>
       <c r="E76" s="291"/>
       <c r="F76" s="291"/>
       <c r="G76" s="291"/>
       <c r="H76" s="291"/>
       <c r="I76" s="291"/>
       <c r="J76" s="201"/>
       <c r="K76" s="201"/>
       <c r="L76" s="289"/>
       <c r="M76" s="289"/>
       <c r="N76" s="289"/>
       <c r="O76" s="289"/>
       <c r="P76" s="289"/>
@@ -42977,153 +42981,153 @@
       </c>
       <c r="D81" s="28" t="str">
         <f>IF('SW CoS extension form'!$F$182&lt;&gt;"",'SW CoS extension form'!$F$182,"")</f>
         <v/>
       </c>
       <c r="E81" s="55" t="str">
         <f ca="1">CONCATENATE('SW CoS extension form'!E183,IF(AND('SW CoS extension form'!E183&lt;&gt;"",'SW CoS extension form'!A184&lt;&gt;""),"/ ",""),'SW CoS extension form'!A184)</f>
         <v/>
       </c>
     </row>
     <row r="82" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="18" t="s">
         <v>349</v>
       </c>
       <c r="B82" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C82" s="6">
         <f>IF(AND($B$82=TRUE,$D$82&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D82" s="51" t="str">
         <f>IF('SW CoS extension form'!$F$185&lt;&gt;"",'SW CoS extension form'!$F$185,"")</f>
         <v/>
       </c>
-      <c r="E82" s="751" t="str">
+      <c r="E82" s="757" t="str">
         <f>CONCATENATE('SW CoS extension form'!$F$191,"/ ",'SW CoS extension form'!$F$192,"/ ",'SW CoS extension form'!$F$193,"/ ",'SW CoS extension form'!$F$194,"/ ",'SW CoS extension form'!$F$195,"/ ",'SW CoS extension form'!$F$196)</f>
         <v xml:space="preserve">/ / / / / </v>
       </c>
-      <c r="F82" s="752"/>
-[...6 lines deleted...]
-      <c r="M82" s="753"/>
+      <c r="F82" s="758"/>
+      <c r="G82" s="758"/>
+      <c r="H82" s="758"/>
+      <c r="I82" s="758"/>
+      <c r="J82" s="758"/>
+      <c r="K82" s="758"/>
+      <c r="L82" s="758"/>
+      <c r="M82" s="759"/>
       <c r="N82" s="143"/>
       <c r="O82" s="144"/>
       <c r="P82" s="144"/>
       <c r="Q82" s="144"/>
       <c r="R82" s="144"/>
       <c r="S82" s="144"/>
     </row>
     <row r="83" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A83" s="52"/>
       <c r="B83" s="14"/>
       <c r="C83" s="53"/>
       <c r="D83" s="54"/>
-      <c r="E83" s="754"/>
-[...7 lines deleted...]
-      <c r="M83" s="756"/>
+      <c r="E83" s="760"/>
+      <c r="F83" s="761"/>
+      <c r="G83" s="761"/>
+      <c r="H83" s="761"/>
+      <c r="I83" s="761"/>
+      <c r="J83" s="761"/>
+      <c r="K83" s="761"/>
+      <c r="L83" s="761"/>
+      <c r="M83" s="762"/>
       <c r="N83" s="143"/>
       <c r="O83" s="144"/>
       <c r="P83" s="144"/>
       <c r="Q83" s="144"/>
       <c r="R83" s="144"/>
       <c r="S83" s="144"/>
     </row>
     <row r="84" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="52"/>
       <c r="B84" s="170" t="s">
         <v>844</v>
       </c>
       <c r="C84" s="53"/>
       <c r="D84" s="173" t="s">
         <v>843</v>
       </c>
-      <c r="E84" s="757"/>
-[...7 lines deleted...]
-      <c r="M84" s="759"/>
+      <c r="E84" s="763"/>
+      <c r="F84" s="764"/>
+      <c r="G84" s="764"/>
+      <c r="H84" s="764"/>
+      <c r="I84" s="764"/>
+      <c r="J84" s="764"/>
+      <c r="K84" s="764"/>
+      <c r="L84" s="764"/>
+      <c r="M84" s="765"/>
       <c r="N84" s="143"/>
       <c r="O84" s="144"/>
       <c r="P84" s="144"/>
       <c r="Q84" s="144"/>
       <c r="R84" s="144"/>
       <c r="S84" s="144"/>
     </row>
     <row r="85" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
         <v>351</v>
       </c>
       <c r="B85" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C85" s="6">
         <f>IF(AND($B$85=TRUE,$D$85=TRUE)=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D85" s="174" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:19" x14ac:dyDescent="0.25">
       <c r="B86" s="69"/>
       <c r="C86" s="146"/>
     </row>
     <row r="88" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A88" s="145"/>
       <c r="B88" s="145"/>
       <c r="C88" s="145"/>
       <c r="D88" s="145"/>
       <c r="E88" s="145"/>
       <c r="F88" s="145"/>
       <c r="G88" s="145"/>
       <c r="H88" s="145"/>
       <c r="I88" s="145"/>
       <c r="J88" s="145"/>
       <c r="K88" s="145"/>
       <c r="L88" s="145"/>
       <c r="M88" s="145"/>
       <c r="N88" s="145"/>
     </row>
     <row r="89" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B89" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C89" s="6">
         <f>IF(AND($B$89=TRUE,$D$89&lt;&gt;"",$D$89&lt;&gt;"- select -")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D89" s="27" t="str">
         <f>IF('SW CoS extension form'!$J$208&lt;&gt;"",'SW CoS extension form'!$J$208,"")</f>
         <v>- select -</v>
       </c>
     </row>
     <row r="90" spans="1:19" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="91" spans="1:19" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A91" s="389" t="s">
         <v>396</v>
       </c>
       <c r="B91" s="390"/>
       <c r="C91" s="390"/>
       <c r="D91" s="390"/>
       <c r="E91" s="390"/>
       <c r="F91" s="390"/>
       <c r="G91" s="390"/>
       <c r="H91" s="390"/>
@@ -43357,613 +43361,613 @@
       </c>
       <c r="E112" s="61" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="113" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D113" s="59" t="str">
         <f>IF('SW CoS extension form'!$E265&lt;&gt;"",UPPER('SW CoS extension form'!$E265),"")</f>
         <v/>
       </c>
       <c r="E113" s="61" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>395</v>
       </c>
       <c r="B114" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <f>IF(OR(AND($D$114="",$B$95=TRUE),AND($D$114&lt;&gt;"",$B$114=TRUE)),10,0)</f>
         <v>0</v>
       </c>
-      <c r="D114" s="770" t="str">
+      <c r="D114" s="776" t="str">
         <f>IF('SW CoS extension form'!$A268&lt;&gt;"",'SW CoS extension form'!$A268,"")</f>
         <v/>
       </c>
-      <c r="E114" s="771"/>
-[...7 lines deleted...]
-      <c r="M114" s="772"/>
+      <c r="E114" s="777"/>
+      <c r="F114" s="777"/>
+      <c r="G114" s="777"/>
+      <c r="H114" s="777"/>
+      <c r="I114" s="777"/>
+      <c r="J114" s="777"/>
+      <c r="K114" s="777"/>
+      <c r="L114" s="777"/>
+      <c r="M114" s="778"/>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D115" s="773"/>
-[...8 lines deleted...]
-      <c r="M115" s="775"/>
+      <c r="D115" s="779"/>
+      <c r="E115" s="780"/>
+      <c r="F115" s="780"/>
+      <c r="G115" s="780"/>
+      <c r="H115" s="780"/>
+      <c r="I115" s="780"/>
+      <c r="J115" s="780"/>
+      <c r="K115" s="780"/>
+      <c r="L115" s="780"/>
+      <c r="M115" s="781"/>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D116" s="773"/>
-[...8 lines deleted...]
-      <c r="M116" s="775"/>
+      <c r="D116" s="779"/>
+      <c r="E116" s="780"/>
+      <c r="F116" s="780"/>
+      <c r="G116" s="780"/>
+      <c r="H116" s="780"/>
+      <c r="I116" s="780"/>
+      <c r="J116" s="780"/>
+      <c r="K116" s="780"/>
+      <c r="L116" s="780"/>
+      <c r="M116" s="781"/>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D117" s="773"/>
-[...8 lines deleted...]
-      <c r="M117" s="775"/>
+      <c r="D117" s="779"/>
+      <c r="E117" s="780"/>
+      <c r="F117" s="780"/>
+      <c r="G117" s="780"/>
+      <c r="H117" s="780"/>
+      <c r="I117" s="780"/>
+      <c r="J117" s="780"/>
+      <c r="K117" s="780"/>
+      <c r="L117" s="780"/>
+      <c r="M117" s="781"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D118" s="773"/>
-[...8 lines deleted...]
-      <c r="M118" s="775"/>
+      <c r="D118" s="779"/>
+      <c r="E118" s="780"/>
+      <c r="F118" s="780"/>
+      <c r="G118" s="780"/>
+      <c r="H118" s="780"/>
+      <c r="I118" s="780"/>
+      <c r="J118" s="780"/>
+      <c r="K118" s="780"/>
+      <c r="L118" s="780"/>
+      <c r="M118" s="781"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D119" s="773"/>
-[...8 lines deleted...]
-      <c r="M119" s="775"/>
+      <c r="D119" s="779"/>
+      <c r="E119" s="780"/>
+      <c r="F119" s="780"/>
+      <c r="G119" s="780"/>
+      <c r="H119" s="780"/>
+      <c r="I119" s="780"/>
+      <c r="J119" s="780"/>
+      <c r="K119" s="780"/>
+      <c r="L119" s="780"/>
+      <c r="M119" s="781"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D120" s="773"/>
-[...8 lines deleted...]
-      <c r="M120" s="775"/>
+      <c r="D120" s="779"/>
+      <c r="E120" s="780"/>
+      <c r="F120" s="780"/>
+      <c r="G120" s="780"/>
+      <c r="H120" s="780"/>
+      <c r="I120" s="780"/>
+      <c r="J120" s="780"/>
+      <c r="K120" s="780"/>
+      <c r="L120" s="780"/>
+      <c r="M120" s="781"/>
     </row>
     <row r="121" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D121" s="776"/>
-[...8 lines deleted...]
-      <c r="M121" s="778"/>
+      <c r="D121" s="782"/>
+      <c r="E121" s="783"/>
+      <c r="F121" s="783"/>
+      <c r="G121" s="783"/>
+      <c r="H121" s="783"/>
+      <c r="I121" s="783"/>
+      <c r="J121" s="783"/>
+      <c r="K121" s="783"/>
+      <c r="L121" s="783"/>
+      <c r="M121" s="784"/>
     </row>
     <row r="122" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A122" s="36"/>
       <c r="B122" s="36"/>
       <c r="C122" s="36"/>
       <c r="D122" s="53"/>
       <c r="E122" s="53"/>
       <c r="F122" s="53"/>
       <c r="G122" s="53"/>
       <c r="H122" s="53"/>
       <c r="I122" s="53"/>
       <c r="J122" s="53"/>
       <c r="K122" s="53"/>
       <c r="L122" s="53"/>
       <c r="M122" s="147"/>
       <c r="N122" s="36"/>
     </row>
     <row r="123" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A123" s="802" t="s">
+      <c r="A123" s="808" t="s">
         <v>462</v>
       </c>
-      <c r="B123" s="803"/>
-[...11 lines deleted...]
-      <c r="N123" s="804"/>
+      <c r="B123" s="809"/>
+      <c r="C123" s="809"/>
+      <c r="D123" s="809"/>
+      <c r="E123" s="809"/>
+      <c r="F123" s="809"/>
+      <c r="G123" s="809"/>
+      <c r="H123" s="809"/>
+      <c r="I123" s="809"/>
+      <c r="J123" s="809"/>
+      <c r="K123" s="809"/>
+      <c r="L123" s="809"/>
+      <c r="M123" s="809"/>
+      <c r="N123" s="810"/>
     </row>
     <row r="124" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A124" s="36"/>
       <c r="B124" s="36"/>
       <c r="C124" s="36"/>
       <c r="D124" s="53"/>
       <c r="E124" s="53"/>
       <c r="F124" s="53"/>
       <c r="G124" s="53"/>
       <c r="H124" s="53"/>
       <c r="I124" s="53"/>
       <c r="J124" s="53"/>
       <c r="K124" s="53"/>
       <c r="L124" s="53"/>
       <c r="M124" s="53"/>
       <c r="N124" s="36"/>
     </row>
     <row r="125" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C125" s="189" t="s">
+        <v>853</v>
+      </c>
+      <c r="D125" s="793"/>
+      <c r="E125" s="794"/>
+      <c r="F125" s="190" t="s">
         <v>854</v>
-      </c>
-[...3 lines deleted...]
-        <v>855</v>
       </c>
       <c r="G125" s="148"/>
       <c r="H125" s="148"/>
       <c r="I125" s="148"/>
       <c r="J125" s="148"/>
       <c r="K125" s="148"/>
       <c r="L125" s="148"/>
       <c r="M125" s="148"/>
       <c r="N125" s="148"/>
     </row>
     <row r="126" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C126" s="189"/>
       <c r="D126" s="202"/>
       <c r="E126" s="202"/>
       <c r="F126" s="190"/>
       <c r="G126" s="148"/>
       <c r="H126" s="148"/>
       <c r="I126" s="148"/>
       <c r="J126" s="148"/>
       <c r="K126" s="148"/>
       <c r="L126" s="148"/>
       <c r="M126" s="148"/>
       <c r="N126" s="148"/>
     </row>
     <row r="127" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
         <v>398</v>
       </c>
       <c r="B127" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <f>IF(AND($B$127=TRUE,$D$127&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
-      <c r="D127" s="798" t="str">
+      <c r="D127" s="804" t="str">
         <f>IF('SW CoS extension form'!$B$282&lt;&gt;"",'SW CoS extension form'!$B$282,"")</f>
         <v/>
       </c>
-      <c r="E127" s="799"/>
-[...7 lines deleted...]
-      <c r="M127" s="800"/>
+      <c r="E127" s="805"/>
+      <c r="F127" s="805"/>
+      <c r="G127" s="805"/>
+      <c r="H127" s="805"/>
+      <c r="I127" s="805"/>
+      <c r="J127" s="805"/>
+      <c r="K127" s="805"/>
+      <c r="L127" s="805"/>
+      <c r="M127" s="806"/>
       <c r="N127" s="149"/>
     </row>
     <row r="128" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D128" s="150" t="str">
         <f>IF('SW CoS extension form'!$B$283&lt;&gt;"",'SW CoS extension form'!$B$283,"")</f>
         <v/>
       </c>
       <c r="E128" s="149"/>
       <c r="F128" s="149"/>
       <c r="G128" s="149"/>
       <c r="H128" s="149"/>
       <c r="I128" s="149"/>
       <c r="J128" s="149"/>
       <c r="K128" s="149"/>
       <c r="L128" s="149"/>
       <c r="M128" s="149"/>
       <c r="N128" s="149"/>
     </row>
     <row r="129" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>399</v>
       </c>
       <c r="B129" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <f>IF(AND($B$129=TRUE,$D$129&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
-      <c r="D129" s="779" t="str">
+      <c r="D129" s="785" t="str">
         <f>IF('SW CoS extension form'!$A$286&lt;&gt;"",'SW CoS extension form'!$A$286,"")</f>
         <v/>
       </c>
-      <c r="E129" s="780"/>
-[...7 lines deleted...]
-      <c r="M129" s="781"/>
+      <c r="E129" s="786"/>
+      <c r="F129" s="786"/>
+      <c r="G129" s="786"/>
+      <c r="H129" s="786"/>
+      <c r="I129" s="786"/>
+      <c r="J129" s="786"/>
+      <c r="K129" s="786"/>
+      <c r="L129" s="786"/>
+      <c r="M129" s="787"/>
       <c r="N129" s="149"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D130" s="782"/>
-[...8 lines deleted...]
-      <c r="M130" s="783"/>
+      <c r="D130" s="788"/>
+      <c r="E130" s="771"/>
+      <c r="F130" s="771"/>
+      <c r="G130" s="771"/>
+      <c r="H130" s="771"/>
+      <c r="I130" s="771"/>
+      <c r="J130" s="771"/>
+      <c r="K130" s="771"/>
+      <c r="L130" s="771"/>
+      <c r="M130" s="789"/>
       <c r="N130" s="149"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D131" s="782"/>
-[...8 lines deleted...]
-      <c r="M131" s="783"/>
+      <c r="D131" s="788"/>
+      <c r="E131" s="771"/>
+      <c r="F131" s="771"/>
+      <c r="G131" s="771"/>
+      <c r="H131" s="771"/>
+      <c r="I131" s="771"/>
+      <c r="J131" s="771"/>
+      <c r="K131" s="771"/>
+      <c r="L131" s="771"/>
+      <c r="M131" s="789"/>
       <c r="N131" s="149"/>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D132" s="782"/>
-[...8 lines deleted...]
-      <c r="M132" s="783"/>
+      <c r="D132" s="788"/>
+      <c r="E132" s="771"/>
+      <c r="F132" s="771"/>
+      <c r="G132" s="771"/>
+      <c r="H132" s="771"/>
+      <c r="I132" s="771"/>
+      <c r="J132" s="771"/>
+      <c r="K132" s="771"/>
+      <c r="L132" s="771"/>
+      <c r="M132" s="789"/>
       <c r="N132" s="149"/>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D133" s="782"/>
-[...8 lines deleted...]
-      <c r="M133" s="783"/>
+      <c r="D133" s="788"/>
+      <c r="E133" s="771"/>
+      <c r="F133" s="771"/>
+      <c r="G133" s="771"/>
+      <c r="H133" s="771"/>
+      <c r="I133" s="771"/>
+      <c r="J133" s="771"/>
+      <c r="K133" s="771"/>
+      <c r="L133" s="771"/>
+      <c r="M133" s="789"/>
       <c r="N133" s="149"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D134" s="782"/>
-[...8 lines deleted...]
-      <c r="M134" s="783"/>
+      <c r="D134" s="788"/>
+      <c r="E134" s="771"/>
+      <c r="F134" s="771"/>
+      <c r="G134" s="771"/>
+      <c r="H134" s="771"/>
+      <c r="I134" s="771"/>
+      <c r="J134" s="771"/>
+      <c r="K134" s="771"/>
+      <c r="L134" s="771"/>
+      <c r="M134" s="789"/>
       <c r="N134" s="149"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D135" s="782"/>
-[...8 lines deleted...]
-      <c r="M135" s="783"/>
+      <c r="D135" s="788"/>
+      <c r="E135" s="771"/>
+      <c r="F135" s="771"/>
+      <c r="G135" s="771"/>
+      <c r="H135" s="771"/>
+      <c r="I135" s="771"/>
+      <c r="J135" s="771"/>
+      <c r="K135" s="771"/>
+      <c r="L135" s="771"/>
+      <c r="M135" s="789"/>
       <c r="N135" s="149"/>
     </row>
     <row r="136" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D136" s="784"/>
-[...8 lines deleted...]
-      <c r="M136" s="786"/>
+      <c r="D136" s="790"/>
+      <c r="E136" s="791"/>
+      <c r="F136" s="791"/>
+      <c r="G136" s="791"/>
+      <c r="H136" s="791"/>
+      <c r="I136" s="791"/>
+      <c r="J136" s="791"/>
+      <c r="K136" s="791"/>
+      <c r="L136" s="791"/>
+      <c r="M136" s="792"/>
       <c r="N136" s="149"/>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D137" s="150" t="str">
         <f>IF('SW CoS extension form'!$A$300&lt;&gt;"",'SW CoS extension form'!$A$300,"")</f>
         <v/>
       </c>
       <c r="E137" s="151"/>
       <c r="F137" s="151"/>
       <c r="G137" s="151"/>
       <c r="H137" s="151"/>
       <c r="I137" s="151"/>
       <c r="J137" s="151"/>
       <c r="K137" s="151"/>
       <c r="L137" s="151"/>
       <c r="M137" s="151"/>
       <c r="N137" s="149"/>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A138" s="760" t="s">
+      <c r="A138" s="766" t="s">
         <v>400</v>
       </c>
       <c r="B138" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <f>IF($B$138=TRUE,10,0)</f>
         <v>0</v>
       </c>
-      <c r="D138" s="761" t="str">
+      <c r="D138" s="767" t="str">
         <f>IF('SW CoS extension form'!$A$307&lt;&gt;"",'SW CoS extension form'!$A$307,"")</f>
         <v/>
       </c>
-      <c r="E138" s="762"/>
-[...7 lines deleted...]
-      <c r="M138" s="763"/>
+      <c r="E138" s="768"/>
+      <c r="F138" s="768"/>
+      <c r="G138" s="768"/>
+      <c r="H138" s="768"/>
+      <c r="I138" s="768"/>
+      <c r="J138" s="768"/>
+      <c r="K138" s="768"/>
+      <c r="L138" s="768"/>
+      <c r="M138" s="769"/>
       <c r="N138" s="149"/>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A139" s="760"/>
-[...9 lines deleted...]
-      <c r="M139" s="766"/>
+      <c r="A139" s="766"/>
+      <c r="D139" s="770"/>
+      <c r="E139" s="771"/>
+      <c r="F139" s="771"/>
+      <c r="G139" s="771"/>
+      <c r="H139" s="771"/>
+      <c r="I139" s="771"/>
+      <c r="J139" s="771"/>
+      <c r="K139" s="771"/>
+      <c r="L139" s="771"/>
+      <c r="M139" s="772"/>
       <c r="N139" s="149"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D140" s="767"/>
-[...8 lines deleted...]
-      <c r="M140" s="769"/>
+      <c r="D140" s="773"/>
+      <c r="E140" s="774"/>
+      <c r="F140" s="774"/>
+      <c r="G140" s="774"/>
+      <c r="H140" s="774"/>
+      <c r="I140" s="774"/>
+      <c r="J140" s="774"/>
+      <c r="K140" s="774"/>
+      <c r="L140" s="774"/>
+      <c r="M140" s="775"/>
       <c r="N140" s="149"/>
     </row>
     <row r="141" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D141" s="215"/>
       <c r="E141" s="215"/>
       <c r="F141" s="215"/>
       <c r="G141" s="215"/>
       <c r="H141" s="215"/>
       <c r="I141" s="215"/>
       <c r="J141" s="215"/>
       <c r="K141" s="215"/>
       <c r="L141" s="215"/>
       <c r="M141" s="215"/>
       <c r="N141" s="149"/>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>401</v>
       </c>
       <c r="B142" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <f>IF(AND($B$142=TRUE,$D$142&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D142" s="256" t="str">
         <f>IF('SW CoS extension form'!$E$312&lt;&gt;"",'SW CoS extension form'!$E$312,"")</f>
         <v/>
       </c>
       <c r="E142" s="153"/>
       <c r="F142" s="153"/>
       <c r="G142" s="153"/>
       <c r="H142" s="153"/>
       <c r="I142" s="151"/>
       <c r="J142" s="151"/>
       <c r="K142" s="151"/>
       <c r="L142" s="151"/>
       <c r="M142" s="151"/>
       <c r="N142" s="149"/>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A143" s="248" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="B143" s="249" t="b">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <f>IF($B$143=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D143" s="257" t="str">
         <f>IF('SW CoS extension form'!$D$331&lt;&gt;"",'SW CoS extension form'!$D$331,"")</f>
         <v/>
       </c>
       <c r="E143" s="151"/>
       <c r="H143" s="151"/>
       <c r="I143" s="151"/>
       <c r="J143" s="151"/>
       <c r="K143" s="151"/>
       <c r="L143" s="151"/>
       <c r="M143" s="151"/>
       <c r="N143" s="149"/>
     </row>
     <row r="144" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B144" s="200"/>
       <c r="C144" s="200"/>
       <c r="D144" s="152"/>
       <c r="E144" s="149"/>
       <c r="F144" s="149"/>
       <c r="G144" s="149"/>
       <c r="H144" s="149"/>
       <c r="I144" s="149"/>
       <c r="J144" s="149"/>
       <c r="K144" s="149"/>
       <c r="L144" s="149"/>
       <c r="M144" s="149"/>
       <c r="N144" s="149"/>
     </row>
     <row r="145" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A145" s="206" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="B145" s="251" t="s">
         <v>195</v>
       </c>
       <c r="C145" s="6">
         <f>IF($B$145="Yes",10,0)</f>
         <v>0</v>
       </c>
       <c r="D145" s="250" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="E145" s="149"/>
       <c r="F145" s="149"/>
       <c r="G145" s="149"/>
       <c r="H145" s="149"/>
       <c r="I145" s="149"/>
       <c r="J145" s="149"/>
       <c r="K145" s="149"/>
       <c r="L145" s="149"/>
       <c r="M145" s="149"/>
       <c r="N145" s="149"/>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A146" s="36"/>
       <c r="B146" s="69"/>
       <c r="C146" s="146"/>
       <c r="D146" s="152"/>
       <c r="E146" s="149"/>
       <c r="F146" s="149"/>
       <c r="G146" s="149"/>
       <c r="H146" s="149"/>
       <c r="I146" s="149"/>
       <c r="J146" s="149"/>
       <c r="K146" s="149"/>
       <c r="L146" s="149"/>
       <c r="M146" s="149"/>
       <c r="N146" s="149"/>
     </row>
     <row r="147" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A147" s="36" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="B147" s="247" t="str">
         <f>'SW CoS extension form'!$J$322</f>
         <v>- select -</v>
       </c>
       <c r="C147" s="146"/>
       <c r="D147" s="311" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="E147" s="149"/>
       <c r="F147" s="149"/>
       <c r="G147" s="149"/>
       <c r="H147" s="149"/>
       <c r="I147" s="149"/>
       <c r="J147" s="149"/>
       <c r="K147" s="149"/>
       <c r="L147" s="149"/>
       <c r="M147" s="149"/>
       <c r="N147" s="149"/>
     </row>
     <row r="148" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A148" s="36" t="s">
-        <v>904</v>
-[...1 lines deleted...]
-      <c r="B148" s="727" t="str">
+        <v>903</v>
+      </c>
+      <c r="B148" s="812" t="str">
         <f>IF('SW CoS extension form'!$D$324="","",'SW CoS extension form'!$D$324)</f>
         <v/>
       </c>
-      <c r="C148" s="728"/>
-[...3 lines deleted...]
-      <c r="G148" s="729"/>
+      <c r="C148" s="813"/>
+      <c r="D148" s="813"/>
+      <c r="E148" s="813"/>
+      <c r="F148" s="813"/>
+      <c r="G148" s="814"/>
       <c r="H148" s="149"/>
       <c r="I148" s="149"/>
       <c r="J148" s="149"/>
       <c r="K148" s="149"/>
       <c r="L148" s="149"/>
       <c r="M148" s="149"/>
       <c r="N148" s="149"/>
     </row>
     <row r="149" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A149" s="145"/>
       <c r="B149" s="145"/>
       <c r="C149" s="145"/>
       <c r="D149" s="145"/>
       <c r="E149" s="145"/>
       <c r="F149" s="145"/>
       <c r="G149" s="145"/>
       <c r="H149" s="145"/>
       <c r="I149" s="145"/>
       <c r="J149" s="145"/>
       <c r="K149" s="145"/>
       <c r="L149" s="145"/>
       <c r="M149" s="145"/>
       <c r="N149" s="145"/>
     </row>
     <row r="150" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -44072,100 +44076,100 @@
       <c r="C158" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <f>IF(AND($B158=TRUE,$C158=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A159" t="s">
         <v>415</v>
       </c>
       <c r="B159" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C159" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <f>IF(AND($B159=TRUE,$C159=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A160" s="206" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="B160" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C160" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D160" s="6">
         <f>IF(AND($B160=TRUE,$C160=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A161" t="s">
         <v>418</v>
       </c>
       <c r="B161" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C161" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <f>IF(AND($B161=TRUE,$C161=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A162" s="206" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="B162" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C162" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <f>IF(OR($C162=TRUE,'SW CoS extension form'!$A$161&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B163" s="69"/>
       <c r="C163" s="146"/>
     </row>
     <row r="164" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A164" s="389" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="B164" s="390"/>
       <c r="C164" s="390"/>
       <c r="D164" s="390"/>
       <c r="E164" s="390"/>
       <c r="F164" s="390"/>
       <c r="G164" s="390"/>
       <c r="H164" s="390"/>
       <c r="I164" s="390"/>
       <c r="J164" s="390"/>
       <c r="K164" s="390"/>
       <c r="L164" s="390"/>
       <c r="M164" s="390"/>
       <c r="N164" s="391"/>
     </row>
     <row r="165" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B165" s="69"/>
       <c r="C165" s="146"/>
       <c r="D165" s="27"/>
     </row>
     <row r="166" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A166" s="145"/>
       <c r="B166" s="170" t="s">
         <v>844</v>
       </c>
@@ -44218,90 +44222,90 @@
       <c r="A170" t="s">
         <v>442</v>
       </c>
       <c r="B170" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <f>IF($B170=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D170" s="71">
         <f>'SW CoS extension form'!$C$417</f>
         <v>0</v>
       </c>
       <c r="E170" s="72">
         <f>'SW CoS extension form'!$E$417</f>
         <v>0</v>
       </c>
       <c r="F170" s="139">
         <f>'SW CoS extension form'!$H$417</f>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A171" s="149" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="B171" s="235" t="b">
         <v>0</v>
       </c>
       <c r="C171" s="335">
         <f>IF(OR($B171=TRUE,$D$177&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D171" s="336" t="str">
         <f>IF($D$177&lt;&gt;"","N/A Cost code provided","")</f>
         <v/>
       </c>
       <c r="E171" s="337"/>
       <c r="F171" s="338"/>
     </row>
     <row r="172" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A172" s="339" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="B172" s="235" t="b">
         <v>0</v>
       </c>
       <c r="C172" s="335">
         <f>IF(OR($B172=TRUE,$D$177&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D172" s="340" t="str">
         <f>IF($D$177&lt;&gt;"","N/A Cost code provided",IF('SW CoS extension form'!$I$424="","",'SW CoS extension form'!$I$424))</f>
         <v/>
       </c>
       <c r="E172" s="336" t="str">
         <f>'SW CoS extension form'!$I$425</f>
         <v/>
       </c>
       <c r="F172" s="338"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A173" s="341" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="B173" s="342"/>
       <c r="C173" s="342"/>
       <c r="D173" s="343"/>
       <c r="E173" s="344"/>
       <c r="F173" s="338"/>
     </row>
     <row r="174" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A174" s="191"/>
       <c r="B174" s="300"/>
       <c r="C174" s="300"/>
       <c r="D174" s="192"/>
       <c r="E174" s="301"/>
       <c r="F174" s="140"/>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>464</v>
       </c>
       <c r="B175" s="168" t="b">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <f>IF(OR($B$171=TRUE,AND($B$175=TRUE,$D$177&lt;&gt;"")),10,0)</f>
         <v>0</v>
@@ -44332,238 +44336,238 @@
         <f>IF('SW CoS extension form'!$B$437="","",'SW CoS extension form'!$B$437)</f>
         <v>must be 6 characters</v>
       </c>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B178" s="123"/>
       <c r="C178" s="124" t="s">
         <v>468</v>
       </c>
       <c r="D178" s="141" t="str">
         <f>IF('SW CoS extension form'!$G$435="","",'SW CoS extension form'!$G$435)</f>
         <v>00000</v>
       </c>
       <c r="E178" s="16" t="str">
         <f>IF('SW CoS extension form'!$G$437="","",'SW CoS extension form'!$G$437)</f>
         <v/>
       </c>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A179" s="124"/>
       <c r="B179" s="123"/>
       <c r="D179" s="127"/>
       <c r="E179" s="16"/>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A180" s="811" t="s">
+      <c r="A180" s="753" t="s">
         <v>470</v>
       </c>
-      <c r="B180" s="811"/>
-      <c r="D180" s="812" t="s">
+      <c r="B180" s="753"/>
+      <c r="D180" s="754" t="s">
         <v>471</v>
       </c>
-      <c r="E180" s="812"/>
+      <c r="E180" s="754"/>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A181" s="814" t="str">
+      <c r="A181" s="756" t="str">
         <f>IFERROR(IF($D$177&lt;&gt;"",VLOOKUP(LEFT($D$177,2),'Cost Centre list'!$A$4:$B$204,2,FALSE),""),"")</f>
         <v/>
       </c>
-      <c r="B181" s="814"/>
-      <c r="D181" s="813" t="str">
+      <c r="B181" s="756"/>
+      <c r="D181" s="755" t="str">
         <f>$E$188</f>
         <v/>
       </c>
-      <c r="E181" s="813"/>
+      <c r="E181" s="755"/>
     </row>
     <row r="182" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="183" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A183" s="389" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="B183" s="390"/>
       <c r="C183" s="390"/>
       <c r="D183" s="390"/>
       <c r="E183" s="390"/>
       <c r="F183" s="390"/>
       <c r="G183" s="390"/>
       <c r="H183" s="390"/>
       <c r="I183" s="390"/>
       <c r="J183" s="390"/>
       <c r="K183" s="390"/>
       <c r="L183" s="390"/>
       <c r="M183" s="390"/>
       <c r="N183" s="391"/>
     </row>
     <row r="184" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D184" s="27"/>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>465</v>
       </c>
       <c r="B185" s="166" t="b">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <f>IF(AND($B$185=TRUE,$E$185&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D185" s="121" t="s">
         <v>456</v>
       </c>
-      <c r="E185" s="807" t="str">
+      <c r="E185" s="749" t="str">
         <f>IF('SW CoS extension form'!$D446&lt;&gt;"",'SW CoS extension form'!$D446,"")</f>
         <v/>
       </c>
-      <c r="F185" s="807"/>
-[...2 lines deleted...]
-      <c r="I185" s="807"/>
+      <c r="F185" s="749"/>
+      <c r="G185" s="749"/>
+      <c r="H185" s="749"/>
+      <c r="I185" s="749"/>
     </row>
     <row r="186" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D186" s="121" t="s">
         <v>452</v>
       </c>
-      <c r="E186" s="807" t="str">
+      <c r="E186" s="749" t="str">
         <f>IF('SW CoS extension form'!$D447&lt;&gt;"",'SW CoS extension form'!$D447,"")</f>
         <v/>
       </c>
-      <c r="F186" s="807"/>
-[...2 lines deleted...]
-      <c r="I186" s="807"/>
+      <c r="F186" s="749"/>
+      <c r="G186" s="749"/>
+      <c r="H186" s="749"/>
+      <c r="I186" s="749"/>
     </row>
     <row r="187" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D187" s="121" t="s">
         <v>453</v>
       </c>
-      <c r="E187" s="810" t="str">
+      <c r="E187" s="752" t="str">
         <f>IF('SW CoS extension form'!$D448&lt;&gt;"",'SW CoS extension form'!$D448,"")</f>
         <v/>
       </c>
-      <c r="F187" s="810"/>
-[...2 lines deleted...]
-      <c r="I187" s="810"/>
+      <c r="F187" s="752"/>
+      <c r="G187" s="752"/>
+      <c r="H187" s="752"/>
+      <c r="I187" s="752"/>
     </row>
     <row r="188" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D188" s="121" t="s">
         <v>457</v>
       </c>
-      <c r="E188" s="806" t="str">
+      <c r="E188" s="748" t="str">
         <f>IF('SW CoS extension form'!$D449&lt;&gt;"",'SW CoS extension form'!$D449,"")</f>
         <v/>
       </c>
-      <c r="F188" s="806"/>
-[...2 lines deleted...]
-      <c r="I188" s="806"/>
+      <c r="F188" s="748"/>
+      <c r="G188" s="748"/>
+      <c r="H188" s="748"/>
+      <c r="I188" s="748"/>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D189" s="121" t="s">
         <v>454</v>
       </c>
-      <c r="E189" s="807" t="str">
+      <c r="E189" s="749" t="str">
         <f>IF('SW CoS extension form'!$D450&lt;&gt;"",'SW CoS extension form'!$D450,"")</f>
         <v/>
       </c>
-      <c r="F189" s="807"/>
-[...2 lines deleted...]
-      <c r="I189" s="807"/>
+      <c r="F189" s="749"/>
+      <c r="G189" s="749"/>
+      <c r="H189" s="749"/>
+      <c r="I189" s="749"/>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.25">
       <c r="D190" s="121" t="s">
         <v>455</v>
       </c>
-      <c r="E190" s="808" t="str">
+      <c r="E190" s="750" t="str">
         <f>IF('SW CoS extension form'!$D$451&lt;&gt;"",HYPERLINK("mailto:" &amp; TRIM('SW CoS extension form'!$D$451) &amp; "?subject=Tier 2 CoS extension application - " &amp; $D$15 &amp; " " &amp; $D$17 &amp; " " &amp; UPPER($D$16), 'SW CoS extension form'!$D$451),"")</f>
         <v/>
       </c>
-      <c r="F190" s="807"/>
-[...2 lines deleted...]
-      <c r="I190" s="807"/>
+      <c r="F190" s="749"/>
+      <c r="G190" s="749"/>
+      <c r="H190" s="749"/>
+      <c r="I190" s="749"/>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="E191" s="809" t="str">
+      <c r="E191" s="751" t="str">
         <f>IF('SW CoS extension form'!$D452&lt;&gt;"",'SW CoS extension form'!$D452,"")</f>
         <v/>
       </c>
-      <c r="F191" s="809"/>
-[...2 lines deleted...]
-      <c r="I191" s="809"/>
+      <c r="F191" s="751"/>
+      <c r="G191" s="751"/>
+      <c r="H191" s="751"/>
+      <c r="I191" s="751"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="+YL9smi5Gdwaw33Sxh+QI33ftcq4Wnj5C7G2G7mml9tS6QiXLHJw7WmHYHrJE56j8JUhbh2x5ZKgC2GTUBeHwA==" saltValue="/O6Y6gYytKGGYtF7qVndzQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="44">
-    <mergeCell ref="O54:S61"/>
-[...3 lines deleted...]
-    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="A150:N150"/>
+    <mergeCell ref="A79:N79"/>
+    <mergeCell ref="B148:G148"/>
+    <mergeCell ref="A33:N33"/>
+    <mergeCell ref="F57:K57"/>
+    <mergeCell ref="F58:M58"/>
+    <mergeCell ref="F59:I59"/>
+    <mergeCell ref="F60:H60"/>
+    <mergeCell ref="A61:D61"/>
+    <mergeCell ref="F61:H61"/>
+    <mergeCell ref="F62:H62"/>
+    <mergeCell ref="E71:I73"/>
+    <mergeCell ref="E75:I75"/>
+    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="E82:M84"/>
+    <mergeCell ref="A138:A139"/>
+    <mergeCell ref="D138:M140"/>
+    <mergeCell ref="D114:M121"/>
+    <mergeCell ref="D129:M136"/>
+    <mergeCell ref="D125:E125"/>
+    <mergeCell ref="G10:M12"/>
+    <mergeCell ref="D127:M127"/>
+    <mergeCell ref="C54:M54"/>
+    <mergeCell ref="A91:N91"/>
+    <mergeCell ref="A123:N123"/>
+    <mergeCell ref="F68:M68"/>
     <mergeCell ref="A164:N164"/>
     <mergeCell ref="E188:I188"/>
     <mergeCell ref="E189:I189"/>
     <mergeCell ref="E190:I190"/>
     <mergeCell ref="E191:I191"/>
     <mergeCell ref="E185:I185"/>
     <mergeCell ref="E186:I186"/>
     <mergeCell ref="E187:I187"/>
     <mergeCell ref="A180:B180"/>
     <mergeCell ref="D180:E180"/>
     <mergeCell ref="D181:E181"/>
     <mergeCell ref="A181:B181"/>
     <mergeCell ref="A183:N183"/>
-    <mergeCell ref="A3:N3"/>
-[...24 lines deleted...]
-    <mergeCell ref="E75:I75"/>
+    <mergeCell ref="O54:S61"/>
+    <mergeCell ref="B64:D64"/>
+    <mergeCell ref="F64:M67"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="B66:D66"/>
   </mergeCells>
   <conditionalFormatting sqref="C15:C22">
     <cfRule type="iconSet" priority="133">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C5">
     <cfRule type="iconSet" priority="131">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C23:C28">
     <cfRule type="iconSet" priority="129">
       <iconSet iconSet="3Symbols2" showValue="0">
         <cfvo type="percent" val="0"/>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="10"/>