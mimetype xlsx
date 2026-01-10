--- v1 (2025-11-30)
+++ v2 (2026-01-10)
@@ -99,51 +99,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp62.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp63.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp64.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp65.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp66.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PS\Staff Immigration Team\PBS Forms and Guidance\CoS application forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04EF0E27-9283-4DF5-AE58-3D978CECA5DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EDF92E84-6A7A-4E40-A448-61B7AFA00D19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="DC0E" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cost Centre list" sheetId="5" r:id="rId1"/>
     <sheet name="Dropdowns" sheetId="2" r:id="rId2"/>
     <sheet name="SW CoS extension form" sheetId="1" r:id="rId3"/>
     <sheet name="CHECKING" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dropdowns!$A$2:$A$270</definedName>
     <definedName name="cc">#REF!</definedName>
     <definedName name="csDesignMode">1</definedName>
     <definedName name="date">#REF!</definedName>
     <definedName name="exp">#REF!</definedName>
     <definedName name="_xlnm.Extract" localSheetId="1">Dropdowns!#REF!</definedName>
     <definedName name="invoicedate">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'SW CoS extension form'!$A$1:$T$466</definedName>
     <definedName name="sub">#REF!</definedName>
     <definedName name="subjective">#REF!</definedName>
     <definedName name="table">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -430,51 +430,51 @@
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tcurrie</author>
   </authors>
   <commentList>
     <comment ref="I91" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>If the appropriate title does not appear in the dropdown list enter it in this field</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1917" uniqueCount="1068">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1918" uniqueCount="1069">
   <si>
     <t>It is important that the information provided on the Certificate of Sponsorship application is accurate since this information must match the information provided by the applicant on their leave to remain (visa) application.</t>
   </si>
   <si>
     <t>Signed applications should be sent via email to the Staff Immigration Team at:</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Dr</t>
   </si>
   <si>
     <t>Application eligibility</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
@@ -3762,56 +3762,50 @@
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>https://staffimmigration.admin.ox.ac.uk/</t>
   </si>
   <si>
     <t>https://staffimmigration.admin.ox.ac.uk/forms-guidance</t>
   </si>
   <si>
     <t>Information on changes which must be reported and details recorded can be found at:</t>
   </si>
   <si>
     <t>Information on the importance of compliance can be found at:</t>
   </si>
   <si>
     <t>https://staffimmigration.admin.ox.ac.uk/compliance</t>
   </si>
   <si>
     <t>Medical Sciences/ Humanities / GLAM / UAS / Continuing Education / Colleges</t>
   </si>
   <si>
     <t xml:space="preserve">MPLS / Social Sciences </t>
   </si>
   <si>
-    <t>(Medical Sciences/ Humanities / GLAM / UAS / Continuing Education / Colleges)</t>
-[...4 lines deleted...]
-  <si>
     <t>Partner</t>
   </si>
   <si>
     <t>Child (under 18)</t>
   </si>
   <si>
     <r>
       <t>SKILLED WORKER</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -5490,53 +5484,50 @@
     <t>for each dependant child (under 18), if applicable</t>
   </si>
   <si>
     <t>This is a mandatory requirement. SIT is happy to help you and the applicant through the process.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>The visa will be longer than the CoS dates</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>. The new visa start date will normally reflect the date the visa extension application is decided, but as this cannot be known when the application is being submitted the NHS fees should be counted from the CoS start date to the expected visa expiry date. The new visa expiry date is normally 14 days after the CoS end date.</t>
     </r>
   </si>
   <si>
-    <t>Version 1.12</t>
-[...1 lines deleted...]
-  <si>
     <t>angelina.escott@admin.ox.ac.uk</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Does the applicant have a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>partner</t>
     </r>
     <r>
@@ -5592,50 +5583,62 @@
       <t xml:space="preserve"> (under 18 years old) in the UK, or coming to join them now or later, who need, or need to extend, Dependant child visas? </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>If yes, how many?</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Children are only granted visas if both parents have or applying for visas/ status in the UK, or if the parent they are dependant on is their sole surviving parent, or has sole custody/ responsibility.</t>
     </r>
   </si>
   <si>
     <t>Angelina Escott</t>
+  </si>
+  <si>
+    <t>w.e.f. 16/12/2025</t>
+  </si>
+  <si>
+    <t>Version 1.14</t>
+  </si>
+  <si>
+    <t>(MPLS / Social Sciences / Colleges )</t>
+  </si>
+  <si>
+    <t>(Medical Sciences/ Humanities / GLAM / UAS / Continuing Education)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="[$-409]d/mmm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="dd/mmm/yyyy"/>
     <numFmt numFmtId="166" formatCode="[$£-809]#,##0"/>
     <numFmt numFmtId="167" formatCode="[$£-809]#,##0.00"/>
     <numFmt numFmtId="168" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="169" formatCode="dd/mm/yy;@"/>
   </numFmts>
   <fonts count="94" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -16847,207 +16850,207 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/forms-guidance" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finance.admin.ox.ac.uk/salary-scales" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/skilled-worker-during-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ox.ac.uk/finance/epp/payroll/scales/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@tss.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/grants-schemes-awards/global-talent-visa/route-2-individual-fellowships/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.pelova@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/compliance" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelina.escott@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.birt@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/forms-guidance" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finance.admin.ox.ac.uk/salary-scales" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sufia.nadeem@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/atas-researchers" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-hr-template-letter-skilled-worker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyn.davis@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kara.updale@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/skilled-worker-during-sponsorship" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ox.ac.uk/finance/epp/payroll/scales/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/gtv-endorsement" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.deeble@tss.ox.ac.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.admin.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/grants-schemes-awards/global-talent-visa/route-2-individual-fellowships/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffimmigration.web.ox.ac.uk/atas-full-cah-code-list" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/immigration-rules/immigration-rules-appendix-atas-academic-technology-approval-scheme-atas" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:B237"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="130" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" style="130" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="130"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="154" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="323" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="128" t="s">
         <v>472</v>
       </c>
       <c r="B3" s="129" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="131" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="B4" s="131" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="131" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="B5" s="131" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="131" t="s">
         <v>474</v>
       </c>
       <c r="B6" s="131" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="131" t="s">
         <v>476</v>
       </c>
       <c r="B7" s="131" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="131" t="s">
         <v>478</v>
       </c>
       <c r="B8" s="131" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="131" t="s">
         <v>480</v>
       </c>
       <c r="B9" s="131" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="131" t="s">
         <v>482</v>
       </c>
       <c r="B10" s="131" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="131" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
       <c r="B11" s="131" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="131" t="s">
         <v>484</v>
       </c>
       <c r="B12" s="131" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="131" t="s">
         <v>486</v>
       </c>
       <c r="B13" s="131" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="131" t="s">
         <v>488</v>
       </c>
       <c r="B14" s="131" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="131" t="s">
         <v>490</v>
       </c>
       <c r="B15" s="131" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="131" t="s">
         <v>491</v>
       </c>
       <c r="B16" s="131" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="131" t="s">
         <v>493</v>
       </c>
       <c r="B17" s="131" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="131" t="s">
         <v>494</v>
       </c>
       <c r="B18" s="131" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="131" t="s">
         <v>495</v>
       </c>
       <c r="B19" s="131" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="131" t="s">
         <v>497</v>
       </c>
       <c r="B20" s="131" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="131" t="s">
         <v>499</v>
       </c>
       <c r="B21" s="131" t="s">
         <v>500</v>
       </c>
@@ -17192,190 +17195,190 @@
       <c r="A39" s="131" t="s">
         <v>535</v>
       </c>
       <c r="B39" s="131" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" s="131" t="s">
         <v>537</v>
       </c>
       <c r="B40" s="131" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41" s="131" t="s">
         <v>539</v>
       </c>
       <c r="B41" s="131" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42" s="131" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="B42" s="131" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43" s="131" t="s">
         <v>541</v>
       </c>
       <c r="B43" s="131" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A44" s="131" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="B44" s="131" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45" s="131" t="s">
         <v>543</v>
       </c>
       <c r="B45" s="131" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46" s="131" t="s">
         <v>545</v>
       </c>
       <c r="B46" s="131" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47" s="131" t="s">
         <v>547</v>
       </c>
       <c r="B47" s="131" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A48" s="131" t="s">
         <v>549</v>
       </c>
       <c r="B48" s="131" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A49" s="131" t="s">
         <v>551</v>
       </c>
       <c r="B49" s="131" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A50" s="131" t="s">
         <v>553</v>
       </c>
       <c r="B50" s="131" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A51" s="345" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="B51" s="346" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A52" s="131" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="B52" s="131" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A53" s="131" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="B53" s="131" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A54" s="131" t="s">
         <v>554</v>
       </c>
       <c r="B54" s="131" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A55" s="131" t="s">
         <v>858</v>
       </c>
       <c r="B55" s="131" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A56" s="131" t="s">
         <v>556</v>
       </c>
       <c r="B56" s="131" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A57" s="131" t="s">
         <v>558</v>
       </c>
       <c r="B57" s="131" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A58" s="131" t="s">
         <v>560</v>
       </c>
       <c r="B58" s="131" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A59" s="131" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="B59" s="131" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A60" s="131" t="s">
         <v>562</v>
       </c>
       <c r="B60" s="131" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A61" s="131" t="s">
         <v>564</v>
       </c>
       <c r="B61" s="131" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A62" s="131" t="s">
         <v>566</v>
       </c>
       <c r="B62" s="131" t="s">
         <v>567</v>
       </c>
@@ -17843,51 +17846,51 @@
       <c r="B120" s="131" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A121" s="131" t="s">
         <v>683</v>
       </c>
       <c r="B121" s="131" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A122" s="131" t="s">
         <v>685</v>
       </c>
       <c r="B122" s="131" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A123" s="345" t="s">
         <v>687</v>
       </c>
       <c r="B123" s="346" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A124" s="131" t="s">
         <v>688</v>
       </c>
       <c r="B124" s="131" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A125" s="131" t="s">
         <v>690</v>
       </c>
       <c r="B125" s="131" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A126" s="131" t="s">
         <v>692</v>
       </c>
       <c r="B126" s="131" t="s">
         <v>693</v>
       </c>
@@ -17899,51 +17902,51 @@
       <c r="B127" s="131" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A128" s="131" t="s">
         <v>696</v>
       </c>
       <c r="B128" s="131" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A129" s="131" t="s">
         <v>698</v>
       </c>
       <c r="B129" s="131" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A130" s="131" t="s">
         <v>700</v>
       </c>
       <c r="B130" s="131" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A131" s="131" t="s">
         <v>701</v>
       </c>
       <c r="B131" s="131" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A132" s="131" t="s">
         <v>703</v>
       </c>
       <c r="B132" s="131" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A133" s="131" t="s">
         <v>705</v>
       </c>
       <c r="B133" s="131" t="s">
         <v>706</v>
       </c>
@@ -18176,54 +18179,54 @@
       <c r="A162" s="131" t="s">
         <v>763</v>
       </c>
       <c r="B162" s="131" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A163" s="131" t="s">
         <v>765</v>
       </c>
       <c r="B163" s="131" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A164" s="131" t="s">
         <v>767</v>
       </c>
       <c r="B164" s="131" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A165" s="345" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="B165" s="346" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A166" s="131" t="s">
         <v>769</v>
       </c>
       <c r="B166" s="131" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A167" s="131" t="s">
         <v>771</v>
       </c>
       <c r="B167" s="131" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A168" s="131" t="s">
         <v>773</v>
       </c>
       <c r="B168" s="131" t="s">
         <v>774</v>
       </c>
@@ -18235,75 +18238,75 @@
       <c r="B169" s="131" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A170" s="131" t="s">
         <v>777</v>
       </c>
       <c r="B170" s="131" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A171" s="131" t="s">
         <v>779</v>
       </c>
       <c r="B171" s="131" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A172" s="131" t="s">
         <v>781</v>
       </c>
       <c r="B172" s="131" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A173" s="131" t="s">
         <v>782</v>
       </c>
       <c r="B173" s="131" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A174" s="131" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="B174" s="131" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A175" s="131" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="B175" s="131" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A176" s="131" t="s">
         <v>784</v>
       </c>
       <c r="B176" s="131" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A177" s="131" t="s">
         <v>786</v>
       </c>
       <c r="B177" s="131" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A178" s="131" t="s">
         <v>788</v>
       </c>
       <c r="B178" s="131" t="s">
         <v>789</v>
       </c>
@@ -18637,52 +18640,52 @@
       <c r="B234" s="134"/>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A235" s="133"/>
       <c r="B235" s="134"/>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A236" s="132"/>
       <c r="B236" s="132"/>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A237" s="138"/>
       <c r="B237" s="137"/>
     </row>
   </sheetData>
   <sheetProtection password="DC0E" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:Z270"/>
   <sheetViews>
-    <sheetView topLeftCell="J1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="X14" sqref="X14"/>
+    <sheetView topLeftCell="L1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="X11" sqref="X11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="48.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="48.85546875" customWidth="1"/>
     <col min="5" max="5" width="50.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="48.85546875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="50.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.7109375" style="36" customWidth="1"/>
     <col min="13" max="13" width="41" style="36" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="9.7109375" style="36" customWidth="1"/>
     <col min="16" max="16" width="13.42578125" style="36" customWidth="1"/>
     <col min="17" max="17" width="12.5703125" style="36" customWidth="1"/>
     <col min="18" max="18" width="30.85546875" style="36" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="15.7109375" bestFit="1" customWidth="1"/>
     <col min="21" max="22" width="11.85546875" customWidth="1"/>
     <col min="24" max="24" width="39.140625" customWidth="1"/>
     <col min="25" max="25" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="26" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -18747,63 +18750,63 @@
       </c>
       <c r="E3" s="125"/>
       <c r="S3" s="20"/>
       <c r="T3" s="4" t="s">
         <v>195</v>
       </c>
       <c r="U3" s="25"/>
       <c r="V3" s="4" t="s">
         <v>195</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="I4" s="19" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="K4" s="21" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="M4" s="267" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="O4" s="37" t="s">
         <v>353</v>
       </c>
       <c r="P4" s="38"/>
       <c r="Q4" s="38"/>
       <c r="R4" s="38"/>
       <c r="S4" s="20"/>
       <c r="T4" t="s">
         <v>205</v>
       </c>
       <c r="U4" s="23"/>
       <c r="V4" t="s">
         <v>326</v>
       </c>
       <c r="X4" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>255</v>
       </c>
       <c r="B5" t="s">
         <v>255</v>
@@ -18908,51 +18911,51 @@
       </c>
       <c r="I7" t="s">
         <v>851</v>
       </c>
       <c r="K7" s="22" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="268" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="260"/>
       <c r="P7" s="259">
         <v>45768</v>
       </c>
       <c r="Q7" s="260" t="s">
         <v>354</v>
       </c>
       <c r="R7" s="260" t="s">
         <v>358</v>
       </c>
       <c r="S7" s="20"/>
       <c r="T7" t="s">
         <v>207</v>
       </c>
       <c r="X7" s="68" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="Y7" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>256</v>
       </c>
       <c r="B8" t="s">
         <v>256</v>
       </c>
       <c r="C8" t="s">
         <v>256</v>
       </c>
       <c r="E8" s="315" t="s">
         <v>227</v>
       </c>
       <c r="G8" s="315" t="s">
         <v>8</v>
       </c>
       <c r="I8" t="s">
         <v>219</v>
       </c>
       <c r="K8" s="22" t="s">
@@ -18960,94 +18963,94 @@
       </c>
       <c r="M8" s="268" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="260"/>
       <c r="P8" s="259">
         <v>45782</v>
       </c>
       <c r="Q8" s="260" t="s">
         <v>354</v>
       </c>
       <c r="R8" s="260" t="s">
         <v>359</v>
       </c>
       <c r="S8" s="20"/>
       <c r="T8" t="s">
         <v>208</v>
       </c>
       <c r="X8" s="67">
         <v>1035</v>
       </c>
       <c r="Y8" s="70">
         <v>14</v>
       </c>
       <c r="Z8" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>134</v>
       </c>
       <c r="B9" t="s">
         <v>134</v>
       </c>
       <c r="C9" t="s">
         <v>134</v>
       </c>
       <c r="E9" s="315" t="s">
         <v>61</v>
       </c>
       <c r="G9" s="315" t="s">
         <v>9</v>
       </c>
       <c r="K9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="M9" s="268" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="260"/>
       <c r="P9" s="259">
         <v>45803</v>
       </c>
       <c r="Q9" s="260" t="s">
         <v>354</v>
       </c>
       <c r="R9" s="260" t="s">
         <v>360</v>
       </c>
       <c r="S9" s="20"/>
       <c r="T9" t="s">
         <v>211</v>
       </c>
       <c r="X9" s="67">
         <v>776</v>
       </c>
       <c r="Z9" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="315" t="s">
         <v>63</v>
       </c>
       <c r="G10" s="315" t="s">
         <v>10</v>
       </c>
       <c r="K10" s="22" t="s">
         <v>47</v>
       </c>
       <c r="M10" s="268" t="s">
         <v>60</v>
       </c>
       <c r="O10" s="260"/>
@@ -19086,54 +19089,57 @@
       </c>
       <c r="G11" s="315" t="s">
         <v>11</v>
       </c>
       <c r="K11" s="22" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="268" t="s">
         <v>227</v>
       </c>
       <c r="O11" s="319"/>
       <c r="P11" s="320">
         <v>46016</v>
       </c>
       <c r="Q11" s="319" t="s">
         <v>856</v>
       </c>
       <c r="R11" s="319" t="s">
         <v>362</v>
       </c>
       <c r="S11" s="20"/>
       <c r="T11" t="s">
         <v>210</v>
       </c>
       <c r="X11" s="64">
-        <v>364</v>
+        <v>480</v>
       </c>
       <c r="Y11" s="70">
         <v>7</v>
+      </c>
+      <c r="Z11" s="125" t="s">
+        <v>1065</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>257</v>
       </c>
       <c r="B12" t="s">
         <v>257</v>
       </c>
       <c r="C12" t="s">
         <v>257</v>
       </c>
       <c r="E12" s="315" t="s">
         <v>71</v>
       </c>
       <c r="G12" s="315" t="s">
         <v>12</v>
       </c>
       <c r="K12" s="22" t="s">
         <v>139</v>
       </c>
       <c r="M12" s="268" t="s">
         <v>61</v>
       </c>
       <c r="O12" s="258"/>
@@ -19165,91 +19171,91 @@
         <v>73</v>
       </c>
       <c r="G13" s="315" t="s">
         <v>13</v>
       </c>
       <c r="K13" s="22" t="s">
         <v>140</v>
       </c>
       <c r="M13" s="268" t="s">
         <v>63</v>
       </c>
       <c r="O13" s="322">
         <v>2026</v>
       </c>
       <c r="P13" s="318">
         <v>46023</v>
       </c>
       <c r="Q13" s="321" t="s">
         <v>856</v>
       </c>
       <c r="R13" s="321" t="s">
         <v>355</v>
       </c>
       <c r="S13" s="20"/>
       <c r="X13" s="66" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>7</v>
       </c>
       <c r="E14" s="315" t="s">
         <v>76</v>
       </c>
       <c r="G14" s="315" t="s">
         <v>14</v>
       </c>
       <c r="K14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="M14" s="268" t="s">
         <v>66</v>
       </c>
       <c r="O14" s="260"/>
       <c r="P14" s="259">
         <v>46115</v>
       </c>
       <c r="Q14" s="201" t="s">
         <v>356</v>
       </c>
       <c r="R14" s="201" t="s">
         <v>357</v>
       </c>
       <c r="S14" s="20"/>
       <c r="X14" s="333">
         <v>525</v>
       </c>
       <c r="Y14" s="125" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="315" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="315" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="22" t="s">
         <v>52</v>
       </c>
       <c r="M15" s="268" t="s">
         <v>70</v>
       </c>
       <c r="O15" s="260"/>
@@ -19420,51 +19426,51 @@
         <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="315" t="s">
         <v>167</v>
       </c>
       <c r="G20" s="315" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="22" t="s">
         <v>55</v>
       </c>
       <c r="M20" s="268" t="s">
         <v>79</v>
       </c>
       <c r="O20" s="262"/>
       <c r="P20" s="261">
         <v>46384</v>
       </c>
       <c r="Q20" s="263" t="s">
         <v>354</v>
       </c>
       <c r="R20" s="263" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="S20" s="20"/>
       <c r="T20" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>10</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="315" t="s">
         <v>95</v>
       </c>
       <c r="G21" s="315" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="22" t="s">
         <v>143</v>
       </c>
@@ -19514,51 +19520,51 @@
       <c r="P22" s="259">
         <v>46472</v>
       </c>
       <c r="Q22" s="201" t="s">
         <v>356</v>
       </c>
       <c r="R22" s="201" t="s">
         <v>357</v>
       </c>
       <c r="S22" s="20"/>
       <c r="T22" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23" t="s">
         <v>48</v>
       </c>
       <c r="E23" s="315" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="G23" s="315" t="s">
         <v>22</v>
       </c>
       <c r="K23" s="22" t="s">
         <v>145</v>
       </c>
       <c r="M23" s="268" t="s">
         <v>85</v>
       </c>
       <c r="O23" s="260"/>
       <c r="P23" s="259">
         <v>46475</v>
       </c>
       <c r="Q23" s="201" t="s">
         <v>354</v>
       </c>
       <c r="R23" s="201" t="s">
         <v>358</v>
       </c>
       <c r="S23" s="20"/>
       <c r="T23" s="16" t="s">
         <v>313</v>
       </c>
     </row>
@@ -19672,204 +19678,204 @@
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>139</v>
       </c>
       <c r="E27" s="315" t="s">
         <v>182</v>
       </c>
       <c r="G27" s="315" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="22" t="s">
         <v>314</v>
       </c>
       <c r="M27" s="268" t="s">
         <v>167</v>
       </c>
       <c r="O27" s="260"/>
       <c r="P27" s="259">
         <v>46748</v>
       </c>
       <c r="Q27" s="201" t="s">
         <v>354</v>
       </c>
       <c r="R27" s="201" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="S27" s="20"/>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>50</v>
       </c>
       <c r="B28" t="s">
         <v>50</v>
       </c>
       <c r="C28" t="s">
         <v>50</v>
       </c>
       <c r="E28" s="315" t="s">
         <v>121</v>
       </c>
       <c r="G28" s="315" t="s">
         <v>233</v>
       </c>
       <c r="K28" s="22" t="s">
         <v>315</v>
       </c>
       <c r="M28" s="268" t="s">
         <v>95</v>
       </c>
       <c r="O28" s="262"/>
       <c r="P28" s="261">
         <v>46749</v>
       </c>
       <c r="Q28" s="263" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="R28" s="263" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="S28" s="20"/>
       <c r="T28" s="207" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="U28" s="206"/>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>140</v>
       </c>
       <c r="B29" t="s">
         <v>140</v>
       </c>
       <c r="C29" t="s">
         <v>140</v>
       </c>
       <c r="E29" s="315" t="s">
         <v>124</v>
       </c>
       <c r="G29" s="315" t="s">
         <v>28</v>
       </c>
       <c r="K29" s="22" t="s">
         <v>252</v>
       </c>
       <c r="M29" s="268" t="s">
         <v>103</v>
       </c>
       <c r="S29" s="20"/>
       <c r="T29" s="210">
         <v>1270</v>
       </c>
       <c r="U29" s="206" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
     </row>
     <row r="30" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="315" t="s">
         <v>36</v>
       </c>
       <c r="G30" s="315" t="s">
         <v>252</v>
       </c>
       <c r="K30" s="22" t="s">
         <v>149</v>
       </c>
       <c r="M30" s="268" t="s">
         <v>104</v>
       </c>
       <c r="S30" s="20"/>
       <c r="T30" s="210">
         <v>285</v>
       </c>
       <c r="U30" s="206" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>251</v>
       </c>
       <c r="B31" t="s">
         <v>251</v>
       </c>
       <c r="C31" t="s">
         <v>251</v>
       </c>
       <c r="G31" s="315" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="22" t="s">
         <v>64</v>
       </c>
       <c r="M31" s="268" t="s">
         <v>106</v>
       </c>
       <c r="S31" s="20"/>
       <c r="T31" s="210">
         <v>315</v>
       </c>
       <c r="U31" s="206" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>51</v>
       </c>
       <c r="C32" t="s">
         <v>51</v>
       </c>
       <c r="G32" s="315" t="s">
         <v>234</v>
       </c>
       <c r="K32" s="22" t="s">
         <v>65</v>
       </c>
       <c r="M32" s="268" t="s">
         <v>111</v>
       </c>
       <c r="S32" s="20"/>
       <c r="T32" s="210">
         <v>200</v>
       </c>
       <c r="U32" s="206" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>52</v>
       </c>
       <c r="C33" t="s">
         <v>52</v>
       </c>
       <c r="G33" s="315" t="s">
         <v>30</v>
       </c>
       <c r="K33" s="22" t="s">
         <v>152</v>
       </c>
       <c r="M33" s="268" t="s">
         <v>112</v>
       </c>
       <c r="S33" s="20"/>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
@@ -21309,54 +21315,54 @@
         <v>25</v>
       </c>
       <c r="B132" t="s">
         <v>167</v>
       </c>
       <c r="C132" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>164</v>
       </c>
       <c r="B133" t="s">
         <v>91</v>
       </c>
       <c r="C133" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>165</v>
       </c>
       <c r="B134" s="63" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="C134" s="63" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>26</v>
       </c>
       <c r="B135" t="s">
         <v>92</v>
       </c>
       <c r="C135" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>166</v>
       </c>
       <c r="B136" t="s">
         <v>93</v>
       </c>
       <c r="C136" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.25">
@@ -21372,51 +21378,51 @@
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>167</v>
       </c>
       <c r="B138" t="s">
         <v>168</v>
       </c>
       <c r="C138" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>91</v>
       </c>
       <c r="B139" t="s">
         <v>169</v>
       </c>
       <c r="C139" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A140" s="63" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="B140" t="s">
         <v>95</v>
       </c>
       <c r="C140" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>92</v>
       </c>
       <c r="B141" t="s">
         <v>170</v>
       </c>
       <c r="C141" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>93</v>
       </c>
       <c r="B142" t="s">
         <v>276</v>
@@ -22740,613 +22746,613 @@
       <c r="A266" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="267" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="268" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="269" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="270" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="jD4umhzijW/1UtevOHarmiM9riTINbjKhNaVbMOEMN21h5Oz1UtPF+WtWAK3aYXVb7G2Vap8FynFvCRejf7BYg==" saltValue="54fKt1g+Vm1wrmPHPa96wA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="KgWC5H/majiIyIGGXB+ElvDHAObKM0CA4SsQ8+Ll7Qr2oUrkYomIzDEBwLuoCMB8EpdwIgycV0cgH6jATpqDqA==" saltValue="qwEipp7RgDutFR6orvREsg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="E2:R2"/>
   </mergeCells>
   <conditionalFormatting sqref="A4:A270">
     <cfRule type="duplicateValues" dxfId="55" priority="21"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B134">
     <cfRule type="duplicateValues" dxfId="54" priority="2"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="C134">
     <cfRule type="duplicateValues" dxfId="53" priority="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:AG466"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="F19" sqref="F19:J19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="9.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="9.42578125" style="3" customWidth="1"/>
     <col min="5" max="8" width="9.28515625" style="3" customWidth="1"/>
     <col min="9" max="9" width="10.28515625" style="3" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="3" customWidth="1"/>
     <col min="11" max="20" width="9.28515625" style="3" customWidth="1"/>
     <col min="21" max="33" width="0" style="3" hidden="1" customWidth="1"/>
     <col min="34" max="16384" width="9.140625" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="464" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="B1" s="464"/>
       <c r="C1" s="464"/>
       <c r="D1" s="465"/>
       <c r="E1" s="465"/>
       <c r="F1" s="465"/>
       <c r="G1" s="465"/>
       <c r="H1" s="465"/>
       <c r="I1" s="465"/>
       <c r="J1" s="465"/>
     </row>
     <row r="2" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A2" s="352"/>
       <c r="B2" s="352"/>
       <c r="C2" s="352"/>
       <c r="D2" s="352"/>
       <c r="E2" s="352"/>
       <c r="F2" s="352"/>
       <c r="G2" s="352"/>
       <c r="H2" s="352"/>
       <c r="I2" s="352"/>
       <c r="J2" s="352"/>
     </row>
     <row r="3" spans="1:19" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="466" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="B3" s="466"/>
       <c r="C3" s="466"/>
       <c r="D3" s="466"/>
       <c r="E3" s="467" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="F3" s="467"/>
       <c r="G3" s="467"/>
       <c r="H3" s="467"/>
       <c r="I3" s="352"/>
       <c r="J3" s="352"/>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A4" s="352"/>
       <c r="B4" s="352"/>
       <c r="C4" s="352"/>
       <c r="D4" s="352"/>
       <c r="E4" s="352"/>
       <c r="F4" s="352"/>
       <c r="G4" s="352"/>
       <c r="H4" s="352"/>
       <c r="I4" s="352"/>
       <c r="J4" s="352"/>
     </row>
     <row r="5" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A5" s="116"/>
       <c r="B5" s="468" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="C5" s="469"/>
       <c r="D5" s="469"/>
       <c r="E5" s="469"/>
       <c r="F5" s="469"/>
       <c r="G5" s="470" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="H5" s="470"/>
       <c r="I5" s="471"/>
       <c r="J5" s="116"/>
     </row>
     <row r="6" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="352"/>
       <c r="B6" s="353" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="C6" s="354"/>
       <c r="D6" s="354"/>
       <c r="E6" s="472" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="F6" s="472"/>
       <c r="G6" s="472"/>
       <c r="H6" s="472"/>
       <c r="I6" s="355"/>
       <c r="J6" s="352"/>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A7" s="352"/>
       <c r="B7" s="473" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="C7" s="474"/>
       <c r="D7" s="474"/>
       <c r="E7" s="474"/>
       <c r="F7" s="474"/>
       <c r="G7" s="474"/>
       <c r="H7" s="474"/>
       <c r="I7" s="475"/>
       <c r="J7" s="352"/>
     </row>
     <row r="8" spans="1:19" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="352"/>
       <c r="B8" s="353" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="C8" s="356"/>
       <c r="D8" s="356"/>
       <c r="E8" s="356"/>
       <c r="F8" s="356"/>
       <c r="G8" s="356"/>
       <c r="H8" s="356"/>
       <c r="I8" s="355"/>
       <c r="J8" s="352"/>
     </row>
     <row r="9" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="352"/>
       <c r="B9" s="476" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="C9" s="477"/>
       <c r="D9" s="478" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="E9" s="478"/>
       <c r="F9" s="478"/>
       <c r="G9" s="357" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="H9" s="116"/>
       <c r="I9" s="358"/>
       <c r="J9" s="352"/>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A10" s="352"/>
       <c r="B10" s="359"/>
       <c r="C10" s="360" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="D10" s="352"/>
       <c r="E10" s="352"/>
       <c r="F10" s="352"/>
       <c r="G10" s="352"/>
       <c r="H10" s="352"/>
       <c r="I10" s="358"/>
       <c r="J10" s="352"/>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A11" s="352"/>
       <c r="B11" s="359"/>
       <c r="C11" s="361" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="D11" s="352"/>
       <c r="E11" s="352"/>
       <c r="F11" s="352"/>
       <c r="G11" s="352"/>
       <c r="H11" s="352"/>
       <c r="I11" s="358"/>
       <c r="J11" s="352"/>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A12" s="352"/>
       <c r="B12" s="359"/>
       <c r="C12" s="361" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
       <c r="D12" s="352"/>
       <c r="E12" s="352"/>
       <c r="F12" s="352"/>
       <c r="G12" s="352"/>
       <c r="H12" s="352"/>
       <c r="I12" s="358"/>
       <c r="J12" s="352"/>
     </row>
     <row r="13" spans="1:19" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="352"/>
       <c r="B13" s="359"/>
       <c r="C13" s="360" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="D13" s="352"/>
       <c r="E13" s="352"/>
       <c r="F13" s="352"/>
       <c r="G13" s="352"/>
       <c r="H13" s="352"/>
       <c r="I13" s="358"/>
       <c r="J13" s="352"/>
     </row>
     <row r="14" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A14" s="352"/>
       <c r="B14" s="359"/>
       <c r="C14" s="116" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="D14" s="352"/>
       <c r="E14" s="352"/>
       <c r="F14" s="352"/>
       <c r="G14" s="352"/>
       <c r="H14" s="352"/>
       <c r="I14" s="358"/>
       <c r="J14" s="352"/>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A15" s="102"/>
       <c r="B15" s="362"/>
       <c r="C15" s="363" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="D15" s="364"/>
       <c r="E15" s="364"/>
       <c r="F15" s="364"/>
       <c r="G15" s="364"/>
       <c r="H15" s="364"/>
       <c r="I15" s="365"/>
       <c r="J15" s="102"/>
     </row>
     <row r="16" spans="1:19" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="352"/>
       <c r="B16" s="352"/>
       <c r="C16" s="366"/>
       <c r="D16" s="352"/>
       <c r="E16" s="352"/>
       <c r="F16" s="352"/>
       <c r="G16" s="352"/>
       <c r="H16" s="352"/>
       <c r="I16" s="352"/>
       <c r="J16" s="352"/>
       <c r="L16" s="368" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="M16" s="329"/>
       <c r="N16" s="329"/>
       <c r="O16" s="329"/>
       <c r="P16" s="329"/>
       <c r="Q16" s="329"/>
       <c r="R16" s="329"/>
       <c r="S16" s="329"/>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A17" s="367" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="B17" s="352"/>
       <c r="C17" s="366"/>
       <c r="D17" s="352"/>
       <c r="E17" s="352"/>
       <c r="F17" s="352"/>
       <c r="G17" s="352"/>
       <c r="H17" s="352"/>
       <c r="I17" s="352"/>
       <c r="J17" s="352"/>
       <c r="L17" s="417"/>
       <c r="M17" s="418"/>
       <c r="N17" s="418"/>
       <c r="O17" s="418"/>
       <c r="P17" s="418"/>
       <c r="Q17" s="418"/>
       <c r="R17" s="418"/>
       <c r="S17" s="419"/>
     </row>
     <row r="18" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="352"/>
       <c r="B18" s="352"/>
       <c r="C18" s="366"/>
       <c r="D18" s="352"/>
       <c r="E18" s="352"/>
       <c r="F18" s="352"/>
       <c r="G18" s="352"/>
       <c r="H18" s="352"/>
       <c r="I18" s="352"/>
       <c r="J18" s="352"/>
       <c r="L18" s="420"/>
       <c r="M18" s="421"/>
       <c r="N18" s="421"/>
       <c r="O18" s="421"/>
       <c r="P18" s="421"/>
       <c r="Q18" s="421"/>
       <c r="R18" s="421"/>
       <c r="S18" s="422"/>
     </row>
     <row r="19" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="352" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
       <c r="B19" s="352"/>
       <c r="C19" s="366"/>
       <c r="D19" s="352"/>
       <c r="E19" s="352"/>
       <c r="F19" s="441"/>
       <c r="G19" s="442"/>
       <c r="H19" s="442"/>
       <c r="I19" s="442"/>
       <c r="J19" s="443"/>
       <c r="L19" s="420"/>
       <c r="M19" s="421"/>
       <c r="N19" s="421"/>
       <c r="O19" s="421"/>
       <c r="P19" s="421"/>
       <c r="Q19" s="421"/>
       <c r="R19" s="421"/>
       <c r="S19" s="422"/>
     </row>
     <row r="20" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="352" t="s">
-        <v>1031</v>
+        <v>1029</v>
       </c>
       <c r="B20" s="352"/>
       <c r="C20" s="366"/>
       <c r="D20" s="352"/>
       <c r="E20" s="352"/>
       <c r="F20" s="441"/>
       <c r="G20" s="442"/>
       <c r="H20" s="442"/>
       <c r="I20" s="442"/>
       <c r="J20" s="443"/>
       <c r="L20" s="420"/>
       <c r="M20" s="421"/>
       <c r="N20" s="421"/>
       <c r="O20" s="421"/>
       <c r="P20" s="421"/>
       <c r="Q20" s="421"/>
       <c r="R20" s="421"/>
       <c r="S20" s="422"/>
     </row>
     <row r="21" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="352"/>
       <c r="B21" s="352"/>
       <c r="C21" s="366"/>
       <c r="D21" s="352"/>
       <c r="E21" s="352"/>
       <c r="F21" s="352"/>
       <c r="G21" s="352"/>
       <c r="H21" s="352"/>
       <c r="I21" s="352"/>
       <c r="J21" s="352"/>
       <c r="L21" s="420"/>
       <c r="M21" s="421"/>
       <c r="N21" s="421"/>
       <c r="O21" s="421"/>
       <c r="P21" s="421"/>
       <c r="Q21" s="421"/>
       <c r="R21" s="421"/>
       <c r="S21" s="422"/>
     </row>
     <row r="22" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="352" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="B22" s="352"/>
       <c r="C22" s="366"/>
       <c r="D22" s="352"/>
       <c r="E22" s="441"/>
       <c r="F22" s="442"/>
       <c r="G22" s="442"/>
       <c r="H22" s="442"/>
       <c r="I22" s="442"/>
       <c r="J22" s="443"/>
       <c r="L22" s="420"/>
       <c r="M22" s="421"/>
       <c r="N22" s="421"/>
       <c r="O22" s="421"/>
       <c r="P22" s="421"/>
       <c r="Q22" s="421"/>
       <c r="R22" s="421"/>
       <c r="S22" s="422"/>
     </row>
     <row r="23" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="352" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="B23" s="352"/>
       <c r="C23" s="366"/>
       <c r="D23" s="352"/>
       <c r="E23" s="352"/>
       <c r="F23" s="441"/>
       <c r="G23" s="442"/>
       <c r="H23" s="442"/>
       <c r="I23" s="442"/>
       <c r="J23" s="443"/>
       <c r="L23" s="420"/>
       <c r="M23" s="421"/>
       <c r="N23" s="421"/>
       <c r="O23" s="421"/>
       <c r="P23" s="421"/>
       <c r="Q23" s="421"/>
       <c r="R23" s="421"/>
       <c r="S23" s="422"/>
     </row>
     <row r="24" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="352" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="B24" s="352"/>
       <c r="C24" s="366"/>
       <c r="D24" s="352"/>
       <c r="E24" s="352"/>
       <c r="F24" s="444"/>
       <c r="G24" s="445"/>
       <c r="H24" s="445"/>
       <c r="I24" s="445"/>
       <c r="J24" s="446"/>
       <c r="L24" s="420"/>
       <c r="M24" s="421"/>
       <c r="N24" s="421"/>
       <c r="O24" s="421"/>
       <c r="P24" s="421"/>
       <c r="Q24" s="421"/>
       <c r="R24" s="421"/>
       <c r="S24" s="422"/>
     </row>
     <row r="25" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="352"/>
       <c r="B25" s="352"/>
       <c r="C25" s="366"/>
       <c r="D25" s="352"/>
       <c r="E25" s="352"/>
       <c r="F25" s="352"/>
       <c r="G25" s="352"/>
       <c r="H25" s="352"/>
       <c r="I25" s="352"/>
       <c r="J25" s="352"/>
       <c r="L25" s="420"/>
       <c r="M25" s="421"/>
       <c r="N25" s="421"/>
       <c r="O25" s="421"/>
       <c r="P25" s="421"/>
       <c r="Q25" s="421"/>
       <c r="R25" s="421"/>
       <c r="S25" s="422"/>
     </row>
     <row r="26" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="352" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="B26" s="352"/>
       <c r="C26" s="366"/>
       <c r="D26" s="352"/>
       <c r="E26" s="352"/>
       <c r="F26" s="352"/>
       <c r="G26" s="447" t="s">
         <v>195</v>
       </c>
       <c r="H26" s="442"/>
       <c r="I26" s="443"/>
       <c r="J26" s="352"/>
       <c r="L26" s="420"/>
       <c r="M26" s="421"/>
       <c r="N26" s="421"/>
       <c r="O26" s="421"/>
       <c r="P26" s="421"/>
       <c r="Q26" s="421"/>
       <c r="R26" s="421"/>
       <c r="S26" s="422"/>
     </row>
     <row r="27" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="352" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="B27" s="352"/>
       <c r="C27" s="366"/>
       <c r="D27" s="352"/>
       <c r="E27" s="352"/>
       <c r="F27" s="352"/>
       <c r="G27" s="447" t="s">
         <v>195</v>
       </c>
       <c r="H27" s="442"/>
       <c r="I27" s="443"/>
       <c r="J27" s="352"/>
       <c r="L27" s="420"/>
       <c r="M27" s="421"/>
       <c r="N27" s="421"/>
       <c r="O27" s="421"/>
       <c r="P27" s="421"/>
       <c r="Q27" s="421"/>
       <c r="R27" s="421"/>
       <c r="S27" s="422"/>
     </row>
     <row r="28" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="352" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="B28" s="352"/>
       <c r="C28" s="366"/>
       <c r="D28" s="352"/>
       <c r="E28" s="352"/>
       <c r="F28" s="352"/>
       <c r="G28" s="444"/>
       <c r="H28" s="445"/>
       <c r="I28" s="446"/>
       <c r="J28" s="352"/>
       <c r="L28" s="420"/>
       <c r="M28" s="421"/>
       <c r="N28" s="421"/>
       <c r="O28" s="421"/>
       <c r="P28" s="421"/>
       <c r="Q28" s="421"/>
       <c r="R28" s="421"/>
       <c r="S28" s="422"/>
     </row>
     <row r="29" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="352" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="B29" s="352"/>
       <c r="C29" s="366"/>
       <c r="D29" s="352"/>
       <c r="E29" s="352"/>
       <c r="F29" s="352"/>
       <c r="G29" s="444"/>
       <c r="H29" s="445"/>
       <c r="I29" s="446"/>
       <c r="J29" s="352"/>
       <c r="L29" s="420"/>
       <c r="M29" s="421"/>
       <c r="N29" s="421"/>
       <c r="O29" s="421"/>
       <c r="P29" s="421"/>
       <c r="Q29" s="421"/>
       <c r="R29" s="421"/>
       <c r="S29" s="422"/>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A30" s="352" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="B30" s="352"/>
       <c r="C30" s="366"/>
       <c r="D30" s="352"/>
       <c r="E30" s="352"/>
       <c r="F30" s="352"/>
       <c r="G30" s="352"/>
       <c r="H30" s="352"/>
       <c r="I30" s="352"/>
       <c r="J30" s="352"/>
       <c r="L30" s="420"/>
       <c r="M30" s="421"/>
       <c r="N30" s="421"/>
       <c r="O30" s="421"/>
       <c r="P30" s="421"/>
       <c r="Q30" s="421"/>
       <c r="R30" s="421"/>
       <c r="S30" s="422"/>
     </row>
     <row r="31" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A31" s="455"/>
       <c r="B31" s="456"/>
       <c r="C31" s="456"/>
       <c r="D31" s="456"/>
       <c r="E31" s="456"/>
@@ -23384,114 +23390,114 @@
       <c r="R32" s="421"/>
       <c r="S32" s="422"/>
     </row>
     <row r="33" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A33" s="461"/>
       <c r="B33" s="462"/>
       <c r="C33" s="462"/>
       <c r="D33" s="462"/>
       <c r="E33" s="462"/>
       <c r="F33" s="462"/>
       <c r="G33" s="462"/>
       <c r="H33" s="462"/>
       <c r="I33" s="462"/>
       <c r="J33" s="463"/>
       <c r="L33" s="423"/>
       <c r="M33" s="424"/>
       <c r="N33" s="424"/>
       <c r="O33" s="424"/>
       <c r="P33" s="424"/>
       <c r="Q33" s="424"/>
       <c r="R33" s="424"/>
       <c r="S33" s="425"/>
     </row>
     <row r="34" spans="1:33" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="369" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="B34" s="352"/>
       <c r="C34" s="366"/>
       <c r="D34" s="352"/>
       <c r="E34" s="352"/>
       <c r="F34" s="352"/>
       <c r="G34" s="352"/>
       <c r="H34" s="352"/>
       <c r="I34" s="352"/>
       <c r="J34" s="352"/>
     </row>
     <row r="35" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A35" s="9"/>
       <c r="B35" s="352"/>
       <c r="C35" s="366"/>
       <c r="D35" s="352"/>
       <c r="E35" s="352"/>
       <c r="F35" s="352"/>
       <c r="G35" s="352"/>
       <c r="H35" s="352"/>
       <c r="I35" s="352"/>
       <c r="J35" s="352"/>
     </row>
     <row r="36" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="479" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="B36" s="479"/>
       <c r="C36" s="479"/>
       <c r="D36" s="479"/>
       <c r="E36" s="479"/>
       <c r="F36" s="479"/>
       <c r="G36" s="479"/>
       <c r="H36" s="479"/>
       <c r="I36" s="479"/>
       <c r="J36" s="479"/>
       <c r="K36" s="184"/>
       <c r="L36" s="184"/>
       <c r="M36" s="184"/>
       <c r="N36" s="184"/>
       <c r="O36" s="184"/>
       <c r="P36" s="184"/>
       <c r="Q36" s="184"/>
       <c r="R36" s="184"/>
       <c r="S36" s="184"/>
       <c r="T36" s="193"/>
       <c r="U36" s="155"/>
       <c r="V36" s="156"/>
       <c r="W36" s="156"/>
       <c r="X36" s="155"/>
       <c r="Y36" s="155"/>
       <c r="Z36" s="155"/>
       <c r="AA36" s="155"/>
       <c r="AB36" s="155"/>
       <c r="AC36" s="155"/>
       <c r="AD36" s="155"/>
       <c r="AE36" s="155"/>
       <c r="AF36" s="155"/>
       <c r="AG36" s="155"/>
     </row>
     <row r="37" spans="1:33" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="454" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="B37" s="454"/>
       <c r="C37" s="454"/>
       <c r="D37" s="454"/>
       <c r="E37" s="454"/>
       <c r="F37" s="454"/>
       <c r="G37" s="454"/>
       <c r="H37" s="454"/>
       <c r="I37" s="454"/>
       <c r="J37" s="454"/>
       <c r="K37" s="184"/>
       <c r="L37" s="448" t="s">
         <v>218</v>
       </c>
       <c r="M37" s="449"/>
       <c r="N37" s="449"/>
       <c r="O37" s="449"/>
       <c r="P37" s="449"/>
       <c r="Q37" s="449"/>
       <c r="R37" s="449"/>
       <c r="S37" s="449"/>
       <c r="T37" s="194"/>
       <c r="U37" s="155"/>
       <c r="V37" s="157"/>
       <c r="W37" s="158"/>
@@ -23541,90 +23547,90 @@
       <c r="AF38" s="155"/>
       <c r="AG38" s="155"/>
     </row>
     <row r="39" spans="1:33" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="454"/>
       <c r="B39" s="454"/>
       <c r="C39" s="454"/>
       <c r="D39" s="454"/>
       <c r="E39" s="454"/>
       <c r="F39" s="454"/>
       <c r="G39" s="454"/>
       <c r="H39" s="454"/>
       <c r="I39" s="454"/>
       <c r="J39" s="454"/>
       <c r="K39" s="184"/>
       <c r="L39" s="184"/>
       <c r="M39" s="184"/>
       <c r="N39" s="184"/>
       <c r="O39" s="184"/>
       <c r="P39" s="184"/>
       <c r="Q39" s="184"/>
       <c r="R39" s="184"/>
       <c r="S39" s="197"/>
       <c r="T39" s="198" t="str">
         <f>$J$465</f>
-        <v>Version 1.12</v>
+        <v>Version 1.14</v>
       </c>
       <c r="U39" s="155"/>
       <c r="V39" s="157"/>
       <c r="W39" s="157"/>
       <c r="X39" s="157"/>
       <c r="Y39" s="157"/>
       <c r="Z39" s="157"/>
       <c r="AA39" s="157"/>
       <c r="AB39" s="155"/>
       <c r="AC39" s="155"/>
       <c r="AD39" s="155"/>
       <c r="AE39" s="155"/>
       <c r="AF39" s="155"/>
       <c r="AG39" s="155"/>
     </row>
     <row r="40" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="454" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="B40" s="454"/>
       <c r="C40" s="454"/>
       <c r="D40" s="454"/>
       <c r="E40" s="454"/>
       <c r="F40" s="454"/>
       <c r="G40" s="454"/>
       <c r="H40" s="454"/>
       <c r="I40" s="454"/>
       <c r="J40" s="454"/>
       <c r="K40" s="184"/>
       <c r="L40" s="184"/>
       <c r="M40" s="184"/>
       <c r="N40" s="184"/>
       <c r="O40" s="184"/>
       <c r="P40" s="184"/>
       <c r="Q40" s="184"/>
       <c r="R40" s="184"/>
       <c r="S40" s="658">
         <f>$I$466</f>
-        <v>45979</v>
+        <v>46031</v>
       </c>
       <c r="T40" s="658"/>
       <c r="U40" s="155"/>
       <c r="V40" s="157"/>
       <c r="W40" s="157"/>
       <c r="X40" s="157"/>
       <c r="Y40" s="157"/>
       <c r="Z40" s="157"/>
       <c r="AA40" s="157"/>
       <c r="AB40" s="155"/>
       <c r="AC40" s="155"/>
       <c r="AD40" s="155"/>
       <c r="AE40" s="155"/>
       <c r="AF40" s="155"/>
       <c r="AG40" s="155"/>
     </row>
     <row r="41" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="454"/>
       <c r="B41" s="454"/>
       <c r="C41" s="454"/>
       <c r="D41" s="454"/>
       <c r="E41" s="454"/>
       <c r="F41" s="454"/>
       <c r="G41" s="454"/>
       <c r="H41" s="454"/>
@@ -23754,88 +23760,88 @@
       <c r="M44" s="184"/>
       <c r="N44" s="184"/>
       <c r="O44" s="184"/>
       <c r="P44" s="184"/>
       <c r="Q44" s="184"/>
       <c r="R44" s="184"/>
       <c r="S44" s="184"/>
       <c r="T44" s="184"/>
       <c r="U44" s="155"/>
       <c r="V44" s="648"/>
       <c r="W44" s="648"/>
       <c r="X44" s="648"/>
       <c r="Y44" s="648"/>
       <c r="Z44" s="648"/>
       <c r="AA44" s="648"/>
       <c r="AB44" s="648"/>
       <c r="AC44" s="648"/>
       <c r="AD44" s="155"/>
       <c r="AE44" s="155"/>
       <c r="AF44" s="155"/>
       <c r="AG44" s="155"/>
     </row>
     <row r="45" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A45" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$461 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$461)</f>
-        <v>sufia.nadeem@admin.ox.ac.uk</v>
+        <v>kara.updale@admin.ox.ac.uk</v>
       </c>
       <c r="B45" s="416"/>
       <c r="C45" s="416"/>
       <c r="D45" s="416"/>
       <c r="E45" s="416"/>
       <c r="F45" s="416"/>
       <c r="G45" s="416"/>
       <c r="H45" s="416"/>
       <c r="I45" s="416"/>
       <c r="J45" s="416"/>
       <c r="K45" s="208"/>
       <c r="L45" s="208"/>
       <c r="M45" s="208"/>
       <c r="N45" s="208"/>
       <c r="O45" s="208"/>
       <c r="P45" s="208"/>
       <c r="Q45" s="208"/>
       <c r="R45" s="208"/>
       <c r="S45" s="208"/>
       <c r="T45" s="208"/>
       <c r="U45" s="155"/>
       <c r="V45" s="648"/>
       <c r="W45" s="648"/>
       <c r="X45" s="648"/>
       <c r="Y45" s="648"/>
       <c r="Z45" s="648"/>
       <c r="AA45" s="648"/>
       <c r="AB45" s="648"/>
       <c r="AC45" s="648"/>
       <c r="AD45" s="155"/>
       <c r="AE45" s="155"/>
       <c r="AF45" s="155"/>
       <c r="AG45" s="155"/>
     </row>
     <row r="46" spans="1:33" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A46" s="659" t="s">
-        <v>866</v>
+        <v>1068</v>
       </c>
       <c r="B46" s="659"/>
       <c r="C46" s="659"/>
       <c r="D46" s="659"/>
       <c r="E46" s="659"/>
       <c r="F46" s="659"/>
       <c r="G46" s="659"/>
       <c r="H46" s="659"/>
       <c r="I46" s="659"/>
       <c r="J46" s="659"/>
       <c r="K46" s="185"/>
       <c r="L46" s="185"/>
       <c r="M46" s="185"/>
       <c r="N46" s="185"/>
       <c r="O46" s="185"/>
       <c r="P46" s="185"/>
       <c r="Q46" s="185"/>
       <c r="R46" s="185"/>
       <c r="S46" s="185"/>
       <c r="T46" s="185"/>
       <c r="U46" s="160"/>
       <c r="V46" s="648"/>
       <c r="W46" s="648"/>
       <c r="X46" s="648"/>
       <c r="Y46" s="648"/>
@@ -23870,88 +23876,88 @@
       <c r="M47" s="184"/>
       <c r="N47" s="184"/>
       <c r="O47" s="184"/>
       <c r="P47" s="184"/>
       <c r="Q47" s="184"/>
       <c r="R47" s="184"/>
       <c r="S47" s="184"/>
       <c r="T47" s="184"/>
       <c r="U47" s="155"/>
       <c r="V47" s="161"/>
       <c r="W47" s="161"/>
       <c r="X47" s="161"/>
       <c r="Y47" s="161"/>
       <c r="Z47" s="161"/>
       <c r="AA47" s="161"/>
       <c r="AB47" s="161"/>
       <c r="AC47" s="161"/>
       <c r="AD47" s="161"/>
       <c r="AE47" s="155"/>
       <c r="AF47" s="155"/>
       <c r="AG47" s="155"/>
     </row>
     <row r="48" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="416" t="str">
         <f>HYPERLINK("mailto:" &amp; $E$465 &amp; "?subject=Skilled Worker CoS extension application - " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213) &amp; "&amp;body=Please find attached a Skilled Worker CoS extension application for " &amp; PROPER($I$212) &amp; " " &amp; PROPER($E$214) &amp; " " &amp; UPPER($E$213),$E$465)</f>
-        <v>kara.updale@admin.ox.ac.uk</v>
+        <v>sufia.nadeem@admin.ox.ac.uk</v>
       </c>
       <c r="B48" s="416"/>
       <c r="C48" s="416"/>
       <c r="D48" s="416"/>
       <c r="E48" s="416"/>
       <c r="F48" s="416"/>
       <c r="G48" s="416"/>
       <c r="H48" s="416"/>
       <c r="I48" s="416"/>
       <c r="J48" s="416"/>
       <c r="K48" s="208"/>
       <c r="L48" s="208"/>
       <c r="M48" s="208"/>
       <c r="N48" s="208"/>
       <c r="O48" s="208"/>
       <c r="P48" s="208"/>
       <c r="Q48" s="208"/>
       <c r="R48" s="208"/>
       <c r="S48" s="208"/>
       <c r="T48" s="208"/>
       <c r="U48" s="155"/>
       <c r="V48" s="161"/>
       <c r="W48" s="161"/>
       <c r="X48" s="161"/>
       <c r="Y48" s="161"/>
       <c r="Z48" s="161"/>
       <c r="AA48" s="161"/>
       <c r="AB48" s="161"/>
       <c r="AC48" s="161"/>
       <c r="AD48" s="161"/>
       <c r="AE48" s="155"/>
       <c r="AF48" s="155"/>
       <c r="AG48" s="155"/>
     </row>
     <row r="49" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="659" t="s">
-        <v>867</v>
+        <v>1067</v>
       </c>
       <c r="B49" s="659"/>
       <c r="C49" s="659"/>
       <c r="D49" s="659"/>
       <c r="E49" s="659"/>
       <c r="F49" s="659"/>
       <c r="G49" s="659"/>
       <c r="H49" s="659"/>
       <c r="I49" s="659"/>
       <c r="J49" s="659"/>
       <c r="K49" s="184"/>
       <c r="L49" s="184"/>
       <c r="M49" s="184"/>
       <c r="N49" s="184"/>
       <c r="O49" s="184"/>
       <c r="P49" s="184"/>
       <c r="Q49" s="184"/>
       <c r="R49" s="184"/>
       <c r="S49" s="184"/>
       <c r="T49" s="184"/>
       <c r="U49" s="155"/>
       <c r="V49" s="161"/>
       <c r="W49" s="161"/>
       <c r="X49" s="161"/>
       <c r="Y49" s="161"/>
@@ -24195,90 +24201,90 @@
       <c r="L56" s="184"/>
       <c r="M56" s="184"/>
       <c r="N56" s="184"/>
       <c r="O56" s="184"/>
       <c r="P56" s="184"/>
       <c r="Q56" s="184"/>
       <c r="R56" s="184"/>
       <c r="S56" s="184"/>
       <c r="T56" s="184"/>
       <c r="U56" s="155"/>
       <c r="V56" s="648"/>
       <c r="W56" s="648"/>
       <c r="X56" s="648"/>
       <c r="Y56" s="648"/>
       <c r="Z56" s="648"/>
       <c r="AA56" s="648"/>
       <c r="AB56" s="648"/>
       <c r="AC56" s="648"/>
       <c r="AD56" s="155"/>
       <c r="AE56" s="155"/>
       <c r="AF56" s="155"/>
       <c r="AG56" s="155"/>
     </row>
     <row r="57" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="651" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="B57" s="651"/>
       <c r="C57" s="651"/>
       <c r="D57" s="651"/>
       <c r="E57" s="651"/>
       <c r="F57" s="651"/>
       <c r="G57" s="651"/>
       <c r="H57" s="651"/>
       <c r="I57" s="651"/>
       <c r="J57" s="10" t="s">
         <v>195</v>
       </c>
       <c r="K57" s="184"/>
       <c r="L57" s="184"/>
       <c r="M57" s="184"/>
       <c r="N57" s="432"/>
       <c r="O57" s="433"/>
       <c r="P57" s="433"/>
       <c r="Q57" s="433"/>
       <c r="R57" s="433"/>
       <c r="S57" s="434"/>
       <c r="T57" s="184"/>
       <c r="U57" s="155"/>
       <c r="V57" s="648"/>
       <c r="W57" s="648"/>
       <c r="X57" s="648"/>
       <c r="Y57" s="648"/>
       <c r="Z57" s="648"/>
       <c r="AA57" s="648"/>
       <c r="AB57" s="648"/>
       <c r="AC57" s="648"/>
       <c r="AD57" s="161"/>
       <c r="AE57" s="155"/>
       <c r="AF57" s="155"/>
       <c r="AG57" s="155"/>
     </row>
     <row r="58" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="660" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="B58" s="660"/>
       <c r="C58" s="660"/>
       <c r="D58" s="660"/>
       <c r="E58" s="660"/>
       <c r="F58" s="660"/>
       <c r="G58" s="660"/>
       <c r="H58" s="660"/>
       <c r="I58" s="660"/>
       <c r="J58" s="660"/>
       <c r="K58" s="184"/>
       <c r="L58" s="184"/>
       <c r="M58" s="184"/>
       <c r="N58" s="435"/>
       <c r="O58" s="436"/>
       <c r="P58" s="436"/>
       <c r="Q58" s="436"/>
       <c r="R58" s="436"/>
       <c r="S58" s="437"/>
       <c r="T58" s="184"/>
       <c r="U58" s="155"/>
       <c r="V58" s="157"/>
       <c r="W58" s="157"/>
       <c r="X58" s="157"/>
       <c r="Y58" s="157"/>
@@ -24341,51 +24347,51 @@
       <c r="L60" s="184"/>
       <c r="M60" s="184"/>
       <c r="N60" s="184"/>
       <c r="O60" s="184"/>
       <c r="P60" s="184"/>
       <c r="Q60" s="184"/>
       <c r="R60" s="184"/>
       <c r="S60" s="184"/>
       <c r="T60" s="184"/>
       <c r="U60" s="155"/>
       <c r="V60" s="157"/>
       <c r="W60" s="157"/>
       <c r="X60" s="157"/>
       <c r="Y60" s="157"/>
       <c r="Z60" s="157"/>
       <c r="AA60" s="157"/>
       <c r="AB60" s="155"/>
       <c r="AC60" s="155"/>
       <c r="AD60" s="155"/>
       <c r="AE60" s="155"/>
       <c r="AF60" s="155"/>
       <c r="AG60" s="155"/>
     </row>
     <row r="61" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A61" s="649" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="B61" s="649"/>
       <c r="C61" s="649"/>
       <c r="D61" s="649"/>
       <c r="E61" s="649"/>
       <c r="F61" s="649"/>
       <c r="G61" s="649"/>
       <c r="H61" s="649"/>
       <c r="I61" s="643"/>
       <c r="J61" s="644"/>
       <c r="K61" s="184"/>
       <c r="L61" s="184"/>
       <c r="M61" s="184"/>
       <c r="N61" s="432"/>
       <c r="O61" s="433"/>
       <c r="P61" s="433"/>
       <c r="Q61" s="433"/>
       <c r="R61" s="433"/>
       <c r="S61" s="434"/>
       <c r="T61" s="184"/>
       <c r="U61" s="155"/>
       <c r="V61" s="642"/>
       <c r="W61" s="642"/>
       <c r="X61" s="162"/>
       <c r="Y61" s="155"/>
@@ -24416,88 +24422,88 @@
       <c r="L62" s="184"/>
       <c r="M62" s="184"/>
       <c r="N62" s="435"/>
       <c r="O62" s="436"/>
       <c r="P62" s="436"/>
       <c r="Q62" s="436"/>
       <c r="R62" s="436"/>
       <c r="S62" s="437"/>
       <c r="T62" s="184"/>
       <c r="U62" s="155"/>
       <c r="V62" s="155"/>
       <c r="W62" s="155"/>
       <c r="X62" s="155"/>
       <c r="Y62" s="155"/>
       <c r="Z62" s="155"/>
       <c r="AA62" s="155"/>
       <c r="AB62" s="155"/>
       <c r="AC62" s="155"/>
       <c r="AD62" s="155"/>
       <c r="AE62" s="155"/>
       <c r="AF62" s="155"/>
       <c r="AG62" s="155"/>
     </row>
     <row r="63" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A63" s="657" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
       <c r="B63" s="657"/>
       <c r="C63" s="657"/>
       <c r="D63" s="657"/>
       <c r="E63" s="657"/>
       <c r="F63" s="657"/>
       <c r="G63" s="657"/>
       <c r="H63" s="657"/>
       <c r="I63" s="657"/>
       <c r="J63" s="657"/>
       <c r="K63" s="208"/>
       <c r="L63" s="208"/>
       <c r="M63" s="208"/>
       <c r="N63" s="438"/>
       <c r="O63" s="439"/>
       <c r="P63" s="439"/>
       <c r="Q63" s="439"/>
       <c r="R63" s="439"/>
       <c r="S63" s="440"/>
       <c r="T63" s="208"/>
       <c r="U63" s="155"/>
       <c r="V63" s="578"/>
       <c r="W63" s="578"/>
       <c r="X63" s="578"/>
       <c r="Y63" s="578"/>
       <c r="Z63" s="578"/>
       <c r="AA63" s="578"/>
       <c r="AB63" s="578"/>
       <c r="AC63" s="578"/>
       <c r="AD63" s="578"/>
       <c r="AE63" s="155"/>
       <c r="AF63" s="155"/>
       <c r="AG63" s="155"/>
     </row>
     <row r="64" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="646" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="B64" s="646"/>
       <c r="C64" s="646"/>
       <c r="D64" s="646"/>
       <c r="E64" s="646"/>
       <c r="F64" s="646"/>
       <c r="G64" s="646"/>
       <c r="H64" s="646"/>
       <c r="I64" s="646"/>
       <c r="J64" s="646"/>
       <c r="K64" s="208"/>
       <c r="L64" s="208"/>
       <c r="M64" s="208"/>
       <c r="N64" s="211"/>
       <c r="O64" s="211"/>
       <c r="P64" s="211"/>
       <c r="Q64" s="211"/>
       <c r="R64" s="211"/>
       <c r="S64" s="211"/>
       <c r="T64" s="208"/>
       <c r="U64" s="155"/>
       <c r="V64" s="578"/>
       <c r="W64" s="578"/>
       <c r="X64" s="578"/>
       <c r="Y64" s="578"/>
@@ -24525,51 +24531,51 @@
       <c r="L65" s="208"/>
       <c r="M65" s="208"/>
       <c r="N65" s="211"/>
       <c r="O65" s="211"/>
       <c r="P65" s="211"/>
       <c r="Q65" s="211"/>
       <c r="R65" s="211"/>
       <c r="S65" s="211"/>
       <c r="T65" s="208"/>
       <c r="U65" s="155"/>
       <c r="V65" s="578"/>
       <c r="W65" s="578"/>
       <c r="X65" s="578"/>
       <c r="Y65" s="578"/>
       <c r="Z65" s="578"/>
       <c r="AA65" s="578"/>
       <c r="AB65" s="578"/>
       <c r="AC65" s="578"/>
       <c r="AD65" s="578"/>
       <c r="AE65" s="155"/>
       <c r="AF65" s="155"/>
       <c r="AG65" s="155"/>
     </row>
     <row r="66" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="647" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
       <c r="B66" s="647"/>
       <c r="C66" s="647"/>
       <c r="D66" s="647"/>
       <c r="E66" s="647"/>
       <c r="F66" s="647"/>
       <c r="G66" s="647"/>
       <c r="H66" s="647"/>
       <c r="I66" s="647"/>
       <c r="J66" s="647"/>
       <c r="K66" s="208"/>
       <c r="L66" s="208"/>
       <c r="M66" s="208"/>
       <c r="N66" s="211"/>
       <c r="O66" s="211"/>
       <c r="P66" s="211"/>
       <c r="Q66" s="211"/>
       <c r="R66" s="211"/>
       <c r="S66" s="211"/>
       <c r="T66" s="208"/>
       <c r="U66" s="155"/>
       <c r="V66" s="578"/>
       <c r="W66" s="578"/>
       <c r="X66" s="578"/>
       <c r="Y66" s="578"/>
@@ -26872,88 +26878,88 @@
       <c r="L129" s="208"/>
       <c r="M129" s="208"/>
       <c r="N129" s="208"/>
       <c r="O129" s="208"/>
       <c r="P129" s="208"/>
       <c r="Q129" s="208"/>
       <c r="R129" s="208"/>
       <c r="S129" s="208"/>
       <c r="T129" s="208"/>
       <c r="U129" s="155"/>
       <c r="V129" s="578"/>
       <c r="W129" s="578"/>
       <c r="X129" s="578"/>
       <c r="Y129" s="578"/>
       <c r="Z129" s="578"/>
       <c r="AA129" s="578"/>
       <c r="AB129" s="578"/>
       <c r="AC129" s="578"/>
       <c r="AD129" s="578"/>
       <c r="AE129" s="578"/>
       <c r="AF129" s="155"/>
       <c r="AG129" s="155"/>
     </row>
     <row r="130" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A130" s="410" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
       <c r="B130" s="410"/>
       <c r="C130" s="410"/>
       <c r="D130" s="410"/>
       <c r="E130" s="410"/>
       <c r="F130" s="410"/>
       <c r="G130" s="410"/>
       <c r="H130" s="410"/>
       <c r="I130" s="410"/>
       <c r="J130" s="410"/>
       <c r="K130" s="208"/>
       <c r="L130" s="208"/>
       <c r="M130" s="208"/>
       <c r="N130" s="208"/>
       <c r="O130" s="208"/>
       <c r="P130" s="208"/>
       <c r="Q130" s="208"/>
       <c r="R130" s="208"/>
       <c r="S130" s="208"/>
       <c r="T130" s="208"/>
       <c r="U130" s="155"/>
       <c r="V130" s="578"/>
       <c r="W130" s="578"/>
       <c r="X130" s="578"/>
       <c r="Y130" s="578"/>
       <c r="Z130" s="578"/>
       <c r="AA130" s="578"/>
       <c r="AB130" s="578"/>
       <c r="AC130" s="578"/>
       <c r="AD130" s="578"/>
       <c r="AE130" s="578"/>
       <c r="AF130" s="155"/>
       <c r="AG130" s="155"/>
     </row>
     <row r="131" spans="1:33" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="426" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="B131" s="426"/>
       <c r="C131" s="426"/>
       <c r="D131" s="426"/>
       <c r="E131" s="426"/>
       <c r="F131" s="426"/>
       <c r="G131" s="426"/>
       <c r="H131" s="426"/>
       <c r="I131" s="426"/>
       <c r="J131" s="427" t="s">
         <v>195</v>
       </c>
       <c r="K131" s="208"/>
       <c r="L131" s="208"/>
       <c r="M131" s="208"/>
       <c r="N131" s="432"/>
       <c r="O131" s="433"/>
       <c r="P131" s="433"/>
       <c r="Q131" s="433"/>
       <c r="R131" s="433"/>
       <c r="S131" s="434"/>
       <c r="T131" s="208"/>
       <c r="U131" s="155"/>
       <c r="V131" s="578"/>
       <c r="W131" s="578"/>
@@ -27053,51 +27059,51 @@
       <c r="L134" s="208"/>
       <c r="M134" s="208"/>
       <c r="N134" s="435"/>
       <c r="O134" s="436"/>
       <c r="P134" s="436"/>
       <c r="Q134" s="436"/>
       <c r="R134" s="436"/>
       <c r="S134" s="437"/>
       <c r="T134" s="208"/>
       <c r="U134" s="155"/>
       <c r="V134" s="578"/>
       <c r="W134" s="578"/>
       <c r="X134" s="578"/>
       <c r="Y134" s="578"/>
       <c r="Z134" s="578"/>
       <c r="AA134" s="578"/>
       <c r="AB134" s="578"/>
       <c r="AC134" s="578"/>
       <c r="AD134" s="578"/>
       <c r="AE134" s="578"/>
       <c r="AF134" s="155"/>
       <c r="AG134" s="155"/>
     </row>
     <row r="135" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A135" s="429" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B135" s="429"/>
       <c r="C135" s="429"/>
       <c r="D135" s="429"/>
       <c r="E135" s="429"/>
       <c r="F135" s="429"/>
       <c r="G135" s="429"/>
       <c r="H135" s="429"/>
       <c r="I135" s="429"/>
       <c r="J135" s="371" t="s">
         <v>195</v>
       </c>
       <c r="K135" s="208"/>
       <c r="L135" s="208"/>
       <c r="M135" s="208"/>
       <c r="N135" s="435"/>
       <c r="O135" s="436"/>
       <c r="P135" s="436"/>
       <c r="Q135" s="436"/>
       <c r="R135" s="436"/>
       <c r="S135" s="437"/>
       <c r="T135" s="208"/>
       <c r="U135" s="155"/>
       <c r="V135" s="578"/>
       <c r="W135" s="578"/>
@@ -27419,88 +27425,88 @@
       <c r="L144" s="184"/>
       <c r="M144" s="184"/>
       <c r="N144" s="184"/>
       <c r="O144" s="184"/>
       <c r="P144" s="184"/>
       <c r="Q144" s="184"/>
       <c r="R144" s="184"/>
       <c r="S144" s="184"/>
       <c r="T144" s="184"/>
       <c r="U144" s="155"/>
       <c r="V144" s="159"/>
       <c r="W144" s="159"/>
       <c r="X144" s="159"/>
       <c r="Y144" s="159"/>
       <c r="Z144" s="159"/>
       <c r="AA144" s="159"/>
       <c r="AB144" s="159"/>
       <c r="AC144" s="159"/>
       <c r="AD144" s="159"/>
       <c r="AE144" s="159"/>
       <c r="AF144" s="155"/>
       <c r="AG144" s="155"/>
     </row>
     <row r="145" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A145" s="667" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="B145" s="667"/>
       <c r="C145" s="667"/>
       <c r="D145" s="667"/>
       <c r="E145" s="667"/>
       <c r="F145" s="667"/>
       <c r="G145" s="667"/>
       <c r="H145" s="667"/>
       <c r="I145" s="667"/>
       <c r="J145" s="667"/>
       <c r="K145" s="208"/>
       <c r="L145" s="208"/>
       <c r="M145" s="208"/>
       <c r="N145" s="208"/>
       <c r="O145" s="208"/>
       <c r="P145" s="208"/>
       <c r="Q145" s="208"/>
       <c r="R145" s="208"/>
       <c r="S145" s="208"/>
       <c r="T145" s="208"/>
       <c r="U145" s="155"/>
       <c r="V145" s="159"/>
       <c r="W145" s="159"/>
       <c r="X145" s="159"/>
       <c r="Y145" s="159"/>
       <c r="Z145" s="159"/>
       <c r="AA145" s="159"/>
       <c r="AB145" s="159"/>
       <c r="AC145" s="159"/>
       <c r="AD145" s="159"/>
       <c r="AE145" s="159"/>
       <c r="AF145" s="155"/>
       <c r="AG145" s="155"/>
     </row>
     <row r="146" spans="1:33" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="497" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="B146" s="497"/>
       <c r="C146" s="497"/>
       <c r="D146" s="497"/>
       <c r="E146" s="497"/>
       <c r="F146" s="497"/>
       <c r="G146" s="497"/>
       <c r="H146" s="497"/>
       <c r="I146" s="497"/>
       <c r="J146" s="497"/>
       <c r="K146" s="208"/>
       <c r="L146" s="208"/>
       <c r="M146" s="208"/>
       <c r="N146" s="488"/>
       <c r="O146" s="489"/>
       <c r="P146" s="489"/>
       <c r="Q146" s="489"/>
       <c r="R146" s="489"/>
       <c r="S146" s="490"/>
       <c r="T146" s="208"/>
       <c r="U146" s="155"/>
       <c r="V146" s="159"/>
       <c r="W146" s="159"/>
       <c r="X146" s="159"/>
       <c r="Y146" s="159"/>
@@ -27668,51 +27674,51 @@
       <c r="L151" s="208"/>
       <c r="M151" s="208"/>
       <c r="N151" s="491"/>
       <c r="O151" s="492"/>
       <c r="P151" s="492"/>
       <c r="Q151" s="492"/>
       <c r="R151" s="492"/>
       <c r="S151" s="493"/>
       <c r="T151" s="208"/>
       <c r="U151" s="155"/>
       <c r="V151" s="159"/>
       <c r="W151" s="159"/>
       <c r="X151" s="159"/>
       <c r="Y151" s="159"/>
       <c r="Z151" s="159"/>
       <c r="AA151" s="159"/>
       <c r="AB151" s="159"/>
       <c r="AC151" s="159"/>
       <c r="AD151" s="159"/>
       <c r="AE151" s="159"/>
       <c r="AF151" s="155"/>
       <c r="AG151" s="155"/>
     </row>
     <row r="152" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="429" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="B152" s="429"/>
       <c r="C152" s="429"/>
       <c r="D152" s="429"/>
       <c r="E152" s="429"/>
       <c r="F152" s="429"/>
       <c r="G152" s="429"/>
       <c r="H152" s="429"/>
       <c r="I152" s="429"/>
       <c r="J152" s="429"/>
       <c r="K152" s="208"/>
       <c r="L152" s="208"/>
       <c r="M152" s="208"/>
       <c r="N152" s="491"/>
       <c r="O152" s="492"/>
       <c r="P152" s="492"/>
       <c r="Q152" s="492"/>
       <c r="R152" s="492"/>
       <c r="S152" s="493"/>
       <c r="T152" s="208"/>
       <c r="U152" s="155"/>
       <c r="V152" s="159"/>
       <c r="W152" s="159"/>
       <c r="X152" s="159"/>
       <c r="Y152" s="159"/>
@@ -27845,125 +27851,125 @@
       <c r="L156" s="208"/>
       <c r="M156" s="208"/>
       <c r="N156" s="491"/>
       <c r="O156" s="492"/>
       <c r="P156" s="492"/>
       <c r="Q156" s="492"/>
       <c r="R156" s="492"/>
       <c r="S156" s="493"/>
       <c r="T156" s="208"/>
       <c r="U156" s="155"/>
       <c r="V156" s="159"/>
       <c r="W156" s="159"/>
       <c r="X156" s="159"/>
       <c r="Y156" s="159"/>
       <c r="Z156" s="159"/>
       <c r="AA156" s="159"/>
       <c r="AB156" s="159"/>
       <c r="AC156" s="159"/>
       <c r="AD156" s="159"/>
       <c r="AE156" s="159"/>
       <c r="AF156" s="155"/>
       <c r="AG156" s="155"/>
     </row>
     <row r="157" spans="1:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="498" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="B157" s="498"/>
       <c r="C157" s="498"/>
       <c r="D157" s="498"/>
       <c r="E157" s="498"/>
       <c r="F157" s="498"/>
       <c r="G157" s="498"/>
       <c r="H157" s="498"/>
       <c r="I157" s="498"/>
       <c r="J157" s="498"/>
       <c r="K157" s="208"/>
       <c r="L157" s="208"/>
       <c r="M157" s="208"/>
       <c r="N157" s="491"/>
       <c r="O157" s="492"/>
       <c r="P157" s="492"/>
       <c r="Q157" s="492"/>
       <c r="R157" s="492"/>
       <c r="S157" s="493"/>
       <c r="T157" s="208"/>
       <c r="U157" s="155"/>
       <c r="V157" s="159"/>
       <c r="W157" s="159"/>
       <c r="X157" s="159"/>
       <c r="Y157" s="159"/>
       <c r="Z157" s="159"/>
       <c r="AA157" s="159"/>
       <c r="AB157" s="159"/>
       <c r="AC157" s="159"/>
       <c r="AD157" s="159"/>
       <c r="AE157" s="159"/>
       <c r="AF157" s="155"/>
       <c r="AG157" s="155"/>
     </row>
     <row r="158" spans="1:33" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A158" s="415" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="B158" s="415"/>
       <c r="C158" s="415"/>
       <c r="D158" s="415"/>
       <c r="E158" s="415"/>
       <c r="F158" s="415"/>
       <c r="G158" s="415"/>
       <c r="H158" s="415"/>
       <c r="I158" s="306"/>
       <c r="J158" s="306"/>
       <c r="K158" s="208"/>
       <c r="L158" s="208"/>
       <c r="M158" s="208"/>
       <c r="N158" s="491"/>
       <c r="O158" s="492"/>
       <c r="P158" s="492"/>
       <c r="Q158" s="492"/>
       <c r="R158" s="492"/>
       <c r="S158" s="493"/>
       <c r="T158" s="208"/>
       <c r="U158" s="155"/>
       <c r="V158" s="159"/>
       <c r="W158" s="159"/>
       <c r="X158" s="159"/>
       <c r="Y158" s="159"/>
       <c r="Z158" s="159"/>
       <c r="AA158" s="159"/>
       <c r="AB158" s="159"/>
       <c r="AC158" s="159"/>
       <c r="AD158" s="159"/>
       <c r="AE158" s="159"/>
       <c r="AF158" s="155"/>
       <c r="AG158" s="155"/>
     </row>
     <row r="159" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="668" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="B159" s="668"/>
       <c r="C159" s="668"/>
       <c r="D159" s="668"/>
       <c r="E159" s="668"/>
       <c r="F159" s="668"/>
       <c r="G159" s="668"/>
       <c r="H159" s="668"/>
       <c r="I159" s="669" t="s">
         <v>195</v>
       </c>
       <c r="J159" s="670"/>
       <c r="K159" s="208"/>
       <c r="L159" s="208"/>
       <c r="M159" s="208"/>
       <c r="N159" s="491"/>
       <c r="O159" s="492"/>
       <c r="P159" s="492"/>
       <c r="Q159" s="492"/>
       <c r="R159" s="492"/>
       <c r="S159" s="493"/>
       <c r="T159" s="208"/>
       <c r="U159" s="155"/>
       <c r="V159" s="159"/>
       <c r="W159" s="159"/>
@@ -28031,51 +28037,51 @@
       <c r="L161" s="208"/>
       <c r="M161" s="208"/>
       <c r="N161" s="308"/>
       <c r="O161" s="308"/>
       <c r="P161" s="308"/>
       <c r="Q161" s="308"/>
       <c r="R161" s="308"/>
       <c r="S161" s="308"/>
       <c r="T161" s="208"/>
       <c r="U161" s="155"/>
       <c r="V161" s="159"/>
       <c r="W161" s="159"/>
       <c r="X161" s="159"/>
       <c r="Y161" s="159"/>
       <c r="Z161" s="159"/>
       <c r="AA161" s="159"/>
       <c r="AB161" s="159"/>
       <c r="AC161" s="159"/>
       <c r="AD161" s="159"/>
       <c r="AE161" s="159"/>
       <c r="AF161" s="155"/>
       <c r="AG161" s="155"/>
     </row>
     <row r="162" spans="1:33" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A162" s="413" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="B162" s="413"/>
       <c r="C162" s="413"/>
       <c r="D162" s="413"/>
       <c r="E162" s="413"/>
       <c r="F162" s="413"/>
       <c r="G162" s="499"/>
       <c r="H162" s="500"/>
       <c r="I162" s="500"/>
       <c r="J162" s="501"/>
       <c r="K162" s="208"/>
       <c r="L162" s="208"/>
       <c r="M162" s="208"/>
       <c r="N162" s="488"/>
       <c r="O162" s="489"/>
       <c r="P162" s="489"/>
       <c r="Q162" s="489"/>
       <c r="R162" s="489"/>
       <c r="S162" s="490"/>
       <c r="T162" s="208"/>
       <c r="U162" s="155"/>
       <c r="V162" s="159"/>
       <c r="W162" s="159"/>
       <c r="X162" s="159"/>
       <c r="Y162" s="159"/>
@@ -28138,135 +28144,135 @@
       <c r="L164" s="208"/>
       <c r="M164" s="208"/>
       <c r="N164" s="491"/>
       <c r="O164" s="492"/>
       <c r="P164" s="492"/>
       <c r="Q164" s="492"/>
       <c r="R164" s="492"/>
       <c r="S164" s="493"/>
       <c r="T164" s="208"/>
       <c r="U164" s="155"/>
       <c r="V164" s="159"/>
       <c r="W164" s="159"/>
       <c r="X164" s="159"/>
       <c r="Y164" s="159"/>
       <c r="Z164" s="159"/>
       <c r="AA164" s="159"/>
       <c r="AB164" s="159"/>
       <c r="AC164" s="159"/>
       <c r="AD164" s="159"/>
       <c r="AE164" s="159"/>
       <c r="AF164" s="155"/>
       <c r="AG164" s="155"/>
     </row>
     <row r="165" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A165" s="633" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="B165" s="633"/>
       <c r="C165" s="633"/>
       <c r="D165" s="633"/>
       <c r="E165" s="633"/>
       <c r="F165" s="633"/>
       <c r="G165" s="634" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="H165" s="634"/>
       <c r="I165" s="635"/>
       <c r="J165" s="307" t="s">
         <v>195</v>
       </c>
       <c r="K165" s="208"/>
       <c r="L165" s="208"/>
       <c r="M165" s="208"/>
       <c r="N165" s="491"/>
       <c r="O165" s="492"/>
       <c r="P165" s="492"/>
       <c r="Q165" s="492"/>
       <c r="R165" s="492"/>
       <c r="S165" s="493"/>
       <c r="T165" s="208"/>
       <c r="U165" s="155"/>
       <c r="V165" s="159"/>
       <c r="W165" s="159"/>
       <c r="X165" s="159"/>
       <c r="Y165" s="159"/>
       <c r="Z165" s="159"/>
       <c r="AA165" s="159"/>
       <c r="AB165" s="159"/>
       <c r="AC165" s="159"/>
       <c r="AD165" s="159"/>
       <c r="AE165" s="159"/>
       <c r="AF165" s="155"/>
       <c r="AG165" s="155"/>
     </row>
     <row r="166" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="636" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B166" s="636"/>
       <c r="C166" s="636"/>
       <c r="D166" s="636"/>
       <c r="E166" s="636"/>
       <c r="F166" s="636"/>
       <c r="G166" s="636"/>
       <c r="H166" s="636"/>
       <c r="I166" s="636"/>
       <c r="J166" s="636"/>
       <c r="K166" s="208"/>
       <c r="L166" s="208"/>
       <c r="M166" s="208"/>
       <c r="N166" s="491"/>
       <c r="O166" s="492"/>
       <c r="P166" s="492"/>
       <c r="Q166" s="492"/>
       <c r="R166" s="492"/>
       <c r="S166" s="493"/>
       <c r="T166" s="208"/>
       <c r="U166" s="155"/>
       <c r="V166" s="159"/>
       <c r="W166" s="159"/>
       <c r="X166" s="159"/>
       <c r="Y166" s="159"/>
       <c r="Z166" s="159"/>
       <c r="AA166" s="159"/>
       <c r="AB166" s="159"/>
       <c r="AC166" s="159"/>
       <c r="AD166" s="159"/>
       <c r="AE166" s="159"/>
       <c r="AF166" s="155"/>
       <c r="AG166" s="155"/>
     </row>
     <row r="167" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A167" s="637" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="B167" s="637"/>
       <c r="C167" s="637"/>
       <c r="D167" s="637"/>
       <c r="E167" s="638" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="F167" s="639"/>
       <c r="G167" s="639"/>
       <c r="H167" s="639"/>
       <c r="I167" s="639"/>
       <c r="J167" s="639"/>
       <c r="K167" s="208"/>
       <c r="L167" s="208"/>
       <c r="M167" s="208"/>
       <c r="N167" s="494"/>
       <c r="O167" s="495"/>
       <c r="P167" s="495"/>
       <c r="Q167" s="495"/>
       <c r="R167" s="495"/>
       <c r="S167" s="496"/>
       <c r="T167" s="208"/>
       <c r="U167" s="155"/>
       <c r="V167" s="159"/>
       <c r="W167" s="159"/>
       <c r="X167" s="159"/>
       <c r="Y167" s="159"/>
       <c r="Z167" s="159"/>
       <c r="AA167" s="159"/>
       <c r="AB167" s="159"/>
       <c r="AC167" s="159"/>
@@ -28327,51 +28333,51 @@
       <c r="L169" s="184"/>
       <c r="M169" s="184"/>
       <c r="N169" s="184"/>
       <c r="O169" s="184"/>
       <c r="P169" s="184"/>
       <c r="Q169" s="184"/>
       <c r="R169" s="184"/>
       <c r="S169" s="184"/>
       <c r="T169" s="184"/>
       <c r="U169" s="155"/>
       <c r="V169" s="159"/>
       <c r="W169" s="159"/>
       <c r="X169" s="159"/>
       <c r="Y169" s="159"/>
       <c r="Z169" s="159"/>
       <c r="AA169" s="159"/>
       <c r="AB169" s="159"/>
       <c r="AC169" s="159"/>
       <c r="AD169" s="159"/>
       <c r="AE169" s="159"/>
       <c r="AF169" s="155"/>
       <c r="AG169" s="155"/>
     </row>
     <row r="170" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="513" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="B170" s="514"/>
       <c r="C170" s="514"/>
       <c r="D170" s="514"/>
       <c r="E170" s="514"/>
       <c r="F170" s="514"/>
       <c r="G170" s="514"/>
       <c r="H170" s="514"/>
       <c r="I170" s="514"/>
       <c r="J170" s="515"/>
       <c r="K170" s="184"/>
       <c r="L170" s="184"/>
       <c r="M170" s="184"/>
       <c r="N170" s="184"/>
       <c r="O170" s="184"/>
       <c r="P170" s="184"/>
       <c r="Q170" s="184"/>
       <c r="R170" s="184"/>
       <c r="S170" s="184"/>
       <c r="T170" s="184"/>
       <c r="U170" s="155"/>
       <c r="V170" s="157"/>
       <c r="W170" s="159"/>
       <c r="X170" s="159"/>
       <c r="Y170" s="159"/>
@@ -28434,51 +28440,51 @@
       <c r="L172" s="208"/>
       <c r="M172" s="208"/>
       <c r="N172" s="208"/>
       <c r="O172" s="208"/>
       <c r="P172" s="208"/>
       <c r="Q172" s="208"/>
       <c r="R172" s="208"/>
       <c r="S172" s="208"/>
       <c r="T172" s="208"/>
       <c r="U172" s="155"/>
       <c r="V172" s="157"/>
       <c r="W172" s="159"/>
       <c r="X172" s="159"/>
       <c r="Y172" s="159"/>
       <c r="Z172" s="159"/>
       <c r="AA172" s="159"/>
       <c r="AB172" s="159"/>
       <c r="AC172" s="159"/>
       <c r="AD172" s="159"/>
       <c r="AE172" s="159"/>
       <c r="AF172" s="155"/>
       <c r="AG172" s="155"/>
     </row>
     <row r="173" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="686" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="B173" s="687"/>
       <c r="C173" s="687"/>
       <c r="D173" s="687"/>
       <c r="E173" s="687"/>
       <c r="F173" s="687"/>
       <c r="G173" s="687"/>
       <c r="H173" s="687"/>
       <c r="I173" s="687"/>
       <c r="J173" s="688"/>
       <c r="K173" s="208"/>
       <c r="L173" s="208"/>
       <c r="M173" s="208"/>
       <c r="N173" s="208"/>
       <c r="O173" s="208"/>
       <c r="P173" s="208"/>
       <c r="Q173" s="208"/>
       <c r="R173" s="208"/>
       <c r="S173" s="208"/>
       <c r="T173" s="208"/>
       <c r="U173" s="155"/>
       <c r="V173" s="157"/>
       <c r="W173" s="159"/>
       <c r="X173" s="159"/>
       <c r="Y173" s="159"/>
@@ -28576,51 +28582,51 @@
       <c r="L176" s="208"/>
       <c r="M176" s="208"/>
       <c r="N176" s="208"/>
       <c r="O176" s="208"/>
       <c r="P176" s="208"/>
       <c r="Q176" s="208"/>
       <c r="R176" s="208"/>
       <c r="S176" s="208"/>
       <c r="T176" s="208"/>
       <c r="U176" s="155"/>
       <c r="V176" s="157"/>
       <c r="W176" s="159"/>
       <c r="X176" s="159"/>
       <c r="Y176" s="159"/>
       <c r="Z176" s="159"/>
       <c r="AA176" s="159"/>
       <c r="AB176" s="159"/>
       <c r="AC176" s="159"/>
       <c r="AD176" s="159"/>
       <c r="AE176" s="159"/>
       <c r="AF176" s="155"/>
       <c r="AG176" s="155"/>
     </row>
     <row r="177" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="513" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B177" s="514"/>
       <c r="C177" s="514"/>
       <c r="D177" s="514"/>
       <c r="E177" s="514"/>
       <c r="F177" s="514"/>
       <c r="G177" s="514"/>
       <c r="H177" s="514"/>
       <c r="I177" s="514"/>
       <c r="J177" s="515"/>
       <c r="K177" s="208"/>
       <c r="L177" s="208"/>
       <c r="M177" s="208"/>
       <c r="N177" s="208"/>
       <c r="O177" s="208"/>
       <c r="P177" s="208"/>
       <c r="Q177" s="208"/>
       <c r="R177" s="208"/>
       <c r="S177" s="208"/>
       <c r="T177" s="208"/>
       <c r="U177" s="155"/>
       <c r="V177" s="157"/>
       <c r="W177" s="159"/>
       <c r="X177" s="159"/>
       <c r="Y177" s="159"/>
@@ -28753,51 +28759,51 @@
       <c r="L181" s="208"/>
       <c r="M181" s="208"/>
       <c r="N181" s="208"/>
       <c r="O181" s="208"/>
       <c r="P181" s="208"/>
       <c r="Q181" s="208"/>
       <c r="R181" s="208"/>
       <c r="S181" s="208"/>
       <c r="T181" s="208"/>
       <c r="U181" s="155"/>
       <c r="V181" s="157"/>
       <c r="W181" s="159"/>
       <c r="X181" s="159"/>
       <c r="Y181" s="159"/>
       <c r="Z181" s="159"/>
       <c r="AA181" s="159"/>
       <c r="AB181" s="159"/>
       <c r="AC181" s="159"/>
       <c r="AD181" s="159"/>
       <c r="AE181" s="159"/>
       <c r="AF181" s="155"/>
       <c r="AG181" s="155"/>
     </row>
     <row r="182" spans="1:33" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A182" s="83" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="B182" s="9"/>
       <c r="C182" s="9"/>
       <c r="D182" s="9"/>
       <c r="E182" s="9"/>
       <c r="F182" s="572"/>
       <c r="G182" s="573"/>
       <c r="H182" s="574"/>
       <c r="I182" s="84" t="str">
         <f>IFERROR(IF($F$182&lt;&gt;"",TEXT($F$182,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J182" s="9"/>
       <c r="K182" s="184"/>
       <c r="L182" s="184"/>
       <c r="M182" s="184"/>
       <c r="N182" s="673"/>
       <c r="O182" s="674"/>
       <c r="P182" s="674"/>
       <c r="Q182" s="674"/>
       <c r="R182" s="674"/>
       <c r="S182" s="675"/>
       <c r="T182" s="184"/>
       <c r="U182" s="155"/>
       <c r="V182" s="159"/>
@@ -28866,51 +28872,51 @@
       <c r="L184" s="184"/>
       <c r="M184" s="184"/>
       <c r="N184" s="676"/>
       <c r="O184" s="677"/>
       <c r="P184" s="677"/>
       <c r="Q184" s="677"/>
       <c r="R184" s="677"/>
       <c r="S184" s="678"/>
       <c r="T184" s="184"/>
       <c r="U184" s="155"/>
       <c r="V184" s="157"/>
       <c r="W184" s="159"/>
       <c r="X184" s="155"/>
       <c r="Y184" s="159"/>
       <c r="Z184" s="159"/>
       <c r="AA184" s="159"/>
       <c r="AB184" s="159"/>
       <c r="AC184" s="159"/>
       <c r="AD184" s="159"/>
       <c r="AE184" s="159"/>
       <c r="AF184" s="155"/>
       <c r="AG184" s="155"/>
     </row>
     <row r="185" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A185" s="83" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="B185" s="9"/>
       <c r="C185" s="9"/>
       <c r="D185" s="9"/>
       <c r="E185" s="9"/>
       <c r="F185" s="709"/>
       <c r="G185" s="710"/>
       <c r="H185" s="711"/>
       <c r="I185" s="84" t="str">
         <f>IFERROR(IF($F$185&lt;&gt;"",TEXT($F$185,"dddd"),""),"")</f>
         <v/>
       </c>
       <c r="J185" s="87"/>
       <c r="K185" s="184"/>
       <c r="L185" s="184"/>
       <c r="M185" s="184"/>
       <c r="N185" s="676"/>
       <c r="O185" s="677"/>
       <c r="P185" s="677"/>
       <c r="Q185" s="677"/>
       <c r="R185" s="677"/>
       <c r="S185" s="678"/>
       <c r="T185" s="184"/>
       <c r="U185" s="155"/>
       <c r="V185" s="157"/>
@@ -29033,51 +29039,51 @@
       <c r="N188" s="676"/>
       <c r="O188" s="677"/>
       <c r="P188" s="677"/>
       <c r="Q188" s="677"/>
       <c r="R188" s="677"/>
       <c r="S188" s="678"/>
       <c r="T188" s="184"/>
       <c r="U188" s="155"/>
       <c r="V188" s="578"/>
       <c r="W188" s="578"/>
       <c r="X188" s="578"/>
       <c r="Y188" s="578"/>
       <c r="Z188" s="578"/>
       <c r="AA188" s="578"/>
       <c r="AB188" s="578"/>
       <c r="AC188" s="578"/>
       <c r="AD188" s="578"/>
       <c r="AE188" s="578"/>
       <c r="AF188" s="155"/>
       <c r="AG188" s="155"/>
     </row>
     <row r="189" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="9"/>
       <c r="B189" s="9"/>
       <c r="C189" s="85" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D189" s="383">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1+14,"Y")),0)</f>
         <v>0</v>
       </c>
       <c r="E189" s="9" t="s">
         <v>367</v>
       </c>
       <c r="F189" s="384">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1+14,"YM")),0)</f>
         <v>0</v>
       </c>
       <c r="G189" s="9" t="s">
         <v>366</v>
       </c>
       <c r="H189" s="383">
         <f>IFERROR(IF(OR($F$182="",$F$185=""),0,DATEDIF($F$182,$F$185+1+14,"MD")),0)</f>
         <v>0</v>
       </c>
       <c r="I189" s="9" t="s">
         <v>365</v>
       </c>
       <c r="J189" s="9"/>
       <c r="K189" s="208"/>
       <c r="L189" s="208"/>
@@ -29347,51 +29353,51 @@
       <c r="L196" s="184"/>
       <c r="M196" s="184"/>
       <c r="N196" s="676"/>
       <c r="O196" s="677"/>
       <c r="P196" s="677"/>
       <c r="Q196" s="677"/>
       <c r="R196" s="677"/>
       <c r="S196" s="678"/>
       <c r="T196" s="184"/>
       <c r="U196" s="155"/>
       <c r="V196" s="159"/>
       <c r="W196" s="159"/>
       <c r="X196" s="159"/>
       <c r="Y196" s="159"/>
       <c r="Z196" s="159"/>
       <c r="AA196" s="159"/>
       <c r="AB196" s="159"/>
       <c r="AC196" s="159"/>
       <c r="AD196" s="159"/>
       <c r="AE196" s="159"/>
       <c r="AF196" s="155"/>
       <c r="AG196" s="155"/>
     </row>
     <row r="197" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="557" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B197" s="557"/>
       <c r="C197" s="557"/>
       <c r="D197" s="557"/>
       <c r="E197" s="557"/>
       <c r="F197" s="557"/>
       <c r="G197" s="557"/>
       <c r="H197" s="557"/>
       <c r="I197" s="557"/>
       <c r="J197" s="557"/>
       <c r="K197" s="184"/>
       <c r="L197" s="184"/>
       <c r="M197" s="184"/>
       <c r="N197" s="679"/>
       <c r="O197" s="680"/>
       <c r="P197" s="680"/>
       <c r="Q197" s="680"/>
       <c r="R197" s="680"/>
       <c r="S197" s="681"/>
       <c r="T197" s="184"/>
       <c r="U197" s="155"/>
       <c r="V197" s="578"/>
       <c r="W197" s="578"/>
       <c r="X197" s="578"/>
       <c r="Y197" s="578"/>
@@ -29459,98 +29465,98 @@
       <c r="N199" s="208"/>
       <c r="O199" s="208"/>
       <c r="P199" s="208"/>
       <c r="Q199" s="208"/>
       <c r="R199" s="208"/>
       <c r="S199" s="208"/>
       <c r="T199" s="208"/>
       <c r="U199" s="155"/>
       <c r="V199" s="578"/>
       <c r="W199" s="578"/>
       <c r="X199" s="578"/>
       <c r="Y199" s="578"/>
       <c r="Z199" s="578"/>
       <c r="AA199" s="578"/>
       <c r="AB199" s="578"/>
       <c r="AC199" s="578"/>
       <c r="AD199" s="578"/>
       <c r="AE199" s="578"/>
       <c r="AF199" s="155"/>
       <c r="AG199" s="155"/>
     </row>
     <row r="200" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A200" s="89"/>
       <c r="B200" s="90"/>
       <c r="C200" s="316" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="D200" s="92" t="str">
         <f>IF($F$185&lt;&gt;"",(Dropdowns!$X$8*$D$189)+(IF(OR(AND($F$189=0,$H$189&gt;0),AND($F$189&gt;0,$F$189&lt;6),AND($F$189=6,$H$189=0)),(Dropdowns!$X$8/2),IF(OR(AND($F$189=6,$H$189&gt;0),AND($F$189&gt;6,$F$189&lt;12)),Dropdowns!$X$8,0))),"")</f>
         <v/>
       </c>
       <c r="E200" s="93" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="F200" s="9"/>
       <c r="G200" s="90"/>
       <c r="H200" s="9"/>
       <c r="I200" s="9"/>
       <c r="J200" s="90"/>
       <c r="K200" s="184"/>
       <c r="L200" s="184"/>
       <c r="M200" s="184"/>
       <c r="N200" s="184"/>
       <c r="O200" s="184"/>
       <c r="P200" s="184"/>
       <c r="Q200" s="184"/>
       <c r="R200" s="184"/>
       <c r="S200" s="184"/>
       <c r="T200" s="184"/>
       <c r="U200" s="155"/>
       <c r="V200" s="578"/>
       <c r="W200" s="578"/>
       <c r="X200" s="578"/>
       <c r="Y200" s="578"/>
       <c r="Z200" s="578"/>
       <c r="AA200" s="578"/>
       <c r="AB200" s="578"/>
       <c r="AC200" s="578"/>
       <c r="AD200" s="578"/>
       <c r="AE200" s="578"/>
       <c r="AF200" s="155"/>
       <c r="AG200" s="155"/>
     </row>
     <row r="201" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A201" s="89"/>
       <c r="B201" s="90"/>
       <c r="C201" s="316"/>
       <c r="D201" s="92" t="str">
         <f>IF($F$185&lt;&gt;"",(Dropdowns!$X$9*$D$189)+(IF(OR(AND($F$189=0,$H$189&gt;0),AND($F$189&gt;0,$F$189&lt;6),AND($F$189=6,$H$189=0)),(Dropdowns!$X$9/2),IF(OR(AND($F$189=6,$H$189&gt;0),AND($F$189&gt;6,$F$189&lt;12)),Dropdowns!$X$9,0))),"")</f>
         <v/>
       </c>
       <c r="E201" s="93" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="F201" s="9"/>
       <c r="G201" s="90"/>
       <c r="H201" s="385"/>
       <c r="I201" s="93"/>
       <c r="J201" s="90"/>
       <c r="K201" s="208"/>
       <c r="L201" s="208"/>
       <c r="M201" s="208"/>
       <c r="N201" s="208"/>
       <c r="O201" s="208"/>
       <c r="P201" s="208"/>
       <c r="Q201" s="208"/>
       <c r="R201" s="208"/>
       <c r="S201" s="208"/>
       <c r="T201" s="208"/>
       <c r="U201" s="155"/>
       <c r="V201" s="382"/>
       <c r="W201" s="382"/>
       <c r="X201" s="382"/>
       <c r="Y201" s="382"/>
       <c r="Z201" s="382"/>
       <c r="AA201" s="382"/>
       <c r="AB201" s="382"/>
       <c r="AC201" s="382"/>
@@ -29794,51 +29800,51 @@
       <c r="L208" s="184"/>
       <c r="M208" s="184"/>
       <c r="N208" s="432"/>
       <c r="O208" s="433"/>
       <c r="P208" s="433"/>
       <c r="Q208" s="433"/>
       <c r="R208" s="433"/>
       <c r="S208" s="434"/>
       <c r="T208" s="184"/>
       <c r="U208" s="155"/>
       <c r="V208" s="159"/>
       <c r="W208" s="159"/>
       <c r="X208" s="159"/>
       <c r="Y208" s="159"/>
       <c r="Z208" s="159"/>
       <c r="AA208" s="159"/>
       <c r="AB208" s="159"/>
       <c r="AC208" s="159"/>
       <c r="AD208" s="159"/>
       <c r="AE208" s="159"/>
       <c r="AF208" s="155"/>
       <c r="AG208" s="155"/>
     </row>
     <row r="209" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="576" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="B209" s="576"/>
       <c r="C209" s="576"/>
       <c r="D209" s="576"/>
       <c r="E209" s="576"/>
       <c r="F209" s="576"/>
       <c r="G209" s="576"/>
       <c r="H209" s="576"/>
       <c r="I209" s="713"/>
       <c r="J209" s="393"/>
       <c r="K209" s="184"/>
       <c r="L209" s="184"/>
       <c r="M209" s="184"/>
       <c r="N209" s="435"/>
       <c r="O209" s="436"/>
       <c r="P209" s="436"/>
       <c r="Q209" s="436"/>
       <c r="R209" s="436"/>
       <c r="S209" s="437"/>
       <c r="T209" s="184"/>
       <c r="U209" s="155"/>
       <c r="V209" s="155"/>
       <c r="W209" s="155"/>
       <c r="X209" s="155"/>
       <c r="Y209" s="155"/>
@@ -30887,51 +30893,51 @@
       <c r="L239" s="184"/>
       <c r="M239" s="184"/>
       <c r="N239" s="407"/>
       <c r="O239" s="408"/>
       <c r="P239" s="408"/>
       <c r="Q239" s="408"/>
       <c r="R239" s="408"/>
       <c r="S239" s="409"/>
       <c r="T239" s="184"/>
       <c r="U239" s="155"/>
       <c r="V239" s="155"/>
       <c r="W239" s="155"/>
       <c r="X239" s="155"/>
       <c r="Y239" s="155"/>
       <c r="Z239" s="155"/>
       <c r="AA239" s="155"/>
       <c r="AB239" s="155"/>
       <c r="AC239" s="155"/>
       <c r="AD239" s="155"/>
       <c r="AE239" s="155"/>
       <c r="AF239" s="155"/>
       <c r="AG239" s="155"/>
     </row>
     <row r="240" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A240" s="683" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="B240" s="683"/>
       <c r="C240" s="683"/>
       <c r="D240" s="683"/>
       <c r="E240" s="683"/>
       <c r="F240" s="683"/>
       <c r="G240" s="683"/>
       <c r="H240" s="683"/>
       <c r="I240" s="683"/>
       <c r="J240" s="683"/>
       <c r="K240" s="184"/>
       <c r="L240" s="184"/>
       <c r="M240" s="184"/>
       <c r="N240" s="58"/>
       <c r="O240" s="58"/>
       <c r="P240" s="58"/>
       <c r="Q240" s="58"/>
       <c r="R240" s="58"/>
       <c r="S240" s="58"/>
       <c r="T240" s="184"/>
       <c r="U240" s="155"/>
       <c r="V240" s="155"/>
       <c r="W240" s="155"/>
       <c r="X240" s="155"/>
       <c r="Y240" s="155"/>
@@ -33392,51 +33398,51 @@
       <c r="L309" s="208"/>
       <c r="M309" s="208"/>
       <c r="N309" s="212"/>
       <c r="O309" s="212"/>
       <c r="P309" s="212"/>
       <c r="Q309" s="212"/>
       <c r="R309" s="212"/>
       <c r="S309" s="212"/>
       <c r="T309" s="208"/>
       <c r="U309" s="155"/>
       <c r="V309" s="155"/>
       <c r="W309" s="155"/>
       <c r="X309" s="155"/>
       <c r="Y309" s="155"/>
       <c r="Z309" s="155"/>
       <c r="AA309" s="155"/>
       <c r="AB309" s="155"/>
       <c r="AC309" s="155"/>
       <c r="AD309" s="155"/>
       <c r="AE309" s="155"/>
       <c r="AF309" s="155"/>
       <c r="AG309" s="155"/>
     </row>
     <row r="310" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A310" s="410" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="B310" s="410"/>
       <c r="C310" s="410"/>
       <c r="D310" s="410"/>
       <c r="E310" s="410"/>
       <c r="F310" s="410"/>
       <c r="G310" s="410"/>
       <c r="H310" s="410"/>
       <c r="I310" s="410"/>
       <c r="J310" s="410"/>
       <c r="K310" s="208"/>
       <c r="L310" s="208"/>
       <c r="M310" s="208"/>
       <c r="N310" s="223"/>
       <c r="O310" s="223"/>
       <c r="P310" s="223"/>
       <c r="Q310" s="223"/>
       <c r="R310" s="223"/>
       <c r="S310" s="223"/>
       <c r="T310" s="208"/>
       <c r="U310" s="155"/>
       <c r="V310" s="155"/>
       <c r="W310" s="155"/>
       <c r="X310" s="155"/>
       <c r="Y310" s="155"/>
@@ -33507,51 +33513,51 @@
       <c r="R312" s="402"/>
       <c r="S312" s="403"/>
       <c r="T312" s="184"/>
       <c r="U312" s="155"/>
       <c r="V312" s="155"/>
       <c r="W312" s="155"/>
       <c r="X312" s="155"/>
       <c r="Y312" s="155"/>
       <c r="Z312" s="155"/>
       <c r="AA312" s="155"/>
       <c r="AB312" s="155"/>
       <c r="AC312" s="155"/>
       <c r="AD312" s="155"/>
       <c r="AE312" s="155"/>
       <c r="AF312" s="155"/>
       <c r="AG312" s="155"/>
     </row>
     <row r="313" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A313" s="531" t="s">
         <v>847</v>
       </c>
       <c r="B313" s="531"/>
       <c r="C313" s="531"/>
       <c r="D313" s="531"/>
       <c r="E313" s="600" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="F313" s="600"/>
       <c r="G313" s="600"/>
       <c r="H313" s="600"/>
       <c r="I313" s="600"/>
       <c r="J313" s="222"/>
       <c r="K313" s="184"/>
       <c r="L313" s="184"/>
       <c r="M313" s="184"/>
       <c r="N313" s="404"/>
       <c r="O313" s="405"/>
       <c r="P313" s="405"/>
       <c r="Q313" s="405"/>
       <c r="R313" s="405"/>
       <c r="S313" s="406"/>
       <c r="T313" s="184"/>
       <c r="U313" s="155"/>
       <c r="V313" s="155"/>
       <c r="W313" s="155"/>
       <c r="X313" s="155"/>
       <c r="Y313" s="155"/>
       <c r="Z313" s="155"/>
       <c r="AA313" s="155"/>
       <c r="AB313" s="155"/>
       <c r="AC313" s="155"/>
@@ -33575,51 +33581,51 @@
       <c r="L314" s="184"/>
       <c r="M314" s="184"/>
       <c r="N314" s="404"/>
       <c r="O314" s="405"/>
       <c r="P314" s="405"/>
       <c r="Q314" s="405"/>
       <c r="R314" s="405"/>
       <c r="S314" s="406"/>
       <c r="T314" s="184"/>
       <c r="U314" s="155"/>
       <c r="V314" s="155"/>
       <c r="W314" s="155"/>
       <c r="X314" s="155"/>
       <c r="Y314" s="155"/>
       <c r="Z314" s="155"/>
       <c r="AA314" s="155"/>
       <c r="AB314" s="155"/>
       <c r="AC314" s="155"/>
       <c r="AD314" s="155"/>
       <c r="AE314" s="155"/>
       <c r="AF314" s="155"/>
       <c r="AG314" s="155"/>
     </row>
     <row r="315" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="526" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="B315" s="526"/>
       <c r="C315" s="526"/>
       <c r="D315" s="526"/>
       <c r="E315" s="526"/>
       <c r="F315" s="526"/>
       <c r="G315" s="526"/>
       <c r="H315" s="526"/>
       <c r="I315" s="526"/>
       <c r="J315" s="526"/>
       <c r="K315" s="208"/>
       <c r="L315" s="208"/>
       <c r="M315" s="208"/>
       <c r="N315" s="404"/>
       <c r="O315" s="405"/>
       <c r="P315" s="405"/>
       <c r="Q315" s="405"/>
       <c r="R315" s="405"/>
       <c r="S315" s="406"/>
       <c r="T315" s="208"/>
       <c r="U315" s="155"/>
       <c r="V315" s="155"/>
       <c r="W315" s="155"/>
       <c r="X315" s="155"/>
       <c r="Y315" s="155"/>
@@ -33717,51 +33723,51 @@
       <c r="L318" s="208"/>
       <c r="M318" s="208"/>
       <c r="N318" s="404"/>
       <c r="O318" s="405"/>
       <c r="P318" s="405"/>
       <c r="Q318" s="405"/>
       <c r="R318" s="405"/>
       <c r="S318" s="406"/>
       <c r="T318" s="208"/>
       <c r="U318" s="155"/>
       <c r="V318" s="155"/>
       <c r="W318" s="155"/>
       <c r="X318" s="155"/>
       <c r="Y318" s="155"/>
       <c r="Z318" s="155"/>
       <c r="AA318" s="155"/>
       <c r="AB318" s="155"/>
       <c r="AC318" s="155"/>
       <c r="AD318" s="155"/>
       <c r="AE318" s="155"/>
       <c r="AF318" s="155"/>
       <c r="AG318" s="155"/>
     </row>
     <row r="319" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="529" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="B319" s="529"/>
       <c r="C319" s="529"/>
       <c r="D319" s="529"/>
       <c r="E319" s="529"/>
       <c r="F319" s="529"/>
       <c r="G319" s="529"/>
       <c r="H319" s="529"/>
       <c r="I319" s="529"/>
       <c r="J319" s="529"/>
       <c r="K319" s="208"/>
       <c r="L319" s="208"/>
       <c r="M319" s="208"/>
       <c r="N319" s="404"/>
       <c r="O319" s="405"/>
       <c r="P319" s="405"/>
       <c r="Q319" s="405"/>
       <c r="R319" s="405"/>
       <c r="S319" s="406"/>
       <c r="T319" s="208"/>
       <c r="U319" s="155"/>
       <c r="V319" s="155"/>
       <c r="W319" s="155"/>
       <c r="X319" s="155"/>
       <c r="Y319" s="155"/>
@@ -33824,51 +33830,51 @@
       <c r="L321" s="208"/>
       <c r="M321" s="208"/>
       <c r="N321" s="404"/>
       <c r="O321" s="405"/>
       <c r="P321" s="405"/>
       <c r="Q321" s="405"/>
       <c r="R321" s="405"/>
       <c r="S321" s="406"/>
       <c r="T321" s="208"/>
       <c r="U321" s="155"/>
       <c r="V321" s="155"/>
       <c r="W321" s="155"/>
       <c r="X321" s="155"/>
       <c r="Y321" s="155"/>
       <c r="Z321" s="155"/>
       <c r="AA321" s="155"/>
       <c r="AB321" s="155"/>
       <c r="AC321" s="155"/>
       <c r="AD321" s="155"/>
       <c r="AE321" s="155"/>
       <c r="AF321" s="155"/>
       <c r="AG321" s="155"/>
     </row>
     <row r="322" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A322" s="523" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="B322" s="523"/>
       <c r="C322" s="523"/>
       <c r="D322" s="523"/>
       <c r="E322" s="523"/>
       <c r="F322" s="523"/>
       <c r="G322" s="221"/>
       <c r="H322" s="221"/>
       <c r="I322" s="221"/>
       <c r="J322" s="244" t="s">
         <v>195</v>
       </c>
       <c r="K322" s="208"/>
       <c r="L322" s="208"/>
       <c r="M322" s="208"/>
       <c r="N322" s="404"/>
       <c r="O322" s="405"/>
       <c r="P322" s="405"/>
       <c r="Q322" s="405"/>
       <c r="R322" s="405"/>
       <c r="S322" s="406"/>
       <c r="T322" s="208"/>
       <c r="U322" s="155"/>
       <c r="V322" s="155"/>
       <c r="W322" s="155"/>
@@ -33898,88 +33904,88 @@
       <c r="L323" s="208"/>
       <c r="M323" s="208"/>
       <c r="N323" s="404"/>
       <c r="O323" s="405"/>
       <c r="P323" s="405"/>
       <c r="Q323" s="405"/>
       <c r="R323" s="405"/>
       <c r="S323" s="406"/>
       <c r="T323" s="208"/>
       <c r="U323" s="155"/>
       <c r="V323" s="155"/>
       <c r="W323" s="155"/>
       <c r="X323" s="155"/>
       <c r="Y323" s="155"/>
       <c r="Z323" s="155"/>
       <c r="AA323" s="155"/>
       <c r="AB323" s="155"/>
       <c r="AC323" s="155"/>
       <c r="AD323" s="155"/>
       <c r="AE323" s="155"/>
       <c r="AF323" s="155"/>
       <c r="AG323" s="155"/>
     </row>
     <row r="324" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A324" s="523" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B324" s="523"/>
       <c r="C324" s="524"/>
       <c r="D324" s="520"/>
       <c r="E324" s="521"/>
       <c r="F324" s="521"/>
       <c r="G324" s="521"/>
       <c r="H324" s="521"/>
       <c r="I324" s="521"/>
       <c r="J324" s="522"/>
       <c r="K324" s="208"/>
       <c r="L324" s="208"/>
       <c r="M324" s="208"/>
       <c r="N324" s="404"/>
       <c r="O324" s="405"/>
       <c r="P324" s="405"/>
       <c r="Q324" s="405"/>
       <c r="R324" s="405"/>
       <c r="S324" s="406"/>
       <c r="T324" s="208"/>
       <c r="U324" s="155"/>
       <c r="V324" s="155"/>
       <c r="W324" s="155"/>
       <c r="X324" s="155"/>
       <c r="Y324" s="155"/>
       <c r="Z324" s="155"/>
       <c r="AA324" s="155"/>
       <c r="AB324" s="155"/>
       <c r="AC324" s="155"/>
       <c r="AD324" s="155"/>
       <c r="AE324" s="155"/>
       <c r="AF324" s="155"/>
       <c r="AG324" s="155"/>
     </row>
     <row r="325" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A325" s="525" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="B325" s="525"/>
       <c r="C325" s="525"/>
       <c r="D325" s="525"/>
       <c r="E325" s="240"/>
       <c r="F325" s="240"/>
       <c r="G325" s="240"/>
       <c r="H325" s="240"/>
       <c r="I325" s="240"/>
       <c r="J325" s="240"/>
       <c r="K325" s="208"/>
       <c r="L325" s="208"/>
       <c r="M325" s="208"/>
       <c r="N325" s="404"/>
       <c r="O325" s="405"/>
       <c r="P325" s="405"/>
       <c r="Q325" s="405"/>
       <c r="R325" s="405"/>
       <c r="S325" s="406"/>
       <c r="T325" s="208"/>
       <c r="U325" s="155"/>
       <c r="V325" s="155"/>
       <c r="W325" s="155"/>
       <c r="X325" s="155"/>
       <c r="Y325" s="155"/>
@@ -34007,88 +34013,88 @@
       <c r="L326" s="208"/>
       <c r="M326" s="208"/>
       <c r="N326" s="404"/>
       <c r="O326" s="405"/>
       <c r="P326" s="405"/>
       <c r="Q326" s="405"/>
       <c r="R326" s="405"/>
       <c r="S326" s="406"/>
       <c r="T326" s="208"/>
       <c r="U326" s="155"/>
       <c r="V326" s="155"/>
       <c r="W326" s="155"/>
       <c r="X326" s="155"/>
       <c r="Y326" s="155"/>
       <c r="Z326" s="155"/>
       <c r="AA326" s="155"/>
       <c r="AB326" s="155"/>
       <c r="AC326" s="155"/>
       <c r="AD326" s="155"/>
       <c r="AE326" s="155"/>
       <c r="AF326" s="155"/>
       <c r="AG326" s="155"/>
     </row>
     <row r="327" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A327" s="723" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="B327" s="724"/>
       <c r="C327" s="724"/>
       <c r="D327" s="724"/>
       <c r="E327" s="724"/>
       <c r="F327" s="724"/>
       <c r="G327" s="724"/>
       <c r="H327" s="724"/>
       <c r="I327" s="724"/>
       <c r="J327" s="725"/>
       <c r="K327" s="184"/>
       <c r="L327" s="184"/>
       <c r="M327" s="184"/>
       <c r="N327" s="404"/>
       <c r="O327" s="405"/>
       <c r="P327" s="405"/>
       <c r="Q327" s="405"/>
       <c r="R327" s="405"/>
       <c r="S327" s="406"/>
       <c r="T327" s="184"/>
       <c r="U327" s="155"/>
       <c r="V327" s="155"/>
       <c r="W327" s="155"/>
       <c r="X327" s="155"/>
       <c r="Y327" s="155"/>
       <c r="Z327" s="155"/>
       <c r="AA327" s="155"/>
       <c r="AB327" s="155"/>
       <c r="AC327" s="155"/>
       <c r="AD327" s="155"/>
       <c r="AE327" s="155"/>
       <c r="AF327" s="155"/>
       <c r="AG327" s="155"/>
     </row>
     <row r="328" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A328" s="527" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B328" s="527"/>
       <c r="C328" s="527"/>
       <c r="D328" s="527"/>
       <c r="E328" s="527"/>
       <c r="F328" s="527"/>
       <c r="G328" s="527"/>
       <c r="H328" s="527"/>
       <c r="I328" s="527"/>
       <c r="J328" s="527"/>
       <c r="K328" s="184"/>
       <c r="L328" s="184"/>
       <c r="M328" s="184"/>
       <c r="N328" s="404"/>
       <c r="O328" s="405"/>
       <c r="P328" s="405"/>
       <c r="Q328" s="405"/>
       <c r="R328" s="405"/>
       <c r="S328" s="406"/>
       <c r="T328" s="184"/>
       <c r="U328" s="155"/>
       <c r="V328" s="155"/>
       <c r="W328" s="155"/>
       <c r="X328" s="155"/>
       <c r="Y328" s="155"/>
@@ -34151,51 +34157,51 @@
       <c r="L330" s="184"/>
       <c r="M330" s="184"/>
       <c r="N330" s="404"/>
       <c r="O330" s="405"/>
       <c r="P330" s="405"/>
       <c r="Q330" s="405"/>
       <c r="R330" s="405"/>
       <c r="S330" s="406"/>
       <c r="T330" s="184"/>
       <c r="U330" s="155"/>
       <c r="V330" s="155"/>
       <c r="W330" s="155"/>
       <c r="X330" s="155"/>
       <c r="Y330" s="155"/>
       <c r="Z330" s="155"/>
       <c r="AA330" s="155"/>
       <c r="AB330" s="155"/>
       <c r="AC330" s="155"/>
       <c r="AD330" s="155"/>
       <c r="AE330" s="155"/>
       <c r="AF330" s="155"/>
       <c r="AG330" s="155"/>
     </row>
     <row r="331" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A331" s="502" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="B331" s="502"/>
       <c r="C331" s="503"/>
       <c r="D331" s="504"/>
       <c r="E331" s="505"/>
       <c r="F331" s="505"/>
       <c r="G331" s="505"/>
       <c r="H331" s="505"/>
       <c r="I331" s="505"/>
       <c r="J331" s="506"/>
       <c r="K331" s="184"/>
       <c r="L331" s="184"/>
       <c r="M331" s="184"/>
       <c r="N331" s="404"/>
       <c r="O331" s="405"/>
       <c r="P331" s="405"/>
       <c r="Q331" s="405"/>
       <c r="R331" s="405"/>
       <c r="S331" s="406"/>
       <c r="T331" s="184"/>
       <c r="U331" s="155"/>
       <c r="V331" s="155"/>
       <c r="W331" s="155"/>
       <c r="X331" s="155"/>
       <c r="Y331" s="155"/>
@@ -34365,51 +34371,51 @@
       <c r="L336" s="208"/>
       <c r="M336" s="208"/>
       <c r="N336" s="208"/>
       <c r="O336" s="208"/>
       <c r="P336" s="208"/>
       <c r="Q336" s="208"/>
       <c r="R336" s="208"/>
       <c r="S336" s="208"/>
       <c r="T336" s="208"/>
       <c r="U336" s="155"/>
       <c r="V336" s="155"/>
       <c r="W336" s="155"/>
       <c r="X336" s="155"/>
       <c r="Y336" s="155"/>
       <c r="Z336" s="155"/>
       <c r="AA336" s="155"/>
       <c r="AB336" s="155"/>
       <c r="AC336" s="155"/>
       <c r="AD336" s="155"/>
       <c r="AE336" s="155"/>
       <c r="AF336" s="155"/>
       <c r="AG336" s="155"/>
     </row>
     <row r="337" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A337" s="553" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B337" s="553"/>
       <c r="C337" s="553"/>
       <c r="D337" s="553"/>
       <c r="E337" s="553"/>
       <c r="F337" s="553"/>
       <c r="G337" s="553"/>
       <c r="H337" s="553"/>
       <c r="I337" s="553"/>
       <c r="J337" s="553"/>
       <c r="K337" s="184"/>
       <c r="L337" s="184"/>
       <c r="M337" s="184"/>
       <c r="N337" s="184"/>
       <c r="O337" s="184"/>
       <c r="P337" s="184"/>
       <c r="Q337" s="184"/>
       <c r="R337" s="184"/>
       <c r="S337" s="184"/>
       <c r="T337" s="184"/>
       <c r="U337" s="155"/>
       <c r="V337" s="155"/>
       <c r="W337" s="155"/>
       <c r="X337" s="155"/>
       <c r="Y337" s="155"/>
@@ -34545,51 +34551,51 @@
       <c r="M341" s="184"/>
       <c r="N341" s="184"/>
       <c r="O341" s="184"/>
       <c r="P341" s="184"/>
       <c r="Q341" s="184"/>
       <c r="R341" s="184"/>
       <c r="S341" s="184"/>
       <c r="T341" s="184"/>
       <c r="U341" s="155"/>
       <c r="V341" s="155"/>
       <c r="W341" s="155"/>
       <c r="X341" s="155"/>
       <c r="Y341" s="155"/>
       <c r="Z341" s="155"/>
       <c r="AA341" s="155"/>
       <c r="AB341" s="155"/>
       <c r="AC341" s="155"/>
       <c r="AD341" s="155"/>
       <c r="AE341" s="155"/>
       <c r="AF341" s="155"/>
       <c r="AG341" s="155"/>
     </row>
     <row r="342" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A342" s="9"/>
       <c r="B342" s="483" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="C342" s="483"/>
       <c r="D342" s="483"/>
       <c r="E342" s="483"/>
       <c r="F342" s="483"/>
       <c r="G342" s="483"/>
       <c r="H342" s="483"/>
       <c r="I342" s="254"/>
       <c r="J342" s="255"/>
       <c r="K342" s="184"/>
       <c r="L342" s="184"/>
       <c r="M342" s="184"/>
       <c r="N342" s="184"/>
       <c r="O342" s="184"/>
       <c r="P342" s="184"/>
       <c r="Q342" s="184"/>
       <c r="R342" s="184"/>
       <c r="S342" s="184"/>
       <c r="T342" s="184"/>
       <c r="U342" s="155"/>
       <c r="V342" s="155"/>
       <c r="W342" s="155"/>
       <c r="X342" s="155"/>
       <c r="Y342" s="155"/>
       <c r="Z342" s="155"/>
@@ -34616,51 +34622,51 @@
       <c r="L343" s="208"/>
       <c r="M343" s="208"/>
       <c r="N343" s="208"/>
       <c r="O343" s="208"/>
       <c r="P343" s="208"/>
       <c r="Q343" s="208"/>
       <c r="R343" s="208"/>
       <c r="S343" s="208"/>
       <c r="T343" s="208"/>
       <c r="U343" s="155"/>
       <c r="V343" s="155"/>
       <c r="W343" s="155"/>
       <c r="X343" s="155"/>
       <c r="Y343" s="155"/>
       <c r="Z343" s="155"/>
       <c r="AA343" s="155"/>
       <c r="AB343" s="155"/>
       <c r="AC343" s="155"/>
       <c r="AD343" s="155"/>
       <c r="AE343" s="155"/>
       <c r="AF343" s="155"/>
       <c r="AG343" s="155"/>
     </row>
     <row r="344" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A344" s="576" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="B344" s="576"/>
       <c r="C344" s="576"/>
       <c r="D344" s="576"/>
       <c r="E344" s="576"/>
       <c r="F344" s="576"/>
       <c r="G344" s="576"/>
       <c r="H344" s="576"/>
       <c r="I344" s="576"/>
       <c r="J344" s="576"/>
       <c r="K344" s="184"/>
       <c r="L344" s="184"/>
       <c r="M344" s="184"/>
       <c r="N344" s="184"/>
       <c r="O344" s="184"/>
       <c r="P344" s="184"/>
       <c r="Q344" s="184"/>
       <c r="R344" s="184"/>
       <c r="S344" s="184"/>
       <c r="T344" s="184"/>
       <c r="U344" s="155"/>
       <c r="V344" s="155"/>
       <c r="W344" s="155"/>
       <c r="X344" s="155"/>
       <c r="Y344" s="155"/>
@@ -34832,51 +34838,51 @@
       <c r="L349" s="208"/>
       <c r="M349" s="208"/>
       <c r="N349" s="208"/>
       <c r="O349" s="208"/>
       <c r="P349" s="208"/>
       <c r="Q349" s="208"/>
       <c r="R349" s="208"/>
       <c r="S349" s="208"/>
       <c r="T349" s="208"/>
       <c r="U349" s="155"/>
       <c r="V349" s="155"/>
       <c r="W349" s="155"/>
       <c r="X349" s="155"/>
       <c r="Y349" s="155"/>
       <c r="Z349" s="155"/>
       <c r="AA349" s="155"/>
       <c r="AB349" s="155"/>
       <c r="AC349" s="155"/>
       <c r="AD349" s="155"/>
       <c r="AE349" s="155"/>
       <c r="AF349" s="155"/>
       <c r="AG349" s="155"/>
     </row>
     <row r="350" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A350" s="611" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="B350" s="612"/>
       <c r="C350" s="612"/>
       <c r="D350" s="612"/>
       <c r="E350" s="612"/>
       <c r="F350" s="612"/>
       <c r="G350" s="612"/>
       <c r="H350" s="612"/>
       <c r="I350" s="613"/>
       <c r="J350" s="105"/>
       <c r="K350" s="184"/>
       <c r="L350" s="184"/>
       <c r="M350" s="184"/>
       <c r="N350" s="184"/>
       <c r="O350" s="184"/>
       <c r="P350" s="184"/>
       <c r="Q350" s="184"/>
       <c r="R350" s="184"/>
       <c r="S350" s="184"/>
       <c r="T350" s="184"/>
       <c r="U350" s="155"/>
       <c r="V350" s="155"/>
       <c r="W350" s="155"/>
       <c r="X350" s="155"/>
       <c r="Y350" s="155"/>
@@ -34907,51 +34913,51 @@
       <c r="L351" s="184"/>
       <c r="M351" s="184"/>
       <c r="N351" s="184"/>
       <c r="O351" s="184"/>
       <c r="P351" s="184"/>
       <c r="Q351" s="184"/>
       <c r="R351" s="184"/>
       <c r="S351" s="184"/>
       <c r="T351" s="184"/>
       <c r="U351" s="155"/>
       <c r="V351" s="155"/>
       <c r="W351" s="155"/>
       <c r="X351" s="155"/>
       <c r="Y351" s="155"/>
       <c r="Z351" s="155"/>
       <c r="AA351" s="155"/>
       <c r="AB351" s="155"/>
       <c r="AC351" s="155"/>
       <c r="AD351" s="155"/>
       <c r="AE351" s="155"/>
       <c r="AF351" s="155"/>
       <c r="AG351" s="155"/>
     </row>
     <row r="352" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="614" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="B352" s="615"/>
       <c r="C352" s="615"/>
       <c r="D352" s="615"/>
       <c r="E352" s="615"/>
       <c r="F352" s="615"/>
       <c r="G352" s="615"/>
       <c r="H352" s="615"/>
       <c r="I352" s="616"/>
       <c r="J352" s="105"/>
       <c r="K352" s="184"/>
       <c r="L352" s="184"/>
       <c r="M352" s="184"/>
       <c r="N352" s="184"/>
       <c r="O352" s="184"/>
       <c r="P352" s="184"/>
       <c r="Q352" s="184"/>
       <c r="R352" s="184"/>
       <c r="S352" s="184"/>
       <c r="T352" s="184"/>
       <c r="U352" s="155"/>
       <c r="V352" s="155"/>
       <c r="W352" s="155"/>
       <c r="X352" s="155"/>
       <c r="Y352" s="155"/>
@@ -34982,51 +34988,51 @@
       <c r="L353" s="184"/>
       <c r="M353" s="184"/>
       <c r="N353" s="184"/>
       <c r="O353" s="184"/>
       <c r="P353" s="184"/>
       <c r="Q353" s="184"/>
       <c r="R353" s="184"/>
       <c r="S353" s="184"/>
       <c r="T353" s="184"/>
       <c r="U353" s="155"/>
       <c r="V353" s="155"/>
       <c r="W353" s="155"/>
       <c r="X353" s="155"/>
       <c r="Y353" s="155"/>
       <c r="Z353" s="155"/>
       <c r="AA353" s="155"/>
       <c r="AB353" s="155"/>
       <c r="AC353" s="155"/>
       <c r="AD353" s="155"/>
       <c r="AE353" s="155"/>
       <c r="AF353" s="155"/>
       <c r="AG353" s="155"/>
     </row>
     <row r="354" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="614" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="B354" s="615"/>
       <c r="C354" s="615"/>
       <c r="D354" s="615"/>
       <c r="E354" s="615"/>
       <c r="F354" s="615"/>
       <c r="G354" s="615"/>
       <c r="H354" s="615"/>
       <c r="I354" s="616"/>
       <c r="J354" s="105"/>
       <c r="K354" s="184"/>
       <c r="L354" s="184"/>
       <c r="M354" s="184"/>
       <c r="N354" s="184"/>
       <c r="O354" s="184"/>
       <c r="P354" s="184"/>
       <c r="Q354" s="184"/>
       <c r="R354" s="184"/>
       <c r="S354" s="184"/>
       <c r="T354" s="184"/>
       <c r="U354" s="155"/>
       <c r="V354" s="155"/>
       <c r="W354" s="155"/>
       <c r="X354" s="155"/>
       <c r="Y354" s="155"/>
@@ -35314,51 +35320,51 @@
       <c r="M362" s="184"/>
       <c r="N362" s="404"/>
       <c r="O362" s="405"/>
       <c r="P362" s="405"/>
       <c r="Q362" s="405"/>
       <c r="R362" s="405"/>
       <c r="S362" s="406"/>
       <c r="T362" s="184"/>
       <c r="U362" s="155"/>
       <c r="V362" s="155"/>
       <c r="W362" s="155"/>
       <c r="X362" s="155"/>
       <c r="Y362" s="155"/>
       <c r="Z362" s="155"/>
       <c r="AA362" s="155"/>
       <c r="AB362" s="155"/>
       <c r="AC362" s="155"/>
       <c r="AD362" s="155"/>
       <c r="AE362" s="155"/>
       <c r="AF362" s="155"/>
       <c r="AG362" s="155"/>
     </row>
     <row r="363" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="9"/>
       <c r="B363" s="498" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="C363" s="498"/>
       <c r="D363" s="498"/>
       <c r="E363" s="498"/>
       <c r="F363" s="498"/>
       <c r="G363" s="498"/>
       <c r="H363" s="498"/>
       <c r="I363" s="498"/>
       <c r="J363" s="107" t="str">
         <f>IF(CHECKING!$B$158=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K363" s="184"/>
       <c r="L363" s="184"/>
       <c r="M363" s="184"/>
       <c r="N363" s="404"/>
       <c r="O363" s="405"/>
       <c r="P363" s="405"/>
       <c r="Q363" s="405"/>
       <c r="R363" s="405"/>
       <c r="S363" s="406"/>
       <c r="T363" s="184"/>
       <c r="U363" s="155"/>
       <c r="V363" s="155"/>
       <c r="W363" s="155"/>
@@ -35678,51 +35684,51 @@
       <c r="M372" s="208"/>
       <c r="N372" s="404"/>
       <c r="O372" s="405"/>
       <c r="P372" s="405"/>
       <c r="Q372" s="405"/>
       <c r="R372" s="405"/>
       <c r="S372" s="406"/>
       <c r="T372" s="208"/>
       <c r="U372" s="155"/>
       <c r="V372" s="155"/>
       <c r="W372" s="155"/>
       <c r="X372" s="155"/>
       <c r="Y372" s="155"/>
       <c r="Z372" s="155"/>
       <c r="AA372" s="155"/>
       <c r="AB372" s="155"/>
       <c r="AC372" s="155"/>
       <c r="AD372" s="155"/>
       <c r="AE372" s="155"/>
       <c r="AF372" s="155"/>
       <c r="AG372" s="155"/>
     </row>
     <row r="373" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="9"/>
       <c r="B373" s="484" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C373" s="484"/>
       <c r="D373" s="484"/>
       <c r="E373" s="484"/>
       <c r="F373" s="484"/>
       <c r="G373" s="484"/>
       <c r="H373" s="484"/>
       <c r="I373" s="484"/>
       <c r="J373" s="350" t="str">
         <f>IF(CHECKING!$B$160=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K373" s="208"/>
       <c r="L373" s="208"/>
       <c r="M373" s="208"/>
       <c r="N373" s="404"/>
       <c r="O373" s="405"/>
       <c r="P373" s="405"/>
       <c r="Q373" s="405"/>
       <c r="R373" s="405"/>
       <c r="S373" s="406"/>
       <c r="T373" s="208"/>
       <c r="U373" s="155"/>
       <c r="V373" s="155"/>
       <c r="W373" s="155"/>
@@ -36040,51 +36046,51 @@
       <c r="M382" s="208"/>
       <c r="N382" s="404"/>
       <c r="O382" s="405"/>
       <c r="P382" s="405"/>
       <c r="Q382" s="405"/>
       <c r="R382" s="405"/>
       <c r="S382" s="406"/>
       <c r="T382" s="208"/>
       <c r="U382" s="155"/>
       <c r="V382" s="155"/>
       <c r="W382" s="155"/>
       <c r="X382" s="155"/>
       <c r="Y382" s="155"/>
       <c r="Z382" s="155"/>
       <c r="AA382" s="155"/>
       <c r="AB382" s="155"/>
       <c r="AC382" s="155"/>
       <c r="AD382" s="155"/>
       <c r="AE382" s="155"/>
       <c r="AF382" s="155"/>
       <c r="AG382" s="155"/>
     </row>
     <row r="383" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="9"/>
       <c r="B383" s="690" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="C383" s="690"/>
       <c r="D383" s="690"/>
       <c r="E383" s="690"/>
       <c r="F383" s="690"/>
       <c r="G383" s="690"/>
       <c r="H383" s="690"/>
       <c r="I383" s="690"/>
       <c r="J383" s="302" t="str">
         <f>IF(CHECKING!$B$162=TRUE,10,"")</f>
         <v/>
       </c>
       <c r="K383" s="208"/>
       <c r="L383" s="208"/>
       <c r="M383" s="208"/>
       <c r="N383" s="404"/>
       <c r="O383" s="405"/>
       <c r="P383" s="405"/>
       <c r="Q383" s="405"/>
       <c r="R383" s="405"/>
       <c r="S383" s="406"/>
       <c r="T383" s="208"/>
       <c r="U383" s="155"/>
       <c r="V383" s="155"/>
       <c r="W383" s="155"/>
@@ -36256,51 +36262,51 @@
       <c r="L388" s="184"/>
       <c r="M388" s="184"/>
       <c r="N388" s="184"/>
       <c r="O388" s="184"/>
       <c r="P388" s="184"/>
       <c r="Q388" s="184"/>
       <c r="R388" s="184"/>
       <c r="S388" s="184"/>
       <c r="T388" s="184"/>
       <c r="U388" s="155"/>
       <c r="V388" s="155"/>
       <c r="W388" s="155"/>
       <c r="X388" s="155"/>
       <c r="Y388" s="155"/>
       <c r="Z388" s="155"/>
       <c r="AA388" s="155"/>
       <c r="AB388" s="155"/>
       <c r="AC388" s="155"/>
       <c r="AD388" s="155"/>
       <c r="AE388" s="155"/>
       <c r="AF388" s="155"/>
       <c r="AG388" s="155"/>
     </row>
     <row r="389" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A389" s="429" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="B389" s="429"/>
       <c r="C389" s="429"/>
       <c r="D389" s="429"/>
       <c r="E389" s="429"/>
       <c r="F389" s="429"/>
       <c r="G389" s="429"/>
       <c r="H389" s="429"/>
       <c r="I389" s="429"/>
       <c r="J389" s="429"/>
       <c r="K389" s="184"/>
       <c r="L389" s="184"/>
       <c r="M389" s="184"/>
       <c r="N389" s="184"/>
       <c r="O389" s="184"/>
       <c r="P389" s="184"/>
       <c r="Q389" s="184"/>
       <c r="R389" s="184"/>
       <c r="S389" s="184"/>
       <c r="T389" s="184"/>
       <c r="U389" s="155"/>
       <c r="V389" s="155"/>
       <c r="W389" s="155"/>
       <c r="X389" s="155"/>
       <c r="Y389" s="155"/>
@@ -36624,231 +36630,231 @@
       <c r="X398" s="155"/>
       <c r="Y398" s="155"/>
       <c r="Z398" s="155"/>
       <c r="AA398" s="155"/>
       <c r="AB398" s="155"/>
       <c r="AC398" s="155"/>
       <c r="AD398" s="155"/>
       <c r="AE398" s="155"/>
       <c r="AF398" s="155"/>
       <c r="AG398" s="155"/>
     </row>
     <row r="399" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A399" s="9"/>
       <c r="B399" s="11" t="s">
         <v>420</v>
       </c>
       <c r="C399" s="9"/>
       <c r="D399" s="9"/>
       <c r="E399" s="109" t="s">
         <v>425</v>
       </c>
       <c r="F399" s="110"/>
       <c r="G399" s="110"/>
       <c r="H399" s="111">
         <f>3*Dropdowns!$X$11</f>
-        <v>1092</v>
+        <v>1440</v>
       </c>
       <c r="I399" s="9"/>
       <c r="J399" s="9"/>
       <c r="K399" s="184"/>
       <c r="L399" s="184"/>
       <c r="M399" s="184"/>
       <c r="N399" s="184"/>
       <c r="O399" s="184"/>
       <c r="P399" s="184"/>
       <c r="Q399" s="184"/>
       <c r="R399" s="184"/>
       <c r="S399" s="184"/>
       <c r="T399" s="184"/>
       <c r="U399" s="155"/>
       <c r="V399" s="155"/>
       <c r="W399" s="155"/>
       <c r="X399" s="155"/>
       <c r="Y399" s="155"/>
       <c r="Z399" s="155"/>
       <c r="AA399" s="155"/>
       <c r="AB399" s="155"/>
       <c r="AC399" s="155"/>
       <c r="AD399" s="155"/>
       <c r="AE399" s="155"/>
       <c r="AF399" s="155"/>
       <c r="AG399" s="155"/>
     </row>
     <row r="400" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A400" s="9"/>
       <c r="B400" s="109" t="s">
         <v>421</v>
       </c>
       <c r="C400" s="112"/>
       <c r="D400" s="113">
         <f>Dropdowns!$X$11</f>
-        <v>364</v>
+        <v>480</v>
       </c>
       <c r="E400" s="109" t="s">
         <v>426</v>
       </c>
       <c r="F400" s="110"/>
       <c r="G400" s="110"/>
       <c r="H400" s="111">
         <f>3.5*Dropdowns!$X$11</f>
-        <v>1274</v>
+        <v>1680</v>
       </c>
       <c r="I400" s="9"/>
       <c r="J400" s="9"/>
       <c r="K400" s="184"/>
       <c r="L400" s="184"/>
       <c r="M400" s="184"/>
       <c r="N400" s="184"/>
       <c r="O400" s="184"/>
       <c r="P400" s="184"/>
       <c r="Q400" s="184"/>
       <c r="R400" s="184"/>
       <c r="S400" s="184"/>
       <c r="T400" s="184"/>
       <c r="U400" s="155"/>
       <c r="V400" s="155"/>
       <c r="W400" s="155"/>
       <c r="X400" s="155"/>
       <c r="Y400" s="155"/>
       <c r="Z400" s="155"/>
       <c r="AA400" s="155"/>
       <c r="AB400" s="155"/>
       <c r="AC400" s="155"/>
       <c r="AD400" s="155"/>
       <c r="AE400" s="155"/>
       <c r="AF400" s="155"/>
       <c r="AG400" s="155"/>
     </row>
     <row r="401" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A401" s="9"/>
       <c r="B401" s="109" t="s">
         <v>422</v>
       </c>
       <c r="C401" s="112"/>
       <c r="D401" s="113">
         <f>1.5*Dropdowns!$X$11</f>
-        <v>546</v>
+        <v>720</v>
       </c>
       <c r="E401" s="109" t="s">
         <v>427</v>
       </c>
       <c r="F401" s="110"/>
       <c r="G401" s="110"/>
       <c r="H401" s="111">
         <f>4*Dropdowns!$X$11</f>
-        <v>1456</v>
+        <v>1920</v>
       </c>
       <c r="I401" s="9"/>
       <c r="J401" s="9"/>
       <c r="K401" s="184"/>
       <c r="L401" s="184"/>
       <c r="M401" s="184"/>
       <c r="N401" s="184"/>
       <c r="O401" s="184"/>
       <c r="P401" s="184"/>
       <c r="Q401" s="184"/>
       <c r="R401" s="184"/>
       <c r="S401" s="184"/>
       <c r="T401" s="184"/>
       <c r="U401" s="155"/>
       <c r="V401" s="155"/>
       <c r="W401" s="155"/>
       <c r="X401" s="155"/>
       <c r="Y401" s="155"/>
       <c r="Z401" s="155"/>
       <c r="AA401" s="155"/>
       <c r="AB401" s="155"/>
       <c r="AC401" s="155"/>
       <c r="AD401" s="155"/>
       <c r="AE401" s="155"/>
       <c r="AF401" s="155"/>
       <c r="AG401" s="155"/>
     </row>
     <row r="402" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A402" s="9"/>
       <c r="B402" s="109" t="s">
         <v>423</v>
       </c>
       <c r="C402" s="112"/>
       <c r="D402" s="113">
         <f>2*Dropdowns!$X$11</f>
-        <v>728</v>
+        <v>960</v>
       </c>
       <c r="E402" s="109" t="s">
         <v>428</v>
       </c>
       <c r="F402" s="110"/>
       <c r="G402" s="110"/>
       <c r="H402" s="111">
         <f>4.5*Dropdowns!$X$11</f>
-        <v>1638</v>
+        <v>2160</v>
       </c>
       <c r="I402" s="9"/>
       <c r="J402" s="9"/>
       <c r="K402" s="184"/>
       <c r="L402" s="184"/>
       <c r="M402" s="184"/>
       <c r="N402" s="184"/>
       <c r="O402" s="184"/>
       <c r="P402" s="184"/>
       <c r="Q402" s="184"/>
       <c r="R402" s="184"/>
       <c r="S402" s="184"/>
       <c r="T402" s="184"/>
       <c r="U402" s="155"/>
       <c r="V402" s="155"/>
       <c r="W402" s="155"/>
       <c r="X402" s="155"/>
       <c r="Y402" s="155"/>
       <c r="Z402" s="155"/>
       <c r="AA402" s="155"/>
       <c r="AB402" s="155"/>
       <c r="AC402" s="155"/>
       <c r="AD402" s="155"/>
       <c r="AE402" s="155"/>
       <c r="AF402" s="155"/>
       <c r="AG402" s="155"/>
     </row>
     <row r="403" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A403" s="9"/>
       <c r="B403" s="109" t="s">
         <v>424</v>
       </c>
       <c r="C403" s="112"/>
       <c r="D403" s="113">
         <f>2.5*Dropdowns!$X$11</f>
-        <v>910</v>
+        <v>1200</v>
       </c>
       <c r="E403" s="109" t="s">
         <v>429</v>
       </c>
       <c r="F403" s="110"/>
       <c r="G403" s="110"/>
       <c r="H403" s="111">
         <f>5*Dropdowns!$X$11</f>
-        <v>1820</v>
+        <v>2400</v>
       </c>
       <c r="I403" s="9"/>
       <c r="J403" s="9"/>
       <c r="K403" s="184"/>
       <c r="L403" s="184"/>
       <c r="M403" s="184"/>
       <c r="N403" s="184"/>
       <c r="O403" s="184"/>
       <c r="P403" s="184"/>
       <c r="Q403" s="184"/>
       <c r="R403" s="184"/>
       <c r="S403" s="184"/>
       <c r="T403" s="184"/>
       <c r="U403" s="155"/>
       <c r="V403" s="155"/>
       <c r="W403" s="155"/>
       <c r="X403" s="155"/>
       <c r="Y403" s="155"/>
       <c r="Z403" s="155"/>
       <c r="AA403" s="155"/>
       <c r="AB403" s="155"/>
       <c r="AC403" s="155"/>
       <c r="AD403" s="155"/>
       <c r="AE403" s="155"/>
       <c r="AF403" s="155"/>
@@ -36976,51 +36982,51 @@
       <c r="L407" s="184"/>
       <c r="M407" s="184"/>
       <c r="N407" s="184"/>
       <c r="O407" s="184"/>
       <c r="P407" s="184"/>
       <c r="Q407" s="184"/>
       <c r="R407" s="184"/>
       <c r="S407" s="184"/>
       <c r="T407" s="184"/>
       <c r="U407" s="155"/>
       <c r="V407" s="155"/>
       <c r="W407" s="155"/>
       <c r="X407" s="155"/>
       <c r="Y407" s="155"/>
       <c r="Z407" s="155"/>
       <c r="AA407" s="155"/>
       <c r="AB407" s="155"/>
       <c r="AC407" s="155"/>
       <c r="AD407" s="155"/>
       <c r="AE407" s="155"/>
       <c r="AF407" s="155"/>
       <c r="AG407" s="155"/>
     </row>
     <row r="408" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A408" s="577" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="B408" s="577"/>
       <c r="C408" s="577"/>
       <c r="D408" s="577"/>
       <c r="E408" s="577"/>
       <c r="F408" s="577"/>
       <c r="G408" s="577"/>
       <c r="H408" s="577"/>
       <c r="I408" s="577"/>
       <c r="J408" s="9"/>
       <c r="K408" s="184"/>
       <c r="L408" s="184"/>
       <c r="M408" s="184"/>
       <c r="N408" s="401"/>
       <c r="O408" s="402"/>
       <c r="P408" s="402"/>
       <c r="Q408" s="402"/>
       <c r="R408" s="402"/>
       <c r="S408" s="403"/>
       <c r="T408" s="184"/>
       <c r="U408" s="155"/>
       <c r="V408" s="155"/>
       <c r="W408" s="155"/>
       <c r="X408" s="155"/>
       <c r="Y408" s="155"/>
@@ -37051,51 +37057,51 @@
       <c r="L409" s="184"/>
       <c r="M409" s="184"/>
       <c r="N409" s="404"/>
       <c r="O409" s="405"/>
       <c r="P409" s="405"/>
       <c r="Q409" s="405"/>
       <c r="R409" s="405"/>
       <c r="S409" s="406"/>
       <c r="T409" s="184"/>
       <c r="U409" s="155"/>
       <c r="V409" s="155"/>
       <c r="W409" s="155"/>
       <c r="X409" s="155"/>
       <c r="Y409" s="155"/>
       <c r="Z409" s="155"/>
       <c r="AA409" s="155"/>
       <c r="AB409" s="155"/>
       <c r="AC409" s="155"/>
       <c r="AD409" s="155"/>
       <c r="AE409" s="155"/>
       <c r="AF409" s="155"/>
       <c r="AG409" s="155"/>
     </row>
     <row r="410" spans="1:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="604" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="B410" s="604"/>
       <c r="C410" s="604"/>
       <c r="D410" s="604"/>
       <c r="E410" s="604"/>
       <c r="F410" s="604"/>
       <c r="G410" s="604"/>
       <c r="H410" s="604"/>
       <c r="I410" s="604"/>
       <c r="J410" s="9"/>
       <c r="K410" s="184"/>
       <c r="L410" s="184"/>
       <c r="M410" s="184"/>
       <c r="N410" s="404"/>
       <c r="O410" s="405"/>
       <c r="P410" s="405"/>
       <c r="Q410" s="405"/>
       <c r="R410" s="405"/>
       <c r="S410" s="406"/>
       <c r="T410" s="184"/>
       <c r="U410" s="155"/>
       <c r="V410" s="155"/>
       <c r="W410" s="155"/>
       <c r="X410" s="155"/>
       <c r="Y410" s="155"/>
@@ -37307,51 +37313,51 @@
       <c r="M416" s="184"/>
       <c r="N416" s="208"/>
       <c r="O416" s="208"/>
       <c r="P416" s="208"/>
       <c r="Q416" s="208"/>
       <c r="R416" s="208"/>
       <c r="S416" s="208"/>
       <c r="T416" s="184"/>
       <c r="U416" s="155"/>
       <c r="V416" s="155"/>
       <c r="W416" s="155"/>
       <c r="X416" s="155"/>
       <c r="Y416" s="155"/>
       <c r="Z416" s="155"/>
       <c r="AA416" s="155"/>
       <c r="AB416" s="155"/>
       <c r="AC416" s="155"/>
       <c r="AD416" s="155"/>
       <c r="AE416" s="155"/>
       <c r="AF416" s="155"/>
       <c r="AG416" s="155"/>
     </row>
     <row r="417" spans="1:33" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A417" s="9"/>
       <c r="B417" s="114" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C417" s="115">
         <f>IF($F$185&lt;&gt;"",Dropdowns!$X$14,0)</f>
         <v>0</v>
       </c>
       <c r="D417" s="114" t="s">
         <v>437</v>
       </c>
       <c r="E417" s="538">
         <f>IF($F$185&lt;&gt;"",IF(SUM($J$409,$J$411)&gt;=10,0,IF((($D$187*12)+$F$187+IF($H$187&gt;Dropdowns!$Y$11,1,0))&lt;=12,Dropdowns!$X$11,Dropdowns!$X$11+ROUNDUP(((($D$187*12)+$F$187+IF($H$187&gt;Dropdowns!$Y$11,1,0))-12)/6,0)*(Dropdowns!$X$11/2))),0)</f>
         <v>0</v>
       </c>
       <c r="F417" s="539"/>
       <c r="G417" s="85" t="s">
         <v>439</v>
       </c>
       <c r="H417" s="602">
         <f>$C$417+$E$417</f>
         <v>0</v>
       </c>
       <c r="I417" s="603"/>
       <c r="J417" s="9"/>
       <c r="K417" s="184"/>
       <c r="L417" s="184"/>
       <c r="M417" s="184"/>
@@ -37391,51 +37397,51 @@
       <c r="L418" s="208"/>
       <c r="M418" s="208"/>
       <c r="N418" s="208"/>
       <c r="O418" s="208"/>
       <c r="P418" s="208"/>
       <c r="Q418" s="208"/>
       <c r="R418" s="208"/>
       <c r="S418" s="208"/>
       <c r="T418" s="208"/>
       <c r="U418" s="155"/>
       <c r="V418" s="578"/>
       <c r="W418" s="578"/>
       <c r="X418" s="578"/>
       <c r="Y418" s="578"/>
       <c r="Z418" s="578"/>
       <c r="AA418" s="578"/>
       <c r="AB418" s="578"/>
       <c r="AC418" s="578"/>
       <c r="AD418" s="578"/>
       <c r="AE418" s="578"/>
       <c r="AF418" s="155"/>
       <c r="AG418" s="155"/>
     </row>
     <row r="419" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A419" s="486" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="B419" s="486"/>
       <c r="C419" s="486"/>
       <c r="D419" s="486"/>
       <c r="E419" s="486"/>
       <c r="F419" s="486"/>
       <c r="G419" s="486"/>
       <c r="H419" s="486"/>
       <c r="I419" s="486"/>
       <c r="J419" s="486"/>
       <c r="K419" s="208"/>
       <c r="L419" s="208"/>
       <c r="M419" s="208"/>
       <c r="N419" s="208"/>
       <c r="O419" s="208"/>
       <c r="P419" s="208"/>
       <c r="Q419" s="208"/>
       <c r="R419" s="208"/>
       <c r="S419" s="208"/>
       <c r="T419" s="208"/>
       <c r="U419" s="155"/>
       <c r="V419" s="578"/>
       <c r="W419" s="578"/>
       <c r="X419" s="578"/>
       <c r="Y419" s="578"/>
@@ -37463,51 +37469,51 @@
       <c r="L420" s="184"/>
       <c r="M420" s="184"/>
       <c r="N420" s="184"/>
       <c r="O420" s="184"/>
       <c r="P420" s="184"/>
       <c r="Q420" s="184"/>
       <c r="R420" s="184"/>
       <c r="S420" s="184"/>
       <c r="T420" s="184"/>
       <c r="U420" s="155"/>
       <c r="V420" s="578"/>
       <c r="W420" s="578"/>
       <c r="X420" s="578"/>
       <c r="Y420" s="578"/>
       <c r="Z420" s="578"/>
       <c r="AA420" s="578"/>
       <c r="AB420" s="578"/>
       <c r="AC420" s="578"/>
       <c r="AD420" s="578"/>
       <c r="AE420" s="578"/>
       <c r="AF420" s="155"/>
       <c r="AG420" s="155"/>
     </row>
     <row r="421" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A421" s="513" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="B421" s="514"/>
       <c r="C421" s="514"/>
       <c r="D421" s="514"/>
       <c r="E421" s="514"/>
       <c r="F421" s="514"/>
       <c r="G421" s="514"/>
       <c r="H421" s="514"/>
       <c r="I421" s="514"/>
       <c r="J421" s="515"/>
       <c r="K421" s="184"/>
       <c r="L421" s="184"/>
       <c r="M421" s="184"/>
       <c r="N421" s="401"/>
       <c r="O421" s="402"/>
       <c r="P421" s="402"/>
       <c r="Q421" s="402"/>
       <c r="R421" s="402"/>
       <c r="S421" s="403"/>
       <c r="T421" s="184"/>
       <c r="U421" s="155"/>
       <c r="V421" s="578"/>
       <c r="W421" s="578"/>
       <c r="X421" s="578"/>
       <c r="Y421" s="578"/>
@@ -37570,51 +37576,51 @@
       <c r="L423" s="208"/>
       <c r="M423" s="208"/>
       <c r="N423" s="404"/>
       <c r="O423" s="405"/>
       <c r="P423" s="405"/>
       <c r="Q423" s="405"/>
       <c r="R423" s="405"/>
       <c r="S423" s="406"/>
       <c r="T423" s="208"/>
       <c r="U423" s="155"/>
       <c r="V423" s="161"/>
       <c r="W423" s="161"/>
       <c r="X423" s="161"/>
       <c r="Y423" s="161"/>
       <c r="Z423" s="161"/>
       <c r="AA423" s="161"/>
       <c r="AB423" s="161"/>
       <c r="AC423" s="161"/>
       <c r="AD423" s="161"/>
       <c r="AE423" s="161"/>
       <c r="AF423" s="155"/>
       <c r="AG423" s="155"/>
     </row>
     <row r="424" spans="1:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A424" s="518" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="B424" s="519"/>
       <c r="C424" s="519"/>
       <c r="D424" s="519"/>
       <c r="E424" s="519"/>
       <c r="F424" s="519"/>
       <c r="G424" s="519"/>
       <c r="H424" s="519"/>
       <c r="I424" s="620"/>
       <c r="J424" s="621"/>
       <c r="K424" s="208"/>
       <c r="L424" s="208"/>
       <c r="M424" s="208"/>
       <c r="N424" s="404"/>
       <c r="O424" s="405"/>
       <c r="P424" s="405"/>
       <c r="Q424" s="405"/>
       <c r="R424" s="405"/>
       <c r="S424" s="406"/>
       <c r="T424" s="208"/>
       <c r="U424" s="155"/>
       <c r="V424" s="161"/>
       <c r="W424" s="161"/>
       <c r="X424" s="161"/>
       <c r="Y424" s="161"/>
@@ -38132,51 +38138,51 @@
       <c r="L438" s="184"/>
       <c r="M438" s="184"/>
       <c r="N438" s="184"/>
       <c r="O438" s="184"/>
       <c r="P438" s="184"/>
       <c r="Q438" s="184"/>
       <c r="R438" s="184"/>
       <c r="S438" s="184"/>
       <c r="T438" s="184"/>
       <c r="U438" s="155"/>
       <c r="V438" s="162"/>
       <c r="W438" s="155"/>
       <c r="X438" s="155"/>
       <c r="Y438" s="155"/>
       <c r="Z438" s="155"/>
       <c r="AA438" s="155"/>
       <c r="AB438" s="155"/>
       <c r="AC438" s="155"/>
       <c r="AD438" s="155"/>
       <c r="AE438" s="155"/>
       <c r="AF438" s="155"/>
       <c r="AG438" s="155"/>
     </row>
     <row r="439" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A439" s="591" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="B439" s="592"/>
       <c r="C439" s="592"/>
       <c r="D439" s="592"/>
       <c r="E439" s="592"/>
       <c r="F439" s="592"/>
       <c r="G439" s="592"/>
       <c r="H439" s="592"/>
       <c r="I439" s="592"/>
       <c r="J439" s="593"/>
       <c r="K439" s="184"/>
       <c r="L439" s="184"/>
       <c r="M439" s="184"/>
       <c r="N439" s="184"/>
       <c r="O439" s="184"/>
       <c r="P439" s="184"/>
       <c r="Q439" s="184"/>
       <c r="R439" s="184"/>
       <c r="S439" s="184"/>
       <c r="T439" s="184"/>
       <c r="U439" s="155"/>
       <c r="V439" s="155"/>
       <c r="W439" s="155"/>
       <c r="X439" s="155"/>
       <c r="Y439" s="155"/>
@@ -38859,135 +38865,135 @@
       <c r="L458" s="184"/>
       <c r="M458" s="184"/>
       <c r="N458" s="184"/>
       <c r="O458" s="184"/>
       <c r="P458" s="184"/>
       <c r="Q458" s="184"/>
       <c r="R458" s="184"/>
       <c r="S458" s="184"/>
       <c r="T458" s="184"/>
       <c r="U458" s="155"/>
       <c r="V458" s="155"/>
       <c r="W458" s="155"/>
       <c r="X458" s="155"/>
       <c r="Y458" s="155"/>
       <c r="Z458" s="155"/>
       <c r="AA458" s="155"/>
       <c r="AB458" s="155"/>
       <c r="AC458" s="155"/>
       <c r="AD458" s="155"/>
       <c r="AE458" s="155"/>
       <c r="AF458" s="155"/>
       <c r="AG458" s="155"/>
     </row>
     <row r="459" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A459" s="477" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="B459" s="485"/>
       <c r="C459" s="485"/>
       <c r="D459" s="485"/>
       <c r="E459" s="483" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="F459" s="483"/>
       <c r="G459" s="483"/>
       <c r="H459" s="483"/>
       <c r="I459" s="9"/>
       <c r="J459" s="9"/>
       <c r="K459" s="184"/>
       <c r="L459" s="184"/>
       <c r="M459" s="184"/>
       <c r="N459" s="184"/>
       <c r="O459" s="184"/>
       <c r="P459" s="184"/>
       <c r="Q459" s="184"/>
       <c r="R459" s="184"/>
       <c r="S459" s="184"/>
       <c r="T459" s="184"/>
       <c r="U459" s="155"/>
       <c r="V459" s="155"/>
       <c r="W459" s="155"/>
       <c r="X459" s="155"/>
       <c r="Y459" s="155"/>
       <c r="Z459" s="155"/>
       <c r="AA459" s="155"/>
       <c r="AB459" s="155"/>
       <c r="AC459" s="155"/>
       <c r="AD459" s="155"/>
       <c r="AE459" s="155"/>
       <c r="AF459" s="155"/>
       <c r="AG459" s="155"/>
     </row>
     <row r="460" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A460" s="485" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="B460" s="485"/>
       <c r="C460" s="485"/>
       <c r="D460" s="485"/>
       <c r="E460" s="562" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="F460" s="562"/>
       <c r="G460" s="562"/>
       <c r="H460" s="562"/>
       <c r="I460" s="9"/>
       <c r="J460" s="9"/>
       <c r="K460" s="184"/>
       <c r="L460" s="184"/>
       <c r="M460" s="184"/>
       <c r="N460" s="184"/>
       <c r="O460" s="184"/>
       <c r="P460" s="184"/>
       <c r="Q460" s="184"/>
       <c r="R460" s="184"/>
       <c r="S460" s="184"/>
       <c r="T460" s="184"/>
       <c r="U460" s="155"/>
       <c r="V460" s="155"/>
       <c r="W460" s="155"/>
       <c r="X460" s="155"/>
       <c r="Y460" s="155"/>
       <c r="Z460" s="155"/>
       <c r="AA460" s="155"/>
       <c r="AB460" s="155"/>
       <c r="AC460" s="155"/>
       <c r="AD460" s="155"/>
       <c r="AE460" s="155"/>
       <c r="AF460" s="155"/>
       <c r="AG460" s="155"/>
     </row>
     <row r="461" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A461" s="485" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="B461" s="485"/>
       <c r="C461" s="485"/>
       <c r="D461" s="485"/>
       <c r="E461" s="483" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F461" s="483"/>
       <c r="G461" s="483"/>
       <c r="H461" s="483"/>
       <c r="I461" s="9"/>
       <c r="J461" s="9"/>
       <c r="K461" s="208"/>
       <c r="L461" s="208"/>
       <c r="M461" s="208"/>
       <c r="N461" s="208"/>
       <c r="O461" s="208"/>
       <c r="P461" s="208"/>
       <c r="Q461" s="208"/>
       <c r="R461" s="208"/>
       <c r="S461" s="208"/>
       <c r="T461" s="208"/>
       <c r="U461" s="155"/>
       <c r="V461" s="155"/>
       <c r="W461" s="155"/>
       <c r="X461" s="155"/>
       <c r="Y461" s="155"/>
       <c r="Z461" s="155"/>
       <c r="AA461" s="155"/>
       <c r="AB461" s="155"/>
       <c r="AC461" s="155"/>
@@ -39013,208 +39019,208 @@
       <c r="L462" s="184"/>
       <c r="M462" s="184"/>
       <c r="N462" s="184"/>
       <c r="O462" s="184"/>
       <c r="P462" s="184"/>
       <c r="Q462" s="184"/>
       <c r="R462" s="184"/>
       <c r="S462" s="184"/>
       <c r="T462" s="184"/>
       <c r="U462" s="155"/>
       <c r="V462" s="155"/>
       <c r="W462" s="155"/>
       <c r="X462" s="155"/>
       <c r="Y462" s="155"/>
       <c r="Z462" s="155"/>
       <c r="AA462" s="155"/>
       <c r="AB462" s="155"/>
       <c r="AC462" s="155"/>
       <c r="AD462" s="155"/>
       <c r="AE462" s="155"/>
       <c r="AF462" s="155"/>
       <c r="AG462" s="155"/>
     </row>
     <row r="463" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A463" s="477" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="B463" s="485"/>
       <c r="C463" s="485"/>
       <c r="D463" s="485"/>
       <c r="E463" s="569" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="F463" s="570"/>
       <c r="G463" s="570"/>
       <c r="H463" s="570"/>
       <c r="I463" s="9"/>
       <c r="J463" s="9"/>
       <c r="K463" s="184"/>
       <c r="L463" s="184"/>
       <c r="M463" s="184"/>
       <c r="N463" s="184"/>
       <c r="O463" s="184"/>
       <c r="P463" s="184"/>
       <c r="Q463" s="184"/>
       <c r="R463" s="184"/>
       <c r="S463" s="184"/>
       <c r="T463" s="184"/>
       <c r="U463" s="155"/>
       <c r="V463" s="155"/>
       <c r="W463" s="155"/>
       <c r="X463" s="155"/>
       <c r="Y463" s="155"/>
       <c r="Z463" s="155"/>
       <c r="AA463" s="155"/>
       <c r="AB463" s="155"/>
       <c r="AC463" s="155"/>
       <c r="AD463" s="155"/>
       <c r="AE463" s="155"/>
       <c r="AF463" s="155"/>
       <c r="AG463" s="155"/>
     </row>
     <row r="464" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A464" s="477" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="B464" s="485"/>
       <c r="C464" s="485"/>
       <c r="D464" s="485"/>
       <c r="E464" s="569" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="F464" s="570"/>
       <c r="G464" s="570"/>
       <c r="H464" s="570"/>
       <c r="I464" s="9"/>
       <c r="J464" s="9"/>
       <c r="K464" s="184"/>
       <c r="L464" s="184"/>
       <c r="M464" s="184"/>
       <c r="N464" s="184"/>
       <c r="O464" s="184"/>
       <c r="P464" s="184"/>
       <c r="Q464" s="184"/>
       <c r="R464" s="184"/>
       <c r="S464" s="184"/>
       <c r="T464" s="184"/>
       <c r="U464" s="155"/>
       <c r="V464" s="155"/>
       <c r="W464" s="155"/>
       <c r="X464" s="155"/>
       <c r="Y464" s="155"/>
       <c r="Z464" s="155"/>
       <c r="AA464" s="155"/>
       <c r="AB464" s="155"/>
       <c r="AC464" s="155"/>
       <c r="AD464" s="155"/>
       <c r="AE464" s="155"/>
       <c r="AF464" s="155"/>
       <c r="AG464" s="155"/>
     </row>
     <row r="465" spans="1:33" ht="15" x14ac:dyDescent="0.2">
       <c r="A465" s="477" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="B465" s="477"/>
       <c r="C465" s="477"/>
       <c r="D465" s="477"/>
       <c r="E465" s="483" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="F465" s="483"/>
       <c r="G465" s="483"/>
       <c r="H465" s="483"/>
       <c r="I465" s="9"/>
       <c r="J465" s="176" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="K465" s="208"/>
       <c r="L465" s="208"/>
       <c r="M465" s="208"/>
       <c r="N465" s="208"/>
       <c r="O465" s="208"/>
       <c r="P465" s="208"/>
       <c r="Q465" s="208"/>
       <c r="R465" s="208"/>
       <c r="S465" s="208"/>
       <c r="T465" s="208"/>
       <c r="U465" s="155"/>
       <c r="V465" s="155"/>
       <c r="W465" s="155"/>
       <c r="X465" s="155"/>
       <c r="Y465" s="155"/>
       <c r="Z465" s="155"/>
       <c r="AA465" s="155"/>
       <c r="AB465" s="155"/>
       <c r="AC465" s="155"/>
       <c r="AD465" s="155"/>
       <c r="AE465" s="155"/>
       <c r="AF465" s="155"/>
       <c r="AG465" s="155"/>
     </row>
     <row r="466" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A466" s="312" t="s">
         <v>865</v>
       </c>
       <c r="B466" s="9"/>
       <c r="C466" s="9"/>
       <c r="D466" s="348"/>
       <c r="E466" s="348"/>
       <c r="F466" s="348"/>
       <c r="G466" s="348"/>
       <c r="H466" s="348"/>
       <c r="I466" s="532">
-        <v>45979</v>
+        <v>46031</v>
       </c>
       <c r="J466" s="532"/>
       <c r="K466" s="186"/>
       <c r="L466" s="186"/>
       <c r="M466" s="186"/>
       <c r="N466" s="186"/>
       <c r="O466" s="186"/>
       <c r="P466" s="186"/>
       <c r="Q466" s="186"/>
       <c r="R466" s="186"/>
       <c r="S466" s="186"/>
       <c r="T466" s="186"/>
       <c r="U466" s="155"/>
       <c r="V466" s="155"/>
       <c r="W466" s="155"/>
       <c r="X466" s="155"/>
       <c r="Y466" s="155"/>
       <c r="Z466" s="155"/>
       <c r="AA466" s="155"/>
       <c r="AB466" s="155"/>
       <c r="AC466" s="155"/>
       <c r="AD466" s="155"/>
       <c r="AE466" s="155"/>
       <c r="AF466" s="155"/>
       <c r="AG466" s="155"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ZC+gTxokPj3VPTQdvLfQH1wRzo+jAtM5mA7A0C2vOyScXZgej2WdcJf+X/Oy1penq64EMjHkPfXsNbX2HZNYDQ==" saltValue="h7n/J7sbnkUTmi1i246WIQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="v8xIlJwLC20dzBMyS8cXh+2K/GfGtu0XYA5Gq5lill/CerMitQIjkmFKSvu4EdKsT3LIBHzAzN1phzFO7rZWeQ==" saltValue="gnKRSM8QYVLTssoDCR2FTA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="aRjr4NDBGymWz689kfHj8EKCHiZKoi8vl+qLNjZ3yOuaj+4NFGbN4fsUNkfVWj02qd/hVFqWIZxFV12SGAgJSg==" saltValue="0SvFl88t/+FZ5FIHyWHqbQ==" spinCount="100000" sqref="L17 N173:S452 N57:S172" name="SIT boxes and comments" securityDescriptor="O:WDG:WDD:(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-14779)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-21730)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38373)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-38374)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-39544)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-44782)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-50719)(A;;CC;;;S-1-5-21-2510641317-1238086002-3281934144-6263)"/>
   </protectedRanges>
   <mergeCells count="304">
     <mergeCell ref="A356:J356"/>
     <mergeCell ref="A387:J387"/>
     <mergeCell ref="A415:J415"/>
     <mergeCell ref="A170:J172"/>
     <mergeCell ref="A173:J176"/>
     <mergeCell ref="A177:J180"/>
     <mergeCell ref="A199:J199"/>
     <mergeCell ref="A268:J279"/>
     <mergeCell ref="E253:J253"/>
     <mergeCell ref="F182:H182"/>
     <mergeCell ref="A184:J184"/>
     <mergeCell ref="F185:H185"/>
     <mergeCell ref="A191:E193"/>
     <mergeCell ref="A194:E196"/>
     <mergeCell ref="B342:H342"/>
     <mergeCell ref="A209:I210"/>
     <mergeCell ref="B383:I384"/>
     <mergeCell ref="A286:J299"/>
     <mergeCell ref="A307:J308"/>
     <mergeCell ref="A327:J327"/>
     <mergeCell ref="A216:J239"/>
@@ -39808,1765 +39814,1766 @@
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G27:I27" xr:uid="{B7904730-C87E-481D-A10E-992D493BA069}">
       <formula1>"'- select -,Yes,No,Not yet"</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry error!" error="Please enter number of children, if none select No in the field above and leave this field blank" sqref="J136:J137" xr:uid="{294EE438-B509-4365-9A1B-EB0343075A45}">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B242" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="E313" r:id="rId2" display="www.admin.ox.ac.uk/finance/epp/payroll/scales/" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
     <hyperlink ref="A457" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
     <hyperlink ref="B342" r:id="rId4" display="https://staffimmigration.admin.ox.ac.uk/during-tier-2-sponsorship" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
     <hyperlink ref="B348" r:id="rId5" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
     <hyperlink ref="E313:I313" r:id="rId6" display="https://finance.admin.ox.ac.uk/salary-scales" xr:uid="{00000000-0004-0000-0200-000007000000}"/>
     <hyperlink ref="B342:H342" r:id="rId7" display="https://staffimmigration.admin.ox.ac.uk/skilled-worker-during-sponsorship" xr:uid="{00000000-0004-0000-0200-000008000000}"/>
     <hyperlink ref="A158" r:id="rId8" xr:uid="{00000000-0004-0000-0200-000009000000}"/>
     <hyperlink ref="G165:I165" r:id="rId9" display="(based on our Template) ?" xr:uid="{00000000-0004-0000-0200-00000A000000}"/>
     <hyperlink ref="E167" r:id="rId10" xr:uid="{00000000-0004-0000-0200-00000B000000}"/>
     <hyperlink ref="E459" r:id="rId11" display="angelina.pelova@admin.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
     <hyperlink ref="E464" r:id="rId12" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
     <hyperlink ref="E463" r:id="rId13" xr:uid="{00000000-0004-0000-0200-00000E000000}"/>
     <hyperlink ref="E460" r:id="rId14" display="paul.deeble@tss.ox.ac.uk" xr:uid="{00000000-0004-0000-0200-00000F000000}"/>
     <hyperlink ref="E460:H460" r:id="rId15" display="paul.deeble@admin.ox.ac.uk" xr:uid="{81A47722-A890-4503-A43C-55896AEF0F9A}"/>
     <hyperlink ref="E461" r:id="rId16" xr:uid="{812110D4-30A6-42AC-8ECF-729E31A771AF}"/>
-    <hyperlink ref="E461:H461" r:id="rId17" display="sufia.nadeem@admin.ox.ac.uk" xr:uid="{1E371F99-5781-4647-94F5-411E6219FBCB}"/>
-    <hyperlink ref="E465" r:id="rId18" xr:uid="{CDA1B220-F912-4F45-83D6-8B5C89C58FD7}"/>
+    <hyperlink ref="E461:H461" r:id="rId17" display="kara.updale@admin.ox.ac.uk" xr:uid="{1E371F99-5781-4647-94F5-411E6219FBCB}"/>
+    <hyperlink ref="E465" r:id="rId18" display="kara.updale@admin.ox.ac.uk" xr:uid="{CDA1B220-F912-4F45-83D6-8B5C89C58FD7}"/>
     <hyperlink ref="A3" r:id="rId19" xr:uid="{AD607276-191C-4CE9-A267-2B3540451D27}"/>
     <hyperlink ref="G5" r:id="rId20" xr:uid="{54ED69F2-F42D-4108-80B4-8A08C41CDDCC}"/>
     <hyperlink ref="E6" r:id="rId21" location="collapse1517306" xr:uid="{FA2EA072-6B59-4EE0-BEAD-EB5C3E66AD83}"/>
     <hyperlink ref="E459:H459" r:id="rId22" display="angelina.escott@admin.ox.ac.uk" xr:uid="{C659864F-08F9-4F8B-8953-2D9A0E33B5BF}"/>
+    <hyperlink ref="E465:H465" r:id="rId23" display="sufia.nadeem@admin.ox.ac.uk" xr:uid="{E4FDD434-9088-4548-A148-04ECECC3B390}"/>
   </hyperlinks>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.23622047244094491" bottom="0.62992125984251968" header="0" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="89" orientation="portrait" blackAndWhite="1" r:id="rId23"/>
+  <pageSetup paperSize="9" scale="89" orientation="portrait" blackAndWhite="1" r:id="rId24"/>
   <headerFooter>
-    <oddFooter>&amp;LUpdated November 2025&amp;RPage &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;LUpdated January 2026&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="8" manualBreakCount="8">
     <brk id="55" max="19" man="1"/>
     <brk id="116" max="19" man="1"/>
     <brk id="168" max="19" man="1"/>
     <brk id="225" max="19" man="1"/>
     <brk id="280" max="19" man="1"/>
     <brk id="334" max="19" man="1"/>
     <brk id="386" max="19" man="1"/>
     <brk id="438" max="19" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="10" max="420" man="1"/>
   </colBreaks>
   <ignoredErrors>
     <ignoredError sqref="F435:G435" numberStoredAsText="1"/>
     <ignoredError sqref="F188" formula="1"/>
   </ignoredErrors>
-  <drawing r:id="rId24"/>
-  <legacyDrawing r:id="rId25"/>
+  <drawing r:id="rId25"/>
+  <legacyDrawing r:id="rId26"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1187" r:id="rId26" name="OptionButton4">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$12" r:id="rId27">
+        <control shapeId="1187" r:id="rId27" name="OptionButton4">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$12" r:id="rId28">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>80</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>447675</xdr:colOff>
                 <xdr:row>83</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1187" r:id="rId26" name="OptionButton4"/>
+        <control shapeId="1187" r:id="rId27" name="OptionButton4"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1186" r:id="rId28" name="OptionButton3">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$11" r:id="rId29">
+        <control shapeId="1186" r:id="rId29" name="OptionButton3">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$11" r:id="rId30">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>238125</xdr:colOff>
                 <xdr:row>75</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>285750</xdr:colOff>
                 <xdr:row>77</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1186" r:id="rId28" name="OptionButton3"/>
+        <control shapeId="1186" r:id="rId29" name="OptionButton3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1185" r:id="rId30" name="OptionButton2">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$10" r:id="rId31">
+        <control shapeId="1185" r:id="rId31" name="OptionButton2">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$10" r:id="rId32">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>72</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>74</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1185" r:id="rId30" name="OptionButton2"/>
+        <control shapeId="1185" r:id="rId31" name="OptionButton2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1184" r:id="rId32" name="OptionButton1">
-          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$9" r:id="rId33">
+        <control shapeId="1184" r:id="rId33" name="OptionButton1">
+          <controlPr defaultSize="0" autoLine="0" linkedCell="CHECKING!$B$9" r:id="rId34">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>257175</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>266700</xdr:colOff>
                 <xdr:row>72</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1184" r:id="rId32" name="OptionButton1"/>
+        <control shapeId="1184" r:id="rId33" name="OptionButton1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1182" r:id="rId34" name="ComboBox6">
-          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$24" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId35">
+        <control shapeId="1182" r:id="rId35" name="ComboBox6">
+          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$24" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId36">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>101</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>102</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1182" r:id="rId34" name="ComboBox6"/>
+        <control shapeId="1182" r:id="rId35" name="ComboBox6"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1181" r:id="rId36" name="ComboBox5">
-          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$23" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId37">
+        <control shapeId="1181" r:id="rId37" name="ComboBox5">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$23" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId38">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>628650</xdr:colOff>
                 <xdr:row>100</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>101</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1181" r:id="rId36" name="ComboBox5"/>
+        <control shapeId="1181" r:id="rId37" name="ComboBox5"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1180" r:id="rId38" name="ComboBox4">
-          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$19" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId39">
+        <control shapeId="1180" r:id="rId39" name="ComboBox4">
+          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$19" listFillRange="Dropdowns!$A$3:$A$270" r:id="rId40">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>94</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>96</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1180" r:id="rId38" name="ComboBox4"/>
+        <control shapeId="1180" r:id="rId39" name="ComboBox4"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1178" r:id="rId40" name="ComboBox3">
-          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$31" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId41">
+        <control shapeId="1178" r:id="rId41" name="ComboBox3">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$31" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId42">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>619125</xdr:colOff>
                 <xdr:row>114</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>115</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1178" r:id="rId40" name="ComboBox3"/>
+        <control shapeId="1178" r:id="rId41" name="ComboBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1175" r:id="rId42" name="ComboBox2">
-          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$35" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId43">
+        <control shapeId="1175" r:id="rId43" name="ComboBox2">
+          <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0" linkedCell="CHECKING!$D$35" listFillRange="Dropdowns!$C$3:$C$257" r:id="rId44">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>117</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>119</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1175" r:id="rId42" name="ComboBox2"/>
+        <control shapeId="1175" r:id="rId43" name="ComboBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1169" r:id="rId44" name="ComboBox1">
-          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$21" listFillRange="Dropdowns!$B$3:$B$259" r:id="rId45">
+        <control shapeId="1169" r:id="rId45" name="ComboBox1">
+          <controlPr locked="0" defaultSize="0" autoLine="0" linkedCell="CHECKING!$D$21" listFillRange="Dropdowns!$B$3:$B$259" r:id="rId46">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>97</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>98</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1169" r:id="rId44" name="ComboBox1"/>
+        <control shapeId="1169" r:id="rId45" name="ComboBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1025" r:id="rId46" name="Check Box 1">
+        <control shapeId="1025" r:id="rId47" name="Check Box 1">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>56</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>57</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1026" r:id="rId47" name="Check Box 2">
+        <control shapeId="1026" r:id="rId48" name="Check Box 2">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>59</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>60</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1038" r:id="rId48" name="Check Box 14">
+        <control shapeId="1038" r:id="rId49" name="Check Box 14">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>89</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>90</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1039" r:id="rId49" name="Check Box 15">
+        <control shapeId="1039" r:id="rId50" name="Check Box 15">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>90</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>91</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1040" r:id="rId50" name="Check Box 16">
+        <control shapeId="1040" r:id="rId51" name="Check Box 16">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>91</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>92</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1041" r:id="rId51" name="Check Box 17">
+        <control shapeId="1041" r:id="rId52" name="Check Box 17">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>92</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>93</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1042" r:id="rId52" name="Check Box 18">
+        <control shapeId="1042" r:id="rId53" name="Check Box 18">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>94</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>95</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1043" r:id="rId53" name="Check Box 19">
+        <control shapeId="1043" r:id="rId54" name="Check Box 19">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>95</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>96</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1044" r:id="rId54" name="Check Box 20">
+        <control shapeId="1044" r:id="rId55" name="Check Box 20">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>96</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>97</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1045" r:id="rId55" name="Check Box 21">
+        <control shapeId="1045" r:id="rId56" name="Check Box 21">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>98</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>100</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1046" r:id="rId56" name="Check Box 22">
+        <control shapeId="1046" r:id="rId57" name="Check Box 22">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>99</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>101</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1047" r:id="rId57" name="Check Box 23">
+        <control shapeId="1047" r:id="rId58" name="Check Box 23">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>100</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>102</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1053" r:id="rId58" name="Check Box 29">
+        <control shapeId="1053" r:id="rId59" name="Check Box 29">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>103</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>104</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1055" r:id="rId59" name="Check Box 31">
+        <control shapeId="1055" r:id="rId60" name="Check Box 31">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>104</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>105</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1061" r:id="rId60" name="Check Box 37">
+        <control shapeId="1061" r:id="rId61" name="Check Box 37">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>106</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>108</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1062" r:id="rId61" name="Check Box 38">
+        <control shapeId="1062" r:id="rId62" name="Check Box 38">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>108</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>109</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1063" r:id="rId62" name="Check Box 39">
+        <control shapeId="1063" r:id="rId63" name="Check Box 39">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>109</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>609600</xdr:colOff>
                 <xdr:row>110</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1064" r:id="rId63" name="Check Box 40">
+        <control shapeId="1064" r:id="rId64" name="Check Box 40">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>112</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>113</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1065" r:id="rId64" name="Check Box 41">
+        <control shapeId="1065" r:id="rId65" name="Check Box 41">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>113</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>115</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1072" r:id="rId65" name="Check Box 48">
+        <control shapeId="1072" r:id="rId66" name="Check Box 48">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>117</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>118</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1073" r:id="rId66" name="Check Box 49">
+        <control shapeId="1073" r:id="rId67" name="Check Box 49">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>119</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>121</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1074" r:id="rId67" name="Check Box 50">
+        <control shapeId="1074" r:id="rId68" name="Check Box 50">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>125</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>126</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1076" r:id="rId68" name="Check Box 52">
+        <control shapeId="1076" r:id="rId69" name="Check Box 52">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>139</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>140</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1078" r:id="rId69" name="Check Box 54">
+        <control shapeId="1078" r:id="rId70" name="Check Box 54">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>181</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>182</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1079" r:id="rId70" name="Check Box 55">
+        <control shapeId="1079" r:id="rId71" name="Check Box 55">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>183</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>185</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1081" r:id="rId71" name="Check Box 57">
+        <control shapeId="1081" r:id="rId72" name="Check Box 57">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>202</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>47625</xdr:colOff>
                 <xdr:row>203</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1088" r:id="rId72" name="Check Box 64">
+        <control shapeId="1088" r:id="rId73" name="Check Box 64">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>206</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>208</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1091" r:id="rId73" name="Check Box 67">
+        <control shapeId="1091" r:id="rId74" name="Check Box 67">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>211</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>212</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1096" r:id="rId74" name="Check Box 72">
+        <control shapeId="1096" r:id="rId75" name="Check Box 72">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>242</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>243</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1097" r:id="rId75" name="Check Box 73">
+        <control shapeId="1097" r:id="rId76" name="Check Box 73">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>244</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>245</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1098" r:id="rId76" name="Check Box 74">
+        <control shapeId="1098" r:id="rId77" name="Check Box 74">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>251</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>371475</xdr:colOff>
                 <xdr:row>252</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1099" r:id="rId77" name="Check Box 75">
+        <control shapeId="1099" r:id="rId78" name="Check Box 75">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>258</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>259</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1100" r:id="rId78" name="Check Box 76">
+        <control shapeId="1100" r:id="rId79" name="Check Box 76">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Further add. work locations">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>85725</xdr:colOff>
                 <xdr:row>266</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>267</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1103" r:id="rId79" name="Check Box 79">
+        <control shapeId="1103" r:id="rId80" name="Check Box 79">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>282</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>314325</xdr:colOff>
                 <xdr:row>283</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1104" r:id="rId80" name="Check Box 80">
+        <control shapeId="1104" r:id="rId81" name="Check Box 80">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>284</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>285</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1105" r:id="rId81" name="Check Box 81">
+        <control shapeId="1105" r:id="rId82" name="Check Box 81">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>303</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>542925</xdr:colOff>
                 <xdr:row>305</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1107" r:id="rId82" name="Check Box 83">
+        <control shapeId="1107" r:id="rId83" name="Check Box 83">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>202</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>457200</xdr:colOff>
                 <xdr:row>203</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1109" r:id="rId83" name="Check Box 85">
+        <control shapeId="1109" r:id="rId84" name="Check Box 85">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>311</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>312</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1110" r:id="rId84" name="Check Box 86">
+        <control shapeId="1110" r:id="rId85" name="Check Box 86">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>329</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>330</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1113" r:id="rId85" name="Check Box 89">
+        <control shapeId="1113" r:id="rId86" name="Check Box 89">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>349</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>581025</xdr:colOff>
                 <xdr:row>350</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1114" r:id="rId86" name="Check Box 90">
+        <control shapeId="1114" r:id="rId87" name="Check Box 90">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>351</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>352</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1116" r:id="rId87" name="Check Box 92">
+        <control shapeId="1116" r:id="rId88" name="Check Box 92">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>352</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>354</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1120" r:id="rId88" name="Check Box 96">
+        <control shapeId="1120" r:id="rId89" name="Check Box 96">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>358</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>360</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1121" r:id="rId89" name="Check Box 97">
+        <control shapeId="1121" r:id="rId90" name="Check Box 97">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>361</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>363</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1122" r:id="rId90" name="Check Box 98">
+        <control shapeId="1122" r:id="rId91" name="Check Box 98">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>364</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>366</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1124" r:id="rId91" name="Check Box 100">
+        <control shapeId="1124" r:id="rId92" name="Check Box 100">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1127" r:id="rId92" name="Check Box 103">
+        <control shapeId="1127" r:id="rId93" name="Check Box 103">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>406</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>428625</xdr:colOff>
                 <xdr:row>408</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1128" r:id="rId93" name="Check Box 104">
+        <control shapeId="1128" r:id="rId94" name="Check Box 104">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>406</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>304800</xdr:colOff>
                 <xdr:row>408</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1129" r:id="rId94" name="Check Box 105">
+        <control shapeId="1129" r:id="rId95" name="Check Box 105">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>415</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>416</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1131" r:id="rId95" name="Check Box 107">
+        <control shapeId="1131" r:id="rId96" name="Check Box 107">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>433</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>371475</xdr:colOff>
                 <xdr:row>434</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1132" r:id="rId96" name="Check Box 108">
+        <control shapeId="1132" r:id="rId97" name="Check Box 108">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>443</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>390525</xdr:colOff>
                 <xdr:row>445</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1140" r:id="rId97" name="Check Box 116">
+        <control shapeId="1140" r:id="rId98" name="Check Box 116">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>419</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>638175</xdr:colOff>
                 <xdr:row>421</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1148" r:id="rId98" name="Check Box 124">
+        <control shapeId="1148" r:id="rId99" name="Check Box 124">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>359</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>523875</xdr:colOff>
                 <xdr:row>360</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1149" r:id="rId99" name="Check Box 125">
+        <control shapeId="1149" r:id="rId100" name="Check Box 125">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>362</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>363</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1150" r:id="rId100" name="Check Box 126">
+        <control shapeId="1150" r:id="rId101" name="Check Box 126">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>365</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>366</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1152" r:id="rId101" name="Check Box 128">
+        <control shapeId="1152" r:id="rId102" name="Check Box 128">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>142875</xdr:colOff>
                 <xdr:row>375</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>377</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1183" r:id="rId102" name="Group Box 159">
+        <control shapeId="1183" r:id="rId103" name="Group Box 159">
           <controlPr defaultSize="0" autoFill="0" autoPict="0" altText="Maintenance_requirement">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>704850</xdr:colOff>
                 <xdr:row>85</xdr:row>
                 <xdr:rowOff>238125</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1189" r:id="rId103" name="Check Box 165">
+        <control shapeId="1189" r:id="rId104" name="Check Box 165">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>72</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1190" r:id="rId104" name="Check Box 166">
+        <control shapeId="1190" r:id="rId105" name="Check Box 166">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>423</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>424</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1192" r:id="rId105" name="Check Box 168">
+        <control shapeId="1192" r:id="rId106" name="Check Box 168">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>123825</xdr:colOff>
                 <xdr:row>157</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>159</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1194" r:id="rId106" name="Check Box 170">
+        <control shapeId="1194" r:id="rId107" name="Check Box 170">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>161</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>162</xdr:row>
                 <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1196" r:id="rId107" name="Check Box 172">
+        <control shapeId="1196" r:id="rId108" name="Check Box 172">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>382</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>552450</xdr:colOff>
                 <xdr:row>383</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1197" r:id="rId108" name="Check Box 173">
+        <control shapeId="1197" r:id="rId109" name="Check Box 173">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>381</xdr:row>
                 <xdr:rowOff>161925</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>504825</xdr:colOff>
                 <xdr:row>383</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1199" r:id="rId109" name="Check Box 175">
+        <control shapeId="1199" r:id="rId110" name="Check Box 175">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>200025</xdr:colOff>
                 <xdr:row>372</xdr:row>
                 <xdr:rowOff>9525</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>533400</xdr:colOff>
                 <xdr:row>373</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1200" r:id="rId110" name="Check Box 176">
+        <control shapeId="1200" r:id="rId111" name="Check Box 176">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>371</xdr:row>
                 <xdr:rowOff>190500</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>11</xdr:col>
                 <xdr:colOff>400050</xdr:colOff>
                 <xdr:row>373</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1204" r:id="rId111" name="Check Box 180">
+        <control shapeId="1204" r:id="rId112" name="Check Box 180">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>10</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>130</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>12</xdr:col>
                 <xdr:colOff>190500</xdr:colOff>
                 <xdr:row>130</xdr:row>
                 <xdr:rowOff>266700</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-00000A000000}">
           <x14:formula1>
@@ -41587,85 +41594,85 @@
           <xm:sqref>G105</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:S191"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="54.85546875" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="4" max="4" width="24.85546875" style="27" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="63" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="E1" s="236" t="s">
         <v>215</v>
       </c>
       <c r="F1" s="236" t="s">
         <v>330</v>
       </c>
       <c r="G1" s="236" t="s">
         <v>352</v>
       </c>
       <c r="H1" s="236" t="s">
         <v>396</v>
       </c>
       <c r="I1" s="236" t="s">
         <v>462</v>
       </c>
       <c r="J1" s="236" t="s">
         <v>463</v>
       </c>
       <c r="K1" s="239" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="L1" s="239" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="195" t="str">
         <f>'SW CoS extension form'!J465</f>
-        <v>Version 1.12</v>
+        <v>Version 1.14</v>
       </c>
       <c r="B2" s="196">
         <f>'SW CoS extension form'!I466</f>
-        <v>45979</v>
+        <v>46031</v>
       </c>
       <c r="E2" s="299" t="str">
         <f>$E$75</f>
         <v>Please complete the ATAS questions</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="389" t="s">
         <v>215</v>
       </c>
       <c r="B3" s="390"/>
       <c r="C3" s="390"/>
       <c r="D3" s="390"/>
       <c r="E3" s="390"/>
       <c r="F3" s="390"/>
       <c r="G3" s="390"/>
       <c r="H3" s="390"/>
       <c r="I3" s="390"/>
       <c r="J3" s="390"/>
       <c r="K3" s="390"/>
       <c r="L3" s="390"/>
       <c r="M3" s="390"/>
       <c r="N3" s="391"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
@@ -41697,123 +41704,123 @@
       </c>
       <c r="D5" s="27" t="str">
         <f>IF('SW CoS extension form'!$J$57="","",'SW CoS extension form'!$J$57)</f>
         <v>- select -</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>216</v>
       </c>
       <c r="B6" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C6" s="6">
         <f>IF($D$5="Yes",IF(AND($D$6&lt;&gt;"",$B$6=TRUE),10,0),IF($B$6=TRUE,10,0))</f>
         <v>0</v>
       </c>
       <c r="D6" s="26" t="str">
         <f>IF('SW CoS extension form'!$I$61="","",'SW CoS extension form'!$I$61)</f>
         <v/>
       </c>
     </row>
     <row r="7" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="217" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="D8" s="327" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="329" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="B9" s="330" t="b">
         <v>0</v>
       </c>
       <c r="C9" s="331" t="str">
         <f>IF(AND(B9=TRUE,$D$8=TRUE),10,"")</f>
         <v/>
       </c>
       <c r="D9" s="329"/>
     </row>
     <row r="10" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="219" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="B10" s="328" t="b">
         <v>1</v>
       </c>
       <c r="C10" s="218">
         <f t="shared" ref="C10:C12" si="0">IF(AND(B10=TRUE,$D$8=TRUE),10,"")</f>
         <v>10</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="F10" s="216" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="G10" s="795" t="str">
         <f>IF($B$9=TRUE,"Applicant and dependants have been living in the UK for 12 months maintenance not required",IF($B$10=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant, £" &amp; Dropdowns!$T$30 &amp; " for their partner, £" &amp; Dropdowns!$T$31 &amp; " for their first child, and £" &amp; Dropdowns!$T$32 &amp; " for each additional child.",IF($B$11=TRUE,"Sponsor certifies maintenance to value of £" &amp; Dropdowns!$T$29 &amp; " for the main applicant.","")))</f>
         <v>Sponsor certifies maintenance to value of £1270 for the main applicant, £285 for their partner, £315 for their first child, and £200 for each additional child.</v>
       </c>
       <c r="H10" s="796"/>
       <c r="I10" s="796"/>
       <c r="J10" s="796"/>
       <c r="K10" s="796"/>
       <c r="L10" s="796"/>
       <c r="M10" s="797"/>
       <c r="N10" s="264" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="11" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="329" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B11" s="330" t="b">
         <v>0</v>
       </c>
       <c r="C11" s="331" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D11" s="329"/>
       <c r="G11" s="798"/>
       <c r="H11" s="799"/>
       <c r="I11" s="799"/>
       <c r="J11" s="799"/>
       <c r="K11" s="799"/>
       <c r="L11" s="799"/>
       <c r="M11" s="800"/>
     </row>
     <row r="12" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="329" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="B12" s="330" t="b">
         <v>0</v>
       </c>
       <c r="C12" s="331" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D12" s="329"/>
       <c r="G12" s="801"/>
       <c r="H12" s="802"/>
       <c r="I12" s="802"/>
       <c r="J12" s="802"/>
       <c r="K12" s="802"/>
       <c r="L12" s="802"/>
       <c r="M12" s="803"/>
     </row>
     <row r="13" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="14" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="164" t="b">
         <v>0</v>
@@ -42313,105 +42320,105 @@
       <c r="C43" s="53"/>
       <c r="D43" s="375"/>
       <c r="E43" s="14"/>
       <c r="F43" s="14"/>
       <c r="G43" s="14"/>
       <c r="H43" s="278"/>
       <c r="I43" s="14"/>
       <c r="J43" s="14"/>
       <c r="K43" s="14"/>
     </row>
     <row r="44" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="14"/>
       <c r="B44" s="373"/>
       <c r="C44" s="53"/>
       <c r="D44" s="375"/>
       <c r="E44" s="14"/>
       <c r="F44" s="14"/>
       <c r="G44" s="14"/>
       <c r="H44" s="278"/>
       <c r="I44" s="14"/>
       <c r="J44" s="14"/>
       <c r="K44" s="14"/>
     </row>
     <row r="45" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="376" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="B45" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C45" s="206" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="E45" s="31" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="F45" s="14"/>
       <c r="G45" s="14"/>
       <c r="H45" s="278"/>
       <c r="I45" s="14"/>
       <c r="J45" s="14"/>
       <c r="K45" s="14"/>
     </row>
     <row r="46" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="206" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="B46" s="377" t="str">
         <f>IF('SW CoS extension form'!$J$131="","",'SW CoS extension form'!$J$131)</f>
         <v>- select -</v>
       </c>
       <c r="C46" s="6">
         <f>IF(AND($B$46&lt;&gt;"- select -",$B$46&lt;&gt;"",$B$47&lt;&gt;"- select -",$B$47&lt;&gt;"",$B$45=TRUE,$C$48=""),10,0)</f>
         <v>0</v>
       </c>
       <c r="E46" s="378" t="str">
         <f>IF($C$46=0,"section incomplete",IF($B$46="Yes",1,0)+IF(AND($B$47="Yes",$C$47&lt;&gt;""),$C$47,0))</f>
         <v>section incomplete</v>
       </c>
       <c r="F46" s="14"/>
       <c r="G46" s="14"/>
       <c r="H46" s="278"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="14"/>
     </row>
     <row r="47" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="206" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="B47" s="377" t="str">
         <f>IF('SW CoS extension form'!$J$135="","",'SW CoS extension form'!$J$135)</f>
         <v>- select -</v>
       </c>
       <c r="C47" s="379" t="str">
         <f>IF('SW CoS extension form'!$J$136="","",'SW CoS extension form'!$J$136)</f>
         <v/>
       </c>
       <c r="D47" s="206" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="F47" s="14"/>
       <c r="G47" s="14"/>
       <c r="H47" s="278"/>
       <c r="I47" s="14"/>
       <c r="J47" s="14"/>
       <c r="K47" s="14"/>
     </row>
     <row r="48" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A48" s="14"/>
       <c r="B48" s="373"/>
       <c r="C48" s="299" t="str">
         <f>IF('SW CoS extension form'!$J$138="","",'SW CoS extension form'!$J$138)</f>
         <v/>
       </c>
       <c r="D48" s="375"/>
       <c r="E48" s="14"/>
       <c r="F48" s="14"/>
       <c r="G48" s="14"/>
       <c r="H48" s="278"/>
       <c r="I48" s="14"/>
       <c r="J48" s="14"/>
       <c r="K48" s="14"/>
     </row>
     <row r="49" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
@@ -42455,108 +42462,108 @@
         <f>IF('SW CoS extension form'!$F$142&lt;&gt;"",'SW CoS extension form'!$F$142,"")</f>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D52" s="28"/>
     </row>
     <row r="53" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="145"/>
       <c r="B53" s="145"/>
       <c r="C53" s="145"/>
       <c r="D53" s="145"/>
       <c r="E53" s="145"/>
       <c r="F53" s="145"/>
       <c r="G53" s="145"/>
       <c r="H53" s="145"/>
       <c r="I53" s="145"/>
       <c r="J53" s="145"/>
       <c r="K53" s="145"/>
       <c r="L53" s="145"/>
       <c r="M53" s="145"/>
       <c r="N53" s="145"/>
     </row>
     <row r="54" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="270" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="B54" s="270"/>
       <c r="C54" s="807" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="D54" s="807"/>
       <c r="E54" s="807"/>
       <c r="F54" s="807"/>
       <c r="G54" s="807"/>
       <c r="H54" s="807"/>
       <c r="I54" s="807"/>
       <c r="J54" s="807"/>
       <c r="K54" s="807"/>
       <c r="L54" s="807"/>
       <c r="M54" s="807"/>
       <c r="O54" s="727" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="P54" s="728"/>
       <c r="Q54" s="728"/>
       <c r="R54" s="728"/>
       <c r="S54" s="729"/>
     </row>
     <row r="55" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B55" s="200"/>
       <c r="D55" s="271"/>
       <c r="E55" s="272"/>
       <c r="O55" s="730"/>
       <c r="P55" s="731"/>
       <c r="Q55" s="731"/>
       <c r="R55" s="731"/>
       <c r="S55" s="732"/>
     </row>
     <row r="56" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56" s="63" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="C56" s="6">
         <f>IF(AND($D$56&lt;&gt;"- select -",$D$56&lt;&gt;"Not Sure",$D$56&lt;&gt;"",$B$57=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="D56" s="273" t="str">
         <f>'SW CoS extension form'!$I$159</f>
         <v>- select -</v>
       </c>
       <c r="F56" s="264" t="s">
         <v>854</v>
       </c>
       <c r="O56" s="730"/>
       <c r="P56" s="731"/>
       <c r="Q56" s="731"/>
       <c r="R56" s="731"/>
       <c r="S56" s="732"/>
     </row>
     <row r="57" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="63" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="B57" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <f>IF(AND($D$56&lt;&gt;"- select -",$D$56&lt;&gt;"Not Sure",$D$56&lt;&gt;"",$B$57=TRUE),10,0)</f>
         <v>0</v>
       </c>
       <c r="E57" s="274" t="s">
         <v>457</v>
       </c>
       <c r="F57" s="818" t="str">
         <f>$E$188</f>
         <v/>
       </c>
       <c r="G57" s="819"/>
       <c r="H57" s="819"/>
       <c r="I57" s="819"/>
       <c r="J57" s="819"/>
       <c r="K57" s="820"/>
       <c r="L57" s="275"/>
       <c r="M57" s="275"/>
       <c r="O57" s="730"/>
       <c r="P57" s="731"/>
       <c r="Q57" s="731"/>
@@ -42572,336 +42579,336 @@
         <v>398</v>
       </c>
       <c r="F58" s="818" t="str">
         <f>$D$127</f>
         <v/>
       </c>
       <c r="G58" s="819"/>
       <c r="H58" s="819"/>
       <c r="I58" s="819"/>
       <c r="J58" s="819"/>
       <c r="K58" s="819"/>
       <c r="L58" s="819"/>
       <c r="M58" s="820"/>
       <c r="O58" s="730"/>
       <c r="P58" s="731"/>
       <c r="Q58" s="731"/>
       <c r="R58" s="731"/>
       <c r="S58" s="732"/>
     </row>
     <row r="59" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="277" t="str">
         <f>'SW CoS extension form'!$A$161</f>
         <v/>
       </c>
       <c r="E59" s="274" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="F59" s="821" t="str">
         <f>IF($D$125="","Enter SOC code below",$D$125)</f>
         <v>Enter SOC code below</v>
       </c>
       <c r="G59" s="822"/>
       <c r="H59" s="822"/>
       <c r="I59" s="823"/>
       <c r="J59" s="275"/>
       <c r="K59" s="275"/>
       <c r="L59" s="275"/>
       <c r="M59" s="275"/>
       <c r="O59" s="730"/>
       <c r="P59" s="731"/>
       <c r="Q59" s="731"/>
       <c r="R59" s="731"/>
       <c r="S59" s="732"/>
     </row>
     <row r="60" spans="1:19" s="206" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E60" s="278" t="s">
         <v>222</v>
       </c>
       <c r="F60" s="824" t="str">
         <f>$D$19</f>
         <v>- select -</v>
       </c>
       <c r="G60" s="819"/>
       <c r="H60" s="820"/>
       <c r="I60" s="275"/>
       <c r="J60" s="275"/>
       <c r="K60" s="275"/>
       <c r="O60" s="730"/>
       <c r="P60" s="731"/>
       <c r="Q60" s="731"/>
       <c r="R60" s="731"/>
       <c r="S60" s="732"/>
     </row>
     <row r="61" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="825" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B61" s="825"/>
       <c r="C61" s="825"/>
       <c r="D61" s="825"/>
       <c r="E61" s="274" t="s">
         <v>224</v>
       </c>
       <c r="F61" s="824" t="str">
         <f>$D$23</f>
         <v>- select -</v>
       </c>
       <c r="G61" s="819"/>
       <c r="H61" s="820"/>
       <c r="I61" s="275"/>
       <c r="J61" s="275"/>
       <c r="K61" s="275"/>
       <c r="O61" s="733"/>
       <c r="P61" s="734"/>
       <c r="Q61" s="734"/>
       <c r="R61" s="734"/>
       <c r="S61" s="735"/>
     </row>
     <row r="62" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E62" s="274" t="s">
         <v>225</v>
       </c>
       <c r="F62" s="824" t="str">
         <f>$D$24</f>
         <v>- select -</v>
       </c>
       <c r="G62" s="819"/>
       <c r="H62" s="820"/>
       <c r="I62" s="275"/>
       <c r="J62" s="275"/>
       <c r="K62" s="275"/>
     </row>
     <row r="63" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E63" s="274"/>
       <c r="F63" s="309"/>
       <c r="G63" s="280"/>
       <c r="H63" s="280"/>
       <c r="I63" s="275"/>
       <c r="J63" s="275"/>
       <c r="K63" s="275"/>
     </row>
     <row r="64" spans="1:19" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="206" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="B64" s="736" t="str">
         <f>IF('SW CoS extension form'!$G$162&lt;&gt;"",'SW CoS extension form'!$G$162,"")</f>
         <v/>
       </c>
       <c r="C64" s="737"/>
       <c r="D64" s="738"/>
       <c r="E64" s="216" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="F64" s="739"/>
       <c r="G64" s="740"/>
       <c r="H64" s="740"/>
       <c r="I64" s="740"/>
       <c r="J64" s="740"/>
       <c r="K64" s="740"/>
       <c r="L64" s="740"/>
       <c r="M64" s="741"/>
     </row>
     <row r="65" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B65" s="736" t="str">
         <f>IF('SW CoS extension form'!$G$163&lt;&gt;"",'SW CoS extension form'!$G$163,"")</f>
         <v/>
       </c>
       <c r="C65" s="737"/>
       <c r="D65" s="738"/>
       <c r="E65" s="310" t="s">
         <v>854</v>
       </c>
       <c r="F65" s="742"/>
       <c r="G65" s="743"/>
       <c r="H65" s="743"/>
       <c r="I65" s="743"/>
       <c r="J65" s="743"/>
       <c r="K65" s="743"/>
       <c r="L65" s="743"/>
       <c r="M65" s="744"/>
     </row>
     <row r="66" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B66" s="736" t="str">
         <f>IF('SW CoS extension form'!$G$164&lt;&gt;"",'SW CoS extension form'!$G$164,"")</f>
         <v/>
       </c>
       <c r="C66" s="737"/>
       <c r="D66" s="738"/>
       <c r="E66" s="274"/>
       <c r="F66" s="742"/>
       <c r="G66" s="743"/>
       <c r="H66" s="743"/>
       <c r="I66" s="743"/>
       <c r="J66" s="743"/>
       <c r="K66" s="743"/>
       <c r="L66" s="743"/>
       <c r="M66" s="744"/>
     </row>
     <row r="67" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="206" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="B67" s="69" t="str">
         <f>'SW CoS extension form'!$J$165</f>
         <v>- select -</v>
       </c>
       <c r="E67" s="274"/>
       <c r="F67" s="745"/>
       <c r="G67" s="746"/>
       <c r="H67" s="746"/>
       <c r="I67" s="746"/>
       <c r="J67" s="746"/>
       <c r="K67" s="746"/>
       <c r="L67" s="746"/>
       <c r="M67" s="747"/>
     </row>
     <row r="68" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="206" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="B68" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C68" s="6">
         <f>IF(OR($B$68=TRUE,'SW CoS extension form'!$A$161&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="E68" s="274"/>
       <c r="F68" s="811" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="G68" s="811"/>
       <c r="H68" s="811"/>
       <c r="I68" s="811"/>
       <c r="J68" s="811"/>
       <c r="K68" s="811"/>
       <c r="L68" s="811"/>
       <c r="M68" s="811"/>
     </row>
     <row r="69" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E69" s="274"/>
       <c r="F69" s="309"/>
       <c r="G69" s="280"/>
       <c r="H69" s="280"/>
       <c r="I69" s="275"/>
       <c r="J69" s="275"/>
       <c r="K69" s="275"/>
     </row>
     <row r="70" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70" s="279" t="s">
         <v>854</v>
       </c>
       <c r="F70" s="280"/>
       <c r="G70" s="280"/>
       <c r="H70" s="280"/>
       <c r="I70" s="201"/>
       <c r="J70" s="201"/>
       <c r="K70" s="201"/>
     </row>
     <row r="71" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="281" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="B71" s="282" t="s">
         <v>195</v>
       </c>
       <c r="C71" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D71" s="283" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="E71" s="826" t="str">
         <f>IF(OR($B$71="",$B$71="- select -"),"",IF($B$71="No",IF('SW CoS extension form'!$A$161&lt;&gt;"","ATAS requirement does not apply because the applicant is an exempt national","ATAS requirement does not apply because the role does not include research at a PhD-level or above in a relevant subject area"),"ATAS requirement applies, certificate no: " &amp; $B$75))</f>
         <v/>
       </c>
       <c r="F71" s="827"/>
       <c r="G71" s="827"/>
       <c r="H71" s="827"/>
       <c r="I71" s="828"/>
       <c r="J71" s="264" t="s">
         <v>854</v>
       </c>
       <c r="K71" s="201"/>
     </row>
     <row r="72" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="281" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="B72" s="284"/>
       <c r="C72" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D72" s="285"/>
       <c r="E72" s="829"/>
       <c r="F72" s="830"/>
       <c r="G72" s="830"/>
       <c r="H72" s="830"/>
       <c r="I72" s="831"/>
       <c r="J72" s="275"/>
       <c r="K72" s="275"/>
     </row>
     <row r="73" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A73" s="281" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B73" s="284"/>
       <c r="C73" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D73" s="285"/>
       <c r="E73" s="832"/>
       <c r="F73" s="833"/>
       <c r="G73" s="833"/>
       <c r="H73" s="833"/>
       <c r="I73" s="834"/>
       <c r="J73" s="286"/>
       <c r="K73" s="275"/>
     </row>
     <row r="74" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A74" s="287" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="B74" s="285"/>
       <c r="C74" s="285"/>
       <c r="D74" s="285"/>
       <c r="E74" s="288"/>
       <c r="F74" s="288"/>
       <c r="G74" s="288"/>
       <c r="H74" s="288"/>
       <c r="I74" s="201"/>
       <c r="J74" s="201"/>
       <c r="K74" s="201"/>
     </row>
     <row r="75" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A75" s="281" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="B75" s="298"/>
       <c r="C75" s="6">
         <f>IF(OR($B$71="No",AND($B$71="Yes",$B$72&lt;&gt;"",$B$73&lt;&gt;"",$B$75&lt;&gt;"")),10,0)</f>
         <v>0</v>
       </c>
       <c r="D75" s="285"/>
       <c r="E75" s="835" t="str">
         <f>IF(OR($B$71="",$B$71="- select -"),"Please complete the ATAS questions",IF(AND($B$71="Yes",OR($B$72="",$B$73="",$B$75="")),"ATAS certificate details required before CoS can be issued!","Please remember to in include ATAS SN when issuing CoS"))</f>
         <v>Please complete the ATAS questions</v>
       </c>
       <c r="F75" s="835"/>
       <c r="G75" s="835"/>
       <c r="H75" s="835"/>
       <c r="I75" s="835"/>
       <c r="J75" s="201"/>
       <c r="K75" s="201"/>
       <c r="L75" s="289"/>
       <c r="M75" s="289"/>
       <c r="N75" s="289"/>
       <c r="O75" s="289"/>
       <c r="P75" s="289"/>
     </row>
     <row r="76" spans="1:16" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A76" s="281"/>
@@ -43810,154 +43817,154 @@
       </c>
       <c r="B142" s="164" t="b">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <f>IF(AND($B$142=TRUE,$D$142&lt;&gt;"")=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D142" s="256" t="str">
         <f>IF('SW CoS extension form'!$E$312&lt;&gt;"",'SW CoS extension form'!$E$312,"")</f>
         <v/>
       </c>
       <c r="E142" s="153"/>
       <c r="F142" s="153"/>
       <c r="G142" s="153"/>
       <c r="H142" s="153"/>
       <c r="I142" s="151"/>
       <c r="J142" s="151"/>
       <c r="K142" s="151"/>
       <c r="L142" s="151"/>
       <c r="M142" s="151"/>
       <c r="N142" s="149"/>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A143" s="248" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="B143" s="249" t="b">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <f>IF($B$143=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D143" s="257" t="str">
         <f>IF('SW CoS extension form'!$D$331&lt;&gt;"",'SW CoS extension form'!$D$331,"")</f>
         <v/>
       </c>
       <c r="E143" s="151"/>
       <c r="H143" s="151"/>
       <c r="I143" s="151"/>
       <c r="J143" s="151"/>
       <c r="K143" s="151"/>
       <c r="L143" s="151"/>
       <c r="M143" s="151"/>
       <c r="N143" s="149"/>
     </row>
     <row r="144" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B144" s="200"/>
       <c r="C144" s="200"/>
       <c r="D144" s="152"/>
       <c r="E144" s="149"/>
       <c r="F144" s="149"/>
       <c r="G144" s="149"/>
       <c r="H144" s="149"/>
       <c r="I144" s="149"/>
       <c r="J144" s="149"/>
       <c r="K144" s="149"/>
       <c r="L144" s="149"/>
       <c r="M144" s="149"/>
       <c r="N144" s="149"/>
     </row>
     <row r="145" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A145" s="206" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B145" s="251" t="s">
         <v>195</v>
       </c>
       <c r="C145" s="6">
         <f>IF($B$145="Yes",10,0)</f>
         <v>0</v>
       </c>
       <c r="D145" s="250" t="s">
         <v>854</v>
       </c>
       <c r="E145" s="149"/>
       <c r="F145" s="149"/>
       <c r="G145" s="149"/>
       <c r="H145" s="149"/>
       <c r="I145" s="149"/>
       <c r="J145" s="149"/>
       <c r="K145" s="149"/>
       <c r="L145" s="149"/>
       <c r="M145" s="149"/>
       <c r="N145" s="149"/>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A146" s="36"/>
       <c r="B146" s="69"/>
       <c r="C146" s="146"/>
       <c r="D146" s="152"/>
       <c r="E146" s="149"/>
       <c r="F146" s="149"/>
       <c r="G146" s="149"/>
       <c r="H146" s="149"/>
       <c r="I146" s="149"/>
       <c r="J146" s="149"/>
       <c r="K146" s="149"/>
       <c r="L146" s="149"/>
       <c r="M146" s="149"/>
       <c r="N146" s="149"/>
     </row>
     <row r="147" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A147" s="36" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B147" s="247" t="str">
         <f>'SW CoS extension form'!$J$322</f>
         <v>- select -</v>
       </c>
       <c r="C147" s="146"/>
       <c r="D147" s="311" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="E147" s="149"/>
       <c r="F147" s="149"/>
       <c r="G147" s="149"/>
       <c r="H147" s="149"/>
       <c r="I147" s="149"/>
       <c r="J147" s="149"/>
       <c r="K147" s="149"/>
       <c r="L147" s="149"/>
       <c r="M147" s="149"/>
       <c r="N147" s="149"/>
     </row>
     <row r="148" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A148" s="36" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B148" s="812" t="str">
         <f>IF('SW CoS extension form'!$D$324="","",'SW CoS extension form'!$D$324)</f>
         <v/>
       </c>
       <c r="C148" s="813"/>
       <c r="D148" s="813"/>
       <c r="E148" s="813"/>
       <c r="F148" s="813"/>
       <c r="G148" s="814"/>
       <c r="H148" s="149"/>
       <c r="I148" s="149"/>
       <c r="J148" s="149"/>
       <c r="K148" s="149"/>
       <c r="L148" s="149"/>
       <c r="M148" s="149"/>
       <c r="N148" s="149"/>
     </row>
     <row r="149" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A149" s="145"/>
       <c r="B149" s="145"/>
       <c r="C149" s="145"/>
       <c r="D149" s="145"/>
       <c r="E149" s="145"/>
       <c r="F149" s="145"/>
@@ -44076,100 +44083,100 @@
       <c r="C158" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <f>IF(AND($B158=TRUE,$C158=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A159" t="s">
         <v>415</v>
       </c>
       <c r="B159" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C159" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <f>IF(AND($B159=TRUE,$C159=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A160" s="206" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="B160" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C160" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D160" s="6">
         <f>IF(AND($B160=TRUE,$C160=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A161" t="s">
         <v>418</v>
       </c>
       <c r="B161" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C161" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <f>IF(AND($B161=TRUE,$C161=TRUE),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A162" s="206" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B162" s="171" t="b">
         <v>0</v>
       </c>
       <c r="C162" s="172" t="b">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <f>IF(OR($C162=TRUE,'SW CoS extension form'!$A$161&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B163" s="69"/>
       <c r="C163" s="146"/>
     </row>
     <row r="164" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A164" s="389" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B164" s="390"/>
       <c r="C164" s="390"/>
       <c r="D164" s="390"/>
       <c r="E164" s="390"/>
       <c r="F164" s="390"/>
       <c r="G164" s="390"/>
       <c r="H164" s="390"/>
       <c r="I164" s="390"/>
       <c r="J164" s="390"/>
       <c r="K164" s="390"/>
       <c r="L164" s="390"/>
       <c r="M164" s="390"/>
       <c r="N164" s="391"/>
     </row>
     <row r="165" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B165" s="69"/>
       <c r="C165" s="146"/>
       <c r="D165" s="27"/>
     </row>
     <row r="166" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A166" s="145"/>
       <c r="B166" s="170" t="s">
         <v>844</v>
       </c>
@@ -44222,90 +44229,90 @@
       <c r="A170" t="s">
         <v>442</v>
       </c>
       <c r="B170" s="167" t="b">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <f>IF($B170=TRUE,10,0)</f>
         <v>0</v>
       </c>
       <c r="D170" s="71">
         <f>'SW CoS extension form'!$C$417</f>
         <v>0</v>
       </c>
       <c r="E170" s="72">
         <f>'SW CoS extension form'!$E$417</f>
         <v>0</v>
       </c>
       <c r="F170" s="139">
         <f>'SW CoS extension form'!$H$417</f>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A171" s="149" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="B171" s="235" t="b">
         <v>0</v>
       </c>
       <c r="C171" s="335">
         <f>IF(OR($B171=TRUE,$D$177&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D171" s="336" t="str">
         <f>IF($D$177&lt;&gt;"","N/A Cost code provided","")</f>
         <v/>
       </c>
       <c r="E171" s="337"/>
       <c r="F171" s="338"/>
     </row>
     <row r="172" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A172" s="339" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="B172" s="235" t="b">
         <v>0</v>
       </c>
       <c r="C172" s="335">
         <f>IF(OR($B172=TRUE,$D$177&lt;&gt;""),10,0)</f>
         <v>0</v>
       </c>
       <c r="D172" s="340" t="str">
         <f>IF($D$177&lt;&gt;"","N/A Cost code provided",IF('SW CoS extension form'!$I$424="","",'SW CoS extension form'!$I$424))</f>
         <v/>
       </c>
       <c r="E172" s="336" t="str">
         <f>'SW CoS extension form'!$I$425</f>
         <v/>
       </c>
       <c r="F172" s="338"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A173" s="341" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="B173" s="342"/>
       <c r="C173" s="342"/>
       <c r="D173" s="343"/>
       <c r="E173" s="344"/>
       <c r="F173" s="338"/>
     </row>
     <row r="174" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A174" s="191"/>
       <c r="B174" s="300"/>
       <c r="C174" s="300"/>
       <c r="D174" s="192"/>
       <c r="E174" s="301"/>
       <c r="F174" s="140"/>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>464</v>
       </c>
       <c r="B175" s="168" t="b">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <f>IF(OR($B$171=TRUE,AND($B$175=TRUE,$D$177&lt;&gt;"")),10,0)</f>
         <v>0</v>
@@ -44360,51 +44367,51 @@
     <row r="180" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A180" s="753" t="s">
         <v>470</v>
       </c>
       <c r="B180" s="753"/>
       <c r="D180" s="754" t="s">
         <v>471</v>
       </c>
       <c r="E180" s="754"/>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A181" s="756" t="str">
         <f>IFERROR(IF($D$177&lt;&gt;"",VLOOKUP(LEFT($D$177,2),'Cost Centre list'!$A$4:$B$204,2,FALSE),""),"")</f>
         <v/>
       </c>
       <c r="B181" s="756"/>
       <c r="D181" s="755" t="str">
         <f>$E$188</f>
         <v/>
       </c>
       <c r="E181" s="755"/>
     </row>
     <row r="182" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="183" spans="1:14" s="206" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A183" s="389" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="B183" s="390"/>
       <c r="C183" s="390"/>
       <c r="D183" s="390"/>
       <c r="E183" s="390"/>
       <c r="F183" s="390"/>
       <c r="G183" s="390"/>
       <c r="H183" s="390"/>
       <c r="I183" s="390"/>
       <c r="J183" s="390"/>
       <c r="K183" s="390"/>
       <c r="L183" s="390"/>
       <c r="M183" s="390"/>
       <c r="N183" s="391"/>
     </row>
     <row r="184" spans="1:14" s="206" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D184" s="27"/>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>465</v>
       </c>
       <c r="B185" s="166" t="b">
         <v>0</v>
       </c>